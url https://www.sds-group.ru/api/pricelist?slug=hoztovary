--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -8,1078 +8,1072 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="644" uniqueCount="342">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="640" uniqueCount="340">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Хозтовары</t>
   </si>
   <si>
-    <t>1.1 Ленты на клеевой основе (скотч, двусторонний скотч) и материалы для упаковки</t>
-[...2 lines deleted...]
-    <t>1.1.1 Пакет с замком Zip Lock</t>
+    <t>1.1 Термометр/Спиртометр аналоговые</t>
+  </si>
+  <si>
+    <t>70-0612</t>
+  </si>
+  <si>
+    <t>Термометр универсальный с поплавком REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>70-0611</t>
+  </si>
+  <si>
+    <t>Термометр для холодильника REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Ленты на клеевой основе (скотч, двусторонний скотч) и материалы для упаковки</t>
+  </si>
+  <si>
+    <t>1.2.1 Клейкая лента (Скотч)</t>
+  </si>
+  <si>
+    <t>09-4202</t>
+  </si>
+  <si>
+    <t>Скотч упаковочный REXANT 48 мм х 50 мкм, прозрачный, рулон 66 м</t>
+  </si>
+  <si>
+    <t>09-4201</t>
+  </si>
+  <si>
+    <t>Скотч упаковочный 48 мм х 50 мкм, прозрачный, (рулон 36 м) REXANT</t>
+  </si>
+  <si>
+    <t>09-4214</t>
+  </si>
+  <si>
+    <t>Скотч упаковочный REXANT 48 мм х 50 мкм, коричневый, рулон 150 м</t>
+  </si>
+  <si>
+    <t>09-4310</t>
+  </si>
+  <si>
+    <t>Армированная клейкая лента REXANT 48 мм, серая, рулон 40 м</t>
+  </si>
+  <si>
+    <t>09-4204</t>
+  </si>
+  <si>
+    <t>Скотч упаковочный 48мм х 50мкм, прозрачный, рулон 150м REXANT</t>
+  </si>
+  <si>
+    <t>09-4212</t>
+  </si>
+  <si>
+    <t>Скотч упаковочный REXANT 48 мм х 50 мкм, коричневый, рулон 66 м</t>
+  </si>
+  <si>
+    <t>1.2.2 Специальные клейкие ленты</t>
+  </si>
+  <si>
+    <t>09-4320</t>
+  </si>
+  <si>
+    <t>Лента противоскользящая самоклеящаяся, 50 мм х 18 м, черная REXANT</t>
+  </si>
+  <si>
+    <t>09-4322</t>
+  </si>
+  <si>
+    <t>Лента противоскользящая самоклеящаяся, 25 мм х 5 м, черная REXANT</t>
+  </si>
+  <si>
+    <t>09-4321</t>
+  </si>
+  <si>
+    <t>Лента противоскользящая самоклеящаяся, 50 мм х 5 м, черная REXANT</t>
+  </si>
+  <si>
+    <t>09-4331</t>
+  </si>
+  <si>
+    <t>Лента светоотражающая самоклеящаяся, 50 мм х 10 м, красно-белая REXANT</t>
+  </si>
+  <si>
+    <t>1.2.3 Пакет с замком Zip Lock</t>
+  </si>
+  <si>
+    <t>09-7007</t>
+  </si>
+  <si>
+    <t>Пакеты с замком Zip Lock, ПВД, размер 7х10см, 35кмк (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>09-7010</t>
+  </si>
+  <si>
+    <t>Пакеты с замком Zip Lock, ПВД, размер 10х15см, 35мкм (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>09-7012</t>
   </si>
   <si>
     <t>Пакеты с замком Zip Lock, ПВД, размер 12х17см, 35кмк (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>упак</t>
+    <t>09-7008</t>
+  </si>
+  <si>
+    <t>Пакеты с замком Zip Lock, ПВД, размер 8х12см, 35кмк (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>09-7015</t>
   </si>
   <si>
     <t>Пакеты с замком Zip Lock, ПВД, размер 15х22см, 35кмк (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>09-7007</t>
-[...17 lines deleted...]
-    <t>1.1.2 Проволока упаковочная</t>
+    <t>1.2.4 Пленка</t>
+  </si>
+  <si>
+    <t>19-5020</t>
+  </si>
+  <si>
+    <t>Стретч-пленка, первичное сырье, черная, 500 мм х 20 мкм, вес 2,0кг REXANT</t>
+  </si>
+  <si>
+    <t>19-2070-1</t>
+  </si>
+  <si>
+    <t>Стретч-пленка, первичное сырье, прозрачная, 100 мм х 20 мкм, 0,23кг REXANT</t>
+  </si>
+  <si>
+    <t>рулон</t>
+  </si>
+  <si>
+    <t>19-4520</t>
+  </si>
+  <si>
+    <t>Стретч-пленка, первичное сырье, прозрачная, 500 мм х 20 мкм, 1,9кг REXANT</t>
+  </si>
+  <si>
+    <t>1.2.5 Проволока упаковочная</t>
   </si>
   <si>
     <t>09-0101-4</t>
   </si>
   <si>
     <t>Проволока упаковочная в ПВХ, белая, бухта 2300м REXANT</t>
   </si>
   <si>
-    <t>шт</t>
+    <t>09-0104-2</t>
+  </si>
+  <si>
+    <t>Проволока упаковочная в ПВХ, зеленая, катушка 20м REXANT</t>
+  </si>
+  <si>
+    <t>09-0102</t>
+  </si>
+  <si>
+    <t>Проволока упаковочная в ПВХ, черная, бухта 250м REXANT</t>
   </si>
   <si>
     <t>09-0101</t>
   </si>
   <si>
     <t>Проволока упаковочная в ПВХ, белая, бухта 250м REXANT</t>
   </si>
   <si>
-    <t>09-0102</t>
-[...4 lines deleted...]
-  <si>
     <t>09-0103</t>
   </si>
   <si>
     <t>Проволока упаковочная в ПВХ, прозрачная, бухта 250м REXANT</t>
   </si>
   <si>
-    <t>09-0104-2</t>
-[...44 lines deleted...]
-    <t>1.1.4 Клейкая лента двухсторонняя (двухсторонний скотч)</t>
+    <t>1.2.6 Клейкая лента двухсторонняя (двухсторонний скотч)</t>
+  </si>
+  <si>
+    <t>09-6057</t>
+  </si>
+  <si>
+    <t>Лента клейкая двухсторонняя прозрачная, на VHB акриловой основе, 10 мм х 5 м REXANT</t>
+  </si>
+  <si>
+    <t>09-6030</t>
+  </si>
+  <si>
+    <t>Нано-лента клейкая двухсторонняя многоразовая, 25 мм х 3 м REXANT</t>
+  </si>
+  <si>
+    <t>09-6047</t>
+  </si>
+  <si>
+    <t>Лента клейкая двухсторонняя черная, на VHB акриловой основе, 12 мм х 5 м REXANT</t>
+  </si>
+  <si>
+    <t>09-6055</t>
+  </si>
+  <si>
+    <t>Лента клейкая двухсторонняя прозрачная, на VHB акриловой основе, 6 мм х 5 м REXANT</t>
+  </si>
+  <si>
+    <t>09-6512</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая основа, прозрачный, 12мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6020</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая HBA-основа, серый, 20мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6009</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая HBA-основа, серый, 9мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6006</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая HBA-основа, серый, 6мм, ролик 5м REXANT</t>
   </si>
   <si>
     <t>09-6520</t>
   </si>
   <si>
     <t>Двухсторонний скотч, акриловая основа, прозрачный, 20мм, ролик 5м REXANT</t>
   </si>
   <si>
+    <t>09-6059</t>
+  </si>
+  <si>
+    <t>Лента клейкая двухсторонняя прозрачная, на VHB акриловой основе, 20 мм х 5 м REXANT</t>
+  </si>
+  <si>
+    <t>09-6130</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, вспененная ЭВА-основа, черный, 30мм, ролик 5м REXANT</t>
+  </si>
+  <si>
     <t>09-6509</t>
   </si>
   <si>
     <t>Двухсторонний скотч, акриловая основа, прозрачный, 9мм, ролик 5м REXANT</t>
   </si>
   <si>
-    <t>09-6512</t>
-[...8 lines deleted...]
-    <t>Двухсторонний скотч, вспененная ЭВА-основа, черный, 30мм, ролик 5м REXANT</t>
+    <t>09-6125</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, вспененная ЭВА-основа, черный, 25мм, ролик 5м REXANT</t>
   </si>
   <si>
     <t>09-6140</t>
   </si>
   <si>
     <t>Двухсторонний скотч, вспененная ЭВА-основа, черный, 40мм, ролик 5м REXANT</t>
   </si>
   <si>
-    <t>09-6020</t>
-[...10 lines deleted...]
-  <si>
     <t>09-6012</t>
   </si>
   <si>
     <t>Двухсторонний скотч, акриловая HBA-основа, серый, 12мм, ролик 5м REXANT</t>
   </si>
   <si>
-    <t>09-6006</t>
-[...4 lines deleted...]
-  <si>
     <t>09-6045</t>
   </si>
   <si>
     <t>Лента клейкая двухсторонняя черная, на VHB акриловой основе, 6 мм х 5 м REXANT</t>
   </si>
   <si>
     <t>09-6058</t>
   </si>
   <si>
     <t>Лента клейкая двухсторонняя прозрачная, на VHB акриловой основе, 12 мм х 5 м REXANT</t>
   </si>
   <si>
-    <t>09-6030</t>
-[...89 lines deleted...]
-    <t>1.2.1 Навесные замки</t>
+    <t>1.3 Клей и смазки</t>
+  </si>
+  <si>
+    <t>1.3.1 Смазка</t>
+  </si>
+  <si>
+    <t>85-0024</t>
+  </si>
+  <si>
+    <t>Смазка для беговых дорожек 210 мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0026</t>
+  </si>
+  <si>
+    <t>Размораживатель замков 210 мл REXANT, аэрозоль</t>
+  </si>
+  <si>
+    <t>85-0008</t>
+  </si>
+  <si>
+    <t>SILICON 210 мл смазка силиконовая многоцелевая REXANT</t>
+  </si>
+  <si>
+    <t>85-0010</t>
+  </si>
+  <si>
+    <t>Смазка универсальная RX-40 210 мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0011</t>
+  </si>
+  <si>
+    <t>Смазка для петель и замков с тефлоном 210 мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0009</t>
+  </si>
+  <si>
+    <t>Смазка проникающая «Жидкий ключ» 210 мл REXANT</t>
+  </si>
+  <si>
+    <t>1.3.2 Клей</t>
+  </si>
+  <si>
+    <t>61-0900</t>
+  </si>
+  <si>
+    <t>Универсальный секундный клей PROconnect на мульти карте, 3 г</t>
+  </si>
+  <si>
+    <t>61-0913</t>
+  </si>
+  <si>
+    <t>Универсальный секундный клей-гель (3гр) PROconnect</t>
+  </si>
+  <si>
+    <t>61-0918</t>
+  </si>
+  <si>
+    <t>Клей влагостойкий для резины (30мл) PROconnect</t>
+  </si>
+  <si>
+    <t>61-0922</t>
+  </si>
+  <si>
+    <t>Антиклей универсальный (3гр) PROconnect</t>
+  </si>
+  <si>
+    <t>61-0910</t>
+  </si>
+  <si>
+    <t>Универсальный секундный клей-гель PROconnect на мульти карте, 3 г</t>
+  </si>
+  <si>
+    <t>61-0919</t>
+  </si>
+  <si>
+    <t>Клей эпоксидный, шприц (6мл) PROconnect</t>
+  </si>
+  <si>
+    <t>61-0912</t>
+  </si>
+  <si>
+    <t>Универсальный секундный клей (3гр) PROconnect</t>
+  </si>
+  <si>
+    <t>61-0917</t>
+  </si>
+  <si>
+    <t>Клей для обуви (3гр) PROconnect</t>
+  </si>
+  <si>
+    <t>09-3968</t>
+  </si>
+  <si>
+    <t>Клей эпоксидный универсальный (смола+отвердитель) REXANT, 110 мл</t>
+  </si>
+  <si>
+    <t>09-3969</t>
+  </si>
+  <si>
+    <t>Клей эпоксидный универсальный (смола+отвердитель) REXANT, 17 мл, шприц</t>
+  </si>
+  <si>
+    <t>1.4 Зажигалки для газовых плит</t>
+  </si>
+  <si>
+    <t>61-0967</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бытовая газовая пьезозажигалка с классическим пламенем многоразовая (1 шт.) белая СК-306 СОКОЛ  </t>
+  </si>
+  <si>
+    <t>61-0962</t>
+  </si>
+  <si>
+    <t>Бытовая газовая пьезозажигалка с классическим пламенем, многоразовая (1 шт.) белая СК-302L СОКОЛ</t>
+  </si>
+  <si>
+    <t>61-0964</t>
+  </si>
+  <si>
+    <t>Бытовая газовая пьезозажигалка с классическим пламенем многоразовая (1 шт.) желтая  СК-302W с гибким стержнем  СОКОЛ</t>
+  </si>
+  <si>
+    <t>61-0965</t>
+  </si>
+  <si>
+    <t>Бытовая газовая пьезозажигалка с классическим пламенем многоразовая (1 шт.) зеленая СК-302W с гибким стержнем СОКОЛ</t>
+  </si>
+  <si>
+    <t>61-0970</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бытовая газовая пьезозажигалка с классическим пламенем многоразовая (1 шт.) желтая СК-306 СОКОЛ  </t>
+  </si>
+  <si>
+    <t>61-0960</t>
+  </si>
+  <si>
+    <t>Бытовая газовая пьезозажигалка с классическим пламенем, многоразовая (1 шт.) синяя СК-302L СОКОЛ</t>
+  </si>
+  <si>
+    <t>61-0959</t>
+  </si>
+  <si>
+    <t>Бытовая газовая пьезозажигалка с классическим пламенем, многоразовая (1 шт.) черная СК-302L СОКОЛ</t>
+  </si>
+  <si>
+    <t>61-0961</t>
+  </si>
+  <si>
+    <t>Бытовая газовая пьезозажигалка с классическим пламенем, многоразовая (1 шт.) красная СК-302L СОКОЛ</t>
+  </si>
+  <si>
+    <t>61-0963</t>
+  </si>
+  <si>
+    <t>Бытовая газовая пьезозажигалка с классическим пламенем многоразовая (1 шт.) оранжевая СК-302W с гибким стержнем СОКОЛ</t>
+  </si>
+  <si>
+    <t>61-0968</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бытовая газовая пьезозажигалка с классическим пламенем многоразовая (1 шт.) красная  СК-306  СОКОЛ  </t>
+  </si>
+  <si>
+    <t>61-0969</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бытовая газовая пьезозажигалка с классическим пламенем многоразовая (1 шт.) зеленая СК-306 СОКОЛ  </t>
+  </si>
+  <si>
+    <t>1.5 ТЭН / Кипятильник</t>
+  </si>
+  <si>
+    <t>1.5.1 ТЭН для водонагревателей</t>
+  </si>
+  <si>
+    <t>70-0346</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера ТЭН RF 1,0 кВт (750+250 Вт), фланец  70 мм REXANT</t>
+  </si>
+  <si>
+    <t>70-0325-1</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера, ТЭН, RDT-2000 Вт, фланец М6, 42 мм, с терморегулятором 70 градусов</t>
+  </si>
+  <si>
+    <t>70-0319-1</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера, ТЭН, RCT-2500 Вт, фланец М6, 42 мм, с терморегулятором 70 градусов</t>
+  </si>
+  <si>
+    <t>70-0326</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера, ТЭН, RCT - 3000 Вт, фланец резьбовой  42 мм, место под анод М6</t>
+  </si>
+  <si>
+    <t>70-0321-1</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера, ТЭН, RF64-2000 Вт (700 Вт + 1300 Вт), с анодом М4, 64 мм</t>
+  </si>
+  <si>
+    <t>70-0311-1</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера, ТЭН, RF64-1300 Вт, фланец М4, 64 мм</t>
+  </si>
+  <si>
+    <t>70-0330</t>
+  </si>
+  <si>
+    <t>Термостат стержневой RTS-3, 16A, 70/83 градуса</t>
+  </si>
+  <si>
+    <t>70-0331</t>
+  </si>
+  <si>
+    <t>Термостат стержневой RTR, 20А, 80 градусов</t>
+  </si>
+  <si>
+    <t>70-0327</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера, ТЭН, RDT - 2500 Вт, фланец 42 мм, место под анод М 6</t>
+  </si>
+  <si>
+    <t>70-0328</t>
+  </si>
+  <si>
+    <t>Термостат стержневой RTM, 15A, 70 градусов</t>
+  </si>
+  <si>
+    <t>70-0312-1</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера, ТЭН, RF64-2000 Вт (700 Вт + 1300 Вт), фланец М4, 64 мм</t>
+  </si>
+  <si>
+    <t>70-0334</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера ТЭН RF 700 Вт, фланец  64 мм REXANT</t>
+  </si>
+  <si>
+    <t>70-0349</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера ТЭН RDT 1,2 кВт,резьбовой фланец  42 мм, термостат 15 A, кольцо уплотнительное D 42 мм REXANT</t>
+  </si>
+  <si>
+    <t>70-0352</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера ТЭН RDT 2,5 кВт,резьбовой фланец 42 мм, термостат 15 A, кольцо уплотнительное D 42 мм REXANT</t>
+  </si>
+  <si>
+    <t>70-0355</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера ТЭН RCT 2,0 кВт, фланец 42 мм, резьбовой, термостат 15 A REXANT</t>
+  </si>
+  <si>
+    <t>70-0358</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера ТЭН RCA 2,0 кВт, фланец  48 мм (длинные контакты), место плод анод М5 REXANT</t>
+  </si>
+  <si>
+    <t>70-0359</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера ТЭН RCF 2,0 кВт, фланец 48 мм, место под анод М6  REXANT</t>
+  </si>
+  <si>
+    <t>70-0353</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера ТЭН RDT 3,0 кВт, термостат 15 A, кольцо уплотнительное, фланец D 42 мм REXANT</t>
+  </si>
+  <si>
+    <t>70-0450</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера ТЭН RDT 1,5 кВт, резьбовой фланец 42 мм, термостат 15 A, кольцо уплотнительное D 42 мм REXANT</t>
+  </si>
+  <si>
+    <t>70-0451</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера ТЭН RDT 2,0 кВт,резьбовой фланец 42 мм, термостат 15 A, кольцо уплотнительное D 42 мм REXANT</t>
+  </si>
+  <si>
+    <t>70-0313-1</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера, ТЭН, RCA-1500 Вт, фланец М5, 48 мм</t>
+  </si>
+  <si>
+    <t>70-0315-1</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера, ТЭН, RCF-1500 Вт, фланец М6, 48 мм</t>
+  </si>
+  <si>
+    <t>70-0317-1</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера, ТЭН, RDT-1500 Вт, фланец М6, 42 мм, с терморегулятором 80 градусов и прокладкой</t>
+  </si>
+  <si>
+    <t>70-0323</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера, ТЭН, RDT TW3 PA - 1200 Вт, место под анод М6, диаметр фланца 42 мм</t>
+  </si>
+  <si>
+    <t>70-0324</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера, ТЭН, RDT TWC - 1500 Вт, диаметр фланца  42 мм</t>
+  </si>
+  <si>
+    <t>1.5.2 Кипятильник</t>
+  </si>
+  <si>
+    <t>70-0340</t>
+  </si>
+  <si>
+    <t>Кипятильник REXANT 500 Вт</t>
+  </si>
+  <si>
+    <t>70-0343</t>
+  </si>
+  <si>
+    <t>Кипятильник REXANT 2000 Вт</t>
+  </si>
+  <si>
+    <t>70-0342</t>
+  </si>
+  <si>
+    <t>Кипятильник REXANT 1500 Вт</t>
+  </si>
+  <si>
+    <t>70-0341</t>
+  </si>
+  <si>
+    <t>Кипятильник REXANT 1000 Вт</t>
+  </si>
+  <si>
+    <t>1.6 Товары для уборки помещений и улиц</t>
+  </si>
+  <si>
+    <t>1.6.1 Метлы, веники</t>
+  </si>
+  <si>
+    <t>70-0368</t>
+  </si>
+  <si>
+    <t>Плоская метла ЧЕТЫРЕ СЕЗОНА - LUX</t>
+  </si>
+  <si>
+    <t>1.7 Замки</t>
+  </si>
+  <si>
+    <t>1.7.1 Почтовые замки</t>
+  </si>
+  <si>
+    <t>79-1111</t>
+  </si>
+  <si>
+    <t>Замок почтовый 18-20/40 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1110</t>
+  </si>
+  <si>
+    <t>Замок почтовый 18-18/40 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1113</t>
+  </si>
+  <si>
+    <t>Замок почтовый 18-30/40 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.7.2 Тросовые замки</t>
+  </si>
+  <si>
+    <t>79-0303</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 100см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0266</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 65см черный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0306</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 100см черный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0366</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 65см черный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0400</t>
+  </si>
+  <si>
+    <t>Замок-скоба U-образазный 15х21см черный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0313</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 150см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0363</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 65см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0206</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 100см черный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0216</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 150см черный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0364</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 65см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0214</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 150см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0264</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 65см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0203</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 100см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0213</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 150см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0304</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 100см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0314</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 150см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0263</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 65см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0204</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 100см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0316</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 150см черный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.7.3 Навесные замки</t>
+  </si>
+  <si>
+    <t>79-0113</t>
+  </si>
+  <si>
+    <t>Замок навесной ВЗ-30 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0035</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 50мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0034</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 40мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0045</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 50мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0123</t>
+  </si>
+  <si>
+    <t>Замок навесной ВЗ-30 ДД ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0124</t>
+  </si>
+  <si>
+    <t>Замок навесной ВЗ-40 ДД ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0037</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 70мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0033</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 30мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0134</t>
+  </si>
+  <si>
+    <t>Замок навесной ССН-40 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0004</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 40мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0005</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 50мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0044</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 40мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0043</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 30мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0145</t>
+  </si>
+  <si>
+    <t>Замок навесной БР-55 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0006</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 60мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0027</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 75мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0024</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 40мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-0003</t>
   </si>
   <si>
     <t>Замок навесной серия Чугун 32мм ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-0033</t>
-[...4 lines deleted...]
-  <si>
     <t>79-0007</t>
   </si>
   <si>
     <t>Замок навесной серия Чугун 75мм ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
+    <t>79-0002</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун СЧ-25 Багажный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0023</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 32мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0025</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 50мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0026</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 60мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0046</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 60мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0047</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 70мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0036</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 60мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0114</t>
+  </si>
+  <si>
+    <t>Замок навесной ВЗ-40 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
     <t>79-0115</t>
   </si>
   <si>
     <t>Замок навесной ВЗ-50 ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-0037</t>
-[...136 lines deleted...]
-  <si>
     <t>79-0133</t>
   </si>
   <si>
     <t>Замок навесной ССН-30 ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-0155</t>
   </si>
   <si>
     <t>Замок навесной БР-50 ДД ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-0043</t>
-[...332 lines deleted...]
-    <t>1.6 Подставки антивибрационные</t>
+    <t>1.8 Подставки антивибрационные</t>
   </si>
   <si>
     <t>88-0401</t>
   </si>
   <si>
     <t>Антивибрационные подставки 4 шт. PROconnect</t>
-  </si>
-[...199 lines deleted...]
-    <t>Плоская метла ЧЕТЫРЕ СЕЗОНА - LUX</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1464,56 +1458,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pakety-s-zamkom-zip-lock-pvd-razmer-12h17sm-35kmk-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pakety-s-zamkom-zip-lock-pvd-razmer-15h22sm-35kmk-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pakety-s-zamkom-zip-lock-pvd-razmer-7h10sm-35kmk-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pakety-s-zamkom-zip-lock-pvd-razmer-8h12sm-35kmk-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pakety-s-zamkom-zip-lock-pvd-razmer-10h15sm-35mkm-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoloka-upakovochnaya-v-pvh-belaya-buhta-2300m-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoloka-upakovochnaya-v-pvh-belaya-buhta-250m-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoloka-upakovochnaya-v-pvh-chernaya-buhta-250m-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoloka-upakovochnaya-v-pvh-prozrachnaya-buhta-250m-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoloka-upakovochnaya-v-pvh-zelenaya-katushka-20m-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skotch-upakovochnyy-48-mm-h-50-mkm-prozrachnyy-rulon-36-m-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skotch-upakovochnyy-48mm-h-50mkm-prozrachnyy-rulon-150m-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skotch-upakovochnyy-rexant-48-mm-h-50-mkm-korichnevyy-rulon-150-m.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/armirovannaya-kleykaya-lenta-rexant-48-mm-seraya-rulon-40-m.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skotch-upakovochnyy-rexant-48-mm-h-50-mkm-korichnevyy-rulon-66-m.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skotch-upakovochnyy-rexant-48-mm-h-50-mkm-prozrachnyy-rulon-66-m.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-osnova-prozrachnyy-20mm-rolik-5m-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-osnova-prozrachnyy-9mm-rolik-5m-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-osnova-prozrachnyy-12mm-rolik-5m-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-vspenennaya-eva-osnova-chernyy-30mm-rolik-5m-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-vspenennaya-eva-osnova-chernyy-40mm-rolik-5m-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-20mm-rolik-5m-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-vspenennaya-eva-osnova-chernyy-25mm-rolik-5m-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-12mm-rolik-5m-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-6mm-rolik-5m-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-chernaya-na-vhb-akrilovoy-osnove-6-mm-h-5-m-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-12-mm-h-5-m-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nano-lenta-kleykaya-dvuhstoronnyaya-mnogorazovaya-25-mm-h-3-m-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-10-mm-h-5-m-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-9mm-rolik-5m-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-6-mm-h-5-m-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-chernaya-na-vhb-akrilovoy-osnove-12-mm-h-5-m-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-20-mm-h-5-m-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stretch-plenka-pervichnoe-syre-prozrachnaya-100-mm-h-20-mkm-0-23kg-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stretch-plenka-pervichnoe-syre-prozrachnaya-500-mm-h-20-mkm-1-9kg-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stretch-plenka-pervichnoe-syre-chernaya-500-mm-h-20-mkm-ves-2-0kg-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetootrazhayuschaya-samokleyaschayasya-50-mm-h-10-m-krasno-belaya-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-protivoskolzyaschaya-samokleyaschayasya-50-mm-h-18-m-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-protivoskolzyaschaya-samokleyaschayasya-25-mm-h-5-m-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-protivoskolzyaschaya-samokleyaschayasya-50-mm-h-5-m-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-32mm-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-30mm-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-75mm-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-50-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-70mm-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-ssn-40-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-40mm-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-60mm-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-32mm-dlinnaya-duzhka-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-40mm-dlinnaya-duzhka-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-50mm-dlinnaya-duzhka-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-70mm-dlinnaya-duzhka-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-50mm-dlinnaya-duzhka-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-75mm-dlinnaya-duzhka-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-40-dd-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-50mm-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-40mm-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-50mm-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-60mm-dlinnaya-duzhka-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-40mm-dlinnaya-duzhka-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-60mm-dlinnaya-duzhka-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-30-dd-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-br-55-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-sch-25-bagazhnyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-60mm-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-30-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-40-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-ssn-30-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-br-50-dd-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-30mm-dlinnaya-duzhka-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-pochtovyy-18-18-40-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-pochtovyy-18-30-40-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-pochtovyy-18-20-40-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65sm-chernyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100sm-chernyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65sm-zelenyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-skoba-u-obrazaznyy-15h21sm-chernyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65sm-chernyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150sm-zelenyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65sm-rozovyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150sm-zelenyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150sm-rozovyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150sm-chernyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100sm-zelenyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100sm-rozovyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150sm-chernyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150sm-rozovyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65sm-zelenyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100sm-chernyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100sm-rozovyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65sm-rozovyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100sm-zelenyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-begovyh-dorozhek-210-ml-rexant.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razmorazhivatel-zamkov-210-ml-rexant-aerozol.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silicon-210-ml-smazka-silikonovaya-mnogotselevaya-rexant.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-universalnaya-rx-40-210-ml-rexant.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-petel-i-zamkov-s-teflonom-210-ml-rexant.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-pronikayuschaya-zhidkiy-klyuch-210-ml-rexant.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-sekundnyy-kley-proconnect-na-multi-karte-3-g.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-sekundnyy-kley-gel-proconnect-na-multi-karte-3-g.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antikley-universalnyy-3gr-proconnect.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-sekundnyy-kley-3gr-proconnect.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-dlya-obuvi-3gr-proconnect.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-sekundnyy-kley-gel-3gr-proconnect.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-epoksidnyy-shprits-6ml-proconnect.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-vlagostoykiy-dlya-reziny-30ml-proconnect.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-epoksidnyy-universalnyy-smola-otverditel-rexant-17-ml-shprits.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-epoksidnyy-universalnyy-smola-otverditel-rexant-110-ml.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-zelenaya-sk-302w-s-gib.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-belaya-sk-302l-sokol.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-zheltaya-sk-306-sokol.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-zheltaya-sk-302w-s-gib.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-chernaya-sk-302l-sokol.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-krasnaya-sk-302l-sokol.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-sinyaya-sk-302l-sokol.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-belaya-sk-306-sokol.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-zelenaya-sk-306-sokol.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-krasnaya-sk-306-sokol.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-oranzhevaya-sk-302w-s-.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-dlya-holodilnika-rexant.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-universalnyy-s-poplavkom-rexant.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antivibratsionnye-podstavki-4-sht-proconnect.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kipyatilnik-rexant-500-vt.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kipyatilnik-rexant-1500-vt.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kipyatilnik-rexant-2000-vt.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kipyatilnik-rexant-1000-vt.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-2000-vt-flanets-m6-42-mm-s-termoregulyatorom-70-gradusov.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rf64-1300-vt-flanets-m4-64-mm.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rf64-2000-vt-700-vt-1300-vt-flanets-m4-64-mm.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rf-700-vt-flanets-64-mm-rexant.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rf-1-0-kvt-750-250-vt-flanets-70-mm-rexant.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-2-5-kvt-rezbovoy-flanets-42-mm-termostat-15-a-koltso-uplo.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-3-0-kvt-termostat-15-a-koltso-uplotnitelnoe-flanets-d-42-.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rct-2-0-kvt-flanets-42-mm-rezbovoy-termostat-15-a-rexant.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rca-2-0-kvt-flanets-48-mm-dlinnye-kontakty-mesto-plod-anod-m5.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rcf-2-0-kvt-flanets-48-mm-mesto-pod-anod-m6-rexant.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-1-2-kvt-rezbovoy-flanets-42-mm-termostat-15-a-koltso-uplo.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-1-5-kvt-rezbovoy-flanets-42-mm-termostat-15-a-koltso-uplo.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-1500-vt-flanets-m6-42-mm-s-termoregulyatorom-80-gradusov-.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rct-2500-vt-flanets-m6-42-mm-s-termoregulyatorom-70-gradusov.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rcf-1500-vt-flanets-m6-48-mm.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rca-1500-vt-flanets-m5-48-mm.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-tw3-pa-1200-vt-mesto-pod-anod-m6-diametr-flantsa-42-mm.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termostat-sterzhnevoy-rtr-20a-80-gradusov.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-twc-1500-vt-diametr-flantsa-42-mm.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rct-3000-vt-flanets-rezbovoy-42-mm-mesto-pod-anod-m6.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-2500-vt-flanets-42-mm-mesto-pod-anod-m-6.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termostat-sterzhnevoy-rts-3-16a-70-83-gradusa.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termostat-sterzhnevoy-rtm-15a-70-gradusov.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rca-pa-2000-vt-flanets-48-mm-mesto-pod-anod-m5-dlinnye-kontak.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-2-0-kvt-rezbovoy-flanets-42-mm-termostat-15-a-koltso-uplo.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rf64-2000-vt-700-vt-1300-vt-s-anodom-m4-64-mm.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskaya-metla-chetyre-sezona-lux.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-universalniy-s-poplavkom-rexant-20145" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-dlya-holodilnika-rexant-20144" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skotch-upakovochniy-rexant-48-mm-h-50-mkm-prozrachniy-rulon-66-m-1981" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skotch-upakovochniy-48-mm-h-50-mkm-prozrachniy-rulon-36-m-rexant-1980" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skotch-upakovochniy-rexant-48-mm-h-50-mkm-korichneviy-rulon-150-m-2233" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/armirovannaya-kleykaya-lenta-rexant-48-mm-seraya-rulon-40-m-11383" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skotch-upakovochniy-48mm-h-50mkm-prozrachniy-rulon-150m-rexant-1982" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skotch-upakovochniy-rexant-48-mm-h-50-mkm-korichneviy-rulon-66-m-2232" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-protivoskolzyaschaya-samokleyaschayasya-50-mm-h-18-m-chernaya-rexant-31527" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-protivoskolzyaschaya-samokleyaschayasya-25-mm-h-5-m-chernaya-rexant-31529" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-protivoskolzyaschaya-samokleyaschayasya-50-mm-h-5-m-chernaya-rexant-31528" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetootrajayuschaya-samokleyaschayasya-50-mm-h-10-m-krasno-belaya-rexant-31530" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/paketi-s-zamkom-zip-lock-pvd-razmer-7-h-10-sm-35-kmk-up-100-sht-6970" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/paketi-s-zamkom-zip-lock-pvd-razmer-10-h-15-sm-35-mkm-up-100-sht-6967" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/paketi-s-zamkom-zip-lock-pvd-razmer-12-h-17-sm-35-kmk-up-100-sht-6968" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/paketi-s-zamkom-zip-lock-pvd-razmer-8-h-12-sm-35-kmk-up-100-sht-6971" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/paketi-s-zamkom-zip-lock-pvd-razmer-15-h-22-sm-35-kmk-up-100-sht-6969" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stretch-plenka-500-mm-h-20-mkm-ves-2-0-kg-chernaya-pervichnoe-siryo-6957" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stretch-plenka-100-mm-h-20-mkm-ves-0-23-kg-prozrachnaya-pervichnoe-siryo-15417" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stretch-plenka-450-mm-h-20-mkm-ves-1-9-kg-prozrachnaya-pervichnoe-siryo-6956" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoloka-upakovochnaya-v-pvh-rexant-belaya-buhta-2300-m-24792" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoloka-upakovochnaya-rexant-zelenaya-20-m-katushka-20046" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoloka-upakovochnaya-v-pvh-rexant-chernaya-buhta-250-m-1978" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoloka-upakovochnaya-v-pvh-rexant-belaya-buhta-250-m-1977" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoloka-upakovochnaya-v-pvh-rexant-prozrachnaya-buhta-250-m-1979" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-10-mm-h-5-m-rexant-31535" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nano-lenta-kleykaya-dvuhstoronnyaya-mnogorazovaya-25-mm-h-3-m-rexant-31531" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-chernaya-na-vhb-akrilovoy-osnove-12-mm-h-5-m-rexant-31533" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-6-mm-h-5-m-rexant-31534" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-prozrachniy-na-akrilovoy-osnove-12-mm-rolik-5-m-9522" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-seriy-na-hba-akrilovoy-osnove-20-mm-rolik-5-m-6541" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-seriy-na-hba-akrilovoy-osnove-9-mm-rolik-5-m-6539" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-seriy-na-hba-akrilovoy-osnove-6-mm-rolik-5-m-6538" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-prozrachniy-na-akrilovoy-osnove-20-mm-rolik-5-m-9523" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-20-mm-h-5-m-rexant-31537" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-chernaya-vspenennaya-eva-osnova-30-mm-rolik-5-m-6543" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-prozrachniy-na-akrilovoy-osnove-9-mm-rolik-5-m-9521" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-chernaya-vspenennaya-eva-osnova-25-mm-rolik-5-m-6542" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-chernaya-vspenennaya-eva-osnova-40-mm-rolik-5-m-6544" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-seriy-na-hba-akrilovoy-osnove-12-mm-rolik-5-m-6540" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-chernaya-na-vhb-akrilovoy-osnove-6-mm-h-5-m-rexant-31532" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-12-mm-h-5-m-rexant-31536" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-begovih-dorojek-210-ml-rexant-26937" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razmorajivatel-zamkov-210-ml-rexant-aerozol-28112" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silicon-210-ml-smazka-silikonovaya-mnogotselevaya-rexant-14781" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rx-40-smazka-universalnaya-analog-wd-40-210-ml-rexant-14699" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-petel-i-zamkov-s-teflonom-210-ml-rexant-14727" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-pronikayuschaya-jidkiy-klyuch-210-ml-rexant-14745" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-sekundniy-kley-proconnect-na-multi-karte-3-g-11344" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-sekundniy-kley-gel-3gr-proconnect-31488" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-vlagostoykiy-dlya-rezini-30ml-proconnect-31490" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antikley-universalniy-3gr-proconnect-31492" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-sekundniy-kley-gel-proconnect-na-multi-karte-3-g-14479" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-epoksidniy-shprits-6ml-proconnect-31491" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-sekundniy-kley-3gr-proconnect-31487" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-dlya-obuvi-3gr-proconnect-31489" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-epoksidniy-universalniy-smola-otverditel-rexant-110-ml-12207" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-epoksidniy-universalniy-smola-otverditel-rexant-17-ml-shprits-13249" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bitovaya-gazovaya-pezozajigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-belaya-sk-306-sokol-19626" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bitovaya-gazovaya-pezozajigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-belaya-sk-302l-sokol-19393" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bitovaya-gazovaya-pezozajigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-jeltaya-sk-302w-s-gibkim-sterjnem-sokol-19620" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bitovaya-gazovaya-pezozajigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-zelenaya-sk-302w-s-gibkim-sterjnem-sokol-19624" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bitovaya-gazovaya-pezozajigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-jeltaya-sk-306-sokol-19622" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bitovaya-gazovaya-pezozajigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-sinyaya-sk-302l-sokol-19391" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bitovaya-gazovaya-pezozajigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-chernaya-sk-302l-sokol-19392" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bitovaya-gazovaya-pezozajigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-krasnaya-sk-302l-sokol-19394" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bitovaya-gazovaya-pezozajigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-oranjevaya-sk-302w-s-gibkim-sterjnem-sokol-19625" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bitovaya-gazovaya-pezozajigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-krasnaya-sk-306-sokol-19623" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bitovaya-gazovaya-pezozajigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-zelenaya-sk-306-sokol-19621" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rf-1-0-kvt-750-250-vt-flanets-70-mm-rexant-25519" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rdt-2000-vt-flanets-m6-42-mm-s-termoregulyatorom-70-gradusov-29692" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rct-2500-vt-flanets-m6-42-mm-s-termoregulyatorom-70-gradusov-i-uplotnitelnim-koltsom-29696" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rct-3000-vt-flanets-rezbovoy-42-mm-mesto-pod-anod-m6-15590" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rf64-2000-vt-700-vt-1300-vt-s-anodom-m4-64-mm-29694" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rf64-1300-vt-flanets-m4-64-mm-29693" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termostat-sterjnevoy-rts-3-16a-70-83-gradusa-15570" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termostat-sterjnevoy-rtr-20a-80-gradusov-15578" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rdt-2500-vt-flanets-42-mm-mesto-pod-anod-m-6-15592" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termostat-sterjnevoy-rtm-15a-70-gradusov-15593" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rf64-2000-vt-700-vt-1300-vt-flanets-m4-64-mm-29695" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rf-700-vt-flanets-64-mm-rexant-25507" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rdt-1-2-kvt-rezbovoy-flanets-42-mm-termostat-15-a-koltso-uplotnitelnoe-d-42-mm-rexant-25522" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rdt-2-5-kvt-rezbovoy-flanets-42-mm-termostat-15-a-koltso-uplotnitelnoe-d-42-mm-rexant-25523" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rct-2-0-kvt-flanets-42-mm-rezbovoy-termostat-15-a-rexant-25526" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rca-2-0-kvt-flanets-48-mm-dlinnie-kontakti-mesto-plod-anod-m5-rexant-25529" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rcf-2-0-kvt-flanets-48-mm-mesto-pod-anod-m6-rexant-25530" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rdt-3-0-kvt-termostat-15-a-koltso-uplotnitelnoe-flanets-d-42-mm-rexant-25524" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rdt-1-5-kvt-rezbovoy-flanets-42-mm-termostat-15-a-koltso-uplotnitelnoe-d-42-mm-rexant-25531" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rdt-2-0-kvt-rezbovoy-flanets-42-mm-termostat-15-a-koltso-uplotnitelnoe-d-42-mm-rexant-25532" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rca-1500-vt-flanets-m5-48-mm-29689" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rcf-1500-vt-flanets-m6-48-mm-29690" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rdt-1500-vt-flanets-m6-42-mm-s-termoregulyatorom-80-gradusov-i-prokladkoy-29691" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rdt-tw3-pa-1200-vt-mesto-pod-anod-m6-diametr-flantsa-42-mm-15580" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rdt-twc-1500-vt-diametr-flantsa-42-mm-15596" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kipyatilnik-rexant-500-vt-26025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kipyatilnik-rexant-2000-vt-26028" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kipyatilnik-rexant-1500-vt-26027" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kipyatilnik-rexant-1000-vt-26026" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskaya-metla-chetire-sezona-lux-17131" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pochtoviy-zamok-18-20-40-chetire-sezona-19880" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pochtoviy-zamok-18-18-40-chetire-sezona-19883" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pochtoviy-zamok-18-30-40-chetire-sezona-19882" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100-sm-zeleniy-21116" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65-sm-cherniy-21103" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100-sm-cherniy-21115" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65-sm-cherniy-21112" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-skoba-u-obrazazniy-15h21-sm-cherniy-21121" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150-sm-zeleniy-21119" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65-sm-zeleniy-21113" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100-sm-cherniy-21106" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150-sm-cherniy-21109" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65-sm-rozoviy-21114" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150-sm-rozoviy-21111" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65-sm-rozoviy-21105" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100-sm-zeleniy-21107" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150-sm-zeleniy-21110" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100-sm-rozoviy-21117" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150-sm-rozoviy-21120" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65-sm-zeleniy-21104" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100-sm-rozoviy-21108" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150-sm-cherniy-21118" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-30-chetire-sezona-17691" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-50-mm-chetire-sezona-12301" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-40-mm-chetire-sezona-12300" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-50-mm-dlinnaya-dujka-chetire-sezona-15464" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-30-dd-chetire-sezona-19364" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-40-dd-chetire-sezona-19360" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-70-mm-chetire-sezona-12303" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-30-mm-chetire-sezona-12609" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-ssn-40-chetire-sezona-19362" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-40-mm-chetire-sezona-12296" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-50-mm-chetire-sezona-12297" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-40-mm-dlinnaya-dujka-chetire-sezona-15466" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-30-mm-dlinnaya-dujka-chetire-sezona-15463" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-br-55-chetire-sezona-23686" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-60-mm-chetire-sezona-12298" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-75-mm-dlinnaya-dujka-chetire-sezona-15465" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-40-mm-dlinnaya-dujka-chetire-sezona-15469" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-32-mm-chetire-sezona-12295" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-75-mm-chetire-sezona-12299" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-sch-25-bagajniy-chetire-sezona-20821" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-32-mm-dlinnaya-dujka-chetire-sezona-15467" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-50-mm-dlinnaya-dujka-chetire-sezona-15470" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-60-mm-dlinnaya-dujka-chetire-sezona-15472" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-60-mm-dlinnaya-dujka-chetire-sezona-15471" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-70-mm-dlinnaya-dujka-chetire-sezona-15468" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-60-mm-chetire-sezona-12302" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-40-chetire-sezona-17688" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-50-chetire-sezona-17687" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-ssn-30-chetire-sezona-19363" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-br-50-dd-chetire-sezona-23685" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antivibratsionnie-podstavki-4-sht-proconnect-19628" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I177"/>
+  <dimension ref="A1:I176"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1538,4939 +1532,4909 @@
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A4" s="2" t="s">
+      <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B4" s="2"/>
-[...6 lines deleted...]
-      <c r="I4" s="2"/>
+      <c r="B4" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" s="3">
+        <v>194.4</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F4" s="3">
+        <v>0</v>
+      </c>
+      <c r="G4" s="3">
+        <v>1</v>
+      </c>
+      <c r="H4" s="3">
+        <v>200</v>
+      </c>
+      <c r="I4" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>167.63</v>
+        <v>145.8</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>484</v>
+        <v>462</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>1000</v>
+        <v>140</v>
       </c>
       <c r="I5" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A6" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B6" s="3" t="s">
+      <c r="A6" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="C6" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B6" s="2"/>
+      <c r="C6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2"/>
+      <c r="I6" s="2"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="3" t="s">
+      <c r="A7" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B7" s="2"/>
+      <c r="C7" s="2"/>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>86.52</v>
+        <v>121.48</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>739</v>
+        <v>7020</v>
       </c>
       <c r="G8" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H8" s="3">
-        <v>1000</v>
+        <v>72</v>
       </c>
       <c r="I8" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B9" s="3" t="s">
+      <c r="C9" s="3">
+        <v>70</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F9" s="3">
+        <v>1746</v>
+      </c>
+      <c r="G9" s="3">
+        <v>6</v>
+      </c>
+      <c r="H9" s="3">
+        <v>72</v>
+      </c>
+      <c r="I9" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A10" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="C9" s="3">
-[...22 lines deleted...]
-      <c r="A10" s="2" t="s">
+      <c r="B10" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B10" s="2"/>
-[...6 lines deleted...]
-      <c r="I10" s="2"/>
+      <c r="C10" s="3">
+        <v>245.29</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F10" s="3">
+        <v>948</v>
+      </c>
+      <c r="G10" s="3">
+        <v>6</v>
+      </c>
+      <c r="H10" s="3">
+        <v>36</v>
+      </c>
+      <c r="I10" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="3">
-        <v>3257.76</v>
+        <v>450</v>
       </c>
       <c r="D11" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>97</v>
+        <v>3349</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>1900</v>
+        <v>245.29</v>
       </c>
       <c r="D12" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>63</v>
+        <v>2712</v>
       </c>
       <c r="G12" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H12" s="3">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B13" s="3" t="s">
+      <c r="C13" s="3">
+        <v>121.48</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F13" s="3">
+        <v>750</v>
+      </c>
+      <c r="G13" s="3">
+        <v>6</v>
+      </c>
+      <c r="H13" s="3">
+        <v>72</v>
+      </c>
+      <c r="I13" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A14" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="C13" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B14" s="2"/>
+      <c r="C14" s="2"/>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2"/>
+      <c r="I14" s="2"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C15" s="3">
+        <v>1000</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F15" s="3">
+        <v>1482</v>
+      </c>
+      <c r="G15" s="3">
+        <v>1</v>
+      </c>
+      <c r="H15" s="3">
+        <v>24</v>
+      </c>
+      <c r="I15" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B15" s="3" t="s">
+      <c r="B16" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="C15" s="3">
-[...32 lines deleted...]
-      <c r="I16" s="2"/>
+      <c r="C16" s="3">
+        <v>200</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F16" s="3">
+        <v>17</v>
+      </c>
+      <c r="G16" s="3">
+        <v>1</v>
+      </c>
+      <c r="H16" s="3">
+        <v>108</v>
+      </c>
+      <c r="I16" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>70</v>
+        <v>320.06</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>2916</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B18" s="3" t="s">
+      <c r="C18" s="3">
+        <v>600.12</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F18" s="3">
+        <v>756</v>
+      </c>
+      <c r="G18" s="3">
+        <v>1</v>
+      </c>
+      <c r="H18" s="3">
+        <v>45</v>
+      </c>
+      <c r="I18" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="C18" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B19" s="2"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
+      <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C20" s="3">
+        <v>70.3</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>4467</v>
+        <v>991</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>24</v>
+        <v>160</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>121.48</v>
+        <v>118.96</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="F21" s="3">
-        <v>1356</v>
+        <v>645</v>
       </c>
       <c r="G21" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>72</v>
+        <v>1000</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B22" s="3" t="s">
+      <c r="C22" s="3">
+        <v>167.63</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="F22" s="3">
+        <v>688</v>
+      </c>
+      <c r="G22" s="3">
+        <v>1</v>
+      </c>
+      <c r="H22" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I22" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A23" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="C22" s="3">
-[...22 lines deleted...]
-      <c r="A23" s="2" t="s">
+      <c r="B23" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B23" s="2"/>
-[...6 lines deleted...]
-      <c r="I23" s="2"/>
+      <c r="C23" s="3">
+        <v>86.52</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="F23" s="3">
+        <v>1066</v>
+      </c>
+      <c r="G23" s="3">
+        <v>1</v>
+      </c>
+      <c r="H23" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I23" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C24" s="3">
-        <v>280</v>
+        <v>227.12</v>
       </c>
       <c r="D24" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="F24" s="3">
-        <v>20444</v>
+        <v>705</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>135</v>
+        <v>1000</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A25" s="3" t="s">
+      <c r="A25" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B25" s="2"/>
+      <c r="C25" s="2"/>
+      <c r="D25" s="2"/>
+      <c r="E25" s="2"/>
+      <c r="F25" s="2"/>
+      <c r="G25" s="2"/>
+      <c r="H25" s="2"/>
+      <c r="I25" s="2"/>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>200</v>
+        <v>1020</v>
       </c>
       <c r="D26" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>37645</v>
+        <v>128</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>207</v>
+        <v>6</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="B27" s="3" t="s">
+      <c r="C27" s="3">
+        <v>200</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="C27" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F27" s="3">
-        <v>7871</v>
+        <v>1554</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>144</v>
+        <v>40</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C28" s="3">
-        <v>205</v>
+        <v>975</v>
       </c>
       <c r="D28" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>4330</v>
+        <v>184</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>108</v>
+        <v>6</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A29" s="3" t="s">
+      <c r="A29" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B29" s="2"/>
+      <c r="C29" s="2"/>
+      <c r="D29" s="2"/>
+      <c r="E29" s="2"/>
+      <c r="F29" s="2"/>
+      <c r="G29" s="2"/>
+      <c r="H29" s="2"/>
+      <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3">
-        <v>140</v>
+        <v>3257.76</v>
       </c>
       <c r="D30" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>14710</v>
+        <v>85</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>180</v>
+        <v>2</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>8653</v>
+        <v>933</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>207</v>
+        <v>300</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>110</v>
+        <v>890</v>
       </c>
       <c r="D32" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>7142</v>
+        <v>3753</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>414</v>
+        <v>20</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>150</v>
+        <v>1900</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>2975</v>
+        <v>43</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>180</v>
+        <v>15</v>
       </c>
       <c r="I33" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B34" s="3" t="s">
+      <c r="C34" s="3">
+        <v>900</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F34" s="3">
+        <v>1817</v>
+      </c>
+      <c r="G34" s="3">
+        <v>1</v>
+      </c>
+      <c r="H34" s="3">
+        <v>20</v>
+      </c>
+      <c r="I34" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A35" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="C34" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B35" s="2"/>
+      <c r="C35" s="2"/>
+      <c r="D35" s="2"/>
+      <c r="E35" s="2"/>
+      <c r="F35" s="2"/>
+      <c r="G35" s="2"/>
+      <c r="H35" s="2"/>
+      <c r="I35" s="2"/>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C36" s="3">
         <v>210</v>
       </c>
       <c r="D36" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>8949</v>
+        <v>8162</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>168</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C37" s="3">
-        <v>143</v>
+        <v>300.06</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>6369</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>270</v>
+        <v>108</v>
       </c>
       <c r="I37" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C38" s="3">
-        <v>190</v>
+        <v>225</v>
       </c>
       <c r="D38" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>4535</v>
+        <v>3894</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>180</v>
+        <v>168</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C39" s="3">
-        <v>225</v>
+        <v>190</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>4227</v>
+        <v>5343</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="C40" s="3">
+        <v>200</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F40" s="3">
+        <v>25274</v>
+      </c>
+      <c r="G40" s="3">
+        <v>1</v>
+      </c>
+      <c r="H40" s="3">
+        <v>207</v>
+      </c>
+      <c r="I40" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A41" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="B40" s="3" t="s">
+      <c r="B41" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="C40" s="3">
-[...32 lines deleted...]
-      <c r="I41" s="2"/>
+      <c r="C41" s="3">
+        <v>242</v>
+      </c>
+      <c r="D41" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F41" s="3">
+        <v>5437</v>
+      </c>
+      <c r="G41" s="3">
+        <v>1</v>
+      </c>
+      <c r="H41" s="3">
+        <v>135</v>
+      </c>
+      <c r="I41" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="3">
-        <v>200</v>
+        <v>143</v>
       </c>
       <c r="D42" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>87</v>
+        <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>0</v>
+        <v>5390</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>40</v>
+        <v>270</v>
       </c>
       <c r="I42" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C43" s="3">
-        <v>975</v>
+        <v>110</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>163</v>
+        <v>7989</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>6</v>
+        <v>414</v>
       </c>
       <c r="I43" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="C44" s="3">
+        <v>280</v>
+      </c>
+      <c r="D44" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F44" s="3">
+        <v>10700</v>
+      </c>
+      <c r="G44" s="3">
+        <v>1</v>
+      </c>
+      <c r="H44" s="3">
+        <v>135</v>
+      </c>
+      <c r="I44" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A45" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="B44" s="3" t="s">
+      <c r="B45" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="C44" s="3">
-[...17 lines deleted...]
-      <c r="I44" s="3">
+      <c r="C45" s="3">
+        <v>330</v>
+      </c>
+      <c r="D45" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F45" s="3">
+        <v>3294</v>
+      </c>
+      <c r="G45" s="3">
+        <v>1</v>
+      </c>
+      <c r="H45" s="3">
+        <v>120</v>
+      </c>
+      <c r="I45" s="3">
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I45" s="2"/>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="3">
-        <v>600.12</v>
+        <v>162</v>
       </c>
       <c r="D46" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>0</v>
+        <v>8730</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="I46" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="3">
-        <v>1000</v>
+        <v>160</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>981</v>
+        <v>56833</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>24</v>
+        <v>270</v>
       </c>
       <c r="I47" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="3">
-        <v>200</v>
+        <v>140</v>
       </c>
       <c r="D48" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>0</v>
+        <v>11864</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>108</v>
+        <v>180</v>
       </c>
       <c r="I48" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="B49" s="3" t="s">
+      <c r="C49" s="3">
+        <v>205</v>
+      </c>
+      <c r="D49" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F49" s="3">
+        <v>3258</v>
+      </c>
+      <c r="G49" s="3">
+        <v>1</v>
+      </c>
+      <c r="H49" s="3">
+        <v>108</v>
+      </c>
+      <c r="I49" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A50" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="C49" s="3">
-[...8 lines deleted...]
-      <c r="F49" s="3">
+      <c r="B50" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="C50" s="3">
+        <v>170</v>
+      </c>
+      <c r="D50" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F50" s="3">
+        <v>7760</v>
+      </c>
+      <c r="G50" s="3">
+        <v>1</v>
+      </c>
+      <c r="H50" s="3">
+        <v>207</v>
+      </c>
+      <c r="I50" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A51" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="C51" s="3">
+        <v>150</v>
+      </c>
+      <c r="D51" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F51" s="3">
+        <v>1254</v>
+      </c>
+      <c r="G51" s="3">
+        <v>1</v>
+      </c>
+      <c r="H51" s="3">
+        <v>180</v>
+      </c>
+      <c r="I51" s="3">
         <v>0</v>
       </c>
-      <c r="G49" s="3">
-[...33 lines deleted...]
-      <c r="I51" s="2"/>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C52" s="3">
-        <v>135</v>
+        <v>250</v>
       </c>
       <c r="D52" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>2676</v>
+        <v>12390</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>144</v>
+        <v>168</v>
       </c>
       <c r="I52" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A53" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B53" s="3" t="s">
+      <c r="A53" s="2" t="s">
         <v>106</v>
       </c>
-      <c r="C53" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B53" s="2"/>
+      <c r="C53" s="2"/>
+      <c r="D53" s="2"/>
+      <c r="E53" s="2"/>
+      <c r="F53" s="2"/>
+      <c r="G53" s="2"/>
+      <c r="H53" s="2"/>
+      <c r="I53" s="2"/>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A54" s="3" t="s">
+      <c r="A54" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B54" s="2"/>
+      <c r="C54" s="2"/>
+      <c r="D54" s="2"/>
+      <c r="E54" s="2"/>
+      <c r="F54" s="2"/>
+      <c r="G54" s="2"/>
+      <c r="H54" s="2"/>
+      <c r="I54" s="2"/>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3">
-        <v>500</v>
+        <v>390</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>1641</v>
+        <v>498</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>495</v>
+        <v>286.2</v>
       </c>
       <c r="D56" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>1510</v>
+        <v>471</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="C57" s="3">
         <v>260</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>2695</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B58" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="3">
-        <v>175</v>
+        <v>240</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>7881</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>144</v>
+        <v>12</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B59" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="3">
-        <v>400</v>
+        <v>275</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>5275</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="3">
-        <v>154</v>
+        <v>235</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F60" s="3">
         <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>144</v>
+        <v>12</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A61" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A61" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="B61" s="2"/>
+      <c r="C61" s="2"/>
+      <c r="D61" s="2"/>
+      <c r="E61" s="2"/>
+      <c r="F61" s="2"/>
+      <c r="G61" s="2"/>
+      <c r="H61" s="2"/>
+      <c r="I61" s="2"/>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C62" s="3">
-        <v>340</v>
+        <v>17</v>
       </c>
       <c r="D62" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>2643</v>
+        <v>111463</v>
       </c>
       <c r="G62" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H62" s="3">
-        <v>96</v>
+        <v>288</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C63" s="3">
-        <v>520</v>
+        <v>34</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>1082</v>
+        <v>51990</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>72</v>
+        <v>288</v>
       </c>
       <c r="I63" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C64" s="3">
-        <v>270</v>
+        <v>105</v>
       </c>
       <c r="D64" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>2639</v>
+        <v>9600</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>72</v>
+        <v>288</v>
       </c>
       <c r="I64" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C65" s="3">
-        <v>540</v>
+        <v>37</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>1086</v>
+        <v>22783</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>48</v>
+        <v>288</v>
       </c>
       <c r="I65" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C66" s="3">
-        <v>425</v>
+        <v>20</v>
       </c>
       <c r="D66" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>1035</v>
+        <v>138778</v>
       </c>
       <c r="G66" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H66" s="3">
-        <v>72</v>
+        <v>288</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C67" s="3">
-        <v>245</v>
+        <v>110</v>
       </c>
       <c r="D67" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>7161</v>
+        <v>30307</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>72</v>
+        <v>288</v>
       </c>
       <c r="I67" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C68" s="3">
-        <v>235</v>
+        <v>32</v>
       </c>
       <c r="D68" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>2714</v>
+        <v>53086</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>144</v>
+        <v>288</v>
       </c>
       <c r="I68" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="C69" s="3">
-        <v>310</v>
+        <v>40</v>
       </c>
       <c r="D69" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>5964</v>
+        <v>22762</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>96</v>
+        <v>288</v>
       </c>
       <c r="I69" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C70" s="3">
-        <v>440</v>
+        <v>507.6</v>
       </c>
       <c r="D70" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>1512</v>
+        <v>999</v>
       </c>
       <c r="G70" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H70" s="3">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="B71" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="C71" s="3">
+        <v>165</v>
+      </c>
+      <c r="D71" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F71" s="3">
+        <v>531</v>
+      </c>
+      <c r="G71" s="3">
+        <v>1</v>
+      </c>
+      <c r="H71" s="3">
+        <v>200</v>
+      </c>
+      <c r="I71" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A72" s="2" t="s">
         <v>141</v>
       </c>
-      <c r="B71" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B72" s="2"/>
+      <c r="C72" s="2"/>
+      <c r="D72" s="2"/>
+      <c r="E72" s="2"/>
+      <c r="F72" s="2"/>
+      <c r="G72" s="2"/>
+      <c r="H72" s="2"/>
+      <c r="I72" s="2"/>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C73" s="3">
-        <v>310</v>
+        <v>150</v>
       </c>
       <c r="D73" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>751</v>
+        <v>1673</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>96</v>
+        <v>144</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="C74" s="3">
-        <v>274</v>
+        <v>180</v>
       </c>
       <c r="D74" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>239</v>
+        <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>36</v>
+        <v>144</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C75" s="3">
-        <v>100</v>
+        <v>190</v>
       </c>
       <c r="D75" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>0</v>
+        <v>3879</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>216</v>
+        <v>144</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="C76" s="3">
-        <v>395</v>
+        <v>175</v>
       </c>
       <c r="D76" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>2787</v>
+        <v>9776</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>36</v>
+        <v>144</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C77" s="3">
-        <v>304.82</v>
+        <v>180</v>
       </c>
       <c r="D77" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>3504</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>120</v>
+        <v>144</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="C78" s="3">
-        <v>350</v>
+        <v>136</v>
       </c>
       <c r="D78" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>418</v>
+        <v>15667</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>72</v>
+        <v>144</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="C79" s="3">
-        <v>200</v>
+        <v>209.92</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>977</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>120</v>
+        <v>144</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="C80" s="3">
-        <v>305</v>
+        <v>133</v>
       </c>
       <c r="D80" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>0</v>
+        <v>12566</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>36</v>
+        <v>144</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="C81" s="3">
-        <v>180</v>
+        <v>165</v>
       </c>
       <c r="D81" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>4</v>
+        <v>24183</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>144</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A82" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I82" s="2"/>
+      <c r="A82" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="B82" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="C82" s="3">
+        <v>150</v>
+      </c>
+      <c r="D82" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F82" s="3">
+        <v>64</v>
+      </c>
+      <c r="G82" s="3">
+        <v>1</v>
+      </c>
+      <c r="H82" s="3">
+        <v>144</v>
+      </c>
+      <c r="I82" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="C83" s="3">
+        <v>140</v>
+      </c>
+      <c r="D83" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F83" s="3">
+        <v>6751</v>
+      </c>
+      <c r="G83" s="3">
+        <v>1</v>
+      </c>
+      <c r="H83" s="3">
+        <v>144</v>
+      </c>
+      <c r="I83" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A84" s="2" t="s">
         <v>164</v>
       </c>
-      <c r="B83" s="3" t="s">
+      <c r="B84" s="2"/>
+      <c r="C84" s="2"/>
+      <c r="D84" s="2"/>
+      <c r="E84" s="2"/>
+      <c r="F84" s="2"/>
+      <c r="G84" s="2"/>
+      <c r="H84" s="2"/>
+      <c r="I84" s="2"/>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A85" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="C83" s="3">
-[...22 lines deleted...]
-      <c r="A84" s="3" t="s">
+      <c r="B85" s="2"/>
+      <c r="C85" s="2"/>
+      <c r="D85" s="2"/>
+      <c r="E85" s="2"/>
+      <c r="F85" s="2"/>
+      <c r="G85" s="2"/>
+      <c r="H85" s="2"/>
+      <c r="I85" s="2"/>
+    </row>
+    <row r="86" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A86" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="B84" s="3" t="s">
+      <c r="B86" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="C84" s="3">
-[...61 lines deleted...]
-      <c r="I86" s="2"/>
+      <c r="C86" s="3">
+        <v>2100</v>
+      </c>
+      <c r="D86" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F86" s="3">
+        <v>4</v>
+      </c>
+      <c r="G86" s="3">
+        <v>1</v>
+      </c>
+      <c r="H86" s="3">
+        <v>50</v>
+      </c>
+      <c r="I86" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="C87" s="3">
-        <v>530</v>
+        <v>2050</v>
       </c>
       <c r="D87" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>624</v>
+        <v>156</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="C88" s="3">
-        <v>610</v>
+        <v>2130</v>
       </c>
       <c r="D88" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>435</v>
+        <v>1252</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="C89" s="3">
-        <v>520</v>
+        <v>3780</v>
       </c>
       <c r="D89" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C90" s="3">
-        <v>1050</v>
+        <v>1800</v>
       </c>
       <c r="D90" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>297</v>
+        <v>707</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="C91" s="3">
-        <v>650</v>
+        <v>1250</v>
       </c>
       <c r="D91" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>386</v>
+        <v>0</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C92" s="3">
-        <v>710</v>
+        <v>3688.56</v>
       </c>
       <c r="D92" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>658</v>
+        <v>0</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C93" s="3">
-        <v>620</v>
+        <v>1530</v>
       </c>
       <c r="D93" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>712</v>
+        <v>0</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="C94" s="3">
-        <v>810</v>
+        <v>2050</v>
       </c>
       <c r="D94" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>552</v>
+        <v>0</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="C95" s="3">
-        <v>810</v>
+        <v>2250</v>
       </c>
       <c r="D95" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>335</v>
+        <v>6</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C96" s="3">
-        <v>850</v>
+        <v>1700</v>
       </c>
       <c r="D96" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>525</v>
+        <v>0</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="C97" s="3">
-        <v>700</v>
+        <v>870</v>
       </c>
       <c r="D97" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>669</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="C98" s="3">
-        <v>600</v>
+        <v>2916</v>
       </c>
       <c r="D98" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>1345</v>
+        <v>10</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="C99" s="3">
-        <v>730</v>
+        <v>3240</v>
       </c>
       <c r="D99" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>1025</v>
+        <v>0</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="C100" s="3">
-        <v>710</v>
+        <v>3240</v>
       </c>
       <c r="D100" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="C101" s="3">
-        <v>620</v>
+        <v>1900</v>
       </c>
       <c r="D101" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F101" s="3">
         <v>0</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="C102" s="3">
-        <v>720</v>
+        <v>2300</v>
       </c>
       <c r="D102" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="C103" s="3">
-        <v>700</v>
+        <v>3348</v>
       </c>
       <c r="D103" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>175</v>
+        <v>0</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="C104" s="3">
-        <v>520</v>
+        <v>3200</v>
       </c>
       <c r="D104" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>524</v>
+        <v>0</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="B105" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="C105" s="3">
+        <v>3294</v>
+      </c>
+      <c r="D105" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F105" s="3">
+        <v>0</v>
+      </c>
+      <c r="G105" s="3">
+        <v>1</v>
+      </c>
+      <c r="H105" s="3">
+        <v>50</v>
+      </c>
+      <c r="I105" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A106" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="B106" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="B105" s="3" t="s">
+      <c r="C106" s="3">
+        <v>1100</v>
+      </c>
+      <c r="D106" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F106" s="3">
+        <v>0</v>
+      </c>
+      <c r="G106" s="3">
+        <v>1</v>
+      </c>
+      <c r="H106" s="3">
+        <v>50</v>
+      </c>
+      <c r="I106" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="107" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A107" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="C105" s="3">
-[...22 lines deleted...]
-      <c r="A106" s="2" t="s">
+      <c r="B107" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="B106" s="2"/>
-[...19 lines deleted...]
-      <c r="I107" s="2"/>
+      <c r="C107" s="3">
+        <v>1220</v>
+      </c>
+      <c r="D107" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F107" s="3">
+        <v>891</v>
+      </c>
+      <c r="G107" s="3">
+        <v>1</v>
+      </c>
+      <c r="H107" s="3">
+        <v>50</v>
+      </c>
+      <c r="I107" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="B108" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="B108" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C108" s="3">
-        <v>390</v>
+        <v>1690</v>
       </c>
       <c r="D108" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>1377</v>
+        <v>0</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="B109" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="B109" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C109" s="3">
-        <v>286.2</v>
+        <v>2700</v>
       </c>
       <c r="D109" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="B110" s="3" t="s">
         <v>215</v>
       </c>
-      <c r="B110" s="3" t="s">
+      <c r="C110" s="3">
+        <v>3230</v>
+      </c>
+      <c r="D110" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F110" s="3">
+        <v>14</v>
+      </c>
+      <c r="G110" s="3">
+        <v>1</v>
+      </c>
+      <c r="H110" s="3">
+        <v>50</v>
+      </c>
+      <c r="I110" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A111" s="2" t="s">
         <v>216</v>
       </c>
-      <c r="C110" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B111" s="2"/>
+      <c r="C111" s="2"/>
+      <c r="D111" s="2"/>
+      <c r="E111" s="2"/>
+      <c r="F111" s="2"/>
+      <c r="G111" s="2"/>
+      <c r="H111" s="2"/>
+      <c r="I111" s="2"/>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="C112" s="3">
-        <v>275</v>
+        <v>200</v>
       </c>
       <c r="D112" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F112" s="3">
         <v>0</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>12</v>
+        <v>200</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="C113" s="3">
-        <v>235</v>
+        <v>330</v>
       </c>
       <c r="D113" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F113" s="3">
         <v>0</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A114" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I114" s="2"/>
+      <c r="A114" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="B114" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="C114" s="3">
+        <v>310</v>
+      </c>
+      <c r="D114" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F114" s="3">
+        <v>0</v>
+      </c>
+      <c r="G114" s="3">
+        <v>1</v>
+      </c>
+      <c r="H114" s="3">
+        <v>100</v>
+      </c>
+      <c r="I114" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="B115" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="B115" s="3" t="s">
+      <c r="C115" s="3">
+        <v>260</v>
+      </c>
+      <c r="D115" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F115" s="3">
+        <v>0</v>
+      </c>
+      <c r="G115" s="3">
+        <v>1</v>
+      </c>
+      <c r="H115" s="3">
+        <v>100</v>
+      </c>
+      <c r="I115" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A116" s="2" t="s">
         <v>225</v>
       </c>
-      <c r="C115" s="3">
-[...22 lines deleted...]
-      <c r="A116" s="3" t="s">
+      <c r="B116" s="2"/>
+      <c r="C116" s="2"/>
+      <c r="D116" s="2"/>
+      <c r="E116" s="2"/>
+      <c r="F116" s="2"/>
+      <c r="G116" s="2"/>
+      <c r="H116" s="2"/>
+      <c r="I116" s="2"/>
+    </row>
+    <row r="117" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A117" s="2" t="s">
         <v>226</v>
       </c>
-      <c r="B116" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B117" s="2"/>
+      <c r="C117" s="2"/>
+      <c r="D117" s="2"/>
+      <c r="E117" s="2"/>
+      <c r="F117" s="2"/>
+      <c r="G117" s="2"/>
+      <c r="H117" s="2"/>
+      <c r="I117" s="2"/>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="B118" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="C118" s="3">
+        <v>315</v>
+      </c>
+      <c r="D118" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F118" s="3">
+        <v>45</v>
+      </c>
+      <c r="G118" s="3">
+        <v>1</v>
+      </c>
+      <c r="H118" s="3">
+        <v>30</v>
+      </c>
+      <c r="I118" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A119" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="B119" s="2"/>
+      <c r="C119" s="2"/>
+      <c r="D119" s="2"/>
+      <c r="E119" s="2"/>
+      <c r="F119" s="2"/>
+      <c r="G119" s="2"/>
+      <c r="H119" s="2"/>
+      <c r="I119" s="2"/>
+    </row>
+    <row r="120" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A120" s="2" t="s">
         <v>230</v>
       </c>
-      <c r="B118" s="3" t="s">
-[...80 lines deleted...]
-      </c>
+      <c r="B120" s="2"/>
+      <c r="C120" s="2"/>
+      <c r="D120" s="2"/>
+      <c r="E120" s="2"/>
+      <c r="F120" s="2"/>
+      <c r="G120" s="2"/>
+      <c r="H120" s="2"/>
+      <c r="I120" s="2"/>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="C121" s="3">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="D121" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F121" s="3">
-        <v>31230</v>
+        <v>0</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
-        <v>288</v>
+        <v>240</v>
       </c>
       <c r="I121" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="C122" s="3">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="D122" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>10061</v>
+        <v>4530</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>288</v>
+        <v>240</v>
       </c>
       <c r="I122" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="B123" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="C123" s="3">
+        <v>178</v>
+      </c>
+      <c r="D123" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F123" s="3">
+        <v>7839</v>
+      </c>
+      <c r="G123" s="3">
+        <v>1</v>
+      </c>
+      <c r="H123" s="3">
         <v>240</v>
       </c>
-      <c r="B123" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A124" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A124" s="2" t="s">
+        <v>237</v>
+      </c>
+      <c r="B124" s="2"/>
+      <c r="C124" s="2"/>
+      <c r="D124" s="2"/>
+      <c r="E124" s="2"/>
+      <c r="F124" s="2"/>
+      <c r="G124" s="2"/>
+      <c r="H124" s="2"/>
+      <c r="I124" s="2"/>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A125" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I125" s="2"/>
+      <c r="A125" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="B125" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="C125" s="3">
+        <v>600</v>
+      </c>
+      <c r="D125" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F125" s="3">
+        <v>501</v>
+      </c>
+      <c r="G125" s="3">
+        <v>1</v>
+      </c>
+      <c r="H125" s="3">
+        <v>60</v>
+      </c>
+      <c r="I125" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="C126" s="3">
-        <v>175</v>
+        <v>650</v>
       </c>
       <c r="D126" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F126" s="3">
-        <v>10370</v>
+        <v>307</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>144</v>
+        <v>60</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="C127" s="3">
-        <v>180</v>
+        <v>610</v>
       </c>
       <c r="D127" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F127" s="3">
-        <v>0</v>
+        <v>219</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>144</v>
+        <v>60</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="C128" s="3">
-        <v>180</v>
+        <v>530</v>
       </c>
       <c r="D128" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F128" s="3">
-        <v>120</v>
+        <v>459</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>144</v>
+        <v>60</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="C129" s="3">
-        <v>190</v>
+        <v>1050</v>
       </c>
       <c r="D129" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F129" s="3">
-        <v>4247</v>
+        <v>146</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>144</v>
+        <v>20</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="C130" s="3">
-        <v>209.92</v>
+        <v>710</v>
       </c>
       <c r="D130" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F130" s="3">
-        <v>0</v>
+        <v>681</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>144</v>
+        <v>40</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="C131" s="3">
-        <v>133</v>
+        <v>520</v>
       </c>
       <c r="D131" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>16799</v>
+        <v>0</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>144</v>
+        <v>60</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="C132" s="3">
-        <v>136</v>
+        <v>720</v>
       </c>
       <c r="D132" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F132" s="3">
-        <v>16761</v>
+        <v>0</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>144</v>
+        <v>40</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="C133" s="3">
-        <v>150</v>
+        <v>850</v>
       </c>
       <c r="D133" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F133" s="3">
-        <v>2405</v>
+        <v>447</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>144</v>
+        <v>40</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="C134" s="3">
-        <v>140</v>
+        <v>520</v>
       </c>
       <c r="D134" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F134" s="3">
-        <v>7368</v>
+        <v>548</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>144</v>
+        <v>60</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="C135" s="3">
-        <v>150</v>
+        <v>810</v>
       </c>
       <c r="D135" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>873</v>
+        <v>352</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>144</v>
+        <v>40</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="C136" s="3">
-        <v>165</v>
+        <v>620</v>
       </c>
       <c r="D136" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F136" s="3">
-        <v>24593</v>
+        <v>640</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>144</v>
+        <v>60</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A137" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I137" s="2"/>
+      <c r="A137" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="B137" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="C137" s="3">
+        <v>700</v>
+      </c>
+      <c r="D137" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F137" s="3">
+        <v>658</v>
+      </c>
+      <c r="G137" s="3">
+        <v>1</v>
+      </c>
+      <c r="H137" s="3">
+        <v>40</v>
+      </c>
+      <c r="I137" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="C138" s="3">
-        <v>145.8</v>
+        <v>810</v>
       </c>
       <c r="D138" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F138" s="3">
-        <v>0</v>
+        <v>568</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>140</v>
+        <v>40</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="C139" s="3">
-        <v>194.4</v>
+        <v>600</v>
       </c>
       <c r="D139" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F139" s="3">
+        <v>1344</v>
+      </c>
+      <c r="G139" s="3">
+        <v>1</v>
+      </c>
+      <c r="H139" s="3">
+        <v>60</v>
+      </c>
+      <c r="I139" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="140" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A140" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="B140" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="C140" s="3">
+        <v>710</v>
+      </c>
+      <c r="D140" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F140" s="3">
         <v>0</v>
       </c>
-      <c r="G139" s="3">
-[...20 lines deleted...]
-      <c r="I140" s="2"/>
+      <c r="G140" s="3">
+        <v>1</v>
+      </c>
+      <c r="H140" s="3">
+        <v>40</v>
+      </c>
+      <c r="I140" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="B141" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="C141" s="3">
+        <v>620</v>
+      </c>
+      <c r="D141" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F141" s="3">
+        <v>0</v>
+      </c>
+      <c r="G141" s="3">
+        <v>1</v>
+      </c>
+      <c r="H141" s="3">
+        <v>60</v>
+      </c>
+      <c r="I141" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="142" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A142" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="B142" s="3" t="s">
         <v>273</v>
       </c>
-      <c r="B141" s="3" t="s">
+      <c r="C142" s="3">
+        <v>700</v>
+      </c>
+      <c r="D142" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F142" s="3">
+        <v>151</v>
+      </c>
+      <c r="G142" s="3">
+        <v>1</v>
+      </c>
+      <c r="H142" s="3">
+        <v>40</v>
+      </c>
+      <c r="I142" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="143" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A143" s="3" t="s">
         <v>274</v>
       </c>
-      <c r="C141" s="3">
-[...22 lines deleted...]
-      <c r="A142" s="2" t="s">
+      <c r="B143" s="3" t="s">
         <v>275</v>
       </c>
-      <c r="B142" s="2"/>
-[...9 lines deleted...]
-      <c r="A143" s="2" t="s">
+      <c r="C143" s="3">
+        <v>730</v>
+      </c>
+      <c r="D143" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F143" s="3">
+        <v>1005</v>
+      </c>
+      <c r="G143" s="3">
+        <v>1</v>
+      </c>
+      <c r="H143" s="3">
+        <v>40</v>
+      </c>
+      <c r="I143" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="144" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A144" s="2" t="s">
         <v>276</v>
       </c>
-      <c r="B143" s="2"/>
-[...35 lines deleted...]
-      </c>
+      <c r="B144" s="2"/>
+      <c r="C144" s="2"/>
+      <c r="D144" s="2"/>
+      <c r="E144" s="2"/>
+      <c r="F144" s="2"/>
+      <c r="G144" s="2"/>
+      <c r="H144" s="2"/>
+      <c r="I144" s="2"/>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="C145" s="3">
-        <v>310</v>
+        <v>304.82</v>
       </c>
       <c r="D145" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F145" s="3">
-        <v>0</v>
+        <v>2668</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="C146" s="3">
-        <v>330</v>
+        <v>310</v>
       </c>
       <c r="D146" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F146" s="3">
-        <v>0</v>
+        <v>4578</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="B147" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="C147" s="3">
+        <v>235</v>
+      </c>
+      <c r="D147" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F147" s="3">
+        <v>1987</v>
+      </c>
+      <c r="G147" s="3">
+        <v>1</v>
+      </c>
+      <c r="H147" s="3">
+        <v>144</v>
+      </c>
+      <c r="I147" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="148" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A148" s="3" t="s">
         <v>283</v>
       </c>
-      <c r="B147" s="3" t="s">
+      <c r="B148" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="C147" s="3">
-[...32 lines deleted...]
-      <c r="I148" s="2"/>
+      <c r="C148" s="3">
+        <v>340</v>
+      </c>
+      <c r="D148" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F148" s="3">
+        <v>2325</v>
+      </c>
+      <c r="G148" s="3">
+        <v>1</v>
+      </c>
+      <c r="H148" s="3">
+        <v>96</v>
+      </c>
+      <c r="I148" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="B149" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="B149" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C149" s="3">
-        <v>2050</v>
+        <v>310</v>
       </c>
       <c r="D149" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F149" s="3">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>50</v>
+        <v>96</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="B150" s="3" t="s">
         <v>288</v>
       </c>
-      <c r="B150" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C150" s="3">
-        <v>1250</v>
+        <v>425</v>
       </c>
       <c r="D150" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F150" s="3">
-        <v>146</v>
+        <v>250</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="B151" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="B151" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C151" s="3">
-        <v>1700</v>
+        <v>495</v>
       </c>
       <c r="D151" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F151" s="3">
-        <v>74</v>
+        <v>1035</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="B152" s="3" t="s">
         <v>292</v>
       </c>
-      <c r="B152" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C152" s="3">
-        <v>870</v>
+        <v>170</v>
       </c>
       <c r="D152" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F152" s="3">
-        <v>0</v>
+        <v>2047</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>50</v>
+        <v>144</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="B153" s="3" t="s">
         <v>294</v>
       </c>
-      <c r="B153" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C153" s="3">
-        <v>2100</v>
+        <v>260</v>
       </c>
       <c r="D153" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F153" s="3">
-        <v>4</v>
+        <v>2283</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="B154" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="B154" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C154" s="3">
-        <v>3240</v>
+        <v>175</v>
       </c>
       <c r="D154" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F154" s="3">
-        <v>0</v>
+        <v>5609</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>50</v>
+        <v>144</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="B155" s="3" t="s">
         <v>298</v>
       </c>
-      <c r="B155" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C155" s="3">
-        <v>3348</v>
+        <v>245</v>
       </c>
       <c r="D155" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F155" s="3">
-        <v>0</v>
+        <v>6171</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="B156" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="B156" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C156" s="3">
-        <v>3240</v>
+        <v>250</v>
       </c>
       <c r="D156" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F156" s="3">
-        <v>19</v>
+        <v>6525</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>50</v>
+        <v>96</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="B157" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="B157" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C157" s="3">
-        <v>1900</v>
+        <v>180</v>
       </c>
       <c r="D157" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F157" s="3">
         <v>0</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>50</v>
+        <v>144</v>
       </c>
       <c r="I157" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="B158" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="B158" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C158" s="3">
-        <v>2300</v>
+        <v>274</v>
       </c>
       <c r="D158" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F158" s="3">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="B159" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="B159" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C159" s="3">
-        <v>2916</v>
+        <v>400</v>
       </c>
       <c r="D159" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F159" s="3">
-        <v>9</v>
+        <v>4785</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="B160" s="3" t="s">
         <v>308</v>
       </c>
-      <c r="B160" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C160" s="3">
-        <v>3200</v>
+        <v>540</v>
       </c>
       <c r="D160" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F160" s="3">
-        <v>0</v>
+        <v>954</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="I160" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="B161" s="3" t="s">
         <v>310</v>
       </c>
-      <c r="B161" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C161" s="3">
-        <v>1690</v>
+        <v>190</v>
       </c>
       <c r="D161" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F161" s="3">
-        <v>799</v>
+        <v>3209</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>50</v>
+        <v>144</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="B162" s="3" t="s">
         <v>312</v>
       </c>
-      <c r="B162" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C162" s="3">
-        <v>2130</v>
+        <v>135</v>
       </c>
       <c r="D162" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F162" s="3">
-        <v>1642</v>
+        <v>1217</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>50</v>
+        <v>144</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="B163" s="3" t="s">
         <v>314</v>
       </c>
-      <c r="B163" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C163" s="3">
-        <v>1220</v>
+        <v>510</v>
       </c>
       <c r="D163" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F163" s="3">
-        <v>1064</v>
+        <v>1669</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="B164" s="3" t="s">
         <v>316</v>
       </c>
-      <c r="B164" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C164" s="3">
-        <v>1100</v>
+        <v>100</v>
       </c>
       <c r="D164" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F164" s="3">
         <v>0</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>50</v>
+        <v>216</v>
       </c>
       <c r="I164" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="B165" s="3" t="s">
         <v>318</v>
       </c>
-      <c r="B165" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C165" s="3">
-        <v>2700</v>
+        <v>154</v>
       </c>
       <c r="D165" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F165" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>50</v>
+        <v>144</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="B166" s="3" t="s">
         <v>320</v>
       </c>
-      <c r="B166" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C166" s="3">
-        <v>1530</v>
+        <v>270</v>
       </c>
       <c r="D166" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F166" s="3">
-        <v>0</v>
+        <v>1908</v>
       </c>
       <c r="G166" s="3">
         <v>1</v>
       </c>
       <c r="H166" s="3">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="I166" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="B167" s="3" t="s">
         <v>322</v>
       </c>
-      <c r="B167" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C167" s="3">
-        <v>3230</v>
+        <v>440</v>
       </c>
       <c r="D167" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F167" s="3">
-        <v>0</v>
+        <v>1051</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="I167" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="B168" s="3" t="s">
         <v>324</v>
       </c>
-      <c r="B168" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C168" s="3">
-        <v>3780</v>
+        <v>430</v>
       </c>
       <c r="D168" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F168" s="3">
-        <v>0</v>
+        <v>755</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="B169" s="3" t="s">
         <v>326</v>
       </c>
-      <c r="B169" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C169" s="3">
-        <v>2050</v>
+        <v>520</v>
       </c>
       <c r="D169" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F169" s="3">
-        <v>7</v>
+        <v>842</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="B170" s="3" t="s">
         <v>328</v>
       </c>
-      <c r="B170" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C170" s="3">
-        <v>3688.56</v>
+        <v>395</v>
       </c>
       <c r="D170" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F170" s="3">
-        <v>20</v>
+        <v>2320</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="I170" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="B171" s="3" t="s">
         <v>330</v>
       </c>
-      <c r="B171" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C171" s="3">
-        <v>2250</v>
+        <v>350</v>
       </c>
       <c r="D171" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F171" s="3">
-        <v>41</v>
+        <v>0</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="I171" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="B172" s="3" t="s">
         <v>332</v>
       </c>
-      <c r="B172" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C172" s="3">
-        <v>3200</v>
+        <v>500</v>
       </c>
       <c r="D172" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F172" s="3">
-        <v>0</v>
+        <v>314</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="B173" s="3" t="s">
         <v>334</v>
       </c>
-      <c r="B173" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C173" s="3">
-        <v>3294</v>
+        <v>200</v>
       </c>
       <c r="D173" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F173" s="3">
-        <v>351</v>
+        <v>0</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I173" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="B174" s="3" t="s">
         <v>336</v>
       </c>
-      <c r="B174" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C174" s="3">
-        <v>1800</v>
+        <v>305</v>
       </c>
       <c r="D174" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F174" s="3">
-        <v>972</v>
+        <v>0</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="2" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="B175" s="2"/>
       <c r="C175" s="2"/>
       <c r="D175" s="2"/>
       <c r="E175" s="2"/>
       <c r="F175" s="2"/>
       <c r="G175" s="2"/>
       <c r="H175" s="2"/>
       <c r="I175" s="2"/>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A176" s="2" t="s">
+      <c r="A176" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="B176" s="3" t="s">
         <v>339</v>
       </c>
-      <c r="B176" s="2"/>
-[...34 lines deleted...]
-        <v>1</v>
+      <c r="C176" s="3">
+        <v>259.2</v>
+      </c>
+      <c r="D176" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E176" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="F176" s="3">
+        <v>282</v>
+      </c>
+      <c r="G176" s="3">
+        <v>1</v>
+      </c>
+      <c r="H176" s="3">
+        <v>50</v>
+      </c>
+      <c r="I176" s="3">
+        <v>4</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="23">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A4:I4"/>
-[...17 lines deleted...]
-    <mergeCell ref="A148:I148"/>
+    <mergeCell ref="A6:I6"/>
+    <mergeCell ref="A7:I7"/>
+    <mergeCell ref="A14:I14"/>
+    <mergeCell ref="A19:I19"/>
+    <mergeCell ref="A25:I25"/>
+    <mergeCell ref="A29:I29"/>
+    <mergeCell ref="A35:I35"/>
+    <mergeCell ref="A53:I53"/>
+    <mergeCell ref="A54:I54"/>
+    <mergeCell ref="A61:I61"/>
+    <mergeCell ref="A72:I72"/>
+    <mergeCell ref="A84:I84"/>
+    <mergeCell ref="A85:I85"/>
+    <mergeCell ref="A111:I111"/>
+    <mergeCell ref="A116:I116"/>
+    <mergeCell ref="A117:I117"/>
+    <mergeCell ref="A119:I119"/>
+    <mergeCell ref="A120:I120"/>
+    <mergeCell ref="A124:I124"/>
+    <mergeCell ref="A144:I144"/>
     <mergeCell ref="A175:I175"/>
-    <mergeCell ref="A176:I176"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D5" r:id="rId1"/>
-[...3 lines deleted...]
-    <hyperlink ref="D9" r:id="rId5"/>
+    <hyperlink ref="D4" r:id="rId1"/>
+    <hyperlink ref="D5" r:id="rId2"/>
+    <hyperlink ref="D8" r:id="rId3"/>
+    <hyperlink ref="D9" r:id="rId4"/>
+    <hyperlink ref="D10" r:id="rId5"/>
     <hyperlink ref="D11" r:id="rId6"/>
     <hyperlink ref="D12" r:id="rId7"/>
     <hyperlink ref="D13" r:id="rId8"/>
-    <hyperlink ref="D14" r:id="rId9"/>
-    <hyperlink ref="D15" r:id="rId10"/>
+    <hyperlink ref="D15" r:id="rId9"/>
+    <hyperlink ref="D16" r:id="rId10"/>
     <hyperlink ref="D17" r:id="rId11"/>
     <hyperlink ref="D18" r:id="rId12"/>
-    <hyperlink ref="D19" r:id="rId13"/>
-[...2 lines deleted...]
-    <hyperlink ref="D22" r:id="rId16"/>
+    <hyperlink ref="D20" r:id="rId13"/>
+    <hyperlink ref="D21" r:id="rId14"/>
+    <hyperlink ref="D22" r:id="rId15"/>
+    <hyperlink ref="D23" r:id="rId16"/>
     <hyperlink ref="D24" r:id="rId17"/>
-    <hyperlink ref="D25" r:id="rId18"/>
-[...134 lines deleted...]
-    <hyperlink ref="D177" r:id="rId153"/>
+    <hyperlink ref="D26" r:id="rId18"/>
+    <hyperlink ref="D27" r:id="rId19"/>
+    <hyperlink ref="D28" r:id="rId20"/>
+    <hyperlink ref="D30" r:id="rId21"/>
+    <hyperlink ref="D31" r:id="rId22"/>
+    <hyperlink ref="D32" r:id="rId23"/>
+    <hyperlink ref="D33" r:id="rId24"/>
+    <hyperlink ref="D34" r:id="rId25"/>
+    <hyperlink ref="D36" r:id="rId26"/>
+    <hyperlink ref="D37" r:id="rId27"/>
+    <hyperlink ref="D38" r:id="rId28"/>
+    <hyperlink ref="D39" r:id="rId29"/>
+    <hyperlink ref="D40" r:id="rId30"/>
+    <hyperlink ref="D41" r:id="rId31"/>
+    <hyperlink ref="D42" r:id="rId32"/>
+    <hyperlink ref="D43" r:id="rId33"/>
+    <hyperlink ref="D44" r:id="rId34"/>
+    <hyperlink ref="D45" r:id="rId35"/>
+    <hyperlink ref="D46" r:id="rId36"/>
+    <hyperlink ref="D47" r:id="rId37"/>
+    <hyperlink ref="D48" r:id="rId38"/>
+    <hyperlink ref="D49" r:id="rId39"/>
+    <hyperlink ref="D50" r:id="rId40"/>
+    <hyperlink ref="D51" r:id="rId41"/>
+    <hyperlink ref="D52" r:id="rId42"/>
+    <hyperlink ref="D55" r:id="rId43"/>
+    <hyperlink ref="D56" r:id="rId44"/>
+    <hyperlink ref="D57" r:id="rId45"/>
+    <hyperlink ref="D58" r:id="rId46"/>
+    <hyperlink ref="D59" r:id="rId47"/>
+    <hyperlink ref="D60" r:id="rId48"/>
+    <hyperlink ref="D62" r:id="rId49"/>
+    <hyperlink ref="D63" r:id="rId50"/>
+    <hyperlink ref="D64" r:id="rId51"/>
+    <hyperlink ref="D65" r:id="rId52"/>
+    <hyperlink ref="D66" r:id="rId53"/>
+    <hyperlink ref="D67" r:id="rId54"/>
+    <hyperlink ref="D68" r:id="rId55"/>
+    <hyperlink ref="D69" r:id="rId56"/>
+    <hyperlink ref="D70" r:id="rId57"/>
+    <hyperlink ref="D71" r:id="rId58"/>
+    <hyperlink ref="D73" r:id="rId59"/>
+    <hyperlink ref="D74" r:id="rId60"/>
+    <hyperlink ref="D75" r:id="rId61"/>
+    <hyperlink ref="D76" r:id="rId62"/>
+    <hyperlink ref="D77" r:id="rId63"/>
+    <hyperlink ref="D78" r:id="rId64"/>
+    <hyperlink ref="D79" r:id="rId65"/>
+    <hyperlink ref="D80" r:id="rId66"/>
+    <hyperlink ref="D81" r:id="rId67"/>
+    <hyperlink ref="D82" r:id="rId68"/>
+    <hyperlink ref="D83" r:id="rId69"/>
+    <hyperlink ref="D86" r:id="rId70"/>
+    <hyperlink ref="D87" r:id="rId71"/>
+    <hyperlink ref="D88" r:id="rId72"/>
+    <hyperlink ref="D89" r:id="rId73"/>
+    <hyperlink ref="D90" r:id="rId74"/>
+    <hyperlink ref="D91" r:id="rId75"/>
+    <hyperlink ref="D92" r:id="rId76"/>
+    <hyperlink ref="D93" r:id="rId77"/>
+    <hyperlink ref="D94" r:id="rId78"/>
+    <hyperlink ref="D95" r:id="rId79"/>
+    <hyperlink ref="D96" r:id="rId80"/>
+    <hyperlink ref="D97" r:id="rId81"/>
+    <hyperlink ref="D98" r:id="rId82"/>
+    <hyperlink ref="D99" r:id="rId83"/>
+    <hyperlink ref="D100" r:id="rId84"/>
+    <hyperlink ref="D101" r:id="rId85"/>
+    <hyperlink ref="D102" r:id="rId86"/>
+    <hyperlink ref="D103" r:id="rId87"/>
+    <hyperlink ref="D104" r:id="rId88"/>
+    <hyperlink ref="D105" r:id="rId89"/>
+    <hyperlink ref="D106" r:id="rId90"/>
+    <hyperlink ref="D107" r:id="rId91"/>
+    <hyperlink ref="D108" r:id="rId92"/>
+    <hyperlink ref="D109" r:id="rId93"/>
+    <hyperlink ref="D110" r:id="rId94"/>
+    <hyperlink ref="D112" r:id="rId95"/>
+    <hyperlink ref="D113" r:id="rId96"/>
+    <hyperlink ref="D114" r:id="rId97"/>
+    <hyperlink ref="D115" r:id="rId98"/>
+    <hyperlink ref="D118" r:id="rId99"/>
+    <hyperlink ref="D121" r:id="rId100"/>
+    <hyperlink ref="D122" r:id="rId101"/>
+    <hyperlink ref="D123" r:id="rId102"/>
+    <hyperlink ref="D125" r:id="rId103"/>
+    <hyperlink ref="D126" r:id="rId104"/>
+    <hyperlink ref="D127" r:id="rId105"/>
+    <hyperlink ref="D128" r:id="rId106"/>
+    <hyperlink ref="D129" r:id="rId107"/>
+    <hyperlink ref="D130" r:id="rId108"/>
+    <hyperlink ref="D131" r:id="rId109"/>
+    <hyperlink ref="D132" r:id="rId110"/>
+    <hyperlink ref="D133" r:id="rId111"/>
+    <hyperlink ref="D134" r:id="rId112"/>
+    <hyperlink ref="D135" r:id="rId113"/>
+    <hyperlink ref="D136" r:id="rId114"/>
+    <hyperlink ref="D137" r:id="rId115"/>
+    <hyperlink ref="D138" r:id="rId116"/>
+    <hyperlink ref="D139" r:id="rId117"/>
+    <hyperlink ref="D140" r:id="rId118"/>
+    <hyperlink ref="D141" r:id="rId119"/>
+    <hyperlink ref="D142" r:id="rId120"/>
+    <hyperlink ref="D143" r:id="rId121"/>
+    <hyperlink ref="D145" r:id="rId122"/>
+    <hyperlink ref="D146" r:id="rId123"/>
+    <hyperlink ref="D147" r:id="rId124"/>
+    <hyperlink ref="D148" r:id="rId125"/>
+    <hyperlink ref="D149" r:id="rId126"/>
+    <hyperlink ref="D150" r:id="rId127"/>
+    <hyperlink ref="D151" r:id="rId128"/>
+    <hyperlink ref="D152" r:id="rId129"/>
+    <hyperlink ref="D153" r:id="rId130"/>
+    <hyperlink ref="D154" r:id="rId131"/>
+    <hyperlink ref="D155" r:id="rId132"/>
+    <hyperlink ref="D156" r:id="rId133"/>
+    <hyperlink ref="D157" r:id="rId134"/>
+    <hyperlink ref="D158" r:id="rId135"/>
+    <hyperlink ref="D159" r:id="rId136"/>
+    <hyperlink ref="D160" r:id="rId137"/>
+    <hyperlink ref="D161" r:id="rId138"/>
+    <hyperlink ref="D162" r:id="rId139"/>
+    <hyperlink ref="D163" r:id="rId140"/>
+    <hyperlink ref="D164" r:id="rId141"/>
+    <hyperlink ref="D165" r:id="rId142"/>
+    <hyperlink ref="D166" r:id="rId143"/>
+    <hyperlink ref="D167" r:id="rId144"/>
+    <hyperlink ref="D168" r:id="rId145"/>
+    <hyperlink ref="D169" r:id="rId146"/>
+    <hyperlink ref="D170" r:id="rId147"/>
+    <hyperlink ref="D171" r:id="rId148"/>
+    <hyperlink ref="D172" r:id="rId149"/>
+    <hyperlink ref="D173" r:id="rId150"/>
+    <hyperlink ref="D174" r:id="rId151"/>
+    <hyperlink ref="D176" r:id="rId152"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>