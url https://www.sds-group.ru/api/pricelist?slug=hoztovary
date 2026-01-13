--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -8,1072 +8,1060 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="640" uniqueCount="340">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="632" uniqueCount="336">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Хозтовары</t>
   </si>
   <si>
-    <t>1.1 Термометр/Спиртометр аналоговые</t>
+    <t>1.1 Ленты на клеевой основе (скотч, двусторонний скотч) и материалы для упаковки</t>
+  </si>
+  <si>
+    <t>1.1.1 Пакет с замком Zip Lock</t>
+  </si>
+  <si>
+    <t>09-7012</t>
+  </si>
+  <si>
+    <t>Пакеты с замком Zip Lock, ПВД, размер 12х17см, 35кмк (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>09-7010</t>
+  </si>
+  <si>
+    <t>Пакеты с замком Zip Lock, ПВД, размер 10х15см, 35мкм (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>09-7015</t>
+  </si>
+  <si>
+    <t>Пакеты с замком Zip Lock, ПВД, размер 15х22см, 35кмк (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>09-7008</t>
+  </si>
+  <si>
+    <t>Пакеты с замком Zip Lock, ПВД, размер 8х12см, 35кмк (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>09-7007</t>
+  </si>
+  <si>
+    <t>Пакеты с замком Zip Lock, ПВД, размер 7х10см, 35кмк (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.2 Проволока упаковочная</t>
+  </si>
+  <si>
+    <t>09-0102</t>
+  </si>
+  <si>
+    <t>Проволока упаковочная в ПВХ, черная, бухта 250м REXANT</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>09-0103</t>
+  </si>
+  <si>
+    <t>Проволока упаковочная в ПВХ, прозрачная, бухта 250м REXANT</t>
+  </si>
+  <si>
+    <t>09-0101-4</t>
+  </si>
+  <si>
+    <t>Проволока упаковочная в ПВХ, белая, бухта 2300м REXANT</t>
+  </si>
+  <si>
+    <t>09-0101</t>
+  </si>
+  <si>
+    <t>Проволока упаковочная в ПВХ, белая, бухта 250м REXANT</t>
+  </si>
+  <si>
+    <t>09-0104-2</t>
+  </si>
+  <si>
+    <t>Проволока упаковочная в ПВХ, зеленая, катушка 20м REXANT</t>
+  </si>
+  <si>
+    <t>1.1.3 Клейкая лента (Скотч)</t>
+  </si>
+  <si>
+    <t>09-4202</t>
+  </si>
+  <si>
+    <t>Скотч упаковочный REXANT 48 мм х 50 мкм, прозрачный, рулон 66 м</t>
+  </si>
+  <si>
+    <t>09-4214</t>
+  </si>
+  <si>
+    <t>Скотч упаковочный REXANT 48 мм х 50 мкм, коричневый, рулон 150 м</t>
+  </si>
+  <si>
+    <t>09-4212</t>
+  </si>
+  <si>
+    <t>Скотч упаковочный REXANT 48 мм х 50 мкм, коричневый, рулон 66 м</t>
+  </si>
+  <si>
+    <t>09-4204</t>
+  </si>
+  <si>
+    <t>Скотч упаковочный 48мм х 50мкм, прозрачный, рулон 150м REXANT</t>
+  </si>
+  <si>
+    <t>09-4310</t>
+  </si>
+  <si>
+    <t>Армированная клейкая лента REXANT 48 мм, серая, рулон 40 м</t>
+  </si>
+  <si>
+    <t>09-4201</t>
+  </si>
+  <si>
+    <t>Скотч упаковочный 48 мм х 50 мкм, прозрачный, (рулон 36 м) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.4 Клейкая лента двухсторонняя (двухсторонний скотч)</t>
+  </si>
+  <si>
+    <t>09-6140</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, вспененная ЭВА-основа, черный, 40мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6509</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая основа, прозрачный, 9мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6520</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая основа, прозрачный, 20мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6030</t>
+  </si>
+  <si>
+    <t>Нано-лента клейкая двухсторонняя многоразовая, 25 мм х 3 м REXANT</t>
+  </si>
+  <si>
+    <t>09-6045</t>
+  </si>
+  <si>
+    <t>Лента клейкая двухсторонняя черная, на VHB акриловой основе, 6 мм х 5 м REXANT</t>
+  </si>
+  <si>
+    <t>09-6055</t>
+  </si>
+  <si>
+    <t>Лента клейкая двухсторонняя прозрачная, на VHB акриловой основе, 6 мм х 5 м REXANT</t>
+  </si>
+  <si>
+    <t>09-6512</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая основа, прозрачный, 12мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6130</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, вспененная ЭВА-основа, черный, 30мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6006</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая HBA-основа, серый, 6мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6012</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая HBA-основа, серый, 12мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6058</t>
+  </si>
+  <si>
+    <t>Лента клейкая двухсторонняя прозрачная, на VHB акриловой основе, 12 мм х 5 м REXANT</t>
+  </si>
+  <si>
+    <t>09-6009</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая HBA-основа, серый, 9мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6125</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, вспененная ЭВА-основа, черный, 25мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6047</t>
+  </si>
+  <si>
+    <t>Лента клейкая двухсторонняя черная, на VHB акриловой основе, 12 мм х 5 м REXANT</t>
+  </si>
+  <si>
+    <t>09-6057</t>
+  </si>
+  <si>
+    <t>Лента клейкая двухсторонняя прозрачная, на VHB акриловой основе, 10 мм х 5 м REXANT</t>
+  </si>
+  <si>
+    <t>09-6059</t>
+  </si>
+  <si>
+    <t>Лента клейкая двухсторонняя прозрачная, на VHB акриловой основе, 20 мм х 5 м REXANT</t>
+  </si>
+  <si>
+    <t>09-6020</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая HBA-основа, серый, 20мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>1.1.5 Пленка</t>
+  </si>
+  <si>
+    <t>19-4520</t>
+  </si>
+  <si>
+    <t>Стретч-пленка, первичное сырье, прозрачная, 500 мм х 20 мкм, 1,9кг REXANT</t>
+  </si>
+  <si>
+    <t>19-5020</t>
+  </si>
+  <si>
+    <t>Стретч-пленка, первичное сырье, черная, 500 мм х 20 мкм, вес 2,0кг REXANT</t>
+  </si>
+  <si>
+    <t>19-2070-1</t>
+  </si>
+  <si>
+    <t>Стретч-пленка, первичное сырье, прозрачная, 100 мм х 20 мкм, 0,23кг REXANT</t>
+  </si>
+  <si>
+    <t>рулон</t>
+  </si>
+  <si>
+    <t>1.1.6 Специальные клейкие ленты</t>
+  </si>
+  <si>
+    <t>09-4321</t>
+  </si>
+  <si>
+    <t>Лента противоскользящая самоклеящаяся, 50 мм х 5 м, черная REXANT</t>
+  </si>
+  <si>
+    <t>09-4331</t>
+  </si>
+  <si>
+    <t>Лента светоотражающая самоклеящаяся, 50 мм х 10 м, красно-белая REXANT</t>
+  </si>
+  <si>
+    <t>09-4320</t>
+  </si>
+  <si>
+    <t>Лента противоскользящая самоклеящаяся, 50 мм х 18 м, черная REXANT</t>
+  </si>
+  <si>
+    <t>09-4322</t>
+  </si>
+  <si>
+    <t>Лента противоскользящая самоклеящаяся, 25 мм х 5 м, черная REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Замки</t>
+  </si>
+  <si>
+    <t>1.2.1 Тросовые замки</t>
+  </si>
+  <si>
+    <t>79-0303</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 100см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0316</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 150см черный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0314</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 150см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0266</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 65см черный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0366</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 65см черный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0363</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 65см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0400</t>
+  </si>
+  <si>
+    <t>Замок-скоба U-образазный 15х21см черный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0206</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 100см черный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0203</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 100см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0304</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 100см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0306</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 100см черный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0364</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 65см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0204</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 100см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0213</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 150см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0313</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 150см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0263</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 65см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0264</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 65см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0216</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 150см черный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0214</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 150см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.2.2 Почтовые замки</t>
+  </si>
+  <si>
+    <t>79-1111</t>
+  </si>
+  <si>
+    <t>Замок почтовый 18-20/40 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1113</t>
+  </si>
+  <si>
+    <t>Замок почтовый 18-30/40 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1110</t>
+  </si>
+  <si>
+    <t>Замок почтовый 18-18/40 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.2.3 Навесные замки</t>
+  </si>
+  <si>
+    <t>79-0003</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 32мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0004</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 40мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0005</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 50мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0006</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 60мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0133</t>
+  </si>
+  <si>
+    <t>Замок навесной ССН-30 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0007</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 75мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0155</t>
+  </si>
+  <si>
+    <t>Замок навесной БР-50 ДД ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0036</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 60мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0037</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 70мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0033</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 30мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0043</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 30мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0027</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 75мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0024</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 40мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0114</t>
+  </si>
+  <si>
+    <t>Замок навесной ВЗ-40 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0035</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 50мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0026</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 60мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0002</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун СЧ-25 Багажный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0023</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 32мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0025</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 50мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0044</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 40мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0045</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 50мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0046</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 60мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0047</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 70мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0113</t>
+  </si>
+  <si>
+    <t>Замок навесной ВЗ-30 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0115</t>
+  </si>
+  <si>
+    <t>Замок навесной ВЗ-50 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0034</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 40мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0134</t>
+  </si>
+  <si>
+    <t>Замок навесной ССН-40 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0145</t>
+  </si>
+  <si>
+    <t>Замок навесной БР-55 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0123</t>
+  </si>
+  <si>
+    <t>Замок навесной ВЗ-30 ДД ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0124</t>
+  </si>
+  <si>
+    <t>Замок навесной ВЗ-40 ДД ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.3 Клей и смазки</t>
+  </si>
+  <si>
+    <t>1.3.1 Смазка</t>
+  </si>
+  <si>
+    <t>85-0009</t>
+  </si>
+  <si>
+    <t>Смазка проникающая «Жидкий ключ» 210 мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0026</t>
+  </si>
+  <si>
+    <t>Размораживатель замков 210 мл REXANT, аэрозоль</t>
+  </si>
+  <si>
+    <t>85-0008</t>
+  </si>
+  <si>
+    <t>SILICON 210 мл смазка силиконовая многоцелевая REXANT</t>
+  </si>
+  <si>
+    <t>85-0010</t>
+  </si>
+  <si>
+    <t>Смазка универсальная RX-40 210 мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0011</t>
+  </si>
+  <si>
+    <t>Смазка для петель и замков с тефлоном 210 мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0024</t>
+  </si>
+  <si>
+    <t>Смазка для беговых дорожек 210 мл REXANT</t>
+  </si>
+  <si>
+    <t>1.3.2 Клей</t>
+  </si>
+  <si>
+    <t>61-0919</t>
+  </si>
+  <si>
+    <t>Клей эпоксидный, шприц (6мл) PROconnect</t>
+  </si>
+  <si>
+    <t>61-0900</t>
+  </si>
+  <si>
+    <t>Универсальный секундный клей PROconnect на мульти карте, 3 г</t>
+  </si>
+  <si>
+    <t>61-0912</t>
+  </si>
+  <si>
+    <t>Универсальный секундный клей (3гр) PROconnect</t>
+  </si>
+  <si>
+    <t>61-0910</t>
+  </si>
+  <si>
+    <t>Универсальный секундный клей-гель PROconnect на мульти карте, 3 г</t>
+  </si>
+  <si>
+    <t>61-0918</t>
+  </si>
+  <si>
+    <t>Клей влагостойкий для резины (30мл) PROconnect</t>
+  </si>
+  <si>
+    <t>61-0913</t>
+  </si>
+  <si>
+    <t>Универсальный секундный клей-гель (3гр) PROconnect</t>
+  </si>
+  <si>
+    <t>61-0917</t>
+  </si>
+  <si>
+    <t>Клей для обуви (3гр) PROconnect</t>
+  </si>
+  <si>
+    <t>61-0922</t>
+  </si>
+  <si>
+    <t>Антиклей универсальный (3гр) PROconnect</t>
+  </si>
+  <si>
+    <t>09-3968</t>
+  </si>
+  <si>
+    <t>Клей эпоксидный универсальный (смола+отвердитель) REXANT, 110 мл</t>
+  </si>
+  <si>
+    <t>09-3969</t>
+  </si>
+  <si>
+    <t>Клей эпоксидный универсальный (смола+отвердитель) REXANT, 17 мл, шприц</t>
+  </si>
+  <si>
+    <t>1.4 Зажигалки для газовых плит</t>
+  </si>
+  <si>
+    <t>61-0963</t>
+  </si>
+  <si>
+    <t>Бытовая газовая пьезозажигалка с классическим пламенем многоразовая (1 шт.) оранжевая СК-302W с гибким стержнем СОКОЛ</t>
+  </si>
+  <si>
+    <t>61-0964</t>
+  </si>
+  <si>
+    <t>Бытовая газовая пьезозажигалка с классическим пламенем многоразовая (1 шт.) желтая  СК-302W с гибким стержнем  СОКОЛ</t>
+  </si>
+  <si>
+    <t>61-0967</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бытовая газовая пьезозажигалка с классическим пламенем многоразовая (1 шт.) белая СК-306 СОКОЛ  </t>
+  </si>
+  <si>
+    <t>61-0970</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бытовая газовая пьезозажигалка с классическим пламенем многоразовая (1 шт.) желтая СК-306 СОКОЛ  </t>
+  </si>
+  <si>
+    <t>61-0965</t>
+  </si>
+  <si>
+    <t>Бытовая газовая пьезозажигалка с классическим пламенем многоразовая (1 шт.) зеленая СК-302W с гибким стержнем СОКОЛ</t>
+  </si>
+  <si>
+    <t>61-0960</t>
+  </si>
+  <si>
+    <t>Бытовая газовая пьезозажигалка с классическим пламенем, многоразовая (1 шт.) синяя СК-302L СОКОЛ</t>
+  </si>
+  <si>
+    <t>61-0961</t>
+  </si>
+  <si>
+    <t>Бытовая газовая пьезозажигалка с классическим пламенем, многоразовая (1 шт.) красная СК-302L СОКОЛ</t>
+  </si>
+  <si>
+    <t>61-0959</t>
+  </si>
+  <si>
+    <t>Бытовая газовая пьезозажигалка с классическим пламенем, многоразовая (1 шт.) черная СК-302L СОКОЛ</t>
+  </si>
+  <si>
+    <t>61-0968</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бытовая газовая пьезозажигалка с классическим пламенем многоразовая (1 шт.) красная  СК-306  СОКОЛ  </t>
+  </si>
+  <si>
+    <t>61-0969</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бытовая газовая пьезозажигалка с классическим пламенем многоразовая (1 шт.) зеленая СК-306 СОКОЛ  </t>
+  </si>
+  <si>
+    <t>1.5 Термометр/Спиртометр аналоговые</t>
   </si>
   <si>
     <t>70-0612</t>
   </si>
   <si>
     <t>Термометр универсальный с поплавком REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>70-0611</t>
   </si>
   <si>
     <t>Термометр для холодильника REXANT</t>
   </si>
   <si>
-    <t>1.2 Ленты на клеевой основе (скотч, двусторонний скотч) и материалы для упаковки</t>
-[...443 lines deleted...]
-    <t>1.5.1 ТЭН для водонагревателей</t>
+    <t>1.6 Подставки антивибрационные</t>
+  </si>
+  <si>
+    <t>88-0401</t>
+  </si>
+  <si>
+    <t>Антивибрационные подставки 4 шт. PROconnect</t>
+  </si>
+  <si>
+    <t>1.7 ТЭН / Кипятильник</t>
+  </si>
+  <si>
+    <t>1.7.1 ТЭН для водонагревателей</t>
+  </si>
+  <si>
+    <t>70-0312-1</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера, ТЭН, RF64-2000 Вт (700 Вт + 1300 Вт), фланец М4, 64 мм</t>
+  </si>
+  <si>
+    <t>70-0326</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера, ТЭН, RCT - 3000 Вт, фланец резьбовой  42 мм, место под анод М6</t>
+  </si>
+  <si>
+    <t>70-0327</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера, ТЭН, RDT - 2500 Вт, фланец 42 мм, место под анод М 6</t>
+  </si>
+  <si>
+    <t>70-0328</t>
+  </si>
+  <si>
+    <t>Термостат стержневой RTM, 15A, 70 градусов</t>
+  </si>
+  <si>
+    <t>70-0330</t>
+  </si>
+  <si>
+    <t>Термостат стержневой RTS-3, 16A, 70/83 градуса</t>
+  </si>
+  <si>
+    <t>70-0317-1</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера, ТЭН, RDT-1500 Вт, фланец М6, 42 мм, с терморегулятором 80 градусов и прокладкой</t>
   </si>
   <si>
     <t>70-0346</t>
   </si>
   <si>
     <t>Нагревательный элемент для бойлера ТЭН RF 1,0 кВт (750+250 Вт), фланец  70 мм REXANT</t>
   </si>
   <si>
+    <t>70-0349</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера ТЭН RDT 1,2 кВт,резьбовой фланец  42 мм, термостат 15 A, кольцо уплотнительное D 42 мм REXANT</t>
+  </si>
+  <si>
+    <t>70-0358</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера ТЭН RCA 2,0 кВт, фланец  48 мм (длинные контакты), место плод анод М5 REXANT</t>
+  </si>
+  <si>
+    <t>70-0353</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера ТЭН RDT 3,0 кВт, термостат 15 A, кольцо уплотнительное, фланец D 42 мм REXANT</t>
+  </si>
+  <si>
+    <t>70-0359</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера ТЭН RCF 2,0 кВт, фланец 48 мм, место под анод М6  REXANT</t>
+  </si>
+  <si>
+    <t>70-0331</t>
+  </si>
+  <si>
+    <t>Термостат стержневой RTR, 20А, 80 градусов</t>
+  </si>
+  <si>
+    <t>70-0323</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера, ТЭН, RDT TW3 PA - 1200 Вт, место под анод М6, диаметр фланца 42 мм</t>
+  </si>
+  <si>
+    <t>70-0355</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера ТЭН RCT 2,0 кВт, фланец 42 мм, резьбовой, термостат 15 A REXANT</t>
+  </si>
+  <si>
     <t>70-0325-1</t>
   </si>
   <si>
     <t>Нагревательный элемент для бойлера, ТЭН, RDT-2000 Вт, фланец М6, 42 мм, с терморегулятором 70 градусов</t>
   </si>
   <si>
+    <t>70-0311-1</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера, ТЭН, RF64-1300 Вт, фланец М4, 64 мм</t>
+  </si>
+  <si>
+    <t>70-0321-1</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера, ТЭН, RF64-2000 Вт (700 Вт + 1300 Вт), с анодом М4, 64 мм</t>
+  </si>
+  <si>
+    <t>70-0352</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера ТЭН RDT 2,5 кВт,резьбовой фланец 42 мм, термостат 15 A, кольцо уплотнительное D 42 мм REXANT</t>
+  </si>
+  <si>
+    <t>70-0313-1</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера, ТЭН, RCA-1500 Вт, фланец М5, 48 мм</t>
+  </si>
+  <si>
+    <t>70-0315-1</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера, ТЭН, RCF-1500 Вт, фланец М6, 48 мм</t>
+  </si>
+  <si>
     <t>70-0319-1</t>
   </si>
   <si>
     <t>Нагревательный элемент для бойлера, ТЭН, RCT-2500 Вт, фланец М6, 42 мм, с терморегулятором 70 градусов</t>
   </si>
   <si>
-    <t>70-0326</t>
-[...86 lines deleted...]
-    <t>Нагревательный элемент для бойлера ТЭН RDT 3,0 кВт, термостат 15 A, кольцо уплотнительное, фланец D 42 мм REXANT</t>
+    <t>70-0324</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера, ТЭН, RDT TWC - 1500 Вт, диаметр фланца  42 мм</t>
+  </si>
+  <si>
+    <t>70-0451</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера ТЭН RDT 2,0 кВт,резьбовой фланец 42 мм, термостат 15 A, кольцо уплотнительное D 42 мм REXANT</t>
   </si>
   <si>
     <t>70-0450</t>
   </si>
   <si>
     <t>Нагревательный элемент для бойлера ТЭН RDT 1,5 кВт, резьбовой фланец 42 мм, термостат 15 A, кольцо уплотнительное D 42 мм REXANT</t>
   </si>
   <si>
-    <t>70-0451</t>
-[...35 lines deleted...]
-    <t>1.5.2 Кипятильник</t>
+    <t>1.7.2 Кипятильник</t>
+  </si>
+  <si>
+    <t>70-0341</t>
+  </si>
+  <si>
+    <t>Кипятильник REXANT 1000 Вт</t>
+  </si>
+  <si>
+    <t>70-0342</t>
+  </si>
+  <si>
+    <t>Кипятильник REXANT 1500 Вт</t>
+  </si>
+  <si>
+    <t>70-0343</t>
+  </si>
+  <si>
+    <t>Кипятильник REXANT 2000 Вт</t>
   </si>
   <si>
     <t>70-0340</t>
   </si>
   <si>
     <t>Кипятильник REXANT 500 Вт</t>
   </si>
   <si>
-    <t>70-0343</t>
-[...20 lines deleted...]
-    <t>1.6.1 Метлы, веники</t>
+    <t>1.8 Товары для уборки помещений и улиц</t>
+  </si>
+  <si>
+    <t>1.8.1 Метлы, веники</t>
   </si>
   <si>
     <t>70-0368</t>
   </si>
   <si>
     <t>Плоская метла ЧЕТЫРЕ СЕЗОНА - LUX</t>
-  </si>
-[...331 lines deleted...]
-    <t>Антивибрационные подставки 4 шт. PROconnect</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1458,56 +1446,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-universalniy-s-poplavkom-rexant-20145" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-dlya-holodilnika-rexant-20144" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skotch-upakovochniy-rexant-48-mm-h-50-mkm-prozrachniy-rulon-66-m-1981" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skotch-upakovochniy-48-mm-h-50-mkm-prozrachniy-rulon-36-m-rexant-1980" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skotch-upakovochniy-rexant-48-mm-h-50-mkm-korichneviy-rulon-150-m-2233" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/armirovannaya-kleykaya-lenta-rexant-48-mm-seraya-rulon-40-m-11383" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skotch-upakovochniy-48mm-h-50mkm-prozrachniy-rulon-150m-rexant-1982" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skotch-upakovochniy-rexant-48-mm-h-50-mkm-korichneviy-rulon-66-m-2232" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-protivoskolzyaschaya-samokleyaschayasya-50-mm-h-18-m-chernaya-rexant-31527" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-protivoskolzyaschaya-samokleyaschayasya-25-mm-h-5-m-chernaya-rexant-31529" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-protivoskolzyaschaya-samokleyaschayasya-50-mm-h-5-m-chernaya-rexant-31528" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetootrajayuschaya-samokleyaschayasya-50-mm-h-10-m-krasno-belaya-rexant-31530" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/paketi-s-zamkom-zip-lock-pvd-razmer-7-h-10-sm-35-kmk-up-100-sht-6970" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/paketi-s-zamkom-zip-lock-pvd-razmer-10-h-15-sm-35-mkm-up-100-sht-6967" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/paketi-s-zamkom-zip-lock-pvd-razmer-12-h-17-sm-35-kmk-up-100-sht-6968" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/paketi-s-zamkom-zip-lock-pvd-razmer-8-h-12-sm-35-kmk-up-100-sht-6971" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/paketi-s-zamkom-zip-lock-pvd-razmer-15-h-22-sm-35-kmk-up-100-sht-6969" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stretch-plenka-500-mm-h-20-mkm-ves-2-0-kg-chernaya-pervichnoe-siryo-6957" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stretch-plenka-100-mm-h-20-mkm-ves-0-23-kg-prozrachnaya-pervichnoe-siryo-15417" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stretch-plenka-450-mm-h-20-mkm-ves-1-9-kg-prozrachnaya-pervichnoe-siryo-6956" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoloka-upakovochnaya-v-pvh-rexant-belaya-buhta-2300-m-24792" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoloka-upakovochnaya-rexant-zelenaya-20-m-katushka-20046" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoloka-upakovochnaya-v-pvh-rexant-chernaya-buhta-250-m-1978" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoloka-upakovochnaya-v-pvh-rexant-belaya-buhta-250-m-1977" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoloka-upakovochnaya-v-pvh-rexant-prozrachnaya-buhta-250-m-1979" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-10-mm-h-5-m-rexant-31535" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nano-lenta-kleykaya-dvuhstoronnyaya-mnogorazovaya-25-mm-h-3-m-rexant-31531" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-chernaya-na-vhb-akrilovoy-osnove-12-mm-h-5-m-rexant-31533" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-6-mm-h-5-m-rexant-31534" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-prozrachniy-na-akrilovoy-osnove-12-mm-rolik-5-m-9522" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-seriy-na-hba-akrilovoy-osnove-20-mm-rolik-5-m-6541" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-seriy-na-hba-akrilovoy-osnove-9-mm-rolik-5-m-6539" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-seriy-na-hba-akrilovoy-osnove-6-mm-rolik-5-m-6538" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-prozrachniy-na-akrilovoy-osnove-20-mm-rolik-5-m-9523" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-20-mm-h-5-m-rexant-31537" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-chernaya-vspenennaya-eva-osnova-30-mm-rolik-5-m-6543" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-prozrachniy-na-akrilovoy-osnove-9-mm-rolik-5-m-9521" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-chernaya-vspenennaya-eva-osnova-25-mm-rolik-5-m-6542" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-chernaya-vspenennaya-eva-osnova-40-mm-rolik-5-m-6544" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-seriy-na-hba-akrilovoy-osnove-12-mm-rolik-5-m-6540" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-chernaya-na-vhb-akrilovoy-osnove-6-mm-h-5-m-rexant-31532" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-12-mm-h-5-m-rexant-31536" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-begovih-dorojek-210-ml-rexant-26937" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razmorajivatel-zamkov-210-ml-rexant-aerozol-28112" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silicon-210-ml-smazka-silikonovaya-mnogotselevaya-rexant-14781" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rx-40-smazka-universalnaya-analog-wd-40-210-ml-rexant-14699" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-petel-i-zamkov-s-teflonom-210-ml-rexant-14727" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-pronikayuschaya-jidkiy-klyuch-210-ml-rexant-14745" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-sekundniy-kley-proconnect-na-multi-karte-3-g-11344" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-sekundniy-kley-gel-3gr-proconnect-31488" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-vlagostoykiy-dlya-rezini-30ml-proconnect-31490" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antikley-universalniy-3gr-proconnect-31492" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-sekundniy-kley-gel-proconnect-na-multi-karte-3-g-14479" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-epoksidniy-shprits-6ml-proconnect-31491" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-sekundniy-kley-3gr-proconnect-31487" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-dlya-obuvi-3gr-proconnect-31489" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-epoksidniy-universalniy-smola-otverditel-rexant-110-ml-12207" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-epoksidniy-universalniy-smola-otverditel-rexant-17-ml-shprits-13249" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bitovaya-gazovaya-pezozajigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-belaya-sk-306-sokol-19626" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bitovaya-gazovaya-pezozajigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-belaya-sk-302l-sokol-19393" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bitovaya-gazovaya-pezozajigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-jeltaya-sk-302w-s-gibkim-sterjnem-sokol-19620" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bitovaya-gazovaya-pezozajigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-zelenaya-sk-302w-s-gibkim-sterjnem-sokol-19624" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bitovaya-gazovaya-pezozajigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-jeltaya-sk-306-sokol-19622" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bitovaya-gazovaya-pezozajigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-sinyaya-sk-302l-sokol-19391" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bitovaya-gazovaya-pezozajigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-chernaya-sk-302l-sokol-19392" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bitovaya-gazovaya-pezozajigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-krasnaya-sk-302l-sokol-19394" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bitovaya-gazovaya-pezozajigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-oranjevaya-sk-302w-s-gibkim-sterjnem-sokol-19625" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bitovaya-gazovaya-pezozajigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-krasnaya-sk-306-sokol-19623" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bitovaya-gazovaya-pezozajigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-zelenaya-sk-306-sokol-19621" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rf-1-0-kvt-750-250-vt-flanets-70-mm-rexant-25519" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rdt-2000-vt-flanets-m6-42-mm-s-termoregulyatorom-70-gradusov-29692" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rct-2500-vt-flanets-m6-42-mm-s-termoregulyatorom-70-gradusov-i-uplotnitelnim-koltsom-29696" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rct-3000-vt-flanets-rezbovoy-42-mm-mesto-pod-anod-m6-15590" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rf64-2000-vt-700-vt-1300-vt-s-anodom-m4-64-mm-29694" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rf64-1300-vt-flanets-m4-64-mm-29693" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termostat-sterjnevoy-rts-3-16a-70-83-gradusa-15570" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termostat-sterjnevoy-rtr-20a-80-gradusov-15578" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rdt-2500-vt-flanets-42-mm-mesto-pod-anod-m-6-15592" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termostat-sterjnevoy-rtm-15a-70-gradusov-15593" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rf64-2000-vt-700-vt-1300-vt-flanets-m4-64-mm-29695" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rf-700-vt-flanets-64-mm-rexant-25507" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rdt-1-2-kvt-rezbovoy-flanets-42-mm-termostat-15-a-koltso-uplotnitelnoe-d-42-mm-rexant-25522" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rdt-2-5-kvt-rezbovoy-flanets-42-mm-termostat-15-a-koltso-uplotnitelnoe-d-42-mm-rexant-25523" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rct-2-0-kvt-flanets-42-mm-rezbovoy-termostat-15-a-rexant-25526" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rca-2-0-kvt-flanets-48-mm-dlinnie-kontakti-mesto-plod-anod-m5-rexant-25529" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rcf-2-0-kvt-flanets-48-mm-mesto-pod-anod-m6-rexant-25530" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rdt-3-0-kvt-termostat-15-a-koltso-uplotnitelnoe-flanets-d-42-mm-rexant-25524" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rdt-1-5-kvt-rezbovoy-flanets-42-mm-termostat-15-a-koltso-uplotnitelnoe-d-42-mm-rexant-25531" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rdt-2-0-kvt-rezbovoy-flanets-42-mm-termostat-15-a-koltso-uplotnitelnoe-d-42-mm-rexant-25532" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rca-1500-vt-flanets-m5-48-mm-29689" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rcf-1500-vt-flanets-m6-48-mm-29690" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rdt-1500-vt-flanets-m6-42-mm-s-termoregulyatorom-80-gradusov-i-prokladkoy-29691" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rdt-tw3-pa-1200-vt-mesto-pod-anod-m6-diametr-flantsa-42-mm-15580" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelniy-element-dlya-boylera-ten-rdt-twc-1500-vt-diametr-flantsa-42-mm-15596" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kipyatilnik-rexant-500-vt-26025" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kipyatilnik-rexant-2000-vt-26028" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kipyatilnik-rexant-1500-vt-26027" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kipyatilnik-rexant-1000-vt-26026" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskaya-metla-chetire-sezona-lux-17131" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pochtoviy-zamok-18-20-40-chetire-sezona-19880" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pochtoviy-zamok-18-18-40-chetire-sezona-19883" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pochtoviy-zamok-18-30-40-chetire-sezona-19882" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100-sm-zeleniy-21116" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65-sm-cherniy-21103" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100-sm-cherniy-21115" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65-sm-cherniy-21112" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-skoba-u-obrazazniy-15h21-sm-cherniy-21121" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150-sm-zeleniy-21119" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65-sm-zeleniy-21113" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100-sm-cherniy-21106" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150-sm-cherniy-21109" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65-sm-rozoviy-21114" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150-sm-rozoviy-21111" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65-sm-rozoviy-21105" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100-sm-zeleniy-21107" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150-sm-zeleniy-21110" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100-sm-rozoviy-21117" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150-sm-rozoviy-21120" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65-sm-zeleniy-21104" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-kodoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100-sm-rozoviy-21108" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trosoviy-zamok-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150-sm-cherniy-21118" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-30-chetire-sezona-17691" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-50-mm-chetire-sezona-12301" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-40-mm-chetire-sezona-12300" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-50-mm-dlinnaya-dujka-chetire-sezona-15464" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-30-dd-chetire-sezona-19364" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-40-dd-chetire-sezona-19360" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-70-mm-chetire-sezona-12303" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-30-mm-chetire-sezona-12609" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-ssn-40-chetire-sezona-19362" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-40-mm-chetire-sezona-12296" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-50-mm-chetire-sezona-12297" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-40-mm-dlinnaya-dujka-chetire-sezona-15466" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-30-mm-dlinnaya-dujka-chetire-sezona-15463" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-br-55-chetire-sezona-23686" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-60-mm-chetire-sezona-12298" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-75-mm-dlinnaya-dujka-chetire-sezona-15465" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-40-mm-dlinnaya-dujka-chetire-sezona-15469" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-32-mm-chetire-sezona-12295" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-75-mm-chetire-sezona-12299" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-sch-25-bagajniy-chetire-sezona-20821" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-32-mm-dlinnaya-dujka-chetire-sezona-15467" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-50-mm-dlinnaya-dujka-chetire-sezona-15470" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-60-mm-dlinnaya-dujka-chetire-sezona-15472" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-60-mm-dlinnaya-dujka-chetire-sezona-15471" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-70-mm-dlinnaya-dujka-chetire-sezona-15468" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-60-mm-chetire-sezona-12302" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-40-chetire-sezona-17688" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-50-chetire-sezona-17687" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-ssn-30-chetire-sezona-19363" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-br-50-dd-chetire-sezona-23685" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antivibratsionnie-podstavki-4-sht-proconnect-19628" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pakety-s-zamkom-zip-lock-pvd-razmer-12h17sm-35kmk-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pakety-s-zamkom-zip-lock-pvd-razmer-10h15sm-35mkm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pakety-s-zamkom-zip-lock-pvd-razmer-15h22sm-35kmk-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pakety-s-zamkom-zip-lock-pvd-razmer-8h12sm-35kmk-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pakety-s-zamkom-zip-lock-pvd-razmer-7h10sm-35kmk-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoloka-upakovochnaya-v-pvh-chernaya-buhta-250m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoloka-upakovochnaya-v-pvh-prozrachnaya-buhta-250m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoloka-upakovochnaya-v-pvh-belaya-buhta-2300m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoloka-upakovochnaya-v-pvh-belaya-buhta-250m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoloka-upakovochnaya-v-pvh-zelenaya-katushka-20m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skotch-upakovochnyy-rexant-48-mm-h-50-mkm-prozrachnyy-rulon-66-m" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skotch-upakovochnyy-rexant-48-mm-h-50-mkm-korichnevyy-rulon-150-m" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skotch-upakovochnyy-rexant-48-mm-h-50-mkm-korichnevyy-rulon-66-m" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skotch-upakovochnyy-48mm-h-50mkm-prozrachnyy-rulon-150m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/armirovannaya-kleykaya-lenta-rexant-48-mm-seraya-rulon-40-m" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skotch-upakovochnyy-48-mm-h-50-mkm-prozrachnyy-rulon-36-m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-vspenennaya-eva-osnova-chernyy-40mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-osnova-prozrachnyy-9mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-osnova-prozrachnyy-20mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nano-lenta-kleykaya-dvuhstoronnyaya-mnogorazovaya-25-mm-h-3-m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-chernaya-na-vhb-akrilovoy-osnove-6-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-6-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-osnova-prozrachnyy-12mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-vspenennaya-eva-osnova-chernyy-30mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-6mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-12mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-12-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-9mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-vspenennaya-eva-osnova-chernyy-25mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-chernaya-na-vhb-akrilovoy-osnove-12-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-10-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-20-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-20mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stretch-plenka-pervichnoe-syre-prozrachnaya-500-mm-h-20-mkm-1-9kg-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stretch-plenka-pervichnoe-syre-chernaya-500-mm-h-20-mkm-ves-2-0kg-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stretch-plenka-pervichnoe-syre-prozrachnaya-100-mm-h-20-mkm-0-23kg-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-protivoskolzyaschaya-samokleyaschayasya-50-mm-h-5-m-chernaya-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetootrazhayuschaya-samokleyaschayasya-50-mm-h-10-m-krasno-belaya-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-protivoskolzyaschaya-samokleyaschayasya-50-mm-h-18-m-chernaya-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-protivoskolzyaschaya-samokleyaschayasya-25-mm-h-5-m-chernaya-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-skoba-u-obrazaznyy-15h21sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-pochtovyy-18-20-40-chetyre-sezona" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-pochtovyy-18-30-40-chetyre-sezona" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-pochtovyy-18-18-40-chetyre-sezona" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-32mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-40mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-50mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-60mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-ssn-30-chetyre-sezona" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-75mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-br-50-dd-chetyre-sezona" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-60mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-70mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-30mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-30mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-75mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-40mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-40-chetyre-sezona" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-50mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-60mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-sch-25-bagazhnyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-32mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-50mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-40mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-50mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-60mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-70mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-30-chetyre-sezona" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-50-chetyre-sezona" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-40mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-ssn-40-chetyre-sezona" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-br-55-chetyre-sezona" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-30-dd-chetyre-sezona" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-40-dd-chetyre-sezona" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-pronikayuschaya-zhidkiy-klyuch-210-ml-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razmorazhivatel-zamkov-210-ml-rexant-aerozol" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silicon-210-ml-smazka-silikonovaya-mnogotselevaya-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-universalnaya-rx-40-210-ml-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-petel-i-zamkov-s-teflonom-210-ml-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-begovyh-dorozhek-210-ml-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-epoksidnyy-shprits-6ml-proconnect" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-sekundnyy-kley-proconnect-na-multi-karte-3-g" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-sekundnyy-kley-3gr-proconnect" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-sekundnyy-kley-gel-proconnect-na-multi-karte-3-g" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-vlagostoykiy-dlya-reziny-30ml-proconnect" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-sekundnyy-kley-gel-3gr-proconnect" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-dlya-obuvi-3gr-proconnect" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antikley-universalnyy-3gr-proconnect" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-epoksidnyy-universalnyy-smola-otverditel-rexant-110-ml" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-epoksidnyy-universalnyy-smola-otverditel-rexant-17-ml-shprits" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-oranzhevaya-sk-302w-s" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-zheltaya-sk-302w-s-gib" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-belaya-sk-306-sokol" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-zheltaya-sk-306-sokol" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-zelenaya-sk-302w-s-gib" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-sinyaya-sk-302l-sokol" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-krasnaya-sk-302l-sokol" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-chernaya-sk-302l-sokol" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-krasnaya-sk-306-sokol" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-zelenaya-sk-306-sokol" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-universalnyy-s-poplavkom-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-dlya-holodilnika-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antivibratsionnye-podstavki-4-sht-proconnect" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rf64-2000-vt-700-vt-1300-vt-flanets-m4-64-mm" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rct-3000-vt-flanets-rezbovoy-42-mm-mesto-pod-anod-m6" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-2500-vt-flanets-42-mm-mesto-pod-anod-m-6" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termostat-sterzhnevoy-rtm-15a-70-gradusov" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termostat-sterzhnevoy-rts-3-16a-70-83-gradusa" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-1500-vt-flanets-m6-42-mm-s-termoregulyatorom-80-gradusov" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rf-1-0-kvt-750-250-vt-flanets-70-mm-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-1-2-kvt-rezbovoy-flanets-42-mm-termostat-15-a-koltso-uplo" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rca-2-0-kvt-flanets-48-mm-dlinnye-kontakty-mesto-plod-anod-m5" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-3-0-kvt-termostat-15-a-koltso-uplotnitelnoe-flanets-d-42" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rcf-2-0-kvt-flanets-48-mm-mesto-pod-anod-m6-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termostat-sterzhnevoy-rtr-20a-80-gradusov" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-tw3-pa-1200-vt-mesto-pod-anod-m6-diametr-flantsa-42-mm" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rct-2-0-kvt-flanets-42-mm-rezbovoy-termostat-15-a-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-2000-vt-flanets-m6-42-mm-s-termoregulyatorom-70-gradusov" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rf64-1300-vt-flanets-m4-64-mm" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rf64-2000-vt-700-vt-1300-vt-s-anodom-m4-64-mm" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-2-5-kvt-rezbovoy-flanets-42-mm-termostat-15-a-koltso-uplo" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rca-1500-vt-flanets-m5-48-mm" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rcf-1500-vt-flanets-m6-48-mm" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rct-2500-vt-flanets-m6-42-mm-s-termoregulyatorom-70-gradusov" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-twc-1500-vt-diametr-flantsa-42-mm" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-2-0-kvt-rezbovoy-flanets-42-mm-termostat-15-a-koltso-uplo" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-1-5-kvt-rezbovoy-flanets-42-mm-termostat-15-a-koltso-uplo" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kipyatilnik-rexant-1000-vt" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kipyatilnik-rexant-1500-vt" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kipyatilnik-rexant-2000-vt" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kipyatilnik-rexant-500-vt" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskaya-metla-chetyre-sezona-lux" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I176"/>
+  <dimension ref="A1:I174"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1532,4909 +1520,4849 @@
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="B4" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B4" s="2"/>
+      <c r="C4" s="2"/>
+      <c r="D4" s="2"/>
+      <c r="E4" s="2"/>
+      <c r="F4" s="2"/>
+      <c r="G4" s="2"/>
+      <c r="H4" s="2"/>
+      <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" s="3">
+        <v>170.48</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="B5" s="3" t="s">
+      <c r="F5" s="3">
+        <v>547</v>
+      </c>
+      <c r="G5" s="3">
+        <v>1</v>
+      </c>
+      <c r="H5" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I5" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="C5" s="3">
-[...22 lines deleted...]
-      <c r="A6" s="2" t="s">
+      <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="2"/>
-[...6 lines deleted...]
-      <c r="I6" s="2"/>
+      <c r="C6" s="3">
+        <v>120.98</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F6" s="3">
+        <v>343</v>
+      </c>
+      <c r="G6" s="3">
+        <v>1</v>
+      </c>
+      <c r="H6" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I6" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="2" t="s">
+      <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B7" s="2"/>
-[...6 lines deleted...]
-      <c r="I7" s="2"/>
+      <c r="B7" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C7" s="3">
+        <v>230.98</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F7" s="3">
+        <v>583</v>
+      </c>
+      <c r="G7" s="3">
+        <v>1</v>
+      </c>
+      <c r="H7" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I7" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>121.48</v>
+        <v>87.99</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>7020</v>
+        <v>830</v>
       </c>
       <c r="G8" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>72</v>
+        <v>1000</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>70</v>
+        <v>71.5</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>1746</v>
+        <v>200</v>
       </c>
       <c r="G9" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>72</v>
+        <v>160</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A10" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B10" s="3" t="s">
+      <c r="A10" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="C10" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B10" s="2"/>
+      <c r="C10" s="2"/>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2"/>
+      <c r="F10" s="2"/>
+      <c r="G10" s="2"/>
+      <c r="H10" s="2"/>
+      <c r="I10" s="2"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="3">
-        <v>450</v>
+        <v>905.13</v>
       </c>
       <c r="D11" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F11" s="3">
-        <v>3349</v>
+        <v>120</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>245.29</v>
+        <v>915.3</v>
       </c>
       <c r="D12" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F12" s="3">
-        <v>2712</v>
+        <v>374</v>
       </c>
       <c r="G12" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>121.48</v>
+        <v>3313.14</v>
       </c>
       <c r="D13" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F13" s="3">
-        <v>750</v>
+        <v>10</v>
       </c>
       <c r="G13" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>72</v>
+        <v>2</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A14" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I14" s="2"/>
+      <c r="A14" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C14" s="3">
+        <v>1932.3</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F14" s="3">
+        <v>42</v>
+      </c>
+      <c r="G14" s="3">
+        <v>1</v>
+      </c>
+      <c r="H14" s="3">
+        <v>15</v>
+      </c>
+      <c r="I14" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>1000</v>
+        <v>167.81</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F15" s="3">
-        <v>1482</v>
+        <v>465</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>24</v>
+        <v>300</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A16" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A16" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B16" s="2"/>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17" s="3">
-        <v>320.06</v>
+        <v>123.55</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>7758</v>
       </c>
       <c r="G17" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H17" s="3">
-        <v>54</v>
+        <v>72</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>600.12</v>
+        <v>249.46</v>
       </c>
       <c r="D18" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F18" s="3">
-        <v>756</v>
+        <v>342</v>
       </c>
       <c r="G18" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H18" s="3">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A19" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I19" s="2"/>
+      <c r="A19" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C19" s="3">
+        <v>123.55</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F19" s="3">
+        <v>2892</v>
+      </c>
+      <c r="G19" s="3">
+        <v>6</v>
+      </c>
+      <c r="H19" s="3">
+        <v>72</v>
+      </c>
+      <c r="I19" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C20" s="3">
-        <v>70.3</v>
+        <v>249.46</v>
       </c>
       <c r="D20" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="F20" s="3">
-        <v>991</v>
+        <v>5358</v>
       </c>
       <c r="G20" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H20" s="3">
-        <v>160</v>
+        <v>36</v>
       </c>
       <c r="I20" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>118.96</v>
+        <v>457.65</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="F21" s="3">
-        <v>645</v>
+        <v>1977</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>1000</v>
+        <v>24</v>
       </c>
       <c r="I21" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>167.63</v>
+        <v>71.19</v>
       </c>
       <c r="D22" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="F22" s="3">
-        <v>688</v>
+        <v>2010</v>
       </c>
       <c r="G22" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H22" s="3">
-        <v>1000</v>
+        <v>72</v>
       </c>
       <c r="I22" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A23" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B23" s="3" t="s">
+      <c r="A23" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="C23" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B23" s="2"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="2"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="2"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="2"/>
+      <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C24" s="3">
-        <v>227.12</v>
+        <v>208.49</v>
       </c>
       <c r="D24" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="F24" s="3">
-        <v>705</v>
+        <v>98</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>1000</v>
+        <v>108</v>
       </c>
       <c r="I24" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A25" s="2" t="s">
+      <c r="A25" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B25" s="2"/>
-[...6 lines deleted...]
-      <c r="I25" s="2"/>
+      <c r="B25" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="C25" s="3">
+        <v>162.72</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F25" s="3">
+        <v>42010</v>
+      </c>
+      <c r="G25" s="3">
+        <v>1</v>
+      </c>
+      <c r="H25" s="3">
+        <v>270</v>
+      </c>
+      <c r="I25" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C26" s="3">
-        <v>1020</v>
+        <v>284.76</v>
       </c>
       <c r="D26" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F26" s="3">
-        <v>128</v>
+        <v>1082</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>6</v>
+        <v>135</v>
       </c>
       <c r="I26" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C27" s="3">
-        <v>200</v>
+        <v>305.16</v>
       </c>
       <c r="D27" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>57</v>
+        <v>27</v>
       </c>
       <c r="F27" s="3">
-        <v>1554</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>40</v>
+        <v>108</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C28" s="3">
-        <v>975</v>
+        <v>152.55</v>
       </c>
       <c r="D28" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F28" s="3">
-        <v>184</v>
+        <v>849</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>6</v>
+        <v>180</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A29" s="2" t="s">
+      <c r="A29" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="B29" s="2"/>
-[...6 lines deleted...]
-      <c r="I29" s="2"/>
+      <c r="B29" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="C29" s="3">
+        <v>193.23</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F29" s="3">
+        <v>4133</v>
+      </c>
+      <c r="G29" s="3">
+        <v>1</v>
+      </c>
+      <c r="H29" s="3">
+        <v>180</v>
+      </c>
+      <c r="I29" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C30" s="3">
-        <v>3257.76</v>
+        <v>203.4</v>
       </c>
       <c r="D30" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F30" s="3">
-        <v>85</v>
+        <v>8975</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>2</v>
+        <v>207</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C31" s="3">
-        <v>165</v>
+        <v>164.75</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F31" s="3">
-        <v>933</v>
+        <v>1843</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>300</v>
+        <v>144</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C32" s="3">
-        <v>890</v>
+        <v>111.87</v>
       </c>
       <c r="D32" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F32" s="3">
-        <v>3753</v>
+        <v>6299</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>20</v>
+        <v>414</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>1900</v>
+        <v>172.89</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F33" s="3">
-        <v>43</v>
+        <v>5311</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>15</v>
+        <v>207</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>900</v>
+        <v>254.25</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F34" s="3">
-        <v>1817</v>
+        <v>3283</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>20</v>
+        <v>168</v>
       </c>
       <c r="I34" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A35" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I35" s="2"/>
+      <c r="A35" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="C35" s="3">
+        <v>145.43</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F35" s="3">
+        <v>4111</v>
+      </c>
+      <c r="G35" s="3">
+        <v>1</v>
+      </c>
+      <c r="H35" s="3">
+        <v>270</v>
+      </c>
+      <c r="I35" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C36" s="3">
-        <v>210</v>
+        <v>142.38</v>
       </c>
       <c r="D36" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F36" s="3">
-        <v>8162</v>
+        <v>4494</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="I36" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C37" s="3">
-        <v>300.06</v>
+        <v>228.83</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F37" s="3">
-        <v>0</v>
+        <v>3744</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>108</v>
+        <v>168</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C38" s="3">
-        <v>225</v>
+        <v>213.57</v>
       </c>
       <c r="D38" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F38" s="3">
-        <v>3894</v>
+        <v>3689</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>168</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C39" s="3">
-        <v>190</v>
+        <v>335.61</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F39" s="3">
-        <v>5343</v>
+        <v>2943</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C40" s="3">
-        <v>200</v>
+        <v>246.11</v>
       </c>
       <c r="D40" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F40" s="3">
-        <v>25274</v>
+        <v>4644</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>207</v>
+        <v>135</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A41" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A41" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="B41" s="2"/>
+      <c r="C41" s="2"/>
+      <c r="D41" s="2"/>
+      <c r="E41" s="2"/>
+      <c r="F41" s="2"/>
+      <c r="G41" s="2"/>
+      <c r="H41" s="2"/>
+      <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C42" s="3">
-        <v>143</v>
+        <v>991.57</v>
       </c>
       <c r="D42" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F42" s="3">
-        <v>5390</v>
+        <v>385</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>270</v>
+        <v>6</v>
       </c>
       <c r="I42" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C43" s="3">
-        <v>110</v>
+        <v>1037.34</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F43" s="3">
-        <v>7989</v>
+        <v>111</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>414</v>
+        <v>6</v>
       </c>
       <c r="I43" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C44" s="3">
-        <v>280</v>
+        <v>203.4</v>
       </c>
       <c r="D44" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>14</v>
+        <v>91</v>
       </c>
       <c r="F44" s="3">
-        <v>10700</v>
+        <v>946</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>135</v>
+        <v>40</v>
       </c>
       <c r="I44" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A45" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A45" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="B45" s="2"/>
+      <c r="C45" s="2"/>
+      <c r="D45" s="2"/>
+      <c r="E45" s="2"/>
+      <c r="F45" s="2"/>
+      <c r="G45" s="2"/>
+      <c r="H45" s="2"/>
+      <c r="I45" s="2"/>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C46" s="3">
-        <v>162</v>
+        <v>325.5</v>
       </c>
       <c r="D46" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F46" s="3">
-        <v>8730</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>144</v>
+        <v>54</v>
       </c>
       <c r="I46" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C47" s="3">
-        <v>160</v>
+        <v>610.32</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F47" s="3">
-        <v>56833</v>
+        <v>195</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>270</v>
+        <v>45</v>
       </c>
       <c r="I47" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C48" s="3">
-        <v>140</v>
+        <v>1017</v>
       </c>
       <c r="D48" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F48" s="3">
-        <v>11864</v>
+        <v>483</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>180</v>
+        <v>24</v>
       </c>
       <c r="I48" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C49" s="3">
-        <v>205</v>
+        <v>203.4</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F49" s="3">
-        <v>3258</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>108</v>
       </c>
       <c r="I49" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A50" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B50" s="3" t="s">
+      <c r="A50" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="C50" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B50" s="2"/>
+      <c r="C50" s="2"/>
+      <c r="D50" s="2"/>
+      <c r="E50" s="2"/>
+      <c r="F50" s="2"/>
+      <c r="G50" s="2"/>
+      <c r="H50" s="2"/>
+      <c r="I50" s="2"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A51" s="3" t="s">
+      <c r="A51" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B51" s="2"/>
+      <c r="C51" s="2"/>
+      <c r="D51" s="2"/>
+      <c r="E51" s="2"/>
+      <c r="F51" s="2"/>
+      <c r="G51" s="2"/>
+      <c r="H51" s="2"/>
+      <c r="I51" s="2"/>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="B52" s="3" t="s">
+      <c r="C52" s="3">
+        <v>610.2</v>
+      </c>
+      <c r="D52" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F52" s="3">
+        <v>472</v>
+      </c>
+      <c r="G52" s="3">
+        <v>1</v>
+      </c>
+      <c r="H52" s="3">
+        <v>60</v>
+      </c>
+      <c r="I52" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A53" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="C52" s="3">
-[...17 lines deleted...]
-      <c r="I52" s="3">
+      <c r="B53" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="C53" s="3">
+        <v>742.41</v>
+      </c>
+      <c r="D53" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F53" s="3">
+        <v>983</v>
+      </c>
+      <c r="G53" s="3">
+        <v>1</v>
+      </c>
+      <c r="H53" s="3">
+        <v>40</v>
+      </c>
+      <c r="I53" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A54" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="C54" s="3">
+        <v>722.07</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F54" s="3">
         <v>0</v>
       </c>
-    </row>
-[...24 lines deleted...]
-      <c r="I54" s="2"/>
+      <c r="G54" s="3">
+        <v>1</v>
+      </c>
+      <c r="H54" s="3">
+        <v>40</v>
+      </c>
+      <c r="I54" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C55" s="3">
-        <v>390</v>
+        <v>661.05</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F55" s="3">
-        <v>498</v>
+        <v>269</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C56" s="3">
-        <v>286.2</v>
+        <v>539.01</v>
       </c>
       <c r="D56" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F56" s="3">
-        <v>471</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C57" s="3">
-        <v>260</v>
+        <v>528.84</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F57" s="3">
         <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C58" s="3">
-        <v>240</v>
+        <v>1067.85</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F58" s="3">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C59" s="3">
-        <v>275</v>
+        <v>732.24</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F59" s="3">
         <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C60" s="3">
-        <v>235</v>
+        <v>711.9</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F60" s="3">
-        <v>0</v>
+        <v>646</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A61" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I61" s="2"/>
+      <c r="A61" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="C61" s="3">
+        <v>610.2</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F61" s="3">
+        <v>1339</v>
+      </c>
+      <c r="G61" s="3">
+        <v>1</v>
+      </c>
+      <c r="H61" s="3">
+        <v>60</v>
+      </c>
+      <c r="I61" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C62" s="3">
-        <v>17</v>
+        <v>620.37</v>
       </c>
       <c r="D62" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F62" s="3">
-        <v>111463</v>
+        <v>170</v>
       </c>
       <c r="G62" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>288</v>
+        <v>60</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C63" s="3">
-        <v>34</v>
+        <v>528.84</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F63" s="3">
-        <v>51990</v>
+        <v>526</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>288</v>
+        <v>60</v>
       </c>
       <c r="I63" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C64" s="3">
-        <v>105</v>
+        <v>711.9</v>
       </c>
       <c r="D64" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F64" s="3">
-        <v>9600</v>
+        <v>138</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>288</v>
+        <v>40</v>
       </c>
       <c r="I64" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C65" s="3">
-        <v>37</v>
+        <v>823.77</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F65" s="3">
-        <v>22783</v>
+        <v>556</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>288</v>
+        <v>40</v>
       </c>
       <c r="I65" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C66" s="3">
-        <v>20</v>
+        <v>722.07</v>
       </c>
       <c r="D66" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F66" s="3">
-        <v>138778</v>
+        <v>671</v>
       </c>
       <c r="G66" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>288</v>
+        <v>40</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C67" s="3">
-        <v>110</v>
+        <v>630.54</v>
       </c>
       <c r="D67" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F67" s="3">
-        <v>30307</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>288</v>
+        <v>60</v>
       </c>
       <c r="I67" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C68" s="3">
-        <v>32</v>
+        <v>630.54</v>
       </c>
       <c r="D68" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F68" s="3">
-        <v>53086</v>
+        <v>535</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>288</v>
+        <v>60</v>
       </c>
       <c r="I68" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C69" s="3">
+        <v>864.45</v>
+      </c>
+      <c r="D69" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F69" s="3">
+        <v>424</v>
+      </c>
+      <c r="G69" s="3">
+        <v>1</v>
+      </c>
+      <c r="H69" s="3">
         <v>40</v>
       </c>
-      <c r="D69" s="4" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I69" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C70" s="3">
-        <v>507.6</v>
+        <v>823.77</v>
       </c>
       <c r="D70" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F70" s="3">
-        <v>999</v>
+        <v>339</v>
       </c>
       <c r="G70" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A71" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A71" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="B71" s="2"/>
+      <c r="C71" s="2"/>
+      <c r="D71" s="2"/>
+      <c r="E71" s="2"/>
+      <c r="F71" s="2"/>
+      <c r="G71" s="2"/>
+      <c r="H71" s="2"/>
+      <c r="I71" s="2"/>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A72" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I72" s="2"/>
+      <c r="A72" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="B72" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="C72" s="3">
+        <v>122.04</v>
+      </c>
+      <c r="D72" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F72" s="3">
+        <v>0</v>
+      </c>
+      <c r="G72" s="3">
+        <v>1</v>
+      </c>
+      <c r="H72" s="3">
+        <v>240</v>
+      </c>
+      <c r="I72" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C73" s="3">
-        <v>150</v>
+        <v>181.03</v>
       </c>
       <c r="D73" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F73" s="3">
-        <v>1673</v>
+        <v>4816</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>144</v>
+        <v>240</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C74" s="3">
-        <v>180</v>
+        <v>105.77</v>
       </c>
       <c r="D74" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F74" s="3">
         <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>144</v>
+        <v>240</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A75" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A75" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="B75" s="2"/>
+      <c r="C75" s="2"/>
+      <c r="D75" s="2"/>
+      <c r="E75" s="2"/>
+      <c r="F75" s="2"/>
+      <c r="G75" s="2"/>
+      <c r="H75" s="2"/>
+      <c r="I75" s="2"/>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C76" s="3">
-        <v>175</v>
+        <v>137.3</v>
       </c>
       <c r="D76" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F76" s="3">
-        <v>9776</v>
+        <v>84</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>144</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C77" s="3">
-        <v>180</v>
+        <v>177.98</v>
       </c>
       <c r="D77" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F77" s="3">
-        <v>0</v>
+        <v>1470</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>144</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C78" s="3">
-        <v>136</v>
+        <v>249.17</v>
       </c>
       <c r="D78" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F78" s="3">
-        <v>15667</v>
+        <v>5129</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>144</v>
+        <v>72</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C79" s="3">
-        <v>209.92</v>
+        <v>406.8</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F79" s="3">
-        <v>0</v>
+        <v>4397</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>144</v>
+        <v>72</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C80" s="3">
-        <v>133</v>
+        <v>203.4</v>
       </c>
       <c r="D80" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F80" s="3">
-        <v>12566</v>
+        <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>144</v>
+        <v>120</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C81" s="3">
-        <v>165</v>
+        <v>518.67</v>
       </c>
       <c r="D81" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F81" s="3">
-        <v>24183</v>
+        <v>1438</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>144</v>
+        <v>48</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C82" s="3">
-        <v>150</v>
+        <v>310.19</v>
       </c>
       <c r="D82" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F82" s="3">
-        <v>64</v>
+        <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>144</v>
+        <v>36</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C83" s="3">
-        <v>140</v>
+        <v>401.72</v>
       </c>
       <c r="D83" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F83" s="3">
-        <v>6751</v>
+        <v>1985</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
+        <v>36</v>
+      </c>
+      <c r="I83" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A84" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="B84" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="C84" s="3">
+        <v>503.42</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F84" s="3">
+        <v>630</v>
+      </c>
+      <c r="G84" s="3">
+        <v>1</v>
+      </c>
+      <c r="H84" s="3">
+        <v>72</v>
+      </c>
+      <c r="I84" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A85" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="B85" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="C85" s="3">
+        <v>172.89</v>
+      </c>
+      <c r="D85" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F85" s="3">
+        <v>1680</v>
+      </c>
+      <c r="G85" s="3">
+        <v>1</v>
+      </c>
+      <c r="H85" s="3">
         <v>144</v>
       </c>
-      <c r="I83" s="3">
-[...27 lines deleted...]
-      <c r="I85" s="2"/>
+      <c r="I85" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C86" s="3">
-        <v>2100</v>
+        <v>183.06</v>
       </c>
       <c r="D86" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F86" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>50</v>
+        <v>144</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="C87" s="3">
-        <v>2050</v>
+        <v>549.18</v>
       </c>
       <c r="D87" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F87" s="3">
-        <v>156</v>
+        <v>809</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="C88" s="3">
-        <v>2130</v>
+        <v>193.23</v>
       </c>
       <c r="D88" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F88" s="3">
-        <v>1252</v>
+        <v>2182</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>50</v>
+        <v>144</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C89" s="3">
-        <v>3780</v>
+        <v>355.95</v>
       </c>
       <c r="D89" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F89" s="3">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="C90" s="3">
-        <v>1800</v>
+        <v>315.27</v>
       </c>
       <c r="D90" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F90" s="3">
-        <v>707</v>
+        <v>2137</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>50</v>
+        <v>96</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="C91" s="3">
-        <v>1250</v>
+        <v>447.48</v>
       </c>
       <c r="D91" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F91" s="3">
-        <v>0</v>
+        <v>692</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C92" s="3">
-        <v>3688.56</v>
+        <v>101.7</v>
       </c>
       <c r="D92" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F92" s="3">
         <v>0</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>50</v>
+        <v>216</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="C93" s="3">
-        <v>1530</v>
+        <v>156.62</v>
       </c>
       <c r="D93" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F93" s="3">
         <v>0</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>50</v>
+        <v>144</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C94" s="3">
-        <v>2050</v>
+        <v>274.59</v>
       </c>
       <c r="D94" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F94" s="3">
-        <v>0</v>
+        <v>1320</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="C95" s="3">
-        <v>2250</v>
+        <v>254.25</v>
       </c>
       <c r="D95" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F95" s="3">
-        <v>6</v>
+        <v>4336</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>50</v>
+        <v>96</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="C96" s="3">
-        <v>1700</v>
+        <v>345.78</v>
       </c>
       <c r="D96" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F96" s="3">
-        <v>0</v>
+        <v>1840</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>50</v>
+        <v>96</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="C97" s="3">
-        <v>870</v>
+        <v>437.31</v>
       </c>
       <c r="D97" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F97" s="3">
-        <v>0</v>
+        <v>449</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="C98" s="3">
-        <v>2916</v>
+        <v>528.84</v>
       </c>
       <c r="D98" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F98" s="3">
-        <v>10</v>
+        <v>706</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="C99" s="3">
-        <v>3240</v>
+        <v>310</v>
       </c>
       <c r="D99" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F99" s="3">
-        <v>0</v>
+        <v>1780</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="C100" s="3">
-        <v>3240</v>
+        <v>508.5</v>
       </c>
       <c r="D100" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F100" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C101" s="3">
-        <v>1900</v>
+        <v>239</v>
       </c>
       <c r="D101" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F101" s="3">
-        <v>0</v>
+        <v>1661</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>50</v>
+        <v>144</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="C102" s="3">
-        <v>2300</v>
+        <v>264.42</v>
       </c>
       <c r="D102" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F102" s="3">
-        <v>4</v>
+        <v>2157</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C103" s="3">
-        <v>3348</v>
+        <v>278.66</v>
       </c>
       <c r="D103" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F103" s="3">
         <v>0</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="C104" s="3">
-        <v>3200</v>
+        <v>315.27</v>
       </c>
       <c r="D104" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F104" s="3">
         <v>0</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>50</v>
+        <v>96</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="C105" s="3">
-        <v>3294</v>
+        <v>432.23</v>
       </c>
       <c r="D105" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F105" s="3">
         <v>0</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A106" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A106" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="B106" s="2"/>
+      <c r="C106" s="2"/>
+      <c r="D106" s="2"/>
+      <c r="E106" s="2"/>
+      <c r="F106" s="2"/>
+      <c r="G106" s="2"/>
+      <c r="H106" s="2"/>
+      <c r="I106" s="2"/>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A107" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A107" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="B107" s="2"/>
+      <c r="C107" s="2"/>
+      <c r="D107" s="2"/>
+      <c r="E107" s="2"/>
+      <c r="F107" s="2"/>
+      <c r="G107" s="2"/>
+      <c r="H107" s="2"/>
+      <c r="I107" s="2"/>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C108" s="3">
-        <v>1690</v>
+        <v>239</v>
       </c>
       <c r="D108" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F108" s="3">
-        <v>0</v>
+        <v>1513</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C109" s="3">
-        <v>2700</v>
+        <v>307.13</v>
       </c>
       <c r="D109" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F109" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C110" s="3">
-        <v>3230</v>
+        <v>264.42</v>
       </c>
       <c r="D110" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F110" s="3">
-        <v>14</v>
+        <v>7065</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A111" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I111" s="2"/>
+      <c r="A111" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="B111" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="C111" s="3">
+        <v>244.08</v>
+      </c>
+      <c r="D111" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F111" s="3">
+        <v>0</v>
+      </c>
+      <c r="G111" s="3">
+        <v>1</v>
+      </c>
+      <c r="H111" s="3">
+        <v>12</v>
+      </c>
+      <c r="I111" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C112" s="3">
-        <v>200</v>
+        <v>279.68</v>
       </c>
       <c r="D112" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F112" s="3">
-        <v>0</v>
+        <v>3775</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>200</v>
+        <v>12</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C113" s="3">
-        <v>330</v>
+        <v>396.63</v>
       </c>
       <c r="D113" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F113" s="3">
-        <v>0</v>
+        <v>862</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A114" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A114" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="B114" s="2"/>
+      <c r="C114" s="2"/>
+      <c r="D114" s="2"/>
+      <c r="E114" s="2"/>
+      <c r="F114" s="2"/>
+      <c r="G114" s="2"/>
+      <c r="H114" s="2"/>
+      <c r="I114" s="2"/>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C115" s="3">
-        <v>260</v>
+        <v>111.87</v>
       </c>
       <c r="D115" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F115" s="3">
+        <v>29955</v>
+      </c>
+      <c r="G115" s="3">
+        <v>1</v>
+      </c>
+      <c r="H115" s="3">
+        <v>288</v>
+      </c>
+      <c r="I115" s="3">
         <v>0</v>
       </c>
-      <c r="G115" s="3">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A116" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I116" s="2"/>
+      <c r="A116" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="B116" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="C116" s="3">
+        <v>17.29</v>
+      </c>
+      <c r="D116" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F116" s="3">
+        <v>93651</v>
+      </c>
+      <c r="G116" s="3">
+        <v>12</v>
+      </c>
+      <c r="H116" s="3">
+        <v>288</v>
+      </c>
+      <c r="I116" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A117" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I117" s="2"/>
+      <c r="A117" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="B117" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="C117" s="3">
+        <v>32.54</v>
+      </c>
+      <c r="D117" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F117" s="3">
+        <v>52797</v>
+      </c>
+      <c r="G117" s="3">
+        <v>1</v>
+      </c>
+      <c r="H117" s="3">
+        <v>288</v>
+      </c>
+      <c r="I117" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="C118" s="3">
-        <v>315</v>
+        <v>20.34</v>
       </c>
       <c r="D118" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F118" s="3">
-        <v>45</v>
+        <v>118526</v>
       </c>
       <c r="G118" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H118" s="3">
-        <v>30</v>
+        <v>288</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A119" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I119" s="2"/>
+      <c r="A119" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="B119" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="C119" s="3">
+        <v>106.79</v>
+      </c>
+      <c r="D119" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F119" s="3">
+        <v>9248</v>
+      </c>
+      <c r="G119" s="3">
+        <v>1</v>
+      </c>
+      <c r="H119" s="3">
+        <v>288</v>
+      </c>
+      <c r="I119" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A120" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I120" s="2"/>
+      <c r="A120" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="B120" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="C120" s="3">
+        <v>34.58</v>
+      </c>
+      <c r="D120" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F120" s="3">
+        <v>51171</v>
+      </c>
+      <c r="G120" s="3">
+        <v>1</v>
+      </c>
+      <c r="H120" s="3">
+        <v>288</v>
+      </c>
+      <c r="I120" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="C121" s="3">
-        <v>120</v>
+        <v>40.68</v>
       </c>
       <c r="D121" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F121" s="3">
+        <v>22572</v>
+      </c>
+      <c r="G121" s="3">
+        <v>1</v>
+      </c>
+      <c r="H121" s="3">
+        <v>288</v>
+      </c>
+      <c r="I121" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="C122" s="3">
-        <v>104</v>
+        <v>37.63</v>
       </c>
       <c r="D122" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F122" s="3">
-        <v>4530</v>
+        <v>22439</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>240</v>
+        <v>288</v>
       </c>
       <c r="I122" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="C123" s="3">
-        <v>178</v>
+        <v>516.23</v>
       </c>
       <c r="D123" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F123" s="3">
-        <v>7839</v>
+        <v>568</v>
       </c>
       <c r="G123" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H123" s="3">
-        <v>240</v>
+        <v>25</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A124" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I124" s="2"/>
+      <c r="A124" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="B124" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="C124" s="3">
+        <v>177.98</v>
+      </c>
+      <c r="D124" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F124" s="3">
+        <v>717</v>
+      </c>
+      <c r="G124" s="3">
+        <v>1</v>
+      </c>
+      <c r="H124" s="3">
+        <v>200</v>
+      </c>
+      <c r="I124" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A125" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A125" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="B125" s="2"/>
+      <c r="C125" s="2"/>
+      <c r="D125" s="2"/>
+      <c r="E125" s="2"/>
+      <c r="F125" s="2"/>
+      <c r="G125" s="2"/>
+      <c r="H125" s="2"/>
+      <c r="I125" s="2"/>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="C126" s="3">
-        <v>650</v>
+        <v>167.81</v>
       </c>
       <c r="D126" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F126" s="3">
-        <v>307</v>
+        <v>0</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>60</v>
+        <v>144</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="C127" s="3">
-        <v>610</v>
+        <v>193.23</v>
       </c>
       <c r="D127" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F127" s="3">
-        <v>219</v>
+        <v>3589</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>60</v>
+        <v>144</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="C128" s="3">
-        <v>530</v>
+        <v>152.55</v>
       </c>
       <c r="D128" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F128" s="3">
-        <v>459</v>
+        <v>1494</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>60</v>
+        <v>144</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="C129" s="3">
-        <v>1050</v>
+        <v>183.06</v>
       </c>
       <c r="D129" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F129" s="3">
-        <v>146</v>
+        <v>0</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>20</v>
+        <v>144</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="C130" s="3">
-        <v>710</v>
+        <v>160.18</v>
       </c>
       <c r="D130" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F130" s="3">
-        <v>681</v>
+        <v>9355</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>40</v>
+        <v>144</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="C131" s="3">
-        <v>520</v>
+        <v>138.31</v>
       </c>
       <c r="D131" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F131" s="3">
         <v>0</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>60</v>
+        <v>144</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="C132" s="3">
-        <v>720</v>
+        <v>135.26</v>
       </c>
       <c r="D132" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F132" s="3">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>40</v>
+        <v>144</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="C133" s="3">
-        <v>850</v>
+        <v>213.49</v>
       </c>
       <c r="D133" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F133" s="3">
-        <v>447</v>
+        <v>0</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>40</v>
+        <v>144</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="C134" s="3">
-        <v>520</v>
+        <v>152.55</v>
       </c>
       <c r="D134" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F134" s="3">
-        <v>548</v>
+        <v>0</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>60</v>
+        <v>144</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="C135" s="3">
-        <v>810</v>
+        <v>128.14</v>
       </c>
       <c r="D135" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F135" s="3">
-        <v>352</v>
+        <v>6451</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>40</v>
+        <v>144</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A136" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A136" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="B136" s="2"/>
+      <c r="C136" s="2"/>
+      <c r="D136" s="2"/>
+      <c r="E136" s="2"/>
+      <c r="F136" s="2"/>
+      <c r="G136" s="2"/>
+      <c r="H136" s="2"/>
+      <c r="I136" s="2"/>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="C137" s="3">
-        <v>700</v>
+        <v>197.7</v>
       </c>
       <c r="D137" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F137" s="3">
-        <v>658</v>
+        <v>0</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C138" s="3">
-        <v>810</v>
+        <v>148.28</v>
       </c>
       <c r="D138" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F138" s="3">
-        <v>568</v>
+        <v>287</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>40</v>
+        <v>140</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A139" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A139" s="2" t="s">
+        <v>270</v>
+      </c>
+      <c r="B139" s="2"/>
+      <c r="C139" s="2"/>
+      <c r="D139" s="2"/>
+      <c r="E139" s="2"/>
+      <c r="F139" s="2"/>
+      <c r="G139" s="2"/>
+      <c r="H139" s="2"/>
+      <c r="I139" s="2"/>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="C140" s="3">
-        <v>710</v>
+        <v>263.61</v>
       </c>
       <c r="D140" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F140" s="3">
-        <v>0</v>
+        <v>102</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I140" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A141" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A141" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="B141" s="2"/>
+      <c r="C141" s="2"/>
+      <c r="D141" s="2"/>
+      <c r="E141" s="2"/>
+      <c r="F141" s="2"/>
+      <c r="G141" s="2"/>
+      <c r="H141" s="2"/>
+      <c r="I141" s="2"/>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A142" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A142" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="B142" s="2"/>
+      <c r="C142" s="2"/>
+      <c r="D142" s="2"/>
+      <c r="E142" s="2"/>
+      <c r="F142" s="2"/>
+      <c r="G142" s="2"/>
+      <c r="H142" s="2"/>
+      <c r="I142" s="2"/>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C143" s="3">
-        <v>730</v>
+        <v>1728.9</v>
       </c>
       <c r="D143" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F143" s="3">
-        <v>1005</v>
+        <v>0</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A144" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I144" s="2"/>
+      <c r="A144" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="B144" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="C144" s="3">
+        <v>3844.26</v>
+      </c>
+      <c r="D144" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F144" s="3">
+        <v>0</v>
+      </c>
+      <c r="G144" s="3">
+        <v>1</v>
+      </c>
+      <c r="H144" s="3">
+        <v>50</v>
+      </c>
+      <c r="I144" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="C145" s="3">
-        <v>304.82</v>
+        <v>2084.85</v>
       </c>
       <c r="D145" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F145" s="3">
-        <v>2668</v>
+        <v>19</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C146" s="3">
-        <v>310</v>
+        <v>2288.25</v>
       </c>
       <c r="D146" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F146" s="3">
-        <v>4578</v>
+        <v>10</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>96</v>
+        <v>50</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="C147" s="3">
-        <v>235</v>
+        <v>3751.27</v>
       </c>
       <c r="D147" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F147" s="3">
-        <v>1987</v>
+        <v>0</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>144</v>
+        <v>50</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="C148" s="3">
-        <v>340</v>
+        <v>1718.73</v>
       </c>
       <c r="D148" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F148" s="3">
-        <v>2325</v>
+        <v>0</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>96</v>
+        <v>50</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="C149" s="3">
-        <v>310</v>
+        <v>2135.7</v>
       </c>
       <c r="D149" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F149" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>96</v>
+        <v>50</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C150" s="3">
-        <v>425</v>
+        <v>2965.57</v>
       </c>
       <c r="D150" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F150" s="3">
-        <v>250</v>
+        <v>0</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>72</v>
+        <v>50</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C151" s="3">
-        <v>495</v>
+        <v>1932.3</v>
       </c>
       <c r="D151" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F151" s="3">
-        <v>1035</v>
+        <v>0</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>72</v>
+        <v>50</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C152" s="3">
-        <v>170</v>
+        <v>3404.92</v>
       </c>
       <c r="D152" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F152" s="3">
-        <v>2047</v>
+        <v>0</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>144</v>
+        <v>50</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C153" s="3">
-        <v>260</v>
+        <v>2339.1</v>
       </c>
       <c r="D153" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F153" s="3">
-        <v>2283</v>
+        <v>39</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
-        <v>72</v>
+        <v>50</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C154" s="3">
-        <v>175</v>
+        <v>1556.01</v>
       </c>
       <c r="D154" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F154" s="3">
-        <v>5609</v>
+        <v>15</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>144</v>
+        <v>50</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C155" s="3">
-        <v>245</v>
+        <v>2745.9</v>
       </c>
       <c r="D155" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F155" s="3">
-        <v>6171</v>
+        <v>5</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>72</v>
+        <v>50</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C156" s="3">
-        <v>250</v>
+        <v>3295.08</v>
       </c>
       <c r="D156" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F156" s="3">
-        <v>6525</v>
+        <v>1</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>96</v>
+        <v>50</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C157" s="3">
-        <v>180</v>
+        <v>3051</v>
       </c>
       <c r="D157" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F157" s="3">
         <v>0</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>144</v>
+        <v>50</v>
       </c>
       <c r="I157" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C158" s="3">
-        <v>274</v>
+        <v>1271.25</v>
       </c>
       <c r="D158" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F158" s="3">
         <v>0</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="C159" s="3">
-        <v>400</v>
+        <v>1830.6</v>
       </c>
       <c r="D159" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F159" s="3">
-        <v>4785</v>
+        <v>582</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>72</v>
+        <v>50</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C160" s="3">
-        <v>540</v>
+        <v>3295.08</v>
       </c>
       <c r="D160" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F160" s="3">
-        <v>954</v>
+        <v>168</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="I160" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="C161" s="3">
-        <v>190</v>
+        <v>1118.7</v>
       </c>
       <c r="D161" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F161" s="3">
-        <v>3209</v>
+        <v>0</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>144</v>
+        <v>50</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C162" s="3">
-        <v>135</v>
+        <v>1240.74</v>
       </c>
       <c r="D162" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F162" s="3">
-        <v>1217</v>
+        <v>821</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>144</v>
+        <v>50</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="C163" s="3">
-        <v>510</v>
+        <v>2166.21</v>
       </c>
       <c r="D163" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F163" s="3">
-        <v>1669</v>
+        <v>122</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C164" s="3">
-        <v>100</v>
+        <v>3284.91</v>
       </c>
       <c r="D164" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F164" s="3">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>216</v>
+        <v>50</v>
       </c>
       <c r="I164" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="C165" s="3">
-        <v>154</v>
+        <v>3350</v>
       </c>
       <c r="D165" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F165" s="3">
         <v>0</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>144</v>
+        <v>50</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C166" s="3">
-        <v>270</v>
+        <v>3254.4</v>
       </c>
       <c r="D166" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F166" s="3">
-        <v>1908</v>
+        <v>0</v>
       </c>
       <c r="G166" s="3">
         <v>1</v>
       </c>
       <c r="H166" s="3">
-        <v>72</v>
+        <v>50</v>
       </c>
       <c r="I166" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A167" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A167" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="B167" s="2"/>
+      <c r="C167" s="2"/>
+      <c r="D167" s="2"/>
+      <c r="E167" s="2"/>
+      <c r="F167" s="2"/>
+      <c r="G167" s="2"/>
+      <c r="H167" s="2"/>
+      <c r="I167" s="2"/>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C168" s="3">
-        <v>430</v>
+        <v>264.42</v>
       </c>
       <c r="D168" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F168" s="3">
-        <v>755</v>
+        <v>4801</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C169" s="3">
-        <v>520</v>
+        <v>315.27</v>
       </c>
       <c r="D169" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F169" s="3">
-        <v>842</v>
+        <v>4722</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C170" s="3">
-        <v>395</v>
+        <v>335.61</v>
       </c>
       <c r="D170" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F170" s="3">
-        <v>2320</v>
+        <v>4792</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="I170" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C171" s="3">
-        <v>350</v>
+        <v>203.4</v>
       </c>
       <c r="D171" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F171" s="3">
         <v>0</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>72</v>
+        <v>200</v>
       </c>
       <c r="I171" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A172" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B172" s="3" t="s">
+      <c r="A172" s="2" t="s">
         <v>332</v>
       </c>
-      <c r="C172" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B172" s="2"/>
+      <c r="C172" s="2"/>
+      <c r="D172" s="2"/>
+      <c r="E172" s="2"/>
+      <c r="F172" s="2"/>
+      <c r="G172" s="2"/>
+      <c r="H172" s="2"/>
+      <c r="I172" s="2"/>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A173" s="3" t="s">
+      <c r="A173" s="2" t="s">
         <v>333</v>
       </c>
-      <c r="B173" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B173" s="2"/>
+      <c r="C173" s="2"/>
+      <c r="D173" s="2"/>
+      <c r="E173" s="2"/>
+      <c r="F173" s="2"/>
+      <c r="G173" s="2"/>
+      <c r="H173" s="2"/>
+      <c r="I173" s="2"/>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="B174" s="3" t="s">
         <v>335</v>
       </c>
-      <c r="B174" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C174" s="3">
-        <v>305</v>
+        <v>320.36</v>
       </c>
       <c r="D174" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F174" s="3">
-        <v>0</v>
+        <v>976</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
-      </c>
-[...40 lines deleted...]
-        <v>4</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="23">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A6:I6"/>
-[...19 lines deleted...]
-    <mergeCell ref="A175:I175"/>
+    <mergeCell ref="A4:I4"/>
+    <mergeCell ref="A10:I10"/>
+    <mergeCell ref="A16:I16"/>
+    <mergeCell ref="A23:I23"/>
+    <mergeCell ref="A41:I41"/>
+    <mergeCell ref="A45:I45"/>
+    <mergeCell ref="A50:I50"/>
+    <mergeCell ref="A51:I51"/>
+    <mergeCell ref="A71:I71"/>
+    <mergeCell ref="A75:I75"/>
+    <mergeCell ref="A106:I106"/>
+    <mergeCell ref="A107:I107"/>
+    <mergeCell ref="A114:I114"/>
+    <mergeCell ref="A125:I125"/>
+    <mergeCell ref="A136:I136"/>
+    <mergeCell ref="A139:I139"/>
+    <mergeCell ref="A141:I141"/>
+    <mergeCell ref="A142:I142"/>
+    <mergeCell ref="A167:I167"/>
+    <mergeCell ref="A172:I172"/>
+    <mergeCell ref="A173:I173"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D4" r:id="rId1"/>
-[...3 lines deleted...]
-    <hyperlink ref="D10" r:id="rId5"/>
+    <hyperlink ref="D5" r:id="rId1"/>
+    <hyperlink ref="D6" r:id="rId2"/>
+    <hyperlink ref="D7" r:id="rId3"/>
+    <hyperlink ref="D8" r:id="rId4"/>
+    <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D11" r:id="rId6"/>
     <hyperlink ref="D12" r:id="rId7"/>
     <hyperlink ref="D13" r:id="rId8"/>
-    <hyperlink ref="D15" r:id="rId9"/>
-    <hyperlink ref="D16" r:id="rId10"/>
+    <hyperlink ref="D14" r:id="rId9"/>
+    <hyperlink ref="D15" r:id="rId10"/>
     <hyperlink ref="D17" r:id="rId11"/>
     <hyperlink ref="D18" r:id="rId12"/>
-    <hyperlink ref="D20" r:id="rId13"/>
-[...2 lines deleted...]
-    <hyperlink ref="D23" r:id="rId16"/>
+    <hyperlink ref="D19" r:id="rId13"/>
+    <hyperlink ref="D20" r:id="rId14"/>
+    <hyperlink ref="D21" r:id="rId15"/>
+    <hyperlink ref="D22" r:id="rId16"/>
     <hyperlink ref="D24" r:id="rId17"/>
-    <hyperlink ref="D26" r:id="rId18"/>
-[...133 lines deleted...]
-    <hyperlink ref="D176" r:id="rId152"/>
+    <hyperlink ref="D25" r:id="rId18"/>
+    <hyperlink ref="D26" r:id="rId19"/>
+    <hyperlink ref="D27" r:id="rId20"/>
+    <hyperlink ref="D28" r:id="rId21"/>
+    <hyperlink ref="D29" r:id="rId22"/>
+    <hyperlink ref="D30" r:id="rId23"/>
+    <hyperlink ref="D31" r:id="rId24"/>
+    <hyperlink ref="D32" r:id="rId25"/>
+    <hyperlink ref="D33" r:id="rId26"/>
+    <hyperlink ref="D34" r:id="rId27"/>
+    <hyperlink ref="D35" r:id="rId28"/>
+    <hyperlink ref="D36" r:id="rId29"/>
+    <hyperlink ref="D37" r:id="rId30"/>
+    <hyperlink ref="D38" r:id="rId31"/>
+    <hyperlink ref="D39" r:id="rId32"/>
+    <hyperlink ref="D40" r:id="rId33"/>
+    <hyperlink ref="D42" r:id="rId34"/>
+    <hyperlink ref="D43" r:id="rId35"/>
+    <hyperlink ref="D44" r:id="rId36"/>
+    <hyperlink ref="D46" r:id="rId37"/>
+    <hyperlink ref="D47" r:id="rId38"/>
+    <hyperlink ref="D48" r:id="rId39"/>
+    <hyperlink ref="D49" r:id="rId40"/>
+    <hyperlink ref="D52" r:id="rId41"/>
+    <hyperlink ref="D53" r:id="rId42"/>
+    <hyperlink ref="D54" r:id="rId43"/>
+    <hyperlink ref="D55" r:id="rId44"/>
+    <hyperlink ref="D56" r:id="rId45"/>
+    <hyperlink ref="D57" r:id="rId46"/>
+    <hyperlink ref="D58" r:id="rId47"/>
+    <hyperlink ref="D59" r:id="rId48"/>
+    <hyperlink ref="D60" r:id="rId49"/>
+    <hyperlink ref="D61" r:id="rId50"/>
+    <hyperlink ref="D62" r:id="rId51"/>
+    <hyperlink ref="D63" r:id="rId52"/>
+    <hyperlink ref="D64" r:id="rId53"/>
+    <hyperlink ref="D65" r:id="rId54"/>
+    <hyperlink ref="D66" r:id="rId55"/>
+    <hyperlink ref="D67" r:id="rId56"/>
+    <hyperlink ref="D68" r:id="rId57"/>
+    <hyperlink ref="D69" r:id="rId58"/>
+    <hyperlink ref="D70" r:id="rId59"/>
+    <hyperlink ref="D72" r:id="rId60"/>
+    <hyperlink ref="D73" r:id="rId61"/>
+    <hyperlink ref="D74" r:id="rId62"/>
+    <hyperlink ref="D76" r:id="rId63"/>
+    <hyperlink ref="D77" r:id="rId64"/>
+    <hyperlink ref="D78" r:id="rId65"/>
+    <hyperlink ref="D79" r:id="rId66"/>
+    <hyperlink ref="D80" r:id="rId67"/>
+    <hyperlink ref="D81" r:id="rId68"/>
+    <hyperlink ref="D82" r:id="rId69"/>
+    <hyperlink ref="D83" r:id="rId70"/>
+    <hyperlink ref="D84" r:id="rId71"/>
+    <hyperlink ref="D85" r:id="rId72"/>
+    <hyperlink ref="D86" r:id="rId73"/>
+    <hyperlink ref="D87" r:id="rId74"/>
+    <hyperlink ref="D88" r:id="rId75"/>
+    <hyperlink ref="D89" r:id="rId76"/>
+    <hyperlink ref="D90" r:id="rId77"/>
+    <hyperlink ref="D91" r:id="rId78"/>
+    <hyperlink ref="D92" r:id="rId79"/>
+    <hyperlink ref="D93" r:id="rId80"/>
+    <hyperlink ref="D94" r:id="rId81"/>
+    <hyperlink ref="D95" r:id="rId82"/>
+    <hyperlink ref="D96" r:id="rId83"/>
+    <hyperlink ref="D97" r:id="rId84"/>
+    <hyperlink ref="D98" r:id="rId85"/>
+    <hyperlink ref="D99" r:id="rId86"/>
+    <hyperlink ref="D100" r:id="rId87"/>
+    <hyperlink ref="D101" r:id="rId88"/>
+    <hyperlink ref="D102" r:id="rId89"/>
+    <hyperlink ref="D103" r:id="rId90"/>
+    <hyperlink ref="D104" r:id="rId91"/>
+    <hyperlink ref="D105" r:id="rId92"/>
+    <hyperlink ref="D108" r:id="rId93"/>
+    <hyperlink ref="D109" r:id="rId94"/>
+    <hyperlink ref="D110" r:id="rId95"/>
+    <hyperlink ref="D111" r:id="rId96"/>
+    <hyperlink ref="D112" r:id="rId97"/>
+    <hyperlink ref="D113" r:id="rId98"/>
+    <hyperlink ref="D115" r:id="rId99"/>
+    <hyperlink ref="D116" r:id="rId100"/>
+    <hyperlink ref="D117" r:id="rId101"/>
+    <hyperlink ref="D118" r:id="rId102"/>
+    <hyperlink ref="D119" r:id="rId103"/>
+    <hyperlink ref="D120" r:id="rId104"/>
+    <hyperlink ref="D121" r:id="rId105"/>
+    <hyperlink ref="D122" r:id="rId106"/>
+    <hyperlink ref="D123" r:id="rId107"/>
+    <hyperlink ref="D124" r:id="rId108"/>
+    <hyperlink ref="D126" r:id="rId109"/>
+    <hyperlink ref="D127" r:id="rId110"/>
+    <hyperlink ref="D128" r:id="rId111"/>
+    <hyperlink ref="D129" r:id="rId112"/>
+    <hyperlink ref="D130" r:id="rId113"/>
+    <hyperlink ref="D131" r:id="rId114"/>
+    <hyperlink ref="D132" r:id="rId115"/>
+    <hyperlink ref="D133" r:id="rId116"/>
+    <hyperlink ref="D134" r:id="rId117"/>
+    <hyperlink ref="D135" r:id="rId118"/>
+    <hyperlink ref="D137" r:id="rId119"/>
+    <hyperlink ref="D138" r:id="rId120"/>
+    <hyperlink ref="D140" r:id="rId121"/>
+    <hyperlink ref="D143" r:id="rId122"/>
+    <hyperlink ref="D144" r:id="rId123"/>
+    <hyperlink ref="D145" r:id="rId124"/>
+    <hyperlink ref="D146" r:id="rId125"/>
+    <hyperlink ref="D147" r:id="rId126"/>
+    <hyperlink ref="D148" r:id="rId127"/>
+    <hyperlink ref="D149" r:id="rId128"/>
+    <hyperlink ref="D150" r:id="rId129"/>
+    <hyperlink ref="D151" r:id="rId130"/>
+    <hyperlink ref="D152" r:id="rId131"/>
+    <hyperlink ref="D153" r:id="rId132"/>
+    <hyperlink ref="D154" r:id="rId133"/>
+    <hyperlink ref="D155" r:id="rId134"/>
+    <hyperlink ref="D156" r:id="rId135"/>
+    <hyperlink ref="D157" r:id="rId136"/>
+    <hyperlink ref="D158" r:id="rId137"/>
+    <hyperlink ref="D159" r:id="rId138"/>
+    <hyperlink ref="D160" r:id="rId139"/>
+    <hyperlink ref="D161" r:id="rId140"/>
+    <hyperlink ref="D162" r:id="rId141"/>
+    <hyperlink ref="D163" r:id="rId142"/>
+    <hyperlink ref="D164" r:id="rId143"/>
+    <hyperlink ref="D165" r:id="rId144"/>
+    <hyperlink ref="D166" r:id="rId145"/>
+    <hyperlink ref="D168" r:id="rId146"/>
+    <hyperlink ref="D169" r:id="rId147"/>
+    <hyperlink ref="D170" r:id="rId148"/>
+    <hyperlink ref="D171" r:id="rId149"/>
+    <hyperlink ref="D174" r:id="rId150"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>