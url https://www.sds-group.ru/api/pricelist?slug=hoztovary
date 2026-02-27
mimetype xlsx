--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -60,996 +60,996 @@
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Хозтовары</t>
   </si>
   <si>
     <t>1.1 Ленты на клеевой основе (скотч, двусторонний скотч) и материалы для упаковки</t>
   </si>
   <si>
     <t>1.1.1 Пакет с замком Zip Lock</t>
   </si>
   <si>
     <t>09-7012</t>
   </si>
   <si>
     <t>Пакеты с замком Zip Lock, ПВД, размер 12х17см, 35кмк (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>упак</t>
   </si>
   <si>
+    <t>09-7015</t>
+  </si>
+  <si>
+    <t>Пакеты с замком Zip Lock, ПВД, размер 15х22см, 35кмк (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>09-7007</t>
+  </si>
+  <si>
+    <t>Пакеты с замком Zip Lock, ПВД, размер 7х10см, 35кмк (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>09-7008</t>
+  </si>
+  <si>
+    <t>Пакеты с замком Zip Lock, ПВД, размер 8х12см, 35кмк (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>09-7010</t>
   </si>
   <si>
     <t>Пакеты с замком Zip Lock, ПВД, размер 10х15см, 35мкм (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>09-7015</t>
-[...16 lines deleted...]
-  <si>
     <t>1.1.2 Проволока упаковочная</t>
   </si>
   <si>
+    <t>09-0104-2</t>
+  </si>
+  <si>
+    <t>Проволока упаковочная в ПВХ, зеленая, катушка 20м REXANT</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>09-0101-4</t>
+  </si>
+  <si>
+    <t>Проволока упаковочная в ПВХ, белая, бухта 2300м REXANT</t>
+  </si>
+  <si>
     <t>09-0102</t>
   </si>
   <si>
     <t>Проволока упаковочная в ПВХ, черная, бухта 250м REXANT</t>
   </si>
   <si>
-    <t>шт</t>
-[...1 lines deleted...]
-  <si>
     <t>09-0103</t>
   </si>
   <si>
     <t>Проволока упаковочная в ПВХ, прозрачная, бухта 250м REXANT</t>
   </si>
   <si>
-    <t>09-0101-4</t>
-[...4 lines deleted...]
-  <si>
     <t>09-0101</t>
   </si>
   <si>
     <t>Проволока упаковочная в ПВХ, белая, бухта 250м REXANT</t>
   </si>
   <si>
-    <t>09-0104-2</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.3 Клейкая лента (Скотч)</t>
   </si>
   <si>
+    <t>09-4310</t>
+  </si>
+  <si>
+    <t>Армированная клейкая лента REXANT 48 мм, серая, рулон 40 м</t>
+  </si>
+  <si>
+    <t>09-4201</t>
+  </si>
+  <si>
+    <t>Скотч упаковочный 48 мм х 50 мкм, прозрачный, (рулон 36 м) REXANT</t>
+  </si>
+  <si>
     <t>09-4202</t>
   </si>
   <si>
     <t>Скотч упаковочный REXANT 48 мм х 50 мкм, прозрачный, рулон 66 м</t>
   </si>
   <si>
+    <t>09-4204</t>
+  </si>
+  <si>
+    <t>Скотч упаковочный 48мм х 50мкм, прозрачный, рулон 150м REXANT</t>
+  </si>
+  <si>
     <t>09-4214</t>
   </si>
   <si>
     <t>Скотч упаковочный REXANT 48 мм х 50 мкм, коричневый, рулон 150 м</t>
   </si>
   <si>
     <t>09-4212</t>
   </si>
   <si>
     <t>Скотч упаковочный REXANT 48 мм х 50 мкм, коричневый, рулон 66 м</t>
   </si>
   <si>
-    <t>09-4204</t>
-[...16 lines deleted...]
-  <si>
     <t>1.1.4 Клейкая лента двухсторонняя (двухсторонний скотч)</t>
   </si>
   <si>
+    <t>09-6512</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая основа, прозрачный, 12мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6020</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая HBA-основа, серый, 20мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6509</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая основа, прозрачный, 9мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6006</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая HBA-основа, серый, 6мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6009</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая HBA-основа, серый, 9мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6059</t>
+  </si>
+  <si>
+    <t>Лента клейкая двухсторонняя прозрачная, на VHB акриловой основе, 20 мм х 5 м REXANT</t>
+  </si>
+  <si>
+    <t>09-6130</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, вспененная ЭВА-основа, черный, 30мм, ролик 5м REXANT</t>
+  </si>
+  <si>
     <t>09-6140</t>
   </si>
   <si>
     <t>Двухсторонний скотч, вспененная ЭВА-основа, черный, 40мм, ролик 5м REXANT</t>
   </si>
   <si>
-    <t>09-6509</t>
-[...2 lines deleted...]
-    <t>Двухсторонний скотч, акриловая основа, прозрачный, 9мм, ролик 5м REXANT</t>
+    <t>09-6012</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая HBA-основа, серый, 12мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6055</t>
+  </si>
+  <si>
+    <t>Лента клейкая двухсторонняя прозрачная, на VHB акриловой основе, 6 мм х 5 м REXANT</t>
+  </si>
+  <si>
+    <t>09-6045</t>
+  </si>
+  <si>
+    <t>Лента клейкая двухсторонняя черная, на VHB акриловой основе, 6 мм х 5 м REXANT</t>
   </si>
   <si>
     <t>09-6520</t>
   </si>
   <si>
     <t>Двухсторонний скотч, акриловая основа, прозрачный, 20мм, ролик 5м REXANT</t>
   </si>
   <si>
     <t>09-6030</t>
   </si>
   <si>
     <t>Нано-лента клейкая двухсторонняя многоразовая, 25 мм х 3 м REXANT</t>
   </si>
   <si>
-    <t>09-6045</t>
-[...34 lines deleted...]
-  <si>
     <t>09-6058</t>
   </si>
   <si>
     <t>Лента клейкая двухсторонняя прозрачная, на VHB акриловой основе, 12 мм х 5 м REXANT</t>
   </si>
   <si>
-    <t>09-6009</t>
-[...4 lines deleted...]
-  <si>
     <t>09-6125</t>
   </si>
   <si>
     <t>Двухсторонний скотч, вспененная ЭВА-основа, черный, 25мм, ролик 5м REXANT</t>
   </si>
   <si>
     <t>09-6047</t>
   </si>
   <si>
     <t>Лента клейкая двухсторонняя черная, на VHB акриловой основе, 12 мм х 5 м REXANT</t>
   </si>
   <si>
     <t>09-6057</t>
   </si>
   <si>
     <t>Лента клейкая двухсторонняя прозрачная, на VHB акриловой основе, 10 мм х 5 м REXANT</t>
   </si>
   <si>
-    <t>09-6059</t>
-[...10 lines deleted...]
-  <si>
     <t>1.1.5 Пленка</t>
   </si>
   <si>
+    <t>19-2070-1</t>
+  </si>
+  <si>
+    <t>Стретч-пленка, первичное сырье, прозрачная, 100 мм х 20 мкм, 0,23кг REXANT</t>
+  </si>
+  <si>
+    <t>рулон</t>
+  </si>
+  <si>
     <t>19-4520</t>
   </si>
   <si>
     <t>Стретч-пленка, первичное сырье, прозрачная, 500 мм х 20 мкм, 1,9кг REXANT</t>
   </si>
   <si>
     <t>19-5020</t>
   </si>
   <si>
     <t>Стретч-пленка, первичное сырье, черная, 500 мм х 20 мкм, вес 2,0кг REXANT</t>
   </si>
   <si>
-    <t>19-2070-1</t>
-[...7 lines deleted...]
-  <si>
     <t>1.1.6 Специальные клейкие ленты</t>
   </si>
   <si>
     <t>09-4321</t>
   </si>
   <si>
     <t>Лента противоскользящая самоклеящаяся, 50 мм х 5 м, черная REXANT</t>
   </si>
   <si>
+    <t>09-4320</t>
+  </si>
+  <si>
+    <t>Лента противоскользящая самоклеящаяся, 50 мм х 18 м, черная REXANT</t>
+  </si>
+  <si>
+    <t>09-4322</t>
+  </si>
+  <si>
+    <t>Лента противоскользящая самоклеящаяся, 25 мм х 5 м, черная REXANT</t>
+  </si>
+  <si>
     <t>09-4331</t>
   </si>
   <si>
     <t>Лента светоотражающая самоклеящаяся, 50 мм х 10 м, красно-белая REXANT</t>
   </si>
   <si>
-    <t>09-4320</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2 Замки</t>
   </si>
   <si>
     <t>1.2.1 Тросовые замки</t>
   </si>
   <si>
+    <t>79-0313</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 150см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0203</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 100см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0204</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 100см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0216</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 150см черный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0214</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 150см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
     <t>79-0303</t>
   </si>
   <si>
     <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 100см зеленый ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
+    <t>79-0314</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 150см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0363</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 65см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0304</t>
+  </si>
+  <si>
+    <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 100см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0263</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 65см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0264</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 65см розовый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0213</t>
+  </si>
+  <si>
+    <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 150см зеленый ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
     <t>79-0316</t>
   </si>
   <si>
     <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 150см черный ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-0314</t>
-[...4 lines deleted...]
-  <si>
     <t>79-0266</t>
   </si>
   <si>
     <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 65см черный ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-0366</t>
   </si>
   <si>
     <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 65см черный ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-0363</t>
-[...4 lines deleted...]
-  <si>
     <t>79-0400</t>
   </si>
   <si>
     <t>Замок-скоба U-образазный 15х21см черный ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-0206</t>
   </si>
   <si>
     <t>Замок тросовый кодовый взломостойкий для велосипедов и колясок 100см черный ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-0203</t>
-[...10 lines deleted...]
-  <si>
     <t>79-0306</t>
   </si>
   <si>
     <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 100см черный ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-0364</t>
   </si>
   <si>
     <t>Замок тросовый взломостойкий для велосипедов и колясок с ключом 65см розовый ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-0204</t>
-[...40 lines deleted...]
-  <si>
     <t>1.2.2 Почтовые замки</t>
   </si>
   <si>
     <t>79-1111</t>
   </si>
   <si>
     <t>Замок почтовый 18-20/40 ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-1113</t>
   </si>
   <si>
     <t>Замок почтовый 18-30/40 ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-1110</t>
   </si>
   <si>
     <t>Замок почтовый 18-18/40 ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>1.2.3 Навесные замки</t>
   </si>
   <si>
+    <t>79-0005</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 50мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0006</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 60мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0035</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 50мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0025</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 50мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0027</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 75мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0044</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 40мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0045</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 50мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0046</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 60мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0123</t>
+  </si>
+  <si>
+    <t>Замок навесной ВЗ-30 ДД ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0036</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 60мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0033</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 30мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0114</t>
+  </si>
+  <si>
+    <t>Замок навесной ВЗ-40 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0115</t>
+  </si>
+  <si>
+    <t>Замок навесной ВЗ-50 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0134</t>
+  </si>
+  <si>
+    <t>Замок навесной ССН-40 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
     <t>79-0003</t>
   </si>
   <si>
     <t>Замок навесной серия Чугун 32мм ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
+    <t>79-0034</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Сталь 40мм ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0023</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 32мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0024</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 40мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0026</t>
+  </si>
+  <si>
+    <t>Замок навесной серия Чугун 60мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0145</t>
+  </si>
+  <si>
+    <t>Замок навесной БР-55 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0124</t>
+  </si>
+  <si>
+    <t>Замок навесной ВЗ-40 ДД ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-0155</t>
+  </si>
+  <si>
+    <t>Замок навесной БР-50 ДД ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
     <t>79-0004</t>
   </si>
   <si>
     <t>Замок навесной серия Чугун 40мм ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-0005</t>
-[...10 lines deleted...]
-  <si>
     <t>79-0133</t>
   </si>
   <si>
     <t>Замок навесной ССН-30 ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-0007</t>
   </si>
   <si>
     <t>Замок навесной серия Чугун 75мм ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-0155</t>
-[...10 lines deleted...]
-  <si>
     <t>79-0037</t>
   </si>
   <si>
     <t>Замок навесной серия Сталь 70мм ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-0033</t>
-[...4 lines deleted...]
-  <si>
     <t>79-0043</t>
   </si>
   <si>
     <t>Замок навесной серия Сталь 30мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-0027</t>
-[...28 lines deleted...]
-  <si>
     <t>79-0002</t>
   </si>
   <si>
     <t>Замок навесной серия Чугун СЧ-25 Багажный ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-0023</t>
-[...28 lines deleted...]
-  <si>
     <t>79-0047</t>
   </si>
   <si>
     <t>Замок навесной серия Сталь 70мм длинная дужка ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-0113</t>
   </si>
   <si>
     <t>Замок навесной ВЗ-30 ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-0115</t>
-[...34 lines deleted...]
-  <si>
     <t>1.3 Клей и смазки</t>
   </si>
   <si>
     <t>1.3.1 Смазка</t>
   </si>
   <si>
+    <t>85-0024</t>
+  </si>
+  <si>
+    <t>Смазка для беговых дорожек 210 мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0008</t>
+  </si>
+  <si>
+    <t>SILICON 210 мл смазка силиконовая многоцелевая REXANT</t>
+  </si>
+  <si>
+    <t>85-0010</t>
+  </si>
+  <si>
+    <t>Смазка универсальная RX-40 210 мл REXANT</t>
+  </si>
+  <si>
+    <t>85-0011</t>
+  </si>
+  <si>
+    <t>Смазка для петель и замков с тефлоном 210 мл REXANT</t>
+  </si>
+  <si>
     <t>85-0009</t>
   </si>
   <si>
     <t>Смазка проникающая «Жидкий ключ» 210 мл REXANT</t>
   </si>
   <si>
     <t>85-0026</t>
   </si>
   <si>
     <t>Размораживатель замков 210 мл REXANT, аэрозоль</t>
   </si>
   <si>
-    <t>85-0008</t>
-[...22 lines deleted...]
-  <si>
     <t>1.3.2 Клей</t>
   </si>
   <si>
+    <t>61-0912</t>
+  </si>
+  <si>
+    <t>Универсальный секундный клей (3гр) PROconnect</t>
+  </si>
+  <si>
+    <t>61-0910</t>
+  </si>
+  <si>
+    <t>Универсальный секундный клей-гель PROconnect на мульти карте, 3 г</t>
+  </si>
+  <si>
+    <t>61-0900</t>
+  </si>
+  <si>
+    <t>Универсальный секундный клей PROconnect на мульти карте, 3 г</t>
+  </si>
+  <si>
     <t>61-0919</t>
   </si>
   <si>
     <t>Клей эпоксидный, шприц (6мл) PROconnect</t>
   </si>
   <si>
-    <t>61-0900</t>
-[...16 lines deleted...]
-  <si>
     <t>61-0918</t>
   </si>
   <si>
     <t>Клей влагостойкий для резины (30мл) PROconnect</t>
   </si>
   <si>
     <t>61-0913</t>
   </si>
   <si>
     <t>Универсальный секундный клей-гель (3гр) PROconnect</t>
   </si>
   <si>
+    <t>61-0922</t>
+  </si>
+  <si>
+    <t>Антиклей универсальный (3гр) PROconnect</t>
+  </si>
+  <si>
     <t>61-0917</t>
   </si>
   <si>
     <t>Клей для обуви (3гр) PROconnect</t>
   </si>
   <si>
-    <t>61-0922</t>
-[...2 lines deleted...]
-    <t>Антиклей универсальный (3гр) PROconnect</t>
+    <t>09-3969</t>
+  </si>
+  <si>
+    <t>Клей эпоксидный универсальный (смола+отвердитель) REXANT, 17 мл, шприц</t>
   </si>
   <si>
     <t>09-3968</t>
   </si>
   <si>
     <t>Клей эпоксидный универсальный (смола+отвердитель) REXANT, 110 мл</t>
   </si>
   <si>
-    <t>09-3969</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4 Зажигалки для газовых плит</t>
   </si>
   <si>
+    <t>61-0970</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бытовая газовая пьезозажигалка с классическим пламенем многоразовая (1 шт.) желтая СК-306 СОКОЛ  </t>
+  </si>
+  <si>
+    <t>61-0967</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бытовая газовая пьезозажигалка с классическим пламенем многоразовая (1 шт.) белая СК-306 СОКОЛ  </t>
+  </si>
+  <si>
+    <t>61-0969</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бытовая газовая пьезозажигалка с классическим пламенем многоразовая (1 шт.) зеленая СК-306 СОКОЛ  </t>
+  </si>
+  <si>
+    <t>61-0964</t>
+  </si>
+  <si>
+    <t>Бытовая газовая пьезозажигалка с классическим пламенем многоразовая (1 шт.) желтая  СК-302W с гибким стержнем  СОКОЛ</t>
+  </si>
+  <si>
+    <t>61-0968</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бытовая газовая пьезозажигалка с классическим пламенем многоразовая (1 шт.) красная  СК-306  СОКОЛ  </t>
+  </si>
+  <si>
     <t>61-0963</t>
   </si>
   <si>
     <t>Бытовая газовая пьезозажигалка с классическим пламенем многоразовая (1 шт.) оранжевая СК-302W с гибким стержнем СОКОЛ</t>
   </si>
   <si>
-    <t>61-0964</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">Бытовая газовая пьезозажигалка с классическим пламенем многоразовая (1 шт.) желтая СК-306 СОКОЛ  </t>
+    <t>61-0959</t>
+  </si>
+  <si>
+    <t>Бытовая газовая пьезозажигалка с классическим пламенем, многоразовая (1 шт.) черная СК-302L СОКОЛ</t>
   </si>
   <si>
     <t>61-0965</t>
   </si>
   <si>
     <t>Бытовая газовая пьезозажигалка с классическим пламенем многоразовая (1 шт.) зеленая СК-302W с гибким стержнем СОКОЛ</t>
   </si>
   <si>
     <t>61-0960</t>
   </si>
   <si>
     <t>Бытовая газовая пьезозажигалка с классическим пламенем, многоразовая (1 шт.) синяя СК-302L СОКОЛ</t>
   </si>
   <si>
     <t>61-0961</t>
   </si>
   <si>
     <t>Бытовая газовая пьезозажигалка с классическим пламенем, многоразовая (1 шт.) красная СК-302L СОКОЛ</t>
   </si>
   <si>
-    <t>61-0959</t>
-[...16 lines deleted...]
-  <si>
     <t>1.5 Термометр/Спиртометр аналоговые</t>
   </si>
   <si>
     <t>70-0612</t>
   </si>
   <si>
     <t>Термометр универсальный с поплавком REXANT</t>
   </si>
   <si>
     <t>70-0611</t>
   </si>
   <si>
     <t>Термометр для холодильника REXANT</t>
   </si>
   <si>
     <t>1.6 Подставки антивибрационные</t>
   </si>
   <si>
     <t>88-0401</t>
   </si>
   <si>
     <t>Антивибрационные подставки 4 шт. PROconnect</t>
   </si>
   <si>
     <t>1.7 ТЭН / Кипятильник</t>
   </si>
   <si>
     <t>1.7.1 ТЭН для водонагревателей</t>
   </si>
   <si>
+    <t>70-0355</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера ТЭН RCT 2,0 кВт, фланец 42 мм, резьбовой, термостат 15 A REXANT</t>
+  </si>
+  <si>
+    <t>70-0315-1</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера, ТЭН, RCF-1500 Вт, фланец М6, 48 мм</t>
+  </si>
+  <si>
+    <t>70-0324</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера, ТЭН, RDT TWC - 1500 Вт, диаметр фланца  42 мм</t>
+  </si>
+  <si>
     <t>70-0312-1</t>
   </si>
   <si>
     <t>Нагревательный элемент для бойлера, ТЭН, RF64-2000 Вт (700 Вт + 1300 Вт), фланец М4, 64 мм</t>
   </si>
   <si>
+    <t>70-0349</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера ТЭН RDT 1,2 кВт,резьбовой фланец  42 мм, термостат 15 A, кольцо уплотнительное D 42 мм REXANT</t>
+  </si>
+  <si>
+    <t>70-0352</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера ТЭН RDT 2,5 кВт,резьбовой фланец 42 мм, термостат 15 A, кольцо уплотнительное D 42 мм REXANT</t>
+  </si>
+  <si>
+    <t>70-0450</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера ТЭН RDT 1,5 кВт, резьбовой фланец 42 мм, термостат 15 A, кольцо уплотнительное D 42 мм REXANT</t>
+  </si>
+  <si>
+    <t>70-0451</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера ТЭН RDT 2,0 кВт,резьбовой фланец 42 мм, термостат 15 A, кольцо уплотнительное D 42 мм REXANT</t>
+  </si>
+  <si>
+    <t>70-0331</t>
+  </si>
+  <si>
+    <t>Термостат стержневой RTR, 20А, 80 градусов</t>
+  </si>
+  <si>
     <t>70-0326</t>
   </si>
   <si>
     <t>Нагревательный элемент для бойлера, ТЭН, RCT - 3000 Вт, фланец резьбовой  42 мм, место под анод М6</t>
   </si>
   <si>
     <t>70-0327</t>
   </si>
   <si>
     <t>Нагревательный элемент для бойлера, ТЭН, RDT - 2500 Вт, фланец 42 мм, место под анод М 6</t>
   </si>
   <si>
     <t>70-0328</t>
   </si>
   <si>
     <t>Термостат стержневой RTM, 15A, 70 градусов</t>
   </si>
   <si>
     <t>70-0330</t>
   </si>
   <si>
     <t>Термостат стержневой RTS-3, 16A, 70/83 градуса</t>
   </si>
   <si>
     <t>70-0317-1</t>
   </si>
   <si>
     <t>Нагревательный элемент для бойлера, ТЭН, RDT-1500 Вт, фланец М6, 42 мм, с терморегулятором 80 градусов и прокладкой</t>
   </si>
   <si>
+    <t>70-0353</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера ТЭН RDT 3,0 кВт, термостат 15 A, кольцо уплотнительное, фланец D 42 мм REXANT</t>
+  </si>
+  <si>
+    <t>70-0359</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера ТЭН RCF 2,0 кВт, фланец 48 мм, место под анод М6  REXANT</t>
+  </si>
+  <si>
+    <t>70-0325-1</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера, ТЭН, RDT-2000 Вт, фланец М6, 42 мм, с терморегулятором 70 градусов</t>
+  </si>
+  <si>
+    <t>70-0311-1</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера, ТЭН, RF64-1300 Вт, фланец М4, 64 мм</t>
+  </si>
+  <si>
+    <t>70-0313-1</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера, ТЭН, RCA-1500 Вт, фланец М5, 48 мм</t>
+  </si>
+  <si>
+    <t>70-0319-1</t>
+  </si>
+  <si>
+    <t>Нагревательный элемент для бойлера, ТЭН, RCT-2500 Вт, фланец М6, 42 мм, с терморегулятором 70 градусов</t>
+  </si>
+  <si>
     <t>70-0346</t>
   </si>
   <si>
     <t>Нагревательный элемент для бойлера ТЭН RF 1,0 кВт (750+250 Вт), фланец  70 мм REXANT</t>
   </si>
   <si>
-    <t>70-0349</t>
-[...4 lines deleted...]
-  <si>
     <t>70-0358</t>
   </si>
   <si>
     <t>Нагревательный элемент для бойлера ТЭН RCA 2,0 кВт, фланец  48 мм (длинные контакты), место плод анод М5 REXANT</t>
   </si>
   <si>
-    <t>70-0353</t>
-[...16 lines deleted...]
-  <si>
     <t>70-0323</t>
   </si>
   <si>
     <t>Нагревательный элемент для бойлера, ТЭН, RDT TW3 PA - 1200 Вт, место под анод М6, диаметр фланца 42 мм</t>
   </si>
   <si>
-    <t>70-0355</t>
-[...16 lines deleted...]
-  <si>
     <t>70-0321-1</t>
   </si>
   <si>
     <t>Нагревательный элемент для бойлера, ТЭН, RF64-2000 Вт (700 Вт + 1300 Вт), с анодом М4, 64 мм</t>
   </si>
   <si>
-    <t>70-0352</t>
-[...40 lines deleted...]
-  <si>
     <t>1.7.2 Кипятильник</t>
   </si>
   <si>
+    <t>70-0340</t>
+  </si>
+  <si>
+    <t>Кипятильник REXANT 500 Вт</t>
+  </si>
+  <si>
     <t>70-0341</t>
   </si>
   <si>
     <t>Кипятильник REXANT 1000 Вт</t>
   </si>
   <si>
+    <t>70-0343</t>
+  </si>
+  <si>
+    <t>Кипятильник REXANT 2000 Вт</t>
+  </si>
+  <si>
     <t>70-0342</t>
   </si>
   <si>
     <t>Кипятильник REXANT 1500 Вт</t>
-  </si>
-[...10 lines deleted...]
-    <t>Кипятильник REXANT 500 Вт</t>
   </si>
   <si>
     <t>1.8 Товары для уборки помещений и улиц</t>
   </si>
   <si>
     <t>1.8.1 Метлы, веники</t>
   </si>
   <si>
     <t>70-0368</t>
   </si>
   <si>
     <t>Плоская метла ЧЕТЫРЕ СЕЗОНА - LUX</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -1446,51 +1446,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pakety-s-zamkom-zip-lock-pvd-razmer-12h17sm-35kmk-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pakety-s-zamkom-zip-lock-pvd-razmer-10h15sm-35mkm-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pakety-s-zamkom-zip-lock-pvd-razmer-15h22sm-35kmk-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pakety-s-zamkom-zip-lock-pvd-razmer-8h12sm-35kmk-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pakety-s-zamkom-zip-lock-pvd-razmer-7h10sm-35kmk-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoloka-upakovochnaya-v-pvh-chernaya-buhta-250m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoloka-upakovochnaya-v-pvh-prozrachnaya-buhta-250m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoloka-upakovochnaya-v-pvh-belaya-buhta-2300m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoloka-upakovochnaya-v-pvh-belaya-buhta-250m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoloka-upakovochnaya-v-pvh-zelenaya-katushka-20m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skotch-upakovochnyy-rexant-48-mm-h-50-mkm-prozrachnyy-rulon-66-m" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skotch-upakovochnyy-rexant-48-mm-h-50-mkm-korichnevyy-rulon-150-m" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skotch-upakovochnyy-rexant-48-mm-h-50-mkm-korichnevyy-rulon-66-m" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skotch-upakovochnyy-48mm-h-50mkm-prozrachnyy-rulon-150m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/armirovannaya-kleykaya-lenta-rexant-48-mm-seraya-rulon-40-m" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skotch-upakovochnyy-48-mm-h-50-mkm-prozrachnyy-rulon-36-m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-vspenennaya-eva-osnova-chernyy-40mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-osnova-prozrachnyy-9mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-osnova-prozrachnyy-20mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nano-lenta-kleykaya-dvuhstoronnyaya-mnogorazovaya-25-mm-h-3-m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-chernaya-na-vhb-akrilovoy-osnove-6-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-6-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-osnova-prozrachnyy-12mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-vspenennaya-eva-osnova-chernyy-30mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-6mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-12mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-12-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-9mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-vspenennaya-eva-osnova-chernyy-25mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-chernaya-na-vhb-akrilovoy-osnove-12-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-10-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-20-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-20mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stretch-plenka-pervichnoe-syre-prozrachnaya-500-mm-h-20-mkm-1-9kg-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stretch-plenka-pervichnoe-syre-chernaya-500-mm-h-20-mkm-ves-2-0kg-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stretch-plenka-pervichnoe-syre-prozrachnaya-100-mm-h-20-mkm-0-23kg-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-protivoskolzyaschaya-samokleyaschayasya-50-mm-h-5-m-chernaya-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetootrazhayuschaya-samokleyaschayasya-50-mm-h-10-m-krasno-belaya-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-protivoskolzyaschaya-samokleyaschayasya-50-mm-h-18-m-chernaya-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-protivoskolzyaschaya-samokleyaschayasya-25-mm-h-5-m-chernaya-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-skoba-u-obrazaznyy-15h21sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-pochtovyy-18-20-40-chetyre-sezona" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-pochtovyy-18-30-40-chetyre-sezona" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-pochtovyy-18-18-40-chetyre-sezona" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-32mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-40mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-50mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-60mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-ssn-30-chetyre-sezona" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-75mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-br-50-dd-chetyre-sezona" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-60mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-70mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-30mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-30mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-75mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-40mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-40-chetyre-sezona" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-50mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-60mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-sch-25-bagazhnyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-32mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-50mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-40mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-50mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-60mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-70mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-30-chetyre-sezona" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-50-chetyre-sezona" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-40mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-ssn-40-chetyre-sezona" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-br-55-chetyre-sezona" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-30-dd-chetyre-sezona" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-40-dd-chetyre-sezona" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-pronikayuschaya-zhidkiy-klyuch-210-ml-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razmorazhivatel-zamkov-210-ml-rexant-aerozol" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silicon-210-ml-smazka-silikonovaya-mnogotselevaya-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-universalnaya-rx-40-210-ml-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-petel-i-zamkov-s-teflonom-210-ml-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-begovyh-dorozhek-210-ml-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-epoksidnyy-shprits-6ml-proconnect" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-sekundnyy-kley-proconnect-na-multi-karte-3-g" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-sekundnyy-kley-3gr-proconnect" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-sekundnyy-kley-gel-proconnect-na-multi-karte-3-g" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-vlagostoykiy-dlya-reziny-30ml-proconnect" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-sekundnyy-kley-gel-3gr-proconnect" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-dlya-obuvi-3gr-proconnect" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antikley-universalnyy-3gr-proconnect" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-epoksidnyy-universalnyy-smola-otverditel-rexant-110-ml" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-epoksidnyy-universalnyy-smola-otverditel-rexant-17-ml-shprits" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-oranzhevaya-sk-302w-s" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-zheltaya-sk-302w-s-gib" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-belaya-sk-306-sokol" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-zheltaya-sk-306-sokol" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-zelenaya-sk-302w-s-gib" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-sinyaya-sk-302l-sokol" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-krasnaya-sk-302l-sokol" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-chernaya-sk-302l-sokol" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-krasnaya-sk-306-sokol" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-zelenaya-sk-306-sokol" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-universalnyy-s-poplavkom-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-dlya-holodilnika-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antivibratsionnye-podstavki-4-sht-proconnect" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rf64-2000-vt-700-vt-1300-vt-flanets-m4-64-mm" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rct-3000-vt-flanets-rezbovoy-42-mm-mesto-pod-anod-m6" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-2500-vt-flanets-42-mm-mesto-pod-anod-m-6" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termostat-sterzhnevoy-rtm-15a-70-gradusov" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termostat-sterzhnevoy-rts-3-16a-70-83-gradusa" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-1500-vt-flanets-m6-42-mm-s-termoregulyatorom-80-gradusov" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rf-1-0-kvt-750-250-vt-flanets-70-mm-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-1-2-kvt-rezbovoy-flanets-42-mm-termostat-15-a-koltso-uplo" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rca-2-0-kvt-flanets-48-mm-dlinnye-kontakty-mesto-plod-anod-m5" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-3-0-kvt-termostat-15-a-koltso-uplotnitelnoe-flanets-d-42" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rcf-2-0-kvt-flanets-48-mm-mesto-pod-anod-m6-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termostat-sterzhnevoy-rtr-20a-80-gradusov" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-tw3-pa-1200-vt-mesto-pod-anod-m6-diametr-flantsa-42-mm" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rct-2-0-kvt-flanets-42-mm-rezbovoy-termostat-15-a-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-2000-vt-flanets-m6-42-mm-s-termoregulyatorom-70-gradusov" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rf64-1300-vt-flanets-m4-64-mm" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rf64-2000-vt-700-vt-1300-vt-s-anodom-m4-64-mm" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-2-5-kvt-rezbovoy-flanets-42-mm-termostat-15-a-koltso-uplo" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rca-1500-vt-flanets-m5-48-mm" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rcf-1500-vt-flanets-m6-48-mm" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rct-2500-vt-flanets-m6-42-mm-s-termoregulyatorom-70-gradusov" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-twc-1500-vt-diametr-flantsa-42-mm" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-2-0-kvt-rezbovoy-flanets-42-mm-termostat-15-a-koltso-uplo" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-1-5-kvt-rezbovoy-flanets-42-mm-termostat-15-a-koltso-uplo" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kipyatilnik-rexant-1000-vt" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kipyatilnik-rexant-1500-vt" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kipyatilnik-rexant-2000-vt" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kipyatilnik-rexant-500-vt" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskaya-metla-chetyre-sezona-lux" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pakety-s-zamkom-zip-lock-pvd-razmer-12h17sm-35kmk-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pakety-s-zamkom-zip-lock-pvd-razmer-15h22sm-35kmk-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pakety-s-zamkom-zip-lock-pvd-razmer-7h10sm-35kmk-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pakety-s-zamkom-zip-lock-pvd-razmer-8h12sm-35kmk-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pakety-s-zamkom-zip-lock-pvd-razmer-10h15sm-35mkm-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoloka-upakovochnaya-v-pvh-zelenaya-katushka-20m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoloka-upakovochnaya-v-pvh-belaya-buhta-2300m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoloka-upakovochnaya-v-pvh-chernaya-buhta-250m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoloka-upakovochnaya-v-pvh-prozrachnaya-buhta-250m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provoloka-upakovochnaya-v-pvh-belaya-buhta-250m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/armirovannaya-kleykaya-lenta-rexant-48-mm-seraya-rulon-40-m" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skotch-upakovochnyy-48-mm-h-50-mkm-prozrachnyy-rulon-36-m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skotch-upakovochnyy-rexant-48-mm-h-50-mkm-prozrachnyy-rulon-66-m" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skotch-upakovochnyy-48mm-h-50mkm-prozrachnyy-rulon-150m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skotch-upakovochnyy-rexant-48-mm-h-50-mkm-korichnevyy-rulon-150-m" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skotch-upakovochnyy-rexant-48-mm-h-50-mkm-korichnevyy-rulon-66-m" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-osnova-prozrachnyy-12mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-20mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-osnova-prozrachnyy-9mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-6mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-9mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-20-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-vspenennaya-eva-osnova-chernyy-30mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-vspenennaya-eva-osnova-chernyy-40mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-12mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-6-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-chernaya-na-vhb-akrilovoy-osnove-6-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-osnova-prozrachnyy-20mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nano-lenta-kleykaya-dvuhstoronnyaya-mnogorazovaya-25-mm-h-3-m-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-12-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-vspenennaya-eva-osnova-chernyy-25mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-chernaya-na-vhb-akrilovoy-osnove-12-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-10-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stretch-plenka-pervichnoe-syre-prozrachnaya-100-mm-h-20-mkm-0-23kg-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stretch-plenka-pervichnoe-syre-prozrachnaya-500-mm-h-20-mkm-1-9kg-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stretch-plenka-pervichnoe-syre-chernaya-500-mm-h-20-mkm-ves-2-0kg-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-protivoskolzyashchaya-samokleyashchayasya-50-mm-h-5-m-chernaya-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-protivoskolzyashchaya-samokleyashchayasya-50-mm-h-18-m-chernaya-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-protivoskolzyashchaya-samokleyashchayasya-25-mm-h-5-m-chernaya-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetootrazhayushchaya-samokleyashchayasya-50-mm-h-10-m-krasno-belaya-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-150sm-zelenyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-150sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-65sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-skoba-u-obrazaznyy-15h21sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-kodovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-100sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-100sm-chernyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-trosovyy-vzlomostoykiy-dlya-velosipedov-i-kolyasok-s-klyuchom-65sm-rozovyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-pochtovyy-18-2040-chetyre-sezona" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-pochtovyy-18-3040-chetyre-sezona" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-pochtovyy-18-1840-chetyre-sezona" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-50mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-60mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-50mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-50mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-75mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-40mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-50mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-60mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-30-dd-chetyre-sezona" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-60mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-30mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-40-chetyre-sezona" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-50-chetyre-sezona" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-ssn-40-chetyre-sezona" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-32mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-40mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-32mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-40mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-60mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-br-55-chetyre-sezona" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-40-dd-chetyre-sezona" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-br-50-dd-chetyre-sezona" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-40mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-ssn-30-chetyre-sezona" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-75mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-70mm-chetyre-sezona" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-30mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-chugun-sch-25-bagazhnyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-seriya-stal-70mm-dlinnaya-duzhka-chetyre-sezona" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-navesnoy-vz-30-chetyre-sezona" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-begovyh-dorozhek-210-ml-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silicon-210-ml-smazka-silikonovaya-mnogotselevaya-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-universalnaya-rx-40-210-ml-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-petel-i-zamkov-s-teflonom-210-ml-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-pronikayushchaya-zhidkiy-klyuch-210-ml-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razmorazhivatel-zamkov-210-ml-rexant-aerozol" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-sekundnyy-kley-3gr-proconnect" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-sekundnyy-kley-gel-proconnect-na-multi-karte-3-g" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-sekundnyy-kley-proconnect-na-multi-karte-3-g" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-epoksidnyy-shprits-6ml-proconnect" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-vlagostoykiy-dlya-reziny-30ml-proconnect" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-sekundnyy-kley-gel-3gr-proconnect" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antikley-universalnyy-3gr-proconnect" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-dlya-obuvi-3gr-proconnect" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-epoksidnyy-universalnyy-smola-otverditel-rexant-17-ml-shprits" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-epoksidnyy-universalnyy-smola-otverditel-rexant-110-ml" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-zheltaya-sk-306-sokol" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-belaya-sk-306-sokol" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-zelenaya-sk-306-sokol" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-zheltaya-sk-302w-s-gibkim-sterzhnem-sokol" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-krasnaya-sk-306-sokol" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-oranzhevaya-sk-302w-s-gibkim-sterzhnem-sokol" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-chernaya-sk-302l-sokol" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-zelenaya-sk-302w-s-gibkim-sterzhnem-sokol" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-sinyaya-sk-302l-sokol" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bytovaya-gazovaya-pezozazhigalka-s-klassicheskim-plamenem-mnogorazovaya-1-sht-krasnaya-sk-302l-sokol" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-universalnyy-s-poplavkom-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termometr-dlya-holodilnika-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antivibratsionnye-podstavki-4-sht-proconnect" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rct-2-0-kvt-flanets-42-mm-rezbovoy-termostat-15-a-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rcf-1500-vt-flanets-m6-48-mm" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-twc-1500-vt-diametr-flantsa-42-mm" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rf64-2000-vt-700-vt-1300-vt-flanets-m4-64-mm" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-1-2-kvt-rezbovoy-flanets-42-mm-termostat-15-a-koltso-uplotnitelnoe-d-42-mm-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-2-5-kvt-rezbovoy-flanets-42-mm-termostat-15-a-koltso-uplotnitelnoe-d-42-mm-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-1-5-kvt-rezbovoy-flanets-42-mm-termostat-15-a-koltso-uplotnitelnoe-d-42-mm-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-2-0-kvt-rezbovoy-flanets-42-mm-termostat-15-a-koltso-uplotnitelnoe-d-42-mm-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termostat-sterzhnevoy-rtr-20a-80-gradusov" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rct-3000-vt-flanets-rezbovoy-42-mm-mesto-pod-anod-m6" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-2500-vt-flanets-42-mm-mesto-pod-anod-m-6" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termostat-sterzhnevoy-rtm-15a-70-gradusov" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termostat-sterzhnevoy-rts-3-16a-7083-gradusa" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-1500-vt-flanets-m6-42-mm-s-termoregulyatorom-80-gradusov-i-prokladkoy" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-3-0-kvt-termostat-15-a-koltso-uplotnitelnoe-flanets-d-42-mm-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rcf-2-0-kvt-flanets-48-mm-mesto-pod-anod-m6-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-2000-vt-flanets-m6-42-mm-s-termoregulyatorom-70-gradusov" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rf64-1300-vt-flanets-m4-64-mm" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rca-1500-vt-flanets-m5-48-mm" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rct-2500-vt-flanets-m6-42-mm-s-termoregulyatorom-70-gradusov" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rf-1-0-kvt-750-250-vt-flanets-70-mm-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rca-2-0-kvt-flanets-48-mm-dlinnye-kontakty-mesto-plod-anod-m5-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rdt-tw3-pa-1200-vt-mesto-pod-anod-m6-diametr-flantsa-42-mm" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nagrevatelnyy-element-dlya-boylera-ten-rf64-2000-vt-700-vt-1300-vt-s-anodom-m4-64-mm" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kipyatilnik-rexant-500-vt" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kipyatilnik-rexant-1000-vt" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kipyatilnik-rexant-2000-vt" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kipyatilnik-rexant-1500-vt" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ploskaya-metla-chetyre-sezona-lux" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I174"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1549,1124 +1549,1124 @@
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
         <v>170.48</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>547</v>
+        <v>413</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>1000</v>
       </c>
       <c r="I5" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>120.98</v>
+        <v>230.98</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>343</v>
+        <v>480</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>1000</v>
       </c>
       <c r="I6" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>230.98</v>
+        <v>71.5</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>583</v>
+        <v>4</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>1000</v>
+        <v>160</v>
       </c>
       <c r="I7" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
         <v>87.99</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>830</v>
+        <v>353</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>1000</v>
       </c>
       <c r="I8" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>71.5</v>
+        <v>120.98</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>200</v>
+        <v>63</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>160</v>
+        <v>1000</v>
       </c>
       <c r="I9" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="3">
-        <v>905.13</v>
+        <v>167.81</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F11" s="3">
-        <v>120</v>
+        <v>1</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>20</v>
+        <v>300</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>915.3</v>
+        <v>3313.14</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F12" s="3">
-        <v>374</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>3313.14</v>
+        <v>905.13</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F13" s="3">
-        <v>10</v>
+        <v>723</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>1932.3</v>
+        <v>915.3</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F14" s="3">
-        <v>42</v>
+        <v>1087</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>167.81</v>
+        <v>1932.3</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F15" s="3">
-        <v>465</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>300</v>
+        <v>15</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C17" s="3">
-        <v>123.55</v>
+        <v>457.65</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F17" s="3">
-        <v>7758</v>
+        <v>1481</v>
       </c>
       <c r="G17" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>249.46</v>
+        <v>71.19</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F18" s="3">
-        <v>342</v>
+        <v>2478</v>
       </c>
       <c r="G18" s="3">
         <v>6</v>
       </c>
       <c r="H18" s="3">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="3">
         <v>123.55</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F19" s="3">
-        <v>2892</v>
+        <v>8508</v>
       </c>
       <c r="G19" s="3">
         <v>6</v>
       </c>
       <c r="H19" s="3">
         <v>72</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="3">
         <v>249.46</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F20" s="3">
-        <v>5358</v>
+        <v>5238</v>
       </c>
       <c r="G20" s="3">
         <v>6</v>
       </c>
       <c r="H20" s="3">
         <v>36</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>457.65</v>
+        <v>249.46</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F21" s="3">
-        <v>1977</v>
+        <v>1164</v>
       </c>
       <c r="G21" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H21" s="3">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>71.19</v>
+        <v>123.55</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F22" s="3">
-        <v>2010</v>
+        <v>2664</v>
       </c>
       <c r="G22" s="3">
         <v>6</v>
       </c>
       <c r="H22" s="3">
         <v>72</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C24" s="3">
-        <v>208.49</v>
+        <v>203.4</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F24" s="3">
-        <v>98</v>
+        <v>3179</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>108</v>
+        <v>207</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C25" s="3">
-        <v>162.72</v>
+        <v>246.11</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F25" s="3">
-        <v>42010</v>
+        <v>5437</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>270</v>
+        <v>135</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C26" s="3">
-        <v>284.76</v>
+        <v>162.72</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F26" s="3">
-        <v>1082</v>
+        <v>17491</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>135</v>
+        <v>270</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="3">
-        <v>305.16</v>
+        <v>111.87</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F27" s="3">
-        <v>0</v>
+        <v>8800</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>108</v>
+        <v>414</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C28" s="3">
-        <v>152.55</v>
+        <v>145.43</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F28" s="3">
-        <v>849</v>
+        <v>7610</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>180</v>
+        <v>270</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C29" s="3">
-        <v>193.23</v>
+        <v>335.61</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F29" s="3">
-        <v>4133</v>
+        <v>1690</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="3">
-        <v>203.4</v>
+        <v>164.75</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F30" s="3">
-        <v>8975</v>
+        <v>3394</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>207</v>
+        <v>144</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C31" s="3">
-        <v>164.75</v>
+        <v>208.49</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F31" s="3">
-        <v>1843</v>
+        <v>4112</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>144</v>
+        <v>108</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C32" s="3">
-        <v>111.87</v>
+        <v>172.89</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F32" s="3">
-        <v>6299</v>
+        <v>7075</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>414</v>
+        <v>207</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>172.89</v>
+        <v>193.23</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F33" s="3">
-        <v>5311</v>
+        <v>2145</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>207</v>
+        <v>180</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>254.25</v>
+        <v>152.55</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F34" s="3">
-        <v>3283</v>
+        <v>418</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C35" s="3">
-        <v>145.43</v>
+        <v>284.76</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F35" s="3">
-        <v>4111</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>270</v>
+        <v>135</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C36" s="3">
-        <v>142.38</v>
+        <v>305.16</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F36" s="3">
-        <v>4494</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>180</v>
+        <v>108</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C37" s="3">
-        <v>228.83</v>
+        <v>254.25</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F37" s="3">
-        <v>3744</v>
+        <v>2804</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>168</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C38" s="3">
-        <v>213.57</v>
+        <v>142.38</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F38" s="3">
-        <v>3689</v>
+        <v>11138</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="I38" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C39" s="3">
-        <v>335.61</v>
+        <v>228.83</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F39" s="3">
-        <v>2943</v>
+        <v>3606</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>120</v>
+        <v>168</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C40" s="3">
-        <v>246.11</v>
+        <v>213.57</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F40" s="3">
-        <v>4644</v>
+        <v>1814</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>135</v>
+        <v>168</v>
       </c>
       <c r="I40" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
         <v>84</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C42" s="3">
-        <v>991.57</v>
+        <v>203.4</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>27</v>
+        <v>87</v>
       </c>
       <c r="F42" s="3">
-        <v>385</v>
+        <v>1290</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>6</v>
+        <v>40</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C43" s="3">
-        <v>1037.34</v>
+        <v>991.57</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F43" s="3">
-        <v>111</v>
+        <v>447</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>6</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C44" s="3">
-        <v>203.4</v>
+        <v>1037.34</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>91</v>
+        <v>27</v>
       </c>
       <c r="F44" s="3">
-        <v>946</v>
+        <v>300</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>40</v>
+        <v>6</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="2" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
       <c r="D45" s="2"/>
       <c r="E45" s="2"/>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
       <c r="I45" s="2"/>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>94</v>
       </c>
@@ -2678,766 +2678,766 @@
       </c>
       <c r="E46" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F46" s="3">
         <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>54</v>
       </c>
       <c r="I46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C47" s="3">
-        <v>610.32</v>
+        <v>1017</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F47" s="3">
-        <v>195</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="I47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C48" s="3">
-        <v>1017</v>
+        <v>203.4</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F48" s="3">
-        <v>483</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>24</v>
+        <v>108</v>
       </c>
       <c r="I48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C49" s="3">
-        <v>203.4</v>
+        <v>610.32</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F49" s="3">
         <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>108</v>
+        <v>45</v>
       </c>
       <c r="I49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
         <v>101</v>
       </c>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
       <c r="D50" s="2"/>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
       <c r="I50" s="2"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="2" t="s">
         <v>102</v>
       </c>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
       <c r="D51" s="2"/>
       <c r="E51" s="2"/>
       <c r="F51" s="2"/>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
       <c r="I51" s="2"/>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C52" s="3">
-        <v>610.2</v>
+        <v>722.07</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F52" s="3">
-        <v>472</v>
+        <v>561</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C53" s="3">
-        <v>742.41</v>
+        <v>711.9</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F53" s="3">
-        <v>983</v>
+        <v>544</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>40</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C54" s="3">
-        <v>722.07</v>
+        <v>711.9</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F54" s="3">
-        <v>0</v>
+        <v>43</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>40</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C55" s="3">
-        <v>661.05</v>
+        <v>864.45</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F55" s="3">
-        <v>269</v>
+        <v>392</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C56" s="3">
-        <v>539.01</v>
+        <v>823.77</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F56" s="3">
-        <v>0</v>
+        <v>319</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C57" s="3">
-        <v>528.84</v>
+        <v>610.2</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F57" s="3">
-        <v>0</v>
+        <v>403</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>60</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C58" s="3">
-        <v>1067.85</v>
+        <v>722.07</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F58" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C59" s="3">
-        <v>732.24</v>
+        <v>528.84</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F59" s="3">
         <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C60" s="3">
-        <v>711.9</v>
+        <v>610.2</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F60" s="3">
-        <v>646</v>
+        <v>1270</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C61" s="3">
-        <v>610.2</v>
+        <v>630.54</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F61" s="3">
-        <v>1339</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>60</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C62" s="3">
-        <v>620.37</v>
+        <v>630.54</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F62" s="3">
-        <v>170</v>
+        <v>460</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>60</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C63" s="3">
-        <v>528.84</v>
+        <v>823.77</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F63" s="3">
-        <v>526</v>
+        <v>477</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C64" s="3">
-        <v>711.9</v>
+        <v>742.41</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F64" s="3">
-        <v>138</v>
+        <v>552</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>40</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C65" s="3">
-        <v>823.77</v>
+        <v>661.05</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F65" s="3">
-        <v>556</v>
+        <v>169</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C66" s="3">
-        <v>722.07</v>
+        <v>539.01</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F66" s="3">
-        <v>671</v>
+        <v>1</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C67" s="3">
-        <v>630.54</v>
+        <v>1067.85</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F67" s="3">
         <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C68" s="3">
-        <v>630.54</v>
+        <v>732.24</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F68" s="3">
-        <v>535</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C69" s="3">
-        <v>864.45</v>
+        <v>620.37</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F69" s="3">
-        <v>424</v>
+        <v>0</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C70" s="3">
-        <v>823.77</v>
+        <v>528.84</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F70" s="3">
-        <v>339</v>
+        <v>422</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="2" t="s">
         <v>141</v>
       </c>
       <c r="B71" s="2"/>
       <c r="C71" s="2"/>
       <c r="D71" s="2"/>
       <c r="E71" s="2"/>
       <c r="F71" s="2"/>
       <c r="G71" s="2"/>
       <c r="H71" s="2"/>
       <c r="I71" s="2"/>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C72" s="3">
         <v>122.04</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F72" s="3">
-        <v>0</v>
+        <v>15914</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>240</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C73" s="3">
         <v>181.03</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F73" s="3">
-        <v>4816</v>
+        <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>240</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C74" s="3">
         <v>105.77</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
@@ -3455,1707 +3455,1707 @@
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="2" t="s">
         <v>148</v>
       </c>
       <c r="B75" s="2"/>
       <c r="C75" s="2"/>
       <c r="D75" s="2"/>
       <c r="E75" s="2"/>
       <c r="F75" s="2"/>
       <c r="G75" s="2"/>
       <c r="H75" s="2"/>
       <c r="I75" s="2"/>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C76" s="3">
-        <v>137.3</v>
+        <v>249.17</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F76" s="3">
-        <v>84</v>
+        <v>4440</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>144</v>
+        <v>72</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C77" s="3">
-        <v>177.98</v>
+        <v>406.8</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F77" s="3">
-        <v>1470</v>
+        <v>4090</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>144</v>
+        <v>72</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C78" s="3">
-        <v>249.17</v>
+        <v>315.27</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F78" s="3">
-        <v>5129</v>
+        <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>72</v>
+        <v>96</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C79" s="3">
-        <v>406.8</v>
+        <v>274.59</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F79" s="3">
-        <v>4397</v>
+        <v>823</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>72</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C80" s="3">
-        <v>203.4</v>
+        <v>549.18</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F80" s="3">
         <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>120</v>
+        <v>48</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C81" s="3">
-        <v>518.67</v>
+        <v>254.25</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F81" s="3">
-        <v>1438</v>
+        <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C82" s="3">
-        <v>310.19</v>
+        <v>345.78</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F82" s="3">
-        <v>0</v>
+        <v>1481</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>36</v>
+        <v>96</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C83" s="3">
-        <v>401.72</v>
+        <v>437.31</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F83" s="3">
-        <v>1985</v>
+        <v>23</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C84" s="3">
-        <v>503.42</v>
+        <v>315.27</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F84" s="3">
-        <v>630</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>72</v>
+        <v>96</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C85" s="3">
-        <v>172.89</v>
+        <v>401.72</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F85" s="3">
-        <v>1680</v>
+        <v>1738</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>144</v>
+        <v>36</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C86" s="3">
-        <v>183.06</v>
+        <v>172.89</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F86" s="3">
         <v>0</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
         <v>144</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C87" s="3">
-        <v>549.18</v>
+        <v>355.95</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F87" s="3">
-        <v>809</v>
+        <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C88" s="3">
-        <v>193.23</v>
+        <v>508.5</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F88" s="3">
-        <v>2182</v>
+        <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>144</v>
+        <v>72</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C89" s="3">
-        <v>355.95</v>
+        <v>264.42</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F89" s="3">
-        <v>0</v>
+        <v>1469</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
         <v>72</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C90" s="3">
-        <v>315.27</v>
+        <v>137.3</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F90" s="3">
-        <v>2137</v>
+        <v>0</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>96</v>
+        <v>144</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C91" s="3">
-        <v>447.48</v>
+        <v>239</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F91" s="3">
-        <v>692</v>
+        <v>675</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>48</v>
+        <v>144</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C92" s="3">
-        <v>101.7</v>
+        <v>156.62</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F92" s="3">
         <v>0</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>216</v>
+        <v>144</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C93" s="3">
-        <v>156.62</v>
+        <v>193.23</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F93" s="3">
-        <v>0</v>
+        <v>317</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
         <v>144</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C94" s="3">
-        <v>274.59</v>
+        <v>447.48</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F94" s="3">
-        <v>1320</v>
+        <v>500</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C95" s="3">
-        <v>254.25</v>
+        <v>278.66</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F95" s="3">
-        <v>4336</v>
+        <v>0</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>96</v>
+        <v>36</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C96" s="3">
-        <v>345.78</v>
+        <v>432.23</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F96" s="3">
-        <v>1840</v>
+        <v>0</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C97" s="3">
-        <v>437.31</v>
+        <v>310.19</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F97" s="3">
-        <v>449</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>72</v>
+        <v>36</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C98" s="3">
-        <v>528.84</v>
+        <v>177.98</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F98" s="3">
-        <v>706</v>
+        <v>0</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>72</v>
+        <v>144</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C99" s="3">
-        <v>310</v>
+        <v>203.4</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F99" s="3">
-        <v>1780</v>
+        <v>0</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
         <v>120</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C100" s="3">
-        <v>508.5</v>
+        <v>518.67</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F100" s="3">
-        <v>0</v>
+        <v>1191</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C101" s="3">
-        <v>239</v>
+        <v>503.42</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F101" s="3">
-        <v>1661</v>
+        <v>307</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>144</v>
+        <v>72</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C102" s="3">
-        <v>264.42</v>
+        <v>183.06</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F102" s="3">
-        <v>2157</v>
+        <v>0</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>72</v>
+        <v>144</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C103" s="3">
-        <v>278.66</v>
+        <v>101.7</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F103" s="3">
         <v>0</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>36</v>
+        <v>216</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C104" s="3">
-        <v>315.27</v>
+        <v>528.84</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F104" s="3">
-        <v>0</v>
+        <v>547</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C105" s="3">
-        <v>432.23</v>
+        <v>310</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F105" s="3">
-        <v>0</v>
+        <v>1531</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>72</v>
+        <v>120</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="2" t="s">
         <v>209</v>
       </c>
       <c r="B106" s="2"/>
       <c r="C106" s="2"/>
       <c r="D106" s="2"/>
       <c r="E106" s="2"/>
       <c r="F106" s="2"/>
       <c r="G106" s="2"/>
       <c r="H106" s="2"/>
       <c r="I106" s="2"/>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="2" t="s">
         <v>210</v>
       </c>
       <c r="B107" s="2"/>
       <c r="C107" s="2"/>
       <c r="D107" s="2"/>
       <c r="E107" s="2"/>
       <c r="F107" s="2"/>
       <c r="G107" s="2"/>
       <c r="H107" s="2"/>
       <c r="I107" s="2"/>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C108" s="3">
-        <v>239</v>
+        <v>396.63</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F108" s="3">
-        <v>1513</v>
+        <v>0</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
         <v>12</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C109" s="3">
-        <v>307.13</v>
+        <v>264.42</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F109" s="3">
-        <v>0</v>
+        <v>1391</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
         <v>12</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C110" s="3">
-        <v>264.42</v>
+        <v>244.08</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F110" s="3">
-        <v>7065</v>
+        <v>4150</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
         <v>12</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C111" s="3">
-        <v>244.08</v>
+        <v>279.68</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F111" s="3">
         <v>0</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
         <v>12</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C112" s="3">
-        <v>279.68</v>
+        <v>239</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F112" s="3">
-        <v>3775</v>
+        <v>178</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
         <v>12</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C113" s="3">
-        <v>396.63</v>
+        <v>307.13</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F113" s="3">
-        <v>862</v>
+        <v>7</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
         <v>12</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="2" t="s">
         <v>223</v>
       </c>
       <c r="B114" s="2"/>
       <c r="C114" s="2"/>
       <c r="D114" s="2"/>
       <c r="E114" s="2"/>
       <c r="F114" s="2"/>
       <c r="G114" s="2"/>
       <c r="H114" s="2"/>
       <c r="I114" s="2"/>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C115" s="3">
-        <v>111.87</v>
+        <v>32.54</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F115" s="3">
-        <v>29955</v>
+        <v>51907</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
         <v>288</v>
       </c>
       <c r="I115" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C116" s="3">
-        <v>17.29</v>
+        <v>20.34</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F116" s="3">
-        <v>93651</v>
+        <v>82558</v>
       </c>
       <c r="G116" s="3">
         <v>12</v>
       </c>
       <c r="H116" s="3">
         <v>288</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C117" s="3">
-        <v>32.54</v>
+        <v>17.29</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F117" s="3">
-        <v>52797</v>
+        <v>68051</v>
       </c>
       <c r="G117" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H117" s="3">
         <v>288</v>
       </c>
       <c r="I117" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C118" s="3">
-        <v>20.34</v>
+        <v>111.87</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F118" s="3">
-        <v>118526</v>
+        <v>28054</v>
       </c>
       <c r="G118" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H118" s="3">
         <v>288</v>
       </c>
       <c r="I118" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C119" s="3">
         <v>106.79</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F119" s="3">
-        <v>9248</v>
+        <v>8804</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
         <v>288</v>
       </c>
       <c r="I119" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>234</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>235</v>
       </c>
       <c r="C120" s="3">
         <v>34.58</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F120" s="3">
-        <v>51171</v>
+        <v>49091</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
         <v>288</v>
       </c>
       <c r="I120" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>236</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>237</v>
       </c>
       <c r="C121" s="3">
-        <v>40.68</v>
+        <v>37.63</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F121" s="3">
-        <v>22572</v>
+        <v>21952</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
         <v>288</v>
       </c>
       <c r="I121" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C122" s="3">
-        <v>37.63</v>
+        <v>40.68</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F122" s="3">
-        <v>22439</v>
+        <v>21480</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
         <v>288</v>
       </c>
       <c r="I122" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C123" s="3">
-        <v>516.23</v>
+        <v>177.98</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F123" s="3">
-        <v>568</v>
+        <v>252</v>
       </c>
       <c r="G123" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>25</v>
+        <v>200</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C124" s="3">
-        <v>177.98</v>
+        <v>516.23</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F124" s="3">
-        <v>717</v>
+        <v>340</v>
       </c>
       <c r="G124" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H124" s="3">
-        <v>200</v>
+        <v>25</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="2" t="s">
         <v>244</v>
       </c>
       <c r="B125" s="2"/>
       <c r="C125" s="2"/>
       <c r="D125" s="2"/>
       <c r="E125" s="2"/>
       <c r="F125" s="2"/>
       <c r="G125" s="2"/>
       <c r="H125" s="2"/>
       <c r="I125" s="2"/>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>245</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>246</v>
       </c>
       <c r="C126" s="3">
-        <v>167.81</v>
+        <v>183.06</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F126" s="3">
         <v>0</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
         <v>144</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>248</v>
       </c>
       <c r="C127" s="3">
-        <v>193.23</v>
+        <v>152.55</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F127" s="3">
-        <v>3589</v>
+        <v>1220</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
         <v>144</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C128" s="3">
-        <v>152.55</v>
+        <v>128.14</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F128" s="3">
-        <v>1494</v>
+        <v>5472</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
         <v>144</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C129" s="3">
-        <v>183.06</v>
+        <v>193.23</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F129" s="3">
-        <v>0</v>
+        <v>3324</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
         <v>144</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C130" s="3">
-        <v>160.18</v>
+        <v>152.55</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F130" s="3">
-        <v>9355</v>
+        <v>0</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
         <v>144</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>255</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>256</v>
       </c>
       <c r="C131" s="3">
-        <v>138.31</v>
+        <v>167.81</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F131" s="3">
         <v>0</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
         <v>144</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>257</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>258</v>
       </c>
       <c r="C132" s="3">
-        <v>135.26</v>
+        <v>213.49</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F132" s="3">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
         <v>144</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>259</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>260</v>
       </c>
       <c r="C133" s="3">
-        <v>213.49</v>
+        <v>160.18</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F133" s="3">
-        <v>0</v>
+        <v>8409</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
         <v>144</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>261</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C134" s="3">
-        <v>152.55</v>
+        <v>138.31</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F134" s="3">
         <v>0</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
         <v>144</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>263</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C135" s="3">
-        <v>128.14</v>
+        <v>135.26</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F135" s="3">
-        <v>6451</v>
+        <v>0</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
         <v>144</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="2" t="s">
         <v>265</v>
       </c>
       <c r="B136" s="2"/>
       <c r="C136" s="2"/>
       <c r="D136" s="2"/>
       <c r="E136" s="2"/>
       <c r="F136" s="2"/>
       <c r="G136" s="2"/>
       <c r="H136" s="2"/>
       <c r="I136" s="2"/>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
@@ -5182,999 +5182,999 @@
       </c>
       <c r="H137" s="3">
         <v>200</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>268</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>269</v>
       </c>
       <c r="C138" s="3">
         <v>148.28</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F138" s="3">
-        <v>287</v>
+        <v>1101</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
         <v>140</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="2" t="s">
         <v>270</v>
       </c>
       <c r="B139" s="2"/>
       <c r="C139" s="2"/>
       <c r="D139" s="2"/>
       <c r="E139" s="2"/>
       <c r="F139" s="2"/>
       <c r="G139" s="2"/>
       <c r="H139" s="2"/>
       <c r="I139" s="2"/>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>271</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>272</v>
       </c>
       <c r="C140" s="3">
         <v>263.61</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F140" s="3">
-        <v>102</v>
+        <v>421</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
         <v>50</v>
       </c>
       <c r="I140" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="2" t="s">
         <v>273</v>
       </c>
       <c r="B141" s="2"/>
       <c r="C141" s="2"/>
       <c r="D141" s="2"/>
       <c r="E141" s="2"/>
       <c r="F141" s="2"/>
       <c r="G141" s="2"/>
       <c r="H141" s="2"/>
       <c r="I141" s="2"/>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="2" t="s">
         <v>274</v>
       </c>
       <c r="B142" s="2"/>
       <c r="C142" s="2"/>
       <c r="D142" s="2"/>
       <c r="E142" s="2"/>
       <c r="F142" s="2"/>
       <c r="G142" s="2"/>
       <c r="H142" s="2"/>
       <c r="I142" s="2"/>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>275</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>276</v>
       </c>
       <c r="C143" s="3">
-        <v>1728.9</v>
+        <v>3295.08</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F143" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
         <v>50</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>277</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>278</v>
       </c>
       <c r="C144" s="3">
-        <v>3844.26</v>
+        <v>1240.74</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F144" s="3">
-        <v>0</v>
+        <v>623</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
         <v>50</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>279</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C145" s="3">
-        <v>2084.85</v>
+        <v>3284.91</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F145" s="3">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
         <v>50</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C146" s="3">
-        <v>2288.25</v>
+        <v>1728.9</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F146" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
         <v>50</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>283</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>284</v>
       </c>
       <c r="C147" s="3">
-        <v>3751.27</v>
+        <v>2965.57</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F147" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
         <v>50</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>285</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>286</v>
       </c>
       <c r="C148" s="3">
-        <v>1718.73</v>
+        <v>3295.08</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F148" s="3">
-        <v>0</v>
+        <v>33</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
         <v>50</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>287</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>288</v>
       </c>
       <c r="C149" s="3">
-        <v>2135.7</v>
+        <v>3254.4</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F149" s="3">
-        <v>4</v>
+        <v>63</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
         <v>50</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>289</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C150" s="3">
-        <v>2965.57</v>
+        <v>3350</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F150" s="3">
-        <v>0</v>
+        <v>132</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
         <v>50</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>291</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>292</v>
       </c>
       <c r="C151" s="3">
-        <v>1932.3</v>
+        <v>1556.01</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F151" s="3">
         <v>0</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
         <v>50</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>293</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>294</v>
       </c>
       <c r="C152" s="3">
-        <v>3404.92</v>
+        <v>3844.26</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F152" s="3">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
         <v>50</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>295</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>296</v>
       </c>
       <c r="C153" s="3">
-        <v>2339.1</v>
+        <v>2084.85</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F153" s="3">
-        <v>39</v>
+        <v>0</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
         <v>50</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>297</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>298</v>
       </c>
       <c r="C154" s="3">
-        <v>1556.01</v>
+        <v>2288.25</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F154" s="3">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
         <v>50</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>299</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>300</v>
       </c>
       <c r="C155" s="3">
-        <v>2745.9</v>
+        <v>3751.27</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F155" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
         <v>50</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C156" s="3">
-        <v>3295.08</v>
+        <v>1718.73</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F156" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
         <v>50</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>304</v>
       </c>
       <c r="C157" s="3">
-        <v>3051</v>
+        <v>3404.92</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F157" s="3">
-        <v>0</v>
+        <v>72</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
         <v>50</v>
       </c>
       <c r="I157" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>305</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>306</v>
       </c>
       <c r="C158" s="3">
-        <v>1271.25</v>
+        <v>2339.1</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F158" s="3">
         <v>0</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
         <v>50</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>307</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>308</v>
       </c>
       <c r="C159" s="3">
-        <v>1830.6</v>
+        <v>3051</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F159" s="3">
-        <v>582</v>
+        <v>0</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
         <v>50</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>309</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>310</v>
       </c>
       <c r="C160" s="3">
-        <v>3295.08</v>
+        <v>1271.25</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F160" s="3">
-        <v>168</v>
+        <v>0</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
         <v>50</v>
       </c>
       <c r="I160" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>311</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>312</v>
       </c>
       <c r="C161" s="3">
         <v>1118.7</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F161" s="3">
         <v>0</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
         <v>50</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>313</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>314</v>
       </c>
       <c r="C162" s="3">
-        <v>1240.74</v>
+        <v>2166.21</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F162" s="3">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
         <v>50</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>315</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>316</v>
       </c>
       <c r="C163" s="3">
-        <v>2166.21</v>
+        <v>2135.7</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F163" s="3">
-        <v>122</v>
+        <v>0</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
         <v>50</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
         <v>317</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>318</v>
       </c>
       <c r="C164" s="3">
-        <v>3284.91</v>
+        <v>1932.3</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F164" s="3">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
         <v>50</v>
       </c>
       <c r="I164" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>320</v>
       </c>
       <c r="C165" s="3">
-        <v>3350</v>
+        <v>2745.9</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F165" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
         <v>50</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
         <v>321</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>322</v>
       </c>
       <c r="C166" s="3">
-        <v>3254.4</v>
+        <v>1830.6</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F166" s="3">
-        <v>0</v>
+        <v>465</v>
       </c>
       <c r="G166" s="3">
         <v>1</v>
       </c>
       <c r="H166" s="3">
         <v>50</v>
       </c>
       <c r="I166" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="2" t="s">
         <v>323</v>
       </c>
       <c r="B167" s="2"/>
       <c r="C167" s="2"/>
       <c r="D167" s="2"/>
       <c r="E167" s="2"/>
       <c r="F167" s="2"/>
       <c r="G167" s="2"/>
       <c r="H167" s="2"/>
       <c r="I167" s="2"/>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C168" s="3">
-        <v>264.42</v>
+        <v>203.4</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F168" s="3">
-        <v>4801</v>
+        <v>0</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
         <v>326</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>327</v>
       </c>
       <c r="C169" s="3">
-        <v>315.27</v>
+        <v>264.42</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F169" s="3">
-        <v>4722</v>
+        <v>4255</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
         <v>100</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>328</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C170" s="3">
         <v>335.61</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F170" s="3">
-        <v>4792</v>
+        <v>3932</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
         <v>100</v>
       </c>
       <c r="I170" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>330</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C171" s="3">
-        <v>203.4</v>
+        <v>315.27</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F171" s="3">
-        <v>0</v>
+        <v>4247</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I171" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="2" t="s">
         <v>332</v>
       </c>
       <c r="B172" s="2"/>
       <c r="C172" s="2"/>
       <c r="D172" s="2"/>
       <c r="E172" s="2"/>
       <c r="F172" s="2"/>
       <c r="G172" s="2"/>
       <c r="H172" s="2"/>
       <c r="I172" s="2"/>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="2" t="s">
         <v>333</v>
       </c>
       <c r="B173" s="2"/>
       <c r="C173" s="2"/>
       <c r="D173" s="2"/>
       <c r="E173" s="2"/>
       <c r="F173" s="2"/>
       <c r="G173" s="2"/>
       <c r="H173" s="2"/>
       <c r="I173" s="2"/>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>335</v>
       </c>
       <c r="C174" s="3">
         <v>320.36</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>27</v>
       </c>
       <c r="F174" s="3">
-        <v>976</v>
+        <v>622</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
         <v>30</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="23">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A10:I10"/>
     <mergeCell ref="A16:I16"/>
     <mergeCell ref="A23:I23"/>
     <mergeCell ref="A41:I41"/>
     <mergeCell ref="A45:I45"/>
     <mergeCell ref="A50:I50"/>
     <mergeCell ref="A51:I51"/>
     <mergeCell ref="A71:I71"/>
     <mergeCell ref="A75:I75"/>