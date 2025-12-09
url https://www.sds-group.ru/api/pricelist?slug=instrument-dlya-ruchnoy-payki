--- v0 (2025-10-15)
+++ v1 (2025-12-09)
@@ -42,2275 +42,2275 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Инструмент для ручной пайки</t>
   </si>
   <si>
-    <t>1.1 Паяльники</t>
-[...8 lines deleted...]
-    <t>Паяльник долговечное жало, серия Classic, 80Вт, 230В, блистер PROconnect</t>
+    <t>1.1 Вспомогательное оборудование</t>
+  </si>
+  <si>
+    <t>12-0205</t>
+  </si>
+  <si>
+    <t>Вакуумный экстрактор припоя (оловоотсос), металл REXANT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
-    <t>12-0122</t>
-[...389 lines deleted...]
-    <t>1.2 Держатели для паяльников (подставка / "третья рука")</t>
+    <t>12-6031</t>
+  </si>
+  <si>
+    <t>Набор монтажного инструмента для пайки REXANT, 6 предметов</t>
+  </si>
+  <si>
+    <t>12-0202</t>
+  </si>
+  <si>
+    <t>Вакуумный экстрактор припоя (оловоотсос), металл/пластик REXANT</t>
+  </si>
+  <si>
+    <t>12-0255</t>
+  </si>
+  <si>
+    <t>Антистатический браслет REXANT</t>
+  </si>
+  <si>
+    <t>09-3601</t>
+  </si>
+  <si>
+    <t>Кисточка стекловолоконная для нанесения флюсов 3 мм REXANT</t>
+  </si>
+  <si>
+    <t>12-0204</t>
+  </si>
+  <si>
+    <t>Вакуумный экстрактор припоя (оловоотсос), пластик, прозрачно-красный REXANT</t>
+  </si>
+  <si>
+    <t>12-0201</t>
+  </si>
+  <si>
+    <t>Вакуумный экстрактор припоя (оловоотсос), пластик  REXANT</t>
+  </si>
+  <si>
+    <t>12-0334</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коврик антистатический термостойкий 329х208х2.6 мм черный </t>
+  </si>
+  <si>
+    <t>1.2 Запасные части для паяльного оборудования</t>
+  </si>
+  <si>
+    <t>12-9725</t>
+  </si>
+  <si>
+    <t>Жало для паяльника серии 900М, Ø4,3мм, тип скошенный большой 4,0мм, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9944</t>
+  </si>
+  <si>
+    <t>Жало для паяльника медное ЭПСН, Ø6,8мм, тип плоский, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9961</t>
+  </si>
+  <si>
+    <t>Жало для импульсного паяльника долговечное Ø3,8мм, тип конус, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9810</t>
+  </si>
+  <si>
+    <t>Жало выжигательное «игла», (для 12-0142) REXANT</t>
+  </si>
+  <si>
+    <t>12-9941</t>
+  </si>
+  <si>
+    <t>Жало для паяльника медное ЭПСН, Ø3,8мм, тип плоский, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9945</t>
+  </si>
+  <si>
+    <t>Жало для паяльника медное ЭПСН, Ø7,8мм, тип плоский, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9740</t>
+  </si>
+  <si>
+    <t>Жало для паяльника серии 900М, Ø4,3мм, тип плоский малый 1,6мм, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9745</t>
+  </si>
+  <si>
+    <t>Жало для паяльника серии 900М, Ø4,3мм, тип плоский большой 4,0мм, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9730</t>
+  </si>
+  <si>
+    <t>Жало для паяльника серии 900М, Ø4,3мм, тип топорик, 5,0мм, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9943</t>
+  </si>
+  <si>
+    <t>Жало для паяльника медное ЭПСН, Ø5,8мм, тип плоский, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9921</t>
+  </si>
+  <si>
+    <t>Жало для паяльника долговечное 25, 30 и 40Вт, Ø4,8мм, тип конус, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9926</t>
+  </si>
+  <si>
+    <t>Жало для паяльника долговечное 100Вт, Ø7,8мм, тип конус, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9720</t>
+  </si>
+  <si>
+    <t>Жало для паяльника серии 900М, Ø4,3мм, тип скошенный малый 2,0мм, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9942</t>
+  </si>
+  <si>
+    <t>Жало для паяльника медное ЭПСН, Ø4,8мм, тип плоский, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9710</t>
+  </si>
+  <si>
+    <t>Жало для паяльника серии 900М, Ø4,3мм, тип конус малый 0,2мм, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9715</t>
+  </si>
+  <si>
+    <t>Жало для паяльника серии 900М, Ø4,3мм, тип конус большой 0,5мм, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9962</t>
+  </si>
+  <si>
+    <t>Жало для импульсного паяльника долговечное Ø7,1мм, тип конус, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9924</t>
+  </si>
+  <si>
+    <t>Жало для паяльника долговечное 60Вт, Ø5,8мм, тип конус, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9925</t>
+  </si>
+  <si>
+    <t>Жало для паяльника долговечное 80Вт, Ø6,8мм, тип конус, блистер REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Расходные материалы для пайки</t>
+  </si>
+  <si>
+    <t>1.3.1 Медная лента для удаления припоя</t>
+  </si>
+  <si>
+    <t>09-3034</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 3,0мм x 1,5м, диспенсер REXANT</t>
+  </si>
+  <si>
+    <t>09-3031</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 1,0мм x 1,5м, диспенсер REXANT</t>
+  </si>
+  <si>
+    <t>09-3001</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 1,0мм x 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>09-3002</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 1,5мм x 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>09-3004</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 3,0мм x 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>09-3033</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 2,5мм x 1,5м, диспенсер REXANT</t>
+  </si>
+  <si>
+    <t>09-3032</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 1,5мм x 1,5м, диспенсер REXANT</t>
+  </si>
+  <si>
+    <t>09-3003</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 2,5мм x 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>1.3.2 Химия и смазочные материалы</t>
+  </si>
+  <si>
+    <t>09-3722</t>
+  </si>
+  <si>
+    <t>Глицерин, 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3750</t>
+  </si>
+  <si>
+    <t>Паста теплопроводная, КПТ-8, 5мл, шприц REXANT</t>
+  </si>
+  <si>
+    <t>09-3807</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 4, 30г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3790</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 2, 30г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3955</t>
+  </si>
+  <si>
+    <t>Смазка силиконовая термостойкая, модель 221, до +350°C, 2мл, шприц REXANT</t>
+  </si>
+  <si>
+    <t>09-3936</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-10000 (Полиметилсилоксан), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3881</t>
+  </si>
+  <si>
+    <t>Хлорное железо 6-ти водное, 250г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3751</t>
+  </si>
+  <si>
+    <t>Паста теплопроводная, КПТ-8, 2мл, шприц REXANT</t>
+  </si>
+  <si>
+    <t>09-3950</t>
+  </si>
+  <si>
+    <t>Смазка графитовая, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3957</t>
+  </si>
+  <si>
+    <t>Смазка антифрикционная, ЦИАТИМ-201, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3801</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 3, 30г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3981</t>
+  </si>
+  <si>
+    <t>Смазка для кулеров (вентиляторов) SX-1, 2мл, (шприц, салфетки, наклейки), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3982</t>
+  </si>
+  <si>
+    <t>Смазка для кулеров (вентиляторов) SX-2, 2мл, (шприц, салфетки, наклейки), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3791</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 2, 100г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3908</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-1000 (Полиметилсилоксан), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3909</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-1000 (Полиметилсилоксан), 15мл, носик-капельница REXANT</t>
+  </si>
+  <si>
+    <t>09-3945</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-60000 (Полиметилсилоксан), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-4121</t>
+  </si>
+  <si>
+    <t>Универсальный растворитель-очиститель «Калоша», 100мл, (Нефрас-с2-80/120), флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3495</t>
+  </si>
+  <si>
+    <t>Жидкое олово (химическое лужение плат), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-4110</t>
+  </si>
+  <si>
+    <t>Очиститель универсальный, 1л, флакон (абсолютированный 99,7%) REXANT</t>
+  </si>
+  <si>
+    <t>09-4130</t>
+  </si>
+  <si>
+    <t>Универсальный растворитель-очиститель «Калоша», 1л, (Нефрас-с2-80/120), флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-4105</t>
+  </si>
+  <si>
+    <t>Очиститель универсальный, 200мл, флакон с распылителем (абсолютированный 99,7%) REXANT</t>
+  </si>
+  <si>
+    <t>09-3970</t>
+  </si>
+  <si>
+    <t>Вазелин технический, ВТВ-1, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3944</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-60000 (Полиметилсилоксан), 2мл, шприц, «Демпферное» REXANT</t>
+  </si>
+  <si>
+    <t>09-4101</t>
+  </si>
+  <si>
+    <t>Очиститель универсальный, 100мл, флакон (абсолютированный 99,7%) REXANT</t>
+  </si>
+  <si>
+    <t>09-3901</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-100 (Полиметилсилоксан), 15мл, носик-капельница REXANT</t>
+  </si>
+  <si>
+    <t>09-3905</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-400 (Полиметилсилоксан), 15мл, носик-капельница REXANT</t>
+  </si>
+  <si>
+    <t>09-3796</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 1, 100г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3802</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 3, 100г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3967</t>
+  </si>
+  <si>
+    <t>Средство для ремонта пластика (холодная сварка), 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3941</t>
+  </si>
+  <si>
+    <t>Масло бытовое смазочное, 100мл, масленка REXANT</t>
+  </si>
+  <si>
+    <t>09-3882</t>
+  </si>
+  <si>
+    <t>Хлорное железо 6-ти водное, 1000г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3946</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-60000 (Полиметилсилоксан), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-4125</t>
+  </si>
+  <si>
+    <t>Универсальный растворитель-очиститель «Калоша», 500мл, (Нефрас-с2-80/120), флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3921</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-100 (Полиметилсилоксан), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3789</t>
+  </si>
+  <si>
+    <t>Лак электроизоляционный, KO-921, 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-4112</t>
+  </si>
+  <si>
+    <t>Очиститель универсальный, 5л, канистра (абсолютированный 99,7%) REXANT</t>
+  </si>
+  <si>
+    <t>09-3911</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-5 (Полиметилсилоксан), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3912</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-5 (Полиметилсилоксан), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3780</t>
+  </si>
+  <si>
+    <t>Хлорное железо безводное, 100г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3930</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-200 (Полиметилсилоксан), 15мл, носик-капельница REXANT</t>
+  </si>
+  <si>
+    <t>09-3808</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 4, 100г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3907</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-1000 (Полиметилсилоксан), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3935</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-10000 (Полиметилсилоксан), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3983</t>
+  </si>
+  <si>
+    <t>Смазка для кулеров (вентиляторов) SX-3, 2мл, (шприц, салфетки, наклейки), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3910</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-5 (Полиметилсилоксан), 15мл, носик-капельница REXANT</t>
+  </si>
+  <si>
+    <t>09-3721</t>
+  </si>
+  <si>
+    <t>Глицерин, 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3985</t>
+  </si>
+  <si>
+    <t>Компаунд силиконовый, ПК-68, 100г, двухкомпонентный, прозрачный REXANT</t>
+  </si>
+  <si>
+    <t>09-3931</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-200 (Полиметилсилоксан), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3788</t>
+  </si>
+  <si>
+    <t>Лак электроизоляционный, KO-921, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3795</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 1, 30г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3781</t>
+  </si>
+  <si>
+    <t>Хлорное железо безводное, 250г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3922</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-100 (Полиметилсилоксан), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3932</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-200 (Полиметилсилоксан), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3972</t>
+  </si>
+  <si>
+    <t>Вазелин технический, ВТВ-1, 100мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3782</t>
+  </si>
+  <si>
+    <t>Хлорное железо безводное, 1000г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3948</t>
+  </si>
+  <si>
+    <t>Смазка силиконовая многоцелевая, 400мл, аэрозоль</t>
+  </si>
+  <si>
+    <t>1.3.3 Аэрозоли для электроники</t>
+  </si>
+  <si>
+    <t>KR-181-001</t>
+  </si>
+  <si>
+    <t>Пневматический очиститель DUST OFF, 520мл (400мл), аэрозоль KRANZ</t>
+  </si>
+  <si>
+    <t>85-0001</t>
+  </si>
+  <si>
+    <t>Пневматический очиститель (Сжатый воздух) DUST OFF, 520мл (400мл), аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0002</t>
+  </si>
+  <si>
+    <t>Очиститель универсальный CLEANER, 520мл (400мл), аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0001-2</t>
+  </si>
+  <si>
+    <t>Пневматический очиститель (Сжатый воздух) DUST OFF, 1000мл (720мл), аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0001-1</t>
+  </si>
+  <si>
+    <t>Пневматический очиститель (Сжатый воздух) DUST OFF, 520мл (230мл), аэрозоль, инверторный REXANT</t>
+  </si>
+  <si>
+    <t>85-0003</t>
+  </si>
+  <si>
+    <t>Очиститель печатных плат FLUX OFF, 520 мл (400мл), аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Средство для удаления наклеек LABEL OFF, 210мл (150мл), аэрозоль REXANT </t>
+  </si>
+  <si>
+    <t>85-0005</t>
+  </si>
+  <si>
+    <t>Аэрозоль-охладитель FREEZER, 520мл (400мл) REXANT</t>
+  </si>
+  <si>
+    <t>85-0006</t>
+  </si>
+  <si>
+    <t>Очиститель обезжириватель DEGREASER, 520мл (400мл), аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0007</t>
+  </si>
+  <si>
+    <t>Смазка контактов KONTAKT 61, 520мл (400мл), аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>1.3.4 Губки для очистки жал</t>
+  </si>
+  <si>
+    <t>12-0191</t>
+  </si>
+  <si>
+    <t>Губка для очистки паяльного жала 93x50 мм REXANT</t>
+  </si>
+  <si>
+    <t>12-0193</t>
+  </si>
+  <si>
+    <t>Губка для очистки паяльного жала 56x36 мм REXANT</t>
+  </si>
+  <si>
+    <t>12-0192</t>
+  </si>
+  <si>
+    <t>Губка для очистки паяльного жала 70x40 мм REXANT</t>
+  </si>
+  <si>
+    <t>1.3.5 Стеклотекстолит</t>
+  </si>
+  <si>
+    <t>09-4045</t>
+  </si>
+  <si>
+    <t>Стеклотекстолит 1-сторонний 100x200x1.5 мм 35/00 (35 мкм) REXANT</t>
+  </si>
+  <si>
+    <t>09-4035</t>
+  </si>
+  <si>
+    <t>Стеклотекстолит 1-сторонний 100x100x1.5 мм 35/00 (35 мкм) REXANT</t>
+  </si>
+  <si>
+    <t>09-4065</t>
+  </si>
+  <si>
+    <t>Стеклотекстолит 1-сторонний 200x300x1.5 мм 35/00 (35 мкм) REXANT</t>
+  </si>
+  <si>
+    <t>09-4055</t>
+  </si>
+  <si>
+    <t>Стеклотекстолит 1-сторонний 200x200x1.5 мм 35/00 (35 мкм) REXANT</t>
+  </si>
+  <si>
+    <t>09-4040</t>
+  </si>
+  <si>
+    <t>Стеклотекстолит 1-сторонний 100x150x1.5 мм 35/00 (35 мкм) REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Держатели для паяльников (подставка / "третья рука")</t>
+  </si>
+  <si>
+    <t>12-0258</t>
+  </si>
+  <si>
+    <t>Держатель Третья рука, МАСТЕР, 3 зажима, лупа 90мм (3х), подставка паяльника, стенд припоя, LED подсветка REXANT</t>
+  </si>
+  <si>
+    <t>12-0250</t>
+  </si>
+  <si>
+    <t>Держатель Третья рука, 2 зажима, лупа 90мм (2.5х) + 2х34мм, подставка паяльника, LED подсветка REXANT</t>
   </si>
   <si>
     <t>12-0256</t>
   </si>
   <si>
     <t>Держатель для плат, захват до 200х140мм REXANT</t>
   </si>
   <si>
-    <t>12-0258</t>
-[...8 lines deleted...]
-    <t>Держатель Третья рука, 2 зажима, лупа 90мм (2.5х) + 2х34мм, подставка паяльника, LED подсветка REXANT</t>
+    <t>12-0306</t>
+  </si>
+  <si>
+    <t>Подставка для паяльника, ниша квадратная, губка, металл REXANT</t>
+  </si>
+  <si>
+    <t>12-0316</t>
+  </si>
+  <si>
+    <t>Подставка для паяльника, держатель припоя, ниша, губка, металл REXANT</t>
+  </si>
+  <si>
+    <t>12-0309</t>
+  </si>
+  <si>
+    <t>Подставка для паяльника, стружка для очистки жала, металл REXANT</t>
   </si>
   <si>
     <t>12-0308</t>
   </si>
   <si>
     <t>Подставка для паяльника, ниша квадратная, губка, чугун REXANT</t>
   </si>
   <si>
     <t>12-0253</t>
   </si>
   <si>
     <t>Держатель Третья рука, 2 зажима, лупа 85мм (2.5х), подставка паяльника, LED подсветка, чугун REXANT</t>
   </si>
   <si>
     <t>12-0252</t>
   </si>
   <si>
     <t>Держатель Третья рука, 2 зажима, лупа 60мм (2.5х), подставка паяльника, ниша, губка, чугун REXANT</t>
   </si>
   <si>
-    <t>12-0306</t>
-[...2 lines deleted...]
-    <t>Подставка для паяльника, ниша квадратная, губка, металл REXANT</t>
+    <t>12-0251</t>
+  </si>
+  <si>
+    <t>Держатель Третья рука, 2 зажима, лупа 60мм (3х), основание чугун REXANT</t>
   </si>
   <si>
     <t>12-0302</t>
   </si>
   <si>
     <t>Подставка под паяльник, ниша круглая, губка, чугун REXANT</t>
   </si>
   <si>
-    <t>12-0309</t>
-[...8 lines deleted...]
-    <t>Держатель Третья рука, 2 зажима, лупа 60мм (3х), основание чугун REXANT</t>
+    <t>12-0304</t>
+  </si>
+  <si>
+    <t>Подставка для паяльника, листовая, серия MINI, металл REXANT</t>
   </si>
   <si>
     <t>12-0307</t>
   </si>
   <si>
     <t>Подставка для паяльника, круглая 42мм, серия MINI, карболит REXANT</t>
   </si>
   <si>
     <t>12-0254</t>
   </si>
   <si>
     <t>Держатель Третья рука, 2 зажима, лупа 90мм (3х), чугун REXANT</t>
   </si>
   <si>
     <t>12-0251-4</t>
   </si>
   <si>
     <t>Держатель Третья рука, 2 зажима, лупа 60мм (2.5х), основание чугун REXANT</t>
   </si>
   <si>
-    <t>12-0304</t>
-[...134 lines deleted...]
-    <t>1.4 Наборы для пайки</t>
+    <t>1.5 Паяльники-выжигатели</t>
+  </si>
+  <si>
+    <t>12-0186</t>
+  </si>
+  <si>
+    <t>Выжигатель (набор паяльник - выжигатель), пирограф, 30Вт, 230В, 7 насадок + подставка + кисточка + краски, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0187</t>
+  </si>
+  <si>
+    <t>Выжигатель (набор паяльник - выжигатель), пирограф, 30/50Вт, 230В, 420-500°C, 21 насадка + подставка, коробка REXANT</t>
+  </si>
+  <si>
+    <t>12-0929-2</t>
+  </si>
+  <si>
+    <t>Набор для выжигания «Для мальчиков», выжигатель + 5 досок, 150х150мм, пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0142</t>
+  </si>
+  <si>
+    <t>Выжигатель (прибор для выжигания), пирограф, 40Вт, 230В, 250-750°C, коробка REXANT</t>
+  </si>
+  <si>
+    <t>12-0183-1</t>
+  </si>
+  <si>
+    <t>Выжигатель (набор паяльник - выжигатель), пирограф, 30Вт, 230В, 420-450°C, 21 насадка + подставка, коробка REXANT</t>
+  </si>
+  <si>
+    <t>12-0934-2</t>
+  </si>
+  <si>
+    <t>Набор для выжигания «Кормушка для птиц», выжигатель + 3D модель, 150х150мм, пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0183</t>
+  </si>
+  <si>
+    <t>Выжигатель (набор паяльник - выжигатель), пирограф, 30Вт, 230В, 420-450°C, 6 насадок, блистер REXANT</t>
+  </si>
+  <si>
+    <t>1.6 Доски для выжигания</t>
+  </si>
+  <si>
+    <t>12-0936</t>
+  </si>
+  <si>
+    <t>Доски для выжигания «Набор №1» (воин, динозавр, собака, машина, без рисунка), 148х210мм (А5), 5 шт., пакет REXANT</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>12-0928</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Доски для выжигания «Животные», 150х150мм, набор 5 шт. (белка, слон, сова, ежик, тигр) пакет REXANT </t>
+  </si>
+  <si>
+    <t>12-0937</t>
+  </si>
+  <si>
+    <t>Доски для выжигания «Набор №2» (воин, динозавр, собака, машина, без рисунка), 148х210мм (А5), 5 шт., пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0929</t>
+  </si>
+  <si>
+    <t>Доски для выжигания «Для мальчиков», 150х150мм, набор 5 шт. (тигр, самолет, машина, парусник, космос) пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0934</t>
+  </si>
+  <si>
+    <t>Доска для выжигания «Кормушка для птиц», 3D модель, 1 шт., пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0940</t>
+  </si>
+  <si>
+    <t>Доски для выжигания «Набор творческий» (без рисунка), 148х210мм (А5), 5 шт., пакет REXANT</t>
+  </si>
+  <si>
+    <t>1.7 Припой</t>
+  </si>
+  <si>
+    <t>1.7.1 Припой без канифоли</t>
+  </si>
+  <si>
+    <t>09-3120</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 100г, Ø0,8мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3563</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-61, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 61%, свинец 39% (упак. 5 кг) REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>09-3490</t>
+  </si>
+  <si>
+    <t>Припой «Сплав Розе», 50г, (олово 25%, свинец 25%, висмут 50%), баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3513</t>
+  </si>
+  <si>
+    <t>Припой ПОСу 95-5, 100г, Ø2мм, (олово 95%, сурьма 5%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3591</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-90, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 90%, свинец 10% (упак. 1 шт) REXANT</t>
+  </si>
+  <si>
+    <t>09-3531</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-30, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 30%, свинец 70% (упак. 1 шт) REXANT</t>
+  </si>
+  <si>
+    <t>09-3123</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 100г, Ø2мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3124</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 100г, Ø3мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3493</t>
+  </si>
+  <si>
+    <t>Припой «Сплав Вуда», 50г, (олово 12,5%, свинец 25%, висмут 50%, кадмий 12,5%), баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3093</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 10г, Ø1мм, (олово 61%, свинец 39%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3094</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-90, 10г, Ø1мм, (олово 90%, свинец 10%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3593</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-90, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 90%, свинец 10% (упак. 5 кг) REXANT</t>
+  </si>
+  <si>
+    <t>09-3543</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-40, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 40%, свинец 60% (упак. 5 кг) REXANT</t>
+  </si>
+  <si>
+    <t>09-3533</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-30, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 30%, свинец 70% (упак. 5 кг) REXANT</t>
+  </si>
+  <si>
+    <t>09-3541</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-40, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 40%, свинец 60% (упак. 1 шт) REXANT</t>
+  </si>
+  <si>
+    <t>09-3561</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-61, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 61%, свинец 39% (упак. 1 шт) REXANT</t>
+  </si>
+  <si>
+    <t>09-3121</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 100г, Ø1мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3122</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 100г, Ø1,5мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3517</t>
+  </si>
+  <si>
+    <t>Припой ПОСу 95-5, 500г, Ø2мм, (олово 95%, сурьма 5%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3091</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-30, 10г, Ø1мм, (олово 30%, свинец 70%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3092</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-40, 10г, Ø1мм, (олово 40%, свинец 60%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3511</t>
+  </si>
+  <si>
+    <t>Припой ПОСу 95-5, 100г, Ø1мм, (олово 95%, сурьма 5%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3501</t>
+  </si>
+  <si>
+    <t>Припой ПОМ-3, 100г, Ø1мм, (олово 97%, медь 3%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3503</t>
+  </si>
+  <si>
+    <t>Припой ПОМ-3, 100г, Ø2мм, (олово 97%, медь 3%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3507</t>
+  </si>
+  <si>
+    <t>Припой ПОМ-3, 500г, Ø2мм, (олово 97%, медь 3%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3815</t>
+  </si>
+  <si>
+    <t>Припой-паста (паяльная паста), 35гр, (олово 63%, свинец 37%), баночка</t>
+  </si>
+  <si>
+    <t>1.7.2 Припой с канифолью</t>
+  </si>
+  <si>
+    <t>09-3099</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-30, 10г, Ø1мм, (олово 30%, свинец 70%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3108</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 1м, Ø0,8мм, (олово 61%, свинец 39%), спираль, конверт REXANT</t>
+  </si>
+  <si>
+    <t>09-3173</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 100г, Ø2мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3170</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 100г, Ø0,8мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3323</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 250г, Ø2мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3110</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 1м, Ø1мм, (олово 61%, свинец 39%), спираль, конверт REXANT</t>
+  </si>
+  <si>
+    <t>09-3171</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 100г, Ø1мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3223</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 100г, Ø2мм, (олово 60%, свинец 40%), катушка, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3361</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 500г, Ø0,8мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3383</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 500г, Ø2мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3115</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 1м, Ø1,5мм, (олово 61%, свинец 39%), спираль, конверт REXANT</t>
+  </si>
+  <si>
+    <t>09-3312</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 250г, Ø0,8мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3313</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 250г, Ø1мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3130</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 1м, Ø0,8мм, (олово 60%, свинец 40%), спираль, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3140</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 1м, Ø1мм, (олово 60%, свинец 40%), спираль, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3100</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-40, 10г, Ø1мм, (олово 40%, свинец 60%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3393</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 500г, Ø3мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3101</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 10г, Ø1мм, (олово 61%, свинец 39%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3150</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 1м, Ø2мм, (олово 60%, свинец 40%), спираль, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3103</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 20г, Ø1мм, (олово 60%, свинец 40%), колба-карандаш REXANT</t>
+  </si>
+  <si>
+    <t>09-3102</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-90, 10г, Ø1мм, (олово 90%, свинец 10%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3104</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 20г, Ø2мм, (олово 60%, свинец 40%), колба-карандаш REXANT</t>
+  </si>
+  <si>
+    <t>09-3363</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 500г, Ø1мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3201</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 100г, Ø0,5мм, (олово 60%, свинец 40%), катушка, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3413</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 1000г, Ø1мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3203</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 100г, Ø1мм, (олово 60%, свинец 40%), катушка, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3311</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 250г, Ø0,6мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3172</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 100г, Ø1,5мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3174</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 100г, Ø3мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>1.8 Наборы для пайки</t>
   </si>
   <si>
     <t>09-3744</t>
   </si>
   <si>
     <t>Набор К4 для пайки универсальный (припой, канифоль, паяльный жир, флюс СКФ) REXANT</t>
   </si>
   <si>
-    <t>наб.</t>
+    <t>09-3760</t>
+  </si>
+  <si>
+    <t>Набор К20 для пайки продвинутый (паяльник с подсветкой, подставка, экстрактор, коврик) REXANT</t>
+  </si>
+  <si>
+    <t>12-0614</t>
+  </si>
+  <si>
+    <t>Набор для пайки (паяльник с керамическим нагревателем 60Вт, 220-480°C, подставка с губкой, набор из 5 жал) REXANT</t>
+  </si>
+  <si>
+    <t>12-0166</t>
+  </si>
+  <si>
+    <t>Набор для пайки №13 (паяльник 30Вт, подставка, канифоль, припой, бокорезы, тонкогубцы) REXANT</t>
   </si>
   <si>
     <t>09-3745</t>
   </si>
   <si>
     <t>Набор К5 для пайки универсальный (припой, губка, канифоль, флюс СКФ, флюс ОК) REXANT</t>
   </si>
   <si>
     <t>12-0165</t>
   </si>
   <si>
     <t>Набор для пайки №11 (паяльник 30Вт, подставка, губка для удаления припоя, канифоль, припой) REXANT</t>
   </si>
   <si>
-    <t>12-0166</t>
-[...4 lines deleted...]
-  <si>
     <t>12-0168</t>
   </si>
   <si>
     <t>Набор для пайки №16 (USB-паяльник 8Вт, кусачки, тонкогубцы, подставка, припой, отвертка) REXANT</t>
   </si>
   <si>
+    <t>09-3762</t>
+  </si>
+  <si>
+    <t>Набор К22 для пайки вспомогательный (держатель Третья рука, подставка, экстрактор) REXANT</t>
+  </si>
+  <si>
     <t>12-0167</t>
   </si>
   <si>
     <t>Набор для пайки №15 (паяльник 8Вт, оловоотсос, подставка, припой, отвертка, инструмент для монтажа) REXANT</t>
   </si>
   <si>
     <t>12-0163</t>
   </si>
   <si>
     <t>Набор для пайки №4 (паяльник 30Вт, оловоотсос, подставка, припой, губка) REXANT</t>
   </si>
   <si>
     <t>12-0164</t>
   </si>
   <si>
     <t>Набор для пайки №5 (паяльник импульсный 30/70Вт, оловоотсос, подставка, припой) REXANT</t>
   </si>
   <si>
-    <t>09-3760</t>
-[...16 lines deleted...]
-  <si>
     <t>12-0621</t>
   </si>
   <si>
     <t>Набор для пайки (паяльник цифровой с керамическим нагревателем 65Вт, 200-500°C, подставка с губкой, набор из 5 жал) REXANT</t>
   </si>
   <si>
-    <t>1.5 Паяльники-выжигатели</t>
-[...974 lines deleted...]
-    <t xml:space="preserve">Флюс для пайки, БУРА, 20г, банка, блистер REXANT </t>
+    <t>1.9 Флюсы для пайки</t>
+  </si>
+  <si>
+    <t>1.9.1 Флюсы в индивидуальной упаковке</t>
   </si>
   <si>
     <t>09-3686</t>
   </si>
   <si>
     <t xml:space="preserve">Флюс-гель для пайки, КАНИФОЛЬ-ГЕЛЬ АКТИВ, 12мл, техно-шприц, блистер REXANT </t>
-  </si>
-[...10 lines deleted...]
-    <t>Флюс для пайки, ЛТИ-120, 30мл, блистер REXANT</t>
   </si>
   <si>
     <t>09-3710-1</t>
   </si>
   <si>
     <t xml:space="preserve">Канифоль сосновая, флюс НЕЙТРАЛЬНЫЙ, марка А, 20г, блистер REXANT
 </t>
   </si>
   <si>
     <t>09-3626-1</t>
   </si>
   <si>
     <t xml:space="preserve">Флюс для пайки, ЛТИ-120, 30мл, с кисточкой, флакон, блистер REXANT </t>
   </si>
   <si>
-    <t>1.12 Расходные материалы для пайки</t>
-[...512 lines deleted...]
-    <t>Стеклотекстолит 1-сторонний 100x100x1.5 мм 35/00 (35 мкм) REXANT</t>
+    <t>09-3680</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, АКТИВНЫЙ, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3635-1</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, КИСЛОТА ОРТОФОСФОРНАЯ, 30мл, пакет REXANT</t>
+  </si>
+  <si>
+    <t>09-3610-1</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 30мл, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3684</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, BGA и SMD, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3615-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, Ф-61А (пайка алюминия), 30мл, флакон, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3655-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, БУРА, 20г, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3690-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паста TR-RM KELLER, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3691-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паста TR-RMA KELLER, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3692-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, TT KELLER индикаторный, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3665-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паяльный жир НЕЙТРАЛЬНЫЙ, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3688</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, ПАЯЛЬНАЯ КИСЛОТА, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3625-1</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЛТИ-120, 30мл, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3613-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 30мл, с кисточкой, флакон, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3660-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, ТАГС, 30мл, флакон, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3670-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паяльный жир АКТИВНЫЙ, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3682</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, пайка алюминия, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3640-1</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, СКФ (спирто-канифольный), 30мл, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3641-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, СКФ (спирто-канифольный), 30мл, с кисточкой, флакон, блистер REXANT </t>
+  </si>
+  <si>
+    <t>1.9.2 Флюсы</t>
+  </si>
+  <si>
+    <t>09-3740</t>
+  </si>
+  <si>
+    <t>Набор К1 для пайки, универсальный (припой, флюс ПК, флюс СКФ, канифоль, медная оплетка) REXANT</t>
+  </si>
+  <si>
+    <t>09-3741</t>
+  </si>
+  <si>
+    <t>Набор К2 для пайки, «жидкий флюс» (флюс ПК, флюс СКФ, флюс ЛТИ-120) REXANT</t>
+  </si>
+  <si>
+    <t>09-3625</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЛТИ-120, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3709</t>
+  </si>
+  <si>
+    <t>Канифоль сосновая, флюс НЕЙТРАЛЬНЫЙ, марка А, 10г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3742</t>
+  </si>
+  <si>
+    <t>Набор К3 для пайки, «твердый флюс» (канифоль, флюс БУРА, паяльный жир) REXANT</t>
+  </si>
+  <si>
+    <t>09-3650</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, Ф-38Н, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3670</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, паяльный жир АКТИВНЫЙ, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3610</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3615</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, Ф-61А (пайка алюминия), 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3710</t>
+  </si>
+  <si>
+    <t>Канифоль сосновая, флюс НЕЙТРАЛЬНЫЙ, марка А, 20г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3611</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3620</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ФИМ, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3630</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЗИЛ-2, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3635</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, КИСЛОТА ОРТОФОСФОРНАЯ 75%, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3640</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, СКФ (спирто-канифольный), 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3660</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ТАГС, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3665</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, паяльный жир НЕЙТРАЛЬНЫЙ, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3711</t>
+  </si>
+  <si>
+    <t>Канифоль сосновая, флюс НЕЙТРАЛЬНЫЙ, марка А, 100г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3641</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, СКФ (спирто-канифольный), 30мл, с кисточкой, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3613</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 30мл, с кисточкой, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3712</t>
+  </si>
+  <si>
+    <t>Канифоль сосновая, флюс НЕЙТРАЛЬНЫЙ, марка А, 500г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3627</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЛТИ-120, 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3626</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЛТИ-120, 30мл, с кисточкой, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3643</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, СКФ (спирто-канифольный), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3638</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, КИСЛОТА ОРТОФОСФОРНАЯ 75%, 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3612</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3690</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, паста TR-RM KELLER, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3691</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, паста TR-RMA KELLER, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3692</t>
+  </si>
+  <si>
+    <t>Флюс-гель для пайки, TT KELLER индикаторный, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3637</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, КИСЛОТА ОРТОФОСФОРНАЯ 75%, 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3672</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, паяльный жир АКТИВНЫЙ, 100мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3645</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, СКФ (спирто-канифольный), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3667</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, паяльный жир НЕЙТРАЛЬНЫЙ, 100мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3628</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЛТИ-120, 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3657</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, БУРА, 100г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3730</t>
+  </si>
+  <si>
+    <t>Флюс для высокотемпературной пайки, ПВ-209, 20г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3655</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, БУРА, 20г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3733</t>
+  </si>
+  <si>
+    <t>Флюс для высокотемпературной пайки, ПВ-209, 100г, банка REXANT</t>
+  </si>
+  <si>
+    <t>1.10 Паяльные станции</t>
+  </si>
+  <si>
+    <t>12-0736</t>
+  </si>
+  <si>
+    <t>Паяльная станция (паяльник + фен + демонт. паяльник), модель R048K, цифровая, 200-480°C, LED дисплей REXANT</t>
+  </si>
+  <si>
+    <t>12-0159</t>
+  </si>
+  <si>
+    <t>Паяльная станция (паяльник), серия МИНИ - Mi08, 8Вт, 230В, 100-450°C, (ZD-927) REXANT</t>
+  </si>
+  <si>
+    <t>12-0714</t>
+  </si>
+  <si>
+    <t>Паяльная станция (термофен), модель R858D, термовоздушная, цифровая, 100-500°C, LED дисплей REXANT</t>
+  </si>
+  <si>
+    <t>12-0735</t>
+  </si>
+  <si>
+    <t>Паяльная станция (паяльник + демонт. паяльник), модель R048, цифровая, 200-480°C, LED дисплей REXANT</t>
+  </si>
+  <si>
+    <t>12-0135</t>
+  </si>
+  <si>
+    <t>Паяльная станция (паяльник), серия МИНИ - Mi10, 10Вт, 230В, 100-450°C REXANT</t>
+  </si>
+  <si>
+    <t>12-0716</t>
+  </si>
+  <si>
+    <t>Паяльная станция (термофен), модель R850A, термовоздушная, компрессорная, 100-450°C REXANT</t>
+  </si>
+  <si>
+    <t>12-0729</t>
+  </si>
+  <si>
+    <t>Паяльная станция (паяльник + фен + источн. питания), модель R5000, цифровая, 100-480°C, LED дисплей REXANT</t>
+  </si>
+  <si>
+    <t>12-0150</t>
+  </si>
+  <si>
+    <t>Паяльная станция (паяльник), модель R8906, с цифровым управлением, 48Вт, 230В, 160-480°C, ЖК дисплей REXANT</t>
+  </si>
+  <si>
+    <t>12-0710</t>
+  </si>
+  <si>
+    <t>Паяльная станция (паяльник), модель R936A, 200-480°C REXANT</t>
+  </si>
+  <si>
+    <t>12-0721</t>
+  </si>
+  <si>
+    <t>Паяльная станция (паяльник + фен), модель R898D, цифровая, 100-480°C, LED дисплей REXANT</t>
+  </si>
+  <si>
+    <t>12-0723</t>
+  </si>
+  <si>
+    <t>Паяльная станция (паяльник + фен), модель R852, компрессорная, 100-480°C REXANT</t>
+  </si>
+  <si>
+    <t>12-0143</t>
+  </si>
+  <si>
+    <t>Многофункциональная цифровая паяльная станция с мультиметром и ЖК дисплеем 220В/48Вт (ZD-8901) REXANT</t>
+  </si>
+  <si>
+    <t>12-0724</t>
+  </si>
+  <si>
+    <t>Паяльная станция (паяльник + фен), модель R852AD+, 100-500°C, LED дисплей REXANT</t>
+  </si>
+  <si>
+    <t>12-0727</t>
+  </si>
+  <si>
+    <t>Паяльная станция (паяльник + фен), модель R887D, цифровая, 100-480°C, LED дисплей REXANT</t>
+  </si>
+  <si>
+    <t>12-0711</t>
+  </si>
+  <si>
+    <t>Паяльная станция (паяльник), модель R936D, 200-480°C, LED дисплей REXANT</t>
+  </si>
+  <si>
+    <t>12-0145</t>
+  </si>
+  <si>
+    <t>Паяльная станция (150-450°С) цифровой дисплей 230В/48Вт (ZD-931) REXANT</t>
+  </si>
+  <si>
+    <t>12-0151</t>
+  </si>
+  <si>
+    <t>Паяльная станция (паяльник), модель R098, 48Вт, 230В, 160-480°C REXANT</t>
+  </si>
+  <si>
+    <t>12-0144</t>
+  </si>
+  <si>
+    <t>Цифровая термовоздушная паяльная станция 220В/160-480°С (ZD-939L) REXANT</t>
+  </si>
+  <si>
+    <t>12-0152</t>
+  </si>
+  <si>
+    <t>Паяльная станция (паяльник), модель R099, 48Вт, 230В, 160-480°C REXANT</t>
+  </si>
+  <si>
+    <t>12-0141</t>
+  </si>
+  <si>
+    <t>Паяльная станция (150-450°С) LED индикация 220V/48 Вт (ZD-929A) REXANT ВЫВОДИМ!</t>
+  </si>
+  <si>
+    <t>1.11 Паяльные ванны</t>
+  </si>
+  <si>
+    <t>09-9270</t>
+  </si>
+  <si>
+    <t>Паяльная ванна, модель R100F, 300Вт, ø100мм, 200-480 °C, бессвинцовая REXANT</t>
+  </si>
+  <si>
+    <t>09-9071</t>
+  </si>
+  <si>
+    <t>Паяльная ванна, модель R150, 900Вт, 150х100х45мм, 0-400 °C, цифровая REXANT</t>
+  </si>
+  <si>
+    <t>09-9050</t>
+  </si>
+  <si>
+    <t>Паяльная ванна, модель R80, 250Вт, ø80мм, 200-480 °C REXANT</t>
+  </si>
+  <si>
+    <t>09-9010</t>
+  </si>
+  <si>
+    <t>Паяльная ванна, модель R38, 100Вт, ø38мм, 200-480 °C REXANT</t>
+  </si>
+  <si>
+    <t>09-9030</t>
+  </si>
+  <si>
+    <t>Паяльная ванна, модель R50, 150Вт, ø50мм, 200-480 °C REXANT</t>
+  </si>
+  <si>
+    <t>09-9210</t>
+  </si>
+  <si>
+    <t>Паяльная ванна, модель R38F, 100Вт, ø38мм, 200-480 °C, бессвинцовая REXANT</t>
+  </si>
+  <si>
+    <t>09-9070</t>
+  </si>
+  <si>
+    <t>Паяльная ванна, модель R100, 300Вт, ø100мм, 200-480 °C REXANT</t>
+  </si>
+  <si>
+    <t>09-9250</t>
+  </si>
+  <si>
+    <t>Паяльная ванна, модель R80F, 250Вт, ø80мм, 200-480 °C, бессвинцовая REXANT</t>
+  </si>
+  <si>
+    <t>1.12 Паяльники</t>
+  </si>
+  <si>
+    <t>1.12.1 Паяльники с пластиковой ручкой, серия "МАСТЕР", "Classic", "Профи"</t>
+  </si>
+  <si>
+    <t>12-0121-4</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия Classic, 25Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0122-4</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия Classic, 30Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0123-4</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия Classic, 40Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0124-4</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия Classic, 60Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0125-4</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия Classic, 80Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0126-4</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия Classic, 100Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0121</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия МАСТЕР, 25Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0122</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия МАСТЕР, 30Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0121-1</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия Comfort, 25Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0123-1</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия Comfort, 40Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0123</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия МАСТЕР, 40Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0124</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия МАСТЕР, 60Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0125</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия МАСТЕР, 80Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0126</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия МАСТЕР, 100Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0122-1</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия Comfort, 30Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>1.12.2 Паяльники импульсные</t>
+  </si>
+  <si>
+    <t>12-0162-4</t>
+  </si>
+  <si>
+    <t>Паяльник-пистолет двухрежимный с керам. нагревателем, серия Classic, 30/130Вт, 230В PROconnect</t>
+  </si>
+  <si>
+    <t>12-0161-4</t>
+  </si>
+  <si>
+    <t>Паяльник-пистолет двухрежимный, серия Classic, 30/70Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0133</t>
+  </si>
+  <si>
+    <t>Паяльник двухрежимный с керам. нагревателем, 30/70Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0161-1</t>
+  </si>
+  <si>
+    <t>Паяльник-пистолет двухрежимный, серия ПРОФИ, 30/70Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0162-1</t>
+  </si>
+  <si>
+    <t>Паяльник-пистолет двухрежимный с керам. нагревателем, серия ПРОФИ, 25/130Вт, 230В REXANT</t>
+  </si>
+  <si>
+    <t>12-0162</t>
+  </si>
+  <si>
+    <t>Паяльник-пистолет двухрежимный с керам. нагревателем, серия МАСТЕР, 30/130Вт, 230В REXANT</t>
+  </si>
+  <si>
+    <t>12-0161</t>
+  </si>
+  <si>
+    <t>Паяльник-пистолет двухрежимный, серия МАСТЕР, 30/70Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>1.12.3 Паяльники ЭПСН с керамическим нагревателем (Россия)</t>
+  </si>
+  <si>
+    <t>12-0480</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия ЭПСН, 80Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0425</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия ЭПСН, 25Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0465</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия ЭПСН, 65Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0440</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия ЭПСН, 40Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0490</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия ЭПСН, 100Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>1.12.4 Паяльники специальные</t>
+  </si>
+  <si>
+    <t>12-0139</t>
+  </si>
+  <si>
+    <t>Паяльник-пинцет с керам. нагревателем, 48Вт, 220В, коробка REXANT</t>
+  </si>
+  <si>
+    <t>12-0171</t>
+  </si>
+  <si>
+    <t>Паяльник с экстрактором припоя, 40Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0185</t>
+  </si>
+  <si>
+    <t>Паяльник-горелка, газовый, 15мл, с регул. пламени, 2 насадки, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0620</t>
+  </si>
+  <si>
+    <t>Паяльник цифровой, с керам. нагревателем, 65Вт, 220В, темп. 200-500 °C REXANT</t>
+  </si>
+  <si>
+    <t>12-0130</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия Точная Пайка, 30Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0138</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, LED подсветка, 40Вт, 220В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0181</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия МИНИ, 8Вт, 4,5В, питание от 3 бат. АА, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0611</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия Japan type, 60Вт, 230В, запасное жало, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0189</t>
+  </si>
+  <si>
+    <t>Паяльник с зажимами КРОКОДИЛ, 40Вт, 12В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0505</t>
+  </si>
+  <si>
+    <t>Паяльник-горелка с пьезоподжигом, газовый, 17мл, 6 насадок + припой + губка, коробка REXANT</t>
+  </si>
+  <si>
+    <t>12-0501</t>
+  </si>
+  <si>
+    <t>Паяльник-горелка с пьезоподжигом, газовый, 17мл, 2 насадки, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0180</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия МИНИ, 8Вт, 5В, питание от USB, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0120</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия МИНИ, 12В, 8Вт, без БП, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0184</t>
+  </si>
+  <si>
+    <t>Паяльник со штекером прикуривателя, 12В, 40Вт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0170</t>
+  </si>
+  <si>
+    <t>Паяльник с регулировкой температуры, 30-50Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0613</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия Japan type, 60Вт, 230В, регул. темп. 250-500°C, запасное жало, блистер REXANT</t>
+  </si>
+  <si>
+    <t>1.12.5 Паяльники ЭПСН с пластмассовой ручкой (Россия)</t>
+  </si>
+  <si>
+    <t>12-0225-1</t>
+  </si>
+  <si>
+    <t>Паяльник с пластиковой ручкой, серия ЭПСН, 25Вт, 230В, пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0265-1</t>
+  </si>
+  <si>
+    <t>Паяльник с пластиковой ручкой, серия ЭПСН, 65Вт, 230В, пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0291-1</t>
+  </si>
+  <si>
+    <t>Паяльник с пластиковой ручкой, серия ЭПСН, 100Вт, 230В, пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0280-1</t>
+  </si>
+  <si>
+    <t>Паяльник с пластиковой ручкой, серия ЭПСН, 80Вт, 230В, пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0240-1</t>
+  </si>
+  <si>
+    <t>Паяльник с пластиковой ручкой, серия ЭПСН, 40Вт, 230В, пакет REXANT</t>
+  </si>
+  <si>
+    <t>1.12.6 Паяльники высокомощные</t>
+  </si>
+  <si>
+    <t>12-0213</t>
+  </si>
+  <si>
+    <t>Паяльник высокомощный, серия ЭПСН, керам. тэн, 300Вт, 230В, с дерев. ручкой, коробка REXANT</t>
+  </si>
+  <si>
+    <t>12-0292</t>
+  </si>
+  <si>
+    <t>Паяльник-топор высокомощный, серия ЭПСН, 200Вт, 230В, с деревянной ручкой, пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0215</t>
+  </si>
+  <si>
+    <t>Паяльник-пистолет высокомощный, керам. тэн, 500Вт, 230В, с карболитовой ручкой, коробка REXANT</t>
+  </si>
+  <si>
+    <t>12-0188</t>
+  </si>
+  <si>
+    <t>Паяльник высокомощный, 300Вт, 230В, Топор, с кнопкой, подставка, коробка REXANT</t>
+  </si>
+  <si>
+    <t>12-0211</t>
+  </si>
+  <si>
+    <t>Паяльник высокомощный, серия ЭПСН, керам. тэн, 200Вт, 230В, с дерев. ручкой, коробка REXANT</t>
+  </si>
+  <si>
+    <t>1.12.7 Паяльники с деревянной ручкой</t>
+  </si>
+  <si>
+    <t>12-0176-4</t>
+  </si>
+  <si>
+    <t>Паяльник с деревянной ручкой, серия WOOD, 65Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0177-4</t>
+  </si>
+  <si>
+    <t>Паяльник с деревянной ручкой, серия WOOD, 85Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0174-4</t>
+  </si>
+  <si>
+    <t>Паяльник с деревянной ручкой, серия WOOD, 25Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0178-4</t>
+  </si>
+  <si>
+    <t>Паяльник с деревянной ручкой, серия WOOD, 100Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0175-4</t>
+  </si>
+  <si>
+    <t>Паяльник с деревянной ручкой, серия WOOD, 40Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0225</t>
+  </si>
+  <si>
+    <t>Паяльник с деревянной ручкой, серия ЭПСН, 25Вт, 230В, пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0280</t>
+  </si>
+  <si>
+    <t>Паяльник с деревянной ручкой, серия ЭПСН, 80Вт, 230В, пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0240</t>
+  </si>
+  <si>
+    <t>Паяльник с деревянной ручкой, серия ЭПСН, 40Вт, 230В, пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0265</t>
+  </si>
+  <si>
+    <t>Паяльник с деревянной ручкой, серия ЭПСН, 65Вт, 230В, пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0291</t>
+  </si>
+  <si>
+    <t>Паяльник с деревянной ручкой, серия ЭПСН, 100Вт, 230В, пакет REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2695,51 +2695,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-80vt-230v-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-30vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-100vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-40vt-230v-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-60vt-230v-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-25vt-230v-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-comfort-30vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-25vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-30vt-230v-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-40vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-60vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-80vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-comfort-40vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-100vt-230v-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-comfort-25vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-tochnaya-payka-30vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-led-podsvetka-40vt-220v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-gorelka-gazovyy-15ml-s-regul-plameni-2-nasadki-blister-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-gorelka-s-pezopodzhigom-gazovyy-17ml-6-nasadok-pripoy-gubka-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-so-shtekerom-prikurivatelya-12v-40vt-blister-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-regulirovkoy-temperatury-30-50vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-japan-type-60vt-230v-zapasnoe-zhalo-blister-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-mini-8vt-4-5v-pitanie-ot-3-bat-aa-blister-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-mini-12v-8vt-bez-bp-blister-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pintset-s-keram-nagrevatelem-48vt-220v-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-zazhimami-krokodil-40vt-12v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-mini-8vt-5v-pitanie-ot-usb-blister-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-tsifrovoy-s-keram-nagrevatelem-65vt-220v-temp-200-500-c-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-japan-type-60vt-230v-regul-temp-250-500-c-zapasnoe-zhalo-bliste.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-gorelka-s-pezopodzhigom-gazovyy-17ml-2-nasadki-blister-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-ekstraktorom-pripoya-40vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-s-keram-nagrevatelem-seriya-master-30-130vt-230v-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dvuhrezhimnyy-s-keram-nagrevatelem-30-70vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-seriya-classic-30-70vt-230v-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-s-keram-nagrevatelem-seriya-profi-25-130vt-230v-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-s-keram-nagrevatelem-seriya-classic-30-130vt-230v-proconnect.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-seriya-master-30-70vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-seriya-profi-30-70vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-vysokomoschnyy-seriya-epsn-keram-ten-300vt-230v-s-derev-ruchkoy-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-topor-vysokomoschnyy-seriya-epsn-200vt-230v-s-derevyannoy-ruchkoy-paket-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-vysokomoschnyy-keram-ten-500vt-230v-s-karbolitovoy-ruchkoy-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-vysokomoschnyy-seriya-epsn-keram-ten-200vt-230v-s-derev-ruchkoy-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-vysokomoschnyy-300vt-230v-topor-s-knopkoy-podstavka-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-25vt-230v-paket-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-40vt-230v-paket-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-80vt-230v-paket-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-40vt-230v-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-65vt-230v-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-85vt-230v-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-100vt-230v-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-65vt-230v-paket-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-100vt-230v-paket-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-25vt-230v-blister-proconnect.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-65vt-230v-paket-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-25vt-230v-paket-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-100vt-230v-paket-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-40vt-230v-paket-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-80vt-230v-paket-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-80vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-100vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-25vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-40vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-65vt-230v-blister-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-plat-zahvat-do-200h140mm-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-tretya-ruka-master-3-zazhima-lupa-90mm-3h-podstavka-payalnika-stend-pripoya-led-podsvetka-.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-tretya-ruka-2-zazhima-lupa-90mm-2-5h-2h34mm-podstavka-payalnika-led-podsvetka-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-payalnika-nisha-kvadratnaya-gubka-chugun-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-tretya-ruka-2-zazhima-lupa-85mm-2-5h-podstavka-payalnika-led-podsvetka-chugun-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-tretya-ruka-2-zazhima-lupa-60mm-2-5h-podstavka-payalnika-nisha-gubka-chugun-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-payalnika-nisha-kvadratnaya-gubka-metall-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-pod-payalnik-nisha-kruglaya-gubka-chugun-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-payalnika-struzhka-dlya-ochistki-zhala-metall-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-tretya-ruka-2-zazhima-lupa-60mm-3h-osnovanie-chugun-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-payalnika-kruglaya-42mm-seriya-mini-karbolit-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-tretya-ruka-2-zazhima-lupa-90mm-3h-chugun-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-tretya-ruka-2-zazhima-lupa-60mm-2-5h-osnovanie-chugun-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-payalnika-listovaya-seriya-mini-metall-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-payalnika-derzhatel-pripoya-nisha-gubka-metall-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-seriya-mini-mi08-8vt-230v-100-450-c-zd-927-rexant.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-demont-payalnik-model-r048-tsifrovaya-200-480-c-led-displey-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-seriya-mini-mi10-10vt-230v-100-450-c-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-fen-model-r852-kompressornaya-100-480-c-rexant.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-fen-istochn-pitaniya-model-r5000-tsifrovaya-100-480-c-led-displey-rexan.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-model-r936a-200-480-c-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-termofen-model-r858d-termovozdushnaya-tsifrovaya-100-500-c-led-displey-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-fen-model-r898d-tsifrovaya-100-480-c-led-displey-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-fen-model-r852ad-100-500-c-led-displey-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-fen-demont-payalnik-model-r048k-tsifrovaya-200-480-c-led-displey-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-model-r8906-s-tsifrovym-upravleniem-48vt-230v-160-480-c-zhk-displey-rex.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovaya-termovozdushnaya-payalnaya-stantsiya-220v-160-480-s-zd-939l-rexant.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-model-r099-48vt-230v-160-480-c-rexant.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-model-r936d-200-480-c-led-displey-rexant.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-termofen-model-r850a-termovozdushnaya-kompressornaya-100-450-c-rexant.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-fen-model-r887d-tsifrovaya-100-480-c-led-displey-rexant.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-model-r098-48vt-230v-160-480-c-rexant.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-150-450-s-tsifrovoy-displey-230v-48vt-zd-931-rexant.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-150-450-s-led-indikatsiya-220v-48-vt-zd-929a-rexant-vyvodim.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mnogofunktsionalnaya-tsifrovaya-payalnaya-stantsiya-s-multimetrom-i-zhk-displeem-220v-48vt-zd-8901-r.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k4-dlya-payki-universalnyy-pripoy-kanifol-payalnyy-zhir-flyus-skf-rexant.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k5-dlya-payki-universalnyy-pripoy-gubka-kanifol-flyus-skf-flyus-ok-rexant.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-11-payalnik-30vt-podstavka-gubka-dlya-udaleniya-pripoya-kanifol-pripoy-rexant.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-13-payalnik-30vt-podstavka-kanifol-pripoy-bokorezy-tonkogubtsy-rexant.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-16-usb-payalnik-8vt-kusachki-tonkogubtsy-podstavka-pripoy-otvertka-rexant.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-15-payalnik-8vt-olovootsos-podstavka-pripoy-otvertka-instrument-dlya-montazha-rexan.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-4-payalnik-30vt-olovootsos-podstavka-pripoy-gubka-rexant.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-5-payalnik-impulsnyy-30-70vt-olovootsos-podstavka-pripoy-rexant.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k20-dlya-payki-prodvinutyy-payalnik-s-podsvetkoy-podstavka-ekstraktor-kovrik-rexant.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-payalnik-s-keramicheskim-nagrevatelem-60vt-220-480-c-podstavka-s-gubkoy-nabor-iz-5-.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k22-dlya-payki-vspomogatelnyy-derzhatel-tretya-ruka-podstavka-ekstraktor-rexant.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-payalnik-tsifrovoy-s-keramicheskim-nagrevatelem-65vt-200-500-c-podstavka-s-gubkoy-n.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzhigatel-pribor-dlya-vyzhiganiya-pirograf-40vt-230v-250-750-c-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzhigatel-nabor-payalnik-vyzhigatel-pirograf-30vt-230v-7-nasadok-podstavka-kistochka-kraski-blister.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzhigatel-nabor-payalnik-vyzhigatel-pirograf-30-50vt-230v-420-500-c-21-nasadka-podstavka-korobka-re.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzhigatel-nabor-payalnik-vyzhigatel-pirograf-30vt-230v-420-450-c-21-nasadka-podstavka-korobka-rexan.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-vyzhiganiya-kormushka-dlya-ptits-vyzhigatel-3d-model-150h150mm-paket-rexant.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-vyzhiganiya-dlya-malchikov-vyzhigatel-5-dosok-150h150mm-paket-rexant.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzhigatel-nabor-payalnik-vyzhigatel-pirograf-30vt-230v-420-450-c-6-nasadok-blister-rexant.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/doski-dlya-vyzhiganiya-nabor-1-voin-dinozavr-sobaka-mashina-bez-risunka-148h210mm-a5-5-sht-paket-rex.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/doska-dlya-vyzhiganiya-kormushka-dlya-ptits-3d-model-1-sht-paket-rexant.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/doski-dlya-vyzhiganiya-zhivotnye-150h150mm-nabor-5-sht-belka-slon-sova-ezhik-tigr-paket-rexant.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/doski-dlya-vyzhiganiya-dlya-malchikov-150h150mm-nabor-5-sht-tigr-samolet-mashina-parusnik-kosmos-pak.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/doski-dlya-vyzhiganiya-nabor-tvorcheskiy-bez-risunka-148h210mm-a5-5-sht-paket-rexant.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/doski-dlya-vyzhiganiya-nabor-2-voin-dinozavr-sobaka-mashina-bez-risunka-148h210mm-a5-5-sht-paket-rex.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r50-150vt-50mm-200-480-c-rexant.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r80-250vt-80mm-200-480-c-rexant.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r100-300vt-100mm-200-480-c-rexant.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r100f-300vt-100mm-200-480-c-bessvintsovaya-rexant.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r150-900vt-150h100h45mm-0-400-c-tsifrovaya-rexant.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r80f-250vt-80mm-200-480-c-bessvintsovaya-rexant.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r38-100vt-38mm-200-480-c-rexant.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r38f-100vt-38mm-200-480-c-bessvintsovaya-rexant.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vakuumnyy-ekstraktor-pripoya-olovootsos-plastik-prozrachno-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vakuumnyy-ekstraktor-pripoya-olovootsos-metall-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vakuumnyy-ekstraktor-pripoya-olovootsos-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antistaticheskiy-braslet-rexant.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kistochka-steklovolokonnaya-dlya-naneseniya-flyusov-3-mm-rexant.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-montazhnogo-instrumenta-dlya-payki-rexant-6-predmetov.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vakuumnyy-ekstraktor-pripoya-olovootsos-metall-rexant.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kovrik-antistaticheskiy-termostoykiy-329h208h2-6-mm-chernyy.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-vyzhigatelnoe-igla-dlya-12-0142-rexant.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-mednoe-epsn-3-8mm-tip-ploskiy-blister-rexant.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-mednoe-epsn-7-8mm-tip-ploskiy-blister-rexant.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-dolgovechnoe-25-30-i-40vt-4-8mm-tip-konus-blister-rexant.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-ploskiy-bolshoy-4-0mm-blister-rexant.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-mednoe-epsn-4-8mm-tip-ploskiy-blister-rexant.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-mednoe-epsn-6-8mm-tip-ploskiy-blister-rexant.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-mednoe-epsn-5-8mm-tip-ploskiy-blister-rexant.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-skoshennyy-malyy-2-0mm-blister-rexant.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-konus-malyy-0-2mm-blister-rexant.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-skoshennyy-bolshoy-4-0mm-blister-rexant.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-ploskiy-malyy-1-6mm-blister-rexant.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-impulsnogo-payalnika-dolgovechnoe-3-8mm-tip-konus-blister-rexant.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-dolgovechnoe-80vt-6-8mm-tip-konus-blister-rexant.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-impulsnogo-payalnika-dolgovechnoe-7-1mm-tip-konus-blister-rexant.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-dolgovechnoe-100vt-7-8mm-tip-konus-blister-rexant.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-toporik-5-0mm-blister-rexant.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-konus-bolshoy-0-5mm-blister-rexant.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-dolgovechnoe-60vt-5-8mm-tip-konus-blister-rexant.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-1m-1mm-olovo-61-svinets-39-spiral-konvert-rexant.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-1m-1-5mm-olovo-61-svinets-39-spiral-konvert-rexant.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-100g-2mm-olovo-60-svinets-40-katushka-blister-rexant.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-2mm-olovo-60-svinets-40-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-2mm-olovo-60-svinets-40-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-3mm-olovo-60-svinets-40-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-0-8mm-olovo-60-svinets-40-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1m-0-8mm-olovo-60-svinets-40-spiral-blister-rexant.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1m-1mm-olovo-60-svinets-40-spiral-blister-rexant.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-30-10g-1mm-olovo-30-svinets-70-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-40-10g-1mm-olovo-40-svinets-60-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-1m-0-8mm-olovo-61-svinets-39-spiral-konvert-rexant.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-100g-1mm-olovo-60-svinets-40-katushka-blister-rexant.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-0-8mm-olovo-60-svinets-40-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-20g-1mm-olovo-60-svinets-40-kolba-karandash-rexant.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-0-6mm-olovo-60-svinets-40-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-1mm-olovo-61-svinets-39-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1m-2mm-olovo-60-svinets-40-spiral-blister-rexant.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-90-10g-1mm-olovo-90-svinets-10-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-20g-2mm-olovo-60-svinets-40-kolba-karandash-rexant.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-1mm-olovo-60-svinets-40-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-100g-0-5mm-olovo-60-svinets-40-katushka-blister-rexant.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1000g-1mm-olovo-60-svinets-40-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-1mm-olovo-60-svinets-40-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-10g-1mm-olovo-61-svinets-39-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-0-8mm-olovo-61-svinets-39-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-2mm-olovo-61-svinets-39-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-1-5mm-olovo-61-svinets-39-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-3mm-olovo-61-svinets-39-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-splav-roze-50g-olovo-25-svinets-25-vismut-50-banochka-rexant.html" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-40-8mm-dlina-400mm-gost-21931-76-olovo-40-svinets-60-upak-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-30-8mm-dlina-400mm-gost-21931-76-olovo-30-svinets-70-upak-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pasta-payalnaya-pasta-35gr-olovo-63-svinets-37-banochka.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-1-5mm-olovo-61-svinets-39-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-splav-vuda-50g-olovo-12-5-svinets-25-vismut-50-kadmiy-12-5-banochka-rexant.html" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-30-10g-1mm-olovo-30-svinets-70-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-40-10g-1mm-olovo-40-svinets-60-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-90-8mm-dlina-400mm-gost-21931-76-olovo-90-svinets-10-upak-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-61-8mm-dlina-400mm-gost-21931-76-olovo-61-svinets-39-upak-1-sht-rexant.html" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-0-8mm-olovo-61-svinets-39-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-1mm-olovo-61-svinets-39-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-2mm-olovo-61-svinets-39-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-3mm-olovo-61-svinets-39-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-61-8mm-dlina-400mm-gost-21931-76-olovo-61-svinets-39-upak-5-kg-rexant.html" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-30-8mm-dlina-400mm-gost-21931-76-olovo-30-svinets-70-upak-5-kg-rexant.html" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-100g-1mm-olovo-95-surma-5-bessvintsovyy-gost-21931-76-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-100g-2mm-olovo-97-med-3-bessvintsovyy-gost-21931-76-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-500g-2mm-olovo-95-surma-5-bessvintsovyy-gost-21931-76-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-90-10g-1mm-olovo-90-svinets-10-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-10g-1mm-olovo-61-svinets-39-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-40-8mm-dlina-400mm-gost-21931-76-olovo-40-svinets-60-upak-5-kg-rexant.html" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-90-8mm-dlina-400mm-gost-21931-76-olovo-90-svinets-10-upak-5-kg-rexant.html" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-100g-2mm-olovo-95-surma-5-bessvintsovyy-gost-21931-76-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-100g-1mm-olovo-97-med-3-bessvintsovyy-gost-21931-76-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-500g-2mm-olovo-97-med-3-bessvintsovyy-gost-21931-76-katushka-rexant.html" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k3-dlya-payki-tverdyy-flyus-kanifol-flyus-bura-payalnyy-zhir-rexant.html" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k1-dlya-payki-universalnyy-pripoy-flyus-pk-flyus-skf-kanifol-mednaya-opletka-rexant.html" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-fim-30ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-61a-payka-alyuminiya-30ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-100ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-tags-30ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-100g-banka-rexant.html" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-38n-30ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-20g-banka-rexant.html" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k2-dlya-payki-zhidkiy-flyus-flyus-pk-flyus-skf-flyus-lti-120-rexant.html" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-100ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-500ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-vysokotemperaturnoy-payki-pv-209-100g-banka-rexant.html" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-100ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-zil-2-30ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-75-30ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-neytralnyy-20ml-banka-rexant.html" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-aktivnyy-20ml-banka-rexant.html" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-s-kistochkoy-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-500g-banka-rexant.html" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rm-keller-20ml-banka-rexant.html" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-s-kistochkoy-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-75-100ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-75-500ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-aktivnyy-100ml-banka-rexant.html" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-neytralnyy-100ml-banka-rexant.html" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-100g-banka-rexant.html" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-10g-banka-rexant.html" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rma-keller-20ml-banka-rexant.html" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-tt-keller-indikatornyy-20ml-banka-rexant.html" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-500ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-vysokotemperaturnoy-payki-pv-209-20g-banka-rexant.html" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-500ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-20g-banka-rexant.html" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-s-kistochkoy-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-bga-i-smd-12ml-tehno-shprits-blister-rexant.html" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payalnaya-kislota-12ml-tehno-shprits-blister-rexant.html" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-blister-rexant.html" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-tags-30ml-flakon-blister-rexant.html" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rma-keller-20ml-banka-blister-rexant.html" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-neytralnyy-20ml-banka-blister-rexant.html" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-30ml-paket-rexant.html" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-s-kistochkoy-flakon-blister-rexant.html" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-blister-rexant.html" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payka-alyuminiya-12ml-tehno-shprits-blister-rexant.html" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-aktivnyy-20ml-banka-blister-rexant.html" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rm-keller-20ml-banka-blister-rexant.html" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-tt-keller-indikatornyy-20ml-banka-blister-rexant.html" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-aktivnyy-12ml-tehno-shprits-blister-rexant.html" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-61a-payka-alyuminiya-30ml-flakon-blister-rexant.html" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-20g-banka-blister-rexant.html" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-kanifol-gel-aktiv-12ml-tehno-shprits-blister-rexant.html" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-s-kistochkoy-flakon-blister-rexant.html" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-blister-rexant.html" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-20g-blister-rexant.html" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-s-kistochkoy-flakon-blister-rexant.html" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-2-5mm-x-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-5mm-x-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-0mm-x-1-5m-dispenser-rexant.html" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-0mm-x-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-3-0mm-x-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-5mm-x-1-5m-dispenser-rexant.html" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-3-0mm-x-1-5m-dispenser-rexant.html" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-2-5mm-x-1-5m-dispenser-rexant.html" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gubka-dlya-ochistki-payalnogo-zhala-56x36-mm-rexant.html" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gubka-dlya-ochistki-payalnogo-zhala-93x50-mm-rexant.html" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gubka-dlya-ochistki-payalnogo-zhala-70x40-mm-rexant.html" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-3-30g-banochka-rexant.html" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-3-100g-banochka-rexant.html" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-4-100g-banochka-rexant.html" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-1-100g-banochka-rexant.html" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-2-100g-banochka-rexant.html" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-4-30g-banochka-rexant.html" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-2-30g-banochka-rexant.html" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-termostoykaya-model-221-do-350-c-2ml-shprits-rexant.html" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-zhelezo-6-ti-vodnoe-1000g-banka-rexant.html" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-400-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant.html" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-100-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant.html" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-1000-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant.html" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-60000-polimetilsiloksan-100ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-rastvoritel-ochistitel-kalosha-100ml-nefras-s2-80-120-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalnyy-1l-flakon-absolyutirovannyy-99-7-rexant.html" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalnyy-200ml-flakon-s-raspylitelem-absolyutirovannyy-99-7-rexant.html" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-mnogotselevaya-400ml-aerozol.html" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-teploprovodnaya-kpt-8-2ml-shprits-rexant.html" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-teploprovodnaya-kpt-8-5ml-shprits-rexant.html" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-60000-polimetilsiloksan-2ml-shprits-dempfernoe-rexant.html" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kulerov-ventilyatorov-sx-2-2ml-shprits-salfetki-nakleyki-blister-rexant.html" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maslo-bytovoe-smazochnoe-100ml-maslenka-rexant.html" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kulerov-ventilyatorov-sx-1-2ml-shprits-salfetki-nakleyki-blister-rexant.html" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lak-elektroizolyatsionnyy-ko-921-100ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vazelin-tehnicheskiy-vtv-1-20ml-banka-rexant.html" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-5-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant.html" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/glitserin-100ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-rastvoritel-ochistitel-kalosha-1l-nefras-s2-80-120-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhidkoe-olovo-himicheskoe-luzhenie-plat-100ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalnyy-5l-kanistra-absolyutirovannyy-99-7-rexant.html" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalnyy-100ml-flakon-absolyutirovannyy-99-7-rexant.html" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-antifriktsionnaya-tsiatim-201-20ml-banka-rexant.html" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-grafitovaya-20ml-banka-rexant.html" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-zhelezo-bezvodnoe-100g-banka-rexant.html" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-100-polimetilsiloksan-100ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-200-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant.html" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-1-30g-banochka-rexant.html" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-1000-polimetilsiloksan-500ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-10000-polimetilsiloksan-500ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-1000-polimetilsiloksan-100ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-10000-polimetilsiloksan-100ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-60000-polimetilsiloksan-500ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-zhelezo-bezvodnoe-250g-banka-rexant.html" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-200-polimetilsiloksan-100ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-rastvoritel-ochistitel-kalosha-500ml-nefras-s2-80-120-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vazelin-tehnicheskiy-vtv-1-100ml-banka-rexant.html" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lak-elektroizolyatsionnyy-ko-921-30ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-100-polimetilsiloksan-500ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-5-polimetilsiloksan-500ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-200-polimetilsiloksan-500ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-zhelezo-6-ti-vodnoe-250g-banka-rexant.html" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kulerov-ventilyatorov-sx-3-2ml-shprits-salfetki-nakleyki-blister-rexant.html" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompaund-silikonovyy-pk-68-100g-dvuhkomponentnyy-prozrachnyy-rexant.html" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sredstvo-dlya-remonta-plastika-holodnaya-svarka-30ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-5-polimetilsiloksan-100ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/glitserin-500ml-flakon-rexant.html" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-zhelezo-bezvodnoe-1000g-banka-rexant.html" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-szhatyy-vozduh-dust-off-1000ml-720ml-aerozol-rexant.html" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-szhatyy-vozduh-dust-off-520ml-230ml-aerozol-invertornyy-rexant.html" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sredstvo-dlya-udaleniya-nakleek-label-off-210ml-150ml-aerozol-rexant.html" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-pechatnyh-plat-flux-off-520-ml-400ml-aerozol-rexant.html" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/aerozol-ohladitel-freezer-520ml-400ml-rexant.html" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-kontaktov-kontakt-61-520ml-400ml-aerozol-rexant.html" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-szhatyy-vozduh-dust-off-520ml-400ml-aerozol-rexant.html" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalnyy-cleaner-520ml-400ml-aerozol-rexant.html" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-obezzhirivatel-degreaser-520ml-400ml-aerozol-rexant.html" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-dust-off-520ml-400ml-aerozol-kranz.html" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-200x200x1-5-mm-35-00-35-mkm-rexant.html" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-200x300x1-5-mm-35-00-35-mkm-rexant.html" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-100x200x1-5-mm-35-00-35-mkm-rexant.html" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-100x150x1-5-mm-35-00-35-mkm-rexant.html" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-100x100x1-5-mm-35-00-35-mkm-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vakuumniy-ekstraktor-pripoya-olovootsos-metall-rexant-20140" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-montajnogo-instrumenta-dlya-payki-rexant-6-predmetov-221" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vakuumniy-ekstraktor-pripoya-olovootsos-metall-plastik-rexant-209" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antistaticheskiy-braslet-rexant-227" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kistochka-steklovolokonnaya-dlya-naneseniya-flyusov-3-mm-rexant-7417" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vakuumniy-ekstraktor-pripoya-olovootsos-plastik-prozrachno-krasniy-rexant-20291" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vakuumniy-ekstraktor-pripoya-olovootsos-plastik-rexant-211" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kovrik-antistaticheskiy-termostoykiy-329h208h2-6-mm-cherniy-20114" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-serii-900m-oslash-4-3mm-tip-skoshenniy-bolshoy-4-0mm-blister-rexant-20289" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-mednoe-epsn-oslash-6-8mm-tip-ploskiy-blister-rexant-12665" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-impulsnogo-payalnika-dolgovechnoe-oslash-3-8mm-tip-konus-blister-rexant-6360" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-vijigatelnoe-igla-dlya-12-0142-rexant-9568" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-mednoe-epsn-oslash-3-8mm-tip-ploskiy-blister-rexant-12663" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-mednoe-epsn-oslash-7-8mm-tip-ploskiy-blister-rexant-12661" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-serii-900m-oslash-4-3mm-tip-ploskiy-maliy-1-6mm-blister-rexant-22332" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-serii-900m-oslash-4-3mm-tip-ploskiy-bolshoy-4-0mm-blister-rexant-22333" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-serii-900m-oslash-4-3mm-tip-toporik-5-0mm-blister-rexant-20286" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-mednoe-epsn-oslash-5-8mm-tip-ploskiy-blister-rexant-12662" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-dolgovechnoe-25-30-i-40vt-oslash-4-8mm-tip-konus-blister-rexant-6357" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-dolgovechnoe-100vt-oslash-7-8mm-tip-konus-blister-rexant-6359" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-serii-900m-oslash-4-3mm-tip-skoshenniy-maliy-2-0mm-blister-rexant-20290" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-mednoe-epsn-oslash-4-8mm-tip-ploskiy-blister-rexant-12664" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-serii-900m-oslash-4-3mm-tip-konus-maliy-0-2mm-blister-rexant-20287" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-serii-900m-oslash-4-3mm-tip-konus-bolshoy-0-5mm-blister-rexant-20288" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-impulsnogo-payalnika-dolgovechnoe-oslash-7-1mm-tip-konus-blister-rexant-6356" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-dolgovechnoe-60vt-oslash-5-8mm-tip-konus-blister-rexant-6358" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-dolgovechnoe-80vt-oslash-6-8mm-tip-konus-blister-rexant-6521" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-3-0mm-x-1-5m-dispenser-rexant-12668" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-0mm-x-1-5m-dispenser-rexant-12669" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-0mm-x-1-5m-rexant-402" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-5mm-x-1-5m-rexant-3590" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-3-0mm-x-1-5m-rexant-3592" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-2-5mm-x-1-5m-dispenser-rexant-12671" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-5mm-x-1-5m-dispenser-rexant-12670" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-2-5mm-x-1-5m-rexant-3591" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/glitserin-500ml-flakon-rexant-19113" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-teploprovodnaya-kpt-8-5ml-shprits-rexant-7407" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-4-30g-banochka-rexant-26456" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-2-30g-banochka-rexant-7410" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-termostoykaya-model-221-do-350-c-2ml-shprits-rexant-7416" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-10000-polimetilsiloksan-500ml-flakon-rexant-26220" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-jelezo-6-ti-vodnoe-250g-banka-rexant-30784" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-teploprovodnaya-kpt-8-2ml-shprits-rexant-7408" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-grafitovaya-20ml-banka-rexant-7415" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-antifriktsionnaya-tsiatim-201-20ml-banka-rexant-7994" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-3-30g-banochka-rexant-26454" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kulerov-ventilyatorov-sx-1-2ml-shprits-salfetki-nakleyki-blister-rexant-26458" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kulerov-ventilyatorov-sx-2-2ml-shprits-salfetki-nakleyki-blister-rexant-26459" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-2-100g-banochka-rexant-26451" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-1000-polimetilsiloksan-500ml-flakon-rexant-26218" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-1000-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant-10680" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-60000-polimetilsiloksan-100ml-flakon-rexant-7731" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-rastvoritel-ochistitel-kalosha-100ml-nefras-s2-80-120-flakon-rexant-8840" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jidkoe-olovo-himicheskoe-lujenie-plat-100ml-flakon-rexant-7730" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalniy-1l-flakon-absolyutirovanniy-99-7-rexant-7727" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-rastvoritel-ochistitel-kalosha-1l-nefras-s2-80-120-flakon-rexant-8838" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalniy-200ml-flakon-s-raspilitelem-absolyutirovanniy-99-7-rexant-7726" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vazelin-tehnicheskiy-vtv-1-20ml-banka-rexant-19112" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-60000-polimetilsiloksan-2ml-shprits-dempfernoe-rexant-12208" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalniy-100ml-flakon-absolyutirovanniy-99-7-rexant-7725" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-100-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant-10681" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-400-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant-10679" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-1-100g-banochka-rexant-26453" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-3-100g-banochka-rexant-26455" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-dlya-plastmassi-30ml-flakon-rexant-7988" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maslo-bitovoe-smazochnoe-100ml-maslenka-rexant-13235" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-jelezo-6-ti-vodnoe-1000g-banka-rexant-30785" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-60000-polimetilsiloksan-500ml-flakon-rexant-26221" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-rastvoritel-ochistitel-kalosha-500ml-nefras-s2-80-120-flakon-rexant-8837" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-100-polimetilsiloksan-100ml-flakon-rexant-7412" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lak-elektroizolyatsionniy-ko-921-100ml-flakon-rexant-13739" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalniy-5l-kanistra-absolyutirovanniy-99-7-rexant-23707" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-5-polimetilsiloksan-100ml-flakon-rexant-17779" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-5-polimetilsiloksan-500ml-flakon-rexant-17790" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-jelezo-bezvodnoe-100g-banka-rexant-7409" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-200-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant-7413" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-4-100g-banochka-rexant-26457" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-1000-polimetilsiloksan-100ml-flakon-rexant-26217" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-10000-polimetilsiloksan-100ml-flakon-rexant-26219" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kulerov-ventilyatorov-sx-3-2ml-shprits-salfetki-nakleyki-blister-rexant-26460" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-5-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant-17778" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/glitserin-100ml-flakon-rexant-19111" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompaund-silikonoviy-pk-68-100g-dvuhkomponentniy-prozrachniy-rexant-7735" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-200-polimetilsiloksan-100ml-flakon-rexant-7509" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lak-elektroizolyatsionniy-ko-921-30ml-flakon-rexant-13743" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-1-30g-banochka-rexant-26452" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-jelezo-bezvodnoe-250g-banka-rexant-7508" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-100-polimetilsiloksan-500ml-flakon-rexant-17799" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-200-polimetilsiloksan-500ml-flakon-rexant-17784" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vazelin-tehnicheskiy-vtv-1-100ml-banka-rexant-19109" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-jelezo-bezvodnoe-1000-banka-rexant-30783" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-mnogotselevaya-400ml-aerozol-rexant-11731" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-dust-off-kranz-400-ml-aerozol-27874" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-sjatiy-vozduh-dust-off-520ml-400ml-aerozol-rexant-12261" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalniy-cleaner-520ml-400ml-aerozol-rexant-12262" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-sjatiy-vozduh-dust-off-1000ml-720ml-aerozol-rexant-21950" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-sjatiy-vozduh-dust-off-520ml-230ml-aerozol-invertorniy-rexant-21951" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-pechatnih-plat-flux-off-520-ml-400ml-aerozol-rexant-12263" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sredstvo-dlya-udaleniya-nakleek-label-off-210ml-150ml-aerozol-rexant-12264" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/aerozol-ohladitel-freezer-520ml-400ml-rexant-12929" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-obezjirivatel-degreaser-520ml-400ml-aerozol-rexant-12931" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-kontaktov-kontakt-61-520ml-400ml-aerozol-rexant-12927" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gubka-dlya-ochistki-payalnogo-jala-93x50-mm-rexant-3584" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gubka-dlya-ochistki-payalnogo-jala-56x36-mm-rexant-3586" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gubka-dlya-ochistki-payalnogo-jala-70x40-mm-rexant-3585" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-100x200x1-5-mm-35-00-35-mkm-rexant-17775" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-100x100x1-5-mm-35-00-35-mkm-rexant-17801" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-200x300x1-5-mm-35-00-35-mkm-rexant-17786" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-200x200x1-5-mm-35-00-35-mkm-rexant-17793" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-100x150x1-5-mm-35-00-35-mkm-rexant-17803" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-tretya-ruka-master-3-zajima-lupa-90mm-3h-podstavka-payalnika-stend-pripoya-led-podsvetka-rexant-9569" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-tretya-ruka-2-zajima-lupa-90mm-2-5h-2h34mm-podstavka-payalnika-led-podsvetka-rexant-8867" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-plat-zahvat-do-200h140mm-rexant-8871" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-payalnika-nisha-kvadratnaya-gubka-metall-rexant-204" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-payalnika-derjatel-pripoya-nisha-gubka-metall-rexant-9570" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-payalnika-strujka-dlya-ochistki-jala-metall-rexant-8869" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-payalnika-nisha-kvadratnaya-gubka-chugun-rexant-2262" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-tretya-ruka-2-zajima-lupa-90mm-2-5h-podstavka-payalnika-led-podsvetka-chugun-rexant-2261" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-tretya-ruka-2-zajima-lupa-60mm-2-5h-podstavka-payalnika-nisha-gubka-chugun-rexant-831" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-tretya-ruka-2-zajima-lupa-60mm-3h-osnovanie-chugun-rexant-223" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-pod-payalnik-nisha-kruglaya-gubka-chugun-rexant-296" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-payalnika-listovaya-seriya-mini-metall-rexant-26303" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-payalnika-kruglaya-42mm-seriya-mini-karbolit-rexant-298" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-tretya-ruka-2-zajima-lupa-90mm-3h-chugun-rexant-3797" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-tretya-ruka-2-zajima-lupa-60mm-2-5h-osnovanie-chugun-rexant-2260" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vijigatel-nabor-payalnik-vijigatel-pirograf-30vt-230v-7-nasadok-podstavka-kistochka-kraski-blister-rexant-10294" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vijigatel-nabor-payalnik-vijigatel-pirograf-30-50vt-230v-420-500-c-21-nasadka-podstavka-korobka-rexant-10295" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-vijiganiya-dlya-malchikov-vijigatel-5-dosok-150h150mm-paket-rexant-20363" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vijigatel-pribor-dlya-vijiganiya-pirograf-40vt-230v-450-750-c-korobka-rexant-4488" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vijigatel-nabor-payalnik-vijigatel-pirograf-30vt-230v-420-450-c-21-nasadka-podstavka-korobka-rexant-4059" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-vijiganiya-kormushka-dlya-ptits-vijigatel-3d-model-150h150mm-paket-rexant-20362" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vijigatel-nabor-payalnik-vijigatel-pirograf-30vt-230v-420-450-c-6-nasadok-blister-rexant-3589" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/doski-dlya-vijiganiya-nabor-1-voin-dinozavr-sobaka-mashina-bez-risunka-148h210mm-a5-5-sht-paket-rexant-22040" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/doski-dlya-vijiganiya-jivotnie-150h150mm-nabor-5-sht-belka-slon-sova-ejik-tigr-paket-rexant-20059" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/doski-dlya-vijiganiya-nabor-2-voin-dinozavr-sobaka-mashina-bez-risunka-148h210mm-a5-5-sht-paket-rexant-22041" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/doski-dlya-vijiganiya-dlya-malchikov-150h150mm-nabor-5-sht-tigr-samolet-mashina-parusnik-kosmos-paket-rexant-20060" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/doska-dlya-vijiganiya-kormushka-dlya-ptits-3d-model-1-sht-paket-rexant-20141" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/doski-dlya-vijiganiya-nabor-tvorcheskiy-bez-risunka-148h210mm-a5-5-sht-paket-rexant-22044" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-oslash-0-8mm-olovo-61-svinets-39-katushka-rexant-15707" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-61-oslash-8mm-dlina-400mm-gost-21931-76-olovo-61-svinets-39-upak-5-kg-rexant-29570" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-splav-roze-50g-olovo-25-svinets-25-vismut-50-banochka-rexant-7728" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-100g-oslash-2mm-olovo-95-surma-5-bessvintsoviy-gost-21931-76-katushka-rexant-29578" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-90-oslash-8mm-dlina-400mm-gost-21931-76-olovo-90-svinets-10-upak-1-sht-rexant-13745" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-30-oslash-8mm-dlina-400mm-gost-21931-76-olovo-30-svinets-70-upak-1-sht-rexant-13741" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-oslash-2mm-olovo-61-svinets-39-katushka-rexant-15708" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-oslash-3mm-olovo-61-svinets-39-katushka-rexant-15710" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-splav-vuda-50g-olovo-12-5-svinets-25-vismut-50-kadmiy-12-5-banochka-rexant-15702" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-10g-oslash-1mm-olovo-61-svinets-39-kolba-rexant-20659" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-90-10g-oslash-1mm-olovo-90-svinets-10-kolba-rexant-20660" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-90-oslash-8mm-dlina-400mm-gost-21931-76-olovo-90-svinets-10-upak-5-kg-rexant-29571" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-40-oslash-8mm-dlina-400mm-gost-21931-76-olovo-40-svinets-60-upak-5-kg-rexant-29569" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-30-oslash-8mm-dlina-400mm-gost-21931-76-olovo-30-svinets-70-upak-5-kg-rexant-29568" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-40-oslash-8mm-dlina-400mm-gost-21931-76-olovo-40-svinets-60-upak-1-sht-rexant-13737" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-61-oslash-8mm-dlina-400mm-gost-21931-76-olovo-61-svinets-39-upak-1-sht-rexant-13736" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-oslash-1mm-olovo-61-svinets-39-katushka-rexant-15703" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-oslash-1-5mm-olovo-61-svinets-39-katushka-rexant-15713" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-500g-oslash-2mm-olovo-95-surma-5-bessvintsoviy-gost-21931-76-katushka-rexant-29579" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-30-10g-oslash-1mm-olovo-30-svinets-70-kolba-rexant-20661" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-40-10g-oslash-1mm-olovo-40-svinets-60-kolba-rexant-20662" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-100g-oslash-1mm-olovo-95-surma-5-bessvintsoviy-gost-21931-76-katushka-rexant-29577" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-100g-oslash-1mm-olovo-97-med-3-bessvintsoviy-gost-21931-76-katushka-rexant-29580" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-100g-oslash-2mm-olovo-97-med-3-bessvintsoviy-gost-21931-76-katushka-rexant-29581" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-500g-oslash-2mm-olovo-97-med-3-bessvintsoviy-gost-21931-76-katushka-rexant-29582" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pasta-payalnaya-pasta-35gr-olovo-63-svinets-37-banochka-15322" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-30-10g-oslash-1mm-olovo-30-svinets-70-kolba-rexant-20367" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-1m-oslash-0-8mm-olovo-61-svinets-39-spiral-konvert-rexant-7989" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-oslash-2mm-olovo-61-svinets-39-katushka-rexant-29575" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-oslash-0-8mm-olovo-61-svinets-39-katushka-rexant-29572" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-oslash-2mm-olovo-60-svinets-40-katushka-rexant-11713" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-1m-oslash-1mm-olovo-61-svinets-39-spiral-konvert-rexant-7990" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-oslash-1mm-olovo-61-svinets-39-katushka-rexant-29573" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-100g-oslash-2mm-olovo-60-svinets-40-katushka-blister-rexant-10056" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-oslash-0-8mm-olovo-60-svinets-40-katushka-rexant-13356" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-oslash-2mm-olovo-60-svinets-40-katushka-rexant-11712" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-1m-oslash-1-5mm-olovo-61-svinets-39-spiral-konvert-rexant-7991" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-oslash-0-8mm-olovo-60-svinets-40-katushka-rexant-2007" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-oslash-1mm-olovo-60-svinets-40-katushka-rexant-2008" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1m-oslash-0-8mm-olovo-60-svinets-40-spiral-blister-rexant-15049" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1m-oslash-1mm-olovo-60-svinets-40-spiral-blister-rexant-15048" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-40-10g-oslash-1mm-olovo-40-svinets-60-kolba-rexant-20366" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-oslash-3mm-olovo-60-svinets-40-katushka-rexant-13357" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-10g-oslash-1mm-olovo-61-svinets-39-kolba-rexant-123" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1m-oslash-2mm-olovo-60-svinets-40-spiral-blister-rexant-15050" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-20g-oslash-1mm-olovo-60-svinets-40-kolba-karandash-rexant-4262" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-90-10g-oslash-1mm-olovo-90-svinets-10-kolba-rexant-20365" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-20g-oslash-2mm-olovo-60-svinets-40-kolba-karandash-rexant-20368" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-oslash-1mm-olovo-60-svinets-40-katushka-rexant-2009" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-100g-oslash-0-5mm-olovo-60-svinets-40-katushka-blister-rexant-20589" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1000g-oslash-1mm-olovo-60-svinets-40-katushka-rexant-2010" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-100g-oslash-1mm-olovo-60-svinets-40-katushka-blister-rexant-2005" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-oslash-0-6mm-olovo-60-svinets-40-katushka-rexant-2006" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-oslash-1-5mm-olovo-61-svinets-39-katushka-rexant-29574" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-oslash-3mm-olovo-61-svinets-39-katushka-rexant-29576" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k4-dlya-payki-universalniy-pripoy-kanifol-payalniy-jir-flyus-skf-rexant-28459" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k20-dlya-payki-prodvinutiy-payalnik-s-podsvetkoy-podstavka-ekstraktor-kovrik-rexant-28458" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-payalnik-s-keramicheskim-nagrevatelem-60vt-220-480-c-podstavka-s-gubkoy-nabor-iz-5-jal-rexant-28770" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-13-payalnik-30vt-podstavka-kanifol-pripoy-bokorezi-tonkogubtsi-rexant-9445" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k5-dlya-payki-universalniy-pripoy-gubka-kanifol-flyus-skf-flyus-ok-rexant-28460" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-11-payalnik-30vt-podstavka-gubka-dlya-udaleniya-pripoya-kanifol-pripoy-rexant-9444" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-16-usb-payalnik-8vt-kusachki-tonkogubtsi-podstavka-pripoy-otvertka-rexant-8866" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k22-dlya-payki-vspomogatelniy-derjatel-tretya-ruka-podstavka-ekstraktor-rexant-28593" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-15-payalnik-8vt-olovootsos-podstavka-pripoy-otvertka-instrument-dlya-montaja-rexant-8865" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-4-payalnik-30vt-olovootsos-podstavka-pripoy-gubka-rexant-3593" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-5-payalnik-impulsniy-30-70vt-olovootsos-podstavka-pripoy-rexant-3594" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-payalnik-tsifrovoy-s-keramicheskim-nagrevatelem-65vt-200-500-c-podstavka-s-gubkoy-nabor-iz-5-jal-rexant-28771" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-kanifol-gel-aktiv-12ml-tehno-shprits-blister-rexant-15711" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralniy-marka-a-20g-blister-rexant-17781" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-s-kistochkoy-flakon-blister-rexant-23709" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-aktivniy-12ml-tehno-shprits-blister-rexant-15712" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-30ml-paket-rexant-18661" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-blister-rexant-18658" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-bga-i-smd-12ml-tehno-shprits-blister-rexant-15705" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-61a-payka-alyuminiya-30ml-flakon-blister-rexant-21952" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-20g-banka-blister-rexant-21953" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rm-keller-20ml-banka-blister-rexant-21957" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rma-keller-20ml-banka-blister-rexant-21958" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-tt-keller-indikatorniy-20ml-banka-blister-rexant-21959" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalniy-jir-neytralniy-20ml-banka-blister-rexant-21955" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payalnaya-kislota-12ml-tehno-shprits-blister-rexant-15704" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-blister-rexant-18659" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-s-kistochkoy-flakon-blister-rexant-23708" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-tags-30ml-flakon-blister-rexant-21954" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalniy-jir-aktivniy-20ml-banka-blister-rexant-21956" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payka-alyuminiya-12ml-tehno-shprits-blister-rexant-15709" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolniy-30ml-blister-rexant-18660" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolniy-30ml-s-kistochkoy-flakon-blister-rexant-23710" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k1-dlya-payki-universalniy-pripoy-flyus-pk-flyus-skf-kanifol-mednaya-opletka-rexant-22045" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k2-dlya-payki-jidkiy-flyus-flyus-pk-flyus-skf-flyus-lti-120-rexant-22046" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-flakon-rexant-7395" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralniy-marka-a-10g-banka-rexant-14317" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k3-dlya-payki-tverdiy-flyus-kanifol-flyus-bura-payalniy-jir-rexant-22047" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-38n-30ml-flakon-rexant-7400" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalniy-jir-aktivniy-20ml-banka-rexant-7404" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-flakon-rexant-7391" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-61a-payka-alyuminiya-30ml-flakon-rexant-7393" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralniy-marka-a-20g-banka-rexant-7405" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-100ml-flakon-rexant-7392" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-fim-30ml-flakon-rexant-7394" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-zil-2-30ml-flakon-rexant-7396" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-75-30ml-flakon-rexant-7397" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolniy-30ml-flakon-rexant-7398" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-tags-30ml-flakon-rexant-7402" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalniy-jir-neytralniy-20ml-banka-rexant-7403" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralniy-marka-a-100g-banka-rexant-7406" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolniy-30ml-s-kistochkoy-flakon-rexant-7505" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-s-kistochkoy-flakon-rexant-8839" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralniy-marka-a-500g-banka-rexant-7507" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-100ml-flakon-rexant-7503" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-s-kistochkoy-flakon-rexant-7502" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolniy-100ml-flakon-rexant-20899" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-75-500ml-flakon-rexant-20964" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-500ml-flakon-rexant-7499" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rm-keller-20ml-banka-rexant-19007" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rma-keller-20ml-banka-rexant-19008" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-tt-keller-indikatorniy-20ml-banka-rexant-19107" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-75-100ml-flakon-rexant-20898" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalniy-jir-aktivniy-100ml-banka-rexant-21102" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolniy-500ml-flakon-rexant-7399" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalniy-jir-neytralniy-100ml-banka-rexant-21101" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-500ml-flakon-rexant-20900" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-100g-banka-rexant-23711" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-visokotemperaturnoy-payki-pv-209-20g-banka-rexant-26461" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-20g-banka-rexant-7401" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-visokotemperaturnoy-payki-pv-209-100g-banka-rexant-26462" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-fen-demont-payalnik-model-r048k-tsifrovaya-200-480-c-led-displey-rexant-28773" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-seriya-mini-mi08-8vt-230v-100-450-c-zd-927-rexant-2259" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-termofen-model-r858d-termovozdushnaya-tsifrovaya-100-500-c-led-displey-rexant-17766" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-demont-payalnik-model-r048-tsifrovaya-200-480-c-led-displey-rexant-28772" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-seriya-mini-mi10-10vt-230v-100-450-c-rexant-11392" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-termofen-model-r850a-termovozdushnaya-kompressornaya-100-450-c-rexant-17768" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-fen-istochn-pitaniya-model-r5000-tsifrovaya-100-480-c-led-displey-rexant-17767" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-model-r8906-s-tsifrovim-upravleniem-48vt-230v-160-480-c-jk-displey-rexant-8870" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-model-r936a-200-480-c-rexant-17771" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-fen-model-r898d-tsifrovaya-100-480-c-led-displey-rexant-17770" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-fen-model-r852-kompressornaya-100-480-c-rexant-17764" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mnogofunktsionalnaya-tsifrovaya-payalnaya-stantsiya-s-multimetrom-i-jk-displeem-220v-48vt-zd-8901-rexant-4487" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-fen-model-r852ad-100-500-c-led-displey-rexant-17116" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-fen-model-r887d-tsifrovaya-100-480-c-led-displey-rexant-17769" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-model-r936d-200-480-c-led-displey-rexant-17765" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-160-450-s-tsifrovoy-displey-230v-48vt-zd-931-rexant-3857" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-model-r098-48vt-230v-160-480-c-rexant-399" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovaya-termovozdushnaya-payalnaya-stantsiya-220v-160-480-s-zd-939l-rexant-4501" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-model-r099-48vt-230v-160-480-c-rexant-398" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-150-450-s-led-indikatsiya-220v-48-vt-zd-929a-rexant-vivodim-3856" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r100f-300vt-oslash-100mm-200-480-c-bessvintsovaya-rexant-20274" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r150-900vt-150h100h45mm-0-400-c-tsifrovaya-rexant-20279" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r80-300vt-oslash-80mm-200-480-c-rexant-20270" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r38-100vt-oslash-38mm-200-480-c-rexant-20276" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r50-150vt-oslash-50mm-200-480-c-rexant-20273" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r38f-100vt-oslash-38mm-200-480-c-bessvintsovaya-rexant-20272" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r100-300vt-oslash-100mm-200-480-c-rexant-20271" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r80f-250vt-oslash-80mm-200-480-c-bessvintsovaya-rexant-20269" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-classic-25vt-230v-blister-proconnect-4319" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-classic-30vt-230v-blister-proconnect-4320" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-classic-40vt-230v-blister-proconnect-4321" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-classic-60vt-230v-blister-proconnect-4322" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-classic-80vt-230v-blister-proconnect-4489" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-classic-100vt-230v-blister-proconnect-4490" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-master-25vt-230v-blister-rexant-3576" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-master-30vt-230v-blister-rexant-3577" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-profi-25vt-230v-blister-rexant-4063" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-profi-40vt-230v-blister-rexant-4065" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-master-40vt-230v-blister-rexant-3578" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-master-60vt-230v-blister-rexant-3579" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-master-80vt-230v-blister-rexant-3580" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-master-100vt-230v-blister-rexant-3581" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-profi-30vt-230v-blister-rexant-4064" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrejimniy-s-keram-nagrevatelem-seriya-classic-30-130vt-230v-proconnect-4315" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrejimniy-seriya-classic-30-70vt-230v-blister-proconnect-4316" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dvuhrejimniy-s-keram-nagrevatelem-30-70vt-230v-blister-rexant-13104" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrejimniy-seriya-profi-30-70vt-230v-blister-rexant-4061" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrejimniy-s-keram-nagrevatelem-seriya-profi-25-130vt-230v-rexant-4060" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrejimniy-s-keram-nagrevatelem-seriya-master-30-130vt-230v-rexant-212" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrejimniy-seriya-master-30-70vt-230v-blister-rexant-214" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-80vt-230v-blister-rexant-7431" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-25vt-230v-blister-rexant-7427" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-65vt-230v-blister-rexant-7430" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-40vt-230v-blister-rexant-7429" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-100vt-230v-blister-rexant-7432" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pintset-s-keram-nagrevatelem-48vt-220v-korobka-rexant-12666" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-ekstraktorom-pripoya-40vt-230v-blister-rexant-210" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-gorelka-gazoviy-15ml-s-regul-plameni-2-nasadki-blister-rexant-9566" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-tsifrovoy-s-keram-nagrevatelem-65vt-220v-temp-200-500-c-rexant-28774" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-tochnaya-payka-30vt-230v-blister-rexant-10296" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-led-podsvetka-40vt-220v-blister-rexant-12667" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-mini-8vt-4-5v-pitanie-ot-3-bat-aa-blister-rexant-3587" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-japan-type-60vt-230v-zapasnoe-jalo-blister-rexant-17445" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-zajimami-krokodil-40vt-12v-blister-rexant-17577" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-gorelka-s-pezopodjigom-gazoviy-17ml-6-nasadok-pripoy-gubka-korobka-rexant-20048" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-gorelka-s-pezopodjigom-gazoviy-17ml-2-nasadki-blister-rexant-20047" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-mini-8vt-5v-pitanie-ot-usb-blister-rexant-4062" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-mini-12v-8vt-bez-bp-blister-rexant-3582" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-so-shtekerom-prikurivatelya-12v-40vt-blister-rexant-6361" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-regulirovkoy-temperaturi-30-50vt-230v-blister-rexant-4066" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-japan-type-60vt-230v-regul-temp-250-500-c-zapasnoe-jalo-blister-rexant-17444" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-25vt-230v-paket-rexant-7076" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-65vt-230v-paket-rexant-7078" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-100vt-230v-paket-rexant-7080" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-80vt-230v-paket-rexant-7079" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-40vt-230v-paket-rexant-7077" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-visokomoschniy-seriya-epsn-keram-ten-300vt-230v-s-derev-ruchkoy-korobka-rexant-11976" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-topor-visokomoschniy-seriya-epsn-200vt-230v-s-derevyannoy-ruchkoy-paket-rexant-7075" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-visokomoschniy-keram-ten-500vt-230v-s-karbolitovoy-ruchkoy-korobka-rexant-11974" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-visokomoschniy-300vt-230v-topor-s-knopkoy-korobka-rexant-9565" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-visokomoschniy-seriya-epsn-keram-ten-200vt-230v-s-derev-ruchkoy-korobka-rexant-11977" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-65vt-230v-blister-proconnect-15786" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-80vt-230v-blister-proconnect-15788" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-25vt-230v-blister-proconnect-15789" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-100vt-230v-blister-proconnect-15787" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-40vt-230v-blister-proconnect-15790" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-25vt-230v-paket-rexant-7071" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-80vt-230v-paket-rexant-7070" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-40vt-230v-paket-rexant-7072" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-65vt-230v-paket-rexant-7073" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-100vt-230v-paket-rexant-7074" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I385"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -2769,11078 +2769,11078 @@
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A4" s="2" t="s">
+      <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B4" s="2"/>
-[...6 lines deleted...]
-      <c r="I4" s="2"/>
+      <c r="B4" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" s="3">
+        <v>506.77</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F4" s="3">
+        <v>1508</v>
+      </c>
+      <c r="G4" s="3">
+        <v>1</v>
+      </c>
+      <c r="H4" s="3">
+        <v>200</v>
+      </c>
+      <c r="I4" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>652.13</v>
+        <v>675</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>3077</v>
+        <v>2692</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>609</v>
+        <v>225</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>3609</v>
+        <v>4549</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>1049</v>
+        <v>466.06</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>1717</v>
+        <v>2723</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>366.73</v>
+        <v>115.64</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>27469</v>
+        <v>1464</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>393.9</v>
+        <v>458.64</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>33202</v>
+        <v>3287</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>307.46</v>
+        <v>219</v>
       </c>
       <c r="D10" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>6085</v>
+        <v>3187</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>899</v>
+        <v>1517.26</v>
       </c>
       <c r="D11" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>10062</v>
+        <v>42</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A12" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B12" s="3" t="s">
+      <c r="A12" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="C12" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B12" s="2"/>
+      <c r="C12" s="2"/>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2"/>
+      <c r="F12" s="2"/>
+      <c r="G12" s="2"/>
+      <c r="H12" s="2"/>
+      <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>340.07</v>
+        <v>347.97</v>
       </c>
       <c r="D13" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>5530</v>
+        <v>1037</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>649</v>
+        <v>328.97</v>
       </c>
       <c r="D14" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>6391</v>
+        <v>887</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>600</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>749</v>
+        <v>188.09</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>6223</v>
+        <v>986</v>
       </c>
       <c r="G15" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>869</v>
+        <v>229.06</v>
       </c>
       <c r="D16" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>2031</v>
+        <v>939</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>1239</v>
+        <v>155</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>4814</v>
+        <v>2279</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>677.9</v>
+        <v>399</v>
       </c>
       <c r="D18" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>6352</v>
+        <v>658</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>799</v>
+        <v>331.39</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>597</v>
+        <v>1205</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A20" s="2" t="s">
+      <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B20" s="2"/>
-[...6 lines deleted...]
-      <c r="I20" s="2"/>
+      <c r="B20" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="C20" s="3">
+        <v>331.39</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F20" s="3">
+        <v>1091</v>
+      </c>
+      <c r="G20" s="3">
+        <v>1</v>
+      </c>
+      <c r="H20" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I20" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>865.5</v>
+        <v>347.97</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>1245</v>
+        <v>2075</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>799</v>
+        <v>223</v>
       </c>
       <c r="D22" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>505</v>
+        <v>1091</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>1974.45</v>
+        <v>246.2</v>
       </c>
       <c r="D23" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1133</v>
+        <v>2655</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>72</v>
+        <v>1000</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>3815.42</v>
+        <v>374.43</v>
       </c>
       <c r="D24" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>1008</v>
+        <v>478</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>750</v>
+        <v>331.39</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>1459</v>
+        <v>1120</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>1901.4</v>
+        <v>195.97</v>
       </c>
       <c r="D26" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>1979</v>
+        <v>1808</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>1840.35</v>
+        <v>347.97</v>
       </c>
       <c r="D27" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>2063</v>
+        <v>845</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>60</v>
+        <v>1000</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>806.65</v>
+        <v>331.39</v>
       </c>
       <c r="D28" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>698</v>
+        <v>1098</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>350</v>
+        <v>239.86</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>2199</v>
+        <v>627</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>1349</v>
+        <v>328.97</v>
       </c>
       <c r="D30" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>833</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>750</v>
+        <v>396.72</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>644</v>
+        <v>83</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A32" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B32" s="3" t="s">
+      <c r="A32" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="C32" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B32" s="2"/>
+      <c r="C32" s="2"/>
+      <c r="D32" s="2"/>
+      <c r="E32" s="2"/>
+      <c r="F32" s="2"/>
+      <c r="G32" s="2"/>
+      <c r="H32" s="2"/>
+      <c r="I32" s="2"/>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A33" s="3" t="s">
+      <c r="A33" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B33" s="2"/>
+      <c r="C33" s="2"/>
+      <c r="D33" s="2"/>
+      <c r="E33" s="2"/>
+      <c r="F33" s="2"/>
+      <c r="G33" s="2"/>
+      <c r="H33" s="2"/>
+      <c r="I33" s="2"/>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3">
-        <v>1888.95</v>
+        <v>302.04</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>5219</v>
+        <v>1140</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3">
-        <v>2800</v>
+        <v>209.72</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>536</v>
+        <v>2580</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>48</v>
+        <v>200</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="B36" s="3" t="s">
+      <c r="C36" s="3">
+        <v>145</v>
+      </c>
+      <c r="D36" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F36" s="3">
+        <v>3312</v>
+      </c>
+      <c r="G36" s="3">
+        <v>1</v>
+      </c>
+      <c r="H36" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I36" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A37" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="C36" s="3">
-[...22 lines deleted...]
-      <c r="A37" s="2" t="s">
+      <c r="B37" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="B37" s="2"/>
-[...6 lines deleted...]
-      <c r="I37" s="2"/>
+      <c r="C37" s="3">
+        <v>190</v>
+      </c>
+      <c r="D37" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F37" s="3">
+        <v>0</v>
+      </c>
+      <c r="G37" s="3">
+        <v>1</v>
+      </c>
+      <c r="H37" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I37" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C38" s="3">
-        <v>1069.25</v>
+        <v>250.61</v>
       </c>
       <c r="D38" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>1646</v>
+        <v>1909</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C39" s="3">
-        <v>1407.1</v>
+        <v>275.66</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>664</v>
+        <v>587</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>48</v>
+        <v>200</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C40" s="3">
-        <v>460.71</v>
+        <v>238.18</v>
       </c>
       <c r="D40" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>2138</v>
+        <v>300</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C41" s="3">
-        <v>1048.83</v>
+        <v>234.02</v>
       </c>
       <c r="D41" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>2210</v>
+        <v>13100</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A42" s="3" t="s">
+      <c r="A42" s="2" t="s">
         <v>86</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B42" s="2"/>
+      <c r="C42" s="2"/>
+      <c r="D42" s="2"/>
+      <c r="E42" s="2"/>
+      <c r="F42" s="2"/>
+      <c r="G42" s="2"/>
+      <c r="H42" s="2"/>
+      <c r="I42" s="2"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="3">
-        <v>886.72</v>
+        <v>1050.05</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>1219</v>
+        <v>281</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="B44" s="3" t="s">
+      <c r="C44" s="3">
+        <v>157.68</v>
+      </c>
+      <c r="D44" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F44" s="3">
+        <v>1263</v>
+      </c>
+      <c r="G44" s="3">
+        <v>10</v>
+      </c>
+      <c r="H44" s="3">
+        <v>200</v>
+      </c>
+      <c r="I44" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A45" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="C44" s="3">
-[...22 lines deleted...]
-      <c r="A45" s="2" t="s">
+      <c r="B45" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="B45" s="2"/>
-[...6 lines deleted...]
-      <c r="I45" s="2"/>
+      <c r="C45" s="3">
+        <v>146</v>
+      </c>
+      <c r="D45" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F45" s="3">
+        <v>298</v>
+      </c>
+      <c r="G45" s="3">
+        <v>10</v>
+      </c>
+      <c r="H45" s="3">
+        <v>360</v>
+      </c>
+      <c r="I45" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C46" s="3">
-        <v>2339</v>
+        <v>139</v>
       </c>
       <c r="D46" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>1483</v>
+        <v>4638</v>
       </c>
       <c r="G46" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H46" s="3">
-        <v>25</v>
+        <v>360</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C47" s="3">
-        <v>4399</v>
+        <v>155.5</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>786</v>
+        <v>92</v>
       </c>
       <c r="G47" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H47" s="3">
-        <v>20</v>
+        <v>900</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C48" s="3">
-        <v>3299</v>
+        <v>3269.29</v>
       </c>
       <c r="D48" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>372</v>
+        <v>48</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>24</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C49" s="3">
-        <v>1599</v>
+        <v>419</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>1725</v>
+        <v>119</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="I49" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C50" s="3">
-        <v>6825.59</v>
+        <v>124.66</v>
       </c>
       <c r="D50" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>349</v>
+        <v>2610</v>
       </c>
       <c r="G50" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H50" s="3">
-        <v>20</v>
+        <v>350</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A51" s="2" t="s">
+      <c r="A51" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="B51" s="2"/>
-[...6 lines deleted...]
-      <c r="I51" s="2"/>
+      <c r="B51" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="C51" s="3">
+        <v>79.42</v>
+      </c>
+      <c r="D51" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F51" s="3">
+        <v>322</v>
+      </c>
+      <c r="G51" s="3">
+        <v>10</v>
+      </c>
+      <c r="H51" s="3">
+        <v>420</v>
+      </c>
+      <c r="I51" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C52" s="3">
-        <v>249</v>
+        <v>96.94</v>
       </c>
       <c r="D52" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>12686</v>
+        <v>509</v>
       </c>
       <c r="G52" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H52" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C53" s="3">
-        <v>282</v>
+        <v>146</v>
       </c>
       <c r="D53" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>17498</v>
+        <v>804</v>
       </c>
       <c r="G53" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H53" s="3">
-        <v>100</v>
+        <v>360</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C54" s="3">
-        <v>425</v>
+        <v>239</v>
       </c>
       <c r="D54" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>9706</v>
+        <v>301</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C55" s="3">
-        <v>319</v>
+        <v>259</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>3874</v>
+        <v>200</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C56" s="3">
-        <v>399</v>
+        <v>259</v>
       </c>
       <c r="D56" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>2632</v>
+        <v>194</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C57" s="3">
-        <v>469</v>
+        <v>3152.49</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>657</v>
+        <v>105</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C58" s="3">
-        <v>529</v>
+        <v>219.11</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>1402</v>
+        <v>745</v>
       </c>
       <c r="G58" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H58" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C59" s="3">
-        <v>329</v>
+        <v>816.45</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>16434</v>
+        <v>16</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>100</v>
+        <v>140</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C60" s="3">
-        <v>430</v>
+        <v>153.01</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>25489</v>
+        <v>954</v>
       </c>
       <c r="G60" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H60" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C61" s="3">
-        <v>279</v>
+        <v>271.18</v>
       </c>
       <c r="D61" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F61" s="3">
+        <v>447</v>
+      </c>
+      <c r="G61" s="3">
+        <v>1</v>
+      </c>
+      <c r="H61" s="3">
+        <v>80</v>
+      </c>
+      <c r="I61" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A62" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="C62" s="3">
+        <v>829</v>
+      </c>
+      <c r="D62" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F62" s="3">
+        <v>578</v>
+      </c>
+      <c r="G62" s="3">
+        <v>1</v>
+      </c>
+      <c r="H62" s="3">
         <v>15</v>
       </c>
-      <c r="F61" s="3">
-[...23 lines deleted...]
-      <c r="I62" s="2"/>
+      <c r="I62" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C63" s="3">
-        <v>329</v>
+        <v>886.53</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F63" s="3">
+        <v>752</v>
+      </c>
+      <c r="G63" s="3">
+        <v>1</v>
+      </c>
+      <c r="H63" s="3">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>100</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C64" s="3">
-        <v>249</v>
+        <v>279</v>
       </c>
       <c r="D64" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>17814</v>
+        <v>2833</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>100</v>
+        <v>45</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C65" s="3">
-        <v>430</v>
+        <v>91</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>7818</v>
+        <v>1962</v>
       </c>
       <c r="G65" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H65" s="3">
-        <v>100</v>
+        <v>420</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C66" s="3">
-        <v>282</v>
+        <v>110.66</v>
       </c>
       <c r="D66" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>5296</v>
+        <v>611</v>
       </c>
       <c r="G66" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H66" s="3">
-        <v>100</v>
+        <v>350</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C67" s="3">
-        <v>425.6</v>
+        <v>165</v>
       </c>
       <c r="D67" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>5995</v>
+        <v>1324</v>
       </c>
       <c r="G67" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H67" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A68" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I68" s="2"/>
+      <c r="A68" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="B68" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="C68" s="3">
+        <v>219.11</v>
+      </c>
+      <c r="D68" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F68" s="3">
+        <v>564</v>
+      </c>
+      <c r="G68" s="3">
+        <v>10</v>
+      </c>
+      <c r="H68" s="3">
+        <v>120</v>
+      </c>
+      <c r="I68" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="C69" s="3">
-        <v>999</v>
+        <v>219.11</v>
       </c>
       <c r="D69" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>0</v>
+        <v>235</v>
       </c>
       <c r="G69" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H69" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C70" s="3">
-        <v>1899</v>
+        <v>259</v>
       </c>
       <c r="D70" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>204</v>
+        <v>242</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="C71" s="3">
-        <v>929</v>
+        <v>259</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>1241</v>
+        <v>540</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="C72" s="3">
-        <v>1229</v>
+        <v>197.39</v>
       </c>
       <c r="D72" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>822</v>
+        <v>1199</v>
       </c>
       <c r="G72" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H72" s="3">
-        <v>100</v>
+        <v>210</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="C73" s="3">
-        <v>1509</v>
+        <v>153.01</v>
       </c>
       <c r="D73" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>720</v>
+        <v>468</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A74" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I74" s="2"/>
+      <c r="A74" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="B74" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="C74" s="3">
+        <v>1229</v>
+      </c>
+      <c r="D74" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F74" s="3">
+        <v>1</v>
+      </c>
+      <c r="G74" s="3">
+        <v>1</v>
+      </c>
+      <c r="H74" s="3">
+        <v>11</v>
+      </c>
+      <c r="I74" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="C75" s="3">
-        <v>959</v>
+        <v>3375.57</v>
       </c>
       <c r="D75" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>4141</v>
+        <v>11</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="C76" s="3">
-        <v>3299</v>
+        <v>524.44</v>
       </c>
       <c r="D76" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>921</v>
+        <v>420</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="C77" s="3">
-        <v>1529</v>
+        <v>826.59</v>
       </c>
       <c r="D77" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>3899</v>
+        <v>268</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>24</v>
+        <v>140</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="C78" s="3">
-        <v>799</v>
+        <v>921.56</v>
       </c>
       <c r="D78" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>793</v>
+        <v>116</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="C79" s="3">
-        <v>1669</v>
+        <v>3629</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>3675</v>
+        <v>984</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="C80" s="3">
-        <v>1527.62</v>
+        <v>699</v>
       </c>
       <c r="D80" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>4151</v>
+        <v>65</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>20</v>
+        <v>140</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="C81" s="3">
-        <v>319</v>
+        <v>2799</v>
       </c>
       <c r="D81" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>4522</v>
+        <v>20</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="C82" s="3">
-        <v>789</v>
+        <v>269</v>
       </c>
       <c r="D82" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>389</v>
+        <v>249</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="C83" s="3">
-        <v>1449</v>
+        <v>215.31</v>
       </c>
       <c r="D83" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>403</v>
+        <v>592</v>
       </c>
       <c r="G83" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H83" s="3">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="C84" s="3">
-        <v>669</v>
+        <v>259</v>
       </c>
       <c r="D84" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>6537</v>
+        <v>299</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>20</v>
+        <v>150</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="C85" s="3">
-        <v>83.29</v>
+        <v>701.57</v>
       </c>
       <c r="D85" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>5936</v>
+        <v>63</v>
       </c>
       <c r="G85" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>500</v>
+        <v>140</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="C86" s="3">
-        <v>1299</v>
+        <v>953.59</v>
       </c>
       <c r="D86" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>1072</v>
+        <v>141</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>20</v>
+        <v>140</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="C87" s="3">
-        <v>669</v>
+        <v>279</v>
       </c>
       <c r="D87" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>344</v>
+        <v>353</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="C88" s="3">
-        <v>58</v>
+        <v>189</v>
       </c>
       <c r="D88" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>152</v>
+        <v>307</v>
       </c>
       <c r="G88" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H88" s="3">
-        <v>800</v>
+        <v>120</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="C89" s="3">
-        <v>1229</v>
+        <v>317.01</v>
       </c>
       <c r="D89" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>417</v>
+        <v>74</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A90" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I90" s="2"/>
+      <c r="A90" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="C90" s="3">
+        <v>863.17</v>
+      </c>
+      <c r="D90" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F90" s="3">
+        <v>1243</v>
+      </c>
+      <c r="G90" s="3">
+        <v>1</v>
+      </c>
+      <c r="H90" s="3">
+        <v>50</v>
+      </c>
+      <c r="I90" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="C91" s="3">
-        <v>2499</v>
+        <v>826.59</v>
       </c>
       <c r="D91" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>795</v>
+        <v>182</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>20</v>
+        <v>140</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="C92" s="3">
-        <v>22199</v>
+        <v>315</v>
       </c>
       <c r="D92" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>154</v>
+        <v>605</v>
       </c>
       <c r="G92" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H92" s="3">
-        <v>4</v>
+        <v>260</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="C93" s="3">
-        <v>2099</v>
+        <v>139</v>
       </c>
       <c r="D93" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>261</v>
+        <v>938</v>
       </c>
       <c r="G93" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H93" s="3">
-        <v>20</v>
+        <v>360</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="C94" s="3">
-        <v>11214.2</v>
+        <v>409</v>
       </c>
       <c r="D94" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>307</v>
+        <v>398</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>6</v>
+        <v>42</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="C95" s="3">
-        <v>16999</v>
+        <v>3152.49</v>
       </c>
       <c r="D95" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>160</v>
+        <v>58</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="C96" s="3">
-        <v>2999</v>
+        <v>3152.49</v>
       </c>
       <c r="D96" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>412</v>
+        <v>266</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="C97" s="3">
-        <v>8500</v>
+        <v>290.83</v>
       </c>
       <c r="D97" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>653</v>
+        <v>2660</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>12</v>
+        <v>120</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="C98" s="3">
-        <v>12509.03</v>
+        <v>1179</v>
       </c>
       <c r="D98" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>388</v>
+        <v>57</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="I98" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="C99" s="3">
-        <v>12099</v>
+        <v>502.25</v>
       </c>
       <c r="D99" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>344</v>
+        <v>3443</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A100" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A100" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="B100" s="2"/>
+      <c r="C100" s="2"/>
+      <c r="D100" s="2"/>
+      <c r="E100" s="2"/>
+      <c r="F100" s="2"/>
+      <c r="G100" s="2"/>
+      <c r="H100" s="2"/>
+      <c r="I100" s="2"/>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="C101" s="3">
-        <v>3800</v>
+        <v>329</v>
       </c>
       <c r="D101" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>41</v>
+        <v>797</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="C102" s="3">
-        <v>13000</v>
+        <v>265</v>
       </c>
       <c r="D102" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>10</v>
+        <v>2113</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="C103" s="3">
-        <v>2400</v>
+        <v>442.68</v>
       </c>
       <c r="D103" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>974</v>
+        <v>395</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="C104" s="3">
-        <v>3839</v>
+        <v>369</v>
       </c>
       <c r="D104" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="C105" s="3">
-        <v>7838.88</v>
+        <v>295</v>
       </c>
       <c r="D105" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>140</v>
+        <v>881</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C106" s="3">
-        <v>23999</v>
+        <v>609</v>
       </c>
       <c r="D106" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>299</v>
+        <v>1757</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C107" s="3">
-        <v>2599</v>
+        <v>325.88</v>
       </c>
       <c r="D107" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>583</v>
+        <v>2114</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C108" s="3">
-        <v>7469.1</v>
+        <v>421.6</v>
       </c>
       <c r="D108" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>1</v>
+        <v>6422</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="C109" s="3">
-        <v>5039.1</v>
+        <v>573.2</v>
       </c>
       <c r="D109" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C110" s="3">
-        <v>20700</v>
+        <v>435</v>
       </c>
       <c r="D110" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>1</v>
+        <v>1318</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="2" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B111" s="2"/>
       <c r="C111" s="2"/>
       <c r="D111" s="2"/>
       <c r="E111" s="2"/>
       <c r="F111" s="2"/>
       <c r="G111" s="2"/>
       <c r="H111" s="2"/>
       <c r="I111" s="2"/>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="C112" s="3">
-        <v>466.04</v>
+        <v>209</v>
       </c>
       <c r="D112" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>221</v>
+        <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>144</v>
+        <v>4026</v>
       </c>
       <c r="G112" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H112" s="3">
-        <v>30</v>
+        <v>3000</v>
       </c>
       <c r="I112" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="C113" s="3">
-        <v>641.24</v>
+        <v>149</v>
       </c>
       <c r="D113" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>221</v>
+        <v>14</v>
       </c>
       <c r="F113" s="3">
-        <v>92</v>
+        <v>3275</v>
       </c>
       <c r="G113" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H113" s="3">
-        <v>30</v>
+        <v>4000</v>
       </c>
       <c r="I113" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="C114" s="3">
-        <v>1029</v>
+        <v>180</v>
       </c>
       <c r="D114" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>5789</v>
+        <v>3862</v>
       </c>
       <c r="G114" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H114" s="3">
-        <v>40</v>
+        <v>4000</v>
       </c>
       <c r="I114" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A115" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A115" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="B115" s="2"/>
+      <c r="C115" s="2"/>
+      <c r="D115" s="2"/>
+      <c r="E115" s="2"/>
+      <c r="F115" s="2"/>
+      <c r="G115" s="2"/>
+      <c r="H115" s="2"/>
+      <c r="I115" s="2"/>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C116" s="3">
-        <v>2910.88</v>
+        <v>407.64</v>
       </c>
       <c r="D116" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F116" s="3">
-        <v>219</v>
+        <v>236</v>
       </c>
       <c r="G116" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H116" s="3">
-        <v>20</v>
+        <v>180</v>
       </c>
       <c r="I116" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C117" s="3">
-        <v>2742.88</v>
+        <v>197.39</v>
       </c>
       <c r="D117" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>238</v>
+        <v>152</v>
       </c>
       <c r="G117" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H117" s="3">
-        <v>20</v>
+        <v>360</v>
       </c>
       <c r="I117" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C118" s="3">
-        <v>1169</v>
+        <v>1179</v>
       </c>
       <c r="D118" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>450</v>
+        <v>222</v>
       </c>
       <c r="G118" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H118" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="I118" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C119" s="3">
-        <v>1759</v>
+        <v>785</v>
       </c>
       <c r="D119" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>804</v>
+        <v>92</v>
       </c>
       <c r="G119" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H119" s="3">
-        <v>20</v>
+        <v>110</v>
       </c>
       <c r="I119" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C120" s="3">
-        <v>2493.67</v>
+        <v>295.51</v>
       </c>
       <c r="D120" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>221</v>
+        <v>14</v>
       </c>
       <c r="F120" s="3">
-        <v>0</v>
+        <v>240</v>
       </c>
       <c r="G120" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H120" s="3">
-        <v>30</v>
+        <v>280</v>
       </c>
       <c r="I120" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A121" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A121" s="2" t="s">
+        <v>240</v>
+      </c>
+      <c r="B121" s="2"/>
+      <c r="C121" s="2"/>
+      <c r="D121" s="2"/>
+      <c r="E121" s="2"/>
+      <c r="F121" s="2"/>
+      <c r="G121" s="2"/>
+      <c r="H121" s="2"/>
+      <c r="I121" s="2"/>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C122" s="3">
-        <v>1342.05</v>
+        <v>3299</v>
       </c>
       <c r="D122" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>221</v>
+        <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>6</v>
+        <v>913</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>30</v>
+        <v>4</v>
       </c>
       <c r="I122" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C123" s="3">
-        <v>3291.29</v>
+        <v>1529</v>
       </c>
       <c r="D123" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F123" s="3">
-        <v>1654</v>
+        <v>3264</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="I123" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A124" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I124" s="2"/>
+      <c r="A124" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="B124" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="C124" s="3">
+        <v>959</v>
+      </c>
+      <c r="D124" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F124" s="3">
+        <v>2031</v>
+      </c>
+      <c r="G124" s="3">
+        <v>1</v>
+      </c>
+      <c r="H124" s="3">
+        <v>20</v>
+      </c>
+      <c r="I124" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C125" s="3">
-        <v>3999</v>
+        <v>319</v>
       </c>
       <c r="D125" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F125" s="3">
-        <v>55</v>
+        <v>3033</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C126" s="3">
-        <v>1349</v>
+        <v>1229</v>
       </c>
       <c r="D126" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F126" s="3">
-        <v>1390</v>
+        <v>390</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C127" s="3">
-        <v>2932.55</v>
+        <v>1449</v>
       </c>
       <c r="D127" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F127" s="3">
-        <v>97</v>
+        <v>302</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C128" s="3">
-        <v>1700</v>
+        <v>799</v>
       </c>
       <c r="D128" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F128" s="3">
-        <v>53</v>
+        <v>729</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C129" s="3">
-        <v>6014.13</v>
+        <v>1669</v>
       </c>
       <c r="D129" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F129" s="3">
-        <v>0</v>
+        <v>3274</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C130" s="3">
-        <v>6866.63</v>
+        <v>1527.62</v>
       </c>
       <c r="D130" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F130" s="3">
-        <v>77</v>
+        <v>3480</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C131" s="3">
-        <v>939</v>
+        <v>669</v>
       </c>
       <c r="D131" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>2237</v>
+        <v>5577</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A132" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I132" s="2"/>
+      <c r="A132" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="B132" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="C132" s="3">
+        <v>789</v>
+      </c>
+      <c r="D132" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F132" s="3">
+        <v>327</v>
+      </c>
+      <c r="G132" s="3">
+        <v>1</v>
+      </c>
+      <c r="H132" s="3">
+        <v>20</v>
+      </c>
+      <c r="I132" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C133" s="3">
-        <v>558.91</v>
+        <v>58</v>
       </c>
       <c r="D133" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>221</v>
+        <v>14</v>
       </c>
       <c r="F133" s="3">
-        <v>14</v>
+        <v>805</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>50</v>
+        <v>800</v>
       </c>
       <c r="I133" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="C134" s="3">
-        <v>609.84</v>
+        <v>83.29</v>
       </c>
       <c r="D134" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F134" s="3">
-        <v>39</v>
+        <v>4881</v>
       </c>
       <c r="G134" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H134" s="3">
-        <v>44</v>
+        <v>500</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="C135" s="3">
-        <v>431.56</v>
+        <v>1299</v>
       </c>
       <c r="D135" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>221</v>
+        <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>3</v>
+        <v>921</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I135" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="C136" s="3">
-        <v>432.32</v>
+        <v>669</v>
       </c>
       <c r="D136" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>221</v>
+        <v>14</v>
       </c>
       <c r="F136" s="3">
-        <v>21</v>
+        <v>848</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I136" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A137" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A137" s="2" t="s">
+        <v>271</v>
+      </c>
+      <c r="B137" s="2"/>
+      <c r="C137" s="2"/>
+      <c r="D137" s="2"/>
+      <c r="E137" s="2"/>
+      <c r="F137" s="2"/>
+      <c r="G137" s="2"/>
+      <c r="H137" s="2"/>
+      <c r="I137" s="2"/>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C138" s="3">
-        <v>564.69</v>
+        <v>1349</v>
       </c>
       <c r="D138" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>221</v>
+        <v>14</v>
       </c>
       <c r="F138" s="3">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="I138" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A139" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I139" s="2"/>
+      <c r="A139" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="B139" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="C139" s="3">
+        <v>2932.55</v>
+      </c>
+      <c r="D139" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F139" s="3">
+        <v>159</v>
+      </c>
+      <c r="G139" s="3">
+        <v>1</v>
+      </c>
+      <c r="H139" s="3">
+        <v>25</v>
+      </c>
+      <c r="I139" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="C140" s="3">
-        <v>1999</v>
+        <v>6866.63</v>
       </c>
       <c r="D140" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F140" s="3">
-        <v>373</v>
+        <v>0</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C141" s="3">
-        <v>2599</v>
+        <v>3999</v>
       </c>
       <c r="D141" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F141" s="3">
-        <v>366</v>
+        <v>1007</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="C142" s="3">
-        <v>2999</v>
+        <v>1700</v>
       </c>
       <c r="D142" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F142" s="3">
-        <v>93</v>
+        <v>842</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="C143" s="3">
-        <v>4999</v>
+        <v>6014.13</v>
       </c>
       <c r="D143" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F143" s="3">
-        <v>0</v>
+        <v>168</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="C144" s="3">
-        <v>34488.3</v>
+        <v>859</v>
       </c>
       <c r="D144" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F144" s="3">
-        <v>87</v>
+        <v>1194</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>4</v>
+        <v>50</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A145" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A145" s="2" t="s">
+        <v>286</v>
+      </c>
+      <c r="B145" s="2"/>
+      <c r="C145" s="2"/>
+      <c r="D145" s="2"/>
+      <c r="E145" s="2"/>
+      <c r="F145" s="2"/>
+      <c r="G145" s="2"/>
+      <c r="H145" s="2"/>
+      <c r="I145" s="2"/>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="C146" s="3">
-        <v>1799</v>
+        <v>558.91</v>
       </c>
       <c r="D146" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>15</v>
+        <v>289</v>
       </c>
       <c r="F146" s="3">
-        <v>683</v>
+        <v>7</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I146" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="C147" s="3">
-        <v>3995</v>
+        <v>431.56</v>
       </c>
       <c r="D147" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>15</v>
+        <v>289</v>
       </c>
       <c r="F147" s="3">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I147" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A148" s="2" t="s">
+      <c r="A148" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="B148" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="C148" s="3">
+        <v>399</v>
+      </c>
+      <c r="D148" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E148" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="B148" s="2"/>
-[...6 lines deleted...]
-      <c r="I148" s="2"/>
+      <c r="F148" s="3">
+        <v>8</v>
+      </c>
+      <c r="G148" s="3">
+        <v>1</v>
+      </c>
+      <c r="H148" s="3">
+        <v>50</v>
+      </c>
+      <c r="I148" s="3">
+        <v>5</v>
+      </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="C149" s="3">
-        <v>458.64</v>
+        <v>432.32</v>
       </c>
       <c r="D149" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>15</v>
+        <v>289</v>
       </c>
       <c r="F149" s="3">
-        <v>3204</v>
+        <v>0</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I149" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="C150" s="3">
-        <v>239</v>
+        <v>609.84</v>
       </c>
       <c r="D150" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F150" s="3">
-        <v>4660</v>
+        <v>12</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>200</v>
+        <v>44</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="C151" s="3">
-        <v>287.35</v>
+        <v>538.23</v>
       </c>
       <c r="D151" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>15</v>
+        <v>289</v>
       </c>
       <c r="F151" s="3">
-        <v>3285</v>
+        <v>41</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I151" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A152" s="3" t="s">
-[...20 lines deleted...]
-      <c r="H152" s="3">
+      <c r="A152" s="2" t="s">
         <v>300</v>
       </c>
-      <c r="I152" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="B152" s="2"/>
+      <c r="C152" s="2"/>
+      <c r="D152" s="2"/>
+      <c r="E152" s="2"/>
+      <c r="F152" s="2"/>
+      <c r="G152" s="2"/>
+      <c r="H152" s="2"/>
+      <c r="I152" s="2"/>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A153" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A153" s="2" t="s">
+        <v>301</v>
+      </c>
+      <c r="B153" s="2"/>
+      <c r="C153" s="2"/>
+      <c r="D153" s="2"/>
+      <c r="E153" s="2"/>
+      <c r="F153" s="2"/>
+      <c r="G153" s="2"/>
+      <c r="H153" s="2"/>
+      <c r="I153" s="2"/>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C154" s="3">
-        <v>719</v>
+        <v>1166.85</v>
       </c>
       <c r="D154" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F154" s="3">
-        <v>3277</v>
+        <v>773</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="C155" s="3">
-        <v>506.77</v>
+        <v>42000</v>
       </c>
       <c r="D155" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>15</v>
+        <v>306</v>
       </c>
       <c r="F155" s="3">
-        <v>1342</v>
+        <v>13</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>200</v>
+        <v>2</v>
       </c>
       <c r="I155" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="C156" s="3">
-        <v>1517.26</v>
+        <v>559</v>
       </c>
       <c r="D156" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F156" s="3">
-        <v>44</v>
+        <v>198</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>5</v>
+        <v>420</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A157" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I157" s="2"/>
+      <c r="A157" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="B157" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="C157" s="3">
+        <v>1650</v>
+      </c>
+      <c r="D157" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F157" s="3">
+        <v>55</v>
+      </c>
+      <c r="G157" s="3">
+        <v>1</v>
+      </c>
+      <c r="H157" s="3">
+        <v>80</v>
+      </c>
+      <c r="I157" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="C158" s="3">
-        <v>229.06</v>
+        <v>2988.89</v>
       </c>
       <c r="D158" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F158" s="3">
-        <v>2354</v>
+        <v>205</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>1000</v>
+        <v>125</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="C159" s="3">
-        <v>155</v>
+        <v>1493.85</v>
       </c>
       <c r="D159" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F159" s="3">
-        <v>2910</v>
+        <v>382</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>1000</v>
+        <v>125</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="C160" s="3">
-        <v>399</v>
+        <v>1089.04</v>
       </c>
       <c r="D160" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F160" s="3">
-        <v>986</v>
+        <v>1320</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>500</v>
+        <v>80</v>
       </c>
       <c r="I160" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="C161" s="3">
-        <v>246.2</v>
+        <v>1089.04</v>
       </c>
       <c r="D161" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F161" s="3">
-        <v>4086</v>
+        <v>2102</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>1000</v>
+        <v>80</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="C162" s="3">
-        <v>331.39</v>
+        <v>499</v>
       </c>
       <c r="D162" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F162" s="3">
-        <v>1256</v>
+        <v>146</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>1000</v>
+        <v>420</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C163" s="3">
-        <v>195.97</v>
+        <v>180</v>
       </c>
       <c r="D163" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F163" s="3">
-        <v>2582</v>
+        <v>3314</v>
       </c>
       <c r="G163" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H163" s="3">
-        <v>1000</v>
+        <v>600</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="C164" s="3">
-        <v>328.97</v>
+        <v>255.8</v>
       </c>
       <c r="D164" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F164" s="3">
-        <v>997</v>
+        <v>2010</v>
       </c>
       <c r="G164" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H164" s="3">
         <v>600</v>
       </c>
       <c r="I164" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C165" s="3">
-        <v>223</v>
+        <v>56500</v>
       </c>
       <c r="D165" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>15</v>
+        <v>306</v>
       </c>
       <c r="F165" s="3">
-        <v>1600</v>
+        <v>0</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>1000</v>
+        <v>2</v>
       </c>
       <c r="I165" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="C166" s="3">
-        <v>331.39</v>
+        <v>30500</v>
       </c>
       <c r="D166" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>15</v>
+        <v>306</v>
       </c>
       <c r="F166" s="3">
-        <v>1535</v>
+        <v>7</v>
       </c>
       <c r="G166" s="3">
         <v>1</v>
       </c>
       <c r="H166" s="3">
-        <v>1000</v>
+        <v>2</v>
       </c>
       <c r="I166" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="C167" s="3">
-        <v>347.97</v>
+        <v>24249.2</v>
       </c>
       <c r="D167" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>15</v>
+        <v>306</v>
       </c>
       <c r="F167" s="3">
-        <v>1161</v>
+        <v>10</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>1000</v>
+        <v>2</v>
       </c>
       <c r="I167" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="C168" s="3">
-        <v>347.97</v>
+        <v>1699</v>
       </c>
       <c r="D168" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F168" s="3">
-        <v>2043</v>
+        <v>460</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>1000</v>
+        <v>125</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="C169" s="3">
-        <v>331.39</v>
+        <v>1960.96</v>
       </c>
       <c r="D169" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F169" s="3">
-        <v>1753</v>
+        <v>1377</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>1000</v>
+        <v>125</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="C170" s="3">
-        <v>188.09</v>
+        <v>1166.85</v>
       </c>
       <c r="D170" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F170" s="3">
-        <v>1308</v>
+        <v>0</v>
       </c>
       <c r="G170" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H170" s="3">
-        <v>1000</v>
+        <v>80</v>
       </c>
       <c r="I170" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C171" s="3">
-        <v>396.72</v>
+        <v>1166.85</v>
       </c>
       <c r="D171" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F171" s="3">
-        <v>375</v>
+        <v>106</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>400</v>
+        <v>80</v>
       </c>
       <c r="I171" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="C172" s="3">
-        <v>239.86</v>
+        <v>6100</v>
       </c>
       <c r="D172" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E172" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F172" s="3">
+        <v>9</v>
+      </c>
+      <c r="G172" s="3">
+        <v>1</v>
+      </c>
+      <c r="H172" s="3">
         <v>15</v>
       </c>
-      <c r="F172" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="I172" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="C173" s="3">
-        <v>374.43</v>
+        <v>148</v>
       </c>
       <c r="D173" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F173" s="3">
-        <v>608</v>
+        <v>2867</v>
       </c>
       <c r="G173" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H173" s="3">
-        <v>200</v>
+        <v>600</v>
       </c>
       <c r="I173" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="C174" s="3">
-        <v>347.97</v>
+        <v>163</v>
       </c>
       <c r="D174" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F174" s="3">
-        <v>2323</v>
+        <v>1838</v>
       </c>
       <c r="G174" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H174" s="3">
-        <v>1000</v>
+        <v>600</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="C175" s="3">
-        <v>331.39</v>
+        <v>1789</v>
       </c>
       <c r="D175" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F175" s="3">
-        <v>1676</v>
+        <v>798</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
-        <v>1000</v>
+        <v>80</v>
       </c>
       <c r="I175" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="C176" s="3">
-        <v>328.97</v>
+        <v>1789</v>
       </c>
       <c r="D176" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E176" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F176" s="3">
+        <v>957</v>
+      </c>
+      <c r="G176" s="3">
+        <v>1</v>
+      </c>
+      <c r="H176" s="3">
+        <v>80</v>
+      </c>
+      <c r="I176" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="177" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A177" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="B177" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="C177" s="3">
+        <v>1750.86</v>
+      </c>
+      <c r="D177" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E177" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F177" s="3">
+        <v>0</v>
+      </c>
+      <c r="G177" s="3">
+        <v>1</v>
+      </c>
+      <c r="H177" s="3">
+        <v>80</v>
+      </c>
+      <c r="I177" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="178" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A178" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="B178" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="C178" s="3">
+        <v>6399</v>
+      </c>
+      <c r="D178" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E178" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F178" s="3">
+        <v>0</v>
+      </c>
+      <c r="G178" s="3">
+        <v>1</v>
+      </c>
+      <c r="H178" s="3">
         <v>15</v>
       </c>
-      <c r="F176" s="3">
-[...36 lines deleted...]
-      <c r="I178" s="2"/>
+      <c r="I178" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="C179" s="3">
-        <v>185.72</v>
+        <v>880</v>
       </c>
       <c r="D179" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F179" s="3">
-        <v>1182</v>
+        <v>0</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>600</v>
+        <v>100</v>
       </c>
       <c r="I179" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A180" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A180" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="B180" s="2"/>
+      <c r="C180" s="2"/>
+      <c r="D180" s="2"/>
+      <c r="E180" s="2"/>
+      <c r="F180" s="2"/>
+      <c r="G180" s="2"/>
+      <c r="H180" s="2"/>
+      <c r="I180" s="2"/>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="C181" s="3">
-        <v>1099</v>
+        <v>148</v>
       </c>
       <c r="D181" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F181" s="3">
-        <v>10305</v>
+        <v>788</v>
       </c>
       <c r="G181" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H181" s="3">
-        <v>96</v>
+        <v>600</v>
       </c>
       <c r="I181" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="C182" s="3">
-        <v>7239.42</v>
+        <v>150.67</v>
       </c>
       <c r="D182" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F182" s="3">
-        <v>603</v>
+        <v>4136</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
-        <v>40</v>
+        <v>600</v>
       </c>
       <c r="I182" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="C183" s="3">
-        <v>2900</v>
+        <v>1099</v>
       </c>
       <c r="D183" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F183" s="3">
-        <v>1437</v>
+        <v>370</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I183" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="C184" s="3">
-        <v>6873.46</v>
+        <v>1190.21</v>
       </c>
       <c r="D184" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F184" s="3">
-        <v>1000</v>
+        <v>165</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="I184" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="C185" s="3">
-        <v>6208.76</v>
+        <v>2900</v>
       </c>
       <c r="D185" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F185" s="3">
-        <v>1209</v>
+        <v>1203</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
         <v>60</v>
       </c>
       <c r="I185" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="C186" s="3">
-        <v>168.88</v>
+        <v>185.72</v>
       </c>
       <c r="D186" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F186" s="3">
-        <v>11822</v>
+        <v>4406</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>400</v>
+        <v>600</v>
       </c>
       <c r="I186" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="C187" s="3">
-        <v>220.08</v>
+        <v>1178.53</v>
       </c>
       <c r="D187" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F187" s="3">
-        <v>5721</v>
+        <v>1048</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
-        <v>400</v>
+        <v>80</v>
       </c>
       <c r="I187" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="C188" s="3">
-        <v>148</v>
+        <v>1099</v>
       </c>
       <c r="D188" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F188" s="3">
-        <v>1478</v>
+        <v>8801</v>
       </c>
       <c r="G188" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H188" s="3">
-        <v>600</v>
+        <v>96</v>
       </c>
       <c r="I188" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="C189" s="3">
-        <v>163</v>
+        <v>6208.76</v>
       </c>
       <c r="D189" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F189" s="3">
-        <v>1912</v>
+        <v>1027</v>
       </c>
       <c r="G189" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H189" s="3">
-        <v>600</v>
+        <v>60</v>
       </c>
       <c r="I189" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="C190" s="3">
-        <v>150.67</v>
+        <v>7239.42</v>
       </c>
       <c r="D190" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F190" s="3">
-        <v>2367</v>
+        <v>394</v>
       </c>
       <c r="G190" s="3">
         <v>1</v>
       </c>
       <c r="H190" s="3">
-        <v>600</v>
+        <v>40</v>
       </c>
       <c r="I190" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="C191" s="3">
-        <v>1099</v>
+        <v>314.19</v>
       </c>
       <c r="D191" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F191" s="3">
-        <v>17398</v>
+        <v>2389</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
-        <v>96</v>
+        <v>600</v>
       </c>
       <c r="I191" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="C192" s="3">
         <v>2949</v>
       </c>
       <c r="D192" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F192" s="3">
-        <v>1273</v>
+        <v>1017</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
         <v>80</v>
       </c>
       <c r="I192" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="C193" s="3">
-        <v>229</v>
+        <v>2900</v>
       </c>
       <c r="D193" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F193" s="3">
-        <v>63808</v>
+        <v>2507</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>500</v>
+        <v>80</v>
       </c>
       <c r="I193" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="C194" s="3">
-        <v>2949</v>
+        <v>168.88</v>
       </c>
       <c r="D194" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F194" s="3">
-        <v>642</v>
+        <v>10388</v>
       </c>
       <c r="G194" s="3">
         <v>1</v>
       </c>
       <c r="H194" s="3">
-        <v>80</v>
+        <v>400</v>
       </c>
       <c r="I194" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="C195" s="3">
-        <v>1178.53</v>
+        <v>220.08</v>
       </c>
       <c r="D195" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F195" s="3">
-        <v>0</v>
+        <v>5071</v>
       </c>
       <c r="G195" s="3">
         <v>1</v>
       </c>
       <c r="H195" s="3">
-        <v>80</v>
+        <v>400</v>
       </c>
       <c r="I195" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="C196" s="3">
-        <v>407.76</v>
+        <v>163</v>
       </c>
       <c r="D196" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F196" s="3">
-        <v>3552</v>
+        <v>2858</v>
       </c>
       <c r="G196" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H196" s="3">
-        <v>400</v>
+        <v>600</v>
       </c>
       <c r="I196" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="C197" s="3">
-        <v>255.8</v>
+        <v>6873.46</v>
       </c>
       <c r="D197" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F197" s="3">
-        <v>741</v>
+        <v>993</v>
       </c>
       <c r="G197" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H197" s="3">
-        <v>600</v>
+        <v>40</v>
       </c>
       <c r="I197" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="C198" s="3">
-        <v>229</v>
+        <v>180</v>
       </c>
       <c r="D198" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F198" s="3">
-        <v>7399</v>
+        <v>25345</v>
       </c>
       <c r="G198" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H198" s="3">
-        <v>500</v>
+        <v>600</v>
       </c>
       <c r="I198" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="C199" s="3">
-        <v>6307.87</v>
+        <v>407.76</v>
       </c>
       <c r="D199" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F199" s="3">
-        <v>1721</v>
+        <v>2332</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
-        <v>40</v>
+        <v>400</v>
       </c>
       <c r="I199" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="C200" s="3">
-        <v>1099</v>
+        <v>229</v>
       </c>
       <c r="D200" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F200" s="3">
-        <v>3981</v>
+        <v>45794</v>
       </c>
       <c r="G200" s="3">
         <v>1</v>
       </c>
       <c r="H200" s="3">
-        <v>96</v>
+        <v>500</v>
       </c>
       <c r="I200" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="C201" s="3">
-        <v>11584.3</v>
+        <v>255.8</v>
       </c>
       <c r="D201" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F201" s="3">
-        <v>1095</v>
+        <v>1471</v>
       </c>
       <c r="G201" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H201" s="3">
-        <v>20</v>
+        <v>600</v>
       </c>
       <c r="I201" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="C202" s="3">
-        <v>2900</v>
+        <v>229</v>
       </c>
       <c r="D202" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F202" s="3">
-        <v>3525</v>
+        <v>6877</v>
       </c>
       <c r="G202" s="3">
         <v>1</v>
       </c>
       <c r="H202" s="3">
-        <v>80</v>
+        <v>500</v>
       </c>
       <c r="I202" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="C203" s="3">
-        <v>180</v>
+        <v>6307.87</v>
       </c>
       <c r="D203" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F203" s="3">
-        <v>14720</v>
+        <v>1697</v>
       </c>
       <c r="G203" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H203" s="3">
-        <v>600</v>
+        <v>40</v>
       </c>
       <c r="I203" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="C204" s="3">
-        <v>1190.21</v>
+        <v>1099</v>
       </c>
       <c r="D204" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F204" s="3">
-        <v>127</v>
+        <v>3774</v>
       </c>
       <c r="G204" s="3">
         <v>1</v>
       </c>
       <c r="H204" s="3">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="I204" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="C205" s="3">
-        <v>1099</v>
+        <v>11584.3</v>
       </c>
       <c r="D205" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F205" s="3">
-        <v>0</v>
+        <v>811</v>
       </c>
       <c r="G205" s="3">
         <v>1</v>
       </c>
       <c r="H205" s="3">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="I205" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="C206" s="3">
-        <v>1166.85</v>
+        <v>1099</v>
       </c>
       <c r="D206" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F206" s="3">
-        <v>4</v>
+        <v>15604</v>
       </c>
       <c r="G206" s="3">
         <v>1</v>
       </c>
       <c r="H206" s="3">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="I206" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="C207" s="3">
-        <v>1079</v>
+        <v>2949</v>
       </c>
       <c r="D207" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F207" s="3">
-        <v>96</v>
+        <v>494</v>
       </c>
       <c r="G207" s="3">
         <v>1</v>
       </c>
       <c r="H207" s="3">
         <v>80</v>
       </c>
       <c r="I207" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A208" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I208" s="2"/>
+      <c r="A208" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="B208" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="C208" s="3">
+        <v>1166.85</v>
+      </c>
+      <c r="D208" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E208" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F208" s="3">
+        <v>360</v>
+      </c>
+      <c r="G208" s="3">
+        <v>1</v>
+      </c>
+      <c r="H208" s="3">
+        <v>80</v>
+      </c>
+      <c r="I208" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="C209" s="3">
-        <v>559</v>
+        <v>1079</v>
       </c>
       <c r="D209" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F209" s="3">
-        <v>442</v>
+        <v>592</v>
       </c>
       <c r="G209" s="3">
         <v>1</v>
       </c>
       <c r="H209" s="3">
-        <v>420</v>
+        <v>80</v>
       </c>
       <c r="I209" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A210" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A210" s="2" t="s">
+        <v>414</v>
+      </c>
+      <c r="B210" s="2"/>
+      <c r="C210" s="2"/>
+      <c r="D210" s="2"/>
+      <c r="E210" s="2"/>
+      <c r="F210" s="2"/>
+      <c r="G210" s="2"/>
+      <c r="H210" s="2"/>
+      <c r="I210" s="2"/>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="C211" s="3">
-        <v>1493.85</v>
+        <v>466.04</v>
       </c>
       <c r="D211" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>15</v>
+        <v>289</v>
       </c>
       <c r="F211" s="3">
-        <v>307</v>
+        <v>144</v>
       </c>
       <c r="G211" s="3">
         <v>1</v>
       </c>
       <c r="H211" s="3">
-        <v>125</v>
+        <v>30</v>
       </c>
       <c r="I211" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="C212" s="3">
-        <v>1166.85</v>
+        <v>2493.67</v>
       </c>
       <c r="D212" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>15</v>
+        <v>289</v>
       </c>
       <c r="F212" s="3">
-        <v>179</v>
+        <v>0</v>
       </c>
       <c r="G212" s="3">
         <v>1</v>
       </c>
       <c r="H212" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I212" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="C213" s="3">
-        <v>1166.85</v>
+        <v>2538.89</v>
       </c>
       <c r="D213" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F213" s="3">
-        <v>286</v>
+        <v>1300</v>
       </c>
       <c r="G213" s="3">
         <v>1</v>
       </c>
       <c r="H213" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I213" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="C214" s="3">
-        <v>499</v>
+        <v>1988.72</v>
       </c>
       <c r="D214" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F214" s="3">
-        <v>37</v>
+        <v>623</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
-        <v>420</v>
+        <v>40</v>
       </c>
       <c r="I214" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="C215" s="3">
-        <v>148</v>
+        <v>641.24</v>
       </c>
       <c r="D215" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>15</v>
+        <v>289</v>
       </c>
       <c r="F215" s="3">
-        <v>1195</v>
+        <v>81</v>
       </c>
       <c r="G215" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H215" s="3">
-        <v>600</v>
+        <v>30</v>
       </c>
       <c r="I215" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="C216" s="3">
-        <v>163</v>
+        <v>1029</v>
       </c>
       <c r="D216" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F216" s="3">
-        <v>1343</v>
+        <v>3744</v>
       </c>
       <c r="G216" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H216" s="3">
-        <v>600</v>
+        <v>40</v>
       </c>
       <c r="I216" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="C217" s="3">
-        <v>2988.89</v>
+        <v>2910.88</v>
       </c>
       <c r="D217" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F217" s="3">
-        <v>179</v>
+        <v>234</v>
       </c>
       <c r="G217" s="3">
         <v>1</v>
       </c>
       <c r="H217" s="3">
-        <v>125</v>
+        <v>20</v>
       </c>
       <c r="I217" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="C218" s="3">
-        <v>1960.96</v>
+        <v>1342.05</v>
       </c>
       <c r="D218" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>15</v>
+        <v>289</v>
       </c>
       <c r="F218" s="3">
-        <v>1643</v>
+        <v>9</v>
       </c>
       <c r="G218" s="3">
         <v>1</v>
       </c>
       <c r="H218" s="3">
-        <v>125</v>
+        <v>30</v>
       </c>
       <c r="I218" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="C219" s="3">
-        <v>1166.85</v>
+        <v>2742.88</v>
       </c>
       <c r="D219" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F219" s="3">
-        <v>439</v>
+        <v>234</v>
       </c>
       <c r="G219" s="3">
         <v>1</v>
       </c>
       <c r="H219" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I219" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="C220" s="3">
-        <v>1166.85</v>
+        <v>1089</v>
       </c>
       <c r="D220" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F220" s="3">
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="G220" s="3">
         <v>1</v>
       </c>
       <c r="H220" s="3">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="I220" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="C221" s="3">
-        <v>1089.04</v>
+        <v>1759</v>
       </c>
       <c r="D221" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F221" s="3">
-        <v>701</v>
+        <v>793</v>
       </c>
       <c r="G221" s="3">
         <v>1</v>
       </c>
       <c r="H221" s="3">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="I221" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="C222" s="3">
-        <v>1089.04</v>
+        <v>3291.29</v>
       </c>
       <c r="D222" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F222" s="3">
-        <v>553</v>
+        <v>1736</v>
       </c>
       <c r="G222" s="3">
         <v>1</v>
       </c>
       <c r="H222" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I222" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A223" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A223" s="2" t="s">
+        <v>439</v>
+      </c>
+      <c r="B223" s="2"/>
+      <c r="C223" s="2"/>
+      <c r="D223" s="2"/>
+      <c r="E223" s="2"/>
+      <c r="F223" s="2"/>
+      <c r="G223" s="2"/>
+      <c r="H223" s="2"/>
+      <c r="I223" s="2"/>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A224" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A224" s="2" t="s">
+        <v>440</v>
+      </c>
+      <c r="B224" s="2"/>
+      <c r="C224" s="2"/>
+      <c r="D224" s="2"/>
+      <c r="E224" s="2"/>
+      <c r="F224" s="2"/>
+      <c r="G224" s="2"/>
+      <c r="H224" s="2"/>
+      <c r="I224" s="2"/>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="C225" s="3">
-        <v>1789</v>
+        <v>609</v>
       </c>
       <c r="D225" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F225" s="3">
-        <v>296</v>
+        <v>0</v>
       </c>
       <c r="G225" s="3">
         <v>1</v>
       </c>
       <c r="H225" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I225" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="C226" s="3">
-        <v>1750.86</v>
+        <v>123</v>
       </c>
       <c r="D226" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F226" s="3">
-        <v>69</v>
+        <v>2171</v>
       </c>
       <c r="G226" s="3">
         <v>1</v>
       </c>
       <c r="H226" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I226" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="C227" s="3">
-        <v>6100</v>
+        <v>181.04</v>
       </c>
       <c r="D227" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F227" s="3">
-        <v>8</v>
+        <v>123</v>
       </c>
       <c r="G227" s="3">
         <v>1</v>
       </c>
       <c r="H227" s="3">
-        <v>15</v>
+        <v>120</v>
       </c>
       <c r="I227" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="C228" s="3">
-        <v>255.8</v>
+        <v>709</v>
       </c>
       <c r="D228" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F228" s="3">
-        <v>2527</v>
+        <v>40</v>
       </c>
       <c r="G228" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H228" s="3">
-        <v>600</v>
+        <v>100</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="C229" s="3">
-        <v>180</v>
+        <v>161</v>
       </c>
       <c r="D229" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F229" s="3">
-        <v>1944</v>
+        <v>1065</v>
       </c>
       <c r="G229" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H229" s="3">
-        <v>600</v>
+        <v>10</v>
       </c>
       <c r="I229" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="C230" s="3">
-        <v>32119.4</v>
+        <v>129</v>
       </c>
       <c r="D230" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>436</v>
+        <v>14</v>
       </c>
       <c r="F230" s="3">
-        <v>4</v>
+        <v>702</v>
       </c>
       <c r="G230" s="3">
         <v>1</v>
       </c>
       <c r="H230" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I230" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="C231" s="3">
-        <v>56500</v>
+        <v>799</v>
       </c>
       <c r="D231" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>436</v>
+        <v>14</v>
       </c>
       <c r="F231" s="3">
-        <v>14</v>
+        <v>173</v>
       </c>
       <c r="G231" s="3">
         <v>1</v>
       </c>
       <c r="H231" s="3">
-        <v>2</v>
+        <v>100</v>
       </c>
       <c r="I231" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="C232" s="3">
-        <v>1650</v>
+        <v>193</v>
       </c>
       <c r="D232" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F232" s="3">
-        <v>74</v>
+        <v>480</v>
       </c>
       <c r="G232" s="3">
         <v>1</v>
       </c>
       <c r="H232" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I232" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="C233" s="3">
-        <v>1789</v>
+        <v>129</v>
       </c>
       <c r="D233" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F233" s="3">
-        <v>203</v>
+        <v>659</v>
       </c>
       <c r="G233" s="3">
         <v>1</v>
       </c>
       <c r="H233" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I233" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="C234" s="3">
-        <v>6399</v>
+        <v>290</v>
       </c>
       <c r="D234" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F234" s="3">
-        <v>4</v>
+        <v>813</v>
       </c>
       <c r="G234" s="3">
         <v>1</v>
       </c>
       <c r="H234" s="3">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I234" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A235" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I235" s="2"/>
+      <c r="A235" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="B235" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="C235" s="3">
+        <v>299</v>
+      </c>
+      <c r="D235" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E235" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F235" s="3">
+        <v>291</v>
+      </c>
+      <c r="G235" s="3">
+        <v>1</v>
+      </c>
+      <c r="H235" s="3">
+        <v>10</v>
+      </c>
+      <c r="I235" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A236" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I236" s="2"/>
+      <c r="A236" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="B236" s="3" t="s">
+        <v>464</v>
+      </c>
+      <c r="C236" s="3">
+        <v>292</v>
+      </c>
+      <c r="D236" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E236" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F236" s="3">
+        <v>97</v>
+      </c>
+      <c r="G236" s="3">
+        <v>1</v>
+      </c>
+      <c r="H236" s="3">
+        <v>10</v>
+      </c>
+      <c r="I236" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="C237" s="3">
-        <v>261.41</v>
+        <v>139</v>
       </c>
       <c r="D237" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>221</v>
+        <v>14</v>
       </c>
       <c r="F237" s="3">
-        <v>80</v>
+        <v>99</v>
       </c>
       <c r="G237" s="3">
         <v>1</v>
       </c>
       <c r="H237" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I237" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="C238" s="3">
-        <v>582.84</v>
+        <v>919</v>
       </c>
       <c r="D238" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>221</v>
+        <v>14</v>
       </c>
       <c r="F238" s="3">
-        <v>0</v>
+        <v>94</v>
       </c>
       <c r="G238" s="3">
         <v>1</v>
       </c>
       <c r="H238" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I238" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="C239" s="3">
-        <v>122.64</v>
+        <v>150</v>
       </c>
       <c r="D239" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F239" s="3">
-        <v>170</v>
+        <v>1117</v>
       </c>
       <c r="G239" s="3">
+        <v>1</v>
+      </c>
+      <c r="H239" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="I239" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="C240" s="3">
-        <v>130.82</v>
+        <v>155</v>
       </c>
       <c r="D240" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F240" s="3">
-        <v>1641</v>
+        <v>2028</v>
       </c>
       <c r="G240" s="3">
+        <v>1</v>
+      </c>
+      <c r="H240" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="I240" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="C241" s="3">
-        <v>170</v>
+        <v>151</v>
       </c>
       <c r="D241" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F241" s="3">
-        <v>1870</v>
+        <v>0</v>
       </c>
       <c r="G241" s="3">
         <v>1</v>
       </c>
       <c r="H241" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I241" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="C242" s="3">
-        <v>83</v>
+        <v>141</v>
       </c>
       <c r="D242" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F242" s="3">
-        <v>1749</v>
+        <v>437</v>
       </c>
       <c r="G242" s="3">
+        <v>1</v>
+      </c>
+      <c r="H242" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="I242" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="C243" s="3">
-        <v>108</v>
+        <v>1419</v>
       </c>
       <c r="D243" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F243" s="3">
-        <v>374</v>
+        <v>62</v>
       </c>
       <c r="G243" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H243" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I243" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="C244" s="3">
-        <v>235</v>
+        <v>147</v>
       </c>
       <c r="D244" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F244" s="3">
-        <v>301</v>
+        <v>28</v>
       </c>
       <c r="G244" s="3">
         <v>1</v>
       </c>
       <c r="H244" s="3">
-        <v>72</v>
+        <v>10</v>
       </c>
       <c r="I244" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="C245" s="3">
-        <v>70.08</v>
+        <v>175</v>
       </c>
       <c r="D245" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F245" s="3">
-        <v>11946</v>
+        <v>18</v>
       </c>
       <c r="G245" s="3">
+        <v>1</v>
+      </c>
+      <c r="H245" s="3">
         <v>10</v>
       </c>
-      <c r="H245" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I245" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A246" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A246" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B246" s="2"/>
+      <c r="C246" s="2"/>
+      <c r="D246" s="2"/>
+      <c r="E246" s="2"/>
+      <c r="F246" s="2"/>
+      <c r="G246" s="2"/>
+      <c r="H246" s="2"/>
+      <c r="I246" s="2"/>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="C247" s="3">
-        <v>67</v>
+        <v>582.84</v>
       </c>
       <c r="D247" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>15</v>
+        <v>289</v>
       </c>
       <c r="F247" s="3">
-        <v>5357</v>
+        <v>243</v>
       </c>
       <c r="G247" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H247" s="3">
-        <v>420</v>
+        <v>50</v>
       </c>
       <c r="I247" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="C248" s="3">
         <v>337.55</v>
       </c>
       <c r="D248" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>221</v>
+        <v>289</v>
       </c>
       <c r="F248" s="3">
-        <v>60</v>
+        <v>236</v>
       </c>
       <c r="G248" s="3">
         <v>1</v>
       </c>
       <c r="H248" s="3">
         <v>30</v>
       </c>
       <c r="I248" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="C249" s="3">
-        <v>219</v>
+        <v>86</v>
       </c>
       <c r="D249" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F249" s="3">
-        <v>101</v>
+        <v>4368</v>
       </c>
       <c r="G249" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H249" s="3">
-        <v>80</v>
+        <v>300</v>
       </c>
       <c r="I249" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="C250" s="3">
-        <v>556.5</v>
+        <v>58</v>
       </c>
       <c r="D250" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F250" s="3">
-        <v>299</v>
+        <v>3131</v>
       </c>
       <c r="G250" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H250" s="3">
-        <v>20</v>
+        <v>480</v>
       </c>
       <c r="I250" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="C251" s="3">
-        <v>775.62</v>
+        <v>261.41</v>
       </c>
       <c r="D251" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>15</v>
+        <v>289</v>
       </c>
       <c r="F251" s="3">
-        <v>385</v>
+        <v>219</v>
       </c>
       <c r="G251" s="3">
         <v>1</v>
       </c>
       <c r="H251" s="3">
-        <v>120</v>
+        <v>30</v>
       </c>
       <c r="I251" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="C252" s="3">
-        <v>200</v>
+        <v>115</v>
       </c>
       <c r="D252" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F252" s="3">
+        <v>483</v>
+      </c>
+      <c r="G252" s="3">
+        <v>10</v>
+      </c>
+      <c r="H252" s="3">
         <v>300</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
       <c r="I252" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="C253" s="3">
         <v>86</v>
       </c>
       <c r="D253" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F253" s="3">
-        <v>2360</v>
+        <v>803</v>
       </c>
       <c r="G253" s="3">
         <v>10</v>
       </c>
       <c r="H253" s="3">
-        <v>300</v>
+        <v>420</v>
       </c>
       <c r="I253" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="C254" s="3">
-        <v>113.3</v>
+        <v>70.08</v>
       </c>
       <c r="D254" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F254" s="3">
-        <v>227</v>
+        <v>17705</v>
       </c>
       <c r="G254" s="3">
         <v>10</v>
       </c>
       <c r="H254" s="3">
         <v>300</v>
       </c>
       <c r="I254" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="C255" s="3">
-        <v>96</v>
+        <v>130.82</v>
       </c>
       <c r="D255" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F255" s="3">
-        <v>4000</v>
+        <v>935</v>
       </c>
       <c r="G255" s="3">
         <v>10</v>
       </c>
       <c r="H255" s="3">
         <v>300</v>
       </c>
       <c r="I255" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="C256" s="3">
-        <v>77.09</v>
+        <v>67</v>
       </c>
       <c r="D256" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F256" s="3">
-        <v>1506</v>
+        <v>8755</v>
       </c>
       <c r="G256" s="3">
         <v>10</v>
       </c>
       <c r="H256" s="3">
         <v>420</v>
       </c>
       <c r="I256" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="C257" s="3">
+        <v>170</v>
+      </c>
+      <c r="D257" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E257" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F257" s="3">
+        <v>3541</v>
+      </c>
+      <c r="G257" s="3">
+        <v>1</v>
+      </c>
+      <c r="H257" s="3">
         <v>80</v>
-      </c>
-[...13 lines deleted...]
-        <v>420</v>
       </c>
       <c r="I257" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C258" s="3">
-        <v>114</v>
+        <v>122.64</v>
       </c>
       <c r="D258" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F258" s="3">
-        <v>2980</v>
+        <v>358</v>
       </c>
       <c r="G258" s="3">
         <v>10</v>
       </c>
       <c r="H258" s="3">
         <v>300</v>
       </c>
       <c r="I258" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="C259" s="3">
-        <v>860.27</v>
+        <v>113.3</v>
       </c>
       <c r="D259" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F259" s="3">
-        <v>425</v>
+        <v>448</v>
       </c>
       <c r="G259" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H259" s="3">
-        <v>18</v>
+        <v>300</v>
       </c>
       <c r="I259" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="C260" s="3">
-        <v>227.76</v>
+        <v>96</v>
       </c>
       <c r="D260" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F260" s="3">
-        <v>143</v>
+        <v>5199</v>
       </c>
       <c r="G260" s="3">
         <v>10</v>
       </c>
       <c r="H260" s="3">
-        <v>420</v>
+        <v>300</v>
       </c>
       <c r="I260" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="C261" s="3">
-        <v>94.55</v>
+        <v>83</v>
       </c>
       <c r="D261" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F261" s="3">
-        <v>11220</v>
+        <v>2419</v>
       </c>
       <c r="G261" s="3">
         <v>10</v>
       </c>
       <c r="H261" s="3">
         <v>300</v>
       </c>
       <c r="I261" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="C262" s="3">
-        <v>320</v>
+        <v>108</v>
       </c>
       <c r="D262" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F262" s="3">
-        <v>50</v>
+        <v>801</v>
       </c>
       <c r="G262" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H262" s="3">
-        <v>80</v>
+        <v>300</v>
       </c>
       <c r="I262" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="C263" s="3">
-        <v>1273.15</v>
+        <v>77.09</v>
       </c>
       <c r="D263" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F263" s="3">
-        <v>108</v>
+        <v>2375</v>
       </c>
       <c r="G263" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H263" s="3">
-        <v>20</v>
+        <v>420</v>
       </c>
       <c r="I263" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="C264" s="3">
-        <v>288</v>
+        <v>196</v>
       </c>
       <c r="D264" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F264" s="3">
-        <v>122</v>
+        <v>258</v>
       </c>
       <c r="G264" s="3">
         <v>1</v>
       </c>
       <c r="H264" s="3">
-        <v>120</v>
+        <v>72</v>
       </c>
       <c r="I264" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="C265" s="3">
-        <v>290</v>
+        <v>110</v>
       </c>
       <c r="D265" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F265" s="3">
-        <v>135</v>
+        <v>2981</v>
       </c>
       <c r="G265" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H265" s="3">
-        <v>120</v>
+        <v>300</v>
       </c>
       <c r="I265" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="C266" s="3">
-        <v>209.08</v>
+        <v>94.55</v>
       </c>
       <c r="D266" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F266" s="3">
-        <v>145</v>
+        <v>15071</v>
       </c>
       <c r="G266" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H266" s="3">
-        <v>120</v>
+        <v>300</v>
       </c>
       <c r="I266" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="C267" s="3">
-        <v>58</v>
+        <v>789</v>
       </c>
       <c r="D267" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F267" s="3">
-        <v>1948</v>
+        <v>253</v>
       </c>
       <c r="G267" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H267" s="3">
-        <v>480</v>
+        <v>18</v>
       </c>
       <c r="I267" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="C268" s="3">
-        <v>239.45</v>
+        <v>219</v>
       </c>
       <c r="D268" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F268" s="3">
-        <v>294</v>
+        <v>555</v>
       </c>
       <c r="G268" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H268" s="3">
-        <v>420</v>
+        <v>80</v>
       </c>
       <c r="I268" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="C269" s="3">
-        <v>232.44</v>
+        <v>114</v>
       </c>
       <c r="D269" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F269" s="3">
-        <v>4994</v>
+        <v>4028</v>
       </c>
       <c r="G269" s="3">
         <v>10</v>
       </c>
       <c r="H269" s="3">
-        <v>420</v>
+        <v>300</v>
       </c>
       <c r="I269" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="C270" s="3">
-        <v>849</v>
+        <v>200</v>
       </c>
       <c r="D270" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F270" s="3">
-        <v>155</v>
+        <v>224</v>
       </c>
       <c r="G270" s="3">
         <v>1</v>
       </c>
       <c r="H270" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="I270" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="C271" s="3">
-        <v>187.53</v>
+        <v>1273.15</v>
       </c>
       <c r="D271" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F271" s="3">
-        <v>418</v>
+        <v>68</v>
       </c>
       <c r="G271" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H271" s="3">
-        <v>420</v>
+        <v>20</v>
       </c>
       <c r="I271" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="C272" s="3">
-        <v>908</v>
+        <v>556.5</v>
       </c>
       <c r="D272" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F272" s="3">
-        <v>248</v>
+        <v>394</v>
       </c>
       <c r="G272" s="3">
         <v>1</v>
       </c>
       <c r="H272" s="3">
         <v>20</v>
       </c>
       <c r="I272" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="C273" s="3">
-        <v>66</v>
+        <v>227.76</v>
       </c>
       <c r="D273" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F273" s="3">
-        <v>982</v>
+        <v>203</v>
       </c>
       <c r="G273" s="3">
         <v>10</v>
       </c>
       <c r="H273" s="3">
         <v>420</v>
       </c>
       <c r="I273" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="3" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="C274" s="3">
-        <v>110</v>
+        <v>239.45</v>
       </c>
       <c r="D274" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F274" s="3">
-        <v>608</v>
+        <v>700</v>
       </c>
       <c r="G274" s="3">
         <v>10</v>
       </c>
       <c r="H274" s="3">
-        <v>300</v>
+        <v>420</v>
       </c>
       <c r="I274" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A275" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I275" s="2"/>
+      <c r="A275" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="B275" s="3" t="s">
+        <v>541</v>
+      </c>
+      <c r="C275" s="3">
+        <v>232.44</v>
+      </c>
+      <c r="D275" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E275" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F275" s="3">
+        <v>12603</v>
+      </c>
+      <c r="G275" s="3">
+        <v>10</v>
+      </c>
+      <c r="H275" s="3">
+        <v>420</v>
+      </c>
+      <c r="I275" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="C276" s="3">
-        <v>799</v>
+        <v>320</v>
       </c>
       <c r="D276" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F276" s="3">
-        <v>0</v>
+        <v>122</v>
       </c>
       <c r="G276" s="3">
         <v>1</v>
       </c>
       <c r="H276" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I276" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="C277" s="3">
-        <v>919</v>
+        <v>288</v>
       </c>
       <c r="D277" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F277" s="3">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="G277" s="3">
         <v>1</v>
       </c>
       <c r="H277" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I277" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="C278" s="3">
-        <v>129</v>
+        <v>849</v>
       </c>
       <c r="D278" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F278" s="3">
-        <v>0</v>
+        <v>149</v>
       </c>
       <c r="G278" s="3">
         <v>1</v>
       </c>
       <c r="H278" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I278" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="C279" s="3">
-        <v>143.65</v>
+        <v>290</v>
       </c>
       <c r="D279" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F279" s="3">
-        <v>43</v>
+        <v>69</v>
       </c>
       <c r="G279" s="3">
         <v>1</v>
       </c>
       <c r="H279" s="3">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="I279" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="C280" s="3">
-        <v>299</v>
+        <v>908</v>
       </c>
       <c r="D280" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F280" s="3">
-        <v>1310</v>
+        <v>657</v>
       </c>
       <c r="G280" s="3">
         <v>1</v>
       </c>
       <c r="H280" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I280" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="C281" s="3">
-        <v>139</v>
+        <v>209.08</v>
       </c>
       <c r="D281" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F281" s="3">
-        <v>1604</v>
+        <v>229</v>
       </c>
       <c r="G281" s="3">
         <v>1</v>
       </c>
       <c r="H281" s="3">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="I281" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="C282" s="3">
-        <v>161</v>
+        <v>187.53</v>
       </c>
       <c r="D282" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F282" s="3">
-        <v>0</v>
+        <v>423</v>
       </c>
       <c r="G282" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H282" s="3">
-        <v>10</v>
+        <v>420</v>
       </c>
       <c r="I282" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="C283" s="3">
-        <v>155</v>
+        <v>66</v>
       </c>
       <c r="D283" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F283" s="3">
-        <v>0</v>
+        <v>1521</v>
       </c>
       <c r="G283" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H283" s="3">
-        <v>10</v>
+        <v>420</v>
       </c>
       <c r="I283" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="C284" s="3">
-        <v>147</v>
+        <v>775.62</v>
       </c>
       <c r="D284" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F284" s="3">
-        <v>0</v>
+        <v>314</v>
       </c>
       <c r="G284" s="3">
         <v>1</v>
       </c>
       <c r="H284" s="3">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="I284" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A285" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A285" s="2" t="s">
+        <v>560</v>
+      </c>
+      <c r="B285" s="2"/>
+      <c r="C285" s="2"/>
+      <c r="D285" s="2"/>
+      <c r="E285" s="2"/>
+      <c r="F285" s="2"/>
+      <c r="G285" s="2"/>
+      <c r="H285" s="2"/>
+      <c r="I285" s="2"/>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="C286" s="3">
-        <v>141</v>
+        <v>31274</v>
       </c>
       <c r="D286" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F286" s="3">
-        <v>1284</v>
+        <v>144</v>
       </c>
       <c r="G286" s="3">
         <v>1</v>
       </c>
       <c r="H286" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I286" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="C287" s="3">
-        <v>290</v>
+        <v>2499</v>
       </c>
       <c r="D287" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F287" s="3">
-        <v>1465</v>
+        <v>731</v>
       </c>
       <c r="G287" s="3">
         <v>1</v>
       </c>
       <c r="H287" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I287" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="C288" s="3">
-        <v>292</v>
+        <v>6829</v>
       </c>
       <c r="D288" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F288" s="3">
-        <v>1301</v>
+        <v>583</v>
       </c>
       <c r="G288" s="3">
         <v>1</v>
       </c>
       <c r="H288" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I288" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="C289" s="3">
-        <v>709</v>
+        <v>21099</v>
       </c>
       <c r="D289" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F289" s="3">
-        <v>0</v>
+        <v>153</v>
       </c>
       <c r="G289" s="3">
         <v>1</v>
       </c>
       <c r="H289" s="3">
-        <v>100</v>
+        <v>4</v>
       </c>
       <c r="I289" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="3" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="C290" s="3">
-        <v>193</v>
+        <v>2099</v>
       </c>
       <c r="D290" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F290" s="3">
-        <v>1092</v>
+        <v>144</v>
       </c>
       <c r="G290" s="3">
         <v>1</v>
       </c>
       <c r="H290" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I290" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="3" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="C291" s="3">
-        <v>129</v>
+        <v>6895</v>
       </c>
       <c r="D291" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F291" s="3">
-        <v>1342</v>
+        <v>134</v>
       </c>
       <c r="G291" s="3">
         <v>1</v>
       </c>
       <c r="H291" s="3">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I291" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="C292" s="3">
-        <v>609</v>
+        <v>15389</v>
       </c>
       <c r="D292" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F292" s="3">
-        <v>14</v>
+        <v>117</v>
       </c>
       <c r="G292" s="3">
         <v>1</v>
       </c>
       <c r="H292" s="3">
-        <v>100</v>
+        <v>6</v>
       </c>
       <c r="I292" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="C293" s="3">
-        <v>163.52</v>
+        <v>3499</v>
       </c>
       <c r="D293" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F293" s="3">
-        <v>128</v>
+        <v>20</v>
       </c>
       <c r="G293" s="3">
         <v>1</v>
       </c>
       <c r="H293" s="3">
         <v>10</v>
       </c>
       <c r="I293" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="3" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="C294" s="3">
-        <v>150</v>
+        <v>2999</v>
       </c>
       <c r="D294" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F294" s="3">
-        <v>0</v>
+        <v>357</v>
       </c>
       <c r="G294" s="3">
         <v>1</v>
       </c>
       <c r="H294" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I294" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="3" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="C295" s="3">
-        <v>123</v>
+        <v>9722</v>
       </c>
       <c r="D295" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F295" s="3">
-        <v>988</v>
+        <v>306</v>
       </c>
       <c r="G295" s="3">
         <v>1</v>
       </c>
       <c r="H295" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I295" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" s="3" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="C296" s="3">
-        <v>181.04</v>
+        <v>9290</v>
       </c>
       <c r="D296" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F296" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G296" s="3">
         <v>1</v>
       </c>
       <c r="H296" s="3">
-        <v>120</v>
+        <v>6</v>
       </c>
       <c r="I296" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A297" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I297" s="2"/>
+      <c r="A297" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="B297" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="C297" s="3">
+        <v>18630</v>
+      </c>
+      <c r="D297" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E297" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F297" s="3">
+        <v>5</v>
+      </c>
+      <c r="G297" s="3">
+        <v>1</v>
+      </c>
+      <c r="H297" s="3">
+        <v>2</v>
+      </c>
+      <c r="I297" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A298" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I298" s="2"/>
+      <c r="A298" s="3" t="s">
+        <v>585</v>
+      </c>
+      <c r="B298" s="3" t="s">
+        <v>586</v>
+      </c>
+      <c r="C298" s="3">
+        <v>9992</v>
+      </c>
+      <c r="D298" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E298" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F298" s="3">
+        <v>300</v>
+      </c>
+      <c r="G298" s="3">
+        <v>1</v>
+      </c>
+      <c r="H298" s="3">
+        <v>6</v>
+      </c>
+      <c r="I298" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="3" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="C299" s="3">
-        <v>234.02</v>
+        <v>18850</v>
       </c>
       <c r="D299" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F299" s="3">
-        <v>14453</v>
+        <v>262</v>
       </c>
       <c r="G299" s="3">
         <v>1</v>
       </c>
       <c r="H299" s="3">
-        <v>1000</v>
+        <v>6</v>
       </c>
       <c r="I299" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="C300" s="3">
-        <v>190</v>
+        <v>3839</v>
       </c>
       <c r="D300" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F300" s="3">
-        <v>5402</v>
+        <v>106</v>
       </c>
       <c r="G300" s="3">
         <v>1</v>
       </c>
       <c r="H300" s="3">
-        <v>1000</v>
+        <v>12</v>
       </c>
       <c r="I300" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="3" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="C301" s="3">
-        <v>209.72</v>
+        <v>7469.1</v>
       </c>
       <c r="D301" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F301" s="3">
-        <v>2594</v>
+        <v>0</v>
       </c>
       <c r="G301" s="3">
         <v>1</v>
       </c>
       <c r="H301" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="I301" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="C302" s="3">
-        <v>145</v>
+        <v>2599</v>
       </c>
       <c r="D302" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F302" s="3">
-        <v>5994</v>
+        <v>546</v>
       </c>
       <c r="G302" s="3">
         <v>1</v>
       </c>
       <c r="H302" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I302" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A303" s="3" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="B303" s="3" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="C303" s="3">
-        <v>250.61</v>
+        <v>11700</v>
       </c>
       <c r="D303" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F303" s="3">
-        <v>1740</v>
+        <v>13</v>
       </c>
       <c r="G303" s="3">
         <v>1</v>
       </c>
       <c r="H303" s="3">
-        <v>1000</v>
+        <v>2</v>
       </c>
       <c r="I303" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" s="3" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="C304" s="3">
-        <v>238.18</v>
+        <v>2400</v>
       </c>
       <c r="D304" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F304" s="3">
-        <v>352</v>
+        <v>3</v>
       </c>
       <c r="G304" s="3">
         <v>1</v>
       </c>
       <c r="H304" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I304" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="C305" s="3">
-        <v>302.04</v>
+        <v>4535.19</v>
       </c>
       <c r="D305" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F305" s="3">
-        <v>1340</v>
+        <v>0</v>
       </c>
       <c r="G305" s="3">
         <v>1</v>
       </c>
       <c r="H305" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="I305" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A306" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A306" s="2" t="s">
+        <v>601</v>
+      </c>
+      <c r="B306" s="2"/>
+      <c r="C306" s="2"/>
+      <c r="D306" s="2"/>
+      <c r="E306" s="2"/>
+      <c r="F306" s="2"/>
+      <c r="G306" s="2"/>
+      <c r="H306" s="2"/>
+      <c r="I306" s="2"/>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A307" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I307" s="2"/>
+      <c r="A307" s="3" t="s">
+        <v>602</v>
+      </c>
+      <c r="B307" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="C307" s="3">
+        <v>4999</v>
+      </c>
+      <c r="D307" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E307" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F307" s="3">
+        <v>0</v>
+      </c>
+      <c r="G307" s="3">
+        <v>1</v>
+      </c>
+      <c r="H307" s="3">
+        <v>20</v>
+      </c>
+      <c r="I307" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="3" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="C308" s="3">
-        <v>149</v>
+        <v>29879</v>
       </c>
       <c r="D308" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F308" s="3">
-        <v>4031</v>
+        <v>68</v>
       </c>
       <c r="G308" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H308" s="3">
-        <v>4000</v>
+        <v>4</v>
       </c>
       <c r="I308" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" s="3" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="C309" s="3">
-        <v>209</v>
+        <v>2599</v>
       </c>
       <c r="D309" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F309" s="3">
-        <v>7336</v>
+        <v>261</v>
       </c>
       <c r="G309" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H309" s="3">
-        <v>3000</v>
+        <v>20</v>
       </c>
       <c r="I309" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" s="3" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="C310" s="3">
-        <v>180</v>
+        <v>1799</v>
       </c>
       <c r="D310" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F310" s="3">
-        <v>4194</v>
+        <v>586</v>
       </c>
       <c r="G310" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H310" s="3">
-        <v>4000</v>
+        <v>20</v>
       </c>
       <c r="I310" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A311" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I311" s="2"/>
+      <c r="A311" s="3" t="s">
+        <v>610</v>
+      </c>
+      <c r="B311" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="C311" s="3">
+        <v>1999</v>
+      </c>
+      <c r="D311" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E311" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F311" s="3">
+        <v>140</v>
+      </c>
+      <c r="G311" s="3">
+        <v>1</v>
+      </c>
+      <c r="H311" s="3">
+        <v>20</v>
+      </c>
+      <c r="I311" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A312" s="3" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>607</v>
+        <v>613</v>
       </c>
       <c r="C312" s="3">
-        <v>146</v>
+        <v>3649</v>
       </c>
       <c r="D312" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F312" s="3">
-        <v>552</v>
+        <v>40</v>
       </c>
       <c r="G312" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H312" s="3">
-        <v>360</v>
+        <v>20</v>
       </c>
       <c r="I312" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
-        <v>608</v>
+        <v>614</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
       <c r="C313" s="3">
-        <v>259</v>
+        <v>2999</v>
       </c>
       <c r="D313" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F313" s="3">
-        <v>543</v>
+        <v>48</v>
       </c>
       <c r="G313" s="3">
         <v>1</v>
       </c>
       <c r="H313" s="3">
-        <v>150</v>
+        <v>20</v>
       </c>
       <c r="I313" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A314" s="3" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="C314" s="3">
-        <v>259</v>
+        <v>5299</v>
       </c>
       <c r="D314" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F314" s="3">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="G314" s="3">
         <v>1</v>
       </c>
       <c r="H314" s="3">
-        <v>150</v>
+        <v>20</v>
       </c>
       <c r="I314" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A315" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A315" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="B315" s="2"/>
+      <c r="C315" s="2"/>
+      <c r="D315" s="2"/>
+      <c r="E315" s="2"/>
+      <c r="F315" s="2"/>
+      <c r="G315" s="2"/>
+      <c r="H315" s="2"/>
+      <c r="I315" s="2"/>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A316" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A316" s="2" t="s">
+        <v>619</v>
+      </c>
+      <c r="B316" s="2"/>
+      <c r="C316" s="2"/>
+      <c r="D316" s="2"/>
+      <c r="E316" s="2"/>
+      <c r="F316" s="2"/>
+      <c r="G316" s="2"/>
+      <c r="H316" s="2"/>
+      <c r="I316" s="2"/>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A317" s="3" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="C317" s="3">
-        <v>146</v>
+        <v>307.46</v>
       </c>
       <c r="D317" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F317" s="3">
-        <v>951</v>
+        <v>5000</v>
       </c>
       <c r="G317" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H317" s="3">
-        <v>360</v>
+        <v>100</v>
       </c>
       <c r="I317" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="3" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="C318" s="3">
-        <v>139</v>
+        <v>340.07</v>
       </c>
       <c r="D318" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F318" s="3">
-        <v>1765</v>
+        <v>3771</v>
       </c>
       <c r="G318" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H318" s="3">
-        <v>360</v>
+        <v>100</v>
       </c>
       <c r="I318" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A319" s="3" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="C319" s="3">
-        <v>155.5</v>
+        <v>366.73</v>
       </c>
       <c r="D319" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F319" s="3">
-        <v>507</v>
+        <v>23423</v>
       </c>
       <c r="G319" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H319" s="3">
-        <v>900</v>
+        <v>100</v>
       </c>
       <c r="I319" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A320" s="3" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="C320" s="3">
-        <v>1229</v>
+        <v>393.9</v>
       </c>
       <c r="D320" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F320" s="3">
-        <v>35</v>
+        <v>26058</v>
       </c>
       <c r="G320" s="3">
         <v>1</v>
       </c>
       <c r="H320" s="3">
-        <v>11</v>
+        <v>100</v>
       </c>
       <c r="I320" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A321" s="3" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="C321" s="3">
-        <v>219.11</v>
+        <v>652.13</v>
       </c>
       <c r="D321" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F321" s="3">
-        <v>310</v>
+        <v>2647</v>
       </c>
       <c r="G321" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H321" s="3">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="I321" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="322" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A322" s="3" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="C322" s="3">
-        <v>219.11</v>
+        <v>677.9</v>
       </c>
       <c r="D322" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F322" s="3">
-        <v>1111</v>
+        <v>4269</v>
       </c>
       <c r="G322" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H322" s="3">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="I322" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A323" s="3" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="C323" s="3">
-        <v>219.11</v>
+        <v>525</v>
       </c>
       <c r="D323" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F323" s="3">
-        <v>0</v>
+        <v>2001</v>
       </c>
       <c r="G323" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H323" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I323" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="324" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A324" s="3" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="B324" s="3" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="C324" s="3">
-        <v>816.45</v>
+        <v>540</v>
       </c>
       <c r="D324" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F324" s="3">
-        <v>60</v>
+        <v>3186</v>
       </c>
       <c r="G324" s="3">
         <v>1</v>
       </c>
       <c r="H324" s="3">
-        <v>140</v>
+        <v>100</v>
       </c>
       <c r="I324" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="325" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A325" s="3" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="B325" s="3" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="C325" s="3">
-        <v>153.01</v>
+        <v>799</v>
       </c>
       <c r="D325" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F325" s="3">
-        <v>1260</v>
+        <v>510</v>
       </c>
       <c r="G325" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H325" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I325" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A326" s="3" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="C326" s="3">
-        <v>829</v>
+        <v>1239</v>
       </c>
       <c r="D326" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F326" s="3">
-        <v>389</v>
+        <v>3949</v>
       </c>
       <c r="G326" s="3">
         <v>1</v>
       </c>
       <c r="H326" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I326" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="327" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A327" s="3" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="B327" s="3" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="C327" s="3">
-        <v>279</v>
+        <v>570</v>
       </c>
       <c r="D327" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F327" s="3">
-        <v>2675</v>
+        <v>4612</v>
       </c>
       <c r="G327" s="3">
         <v>1</v>
       </c>
       <c r="H327" s="3">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="I327" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="328" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A328" s="3" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="B328" s="3" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="C328" s="3">
-        <v>502.25</v>
+        <v>699</v>
       </c>
       <c r="D328" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F328" s="3">
-        <v>4956</v>
+        <v>2996</v>
       </c>
       <c r="G328" s="3">
         <v>1</v>
       </c>
       <c r="H328" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I328" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="329" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A329" s="3" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="B329" s="3" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="C329" s="3">
-        <v>124.66</v>
+        <v>820</v>
       </c>
       <c r="D329" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F329" s="3">
-        <v>3696</v>
+        <v>1254</v>
       </c>
       <c r="G329" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H329" s="3">
-        <v>350</v>
+        <v>50</v>
       </c>
       <c r="I329" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="330" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A330" s="3" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
       <c r="B330" s="3" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="C330" s="3">
-        <v>157.68</v>
+        <v>989</v>
       </c>
       <c r="D330" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F330" s="3">
-        <v>600</v>
+        <v>1039</v>
       </c>
       <c r="G330" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H330" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I330" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="331" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A331" s="3" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="B331" s="3" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="C331" s="3">
-        <v>110.66</v>
+        <v>899</v>
       </c>
       <c r="D331" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F331" s="3">
-        <v>481</v>
+        <v>9949</v>
       </c>
       <c r="G331" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H331" s="3">
-        <v>350</v>
+        <v>50</v>
       </c>
       <c r="I331" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="332" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A332" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A332" s="2" t="s">
+        <v>650</v>
+      </c>
+      <c r="B332" s="2"/>
+      <c r="C332" s="2"/>
+      <c r="D332" s="2"/>
+      <c r="E332" s="2"/>
+      <c r="F332" s="2"/>
+      <c r="G332" s="2"/>
+      <c r="H332" s="2"/>
+      <c r="I332" s="2"/>
     </row>
     <row r="333" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A333" s="3" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="B333" s="3" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="C333" s="3">
-        <v>153.01</v>
+        <v>529</v>
       </c>
       <c r="D333" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F333" s="3">
-        <v>1027</v>
+        <v>1498</v>
       </c>
       <c r="G333" s="3">
         <v>1</v>
       </c>
       <c r="H333" s="3">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="I333" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="334" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A334" s="3" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="B334" s="3" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="C334" s="3">
-        <v>239</v>
+        <v>460.71</v>
       </c>
       <c r="D334" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F334" s="3">
-        <v>195</v>
+        <v>1760</v>
       </c>
       <c r="G334" s="3">
         <v>1</v>
       </c>
       <c r="H334" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I334" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="335" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A335" s="3" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="B335" s="3" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="C335" s="3">
-        <v>921.56</v>
+        <v>1407.1</v>
       </c>
       <c r="D335" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F335" s="3">
-        <v>293</v>
+        <v>594</v>
       </c>
       <c r="G335" s="3">
         <v>1</v>
       </c>
       <c r="H335" s="3">
-        <v>80</v>
+        <v>48</v>
       </c>
       <c r="I335" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="336" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A336" s="3" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="B336" s="3" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="C336" s="3">
-        <v>91</v>
+        <v>779</v>
       </c>
       <c r="D336" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F336" s="3">
-        <v>2</v>
+        <v>650</v>
       </c>
       <c r="G336" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H336" s="3">
-        <v>420</v>
+        <v>50</v>
       </c>
       <c r="I336" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="337" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A337" s="3" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="B337" s="3" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="C337" s="3">
-        <v>189</v>
+        <v>1048.83</v>
       </c>
       <c r="D337" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F337" s="3">
-        <v>419</v>
+        <v>1594</v>
       </c>
       <c r="G337" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H337" s="3">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="I337" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="338" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A338" s="3" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="B338" s="3" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="C338" s="3">
-        <v>317.01</v>
+        <v>1069.25</v>
       </c>
       <c r="D338" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F338" s="3">
-        <v>99</v>
+        <v>1533</v>
       </c>
       <c r="G338" s="3">
         <v>1</v>
       </c>
       <c r="H338" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I338" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="339" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A339" s="3" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="B339" s="3" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="C339" s="3">
-        <v>886.53</v>
+        <v>886.72</v>
       </c>
       <c r="D339" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F339" s="3">
-        <v>866</v>
+        <v>1017</v>
       </c>
       <c r="G339" s="3">
         <v>1</v>
       </c>
       <c r="H339" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I339" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="340" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A340" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A340" s="2" t="s">
+        <v>665</v>
+      </c>
+      <c r="B340" s="2"/>
+      <c r="C340" s="2"/>
+      <c r="D340" s="2"/>
+      <c r="E340" s="2"/>
+      <c r="F340" s="2"/>
+      <c r="G340" s="2"/>
+      <c r="H340" s="2"/>
+      <c r="I340" s="2"/>
     </row>
     <row r="341" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A341" s="3" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="B341" s="3" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="C341" s="3">
-        <v>3629</v>
+        <v>999</v>
       </c>
       <c r="D341" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F341" s="3">
-        <v>438</v>
+        <v>0</v>
       </c>
       <c r="G341" s="3">
         <v>1</v>
       </c>
       <c r="H341" s="3">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="I341" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="342" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A342" s="3" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="B342" s="3" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="C342" s="3">
-        <v>165</v>
+        <v>929</v>
       </c>
       <c r="D342" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F342" s="3">
-        <v>1493</v>
+        <v>1130</v>
       </c>
       <c r="G342" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H342" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I342" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="343" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A343" s="3" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="B343" s="3" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="C343" s="3">
-        <v>96.94</v>
+        <v>1509</v>
       </c>
       <c r="D343" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F343" s="3">
-        <v>0</v>
+        <v>586</v>
       </c>
       <c r="G343" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H343" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I343" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="344" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A344" s="3" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="B344" s="3" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="C344" s="3">
-        <v>79.42</v>
+        <v>1229</v>
       </c>
       <c r="D344" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F344" s="3">
-        <v>324</v>
+        <v>649</v>
       </c>
       <c r="G344" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H344" s="3">
-        <v>420</v>
+        <v>100</v>
       </c>
       <c r="I344" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="345" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A345" s="3" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="B345" s="3" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="C345" s="3">
-        <v>269</v>
+        <v>1899</v>
       </c>
       <c r="D345" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F345" s="3">
-        <v>209</v>
+        <v>0</v>
       </c>
       <c r="G345" s="3">
         <v>1</v>
       </c>
       <c r="H345" s="3">
-        <v>42</v>
+        <v>100</v>
       </c>
       <c r="I345" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="346" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A346" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A346" s="2" t="s">
+        <v>676</v>
+      </c>
+      <c r="B346" s="2"/>
+      <c r="C346" s="2"/>
+      <c r="D346" s="2"/>
+      <c r="E346" s="2"/>
+      <c r="F346" s="2"/>
+      <c r="G346" s="2"/>
+      <c r="H346" s="2"/>
+      <c r="I346" s="2"/>
     </row>
     <row r="347" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A347" s="3" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="B347" s="3" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="C347" s="3">
-        <v>215.31</v>
+        <v>1415</v>
       </c>
       <c r="D347" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F347" s="3">
-        <v>599</v>
+        <v>48</v>
       </c>
       <c r="G347" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H347" s="3">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="I347" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="348" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A348" s="3" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="B348" s="3" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="C348" s="3">
-        <v>139</v>
+        <v>616.71</v>
       </c>
       <c r="D348" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F348" s="3">
-        <v>1754</v>
+        <v>1229</v>
       </c>
       <c r="G348" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H348" s="3">
-        <v>360</v>
+        <v>100</v>
       </c>
       <c r="I348" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="349" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A349" s="3" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="B349" s="3" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="C349" s="3">
-        <v>3152.49</v>
+        <v>1974.45</v>
       </c>
       <c r="D349" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F349" s="3">
-        <v>64</v>
+        <v>829</v>
       </c>
       <c r="G349" s="3">
         <v>1</v>
       </c>
       <c r="H349" s="3">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="I349" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="350" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A350" s="3" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B350" s="3" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C350" s="3">
-        <v>3269.29</v>
+        <v>2654.23</v>
       </c>
       <c r="D350" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F350" s="3">
-        <v>37</v>
+        <v>0</v>
       </c>
       <c r="G350" s="3">
         <v>1</v>
       </c>
       <c r="H350" s="3">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="I350" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="351" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A351" s="3" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="B351" s="3" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="C351" s="3">
-        <v>701.57</v>
+        <v>865.5</v>
       </c>
       <c r="D351" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F351" s="3">
-        <v>123</v>
+        <v>1020</v>
       </c>
       <c r="G351" s="3">
         <v>1</v>
       </c>
       <c r="H351" s="3">
-        <v>140</v>
+        <v>100</v>
       </c>
       <c r="I351" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="352" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A352" s="3" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="B352" s="3" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="C352" s="3">
-        <v>953.59</v>
+        <v>799</v>
       </c>
       <c r="D352" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F352" s="3">
-        <v>175</v>
+        <v>478</v>
       </c>
       <c r="G352" s="3">
         <v>1</v>
       </c>
       <c r="H352" s="3">
-        <v>140</v>
+        <v>100</v>
       </c>
       <c r="I352" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="353" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A353" s="3" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="B353" s="3" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="C353" s="3">
-        <v>3375.57</v>
+        <v>806.65</v>
       </c>
       <c r="D353" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F353" s="3">
-        <v>1</v>
+        <v>516</v>
       </c>
       <c r="G353" s="3">
         <v>1</v>
       </c>
       <c r="H353" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I353" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="354" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A354" s="3" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="B354" s="3" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="C354" s="3">
-        <v>409</v>
+        <v>1840.35</v>
       </c>
       <c r="D354" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E354" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F354" s="3">
-        <v>560</v>
+        <v>1952</v>
       </c>
       <c r="G354" s="3">
         <v>1</v>
       </c>
       <c r="H354" s="3">
-        <v>42</v>
+        <v>60</v>
       </c>
       <c r="I354" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="355" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A355" s="3" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="B355" s="3" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C355" s="3">
-        <v>826.59</v>
+        <v>750</v>
       </c>
       <c r="D355" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F355" s="3">
-        <v>410</v>
+        <v>848</v>
       </c>
       <c r="G355" s="3">
         <v>1</v>
       </c>
       <c r="H355" s="3">
-        <v>140</v>
+        <v>100</v>
       </c>
       <c r="I355" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="356" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A356" s="3" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="B356" s="3" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="C356" s="3">
-        <v>524.44</v>
+        <v>3815.42</v>
       </c>
       <c r="D356" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F356" s="3">
-        <v>666</v>
+        <v>900</v>
       </c>
       <c r="G356" s="3">
         <v>1</v>
       </c>
       <c r="H356" s="3">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I356" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="357" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A357" s="3" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="B357" s="3" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="C357" s="3">
-        <v>290.83</v>
+        <v>2800</v>
       </c>
       <c r="D357" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F357" s="3">
-        <v>1277</v>
+        <v>356</v>
       </c>
       <c r="G357" s="3">
         <v>1</v>
       </c>
       <c r="H357" s="3">
-        <v>120</v>
+        <v>48</v>
       </c>
       <c r="I357" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="358" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A358" s="3" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="B358" s="3" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="C358" s="3">
-        <v>297.84</v>
+        <v>1174.88</v>
       </c>
       <c r="D358" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F358" s="3">
-        <v>330</v>
+        <v>0</v>
       </c>
       <c r="G358" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H358" s="3">
-        <v>260</v>
+        <v>50</v>
       </c>
       <c r="I358" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="359" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A359" s="3" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="B359" s="3" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C359" s="3">
-        <v>3152.49</v>
+        <v>350</v>
       </c>
       <c r="D359" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F359" s="3">
-        <v>93</v>
+        <v>1620</v>
       </c>
       <c r="G359" s="3">
         <v>1</v>
       </c>
       <c r="H359" s="3">
-        <v>24</v>
+        <v>200</v>
       </c>
       <c r="I359" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="360" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A360" s="3" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="B360" s="3" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="C360" s="3">
-        <v>2799</v>
+        <v>750</v>
       </c>
       <c r="D360" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E360" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F360" s="3">
-        <v>0</v>
+        <v>841</v>
       </c>
       <c r="G360" s="3">
         <v>1</v>
       </c>
       <c r="H360" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I360" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="361" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A361" s="3" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="B361" s="3" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="C361" s="3">
-        <v>3152.49</v>
+        <v>1901.4</v>
       </c>
       <c r="D361" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E361" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F361" s="3">
-        <v>225</v>
+        <v>1787</v>
       </c>
       <c r="G361" s="3">
         <v>1</v>
       </c>
       <c r="H361" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I361" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="362" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A362" s="3" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="B362" s="3" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="C362" s="3">
-        <v>419</v>
+        <v>1888.95</v>
       </c>
       <c r="D362" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F362" s="3">
-        <v>46</v>
+        <v>3988</v>
       </c>
       <c r="G362" s="3">
         <v>1</v>
       </c>
       <c r="H362" s="3">
-        <v>42</v>
+        <v>60</v>
       </c>
       <c r="I362" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="363" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A363" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B363" s="3" t="s">
+      <c r="A363" s="2" t="s">
         <v>709</v>
       </c>
-      <c r="C363" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B363" s="2"/>
+      <c r="C363" s="2"/>
+      <c r="D363" s="2"/>
+      <c r="E363" s="2"/>
+      <c r="F363" s="2"/>
+      <c r="G363" s="2"/>
+      <c r="H363" s="2"/>
+      <c r="I363" s="2"/>
     </row>
     <row r="364" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A364" s="3" t="s">
         <v>710</v>
       </c>
       <c r="B364" s="3" t="s">
         <v>711</v>
       </c>
       <c r="C364" s="3">
-        <v>863.17</v>
+        <v>249</v>
       </c>
       <c r="D364" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F364" s="3">
-        <v>579</v>
+        <v>10455</v>
       </c>
       <c r="G364" s="3">
         <v>1</v>
       </c>
       <c r="H364" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I364" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="365" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A365" s="3" t="s">
         <v>712</v>
       </c>
       <c r="B365" s="3" t="s">
         <v>713</v>
       </c>
       <c r="C365" s="3">
-        <v>197.39</v>
+        <v>329</v>
       </c>
       <c r="D365" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E365" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F365" s="3">
-        <v>0</v>
+        <v>3513</v>
       </c>
       <c r="G365" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H365" s="3">
-        <v>210</v>
+        <v>100</v>
       </c>
       <c r="I365" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="366" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A366" s="3" t="s">
         <v>714</v>
       </c>
       <c r="B366" s="3" t="s">
         <v>715</v>
       </c>
       <c r="C366" s="3">
-        <v>699</v>
+        <v>430</v>
       </c>
       <c r="D366" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E366" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F366" s="3">
-        <v>86</v>
+        <v>5406</v>
       </c>
       <c r="G366" s="3">
         <v>1</v>
       </c>
       <c r="H366" s="3">
-        <v>140</v>
+        <v>100</v>
       </c>
       <c r="I366" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="367" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A367" s="3" t="s">
         <v>716</v>
       </c>
       <c r="B367" s="3" t="s">
         <v>717</v>
       </c>
       <c r="C367" s="3">
-        <v>1050.05</v>
+        <v>425.6</v>
       </c>
       <c r="D367" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E367" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F367" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G367" s="3">
         <v>1</v>
       </c>
       <c r="H367" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I367" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="368" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A368" s="3" t="s">
         <v>718</v>
       </c>
       <c r="B368" s="3" t="s">
         <v>719</v>
       </c>
       <c r="C368" s="3">
-        <v>1179</v>
+        <v>282</v>
       </c>
       <c r="D368" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E368" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F368" s="3">
-        <v>36</v>
+        <v>6259</v>
       </c>
       <c r="G368" s="3">
         <v>1</v>
       </c>
       <c r="H368" s="3">
-        <v>11</v>
+        <v>100</v>
       </c>
       <c r="I368" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="369" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A369" s="2" t="s">
         <v>720</v>
       </c>
       <c r="B369" s="2"/>
       <c r="C369" s="2"/>
       <c r="D369" s="2"/>
       <c r="E369" s="2"/>
       <c r="F369" s="2"/>
       <c r="G369" s="2"/>
       <c r="H369" s="2"/>
       <c r="I369" s="2"/>
     </row>
     <row r="370" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A370" s="3" t="s">
         <v>721</v>
       </c>
       <c r="B370" s="3" t="s">
         <v>722</v>
       </c>
       <c r="C370" s="3">
-        <v>433</v>
+        <v>2339</v>
       </c>
       <c r="D370" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E370" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F370" s="3">
-        <v>875</v>
+        <v>1043</v>
       </c>
       <c r="G370" s="3">
         <v>1</v>
       </c>
       <c r="H370" s="3">
-        <v>6</v>
+        <v>25</v>
       </c>
       <c r="I370" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="371" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A371" s="3" t="s">
         <v>723</v>
       </c>
       <c r="B371" s="3" t="s">
         <v>724</v>
       </c>
       <c r="C371" s="3">
-        <v>384.27</v>
+        <v>4399</v>
       </c>
       <c r="D371" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E371" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F371" s="3">
-        <v>514</v>
+        <v>529</v>
       </c>
       <c r="G371" s="3">
         <v>1</v>
       </c>
       <c r="H371" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I371" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="372" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A372" s="3" t="s">
         <v>725</v>
       </c>
       <c r="B372" s="3" t="s">
         <v>726</v>
       </c>
       <c r="C372" s="3">
-        <v>325.88</v>
+        <v>3299</v>
       </c>
       <c r="D372" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E372" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F372" s="3">
-        <v>66</v>
+        <v>0</v>
       </c>
       <c r="G372" s="3">
         <v>1</v>
       </c>
       <c r="H372" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I372" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="373" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A373" s="3" t="s">
         <v>727</v>
       </c>
       <c r="B373" s="3" t="s">
         <v>728</v>
       </c>
       <c r="C373" s="3">
-        <v>759.22</v>
+        <v>6825.59</v>
       </c>
       <c r="D373" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E373" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F373" s="3">
-        <v>678</v>
+        <v>333</v>
       </c>
       <c r="G373" s="3">
         <v>1</v>
       </c>
       <c r="H373" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I373" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="374" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A374" s="3" t="s">
         <v>729</v>
       </c>
       <c r="B374" s="3" t="s">
         <v>730</v>
       </c>
       <c r="C374" s="3">
-        <v>421.6</v>
+        <v>1599</v>
       </c>
       <c r="D374" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E374" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F374" s="3">
-        <v>3253</v>
+        <v>1054</v>
       </c>
       <c r="G374" s="3">
         <v>1</v>
       </c>
       <c r="H374" s="3">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="I374" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="375" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A375" s="3" t="s">
+      <c r="A375" s="2" t="s">
         <v>731</v>
       </c>
-      <c r="B375" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B375" s="2"/>
+      <c r="C375" s="2"/>
+      <c r="D375" s="2"/>
+      <c r="E375" s="2"/>
+      <c r="F375" s="2"/>
+      <c r="G375" s="2"/>
+      <c r="H375" s="2"/>
+      <c r="I375" s="2"/>
     </row>
     <row r="376" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A376" s="3" t="s">
+        <v>732</v>
+      </c>
+      <c r="B376" s="3" t="s">
         <v>733</v>
       </c>
-      <c r="B376" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C376" s="3">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="D376" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E376" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F376" s="3">
-        <v>94</v>
+        <v>1522</v>
       </c>
       <c r="G376" s="3">
         <v>1</v>
       </c>
       <c r="H376" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I376" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="377" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A377" s="3" t="s">
+        <v>734</v>
+      </c>
+      <c r="B377" s="3" t="s">
         <v>735</v>
       </c>
-      <c r="B377" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C377" s="3">
-        <v>442.68</v>
+        <v>469</v>
       </c>
       <c r="D377" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E377" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F377" s="3">
-        <v>886</v>
+        <v>546</v>
       </c>
       <c r="G377" s="3">
         <v>1</v>
       </c>
       <c r="H377" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I377" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="378" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A378" s="3" t="s">
+        <v>736</v>
+      </c>
+      <c r="B378" s="3" t="s">
         <v>737</v>
       </c>
-      <c r="B378" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C378" s="3">
-        <v>573.2</v>
+        <v>279</v>
       </c>
       <c r="D378" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E378" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F378" s="3">
-        <v>588</v>
+        <v>0</v>
       </c>
       <c r="G378" s="3">
         <v>1</v>
       </c>
       <c r="H378" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I378" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="379" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A379" s="3" t="s">
+        <v>738</v>
+      </c>
+      <c r="B379" s="3" t="s">
         <v>739</v>
       </c>
-      <c r="B379" s="3" t="s">
+      <c r="C379" s="3">
+        <v>529</v>
+      </c>
+      <c r="D379" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E379" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F379" s="3">
+        <v>1224</v>
+      </c>
+      <c r="G379" s="3">
+        <v>1</v>
+      </c>
+      <c r="H379" s="3">
+        <v>100</v>
+      </c>
+      <c r="I379" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="380" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A380" s="3" t="s">
         <v>740</v>
       </c>
-      <c r="C379" s="3">
-[...22 lines deleted...]
-      <c r="A380" s="2" t="s">
+      <c r="B380" s="3" t="s">
         <v>741</v>
       </c>
-      <c r="B380" s="2"/>
-[...6 lines deleted...]
-      <c r="I380" s="2"/>
+      <c r="C380" s="3">
+        <v>319</v>
+      </c>
+      <c r="D380" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E380" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F380" s="3">
+        <v>0</v>
+      </c>
+      <c r="G380" s="3">
+        <v>1</v>
+      </c>
+      <c r="H380" s="3">
+        <v>100</v>
+      </c>
+      <c r="I380" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="381" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A381" s="3" t="s">
         <v>742</v>
       </c>
       <c r="B381" s="3" t="s">
         <v>743</v>
       </c>
       <c r="C381" s="3">
-        <v>785</v>
+        <v>249</v>
       </c>
       <c r="D381" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E381" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F381" s="3">
-        <v>104</v>
+        <v>9352</v>
       </c>
       <c r="G381" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H381" s="3">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="I381" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="382" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A382" s="3" t="s">
         <v>744</v>
       </c>
       <c r="B382" s="3" t="s">
         <v>745</v>
       </c>
       <c r="C382" s="3">
-        <v>1179</v>
+        <v>425</v>
       </c>
       <c r="D382" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E382" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F382" s="3">
-        <v>232</v>
+        <v>10694</v>
       </c>
       <c r="G382" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H382" s="3">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="I382" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="383" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A383" s="3" t="s">
         <v>746</v>
       </c>
       <c r="B383" s="3" t="s">
         <v>747</v>
       </c>
       <c r="C383" s="3">
-        <v>407.64</v>
+        <v>282</v>
       </c>
       <c r="D383" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E383" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F383" s="3">
-        <v>217</v>
+        <v>14956</v>
       </c>
       <c r="G383" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H383" s="3">
-        <v>180</v>
+        <v>100</v>
       </c>
       <c r="I383" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="384" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A384" s="3" t="s">
         <v>748</v>
       </c>
       <c r="B384" s="3" t="s">
         <v>749</v>
       </c>
       <c r="C384" s="3">
-        <v>295.51</v>
+        <v>329</v>
       </c>
       <c r="D384" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E384" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F384" s="3">
-        <v>309</v>
+        <v>14682</v>
       </c>
       <c r="G384" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H384" s="3">
-        <v>280</v>
+        <v>100</v>
       </c>
       <c r="I384" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="385" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A385" s="3" t="s">
         <v>750</v>
       </c>
       <c r="B385" s="3" t="s">
         <v>751</v>
       </c>
       <c r="C385" s="3">
-        <v>197.39</v>
+        <v>430</v>
       </c>
       <c r="D385" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E385" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F385" s="3">
-        <v>324</v>
+        <v>32746</v>
       </c>
       <c r="G385" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H385" s="3">
-        <v>360</v>
+        <v>100</v>
       </c>
       <c r="I385" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="29">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A4:I4"/>
-[...7 lines deleted...]
-    <mergeCell ref="A90:I90"/>
+    <mergeCell ref="A12:I12"/>
+    <mergeCell ref="A32:I32"/>
+    <mergeCell ref="A33:I33"/>
+    <mergeCell ref="A42:I42"/>
+    <mergeCell ref="A100:I100"/>
     <mergeCell ref="A111:I111"/>
-    <mergeCell ref="A124:I124"/>
-[...13 lines deleted...]
-    <mergeCell ref="A311:I311"/>
+    <mergeCell ref="A115:I115"/>
+    <mergeCell ref="A121:I121"/>
+    <mergeCell ref="A137:I137"/>
+    <mergeCell ref="A145:I145"/>
+    <mergeCell ref="A152:I152"/>
+    <mergeCell ref="A153:I153"/>
+    <mergeCell ref="A180:I180"/>
+    <mergeCell ref="A210:I210"/>
+    <mergeCell ref="A223:I223"/>
+    <mergeCell ref="A224:I224"/>
+    <mergeCell ref="A246:I246"/>
+    <mergeCell ref="A285:I285"/>
+    <mergeCell ref="A306:I306"/>
+    <mergeCell ref="A315:I315"/>
+    <mergeCell ref="A316:I316"/>
+    <mergeCell ref="A332:I332"/>
+    <mergeCell ref="A340:I340"/>
+    <mergeCell ref="A346:I346"/>
+    <mergeCell ref="A363:I363"/>
     <mergeCell ref="A369:I369"/>
-    <mergeCell ref="A380:I380"/>
+    <mergeCell ref="A375:I375"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D5" r:id="rId1"/>
-[...6 lines deleted...]
-    <hyperlink ref="D12" r:id="rId8"/>
+    <hyperlink ref="D4" r:id="rId1"/>
+    <hyperlink ref="D5" r:id="rId2"/>
+    <hyperlink ref="D6" r:id="rId3"/>
+    <hyperlink ref="D7" r:id="rId4"/>
+    <hyperlink ref="D8" r:id="rId5"/>
+    <hyperlink ref="D9" r:id="rId6"/>
+    <hyperlink ref="D10" r:id="rId7"/>
+    <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
-    <hyperlink ref="D21" r:id="rId16"/>
-[...14 lines deleted...]
-    <hyperlink ref="D36" r:id="rId31"/>
+    <hyperlink ref="D20" r:id="rId16"/>
+    <hyperlink ref="D21" r:id="rId17"/>
+    <hyperlink ref="D22" r:id="rId18"/>
+    <hyperlink ref="D23" r:id="rId19"/>
+    <hyperlink ref="D24" r:id="rId20"/>
+    <hyperlink ref="D25" r:id="rId21"/>
+    <hyperlink ref="D26" r:id="rId22"/>
+    <hyperlink ref="D27" r:id="rId23"/>
+    <hyperlink ref="D28" r:id="rId24"/>
+    <hyperlink ref="D29" r:id="rId25"/>
+    <hyperlink ref="D30" r:id="rId26"/>
+    <hyperlink ref="D31" r:id="rId27"/>
+    <hyperlink ref="D34" r:id="rId28"/>
+    <hyperlink ref="D35" r:id="rId29"/>
+    <hyperlink ref="D36" r:id="rId30"/>
+    <hyperlink ref="D37" r:id="rId31"/>
     <hyperlink ref="D38" r:id="rId32"/>
     <hyperlink ref="D39" r:id="rId33"/>
     <hyperlink ref="D40" r:id="rId34"/>
     <hyperlink ref="D41" r:id="rId35"/>
-    <hyperlink ref="D42" r:id="rId36"/>
-[...1 lines deleted...]
-    <hyperlink ref="D44" r:id="rId38"/>
+    <hyperlink ref="D43" r:id="rId36"/>
+    <hyperlink ref="D44" r:id="rId37"/>
+    <hyperlink ref="D45" r:id="rId38"/>
     <hyperlink ref="D46" r:id="rId39"/>
     <hyperlink ref="D47" r:id="rId40"/>
     <hyperlink ref="D48" r:id="rId41"/>
     <hyperlink ref="D49" r:id="rId42"/>
     <hyperlink ref="D50" r:id="rId43"/>
-    <hyperlink ref="D52" r:id="rId44"/>
-[...290 lines deleted...]
-    <hyperlink ref="D363" r:id="rId335"/>
+    <hyperlink ref="D51" r:id="rId44"/>
+    <hyperlink ref="D52" r:id="rId45"/>
+    <hyperlink ref="D53" r:id="rId46"/>
+    <hyperlink ref="D54" r:id="rId47"/>
+    <hyperlink ref="D55" r:id="rId48"/>
+    <hyperlink ref="D56" r:id="rId49"/>
+    <hyperlink ref="D57" r:id="rId50"/>
+    <hyperlink ref="D58" r:id="rId51"/>
+    <hyperlink ref="D59" r:id="rId52"/>
+    <hyperlink ref="D60" r:id="rId53"/>
+    <hyperlink ref="D61" r:id="rId54"/>
+    <hyperlink ref="D62" r:id="rId55"/>
+    <hyperlink ref="D63" r:id="rId56"/>
+    <hyperlink ref="D64" r:id="rId57"/>
+    <hyperlink ref="D65" r:id="rId58"/>
+    <hyperlink ref="D66" r:id="rId59"/>
+    <hyperlink ref="D67" r:id="rId60"/>
+    <hyperlink ref="D68" r:id="rId61"/>
+    <hyperlink ref="D69" r:id="rId62"/>
+    <hyperlink ref="D70" r:id="rId63"/>
+    <hyperlink ref="D71" r:id="rId64"/>
+    <hyperlink ref="D72" r:id="rId65"/>
+    <hyperlink ref="D73" r:id="rId66"/>
+    <hyperlink ref="D74" r:id="rId67"/>
+    <hyperlink ref="D75" r:id="rId68"/>
+    <hyperlink ref="D76" r:id="rId69"/>
+    <hyperlink ref="D77" r:id="rId70"/>
+    <hyperlink ref="D78" r:id="rId71"/>
+    <hyperlink ref="D79" r:id="rId72"/>
+    <hyperlink ref="D80" r:id="rId73"/>
+    <hyperlink ref="D81" r:id="rId74"/>
+    <hyperlink ref="D82" r:id="rId75"/>
+    <hyperlink ref="D83" r:id="rId76"/>
+    <hyperlink ref="D84" r:id="rId77"/>
+    <hyperlink ref="D85" r:id="rId78"/>
+    <hyperlink ref="D86" r:id="rId79"/>
+    <hyperlink ref="D87" r:id="rId80"/>
+    <hyperlink ref="D88" r:id="rId81"/>
+    <hyperlink ref="D89" r:id="rId82"/>
+    <hyperlink ref="D90" r:id="rId83"/>
+    <hyperlink ref="D91" r:id="rId84"/>
+    <hyperlink ref="D92" r:id="rId85"/>
+    <hyperlink ref="D93" r:id="rId86"/>
+    <hyperlink ref="D94" r:id="rId87"/>
+    <hyperlink ref="D95" r:id="rId88"/>
+    <hyperlink ref="D96" r:id="rId89"/>
+    <hyperlink ref="D97" r:id="rId90"/>
+    <hyperlink ref="D98" r:id="rId91"/>
+    <hyperlink ref="D99" r:id="rId92"/>
+    <hyperlink ref="D101" r:id="rId93"/>
+    <hyperlink ref="D102" r:id="rId94"/>
+    <hyperlink ref="D103" r:id="rId95"/>
+    <hyperlink ref="D104" r:id="rId96"/>
+    <hyperlink ref="D105" r:id="rId97"/>
+    <hyperlink ref="D106" r:id="rId98"/>
+    <hyperlink ref="D107" r:id="rId99"/>
+    <hyperlink ref="D108" r:id="rId100"/>
+    <hyperlink ref="D109" r:id="rId101"/>
+    <hyperlink ref="D110" r:id="rId102"/>
+    <hyperlink ref="D112" r:id="rId103"/>
+    <hyperlink ref="D113" r:id="rId104"/>
+    <hyperlink ref="D114" r:id="rId105"/>
+    <hyperlink ref="D116" r:id="rId106"/>
+    <hyperlink ref="D117" r:id="rId107"/>
+    <hyperlink ref="D118" r:id="rId108"/>
+    <hyperlink ref="D119" r:id="rId109"/>
+    <hyperlink ref="D120" r:id="rId110"/>
+    <hyperlink ref="D122" r:id="rId111"/>
+    <hyperlink ref="D123" r:id="rId112"/>
+    <hyperlink ref="D124" r:id="rId113"/>
+    <hyperlink ref="D125" r:id="rId114"/>
+    <hyperlink ref="D126" r:id="rId115"/>
+    <hyperlink ref="D127" r:id="rId116"/>
+    <hyperlink ref="D128" r:id="rId117"/>
+    <hyperlink ref="D129" r:id="rId118"/>
+    <hyperlink ref="D130" r:id="rId119"/>
+    <hyperlink ref="D131" r:id="rId120"/>
+    <hyperlink ref="D132" r:id="rId121"/>
+    <hyperlink ref="D133" r:id="rId122"/>
+    <hyperlink ref="D134" r:id="rId123"/>
+    <hyperlink ref="D135" r:id="rId124"/>
+    <hyperlink ref="D136" r:id="rId125"/>
+    <hyperlink ref="D138" r:id="rId126"/>
+    <hyperlink ref="D139" r:id="rId127"/>
+    <hyperlink ref="D140" r:id="rId128"/>
+    <hyperlink ref="D141" r:id="rId129"/>
+    <hyperlink ref="D142" r:id="rId130"/>
+    <hyperlink ref="D143" r:id="rId131"/>
+    <hyperlink ref="D144" r:id="rId132"/>
+    <hyperlink ref="D146" r:id="rId133"/>
+    <hyperlink ref="D147" r:id="rId134"/>
+    <hyperlink ref="D148" r:id="rId135"/>
+    <hyperlink ref="D149" r:id="rId136"/>
+    <hyperlink ref="D150" r:id="rId137"/>
+    <hyperlink ref="D151" r:id="rId138"/>
+    <hyperlink ref="D154" r:id="rId139"/>
+    <hyperlink ref="D155" r:id="rId140"/>
+    <hyperlink ref="D156" r:id="rId141"/>
+    <hyperlink ref="D157" r:id="rId142"/>
+    <hyperlink ref="D158" r:id="rId143"/>
+    <hyperlink ref="D159" r:id="rId144"/>
+    <hyperlink ref="D160" r:id="rId145"/>
+    <hyperlink ref="D161" r:id="rId146"/>
+    <hyperlink ref="D162" r:id="rId147"/>
+    <hyperlink ref="D163" r:id="rId148"/>
+    <hyperlink ref="D164" r:id="rId149"/>
+    <hyperlink ref="D165" r:id="rId150"/>
+    <hyperlink ref="D166" r:id="rId151"/>
+    <hyperlink ref="D167" r:id="rId152"/>
+    <hyperlink ref="D168" r:id="rId153"/>
+    <hyperlink ref="D169" r:id="rId154"/>
+    <hyperlink ref="D170" r:id="rId155"/>
+    <hyperlink ref="D171" r:id="rId156"/>
+    <hyperlink ref="D172" r:id="rId157"/>
+    <hyperlink ref="D173" r:id="rId158"/>
+    <hyperlink ref="D174" r:id="rId159"/>
+    <hyperlink ref="D175" r:id="rId160"/>
+    <hyperlink ref="D176" r:id="rId161"/>
+    <hyperlink ref="D177" r:id="rId162"/>
+    <hyperlink ref="D178" r:id="rId163"/>
+    <hyperlink ref="D179" r:id="rId164"/>
+    <hyperlink ref="D181" r:id="rId165"/>
+    <hyperlink ref="D182" r:id="rId166"/>
+    <hyperlink ref="D183" r:id="rId167"/>
+    <hyperlink ref="D184" r:id="rId168"/>
+    <hyperlink ref="D185" r:id="rId169"/>
+    <hyperlink ref="D186" r:id="rId170"/>
+    <hyperlink ref="D187" r:id="rId171"/>
+    <hyperlink ref="D188" r:id="rId172"/>
+    <hyperlink ref="D189" r:id="rId173"/>
+    <hyperlink ref="D190" r:id="rId174"/>
+    <hyperlink ref="D191" r:id="rId175"/>
+    <hyperlink ref="D192" r:id="rId176"/>
+    <hyperlink ref="D193" r:id="rId177"/>
+    <hyperlink ref="D194" r:id="rId178"/>
+    <hyperlink ref="D195" r:id="rId179"/>
+    <hyperlink ref="D196" r:id="rId180"/>
+    <hyperlink ref="D197" r:id="rId181"/>
+    <hyperlink ref="D198" r:id="rId182"/>
+    <hyperlink ref="D199" r:id="rId183"/>
+    <hyperlink ref="D200" r:id="rId184"/>
+    <hyperlink ref="D201" r:id="rId185"/>
+    <hyperlink ref="D202" r:id="rId186"/>
+    <hyperlink ref="D203" r:id="rId187"/>
+    <hyperlink ref="D204" r:id="rId188"/>
+    <hyperlink ref="D205" r:id="rId189"/>
+    <hyperlink ref="D206" r:id="rId190"/>
+    <hyperlink ref="D207" r:id="rId191"/>
+    <hyperlink ref="D208" r:id="rId192"/>
+    <hyperlink ref="D209" r:id="rId193"/>
+    <hyperlink ref="D211" r:id="rId194"/>
+    <hyperlink ref="D212" r:id="rId195"/>
+    <hyperlink ref="D213" r:id="rId196"/>
+    <hyperlink ref="D214" r:id="rId197"/>
+    <hyperlink ref="D215" r:id="rId198"/>
+    <hyperlink ref="D216" r:id="rId199"/>
+    <hyperlink ref="D217" r:id="rId200"/>
+    <hyperlink ref="D218" r:id="rId201"/>
+    <hyperlink ref="D219" r:id="rId202"/>
+    <hyperlink ref="D220" r:id="rId203"/>
+    <hyperlink ref="D221" r:id="rId204"/>
+    <hyperlink ref="D222" r:id="rId205"/>
+    <hyperlink ref="D225" r:id="rId206"/>
+    <hyperlink ref="D226" r:id="rId207"/>
+    <hyperlink ref="D227" r:id="rId208"/>
+    <hyperlink ref="D228" r:id="rId209"/>
+    <hyperlink ref="D229" r:id="rId210"/>
+    <hyperlink ref="D230" r:id="rId211"/>
+    <hyperlink ref="D231" r:id="rId212"/>
+    <hyperlink ref="D232" r:id="rId213"/>
+    <hyperlink ref="D233" r:id="rId214"/>
+    <hyperlink ref="D234" r:id="rId215"/>
+    <hyperlink ref="D235" r:id="rId216"/>
+    <hyperlink ref="D236" r:id="rId217"/>
+    <hyperlink ref="D237" r:id="rId218"/>
+    <hyperlink ref="D238" r:id="rId219"/>
+    <hyperlink ref="D239" r:id="rId220"/>
+    <hyperlink ref="D240" r:id="rId221"/>
+    <hyperlink ref="D241" r:id="rId222"/>
+    <hyperlink ref="D242" r:id="rId223"/>
+    <hyperlink ref="D243" r:id="rId224"/>
+    <hyperlink ref="D244" r:id="rId225"/>
+    <hyperlink ref="D245" r:id="rId226"/>
+    <hyperlink ref="D247" r:id="rId227"/>
+    <hyperlink ref="D248" r:id="rId228"/>
+    <hyperlink ref="D249" r:id="rId229"/>
+    <hyperlink ref="D250" r:id="rId230"/>
+    <hyperlink ref="D251" r:id="rId231"/>
+    <hyperlink ref="D252" r:id="rId232"/>
+    <hyperlink ref="D253" r:id="rId233"/>
+    <hyperlink ref="D254" r:id="rId234"/>
+    <hyperlink ref="D255" r:id="rId235"/>
+    <hyperlink ref="D256" r:id="rId236"/>
+    <hyperlink ref="D257" r:id="rId237"/>
+    <hyperlink ref="D258" r:id="rId238"/>
+    <hyperlink ref="D259" r:id="rId239"/>
+    <hyperlink ref="D260" r:id="rId240"/>
+    <hyperlink ref="D261" r:id="rId241"/>
+    <hyperlink ref="D262" r:id="rId242"/>
+    <hyperlink ref="D263" r:id="rId243"/>
+    <hyperlink ref="D264" r:id="rId244"/>
+    <hyperlink ref="D265" r:id="rId245"/>
+    <hyperlink ref="D266" r:id="rId246"/>
+    <hyperlink ref="D267" r:id="rId247"/>
+    <hyperlink ref="D268" r:id="rId248"/>
+    <hyperlink ref="D269" r:id="rId249"/>
+    <hyperlink ref="D270" r:id="rId250"/>
+    <hyperlink ref="D271" r:id="rId251"/>
+    <hyperlink ref="D272" r:id="rId252"/>
+    <hyperlink ref="D273" r:id="rId253"/>
+    <hyperlink ref="D274" r:id="rId254"/>
+    <hyperlink ref="D275" r:id="rId255"/>
+    <hyperlink ref="D276" r:id="rId256"/>
+    <hyperlink ref="D277" r:id="rId257"/>
+    <hyperlink ref="D278" r:id="rId258"/>
+    <hyperlink ref="D279" r:id="rId259"/>
+    <hyperlink ref="D280" r:id="rId260"/>
+    <hyperlink ref="D281" r:id="rId261"/>
+    <hyperlink ref="D282" r:id="rId262"/>
+    <hyperlink ref="D283" r:id="rId263"/>
+    <hyperlink ref="D284" r:id="rId264"/>
+    <hyperlink ref="D286" r:id="rId265"/>
+    <hyperlink ref="D287" r:id="rId266"/>
+    <hyperlink ref="D288" r:id="rId267"/>
+    <hyperlink ref="D289" r:id="rId268"/>
+    <hyperlink ref="D290" r:id="rId269"/>
+    <hyperlink ref="D291" r:id="rId270"/>
+    <hyperlink ref="D292" r:id="rId271"/>
+    <hyperlink ref="D293" r:id="rId272"/>
+    <hyperlink ref="D294" r:id="rId273"/>
+    <hyperlink ref="D295" r:id="rId274"/>
+    <hyperlink ref="D296" r:id="rId275"/>
+    <hyperlink ref="D297" r:id="rId276"/>
+    <hyperlink ref="D298" r:id="rId277"/>
+    <hyperlink ref="D299" r:id="rId278"/>
+    <hyperlink ref="D300" r:id="rId279"/>
+    <hyperlink ref="D301" r:id="rId280"/>
+    <hyperlink ref="D302" r:id="rId281"/>
+    <hyperlink ref="D303" r:id="rId282"/>
+    <hyperlink ref="D304" r:id="rId283"/>
+    <hyperlink ref="D305" r:id="rId284"/>
+    <hyperlink ref="D307" r:id="rId285"/>
+    <hyperlink ref="D308" r:id="rId286"/>
+    <hyperlink ref="D309" r:id="rId287"/>
+    <hyperlink ref="D310" r:id="rId288"/>
+    <hyperlink ref="D311" r:id="rId289"/>
+    <hyperlink ref="D312" r:id="rId290"/>
+    <hyperlink ref="D313" r:id="rId291"/>
+    <hyperlink ref="D314" r:id="rId292"/>
+    <hyperlink ref="D317" r:id="rId293"/>
+    <hyperlink ref="D318" r:id="rId294"/>
+    <hyperlink ref="D319" r:id="rId295"/>
+    <hyperlink ref="D320" r:id="rId296"/>
+    <hyperlink ref="D321" r:id="rId297"/>
+    <hyperlink ref="D322" r:id="rId298"/>
+    <hyperlink ref="D323" r:id="rId299"/>
+    <hyperlink ref="D324" r:id="rId300"/>
+    <hyperlink ref="D325" r:id="rId301"/>
+    <hyperlink ref="D326" r:id="rId302"/>
+    <hyperlink ref="D327" r:id="rId303"/>
+    <hyperlink ref="D328" r:id="rId304"/>
+    <hyperlink ref="D329" r:id="rId305"/>
+    <hyperlink ref="D330" r:id="rId306"/>
+    <hyperlink ref="D331" r:id="rId307"/>
+    <hyperlink ref="D333" r:id="rId308"/>
+    <hyperlink ref="D334" r:id="rId309"/>
+    <hyperlink ref="D335" r:id="rId310"/>
+    <hyperlink ref="D336" r:id="rId311"/>
+    <hyperlink ref="D337" r:id="rId312"/>
+    <hyperlink ref="D338" r:id="rId313"/>
+    <hyperlink ref="D339" r:id="rId314"/>
+    <hyperlink ref="D341" r:id="rId315"/>
+    <hyperlink ref="D342" r:id="rId316"/>
+    <hyperlink ref="D343" r:id="rId317"/>
+    <hyperlink ref="D344" r:id="rId318"/>
+    <hyperlink ref="D345" r:id="rId319"/>
+    <hyperlink ref="D347" r:id="rId320"/>
+    <hyperlink ref="D348" r:id="rId321"/>
+    <hyperlink ref="D349" r:id="rId322"/>
+    <hyperlink ref="D350" r:id="rId323"/>
+    <hyperlink ref="D351" r:id="rId324"/>
+    <hyperlink ref="D352" r:id="rId325"/>
+    <hyperlink ref="D353" r:id="rId326"/>
+    <hyperlink ref="D354" r:id="rId327"/>
+    <hyperlink ref="D355" r:id="rId328"/>
+    <hyperlink ref="D356" r:id="rId329"/>
+    <hyperlink ref="D357" r:id="rId330"/>
+    <hyperlink ref="D358" r:id="rId331"/>
+    <hyperlink ref="D359" r:id="rId332"/>
+    <hyperlink ref="D360" r:id="rId333"/>
+    <hyperlink ref="D361" r:id="rId334"/>
+    <hyperlink ref="D362" r:id="rId335"/>
     <hyperlink ref="D364" r:id="rId336"/>
     <hyperlink ref="D365" r:id="rId337"/>
     <hyperlink ref="D366" r:id="rId338"/>
     <hyperlink ref="D367" r:id="rId339"/>
     <hyperlink ref="D368" r:id="rId340"/>
     <hyperlink ref="D370" r:id="rId341"/>
     <hyperlink ref="D371" r:id="rId342"/>
     <hyperlink ref="D372" r:id="rId343"/>
     <hyperlink ref="D373" r:id="rId344"/>
     <hyperlink ref="D374" r:id="rId345"/>
-    <hyperlink ref="D375" r:id="rId346"/>
-[...3 lines deleted...]
-    <hyperlink ref="D379" r:id="rId350"/>
+    <hyperlink ref="D376" r:id="rId346"/>
+    <hyperlink ref="D377" r:id="rId347"/>
+    <hyperlink ref="D378" r:id="rId348"/>
+    <hyperlink ref="D379" r:id="rId349"/>
+    <hyperlink ref="D380" r:id="rId350"/>
     <hyperlink ref="D381" r:id="rId351"/>
     <hyperlink ref="D382" r:id="rId352"/>
     <hyperlink ref="D383" r:id="rId353"/>
     <hyperlink ref="D384" r:id="rId354"/>
     <hyperlink ref="D385" r:id="rId355"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>