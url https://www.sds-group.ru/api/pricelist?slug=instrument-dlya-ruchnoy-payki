--- v1 (2025-12-09)
+++ v2 (2026-02-27)
@@ -8,2309 +8,2267 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1458" uniqueCount="752">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1430" uniqueCount="738">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Инструмент для ручной пайки</t>
   </si>
   <si>
-    <t>1.1 Вспомогательное оборудование</t>
+    <t>1.1 Паяльники</t>
+  </si>
+  <si>
+    <t>1.1.1 Паяльники с пластиковой ручкой, серия "МАСТЕР", "Classic", "Профи"</t>
+  </si>
+  <si>
+    <t>12-0122-4</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия Classic, 30Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>12-0123-4</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия Classic, 40Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0124-4</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия Classic, 60Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0121-4</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия Classic, 25Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0125-4</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия Classic, 80Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0126-4</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия Classic, 100Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0121</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия МАСТЕР, 25Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0121-1</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия Comfort, 25Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0122</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия МАСТЕР, 30Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0124</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия МАСТЕР, 60Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0125</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия МАСТЕР, 80Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0126</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия МАСТЕР, 100Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0123</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия МАСТЕР, 40Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0123-1</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия Comfort, 40Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0122-1</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия Comfort, 30Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>1.1.2 Паяльники специальные</t>
+  </si>
+  <si>
+    <t>12-0185</t>
+  </si>
+  <si>
+    <t>Паяльник-горелка, газовый, 15мл, с регул. пламени, 2 насадки, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0138</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, LED подсветка, 40Вт, 220В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0170</t>
+  </si>
+  <si>
+    <t>Паяльник с регулировкой температуры, 30-50Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0620</t>
+  </si>
+  <si>
+    <t>Паяльник цифровой, с керам. нагревателем, 65Вт, 220В, темп. 200-500 °C REXANT</t>
+  </si>
+  <si>
+    <t>12-0130</t>
+  </si>
+  <si>
+    <t>Паяльник долговечное жало, серия Точная Пайка, 30Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0139</t>
+  </si>
+  <si>
+    <t>Паяльник-пинцет с керам. нагревателем, 48Вт, 220В, коробка REXANT</t>
+  </si>
+  <si>
+    <t>12-0611</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия Japan type, 60Вт, 230В, запасное жало, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0613</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия Japan type, 60Вт, 230В, регул. темп. 250-500°C, запасное жало, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0505</t>
+  </si>
+  <si>
+    <t>Паяльник-горелка с пьезоподжигом, газовый, 17мл, 6 насадок + припой + губка, коробка REXANT</t>
+  </si>
+  <si>
+    <t>12-0120</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия МИНИ, 12В, 8Вт, без БП, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0180</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия МИНИ, 8Вт, 5В, питание от USB, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0501</t>
+  </si>
+  <si>
+    <t>Паяльник-горелка с пьезоподжигом, газовый, 17мл, 2 насадки, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0184</t>
+  </si>
+  <si>
+    <t>Паяльник со штекером прикуривателя, 12В, 40Вт, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0181</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия МИНИ, 8Вт, 4,5В, питание от 3 бат. АА, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0171</t>
+  </si>
+  <si>
+    <t>Паяльник с экстрактором припоя, 40Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0189</t>
+  </si>
+  <si>
+    <t>Паяльник с зажимами КРОКОДИЛ, 40Вт, 12В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>1.1.3 Паяльники импульсные</t>
+  </si>
+  <si>
+    <t>12-0161-4</t>
+  </si>
+  <si>
+    <t>Паяльник-пистолет двухрежимный, серия Classic, 30/70Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0162-4</t>
+  </si>
+  <si>
+    <t>Паяльник-пистолет двухрежимный с керам. нагревателем, серия Classic, 30/130Вт, 230В PROconnect</t>
+  </si>
+  <si>
+    <t>12-0133</t>
+  </si>
+  <si>
+    <t>Паяльник двухрежимный с керам. нагревателем, 30/70Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0161-1</t>
+  </si>
+  <si>
+    <t>Паяльник-пистолет двухрежимный, серия ПРОФИ, 30/70Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0162-1</t>
+  </si>
+  <si>
+    <t>Паяльник-пистолет двухрежимный с керам. нагревателем, серия ПРОФИ, 25/130Вт, 230В REXANT</t>
+  </si>
+  <si>
+    <t>12-0161</t>
+  </si>
+  <si>
+    <t>Паяльник-пистолет двухрежимный, серия МАСТЕР, 30/70Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0162</t>
+  </si>
+  <si>
+    <t>Паяльник-пистолет двухрежимный с керам. нагревателем, серия МАСТЕР, 30/130Вт, 230В REXANT</t>
+  </si>
+  <si>
+    <t>1.1.4 Паяльники высокомощные</t>
+  </si>
+  <si>
+    <t>12-0213</t>
+  </si>
+  <si>
+    <t>Паяльник высокомощный, серия ЭПСН, керам. тэн, 300Вт, 230В, с дерев. ручкой, коробка REXANT</t>
+  </si>
+  <si>
+    <t>12-0292</t>
+  </si>
+  <si>
+    <t>Паяльник-топор высокомощный, серия ЭПСН, 200Вт, 230В, с деревянной ручкой, пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0188</t>
+  </si>
+  <si>
+    <t>Паяльник высокомощный, 300Вт, 230В, Топор, с кнопкой, подставка, коробка REXANT</t>
+  </si>
+  <si>
+    <t>12-0215</t>
+  </si>
+  <si>
+    <t>Паяльник-пистолет высокомощный, керам. тэн, 500Вт, 230В, с карболитовой ручкой, коробка REXANT</t>
+  </si>
+  <si>
+    <t>12-0211</t>
+  </si>
+  <si>
+    <t>Паяльник высокомощный, серия ЭПСН, керам. тэн, 200Вт, 230В, с дерев. ручкой, коробка REXANT</t>
+  </si>
+  <si>
+    <t>1.1.5 Паяльники с деревянной ручкой</t>
+  </si>
+  <si>
+    <t>12-0178-4</t>
+  </si>
+  <si>
+    <t>Паяльник с деревянной ручкой, серия WOOD, 100Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0177-4</t>
+  </si>
+  <si>
+    <t>Паяльник с деревянной ручкой, серия WOOD, 85Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0176-4</t>
+  </si>
+  <si>
+    <t>Паяльник с деревянной ручкой, серия WOOD, 65Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0174-4</t>
+  </si>
+  <si>
+    <t>Паяльник с деревянной ручкой, серия WOOD, 25Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0175-4</t>
+  </si>
+  <si>
+    <t>Паяльник с деревянной ручкой, серия WOOD, 40Вт, 230В, блистер PROconnect</t>
+  </si>
+  <si>
+    <t>12-0225</t>
+  </si>
+  <si>
+    <t>Паяльник с деревянной ручкой, серия ЭПСН, 25Вт, 230В, пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0240</t>
+  </si>
+  <si>
+    <t>Паяльник с деревянной ручкой, серия ЭПСН, 40Вт, 230В, пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0280</t>
+  </si>
+  <si>
+    <t>Паяльник с деревянной ручкой, серия ЭПСН, 80Вт, 230В, пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0265</t>
+  </si>
+  <si>
+    <t>Паяльник с деревянной ручкой, серия ЭПСН, 65Вт, 230В, пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0291</t>
+  </si>
+  <si>
+    <t>Паяльник с деревянной ручкой, серия ЭПСН, 100Вт, 230В, пакет REXANT</t>
+  </si>
+  <si>
+    <t>1.1.6 Паяльники ЭПСН с керамическим нагревателем (Россия)</t>
+  </si>
+  <si>
+    <t>12-0425</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия ЭПСН, 25Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0480</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия ЭПСН, 80Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0465</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия ЭПСН, 65Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0490</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия ЭПСН, 100Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0440</t>
+  </si>
+  <si>
+    <t>Паяльник с керам. нагревателем, серия ЭПСН, 40Вт, 230В, блистер REXANT</t>
+  </si>
+  <si>
+    <t>1.1.7 Паяльники ЭПСН с пластмассовой ручкой (Россия)</t>
+  </si>
+  <si>
+    <t>12-0291-1</t>
+  </si>
+  <si>
+    <t>Паяльник с пластиковой ручкой, серия ЭПСН, 100Вт, 230В, пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0225-1</t>
+  </si>
+  <si>
+    <t>Паяльник с пластиковой ручкой, серия ЭПСН, 25Вт, 230В, пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0265-1</t>
+  </si>
+  <si>
+    <t>Паяльник с пластиковой ручкой, серия ЭПСН, 65Вт, 230В, пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0240-1</t>
+  </si>
+  <si>
+    <t>Паяльник с пластиковой ручкой, серия ЭПСН, 40Вт, 230В, пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0280-1</t>
+  </si>
+  <si>
+    <t>Паяльник с пластиковой ручкой, серия ЭПСН, 80Вт, 230В, пакет REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Держатели для паяльников (подставка / "третья рука")</t>
+  </si>
+  <si>
+    <t>12-0306</t>
+  </si>
+  <si>
+    <t>Подставка для паяльника, ниша квадратная, губка, металл REXANT</t>
+  </si>
+  <si>
+    <t>12-0302</t>
+  </si>
+  <si>
+    <t>Подставка под паяльник, ниша круглая, губка, чугун REXANT</t>
+  </si>
+  <si>
+    <t>12-0258</t>
+  </si>
+  <si>
+    <t>Держатель Третья рука, МАСТЕР, 3 зажима, лупа 90мм (3х), подставка паяльника, стенд припоя, LED подсветка REXANT</t>
+  </si>
+  <si>
+    <t>12-0316</t>
+  </si>
+  <si>
+    <t>Подставка для паяльника, держатель припоя, ниша, губка, металл REXANT</t>
+  </si>
+  <si>
+    <t>12-0250</t>
+  </si>
+  <si>
+    <t>Держатель Третья рука, 2 зажима, лупа 90мм (2.5х) + 2х34мм, подставка паяльника, LED подсветка REXANT</t>
+  </si>
+  <si>
+    <t>12-0254</t>
+  </si>
+  <si>
+    <t>Держатель Третья рука, 2 зажима, лупа 90мм (3х), чугун REXANT</t>
+  </si>
+  <si>
+    <t>12-0251-4</t>
+  </si>
+  <si>
+    <t>Держатель Третья рука, 2 зажима, лупа 60мм (2.5х), основание чугун REXANT</t>
+  </si>
+  <si>
+    <t>12-0308</t>
+  </si>
+  <si>
+    <t>Подставка для паяльника, ниша квадратная, губка, чугун REXANT</t>
+  </si>
+  <si>
+    <t>12-0253</t>
+  </si>
+  <si>
+    <t>Держатель Третья рука, 2 зажима, лупа 85мм (2.5х), подставка паяльника, LED подсветка, чугун REXANT</t>
+  </si>
+  <si>
+    <t>12-0252</t>
+  </si>
+  <si>
+    <t>Держатель Третья рука, 2 зажима, лупа 60мм (2.5х), подставка паяльника, ниша, губка, чугун REXANT</t>
+  </si>
+  <si>
+    <t>12-0251</t>
+  </si>
+  <si>
+    <t>Держатель Третья рука, 2 зажима, лупа 60мм (3х), основание чугун REXANT</t>
+  </si>
+  <si>
+    <t>12-0309</t>
+  </si>
+  <si>
+    <t>Подставка для паяльника, стружка для очистки жала, металл REXANT</t>
+  </si>
+  <si>
+    <t>12-0256</t>
+  </si>
+  <si>
+    <t>Держатель для плат, захват до 200х140мм REXANT</t>
+  </si>
+  <si>
+    <t>12-0304</t>
+  </si>
+  <si>
+    <t>Подставка для паяльника, листовая, серия MINI, металл REXANT</t>
+  </si>
+  <si>
+    <t>12-0307</t>
+  </si>
+  <si>
+    <t>Подставка для паяльника, круглая 42мм, серия MINI, карболит REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Паяльные станции</t>
+  </si>
+  <si>
+    <t>12-0735</t>
+  </si>
+  <si>
+    <t>Паяльная станция (паяльник + демонт. паяльник), модель R048, цифровая, 200-480°C, LED дисплей REXANT</t>
+  </si>
+  <si>
+    <t>12-0135</t>
+  </si>
+  <si>
+    <t>Паяльная станция (паяльник), серия МИНИ - Mi10, 10Вт, 230В, 100-450°C REXANT</t>
+  </si>
+  <si>
+    <t>12-0150</t>
+  </si>
+  <si>
+    <t>Паяльная станция (паяльник), модель R8906, с цифровым управлением, 48Вт, 230В, 160-480°C, ЖК дисплей REXANT</t>
+  </si>
+  <si>
+    <t>12-0710</t>
+  </si>
+  <si>
+    <t>Паяльная станция (паяльник), модель R936A, 200-480°C REXANT</t>
+  </si>
+  <si>
+    <t>12-0716</t>
+  </si>
+  <si>
+    <t>Паяльная станция (термофен), модель R850A, термовоздушная, компрессорная, 100-450°C REXANT</t>
+  </si>
+  <si>
+    <t>12-0711</t>
+  </si>
+  <si>
+    <t>Паяльная станция (паяльник), модель R936D, 200-480°C, LED дисплей REXANT</t>
+  </si>
+  <si>
+    <t>12-0714</t>
+  </si>
+  <si>
+    <t>Паяльная станция (термофен), модель R858D, термовоздушная, цифровая, 100-500°C, LED дисплей REXANT</t>
+  </si>
+  <si>
+    <t>12-0723</t>
+  </si>
+  <si>
+    <t>Паяльная станция (паяльник + фен), модель R852, компрессорная, 100-480°C REXANT</t>
+  </si>
+  <si>
+    <t>12-0727</t>
+  </si>
+  <si>
+    <t>Паяльная станция (паяльник + фен), модель R887D, цифровая, 100-480°C, LED дисплей REXANT</t>
+  </si>
+  <si>
+    <t>12-0721</t>
+  </si>
+  <si>
+    <t>Паяльная станция (паяльник + фен), модель R898D, цифровая, 100-480°C, LED дисплей REXANT</t>
+  </si>
+  <si>
+    <t>12-0724</t>
+  </si>
+  <si>
+    <t>Паяльная станция (паяльник + фен), модель R852AD+, 100-500°C, LED дисплей REXANT</t>
+  </si>
+  <si>
+    <t>12-0729</t>
+  </si>
+  <si>
+    <t>Паяльная станция (паяльник + фен + источн. питания), модель R5000, цифровая, 100-480°C, LED дисплей REXANT</t>
+  </si>
+  <si>
+    <t>12-0159</t>
+  </si>
+  <si>
+    <t>Паяльная станция (паяльник), серия МИНИ - Mi08, 8Вт, 230В, 100-450°C, (ZD-927) REXANT</t>
+  </si>
+  <si>
+    <t>12-0151</t>
+  </si>
+  <si>
+    <t>Паяльная станция (паяльник), модель R098, 48Вт, 230В, 160-480°C REXANT</t>
+  </si>
+  <si>
+    <t>12-0144</t>
+  </si>
+  <si>
+    <t>Цифровая термовоздушная паяльная станция 220В/160-480°С (ZD-939L) REXANT</t>
+  </si>
+  <si>
+    <t>12-0736</t>
+  </si>
+  <si>
+    <t>Паяльная станция (паяльник + фен + демонт. паяльник), модель R048K, цифровая, 200-480°C, LED дисплей REXANT</t>
+  </si>
+  <si>
+    <t>12-0152</t>
+  </si>
+  <si>
+    <t>Паяльная станция (паяльник), модель R099, 48Вт, 230В, 160-480°C REXANT</t>
+  </si>
+  <si>
+    <t>12-0143</t>
+  </si>
+  <si>
+    <t>Многофункциональная цифровая паяльная станция с мультиметром и ЖК дисплеем 220В/48Вт (ZD-8901) REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Наборы для пайки</t>
+  </si>
+  <si>
+    <t>12-0168</t>
+  </si>
+  <si>
+    <t>Набор для пайки №16 (USB-паяльник 8Вт, кусачки, тонкогубцы, подставка, припой, отвертка) REXANT</t>
+  </si>
+  <si>
+    <t>12-0167</t>
+  </si>
+  <si>
+    <t>Набор для пайки №15 (паяльник 8Вт, оловоотсос, подставка, припой, отвертка, инструмент для монтажа) REXANT</t>
+  </si>
+  <si>
+    <t>12-0166</t>
+  </si>
+  <si>
+    <t>Набор для пайки №13 (паяльник 30Вт, подставка, канифоль, припой, бокорезы, тонкогубцы) REXANT</t>
+  </si>
+  <si>
+    <t>09-3762</t>
+  </si>
+  <si>
+    <t>Набор К22 для пайки вспомогательный (держатель Третья рука, подставка, экстрактор) REXANT</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>12-0614</t>
+  </si>
+  <si>
+    <t>Набор для пайки (паяльник с керамическим нагревателем 60Вт, 220-480°C, подставка с губкой, набор из 5 жал) REXANT</t>
+  </si>
+  <si>
+    <t>12-0621</t>
+  </si>
+  <si>
+    <t>Набор для пайки (паяльник цифровой с керамическим нагревателем 65Вт, 200-500°C, подставка с губкой, набор из 5 жал) REXANT</t>
+  </si>
+  <si>
+    <t>09-3744</t>
+  </si>
+  <si>
+    <t>Набор К4 для пайки универсальный (припой, канифоль, паяльный жир, флюс СКФ) REXANT</t>
+  </si>
+  <si>
+    <t>09-3745</t>
+  </si>
+  <si>
+    <t>Набор К5 для пайки универсальный (припой, губка, канифоль, флюс СКФ, флюс ОК) REXANT</t>
+  </si>
+  <si>
+    <t>12-0164</t>
+  </si>
+  <si>
+    <t>Набор для пайки №5 (паяльник импульсный 30/70Вт, оловоотсос, подставка, припой) REXANT</t>
+  </si>
+  <si>
+    <t>12-0163</t>
+  </si>
+  <si>
+    <t>Набор для пайки №4 (паяльник 30Вт, оловоотсос, подставка, припой, губка) REXANT</t>
+  </si>
+  <si>
+    <t>12-0165</t>
+  </si>
+  <si>
+    <t>Набор для пайки №11 (паяльник 30Вт, подставка, губка для удаления припоя, канифоль, припой) REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Паяльники-выжигатели</t>
+  </si>
+  <si>
+    <t>12-0929-2</t>
+  </si>
+  <si>
+    <t>Набор для выжигания «Для мальчиков», выжигатель + 5 досок, 150х150мм, пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0183-1</t>
+  </si>
+  <si>
+    <t>Выжигатель (набор паяльник - выжигатель), пирограф, 30Вт, 230В, 420-450°C, 21 насадка + подставка, коробка REXANT</t>
+  </si>
+  <si>
+    <t>12-0186</t>
+  </si>
+  <si>
+    <t>Выжигатель (набор паяльник - выжигатель), пирограф, 30Вт, 230В, 7 насадок + подставка + кисточка + краски, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0142</t>
+  </si>
+  <si>
+    <t>Выжигатель (прибор для выжигания), пирограф, 40Вт, 230В, 250-750°C, коробка REXANT</t>
+  </si>
+  <si>
+    <t>12-0183</t>
+  </si>
+  <si>
+    <t>Выжигатель (набор паяльник - выжигатель), пирограф, 30Вт, 230В, 420-450°C, 6 насадок, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-0934-2</t>
+  </si>
+  <si>
+    <t>Набор для выжигания «Кормушка для птиц», выжигатель + 3D модель, 150х150мм, пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0187</t>
+  </si>
+  <si>
+    <t>Выжигатель (набор паяльник - выжигатель), пирограф, 30/50Вт, 230В, 420-500°C, 21 насадка + подставка, коробка REXANT</t>
+  </si>
+  <si>
+    <t>1.6 Доски для выжигания</t>
+  </si>
+  <si>
+    <t>12-0936</t>
+  </si>
+  <si>
+    <t>Доски для выжигания «Набор №1» (воин, динозавр, собака, машина, без рисунка), 148х210мм (А5), 5 шт., пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0934</t>
+  </si>
+  <si>
+    <t>Доска для выжигания «Кормушка для птиц», 3D модель, 1 шт., пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0937</t>
+  </si>
+  <si>
+    <t>Доски для выжигания «Набор №2» (воин, динозавр, собака, машина, без рисунка), 148х210мм (А5), 5 шт., пакет REXANT</t>
+  </si>
+  <si>
+    <t>12-0940</t>
+  </si>
+  <si>
+    <t>Доски для выжигания «Набор творческий» (без рисунка), 148х210мм (А5), 5 шт., пакет REXANT</t>
+  </si>
+  <si>
+    <t>1.7 Вспомогательное оборудование</t>
+  </si>
+  <si>
+    <t>09-3601</t>
+  </si>
+  <si>
+    <t>Кисточка стекловолоконная для нанесения флюсов 3 мм REXANT</t>
+  </si>
+  <si>
+    <t>12-6031</t>
+  </si>
+  <si>
+    <t>Набор монтажного инструмента для пайки REXANT, 6 предметов</t>
+  </si>
+  <si>
+    <t>12-0202</t>
+  </si>
+  <si>
+    <t>Вакуумный экстрактор припоя (оловоотсос), металл/пластик REXANT</t>
+  </si>
+  <si>
+    <t>12-0204</t>
+  </si>
+  <si>
+    <t>Вакуумный экстрактор припоя (оловоотсос), пластик, прозрачно-красный REXANT</t>
+  </si>
+  <si>
+    <t>12-0201</t>
+  </si>
+  <si>
+    <t>Вакуумный экстрактор припоя (оловоотсос), пластик  REXANT</t>
   </si>
   <si>
     <t>12-0205</t>
   </si>
   <si>
     <t>Вакуумный экстрактор припоя (оловоотсос), металл REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...16 lines deleted...]
-  <si>
     <t>12-0255</t>
   </si>
   <si>
     <t>Антистатический браслет REXANT</t>
   </si>
   <si>
-    <t>09-3601</t>
-[...16 lines deleted...]
-  <si>
     <t>12-0334</t>
   </si>
   <si>
     <t xml:space="preserve">Коврик антистатический термостойкий 329х208х2.6 мм черный </t>
   </si>
   <si>
-    <t>1.2 Запасные части для паяльного оборудования</t>
+    <t>1.8 Запасные части для паяльного оборудования</t>
+  </si>
+  <si>
+    <t>12-9810</t>
+  </si>
+  <si>
+    <t>Жало выжигательное «игла», (для 12-0142) REXANT</t>
+  </si>
+  <si>
+    <t>12-9715</t>
+  </si>
+  <si>
+    <t>Жало для паяльника серии 900М, Ø4,3мм, тип конус большой 0,5мм, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9720</t>
+  </si>
+  <si>
+    <t>Жало для паяльника серии 900М, Ø4,3мм, тип скошенный малый 2,0мм, блистер REXANT</t>
   </si>
   <si>
     <t>12-9725</t>
   </si>
   <si>
     <t>Жало для паяльника серии 900М, Ø4,3мм, тип скошенный большой 4,0мм, блистер REXANT</t>
   </si>
   <si>
+    <t>12-9945</t>
+  </si>
+  <si>
+    <t>Жало для паяльника медное ЭПСН, Ø7,8мм, тип плоский, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9925</t>
+  </si>
+  <si>
+    <t>Жало для паяльника долговечное 80Вт, Ø6,8мм, тип конус, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9926</t>
+  </si>
+  <si>
+    <t>Жало для паяльника долговечное 100Вт, Ø7,8мм, тип конус, блистер REXANT</t>
+  </si>
+  <si>
     <t>12-9944</t>
   </si>
   <si>
     <t>Жало для паяльника медное ЭПСН, Ø6,8мм, тип плоский, блистер REXANT</t>
   </si>
   <si>
+    <t>12-9745</t>
+  </si>
+  <si>
+    <t>Жало для паяльника серии 900М, Ø4,3мм, тип плоский большой 4,0мм, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9921</t>
+  </si>
+  <si>
+    <t>Жало для паяльника долговечное 25, 30 и 40Вт, Ø4,8мм, тип конус, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9943</t>
+  </si>
+  <si>
+    <t>Жало для паяльника медное ЭПСН, Ø5,8мм, тип плоский, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9942</t>
+  </si>
+  <si>
+    <t>Жало для паяльника медное ЭПСН, Ø4,8мм, тип плоский, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9730</t>
+  </si>
+  <si>
+    <t>Жало для паяльника серии 900М, Ø4,3мм, тип топорик, 5,0мм, блистер REXANT</t>
+  </si>
+  <si>
+    <t>12-9962</t>
+  </si>
+  <si>
+    <t>Жало для импульсного паяльника долговечное Ø7,1мм, тип конус, блистер REXANT</t>
+  </si>
+  <si>
     <t>12-9961</t>
   </si>
   <si>
     <t>Жало для импульсного паяльника долговечное Ø3,8мм, тип конус, блистер REXANT</t>
   </si>
   <si>
-    <t>12-9810</t>
-[...4 lines deleted...]
-  <si>
     <t>12-9941</t>
   </si>
   <si>
     <t>Жало для паяльника медное ЭПСН, Ø3,8мм, тип плоский, блистер REXANT</t>
   </si>
   <si>
-    <t>12-9945</t>
-[...2 lines deleted...]
-    <t>Жало для паяльника медное ЭПСН, Ø7,8мм, тип плоский, блистер REXANT</t>
+    <t>12-9710</t>
+  </si>
+  <si>
+    <t>Жало для паяльника серии 900М, Ø4,3мм, тип конус малый 0,2мм, блистер REXANT</t>
   </si>
   <si>
     <t>12-9740</t>
   </si>
   <si>
     <t>Жало для паяльника серии 900М, Ø4,3мм, тип плоский малый 1,6мм, блистер REXANT</t>
   </si>
   <si>
-    <t>12-9745</t>
-[...58 lines deleted...]
-  <si>
     <t>12-9924</t>
   </si>
   <si>
     <t>Жало для паяльника долговечное 60Вт, Ø5,8мм, тип конус, блистер REXANT</t>
   </si>
   <si>
-    <t>12-9925</t>
-[...704 lines deleted...]
-    <t>1.7.1 Припой без канифоли</t>
+    <t>1.9 Припой</t>
+  </si>
+  <si>
+    <t>1.9.1 Припой с канифолью</t>
+  </si>
+  <si>
+    <t>09-3108</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 1м, Ø0,8мм, (олово 61%, свинец 39%), спираль, конверт REXANT</t>
+  </si>
+  <si>
+    <t>09-3115</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 1м, Ø1,5мм, (олово 61%, свинец 39%), спираль, конверт REXANT</t>
+  </si>
+  <si>
+    <t>09-3323</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 250г, Ø2мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3383</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 500г, Ø2мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3393</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 500г, Ø3мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3100</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-40, 10г, Ø1мм, (олово 40%, свинец 60%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3363</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 500г, Ø1мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3313</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 250г, Ø1мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3101</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 10г, Ø1мм, (олово 61%, свинец 39%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3170</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 100г, Ø0,8мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3171</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 100г, Ø1мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3173</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 100г, Ø2мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3201</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 100г, Ø0,5мм, (олово 60%, свинец 40%), катушка, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3130</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 1м, Ø0,8мм, (олово 60%, свинец 40%), спираль, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3140</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 1м, Ø1мм, (олово 60%, свинец 40%), спираль, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3150</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 1м, Ø2мм, (олово 60%, свинец 40%), спираль, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3174</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 100г, Ø3мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3099</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-30, 10г, Ø1мм, (олово 30%, свинец 70%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3102</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-90, 10г, Ø1мм, (олово 90%, свинец 10%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3104</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 20г, Ø2мм, (олово 60%, свинец 40%), колба-карандаш REXANT</t>
+  </si>
+  <si>
+    <t>09-3413</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 1000г, Ø1мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3203</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 100г, Ø1мм, (олово 60%, свинец 40%), катушка, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3311</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 250г, Ø0,6мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3103</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 20г, Ø1мм, (олово 60%, свинец 40%), колба-карандаш REXANT</t>
+  </si>
+  <si>
+    <t>09-3361</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 500г, Ø0,8мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3172</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 100г, Ø1,5мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3223</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 100г, Ø2мм, (олово 60%, свинец 40%), катушка, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3110</t>
+  </si>
+  <si>
+    <t>Припой с канифолью ПОС-61, 1м, Ø1мм, (олово 61%, свинец 39%), спираль, конверт REXANT</t>
+  </si>
+  <si>
+    <t>09-3312</t>
+  </si>
+  <si>
+    <t>Припой с канифолью, 250г, Ø0,8мм, (олово 60%, свинец 40%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>1.9.2 Припой без канифоли</t>
+  </si>
+  <si>
+    <t>09-3591</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-90, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 90%, свинец 10% (упак. 1 шт) REXANT</t>
+  </si>
+  <si>
+    <t>09-3092</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-40, 10г, Ø1мм, (олово 40%, свинец 60%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3533</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-30, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 30%, свинец 70% (упак. 5 кг) REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>09-3543</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-40, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 40%, свинец 60% (упак. 5 кг) REXANT</t>
+  </si>
+  <si>
+    <t>09-3563</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-61, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 61%, свинец 39% (упак. 5 кг) REXANT</t>
+  </si>
+  <si>
+    <t>09-3593</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-90, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 90%, свинец 10% (упак. 5 кг) REXANT</t>
+  </si>
+  <si>
+    <t>09-3511</t>
+  </si>
+  <si>
+    <t>Припой ПОСу 95-5, 100г, Ø1мм, (олово 95%, сурьма 5%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3517</t>
+  </si>
+  <si>
+    <t>Припой ПОСу 95-5, 500г, Ø2мм, (олово 95%, сурьма 5%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3490</t>
+  </si>
+  <si>
+    <t>Припой «Сплав Розе», 50г, (олово 25%, свинец 25%, висмут 50%), баночка REXANT</t>
   </si>
   <si>
     <t>09-3120</t>
   </si>
   <si>
     <t>Припой без канифоли ПОС-61, 100г, Ø0,8мм, (олово 61%, свинец 39%), катушка REXANT</t>
   </si>
   <si>
-    <t>09-3563</t>
-[...11 lines deleted...]
-    <t>Припой «Сплав Розе», 50г, (олово 25%, свинец 25%, висмут 50%), баночка REXANT</t>
+    <t>09-3121</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 100г, Ø1мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3122</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 100г, Ø1,5мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3123</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 100г, Ø2мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3124</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-61, 100г, Ø3мм, (олово 61%, свинец 39%), катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3493</t>
+  </si>
+  <si>
+    <t>Припой «Сплав Вуда», 50г, (олово 12,5%, свинец 25%, висмут 50%, кадмий 12,5%), баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3531</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-30, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 30%, свинец 70% (упак. 1 шт) REXANT</t>
+  </si>
+  <si>
+    <t>09-3541</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-40, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 40%, свинец 60% (упак. 1 шт) REXANT</t>
+  </si>
+  <si>
+    <t>09-3561</t>
+  </si>
+  <si>
+    <t>Припой пруток ПОС-61, Ø8мм, длина 400мм, ГОСТ 21931-76, олово 61%, свинец 39% (упак. 1 шт) REXANT</t>
+  </si>
+  <si>
+    <t>09-3091</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-30, 10г, Ø1мм, (олово 30%, свинец 70%), колба REXANT</t>
+  </si>
+  <si>
+    <t>09-3094</t>
+  </si>
+  <si>
+    <t>Припой без канифоли ПОС-90, 10г, Ø1мм, (олово 90%, свинец 10%), колба REXANT</t>
   </si>
   <si>
     <t>09-3513</t>
   </si>
   <si>
     <t>Припой ПОСу 95-5, 100г, Ø2мм, (олово 95%, сурьма 5%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
   </si>
   <si>
-    <t>09-3591</t>
-[...26 lines deleted...]
-    <t>Припой «Сплав Вуда», 50г, (олово 12,5%, свинец 25%, висмут 50%, кадмий 12,5%), баночка REXANT</t>
+    <t>09-3503</t>
+  </si>
+  <si>
+    <t>Припой ПОМ-3, 100г, Ø2мм, (олово 97%, медь 3%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
+  </si>
+  <si>
+    <t>09-3507</t>
+  </si>
+  <si>
+    <t>Припой ПОМ-3, 500г, Ø2мм, (олово 97%, медь 3%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
   </si>
   <si>
     <t>09-3093</t>
   </si>
   <si>
     <t>Припой без канифоли ПОС-61, 10г, Ø1мм, (олово 61%, свинец 39%), колба REXANT</t>
   </si>
   <si>
-    <t>09-3094</t>
-[...70 lines deleted...]
-  <si>
     <t>09-3501</t>
   </si>
   <si>
     <t>Припой ПОМ-3, 100г, Ø1мм, (олово 97%, медь 3%), бессвинцовый, ГОСТ 21931-76, катушка REXANT</t>
   </si>
   <si>
-    <t>09-3503</t>
-[...10 lines deleted...]
-  <si>
     <t>09-3815</t>
   </si>
   <si>
     <t>Припой-паста (паяльная паста), 35гр, (олово 63%, свинец 37%), баночка</t>
   </si>
   <si>
-    <t>1.7.2 Припой с канифолью</t>
-[...260 lines deleted...]
-    <t xml:space="preserve">Флюс-гель для пайки, КАНИФОЛЬ-ГЕЛЬ АКТИВ, 12мл, техно-шприц, блистер REXANT </t>
+    <t>1.10 Флюсы для пайки</t>
+  </si>
+  <si>
+    <t>1.10.1 Флюсы</t>
+  </si>
+  <si>
+    <t>09-3742</t>
+  </si>
+  <si>
+    <t>Набор К3 для пайки, «твердый флюс» (канифоль, флюс БУРА, паяльный жир) REXANT</t>
+  </si>
+  <si>
+    <t>09-3625</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЛТИ-120, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3650</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, Ф-38Н, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3665</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, паяльный жир НЕЙТРАЛЬНЫЙ, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3690</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, паста TR-RM KELLER, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3657</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, БУРА, 100г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3612</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3613</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 30мл, с кисточкой, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3643</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, СКФ (спирто-канифольный), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3641</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, СКФ (спирто-канифольный), 30мл, с кисточкой, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3628</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЛТИ-120, 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3709</t>
+  </si>
+  <si>
+    <t>Канифоль сосновая, флюс НЕЙТРАЛЬНЫЙ, марка А, 10г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3741</t>
+  </si>
+  <si>
+    <t>Набор К2 для пайки, «жидкий флюс» (флюс ПК, флюс СКФ, флюс ЛТИ-120) REXANT</t>
+  </si>
+  <si>
+    <t>09-3691</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, паста TR-RMA KELLER, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3692</t>
+  </si>
+  <si>
+    <t>Флюс-гель для пайки, TT KELLER индикаторный, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3637</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, КИСЛОТА ОРТОФОСФОРНАЯ 75%, 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3638</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, КИСЛОТА ОРТОФОСФОРНАЯ 75%, 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3667</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, паяльный жир НЕЙТРАЛЬНЫЙ, 100мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3672</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, паяльный жир АКТИВНЫЙ, 100мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3730</t>
+  </si>
+  <si>
+    <t>Флюс для высокотемпературной пайки, ПВ-209, 20г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3620</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ФИМ, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3630</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЗИЛ-2, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3660</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ТАГС, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3740</t>
+  </si>
+  <si>
+    <t>Набор К1 для пайки, универсальный (припой, флюс ПК, флюс СКФ, канифоль, медная оплетка) REXANT</t>
+  </si>
+  <si>
+    <t>09-3615</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, Ф-61А (пайка алюминия), 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3655</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, БУРА, 20г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3733</t>
+  </si>
+  <si>
+    <t>Флюс для высокотемпературной пайки, ПВ-209, 100г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3610</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3611</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3635</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, КИСЛОТА ОРТОФОСФОРНАЯ 75%, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3640</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, СКФ (спирто-канифольный), 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3670</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, паяльный жир АКТИВНЫЙ, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3710</t>
+  </si>
+  <si>
+    <t>Канифоль сосновая, флюс НЕЙТРАЛЬНЫЙ, марка А, 20г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3711</t>
+  </si>
+  <si>
+    <t>Канифоль сосновая, флюс НЕЙТРАЛЬНЫЙ, марка А, 100г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3626</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЛТИ-120, 30мл, с кисточкой, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3627</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЛТИ-120, 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3712</t>
+  </si>
+  <si>
+    <t>Канифоль сосновая, флюс НЕЙТРАЛЬНЫЙ, марка А, 500г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3645</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, СКФ (спирто-канифольный), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>1.10.2 Флюсы в индивидуальной упаковке</t>
+  </si>
+  <si>
+    <t>09-3615-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, Ф-61А (пайка алюминия), 30мл, флакон, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3690-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паста TR-RM KELLER, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3692-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, TT KELLER индикаторный, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3688</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, ПАЯЛЬНАЯ КИСЛОТА, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3670-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паяльный жир АКТИВНЫЙ, 20мл, банка, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3684</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, BGA и SMD, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3682</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, пайка алюминия, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3625-1</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ЛТИ-120, 30мл, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3641-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, СКФ (спирто-канифольный), 30мл, с кисточкой, флакон, блистер REXANT </t>
+  </si>
+  <si>
+    <t>09-3610-1</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 30мл, блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3635-1</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, КИСЛОТА ОРТОФОСФОРНАЯ, 30мл, пакет REXANT</t>
+  </si>
+  <si>
+    <t>09-3691-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс для пайки, паста TR-RMA KELLER, 20мл, банка, блистер REXANT </t>
   </si>
   <si>
     <t>09-3710-1</t>
   </si>
   <si>
     <t xml:space="preserve">Канифоль сосновая, флюс НЕЙТРАЛЬНЫЙ, марка А, 20г, блистер REXANT
 </t>
   </si>
   <si>
     <t>09-3626-1</t>
   </si>
   <si>
     <t xml:space="preserve">Флюс для пайки, ЛТИ-120, 30мл, с кисточкой, флакон, блистер REXANT </t>
   </si>
   <si>
     <t>09-3680</t>
   </si>
   <si>
     <t xml:space="preserve">Флюс-гель для пайки, АКТИВНЫЙ, 12мл, техно-шприц, блистер REXANT </t>
   </si>
   <si>
-    <t>09-3635-1</t>
-[...22 lines deleted...]
-  <si>
     <t>09-3655-1</t>
   </si>
   <si>
     <t xml:space="preserve">Флюс для пайки, БУРА, 20г, банка, блистер REXANT </t>
   </si>
   <si>
-    <t>09-3690-1</t>
-[...16 lines deleted...]
-  <si>
     <t>09-3665-1</t>
   </si>
   <si>
     <t xml:space="preserve">Флюс для пайки, паяльный жир НЕЙТРАЛЬНЫЙ, 20мл, банка, блистер REXANT </t>
   </si>
   <si>
-    <t>09-3688</t>
-[...8 lines deleted...]
-    <t>Флюс для пайки, ЛТИ-120, 30мл, блистер REXANT</t>
+    <t>09-3640-1</t>
+  </si>
+  <si>
+    <t>Флюс для пайки, СКФ (спирто-канифольный), 30мл, блистер REXANT</t>
   </si>
   <si>
     <t>09-3613-1</t>
   </si>
   <si>
     <t xml:space="preserve">Флюс для пайки, ПАЯЛЬНАЯ КИСЛОТА, 30мл, с кисточкой, флакон, блистер REXANT </t>
   </si>
   <si>
-    <t>09-3660-1</t>
-[...389 lines deleted...]
-    <t>Паяльная ванна, модель R100F, 300Вт, ø100мм, 200-480 °C, бессвинцовая REXANT</t>
+    <t>09-3686</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Флюс-гель для пайки, КАНИФОЛЬ-ГЕЛЬ АКТИВ, 12мл, техно-шприц, блистер REXANT </t>
+  </si>
+  <si>
+    <t>1.11 Расходные материалы для пайки</t>
+  </si>
+  <si>
+    <t>1.11.1 Медная лента для удаления припоя</t>
+  </si>
+  <si>
+    <t>09-3031</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 1,0мм x 1,5м, диспенсер REXANT</t>
+  </si>
+  <si>
+    <t>09-3002</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 1,5мм x 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>09-3004</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 3,0мм x 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>09-3033</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 2,5мм x 1,5м, диспенсер REXANT</t>
+  </si>
+  <si>
+    <t>09-3034</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 3,0мм x 1,5м, диспенсер REXANT</t>
+  </si>
+  <si>
+    <t>09-3003</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 2,5мм x 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>09-3032</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 1,5мм x 1,5м, диспенсер REXANT</t>
+  </si>
+  <si>
+    <t>09-3001</t>
+  </si>
+  <si>
+    <t>Оплетка для удаления припоя, медная, 1,0мм x 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>1.11.2 Губки для очистки жал</t>
+  </si>
+  <si>
+    <t>12-0191</t>
+  </si>
+  <si>
+    <t>Губка для очистки паяльного жала 93x50 мм REXANT</t>
+  </si>
+  <si>
+    <t>12-0193</t>
+  </si>
+  <si>
+    <t>Губка для очистки паяльного жала 56x36 мм REXANT</t>
+  </si>
+  <si>
+    <t>12-0192</t>
+  </si>
+  <si>
+    <t>Губка для очистки паяльного жала 70x40 мм REXANT</t>
+  </si>
+  <si>
+    <t>1.11.3 Химия и смазочные материалы</t>
+  </si>
+  <si>
+    <t>09-3790</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 2, 30г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3981</t>
+  </si>
+  <si>
+    <t>Смазка для кулеров (вентиляторов) SX-1, 2мл, (шприц, салфетки, наклейки), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-4101</t>
+  </si>
+  <si>
+    <t>Очиститель универсальный, 100мл, флакон (абсолютированный 99,7%) REXANT</t>
+  </si>
+  <si>
+    <t>09-4110</t>
+  </si>
+  <si>
+    <t>Очиститель универсальный, 1л, флакон (абсолютированный 99,7%) REXANT</t>
+  </si>
+  <si>
+    <t>09-3957</t>
+  </si>
+  <si>
+    <t>Смазка антифрикционная, ЦИАТИМ-201, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3941</t>
+  </si>
+  <si>
+    <t>Масло бытовое смазочное, 100мл, масленка REXANT</t>
+  </si>
+  <si>
+    <t>09-3955</t>
+  </si>
+  <si>
+    <t>Смазка силиконовая термостойкая, модель 221, до +350°C, 2мл, шприц REXANT</t>
+  </si>
+  <si>
+    <t>09-3801</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 3, 30г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3950</t>
+  </si>
+  <si>
+    <t>Смазка графитовая, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3791</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 2, 100г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-4121</t>
+  </si>
+  <si>
+    <t>Универсальный растворитель-очиститель «Калоша», 100мл, (Нефрас-с2-80/120), флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3796</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 1, 100г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3983</t>
+  </si>
+  <si>
+    <t>Смазка для кулеров (вентиляторов) SX-3, 2мл, (шприц, салфетки, наклейки), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3781</t>
+  </si>
+  <si>
+    <t>Хлорное железо безводное, 250г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3802</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 3, 100г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-4125</t>
+  </si>
+  <si>
+    <t>Универсальный растворитель-очиститель «Калоша», 500мл, (Нефрас-с2-80/120), флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3788</t>
+  </si>
+  <si>
+    <t>Лак электроизоляционный, KO-921, 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3922</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-100 (Полиметилсилоксан), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3932</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-200 (Полиметилсилоксан), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3907</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-1000 (Полиметилсилоксан), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3908</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-1000 (Полиметилсилоксан), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3944</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-60000 (Полиметилсилоксан), 2мл, шприц, «Демпферное» REXANT</t>
+  </si>
+  <si>
+    <t>09-3795</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 1, 30г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3782</t>
+  </si>
+  <si>
+    <t>Хлорное железо безводное, 1000г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3789</t>
+  </si>
+  <si>
+    <t>Лак электроизоляционный, KO-921, 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3921</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-100 (Полиметилсилоксан), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3881</t>
+  </si>
+  <si>
+    <t>Хлорное железо 6-ти водное, 250г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3882</t>
+  </si>
+  <si>
+    <t>Хлорное железо 6-ти водное, 1000г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3930</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-200 (Полиметилсилоксан), 15мл, носик-капельница REXANT</t>
+  </si>
+  <si>
+    <t>09-3808</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 4, 100г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3901</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-100 (Полиметилсилоксан), 15мл, носик-капельница REXANT</t>
+  </si>
+  <si>
+    <t>09-3905</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-400 (Полиметилсилоксан), 15мл, носик-капельница REXANT</t>
+  </si>
+  <si>
+    <t>09-3909</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-1000 (Полиметилсилоксан), 15мл, носик-капельница REXANT</t>
+  </si>
+  <si>
+    <t>09-3721</t>
+  </si>
+  <si>
+    <t>Глицерин, 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3970</t>
+  </si>
+  <si>
+    <t>Вазелин технический, ВТВ-1, 20мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3910</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-5 (Полиметилсилоксан), 15мл, носик-капельница REXANT</t>
+  </si>
+  <si>
+    <t>09-4130</t>
+  </si>
+  <si>
+    <t>Универсальный растворитель-очиститель «Калоша», 1л, (Нефрас-с2-80/120), флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-4105</t>
+  </si>
+  <si>
+    <t>Очиститель универсальный, 200мл, флакон с распылителем (абсолютированный 99,7%) REXANT</t>
+  </si>
+  <si>
+    <t>09-4112</t>
+  </si>
+  <si>
+    <t>Очиститель универсальный, 5л, канистра (абсолютированный 99,7%) REXANT</t>
+  </si>
+  <si>
+    <t>09-3935</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-10000 (Полиметилсилоксан), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3780</t>
+  </si>
+  <si>
+    <t>Хлорное железо безводное, 100г, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3936</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-10000 (Полиметилсилоксан), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3945</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-60000 (Полиметилсилоксан), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3722</t>
+  </si>
+  <si>
+    <t>Глицерин, 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3972</t>
+  </si>
+  <si>
+    <t>Вазелин технический, ВТВ-1, 100мл, банка REXANT</t>
+  </si>
+  <si>
+    <t>09-3982</t>
+  </si>
+  <si>
+    <t>Смазка для кулеров (вентиляторов) SX-2, 2мл, (шприц, салфетки, наклейки), блистер REXANT</t>
+  </si>
+  <si>
+    <t>09-3495</t>
+  </si>
+  <si>
+    <t>Жидкое олово (химическое лужение плат), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3807</t>
+  </si>
+  <si>
+    <t>Паста ГОИ полировальная № 4, 30г, баночка REXANT</t>
+  </si>
+  <si>
+    <t>09-3751</t>
+  </si>
+  <si>
+    <t>Паста теплопроводная, КПТ-8, 2мл, шприц REXANT</t>
+  </si>
+  <si>
+    <t>09-3931</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-200 (Полиметилсилоксан), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3946</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-60000 (Полиметилсилоксан), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3750</t>
+  </si>
+  <si>
+    <t>Паста теплопроводная, КПТ-8, 5мл, шприц REXANT</t>
+  </si>
+  <si>
+    <t>09-3985</t>
+  </si>
+  <si>
+    <t>Компаунд силиконовый, ПК-68, 100г, двухкомпонентный, прозрачный REXANT</t>
+  </si>
+  <si>
+    <t>09-3911</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-5 (Полиметилсилоксан), 100мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3912</t>
+  </si>
+  <si>
+    <t>Силиконовое масло, ПМС-5 (Полиметилсилоксан), 500мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3967</t>
+  </si>
+  <si>
+    <t>Средство для ремонта пластика (холодная сварка), 30мл, флакон REXANT</t>
+  </si>
+  <si>
+    <t>09-3948</t>
+  </si>
+  <si>
+    <t>Смазка силиконовая многоцелевая, 400мл, аэрозоль</t>
+  </si>
+  <si>
+    <t>1.11.4 Аэрозоли для электроники</t>
+  </si>
+  <si>
+    <t>KR-181-001</t>
+  </si>
+  <si>
+    <t>Пневматический очиститель DUST OFF, 520мл (400мл), аэрозоль KRANZ</t>
+  </si>
+  <si>
+    <t>85-0004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Средство для удаления наклеек LABEL OFF, 210мл (150мл), аэрозоль REXANT </t>
+  </si>
+  <si>
+    <t>85-0007</t>
+  </si>
+  <si>
+    <t>Смазка контактов KONTAKT 61, 520мл (400мл), аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0003</t>
+  </si>
+  <si>
+    <t>Очиститель печатных плат FLUX OFF, 520 мл (400мл), аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0006</t>
+  </si>
+  <si>
+    <t>Очиститель обезжириватель DEGREASER, 520мл (400мл), аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0001-1</t>
+  </si>
+  <si>
+    <t>Пневматический очиститель (Сжатый воздух) DUST OFF, 520мл (230мл), аэрозоль, инверторный REXANT</t>
+  </si>
+  <si>
+    <t>85-0001</t>
+  </si>
+  <si>
+    <t>Пневматический очиститель (Сжатый воздух) DUST OFF, 520мл (400мл), аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0001-2</t>
+  </si>
+  <si>
+    <t>Пневматический очиститель (Сжатый воздух) DUST OFF, 1000мл (720мл), аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0002</t>
+  </si>
+  <si>
+    <t>Очиститель универсальный CLEANER, 520мл (400мл), аэрозоль REXANT</t>
+  </si>
+  <si>
+    <t>85-0005</t>
+  </si>
+  <si>
+    <t>Аэрозоль-охладитель FREEZER, 520мл (400мл) REXANT</t>
+  </si>
+  <si>
+    <t>1.11.5 Стеклотекстолит</t>
+  </si>
+  <si>
+    <t>09-4055</t>
+  </si>
+  <si>
+    <t>Стеклотекстолит 1-сторонний 200x200x1.5 мм 35/00 (35 мкм) REXANT</t>
+  </si>
+  <si>
+    <t>09-4035</t>
+  </si>
+  <si>
+    <t>Стеклотекстолит 1-сторонний 100x100x1.5 мм 35/00 (35 мкм) REXANT</t>
+  </si>
+  <si>
+    <t>09-4040</t>
+  </si>
+  <si>
+    <t>Стеклотекстолит 1-сторонний 100x150x1.5 мм 35/00 (35 мкм) REXANT</t>
+  </si>
+  <si>
+    <t>09-4045</t>
+  </si>
+  <si>
+    <t>Стеклотекстолит 1-сторонний 100x200x1.5 мм 35/00 (35 мкм) REXANT</t>
+  </si>
+  <si>
+    <t>09-4065</t>
+  </si>
+  <si>
+    <t>Стеклотекстолит 1-сторонний 200x300x1.5 мм 35/00 (35 мкм) REXANT</t>
+  </si>
+  <si>
+    <t>1.12 Паяльные ванны</t>
+  </si>
+  <si>
+    <t>09-9210</t>
+  </si>
+  <si>
+    <t>Паяльная ванна, модель R38F, 100Вт, ø38мм, 200-480 °C, бессвинцовая REXANT</t>
+  </si>
+  <si>
+    <t>09-9050</t>
+  </si>
+  <si>
+    <t>Паяльная ванна, модель R80, 250Вт, ø80мм, 200-480 °C REXANT</t>
+  </si>
+  <si>
+    <t>09-9070</t>
+  </si>
+  <si>
+    <t>Паяльная ванна, модель R100, 300Вт, ø100мм, 200-480 °C REXANT</t>
   </si>
   <si>
     <t>09-9071</t>
   </si>
   <si>
     <t>Паяльная ванна, модель R150, 900Вт, 150х100х45мм, 0-400 °C, цифровая REXANT</t>
   </si>
   <si>
-    <t>09-9050</t>
-[...2 lines deleted...]
-    <t>Паяльная ванна, модель R80, 250Вт, ø80мм, 200-480 °C REXANT</t>
+    <t>09-9030</t>
+  </si>
+  <si>
+    <t>Паяльная ванна, модель R50, 150Вт, ø50мм, 200-480 °C REXANT</t>
   </si>
   <si>
     <t>09-9010</t>
   </si>
   <si>
     <t>Паяльная ванна, модель R38, 100Вт, ø38мм, 200-480 °C REXANT</t>
   </si>
   <si>
-    <t>09-9030</t>
-[...16 lines deleted...]
-  <si>
     <t>09-9250</t>
   </si>
   <si>
     <t>Паяльная ванна, модель R80F, 250Вт, ø80мм, 200-480 °C, бессвинцовая REXANT</t>
-  </si>
-[...400 lines deleted...]
-    <t>Паяльник с деревянной ручкой, серия ЭПСН, 100Вт, 230В, пакет REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2695,56 +2653,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vakuumniy-ekstraktor-pripoya-olovootsos-metall-rexant-20140" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-montajnogo-instrumenta-dlya-payki-rexant-6-predmetov-221" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vakuumniy-ekstraktor-pripoya-olovootsos-metall-plastik-rexant-209" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antistaticheskiy-braslet-rexant-227" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kistochka-steklovolokonnaya-dlya-naneseniya-flyusov-3-mm-rexant-7417" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vakuumniy-ekstraktor-pripoya-olovootsos-plastik-prozrachno-krasniy-rexant-20291" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vakuumniy-ekstraktor-pripoya-olovootsos-plastik-rexant-211" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kovrik-antistaticheskiy-termostoykiy-329h208h2-6-mm-cherniy-20114" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-serii-900m-oslash-4-3mm-tip-skoshenniy-bolshoy-4-0mm-blister-rexant-20289" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-mednoe-epsn-oslash-6-8mm-tip-ploskiy-blister-rexant-12665" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-impulsnogo-payalnika-dolgovechnoe-oslash-3-8mm-tip-konus-blister-rexant-6360" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-vijigatelnoe-igla-dlya-12-0142-rexant-9568" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-mednoe-epsn-oslash-3-8mm-tip-ploskiy-blister-rexant-12663" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-mednoe-epsn-oslash-7-8mm-tip-ploskiy-blister-rexant-12661" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-serii-900m-oslash-4-3mm-tip-ploskiy-maliy-1-6mm-blister-rexant-22332" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-serii-900m-oslash-4-3mm-tip-ploskiy-bolshoy-4-0mm-blister-rexant-22333" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-serii-900m-oslash-4-3mm-tip-toporik-5-0mm-blister-rexant-20286" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-mednoe-epsn-oslash-5-8mm-tip-ploskiy-blister-rexant-12662" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-dolgovechnoe-25-30-i-40vt-oslash-4-8mm-tip-konus-blister-rexant-6357" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-dolgovechnoe-100vt-oslash-7-8mm-tip-konus-blister-rexant-6359" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-serii-900m-oslash-4-3mm-tip-skoshenniy-maliy-2-0mm-blister-rexant-20290" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-mednoe-epsn-oslash-4-8mm-tip-ploskiy-blister-rexant-12664" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-serii-900m-oslash-4-3mm-tip-konus-maliy-0-2mm-blister-rexant-20287" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-serii-900m-oslash-4-3mm-tip-konus-bolshoy-0-5mm-blister-rexant-20288" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-impulsnogo-payalnika-dolgovechnoe-oslash-7-1mm-tip-konus-blister-rexant-6356" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-dolgovechnoe-60vt-oslash-5-8mm-tip-konus-blister-rexant-6358" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jalo-dlya-payalnika-dolgovechnoe-80vt-oslash-6-8mm-tip-konus-blister-rexant-6521" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-3-0mm-x-1-5m-dispenser-rexant-12668" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-0mm-x-1-5m-dispenser-rexant-12669" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-0mm-x-1-5m-rexant-402" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-5mm-x-1-5m-rexant-3590" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-3-0mm-x-1-5m-rexant-3592" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-2-5mm-x-1-5m-dispenser-rexant-12671" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-5mm-x-1-5m-dispenser-rexant-12670" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-2-5mm-x-1-5m-rexant-3591" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/glitserin-500ml-flakon-rexant-19113" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-teploprovodnaya-kpt-8-5ml-shprits-rexant-7407" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-4-30g-banochka-rexant-26456" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-2-30g-banochka-rexant-7410" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-termostoykaya-model-221-do-350-c-2ml-shprits-rexant-7416" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-10000-polimetilsiloksan-500ml-flakon-rexant-26220" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-jelezo-6-ti-vodnoe-250g-banka-rexant-30784" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-teploprovodnaya-kpt-8-2ml-shprits-rexant-7408" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-grafitovaya-20ml-banka-rexant-7415" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-antifriktsionnaya-tsiatim-201-20ml-banka-rexant-7994" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-3-30g-banochka-rexant-26454" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kulerov-ventilyatorov-sx-1-2ml-shprits-salfetki-nakleyki-blister-rexant-26458" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kulerov-ventilyatorov-sx-2-2ml-shprits-salfetki-nakleyki-blister-rexant-26459" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-2-100g-banochka-rexant-26451" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-1000-polimetilsiloksan-500ml-flakon-rexant-26218" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-1000-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant-10680" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-60000-polimetilsiloksan-100ml-flakon-rexant-7731" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-rastvoritel-ochistitel-kalosha-100ml-nefras-s2-80-120-flakon-rexant-8840" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/jidkoe-olovo-himicheskoe-lujenie-plat-100ml-flakon-rexant-7730" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalniy-1l-flakon-absolyutirovanniy-99-7-rexant-7727" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-rastvoritel-ochistitel-kalosha-1l-nefras-s2-80-120-flakon-rexant-8838" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalniy-200ml-flakon-s-raspilitelem-absolyutirovanniy-99-7-rexant-7726" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vazelin-tehnicheskiy-vtv-1-20ml-banka-rexant-19112" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-60000-polimetilsiloksan-2ml-shprits-dempfernoe-rexant-12208" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalniy-100ml-flakon-absolyutirovanniy-99-7-rexant-7725" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-100-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant-10681" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-400-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant-10679" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-1-100g-banochka-rexant-26453" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-3-100g-banochka-rexant-26455" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kley-dlya-plastmassi-30ml-flakon-rexant-7988" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maslo-bitovoe-smazochnoe-100ml-maslenka-rexant-13235" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-jelezo-6-ti-vodnoe-1000g-banka-rexant-30785" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-60000-polimetilsiloksan-500ml-flakon-rexant-26221" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-rastvoritel-ochistitel-kalosha-500ml-nefras-s2-80-120-flakon-rexant-8837" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-100-polimetilsiloksan-100ml-flakon-rexant-7412" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lak-elektroizolyatsionniy-ko-921-100ml-flakon-rexant-13739" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalniy-5l-kanistra-absolyutirovanniy-99-7-rexant-23707" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-5-polimetilsiloksan-100ml-flakon-rexant-17779" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-5-polimetilsiloksan-500ml-flakon-rexant-17790" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-jelezo-bezvodnoe-100g-banka-rexant-7409" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-200-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant-7413" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-4-100g-banochka-rexant-26457" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-1000-polimetilsiloksan-100ml-flakon-rexant-26217" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-10000-polimetilsiloksan-100ml-flakon-rexant-26219" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kulerov-ventilyatorov-sx-3-2ml-shprits-salfetki-nakleyki-blister-rexant-26460" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-5-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant-17778" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/glitserin-100ml-flakon-rexant-19111" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompaund-silikonoviy-pk-68-100g-dvuhkomponentniy-prozrachniy-rexant-7735" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-200-polimetilsiloksan-100ml-flakon-rexant-7509" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lak-elektroizolyatsionniy-ko-921-30ml-flakon-rexant-13743" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-1-30g-banochka-rexant-26452" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-jelezo-bezvodnoe-250g-banka-rexant-7508" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-100-polimetilsiloksan-500ml-flakon-rexant-17799" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-200-polimetilsiloksan-500ml-flakon-rexant-17784" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vazelin-tehnicheskiy-vtv-1-100ml-banka-rexant-19109" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-jelezo-bezvodnoe-1000-banka-rexant-30783" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-mnogotselevaya-400ml-aerozol-rexant-11731" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-dust-off-kranz-400-ml-aerozol-27874" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-sjatiy-vozduh-dust-off-520ml-400ml-aerozol-rexant-12261" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalniy-cleaner-520ml-400ml-aerozol-rexant-12262" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-sjatiy-vozduh-dust-off-1000ml-720ml-aerozol-rexant-21950" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-sjatiy-vozduh-dust-off-520ml-230ml-aerozol-invertorniy-rexant-21951" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-pechatnih-plat-flux-off-520-ml-400ml-aerozol-rexant-12263" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sredstvo-dlya-udaleniya-nakleek-label-off-210ml-150ml-aerozol-rexant-12264" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/aerozol-ohladitel-freezer-520ml-400ml-rexant-12929" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-obezjirivatel-degreaser-520ml-400ml-aerozol-rexant-12931" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-kontaktov-kontakt-61-520ml-400ml-aerozol-rexant-12927" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gubka-dlya-ochistki-payalnogo-jala-93x50-mm-rexant-3584" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gubka-dlya-ochistki-payalnogo-jala-56x36-mm-rexant-3586" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gubka-dlya-ochistki-payalnogo-jala-70x40-mm-rexant-3585" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-100x200x1-5-mm-35-00-35-mkm-rexant-17775" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-100x100x1-5-mm-35-00-35-mkm-rexant-17801" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-200x300x1-5-mm-35-00-35-mkm-rexant-17786" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-200x200x1-5-mm-35-00-35-mkm-rexant-17793" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-100x150x1-5-mm-35-00-35-mkm-rexant-17803" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-tretya-ruka-master-3-zajima-lupa-90mm-3h-podstavka-payalnika-stend-pripoya-led-podsvetka-rexant-9569" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-tretya-ruka-2-zajima-lupa-90mm-2-5h-2h34mm-podstavka-payalnika-led-podsvetka-rexant-8867" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-plat-zahvat-do-200h140mm-rexant-8871" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-payalnika-nisha-kvadratnaya-gubka-metall-rexant-204" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-payalnika-derjatel-pripoya-nisha-gubka-metall-rexant-9570" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-payalnika-strujka-dlya-ochistki-jala-metall-rexant-8869" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-payalnika-nisha-kvadratnaya-gubka-chugun-rexant-2262" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-tretya-ruka-2-zajima-lupa-90mm-2-5h-podstavka-payalnika-led-podsvetka-chugun-rexant-2261" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-tretya-ruka-2-zajima-lupa-60mm-2-5h-podstavka-payalnika-nisha-gubka-chugun-rexant-831" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-tretya-ruka-2-zajima-lupa-60mm-3h-osnovanie-chugun-rexant-223" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-pod-payalnik-nisha-kruglaya-gubka-chugun-rexant-296" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-payalnika-listovaya-seriya-mini-metall-rexant-26303" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-payalnika-kruglaya-42mm-seriya-mini-karbolit-rexant-298" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-tretya-ruka-2-zajima-lupa-90mm-3h-chugun-rexant-3797" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-tretya-ruka-2-zajima-lupa-60mm-2-5h-osnovanie-chugun-rexant-2260" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vijigatel-nabor-payalnik-vijigatel-pirograf-30vt-230v-7-nasadok-podstavka-kistochka-kraski-blister-rexant-10294" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vijigatel-nabor-payalnik-vijigatel-pirograf-30-50vt-230v-420-500-c-21-nasadka-podstavka-korobka-rexant-10295" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-vijiganiya-dlya-malchikov-vijigatel-5-dosok-150h150mm-paket-rexant-20363" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vijigatel-pribor-dlya-vijiganiya-pirograf-40vt-230v-450-750-c-korobka-rexant-4488" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vijigatel-nabor-payalnik-vijigatel-pirograf-30vt-230v-420-450-c-21-nasadka-podstavka-korobka-rexant-4059" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-vijiganiya-kormushka-dlya-ptits-vijigatel-3d-model-150h150mm-paket-rexant-20362" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vijigatel-nabor-payalnik-vijigatel-pirograf-30vt-230v-420-450-c-6-nasadok-blister-rexant-3589" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/doski-dlya-vijiganiya-nabor-1-voin-dinozavr-sobaka-mashina-bez-risunka-148h210mm-a5-5-sht-paket-rexant-22040" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/doski-dlya-vijiganiya-jivotnie-150h150mm-nabor-5-sht-belka-slon-sova-ejik-tigr-paket-rexant-20059" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/doski-dlya-vijiganiya-nabor-2-voin-dinozavr-sobaka-mashina-bez-risunka-148h210mm-a5-5-sht-paket-rexant-22041" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/doski-dlya-vijiganiya-dlya-malchikov-150h150mm-nabor-5-sht-tigr-samolet-mashina-parusnik-kosmos-paket-rexant-20060" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/doska-dlya-vijiganiya-kormushka-dlya-ptits-3d-model-1-sht-paket-rexant-20141" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/doski-dlya-vijiganiya-nabor-tvorcheskiy-bez-risunka-148h210mm-a5-5-sht-paket-rexant-22044" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-oslash-0-8mm-olovo-61-svinets-39-katushka-rexant-15707" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-61-oslash-8mm-dlina-400mm-gost-21931-76-olovo-61-svinets-39-upak-5-kg-rexant-29570" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-splav-roze-50g-olovo-25-svinets-25-vismut-50-banochka-rexant-7728" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-100g-oslash-2mm-olovo-95-surma-5-bessvintsoviy-gost-21931-76-katushka-rexant-29578" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-90-oslash-8mm-dlina-400mm-gost-21931-76-olovo-90-svinets-10-upak-1-sht-rexant-13745" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-30-oslash-8mm-dlina-400mm-gost-21931-76-olovo-30-svinets-70-upak-1-sht-rexant-13741" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-oslash-2mm-olovo-61-svinets-39-katushka-rexant-15708" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-oslash-3mm-olovo-61-svinets-39-katushka-rexant-15710" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-splav-vuda-50g-olovo-12-5-svinets-25-vismut-50-kadmiy-12-5-banochka-rexant-15702" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-10g-oslash-1mm-olovo-61-svinets-39-kolba-rexant-20659" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-90-10g-oslash-1mm-olovo-90-svinets-10-kolba-rexant-20660" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-90-oslash-8mm-dlina-400mm-gost-21931-76-olovo-90-svinets-10-upak-5-kg-rexant-29571" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-40-oslash-8mm-dlina-400mm-gost-21931-76-olovo-40-svinets-60-upak-5-kg-rexant-29569" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-30-oslash-8mm-dlina-400mm-gost-21931-76-olovo-30-svinets-70-upak-5-kg-rexant-29568" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-40-oslash-8mm-dlina-400mm-gost-21931-76-olovo-40-svinets-60-upak-1-sht-rexant-13737" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-61-oslash-8mm-dlina-400mm-gost-21931-76-olovo-61-svinets-39-upak-1-sht-rexant-13736" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-oslash-1mm-olovo-61-svinets-39-katushka-rexant-15703" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-oslash-1-5mm-olovo-61-svinets-39-katushka-rexant-15713" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-500g-oslash-2mm-olovo-95-surma-5-bessvintsoviy-gost-21931-76-katushka-rexant-29579" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-30-10g-oslash-1mm-olovo-30-svinets-70-kolba-rexant-20661" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-40-10g-oslash-1mm-olovo-40-svinets-60-kolba-rexant-20662" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-100g-oslash-1mm-olovo-95-surma-5-bessvintsoviy-gost-21931-76-katushka-rexant-29577" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-100g-oslash-1mm-olovo-97-med-3-bessvintsoviy-gost-21931-76-katushka-rexant-29580" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-100g-oslash-2mm-olovo-97-med-3-bessvintsoviy-gost-21931-76-katushka-rexant-29581" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-500g-oslash-2mm-olovo-97-med-3-bessvintsoviy-gost-21931-76-katushka-rexant-29582" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pasta-payalnaya-pasta-35gr-olovo-63-svinets-37-banochka-15322" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-30-10g-oslash-1mm-olovo-30-svinets-70-kolba-rexant-20367" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-1m-oslash-0-8mm-olovo-61-svinets-39-spiral-konvert-rexant-7989" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-oslash-2mm-olovo-61-svinets-39-katushka-rexant-29575" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-oslash-0-8mm-olovo-61-svinets-39-katushka-rexant-29572" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-oslash-2mm-olovo-60-svinets-40-katushka-rexant-11713" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-1m-oslash-1mm-olovo-61-svinets-39-spiral-konvert-rexant-7990" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-oslash-1mm-olovo-61-svinets-39-katushka-rexant-29573" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-100g-oslash-2mm-olovo-60-svinets-40-katushka-blister-rexant-10056" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-oslash-0-8mm-olovo-60-svinets-40-katushka-rexant-13356" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-oslash-2mm-olovo-60-svinets-40-katushka-rexant-11712" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-1m-oslash-1-5mm-olovo-61-svinets-39-spiral-konvert-rexant-7991" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-oslash-0-8mm-olovo-60-svinets-40-katushka-rexant-2007" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-oslash-1mm-olovo-60-svinets-40-katushka-rexant-2008" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1m-oslash-0-8mm-olovo-60-svinets-40-spiral-blister-rexant-15049" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1m-oslash-1mm-olovo-60-svinets-40-spiral-blister-rexant-15048" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-40-10g-oslash-1mm-olovo-40-svinets-60-kolba-rexant-20366" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-oslash-3mm-olovo-60-svinets-40-katushka-rexant-13357" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-10g-oslash-1mm-olovo-61-svinets-39-kolba-rexant-123" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1m-oslash-2mm-olovo-60-svinets-40-spiral-blister-rexant-15050" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-20g-oslash-1mm-olovo-60-svinets-40-kolba-karandash-rexant-4262" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-90-10g-oslash-1mm-olovo-90-svinets-10-kolba-rexant-20365" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-20g-oslash-2mm-olovo-60-svinets-40-kolba-karandash-rexant-20368" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-oslash-1mm-olovo-60-svinets-40-katushka-rexant-2009" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-100g-oslash-0-5mm-olovo-60-svinets-40-katushka-blister-rexant-20589" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1000g-oslash-1mm-olovo-60-svinets-40-katushka-rexant-2010" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-100g-oslash-1mm-olovo-60-svinets-40-katushka-blister-rexant-2005" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-oslash-0-6mm-olovo-60-svinets-40-katushka-rexant-2006" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-oslash-1-5mm-olovo-61-svinets-39-katushka-rexant-29574" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-oslash-3mm-olovo-61-svinets-39-katushka-rexant-29576" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k4-dlya-payki-universalniy-pripoy-kanifol-payalniy-jir-flyus-skf-rexant-28459" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k20-dlya-payki-prodvinutiy-payalnik-s-podsvetkoy-podstavka-ekstraktor-kovrik-rexant-28458" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-payalnik-s-keramicheskim-nagrevatelem-60vt-220-480-c-podstavka-s-gubkoy-nabor-iz-5-jal-rexant-28770" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-13-payalnik-30vt-podstavka-kanifol-pripoy-bokorezi-tonkogubtsi-rexant-9445" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k5-dlya-payki-universalniy-pripoy-gubka-kanifol-flyus-skf-flyus-ok-rexant-28460" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-11-payalnik-30vt-podstavka-gubka-dlya-udaleniya-pripoya-kanifol-pripoy-rexant-9444" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-16-usb-payalnik-8vt-kusachki-tonkogubtsi-podstavka-pripoy-otvertka-rexant-8866" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k22-dlya-payki-vspomogatelniy-derjatel-tretya-ruka-podstavka-ekstraktor-rexant-28593" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-15-payalnik-8vt-olovootsos-podstavka-pripoy-otvertka-instrument-dlya-montaja-rexant-8865" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-4-payalnik-30vt-olovootsos-podstavka-pripoy-gubka-rexant-3593" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-5-payalnik-impulsniy-30-70vt-olovootsos-podstavka-pripoy-rexant-3594" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-payalnik-tsifrovoy-s-keramicheskim-nagrevatelem-65vt-200-500-c-podstavka-s-gubkoy-nabor-iz-5-jal-rexant-28771" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-kanifol-gel-aktiv-12ml-tehno-shprits-blister-rexant-15711" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralniy-marka-a-20g-blister-rexant-17781" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-s-kistochkoy-flakon-blister-rexant-23709" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-aktivniy-12ml-tehno-shprits-blister-rexant-15712" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-30ml-paket-rexant-18661" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-blister-rexant-18658" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-bga-i-smd-12ml-tehno-shprits-blister-rexant-15705" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-61a-payka-alyuminiya-30ml-flakon-blister-rexant-21952" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-20g-banka-blister-rexant-21953" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rm-keller-20ml-banka-blister-rexant-21957" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rma-keller-20ml-banka-blister-rexant-21958" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-tt-keller-indikatorniy-20ml-banka-blister-rexant-21959" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalniy-jir-neytralniy-20ml-banka-blister-rexant-21955" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payalnaya-kislota-12ml-tehno-shprits-blister-rexant-15704" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-blister-rexant-18659" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-s-kistochkoy-flakon-blister-rexant-23708" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-tags-30ml-flakon-blister-rexant-21954" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalniy-jir-aktivniy-20ml-banka-blister-rexant-21956" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payka-alyuminiya-12ml-tehno-shprits-blister-rexant-15709" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolniy-30ml-blister-rexant-18660" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolniy-30ml-s-kistochkoy-flakon-blister-rexant-23710" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k1-dlya-payki-universalniy-pripoy-flyus-pk-flyus-skf-kanifol-mednaya-opletka-rexant-22045" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k2-dlya-payki-jidkiy-flyus-flyus-pk-flyus-skf-flyus-lti-120-rexant-22046" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-flakon-rexant-7395" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralniy-marka-a-10g-banka-rexant-14317" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k3-dlya-payki-tverdiy-flyus-kanifol-flyus-bura-payalniy-jir-rexant-22047" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-38n-30ml-flakon-rexant-7400" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalniy-jir-aktivniy-20ml-banka-rexant-7404" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-flakon-rexant-7391" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-61a-payka-alyuminiya-30ml-flakon-rexant-7393" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralniy-marka-a-20g-banka-rexant-7405" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-100ml-flakon-rexant-7392" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-fim-30ml-flakon-rexant-7394" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-zil-2-30ml-flakon-rexant-7396" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-75-30ml-flakon-rexant-7397" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolniy-30ml-flakon-rexant-7398" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-tags-30ml-flakon-rexant-7402" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalniy-jir-neytralniy-20ml-banka-rexant-7403" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralniy-marka-a-100g-banka-rexant-7406" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolniy-30ml-s-kistochkoy-flakon-rexant-7505" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-s-kistochkoy-flakon-rexant-8839" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralniy-marka-a-500g-banka-rexant-7507" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-100ml-flakon-rexant-7503" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-s-kistochkoy-flakon-rexant-7502" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolniy-100ml-flakon-rexant-20899" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-75-500ml-flakon-rexant-20964" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-500ml-flakon-rexant-7499" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rm-keller-20ml-banka-rexant-19007" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rma-keller-20ml-banka-rexant-19008" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-tt-keller-indikatorniy-20ml-banka-rexant-19107" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-75-100ml-flakon-rexant-20898" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalniy-jir-aktivniy-100ml-banka-rexant-21102" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolniy-500ml-flakon-rexant-7399" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalniy-jir-neytralniy-100ml-banka-rexant-21101" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-500ml-flakon-rexant-20900" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-100g-banka-rexant-23711" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-visokotemperaturnoy-payki-pv-209-20g-banka-rexant-26461" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-20g-banka-rexant-7401" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-visokotemperaturnoy-payki-pv-209-100g-banka-rexant-26462" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-fen-demont-payalnik-model-r048k-tsifrovaya-200-480-c-led-displey-rexant-28773" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-seriya-mini-mi08-8vt-230v-100-450-c-zd-927-rexant-2259" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-termofen-model-r858d-termovozdushnaya-tsifrovaya-100-500-c-led-displey-rexant-17766" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-demont-payalnik-model-r048-tsifrovaya-200-480-c-led-displey-rexant-28772" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-seriya-mini-mi10-10vt-230v-100-450-c-rexant-11392" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-termofen-model-r850a-termovozdushnaya-kompressornaya-100-450-c-rexant-17768" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-fen-istochn-pitaniya-model-r5000-tsifrovaya-100-480-c-led-displey-rexant-17767" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-model-r8906-s-tsifrovim-upravleniem-48vt-230v-160-480-c-jk-displey-rexant-8870" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-model-r936a-200-480-c-rexant-17771" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-fen-model-r898d-tsifrovaya-100-480-c-led-displey-rexant-17770" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-fen-model-r852-kompressornaya-100-480-c-rexant-17764" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mnogofunktsionalnaya-tsifrovaya-payalnaya-stantsiya-s-multimetrom-i-jk-displeem-220v-48vt-zd-8901-rexant-4487" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-fen-model-r852ad-100-500-c-led-displey-rexant-17116" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-fen-model-r887d-tsifrovaya-100-480-c-led-displey-rexant-17769" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-model-r936d-200-480-c-led-displey-rexant-17765" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-160-450-s-tsifrovoy-displey-230v-48vt-zd-931-rexant-3857" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-model-r098-48vt-230v-160-480-c-rexant-399" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovaya-termovozdushnaya-payalnaya-stantsiya-220v-160-480-s-zd-939l-rexant-4501" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-model-r099-48vt-230v-160-480-c-rexant-398" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-150-450-s-led-indikatsiya-220v-48-vt-zd-929a-rexant-vivodim-3856" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r100f-300vt-oslash-100mm-200-480-c-bessvintsovaya-rexant-20274" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r150-900vt-150h100h45mm-0-400-c-tsifrovaya-rexant-20279" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r80-300vt-oslash-80mm-200-480-c-rexant-20270" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r38-100vt-oslash-38mm-200-480-c-rexant-20276" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r50-150vt-oslash-50mm-200-480-c-rexant-20273" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r38f-100vt-oslash-38mm-200-480-c-bessvintsovaya-rexant-20272" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r100-300vt-oslash-100mm-200-480-c-rexant-20271" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r80f-250vt-oslash-80mm-200-480-c-bessvintsovaya-rexant-20269" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-classic-25vt-230v-blister-proconnect-4319" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-classic-30vt-230v-blister-proconnect-4320" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-classic-40vt-230v-blister-proconnect-4321" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-classic-60vt-230v-blister-proconnect-4322" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-classic-80vt-230v-blister-proconnect-4489" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-classic-100vt-230v-blister-proconnect-4490" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-master-25vt-230v-blister-rexant-3576" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-master-30vt-230v-blister-rexant-3577" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-profi-25vt-230v-blister-rexant-4063" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-profi-40vt-230v-blister-rexant-4065" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-master-40vt-230v-blister-rexant-3578" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-master-60vt-230v-blister-rexant-3579" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-master-80vt-230v-blister-rexant-3580" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-master-100vt-230v-blister-rexant-3581" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-profi-30vt-230v-blister-rexant-4064" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrejimniy-s-keram-nagrevatelem-seriya-classic-30-130vt-230v-proconnect-4315" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrejimniy-seriya-classic-30-70vt-230v-blister-proconnect-4316" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dvuhrejimniy-s-keram-nagrevatelem-30-70vt-230v-blister-rexant-13104" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrejimniy-seriya-profi-30-70vt-230v-blister-rexant-4061" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrejimniy-s-keram-nagrevatelem-seriya-profi-25-130vt-230v-rexant-4060" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrejimniy-s-keram-nagrevatelem-seriya-master-30-130vt-230v-rexant-212" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrejimniy-seriya-master-30-70vt-230v-blister-rexant-214" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-80vt-230v-blister-rexant-7431" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-25vt-230v-blister-rexant-7427" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-65vt-230v-blister-rexant-7430" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-40vt-230v-blister-rexant-7429" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-100vt-230v-blister-rexant-7432" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pintset-s-keram-nagrevatelem-48vt-220v-korobka-rexant-12666" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-ekstraktorom-pripoya-40vt-230v-blister-rexant-210" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-gorelka-gazoviy-15ml-s-regul-plameni-2-nasadki-blister-rexant-9566" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-tsifrovoy-s-keram-nagrevatelem-65vt-220v-temp-200-500-c-rexant-28774" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-seriya-tochnaya-payka-30vt-230v-blister-rexant-10296" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-jalo-led-podsvetka-40vt-220v-blister-rexant-12667" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-mini-8vt-4-5v-pitanie-ot-3-bat-aa-blister-rexant-3587" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-japan-type-60vt-230v-zapasnoe-jalo-blister-rexant-17445" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-zajimami-krokodil-40vt-12v-blister-rexant-17577" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-gorelka-s-pezopodjigom-gazoviy-17ml-6-nasadok-pripoy-gubka-korobka-rexant-20048" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-gorelka-s-pezopodjigom-gazoviy-17ml-2-nasadki-blister-rexant-20047" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-mini-8vt-5v-pitanie-ot-usb-blister-rexant-4062" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-mini-12v-8vt-bez-bp-blister-rexant-3582" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-so-shtekerom-prikurivatelya-12v-40vt-blister-rexant-6361" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-regulirovkoy-temperaturi-30-50vt-230v-blister-rexant-4066" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-japan-type-60vt-230v-regul-temp-250-500-c-zapasnoe-jalo-blister-rexant-17444" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-25vt-230v-paket-rexant-7076" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-65vt-230v-paket-rexant-7078" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-100vt-230v-paket-rexant-7080" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-80vt-230v-paket-rexant-7079" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-40vt-230v-paket-rexant-7077" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-visokomoschniy-seriya-epsn-keram-ten-300vt-230v-s-derev-ruchkoy-korobka-rexant-11976" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-topor-visokomoschniy-seriya-epsn-200vt-230v-s-derevyannoy-ruchkoy-paket-rexant-7075" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-visokomoschniy-keram-ten-500vt-230v-s-karbolitovoy-ruchkoy-korobka-rexant-11974" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-visokomoschniy-300vt-230v-topor-s-knopkoy-korobka-rexant-9565" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-visokomoschniy-seriya-epsn-keram-ten-200vt-230v-s-derev-ruchkoy-korobka-rexant-11977" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-65vt-230v-blister-proconnect-15786" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-80vt-230v-blister-proconnect-15788" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-25vt-230v-blister-proconnect-15789" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-100vt-230v-blister-proconnect-15787" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-40vt-230v-blister-proconnect-15790" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-25vt-230v-paket-rexant-7071" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-80vt-230v-paket-rexant-7070" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-40vt-230v-paket-rexant-7072" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-65vt-230v-paket-rexant-7073" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-100vt-230v-paket-rexant-7074" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-30vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-40vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-60vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-25vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-80vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-classic-100vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-25vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-comfort-25vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-30vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-60vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-80vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-100vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-master-40vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-comfort-40vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-comfort-30vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-gorelka-gazovyy-15ml-s-regul-plameni-2-nasadki-blister-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-led-podsvetka-40vt-220v-blister-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-regulirovkoy-temperatury-30-50vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-tsifrovoy-s-keram-nagrevatelem-65vt-220v-temp-200-500-c-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dolgovechnoe-zhalo-seriya-tochnaya-payka-30vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pintset-s-keram-nagrevatelem-48vt-220v-korobka-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-japan-type-60vt-230v-zapasnoe-zhalo-blister-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-japan-type-60vt-230v-regul-temp-250-500c-zapasnoe-zhalo-blister-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-gorelka-s-pezopodzhigom-gazovyy-17ml-6-nasadok-pripoy-gubka-korobka-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-mini-12v-8vt-bez-bp-blister-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-mini-8vt-5v-pitanie-ot-usb-blister-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-gorelka-s-pezopodzhigom-gazovyy-17ml-2-nasadki-blister-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-so-shtekerom-prikurivatelya-12v-40vt-blister-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-mini-8vt-4-5v-pitanie-ot-3-bat-aa-blister-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-ekstraktorom-pripoya-40vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-zazhimami-krokodil-40vt-12v-blister-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-seriya-classic-3070vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-s-keram-nagrevatelem-seriya-classic-30-130vt-230v-proconnect" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-dvuhrezhimnyy-s-keram-nagrevatelem-3070vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-seriya-profi-30-70vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-s-keram-nagrevatelem-seriya-profi-25130vt-230v-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-seriya-master-30-70vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-dvuhrezhimnyy-s-keram-nagrevatelem-seriya-master-30130vt-230v-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-vysokomoshchnyy-seriya-epsn-keram-ten-300vt-230v-s-derev-ruchkoy-korobka-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-topor-vysokomoshchnyy-seriya-epsn-200vt-230v-s-derevyannoy-ruchkoy-paket-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-vysokomoshchnyy-300vt-230v-topor-s-knopkoy-podstavka-korobka-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-pistolet-vysokomoshchnyy-keram-ten-500vt-230v-s-karbolitovoy-ruchkoy-korobka-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-vysokomoshchnyy-seriya-epsn-keram-ten-200vt-230v-s-derev-ruchkoy-korobka-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-100vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-85vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-65vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-25vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-wood-40vt-230v-blister-proconnect" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-25vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-40vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-80vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-65vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-derevyannoy-ruchkoy-seriya-epsn-100vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-25vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-80vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-65vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-100vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-keram-nagrevatelem-seriya-epsn-40vt-230v-blister-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-100vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-25vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-65vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-40vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnik-s-plastikovoy-ruchkoy-seriya-epsn-80vt-230v-paket-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-payalnika-nisha-kvadratnaya-gubka-metall-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-pod-payalnik-nisha-kruglaya-gubka-chugun-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-tretya-ruka-master-3-zazhima-lupa-90mm-3h-podstavka-payalnika-stend-pripoya-led-podsvetka-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-payalnika-derzhatel-pripoya-nisha-gubka-metall-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-tretya-ruka-2-zazhima-lupa-90mm-2-5h-2h34mm-podstavka-payalnika-led-podsvetka-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-tretya-ruka-2-zazhima-lupa-90mm-3h-chugun-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-tretya-ruka-2-zazhima-lupa-60mm-2-5h-osnovanie-chugun-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-payalnika-nisha-kvadratnaya-gubka-chugun-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-tretya-ruka-2-zazhima-lupa-85mm-2-5h-podstavka-payalnika-led-podsvetka-chugun-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-tretya-ruka-2-zazhima-lupa-60mm-2-5h-podstavka-payalnika-nisha-gubka-chugun-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-tretya-ruka-2-zazhima-lupa-60mm-3h-osnovanie-chugun-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-payalnika-struzhka-dlya-ochistki-zhala-metall-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-plat-zahvat-do-200h140mm-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-payalnika-listovaya-seriya-mini-metall-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-payalnika-kruglaya-42mm-seriya-mini-karbolit-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-demont-payalnik-model-r048-tsifrovaya-200-480c-led-displey-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-seriya-mini-mi10-10vt-230v-100-450c-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-model-r8906-s-tsifrovym-upravleniem-48vt-230v-160-480c-zhk-displey-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-model-r936a-200-480c-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-termofen-model-r850a-termovozdushnaya-kompressornaya-100-450c-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-model-r936d-200-480c-led-displey-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-termofen-model-r858d-termovozdushnaya-tsifrovaya-100-500c-led-displey-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-fen-model-r852-kompressornaya-100-480c-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-fen-model-r887d-tsifrovaya-100-480c-led-displey-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-fen-model-r898d-tsifrovaya-100-480c-led-displey-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-fen-model-r852ad-100-500c-led-displey-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-fen-istochn-pitaniya-model-r5000-tsifrovaya-100-480c-led-displey-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-seriya-mini-mi08-8vt-230v-100-450c-zd-927-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-model-r098-48vt-230v-160-480c-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovaya-termovozdushnaya-payalnaya-stantsiya-220v160-480s-zd-939l-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-fen-demont-payalnik-model-r048k-tsifrovaya-200-480c-led-displey-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-stantsiya-payalnik-model-r099-48vt-230v-160-480c-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mnogofunktsionalnaya-tsifrovaya-payalnaya-stantsiya-s-multimetrom-i-zhk-displeem-220v-48vt-zd-8901-r" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-16-usb-payalnik-8vt-kusachki-tonkogubtsy-podstavka-pripoy-otvertka-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-15-payalnik-8vt-olovootsos-podstavka-pripoy-otvertka-instrument-dlya-montazha-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-13-payalnik-30vt-podstavka-kanifol-pripoy-bokorezy-tonkogubtsy-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k22-dlya-payki-vspomogatelnyy-derzhatel-tretya-ruka-podstavka-ekstraktor-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-payalnik-s-keramicheskim-nagrevatelem-60vt-220-480c-podstavka-s-gubkoy-nabor-iz-5-zhal-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-payalnik-tsifrovoy-s-keramicheskim-nagrevatelem-65vt-200-500c-podstavka-s-gubkoy-nabor-iz-5-zhal-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k4-dlya-payki-universalnyy-pripoy-kanifol-payalnyy-zhir-flyus-skf-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k5-dlya-payki-universalnyy-pripoy-gubka-kanifol-flyus-skf-flyus-ok-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-5-payalnik-impulsnyy-3070vt-olovootsos-podstavka-pripoy-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-4-payalnik-30vt-olovootsos-podstavka-pripoy-gubka-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-payki-11-payalnik-30vt-podstavka-gubka-dlya-udaleniya-pripoya-kanifol-pripoy-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-vyzhiganiya-dlya-malchikov-vyzhigatel-5-dosok-150h150mm-paket-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzhigatel-nabor-payalnik-vyzhigatel-pirograf-30vt-230v-420-450c-21-nasadka-podstavka-korobka-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzhigatel-nabor-payalnik-vyzhigatel-pirograf-30vt-230v-7-nasadok-podstavka-kistochka-kraski-blister-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzhigatel-pribor-dlya-vyzhiganiya-pirograf-40vt-230v-250-750c-korobka-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzhigatel-nabor-payalnik-vyzhigatel-pirograf-30vt-230v-420-450c-6-nasadok-blister-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-dlya-vyzhiganiya-kormushka-dlya-ptits-vyzhigatel-3d-model-150h150mm-paket-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzhigatel-nabor-payalnik-vyzhigatel-pirograf-3050vt-230v-420-500c-21-nasadka-podstavka-korobka-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/doski-dlya-vyzhiganiya-nabor-1-voin-dinozavr-sobaka-mashina-bez-risunka-148h210mm-a5-5-sht-paket-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/doska-dlya-vyzhiganiya-kormushka-dlya-ptits-3d-model-1-sht-paket-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/doski-dlya-vyzhiganiya-nabor-2-voin-dinozavr-sobaka-mashina-bez-risunka-148h210mm-a5-5-sht-paket-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/doski-dlya-vyzhiganiya-nabor-tvorcheskiy-bez-risunka-148h210mm-a5-5-sht-paket-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kistochka-steklovolokonnaya-dlya-naneseniya-flyusov-3-mm-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-montazhnogo-instrumenta-dlya-payki-rexant-6-predmetov" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vakuumnyy-ekstraktor-pripoya-olovootsos-metallplastik-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vakuumnyy-ekstraktor-pripoya-olovootsos-plastik-prozrachno-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vakuumnyy-ekstraktor-pripoya-olovootsos-plastik-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vakuumnyy-ekstraktor-pripoya-olovootsos-metall-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antistaticheskiy-braslet-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kovrik-antistaticheskiy-termostoykiy-329h208h2-6-mm-chernyy" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-vyzhigatelnoe-igla-dlya-12-0142-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-konus-bolshoy-0-5mm-blister-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-skoshennyy-malyy-2-0mm-blister-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-skoshennyy-bolshoy-4-0mm-blister-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-mednoe-epsn-7-8mm-tip-ploskiy-blister-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-dolgovechnoe-80vt-6-8mm-tip-konus-blister-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-dolgovechnoe-100vt-7-8mm-tip-konus-blister-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-mednoe-epsn-6-8mm-tip-ploskiy-blister-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-ploskiy-bolshoy-4-0mm-blister-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-dolgovechnoe-25-30-i-40vt-4-8mm-tip-konus-blister-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-mednoe-epsn-5-8mm-tip-ploskiy-blister-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-mednoe-epsn-4-8mm-tip-ploskiy-blister-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-toporik-5-0mm-blister-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-impulsnogo-payalnika-dolgovechnoe-7-1mm-tip-konus-blister-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-impulsnogo-payalnika-dolgovechnoe-3-8mm-tip-konus-blister-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-mednoe-epsn-3-8mm-tip-ploskiy-blister-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-konus-malyy-0-2mm-blister-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-serii-900m-4-3mm-tip-ploskiy-malyy-1-6mm-blister-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhalo-dlya-payalnika-dolgovechnoe-60vt-5-8mm-tip-konus-blister-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-1m-0-8mm-olovo-61-svinets-39-spiral-konvert-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-1m-1-5mm-olovo-61-svinets-39-spiral-konvert-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-2mm-olovo-60-svinets-40-katushka-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-2mm-olovo-60-svinets-40-katushka-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-3mm-olovo-60-svinets-40-katushka-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-40-10g-1mm-olovo-40-svinets-60-kolba-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-1mm-olovo-60-svinets-40-katushka-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-1mm-olovo-60-svinets-40-katushka-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-10g-1mm-olovo-61-svinets-39-kolba-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-0-8mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-1mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-2mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-100g-0-5mm-olovo-60-svinets-40-katushka-blister-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1m-0-8mm-olovo-60-svinets-40-spiral-blister-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1m-1mm-olovo-60-svinets-40-spiral-blister-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1m-2mm-olovo-60-svinets-40-spiral-blister-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-3mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-30-10g-1mm-olovo-30-svinets-70-kolba-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-90-10g-1mm-olovo-90-svinets-10-kolba-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-20g-2mm-olovo-60-svinets-40-kolba-karandash-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-1000g-1mm-olovo-60-svinets-40-katushka-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-100g-1mm-olovo-60-svinets-40-katushka-blister-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-0-6mm-olovo-60-svinets-40-katushka-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-20g-1mm-olovo-60-svinets-40-kolba-karandash-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-500g-0-8mm-olovo-60-svinets-40-katushka-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-100g-1-5mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-100g-2mm-olovo-60-svinets-40-katushka-blister-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-pos-61-1m-1mm-olovo-61-svinets-39-spiral-konvert-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-s-kanifolyu-250g-0-8mm-olovo-60-svinets-40-katushka-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-90-8mm-dlina-400mm-gost-21931-76-olovo-90-svinets-10-upak-1-sht-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-40-10g-1mm-olovo-40-svinets-60-kolba-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-30-8mm-dlina-400mm-gost-21931-76-olovo-30-svinets-70-upak-5-kg-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-40-8mm-dlina-400mm-gost-21931-76-olovo-40-svinets-60-upak-5-kg-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-61-8mm-dlina-400mm-gost-21931-76-olovo-61-svinets-39-upak-5-kg-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-90-8mm-dlina-400mm-gost-21931-76-olovo-90-svinets-10-upak-5-kg-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-100g-1mm-olovo-95-surma-5-bessvintsovyy-gost-21931-76-katushka-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-500g-2mm-olovo-95-surma-5-bessvintsovyy-gost-21931-76-katushka-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-splav-roze-50g-olovo-25-svinets-25-vismut-50-banochka-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-0-8mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-1mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-1-5mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-2mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-100g-3mm-olovo-61-svinets-39-katushka-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-splav-vuda-50g-olovo-12-5-svinets-25-vismut-50-kadmiy-12-5-banochka-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-30-8mm-dlina-400mm-gost-21931-76-olovo-30-svinets-70-upak-1-sht-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-40-8mm-dlina-400mm-gost-21931-76-olovo-40-svinets-60-upak-1-sht-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-prutok-pos-61-8mm-dlina-400mm-gost-21931-76-olovo-61-svinets-39-upak-1-sht-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-30-10g-1mm-olovo-30-svinets-70-kolba-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-90-10g-1mm-olovo-90-svinets-10-kolba-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-posu-95-5-100g-2mm-olovo-95-surma-5-bessvintsovyy-gost-21931-76-katushka-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-100g-2mm-olovo-97-med-3-bessvintsovyy-gost-21931-76-katushka-rexant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-500g-2mm-olovo-97-med-3-bessvintsovyy-gost-21931-76-katushka-rexant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-bez-kanifoli-pos-61-10g-1mm-olovo-61-svinets-39-kolba-rexant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pom-3-100g-1mm-olovo-97-med-3-bessvintsovyy-gost-21931-76-katushka-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pripoy-pasta-payalnaya-pasta-35gr-olovo-63-svinets-37-banochka" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k3-dlya-payki-tverdyy-flyus-kanifol-flyus-bura-payalnyy-zhir-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-38n-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-neytralnyy-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rm-keller-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-100g-banka-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-s-kistochkoy-flakon-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-s-kistochkoy-flakon-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-10g-banka-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k2-dlya-payki-zhidkiy-flyus-flyus-pk-flyus-skf-flyus-lti-120-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rma-keller-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-tt-keller-indikatornyy-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-75-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-75-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-neytralnyy-100ml-banka-rexant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-aktivnyy-100ml-banka-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-vysokotemperaturnoy-payki-pv-209-20g-banka-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-fim-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-zil-2-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-tags-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-k1-dlya-payki-universalnyy-pripoy-flyus-pk-flyus-skf-kanifol-mednaya-opletka-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-61a-payka-alyuminiya-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-20g-banka-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-vysokotemperaturnoy-payki-pv-209-100g-banka-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-75-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-aktivnyy-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-20g-banka-rexant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-100g-banka-rexant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-s-kistochkoy-flakon-rexant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-500g-banka-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-f-61a-payka-alyuminiya-30ml-flakon-blister-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rm-keller-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-tt-keller-indikatornyy-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payalnaya-kislota-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-aktivnyy-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-bga-i-smd-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-payka-alyuminiya-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-blister-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-s-kistochkoy-flakon-blister-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-blister-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-kislota-ortofosfornaya-30ml-paket-rexant" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-pasta-tr-rma-keller-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kanifol-sosnovaya-flyus-neytralnyy-marka-a-20g-blister-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-lti-120-30ml-s-kistochkoy-flakon-blister-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-aktivnyy-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-bura-20g-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnyy-zhir-neytralnyy-20ml-banka-blister-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-skf-spirto-kanifolnyy-30ml-blister-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-dlya-payki-payalnaya-kislota-30ml-s-kistochkoy-flakon-blister-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/flyus-gel-dlya-payki-kanifol-gel-aktiv-12ml-tehno-shprits-blister-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-0mm-x-1-5m-dispenser-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-5mm-x-1-5m-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-3-0mm-x-1-5m-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-2-5mm-x-1-5m-dispenser-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-3-0mm-x-1-5m-dispenser-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-2-5mm-x-1-5m-rexant" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-5mm-x-1-5m-dispenser-rexant" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/opletka-dlya-udaleniya-pripoya-mednaya-1-0mm-x-1-5m-rexant" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gubka-dlya-ochistki-payalnogo-zhala-93x50-mm-rexant" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gubka-dlya-ochistki-payalnogo-zhala-56x36-mm-rexant" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gubka-dlya-ochistki-payalnogo-zhala-70x40-mm-rexant" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-2-30g-banochka-rexant" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kulerov-ventilyatorov-sx-1-2ml-shprits-salfetki-nakleyki-blister-rexant" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalnyy-100ml-flakon-absolyutirovannyy-99-7-rexant" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalnyy-1l-flakon-absolyutirovannyy-99-7-rexant" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-antifriktsionnaya-tsiatim-201-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maslo-bytovoe-smazochnoe-100ml-maslenka-rexant" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-termostoykaya-model-221-do-350c-2ml-shprits-rexant" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-3-30g-banochka-rexant" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-grafitovaya-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-2-100g-banochka-rexant" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-rastvoritel-ochistitel-kalosha-100ml-nefras-s2-80120-flakon-rexant" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-1-100g-banochka-rexant" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kulerov-ventilyatorov-sx-3-2ml-shprits-salfetki-nakleyki-blister-rexant" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-zhelezo-bezvodnoe-250g-banka-rexant" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-3-100g-banochka-rexant" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-rastvoritel-ochistitel-kalosha-500ml-nefras-s2-80120-flakon-rexant" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lak-elektroizolyatsionnyy-ko-921-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-100-polimetilsiloksan-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-200-polimetilsiloksan-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-1000-polimetilsiloksan-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-1000-polimetilsiloksan-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-60000-polimetilsiloksan-2ml-shprits-dempfernoe-rexant" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-1-30g-banochka-rexant" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-zhelezo-bezvodnoe-1000g-banka-rexant" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lak-elektroizolyatsionnyy-ko-921-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-100-polimetilsiloksan-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-zhelezo-6-ti-vodnoe-250g-banka-rexant" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-zhelezo-6-ti-vodnoe-1000g-banka-rexant" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-200-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-4-100g-banochka-rexant" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-100-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-400-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-1000-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/glitserin-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vazelin-tehnicheskiy-vtv-1-20ml-banka-rexant" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-5-polimetilsiloksan-15ml-nosik-kapelnitsa-rexant" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-rastvoritel-ochistitel-kalosha-1l-nefras-s2-80120-flakon-rexant" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalnyy-200ml-flakon-s-raspylitelem-absolyutirovannyy-99-7-rexant" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalnyy-5l-kanistra-absolyutirovannyy-99-7-rexant" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-10000-polimetilsiloksan-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/hlornoe-zhelezo-bezvodnoe-100g-banka-rexant" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-10000-polimetilsiloksan-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-60000-polimetilsiloksan-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/glitserin-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vazelin-tehnicheskiy-vtv-1-100ml-banka-rexant" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-dlya-kulerov-ventilyatorov-sx-2-2ml-shprits-salfetki-nakleyki-blister-rexant" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zhidkoe-olovo-himicheskoe-luzhenie-plat-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-goi-polirovalnaya-4-30g-banochka-rexant" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-teploprovodnaya-kpt-8-2ml-shprits-rexant" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-200-polimetilsiloksan-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-60000-polimetilsiloksan-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pasta-teploprovodnaya-kpt-8-5ml-shprits-rexant" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompaund-silikonovyy-pk-68-100g-dvuhkomponentnyy-prozrachnyy-rexant" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-5-polimetilsiloksan-100ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/silikonovoe-maslo-pms-5-polimetilsiloksan-500ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sredstvo-dlya-remonta-plastika-holodnaya-svarka-30ml-flakon-rexant" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-silikonovaya-mnogotselevaya-400ml-aerozol" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-dust-off-520ml-400ml-aerozol-kranz" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sredstvo-dlya-udaleniya-nakleek-label-off-210ml-150ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/smazka-kontaktov-kontakt-61-520ml-400ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-pechatnyh-plat-flux-off-520-ml-400ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-obezzhirivatel-degreaser-520ml-400ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-szhatyy-vozduh-dust-off-520ml-230ml-aerozol-invertornyy-rexant" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-szhatyy-vozduh-dust-off-520ml-400ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pnevmaticheskiy-ochistitel-szhatyy-vozduh-dust-off-1000ml-720ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ochistitel-universalnyy-cleaner-520ml-400ml-aerozol-rexant" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/aerozol-ohladitel-freezer-520ml-400ml-rexant" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-200x200x1-5-mm-3500-35-mkm-rexant" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-100x100x1-5-mm-3500-35-mkm-rexant" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-100x150x1-5-mm-3500-35-mkm-rexant" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-100x200x1-5-mm-3500-35-mkm-rexant" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/steklotekstolit-1-storonniy-200x300x1-5-mm-3500-35-mkm-rexant" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r38f-100vt-38mm-200-480-c-bessvintsovaya-rexant" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r80-250vt-80mm-200-480-c-rexant" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r100-300vt-100mm-200-480-c-rexant" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r150-900vt-150h100h45mm-0-400-c-tsifrovaya-rexant" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r50-150vt-50mm-200-480-c-rexant" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r38-100vt-38mm-200-480-c-rexant" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/payalnaya-vanna-model-r80f-250vt-80mm-200-480-c-bessvintsovaya-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I385"/>
+  <dimension ref="A1:I378"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -2769,11083 +2727,10873 @@
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="B4" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B4" s="2"/>
+      <c r="C4" s="2"/>
+      <c r="D4" s="2"/>
+      <c r="E4" s="2"/>
+      <c r="F4" s="2"/>
+      <c r="G4" s="2"/>
+      <c r="H4" s="2"/>
+      <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>675</v>
+        <v>345.85</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>2692</v>
+        <v>2697</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" s="3">
-        <v>225</v>
+        <v>372.96</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>4549</v>
+        <v>2813</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="3">
-        <v>466.06</v>
+        <v>400.6</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>2723</v>
+        <v>16055</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>115.64</v>
+        <v>312.69</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>1464</v>
+        <v>3645</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>458.64</v>
+        <v>663.22</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>3287</v>
+        <v>1850</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>219</v>
+        <v>689.42</v>
       </c>
       <c r="D10" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>3187</v>
+        <v>5668</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B11" s="3" t="s">
+      <c r="C11" s="3">
+        <v>533.93</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="3">
+        <v>1364</v>
+      </c>
+      <c r="G11" s="3">
+        <v>1</v>
+      </c>
+      <c r="H11" s="3">
+        <v>100</v>
+      </c>
+      <c r="I11" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="C11" s="3">
-[...22 lines deleted...]
-      <c r="A12" s="2" t="s">
+      <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B12" s="2"/>
-[...6 lines deleted...]
-      <c r="I12" s="2"/>
+      <c r="C12" s="3">
+        <v>812.58</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F12" s="3">
+        <v>334</v>
+      </c>
+      <c r="G12" s="3">
+        <v>1</v>
+      </c>
+      <c r="H12" s="3">
+        <v>50</v>
+      </c>
+      <c r="I12" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>347.97</v>
+        <v>549.18</v>
       </c>
       <c r="D13" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>1037</v>
+        <v>2678</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>328.97</v>
+        <v>710.88</v>
       </c>
       <c r="D14" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>887</v>
+        <v>2763</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>600</v>
+        <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>188.09</v>
+        <v>833.94</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>986</v>
+        <v>477</v>
       </c>
       <c r="G15" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>229.06</v>
+        <v>1005.81</v>
       </c>
       <c r="D16" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>939</v>
+        <v>386</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>155</v>
+        <v>579.69</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>2279</v>
+        <v>2438</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>399</v>
+        <v>1260.06</v>
       </c>
       <c r="D18" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>658</v>
+        <v>3508</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>331.39</v>
+        <v>914.28</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>1205</v>
+        <v>9546</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A20" s="3" t="s">
+      <c r="A20" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B20" s="2"/>
+      <c r="C20" s="2"/>
+      <c r="D20" s="2"/>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
+      <c r="H20" s="2"/>
+      <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>347.97</v>
+        <v>2008.02</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>2075</v>
+        <v>577</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>1000</v>
+        <v>72</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>223</v>
+        <v>812.58</v>
       </c>
       <c r="D22" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>1091</v>
+        <v>353</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>246.2</v>
+        <v>1933.72</v>
       </c>
       <c r="D23" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>2655</v>
+        <v>1405</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>374.43</v>
+        <v>2699.35</v>
       </c>
       <c r="D24" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>478</v>
+        <v>294</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>331.39</v>
+        <v>880.21</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>1120</v>
+        <v>825</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>195.97</v>
+        <v>1439.06</v>
       </c>
       <c r="D26" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>1808</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3">
-        <v>347.97</v>
+        <v>1871.64</v>
       </c>
       <c r="D27" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>845</v>
+        <v>1544</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>1000</v>
+        <v>60</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3">
-        <v>331.39</v>
+        <v>1921.06</v>
       </c>
       <c r="D28" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>1098</v>
+        <v>1242</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>1000</v>
+        <v>60</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>239.86</v>
+        <v>3880.28</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>627</v>
+        <v>714</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>1000</v>
+        <v>40</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3">
-        <v>328.97</v>
+        <v>355.95</v>
       </c>
       <c r="D30" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>833</v>
+        <v>895</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B31" s="3" t="s">
+      <c r="C31" s="3">
+        <v>1194.85</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F31" s="3">
+        <v>433</v>
+      </c>
+      <c r="G31" s="3">
+        <v>1</v>
+      </c>
+      <c r="H31" s="3">
+        <v>50</v>
+      </c>
+      <c r="I31" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="C31" s="3">
-[...22 lines deleted...]
-      <c r="A32" s="2" t="s">
+      <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B32" s="2"/>
-[...6 lines deleted...]
-      <c r="I32" s="2"/>
+      <c r="C32" s="3">
+        <v>2847.6</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" s="3">
+        <v>222</v>
+      </c>
+      <c r="G32" s="3">
+        <v>1</v>
+      </c>
+      <c r="H32" s="3">
+        <v>48</v>
+      </c>
+      <c r="I32" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A33" s="2" t="s">
+      <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="B33" s="2"/>
-[...6 lines deleted...]
-      <c r="I33" s="2"/>
+      <c r="B33" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C33" s="3">
+        <v>762.75</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F33" s="3">
+        <v>777</v>
+      </c>
+      <c r="G33" s="3">
+        <v>1</v>
+      </c>
+      <c r="H33" s="3">
+        <v>100</v>
+      </c>
+      <c r="I33" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>302.04</v>
+        <v>820.36</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>1140</v>
+        <v>264</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>209.72</v>
+        <v>627.19</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>2580</v>
+        <v>293</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>145</v>
+        <v>762.75</v>
       </c>
       <c r="D36" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>3312</v>
+        <v>469</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A37" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B37" s="3" t="s">
+      <c r="A37" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="C37" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B37" s="2"/>
+      <c r="C37" s="2"/>
+      <c r="D37" s="2"/>
+      <c r="E37" s="2"/>
+      <c r="F37" s="2"/>
+      <c r="G37" s="2"/>
+      <c r="H37" s="2"/>
+      <c r="I37" s="2"/>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C38" s="3">
-        <v>250.61</v>
+        <v>468.54</v>
       </c>
       <c r="D38" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>1909</v>
+        <v>714</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C39" s="3">
-        <v>275.66</v>
+        <v>537.99</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>587</v>
+        <v>513</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C40" s="3">
-        <v>238.18</v>
+        <v>1431.02</v>
       </c>
       <c r="D40" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>300</v>
+        <v>437</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>200</v>
+        <v>48</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C41" s="3">
-        <v>234.02</v>
+        <v>792.24</v>
       </c>
       <c r="D41" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>13100</v>
+        <v>679</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A42" s="2" t="s">
+      <c r="A42" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="B42" s="2"/>
-[...6 lines deleted...]
-      <c r="I42" s="2"/>
+      <c r="B42" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="C42" s="3">
+        <v>1066.66</v>
+      </c>
+      <c r="D42" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F42" s="3">
+        <v>551</v>
+      </c>
+      <c r="G42" s="3">
+        <v>1</v>
+      </c>
+      <c r="H42" s="3">
+        <v>50</v>
+      </c>
+      <c r="I42" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C43" s="3">
-        <v>1050.05</v>
+        <v>901.79</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>281</v>
+        <v>913</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C44" s="3">
-        <v>157.68</v>
+        <v>1087.43</v>
       </c>
       <c r="D44" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>1263</v>
+        <v>1077</v>
       </c>
       <c r="G44" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A45" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B45" s="3" t="s">
+      <c r="A45" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="C45" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B45" s="2"/>
+      <c r="C45" s="2"/>
+      <c r="D45" s="2"/>
+      <c r="E45" s="2"/>
+      <c r="F45" s="2"/>
+      <c r="G45" s="2"/>
+      <c r="H45" s="2"/>
+      <c r="I45" s="2"/>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C46" s="3">
-        <v>139</v>
+        <v>2378.76</v>
       </c>
       <c r="D46" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>4638</v>
+        <v>244</v>
       </c>
       <c r="G46" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>360</v>
+        <v>25</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C47" s="3">
-        <v>155.5</v>
+        <v>4473.78</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>92</v>
+        <v>395</v>
       </c>
       <c r="G47" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>900</v>
+        <v>20</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C48" s="3">
-        <v>3269.29</v>
+        <v>6941.63</v>
       </c>
       <c r="D48" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>48</v>
+        <v>287</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C49" s="3">
-        <v>419</v>
+        <v>3355.08</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>119</v>
+        <v>156</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="I49" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C50" s="3">
-        <v>124.66</v>
+        <v>1626.18</v>
       </c>
       <c r="D50" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>2610</v>
+        <v>949</v>
       </c>
       <c r="G50" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>350</v>
+        <v>50</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A51" s="3" t="s">
+      <c r="A51" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B51" s="2"/>
+      <c r="C51" s="2"/>
+      <c r="D51" s="2"/>
+      <c r="E51" s="2"/>
+      <c r="F51" s="2"/>
+      <c r="G51" s="2"/>
+      <c r="H51" s="2"/>
+      <c r="I51" s="2"/>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>96.94</v>
+        <v>537.99</v>
       </c>
       <c r="D52" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>509</v>
+        <v>223</v>
       </c>
       <c r="G52" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="3">
-        <v>146</v>
+        <v>476.97</v>
       </c>
       <c r="D53" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F53" s="3">
-        <v>804</v>
+        <v>396</v>
       </c>
       <c r="G53" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>360</v>
+        <v>100</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="3">
-        <v>239</v>
+        <v>405.78</v>
       </c>
       <c r="D54" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>301</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3">
-        <v>259</v>
+        <v>283.74</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>200</v>
+        <v>1763</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>259</v>
+        <v>324.42</v>
       </c>
       <c r="D56" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>194</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="B57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="3">
-        <v>3152.49</v>
+        <v>253.23</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>105</v>
+        <v>5505</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B58" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="3">
-        <v>219.11</v>
+        <v>286.79</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>745</v>
+        <v>15669</v>
       </c>
       <c r="G58" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B59" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="3">
-        <v>816.45</v>
+        <v>432.23</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>16</v>
+        <v>11224</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>140</v>
+        <v>100</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="3">
-        <v>153.01</v>
+        <v>334.59</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>954</v>
+        <v>8250</v>
       </c>
       <c r="G60" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B61" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="B61" s="3" t="s">
+      <c r="C61" s="3">
+        <v>437.31</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F61" s="3">
+        <v>11557</v>
+      </c>
+      <c r="G61" s="3">
+        <v>1</v>
+      </c>
+      <c r="H61" s="3">
+        <v>100</v>
+      </c>
+      <c r="I61" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A62" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="C61" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B62" s="2"/>
+      <c r="C62" s="2"/>
+      <c r="D62" s="2"/>
+      <c r="E62" s="2"/>
+      <c r="F62" s="2"/>
+      <c r="G62" s="2"/>
+      <c r="H62" s="2"/>
+      <c r="I62" s="2"/>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C63" s="3">
-        <v>886.53</v>
+        <v>944.79</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>752</v>
+        <v>964</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C64" s="3">
-        <v>279</v>
+        <v>965.18</v>
       </c>
       <c r="D64" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>2833</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C65" s="3">
-        <v>91</v>
+        <v>1534.65</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>1962</v>
+        <v>473</v>
       </c>
       <c r="G65" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>420</v>
+        <v>100</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C66" s="3">
-        <v>110.66</v>
+        <v>1931.28</v>
       </c>
       <c r="D66" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>611</v>
+        <v>0</v>
       </c>
       <c r="G66" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>350</v>
+        <v>100</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="C67" s="3">
+        <v>1249.89</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F67" s="3">
+        <v>520</v>
+      </c>
+      <c r="G67" s="3">
+        <v>1</v>
+      </c>
+      <c r="H67" s="3">
+        <v>100</v>
+      </c>
+      <c r="I67" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A68" s="2" t="s">
         <v>135</v>
       </c>
-      <c r="B67" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B68" s="2"/>
+      <c r="C68" s="2"/>
+      <c r="D68" s="2"/>
+      <c r="E68" s="2"/>
+      <c r="F68" s="2"/>
+      <c r="G68" s="2"/>
+      <c r="H68" s="2"/>
+      <c r="I68" s="2"/>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="C69" s="3">
-        <v>219.11</v>
+        <v>437.31</v>
       </c>
       <c r="D69" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>235</v>
+        <v>0</v>
       </c>
       <c r="G69" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C70" s="3">
-        <v>259</v>
+        <v>253.23</v>
       </c>
       <c r="D70" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>242</v>
+        <v>0</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C71" s="3">
-        <v>259</v>
+        <v>334.59</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>540</v>
+        <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C72" s="3">
-        <v>197.39</v>
+        <v>286.79</v>
       </c>
       <c r="D72" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>1199</v>
+        <v>2540</v>
       </c>
       <c r="G72" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>210</v>
+        <v>100</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="C73" s="3">
-        <v>153.01</v>
+        <v>432.84</v>
       </c>
       <c r="D73" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>468</v>
+        <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A74" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A74" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="B74" s="2"/>
+      <c r="C74" s="2"/>
+      <c r="D74" s="2"/>
+      <c r="E74" s="2"/>
+      <c r="F74" s="2"/>
+      <c r="G74" s="2"/>
+      <c r="H74" s="2"/>
+      <c r="I74" s="2"/>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="C75" s="3">
-        <v>3375.57</v>
+        <v>324.42</v>
       </c>
       <c r="D75" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>11</v>
+        <v>550</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="C76" s="3">
-        <v>524.44</v>
+        <v>802.41</v>
       </c>
       <c r="D76" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>420</v>
+        <v>52</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="C77" s="3">
-        <v>826.59</v>
+        <v>3355.08</v>
       </c>
       <c r="D77" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>268</v>
+        <v>283</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>140</v>
+        <v>4</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="C78" s="3">
-        <v>921.56</v>
+        <v>1249.89</v>
       </c>
       <c r="D78" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>116</v>
+        <v>318</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="C79" s="3">
-        <v>3629</v>
+        <v>1554.99</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>984</v>
+        <v>2203</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="C80" s="3">
-        <v>699</v>
+        <v>1321.08</v>
       </c>
       <c r="D80" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>65</v>
+        <v>759</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>140</v>
+        <v>20</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="C81" s="3">
-        <v>2799</v>
+        <v>680.37</v>
       </c>
       <c r="D81" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F81" s="3">
+        <v>1</v>
+      </c>
+      <c r="G81" s="3">
+        <v>1</v>
+      </c>
+      <c r="H81" s="3">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="C82" s="3">
-        <v>269</v>
+        <v>812.58</v>
       </c>
       <c r="D82" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>249</v>
+        <v>484</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="C83" s="3">
-        <v>215.31</v>
+        <v>1697.37</v>
       </c>
       <c r="D83" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>592</v>
+        <v>2941</v>
       </c>
       <c r="G83" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="C84" s="3">
-        <v>259</v>
+        <v>1553.59</v>
       </c>
       <c r="D84" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F84" s="3">
-        <v>299</v>
+        <v>2178</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>150</v>
+        <v>20</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="C85" s="3">
-        <v>701.57</v>
+        <v>680.37</v>
       </c>
       <c r="D85" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>63</v>
+        <v>1405</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>140</v>
+        <v>20</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="C86" s="3">
-        <v>953.59</v>
+        <v>1473.63</v>
       </c>
       <c r="D86" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F86" s="3">
-        <v>141</v>
+        <v>268</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>140</v>
+        <v>20</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="C87" s="3">
-        <v>279</v>
+        <v>975.3</v>
       </c>
       <c r="D87" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>353</v>
+        <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="C88" s="3">
-        <v>189</v>
+        <v>58.99</v>
       </c>
       <c r="D88" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F88" s="3">
-        <v>307</v>
+        <v>214</v>
       </c>
       <c r="G88" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>120</v>
+        <v>800</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="C89" s="3">
-        <v>317.01</v>
+        <v>84.71</v>
       </c>
       <c r="D89" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>74</v>
+        <v>1565</v>
       </c>
       <c r="G89" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H89" s="3">
-        <v>80</v>
+        <v>500</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A90" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A90" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="B90" s="2"/>
+      <c r="C90" s="2"/>
+      <c r="D90" s="2"/>
+      <c r="E90" s="2"/>
+      <c r="F90" s="2"/>
+      <c r="G90" s="2"/>
+      <c r="H90" s="2"/>
+      <c r="I90" s="2"/>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="C91" s="3">
-        <v>826.59</v>
+        <v>21457.68</v>
       </c>
       <c r="D91" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>182</v>
+        <v>154</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>140</v>
+        <v>4</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="C92" s="3">
-        <v>315</v>
+        <v>2134.68</v>
       </c>
       <c r="D92" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>605</v>
+        <v>17</v>
       </c>
       <c r="G92" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>260</v>
+        <v>20</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="C93" s="3">
-        <v>139</v>
+        <v>3558.48</v>
       </c>
       <c r="D93" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>938</v>
+        <v>81</v>
       </c>
       <c r="G93" s="3">
+        <v>1</v>
+      </c>
+      <c r="H93" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="C94" s="3">
-        <v>409</v>
+        <v>3049.98</v>
       </c>
       <c r="D94" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>398</v>
+        <v>252</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="C95" s="3">
-        <v>3152.49</v>
+        <v>7012.21</v>
       </c>
       <c r="D95" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>58</v>
+        <v>130</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="C96" s="3">
-        <v>3152.49</v>
+        <v>3904.26</v>
       </c>
       <c r="D96" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>266</v>
+        <v>135</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="C97" s="3">
-        <v>290.83</v>
+        <v>6945.09</v>
       </c>
       <c r="D97" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>2660</v>
+        <v>140</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>120</v>
+        <v>12</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="C98" s="3">
-        <v>1179</v>
+        <v>9447.93</v>
       </c>
       <c r="D98" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>57</v>
+        <v>139</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="I98" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="C99" s="3">
-        <v>502.25</v>
+        <v>19170.45</v>
       </c>
       <c r="D99" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>3443</v>
+        <v>145</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A100" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I100" s="2"/>
+      <c r="A100" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="B100" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="C100" s="3">
+        <v>9887.27</v>
+      </c>
+      <c r="D100" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F100" s="3">
+        <v>246</v>
+      </c>
+      <c r="G100" s="3">
+        <v>1</v>
+      </c>
+      <c r="H100" s="3">
+        <v>8</v>
+      </c>
+      <c r="I100" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="C101" s="3">
-        <v>329</v>
+        <v>10161.86</v>
       </c>
       <c r="D101" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F101" s="3">
-        <v>797</v>
+        <v>86</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="C102" s="3">
-        <v>265</v>
+        <v>15650.61</v>
       </c>
       <c r="D102" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>2113</v>
+        <v>95</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="C103" s="3">
-        <v>442.68</v>
+        <v>2541.48</v>
       </c>
       <c r="D103" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F103" s="3">
-        <v>395</v>
+        <v>540</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="C104" s="3">
-        <v>369</v>
+        <v>2643.18</v>
       </c>
       <c r="D104" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>175</v>
+        <v>473</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="C105" s="3">
-        <v>295</v>
+        <v>11898.9</v>
       </c>
       <c r="D105" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F105" s="3">
-        <v>881</v>
+        <v>12</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="C106" s="3">
-        <v>609</v>
+        <v>31805.66</v>
       </c>
       <c r="D106" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F106" s="3">
-        <v>1757</v>
+        <v>164</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="C107" s="3">
-        <v>325.88</v>
+        <v>2440.8</v>
       </c>
       <c r="D107" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>2114</v>
+        <v>132</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="C108" s="3">
-        <v>421.6</v>
+        <v>17052.04</v>
       </c>
       <c r="D108" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F108" s="3">
-        <v>6422</v>
+        <v>4</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A109" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A109" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="B109" s="2"/>
+      <c r="C109" s="2"/>
+      <c r="D109" s="2"/>
+      <c r="E109" s="2"/>
+      <c r="F109" s="2"/>
+      <c r="G109" s="2"/>
+      <c r="H109" s="2"/>
+      <c r="I109" s="2"/>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="C110" s="3">
-        <v>435</v>
+        <v>2960.36</v>
       </c>
       <c r="D110" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F110" s="3">
-        <v>1318</v>
+        <v>193</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I110" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A111" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I111" s="2"/>
+      <c r="A111" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="B111" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="C111" s="3">
+        <v>2789.51</v>
+      </c>
+      <c r="D111" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F111" s="3">
+        <v>226</v>
+      </c>
+      <c r="G111" s="3">
+        <v>1</v>
+      </c>
+      <c r="H111" s="3">
+        <v>20</v>
+      </c>
+      <c r="I111" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="C112" s="3">
-        <v>209</v>
+        <v>2022.53</v>
       </c>
       <c r="D112" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F112" s="3">
-        <v>4026</v>
+        <v>512</v>
       </c>
       <c r="G112" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>3000</v>
+        <v>40</v>
       </c>
       <c r="I112" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="C113" s="3">
-        <v>149</v>
+        <v>1364.86</v>
       </c>
       <c r="D113" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>14</v>
+        <v>223</v>
       </c>
       <c r="F113" s="3">
-        <v>3275</v>
+        <v>30</v>
       </c>
       <c r="G113" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>4000</v>
+        <v>30</v>
       </c>
       <c r="I113" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="B114" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="C114" s="3">
+        <v>2582.05</v>
+      </c>
+      <c r="D114" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F114" s="3">
+        <v>1241</v>
+      </c>
+      <c r="G114" s="3">
+        <v>1</v>
+      </c>
+      <c r="H114" s="3">
+        <v>50</v>
+      </c>
+      <c r="I114" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A115" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="B115" s="3" t="s">
         <v>227</v>
       </c>
-      <c r="B114" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I115" s="2"/>
+      <c r="C115" s="3">
+        <v>3347.24</v>
+      </c>
+      <c r="D115" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F115" s="3">
+        <v>1572</v>
+      </c>
+      <c r="G115" s="3">
+        <v>1</v>
+      </c>
+      <c r="H115" s="3">
+        <v>50</v>
+      </c>
+      <c r="I115" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="C116" s="3">
-        <v>407.64</v>
+        <v>473.96</v>
       </c>
       <c r="D116" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>14</v>
+        <v>223</v>
       </c>
       <c r="F116" s="3">
-        <v>236</v>
+        <v>88</v>
       </c>
       <c r="G116" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>180</v>
+        <v>30</v>
       </c>
       <c r="I116" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="C117" s="3">
-        <v>197.39</v>
+        <v>652.14</v>
       </c>
       <c r="D117" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>14</v>
+        <v>223</v>
       </c>
       <c r="F117" s="3">
-        <v>152</v>
+        <v>65</v>
       </c>
       <c r="G117" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>360</v>
+        <v>30</v>
       </c>
       <c r="I117" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="C118" s="3">
-        <v>1179</v>
+        <v>1788.9</v>
       </c>
       <c r="D118" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F118" s="3">
-        <v>222</v>
+        <v>780</v>
       </c>
       <c r="G118" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="I118" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C119" s="3">
-        <v>785</v>
+        <v>1107.51</v>
       </c>
       <c r="D119" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F119" s="3">
-        <v>92</v>
+        <v>281</v>
       </c>
       <c r="G119" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>110</v>
+        <v>20</v>
       </c>
       <c r="I119" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="C120" s="3">
-        <v>295.51</v>
+        <v>1046.49</v>
       </c>
       <c r="D120" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F120" s="3">
-        <v>240</v>
+        <v>59</v>
       </c>
       <c r="G120" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H120" s="3">
-        <v>280</v>
+        <v>40</v>
       </c>
       <c r="I120" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="2" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="B121" s="2"/>
       <c r="C121" s="2"/>
       <c r="D121" s="2"/>
       <c r="E121" s="2"/>
       <c r="F121" s="2"/>
       <c r="G121" s="2"/>
       <c r="H121" s="2"/>
       <c r="I121" s="2"/>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="C122" s="3">
-        <v>3299</v>
+        <v>6983.36</v>
       </c>
       <c r="D122" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F122" s="3">
-        <v>913</v>
+        <v>2</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="C123" s="3">
-        <v>1529</v>
+        <v>1728.9</v>
       </c>
       <c r="D123" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F123" s="3">
-        <v>3264</v>
+        <v>472</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="C124" s="3">
-        <v>959</v>
+        <v>1371.93</v>
       </c>
       <c r="D124" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>2031</v>
+        <v>0</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="C125" s="3">
-        <v>319</v>
+        <v>4066.98</v>
       </c>
       <c r="D125" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F125" s="3">
-        <v>3033</v>
+        <v>654</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="C126" s="3">
-        <v>1229</v>
+        <v>873.6</v>
       </c>
       <c r="D126" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F126" s="3">
-        <v>390</v>
+        <v>0</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="C127" s="3">
-        <v>1449</v>
+        <v>6116.37</v>
       </c>
       <c r="D127" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F127" s="3">
-        <v>302</v>
+        <v>210</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="B128" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="C128" s="3">
+        <v>2982.4</v>
+      </c>
+      <c r="D128" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F128" s="3">
+        <v>145</v>
+      </c>
+      <c r="G128" s="3">
+        <v>1</v>
+      </c>
+      <c r="H128" s="3">
+        <v>25</v>
+      </c>
+      <c r="I128" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="129" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A129" s="2" t="s">
         <v>253</v>
       </c>
-      <c r="B128" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B129" s="2"/>
+      <c r="C129" s="2"/>
+      <c r="D129" s="2"/>
+      <c r="E129" s="2"/>
+      <c r="F129" s="2"/>
+      <c r="G129" s="2"/>
+      <c r="H129" s="2"/>
+      <c r="I129" s="2"/>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="C130" s="3">
-        <v>1527.62</v>
+        <v>568.41</v>
       </c>
       <c r="D130" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>14</v>
+        <v>223</v>
       </c>
       <c r="F130" s="3">
-        <v>3480</v>
+        <v>0</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I130" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="C131" s="3">
-        <v>669</v>
+        <v>620.21</v>
       </c>
       <c r="D131" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F131" s="3">
-        <v>5577</v>
+        <v>31</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="C132" s="3">
-        <v>789</v>
+        <v>405.78</v>
       </c>
       <c r="D132" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>14</v>
+        <v>223</v>
       </c>
       <c r="F132" s="3">
-        <v>327</v>
+        <v>0</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I132" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="C133" s="3">
-        <v>58</v>
+        <v>547.38</v>
       </c>
       <c r="D133" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>14</v>
+        <v>223</v>
       </c>
       <c r="F133" s="3">
-        <v>805</v>
+        <v>4</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>800</v>
+        <v>50</v>
       </c>
       <c r="I133" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A134" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A134" s="2" t="s">
+        <v>262</v>
+      </c>
+      <c r="B134" s="2"/>
+      <c r="C134" s="2"/>
+      <c r="D134" s="2"/>
+      <c r="E134" s="2"/>
+      <c r="F134" s="2"/>
+      <c r="G134" s="2"/>
+      <c r="H134" s="2"/>
+      <c r="I134" s="2"/>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="C135" s="3">
-        <v>1299</v>
+        <v>117.61</v>
       </c>
       <c r="D135" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F135" s="3">
-        <v>921</v>
+        <v>2373</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="C136" s="3">
-        <v>669</v>
+        <v>686.47</v>
       </c>
       <c r="D136" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F136" s="3">
-        <v>848</v>
+        <v>1718</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A137" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I137" s="2"/>
+      <c r="A137" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="B137" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="C137" s="3">
+        <v>228.83</v>
+      </c>
+      <c r="D137" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F137" s="3">
+        <v>76</v>
+      </c>
+      <c r="G137" s="3">
+        <v>1</v>
+      </c>
+      <c r="H137" s="3">
+        <v>200</v>
+      </c>
+      <c r="I137" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="C138" s="3">
-        <v>1349</v>
+        <v>466.44</v>
       </c>
       <c r="D138" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F138" s="3">
-        <v>1</v>
+        <v>2619</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>48</v>
+        <v>200</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="C139" s="3">
-        <v>2932.55</v>
+        <v>222.72</v>
       </c>
       <c r="D139" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F139" s="3">
-        <v>159</v>
+        <v>3090</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>25</v>
+        <v>200</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="C140" s="3">
-        <v>6866.63</v>
+        <v>515.39</v>
       </c>
       <c r="D140" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F140" s="3">
-        <v>0</v>
+        <v>1246</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>6</v>
+        <v>200</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="C141" s="3">
-        <v>3999</v>
+        <v>473.98</v>
       </c>
       <c r="D141" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F141" s="3">
-        <v>1007</v>
+        <v>0</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="C142" s="3">
-        <v>1700</v>
+        <v>1543.05</v>
       </c>
       <c r="D142" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F142" s="3">
-        <v>842</v>
+        <v>41</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>40</v>
+        <v>5</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A143" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A143" s="2" t="s">
+        <v>279</v>
+      </c>
+      <c r="B143" s="2"/>
+      <c r="C143" s="2"/>
+      <c r="D143" s="2"/>
+      <c r="E143" s="2"/>
+      <c r="F143" s="2"/>
+      <c r="G143" s="2"/>
+      <c r="H143" s="2"/>
+      <c r="I143" s="2"/>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="C144" s="3">
-        <v>859</v>
+        <v>232.95</v>
       </c>
       <c r="D144" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F144" s="3">
-        <v>1194</v>
+        <v>1632</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A145" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I145" s="2"/>
+      <c r="A145" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="B145" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="C145" s="3">
+        <v>337.02</v>
+      </c>
+      <c r="D145" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F145" s="3">
+        <v>673</v>
+      </c>
+      <c r="G145" s="3">
+        <v>1</v>
+      </c>
+      <c r="H145" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I145" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="C146" s="3">
-        <v>558.91</v>
+        <v>337.02</v>
       </c>
       <c r="D146" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>289</v>
+        <v>15</v>
       </c>
       <c r="F146" s="3">
-        <v>7</v>
+        <v>799</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I146" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="C147" s="3">
-        <v>431.56</v>
+        <v>353.89</v>
       </c>
       <c r="D147" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>289</v>
+        <v>15</v>
       </c>
       <c r="F147" s="3">
-        <v>0</v>
+        <v>566</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I147" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="C148" s="3">
-        <v>399</v>
+        <v>405.78</v>
       </c>
       <c r="D148" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>289</v>
+        <v>15</v>
       </c>
       <c r="F148" s="3">
-        <v>8</v>
+        <v>1361</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I148" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="C149" s="3">
-        <v>432.32</v>
+        <v>403.46</v>
       </c>
       <c r="D149" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>289</v>
+        <v>15</v>
       </c>
       <c r="F149" s="3">
-        <v>0</v>
+        <v>354</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>50</v>
+        <v>400</v>
       </c>
       <c r="I149" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="C150" s="3">
-        <v>609.84</v>
+        <v>380.8</v>
       </c>
       <c r="D150" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F150" s="3">
-        <v>12</v>
+        <v>733</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>44</v>
+        <v>200</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="B151" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="C151" s="3">
+        <v>334.56</v>
+      </c>
+      <c r="D151" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E151" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F151" s="3">
+        <v>807</v>
+      </c>
+      <c r="G151" s="3">
+        <v>1</v>
+      </c>
+      <c r="H151" s="3">
+        <v>600</v>
+      </c>
+      <c r="I151" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="152" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A152" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="B152" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="C152" s="3">
+        <v>337.02</v>
+      </c>
+      <c r="D152" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E152" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F152" s="3">
+        <v>751</v>
+      </c>
+      <c r="G152" s="3">
+        <v>1</v>
+      </c>
+      <c r="H152" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I152" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="153" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A153" s="3" t="s">
         <v>298</v>
       </c>
-      <c r="B151" s="3" t="s">
+      <c r="B153" s="3" t="s">
         <v>299</v>
       </c>
-      <c r="C151" s="3">
-[...45 lines deleted...]
-      <c r="I153" s="2"/>
+      <c r="C153" s="3">
+        <v>250.39</v>
+      </c>
+      <c r="D153" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F153" s="3">
+        <v>1596</v>
+      </c>
+      <c r="G153" s="3">
+        <v>1</v>
+      </c>
+      <c r="H153" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I153" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="C154" s="3">
-        <v>1166.85</v>
+        <v>226.79</v>
       </c>
       <c r="D154" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F154" s="3">
-        <v>773</v>
+        <v>1648</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="C155" s="3">
-        <v>42000</v>
+        <v>199.3</v>
       </c>
       <c r="D155" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>306</v>
+        <v>15</v>
       </c>
       <c r="F155" s="3">
-        <v>13</v>
+        <v>2281</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>2</v>
+        <v>1000</v>
       </c>
       <c r="I155" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="C156" s="3">
-        <v>559</v>
+        <v>353.89</v>
       </c>
       <c r="D156" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F156" s="3">
-        <v>198</v>
+        <v>1877</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>420</v>
+        <v>1000</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="C157" s="3">
-        <v>1650</v>
+        <v>243.94</v>
       </c>
       <c r="D157" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F157" s="3">
-        <v>55</v>
+        <v>1340</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>80</v>
+        <v>1000</v>
       </c>
       <c r="I157" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="C158" s="3">
-        <v>2988.89</v>
+        <v>191.29</v>
       </c>
       <c r="D158" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F158" s="3">
-        <v>205</v>
+        <v>893</v>
       </c>
       <c r="G158" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H158" s="3">
-        <v>125</v>
+        <v>1000</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="C159" s="3">
-        <v>1493.85</v>
+        <v>157.64</v>
       </c>
       <c r="D159" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F159" s="3">
-        <v>382</v>
+        <v>1681</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>125</v>
+        <v>1000</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="C160" s="3">
-        <v>1089.04</v>
+        <v>353.89</v>
       </c>
       <c r="D160" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F160" s="3">
-        <v>1320</v>
+        <v>746</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>80</v>
+        <v>1000</v>
       </c>
       <c r="I160" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="C161" s="3">
-        <v>1089.04</v>
+        <v>337.02</v>
       </c>
       <c r="D161" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F161" s="3">
-        <v>2102</v>
+        <v>880</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>80</v>
+        <v>1000</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="B162" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="C162" s="3">
+        <v>334.56</v>
+      </c>
+      <c r="D162" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F162" s="3">
+        <v>395</v>
+      </c>
+      <c r="G162" s="3">
+        <v>1</v>
+      </c>
+      <c r="H162" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I162" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="163" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A163" s="2" t="s">
+        <v>318</v>
+      </c>
+      <c r="B163" s="2"/>
+      <c r="C163" s="2"/>
+      <c r="D163" s="2"/>
+      <c r="E163" s="2"/>
+      <c r="F163" s="2"/>
+      <c r="G163" s="2"/>
+      <c r="H163" s="2"/>
+      <c r="I163" s="2"/>
+    </row>
+    <row r="164" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A164" s="2" t="s">
         <v>319</v>
       </c>
-      <c r="B162" s="3" t="s">
-[...80 lines deleted...]
-      </c>
+      <c r="B164" s="2"/>
+      <c r="C164" s="2"/>
+      <c r="D164" s="2"/>
+      <c r="E164" s="2"/>
+      <c r="F164" s="2"/>
+      <c r="G164" s="2"/>
+      <c r="H164" s="2"/>
+      <c r="I164" s="2"/>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
-        <v>325</v>
+        <v>320</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>326</v>
+        <v>321</v>
       </c>
       <c r="C165" s="3">
-        <v>56500</v>
+        <v>153.23</v>
       </c>
       <c r="D165" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>306</v>
+        <v>15</v>
       </c>
       <c r="F165" s="3">
-        <v>0</v>
+        <v>2361</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>2</v>
+        <v>600</v>
       </c>
       <c r="I165" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
-        <v>327</v>
+        <v>322</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>328</v>
+        <v>323</v>
       </c>
       <c r="C166" s="3">
-        <v>30500</v>
+        <v>319.53</v>
       </c>
       <c r="D166" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>306</v>
+        <v>15</v>
       </c>
       <c r="F166" s="3">
-        <v>7</v>
+        <v>2150</v>
       </c>
       <c r="G166" s="3">
         <v>1</v>
       </c>
       <c r="H166" s="3">
-        <v>2</v>
+        <v>600</v>
       </c>
       <c r="I166" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
       <c r="C167" s="3">
-        <v>24249.2</v>
+        <v>2949.3</v>
       </c>
       <c r="D167" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>306</v>
+        <v>15</v>
       </c>
       <c r="F167" s="3">
-        <v>10</v>
+        <v>718</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>2</v>
+        <v>60</v>
       </c>
       <c r="I167" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>332</v>
+        <v>327</v>
       </c>
       <c r="C168" s="3">
-        <v>1699</v>
+        <v>7362.49</v>
       </c>
       <c r="D168" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F168" s="3">
-        <v>460</v>
+        <v>377</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>125</v>
+        <v>40</v>
       </c>
       <c r="I168" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
-        <v>333</v>
+        <v>328</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="C169" s="3">
-        <v>1960.96</v>
+        <v>6990.31</v>
       </c>
       <c r="D169" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F169" s="3">
-        <v>1377</v>
+        <v>1336</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>125</v>
+        <v>40</v>
       </c>
       <c r="I169" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
-        <v>335</v>
+        <v>330</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>336</v>
+        <v>331</v>
       </c>
       <c r="C170" s="3">
-        <v>1166.85</v>
+        <v>165.77</v>
       </c>
       <c r="D170" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F170" s="3">
+        <v>1530</v>
+      </c>
+      <c r="G170" s="3">
+        <v>20</v>
+      </c>
+      <c r="H170" s="3">
+        <v>600</v>
+      </c>
+      <c r="I170" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>338</v>
+        <v>333</v>
       </c>
       <c r="C171" s="3">
-        <v>1166.85</v>
+        <v>6415.1</v>
       </c>
       <c r="D171" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F171" s="3">
-        <v>106</v>
+        <v>2025</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="I171" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>340</v>
+        <v>335</v>
       </c>
       <c r="C172" s="3">
-        <v>6100</v>
+        <v>2949.3</v>
       </c>
       <c r="D172" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F172" s="3">
-        <v>9</v>
+        <v>2458</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>15</v>
+        <v>80</v>
       </c>
       <c r="I172" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
-        <v>341</v>
+        <v>336</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
       <c r="C173" s="3">
-        <v>148</v>
+        <v>183.06</v>
       </c>
       <c r="D173" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F173" s="3">
-        <v>2867</v>
+        <v>20255</v>
       </c>
       <c r="G173" s="3">
         <v>20</v>
       </c>
       <c r="H173" s="3">
         <v>600</v>
       </c>
       <c r="I173" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
-        <v>343</v>
+        <v>338</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>344</v>
+        <v>339</v>
       </c>
       <c r="C174" s="3">
-        <v>163</v>
+        <v>1210.44</v>
       </c>
       <c r="D174" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F174" s="3">
-        <v>1838</v>
+        <v>0</v>
       </c>
       <c r="G174" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H174" s="3">
-        <v>600</v>
+        <v>80</v>
       </c>
       <c r="I174" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>346</v>
+        <v>341</v>
       </c>
       <c r="C175" s="3">
-        <v>1789</v>
+        <v>1198.57</v>
       </c>
       <c r="D175" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F175" s="3">
-        <v>798</v>
+        <v>796</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
         <v>80</v>
       </c>
       <c r="I175" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
-        <v>347</v>
+        <v>342</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>348</v>
+        <v>343</v>
       </c>
       <c r="C176" s="3">
-        <v>1789</v>
+        <v>1117.68</v>
       </c>
       <c r="D176" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F176" s="3">
-        <v>957</v>
+        <v>51</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
         <v>80</v>
       </c>
       <c r="I176" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
-        <v>349</v>
+        <v>344</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="C177" s="3">
-        <v>1750.86</v>
+        <v>1117.68</v>
       </c>
       <c r="D177" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F177" s="3">
-        <v>0</v>
+        <v>2315</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="I177" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>352</v>
+        <v>347</v>
       </c>
       <c r="C178" s="3">
-        <v>6399</v>
+        <v>171.75</v>
       </c>
       <c r="D178" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F178" s="3">
-        <v>0</v>
+        <v>7605</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
-        <v>15</v>
+        <v>400</v>
       </c>
       <c r="I178" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
-        <v>353</v>
+        <v>348</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>354</v>
+        <v>349</v>
       </c>
       <c r="C179" s="3">
-        <v>880</v>
+        <v>223.82</v>
       </c>
       <c r="D179" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F179" s="3">
+        <v>4077</v>
+      </c>
+      <c r="G179" s="3">
+        <v>1</v>
+      </c>
+      <c r="H179" s="3">
+        <v>400</v>
+      </c>
+      <c r="I179" s="3">
         <v>0</v>
       </c>
-      <c r="G179" s="3">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A180" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I180" s="2"/>
+      <c r="A180" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="B180" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="C180" s="3">
+        <v>414.69</v>
+      </c>
+      <c r="D180" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E180" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F180" s="3">
+        <v>1400</v>
+      </c>
+      <c r="G180" s="3">
+        <v>1</v>
+      </c>
+      <c r="H180" s="3">
+        <v>400</v>
+      </c>
+      <c r="I180" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="C181" s="3">
-        <v>148</v>
+        <v>1097.34</v>
       </c>
       <c r="D181" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F181" s="3">
-        <v>788</v>
+        <v>361</v>
       </c>
       <c r="G181" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H181" s="3">
-        <v>600</v>
+        <v>80</v>
       </c>
       <c r="I181" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="C182" s="3">
-        <v>150.67</v>
+        <v>150.52</v>
       </c>
       <c r="D182" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F182" s="3">
-        <v>4136</v>
+        <v>2601</v>
       </c>
       <c r="G182" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H182" s="3">
         <v>600</v>
       </c>
       <c r="I182" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="C183" s="3">
-        <v>1099</v>
+        <v>260.15</v>
       </c>
       <c r="D183" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F183" s="3">
-        <v>370</v>
+        <v>3805</v>
       </c>
       <c r="G183" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H183" s="3">
-        <v>80</v>
+        <v>600</v>
       </c>
       <c r="I183" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="C184" s="3">
-        <v>1190.21</v>
+        <v>232.89</v>
       </c>
       <c r="D184" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F184" s="3">
-        <v>165</v>
+        <v>5817</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
-        <v>80</v>
+        <v>500</v>
       </c>
       <c r="I184" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="C185" s="3">
-        <v>2900</v>
+        <v>11781.23</v>
       </c>
       <c r="D185" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F185" s="3">
-        <v>1203</v>
+        <v>752</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I185" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="C186" s="3">
-        <v>185.72</v>
+        <v>1117.68</v>
       </c>
       <c r="D186" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F186" s="3">
-        <v>4406</v>
+        <v>10056</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>600</v>
+        <v>96</v>
       </c>
       <c r="I186" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="C187" s="3">
-        <v>1178.53</v>
+        <v>2999.13</v>
       </c>
       <c r="D187" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F187" s="3">
-        <v>1048</v>
+        <v>370</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
         <v>80</v>
       </c>
       <c r="I187" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="C188" s="3">
-        <v>1099</v>
+        <v>232.89</v>
       </c>
       <c r="D188" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F188" s="3">
-        <v>8801</v>
+        <v>55359</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
-        <v>96</v>
+        <v>500</v>
       </c>
       <c r="I188" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="C189" s="3">
-        <v>6208.76</v>
+        <v>6314.31</v>
       </c>
       <c r="D189" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F189" s="3">
-        <v>1027</v>
+        <v>103</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
         <v>60</v>
       </c>
       <c r="I189" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="C190" s="3">
-        <v>7239.42</v>
+        <v>1186.69</v>
       </c>
       <c r="D190" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F190" s="3">
-        <v>394</v>
+        <v>0</v>
       </c>
       <c r="G190" s="3">
         <v>1</v>
       </c>
       <c r="H190" s="3">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="I190" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="C191" s="3">
-        <v>314.19</v>
+        <v>1117.68</v>
       </c>
       <c r="D191" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F191" s="3">
-        <v>2389</v>
+        <v>6687</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
-        <v>600</v>
+        <v>96</v>
       </c>
       <c r="I191" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="C192" s="3">
-        <v>2949</v>
+        <v>188.88</v>
       </c>
       <c r="D192" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F192" s="3">
-        <v>1017</v>
+        <v>2982</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
-        <v>80</v>
+        <v>600</v>
       </c>
       <c r="I192" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="C193" s="3">
-        <v>2900</v>
+        <v>2999.13</v>
       </c>
       <c r="D193" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F193" s="3">
-        <v>2507</v>
+        <v>1090</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
         <v>80</v>
       </c>
       <c r="I193" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A194" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A194" s="2" t="s">
+        <v>378</v>
+      </c>
+      <c r="B194" s="2"/>
+      <c r="C194" s="2"/>
+      <c r="D194" s="2"/>
+      <c r="E194" s="2"/>
+      <c r="F194" s="2"/>
+      <c r="G194" s="2"/>
+      <c r="H194" s="2"/>
+      <c r="I194" s="2"/>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C195" s="3">
-        <v>220.08</v>
+        <v>3039.7</v>
       </c>
       <c r="D195" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F195" s="3">
-        <v>5071</v>
+        <v>260</v>
       </c>
       <c r="G195" s="3">
         <v>1</v>
       </c>
       <c r="H195" s="3">
-        <v>400</v>
+        <v>125</v>
       </c>
       <c r="I195" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="C196" s="3">
-        <v>163</v>
+        <v>165.77</v>
       </c>
       <c r="D196" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F196" s="3">
-        <v>2858</v>
+        <v>3000</v>
       </c>
       <c r="G196" s="3">
         <v>20</v>
       </c>
       <c r="H196" s="3">
         <v>600</v>
       </c>
       <c r="I196" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="C197" s="3">
-        <v>6873.46</v>
+        <v>24661.44</v>
       </c>
       <c r="D197" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>14</v>
+        <v>385</v>
       </c>
       <c r="F197" s="3">
-        <v>993</v>
+        <v>0</v>
       </c>
       <c r="G197" s="3">
         <v>1</v>
       </c>
       <c r="H197" s="3">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="I197" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="C198" s="3">
-        <v>180</v>
+        <v>31018.5</v>
       </c>
       <c r="D198" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>14</v>
+        <v>385</v>
       </c>
       <c r="F198" s="3">
-        <v>25345</v>
+        <v>4</v>
       </c>
       <c r="G198" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>600</v>
+        <v>2</v>
       </c>
       <c r="I198" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="C199" s="3">
-        <v>407.76</v>
+        <v>42714</v>
       </c>
       <c r="D199" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>14</v>
+        <v>385</v>
       </c>
       <c r="F199" s="3">
-        <v>2332</v>
+        <v>0</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
-        <v>400</v>
+        <v>2</v>
       </c>
       <c r="I199" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="C200" s="3">
-        <v>229</v>
+        <v>57460.5</v>
       </c>
       <c r="D200" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>14</v>
+        <v>385</v>
       </c>
       <c r="F200" s="3">
-        <v>45794</v>
+        <v>0</v>
       </c>
       <c r="G200" s="3">
         <v>1</v>
       </c>
       <c r="H200" s="3">
-        <v>500</v>
+        <v>2</v>
       </c>
       <c r="I200" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="C201" s="3">
-        <v>255.8</v>
+        <v>1819.41</v>
       </c>
       <c r="D201" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F201" s="3">
-        <v>1471</v>
+        <v>168</v>
       </c>
       <c r="G201" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H201" s="3">
-        <v>600</v>
+        <v>80</v>
       </c>
       <c r="I201" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="C202" s="3">
-        <v>229</v>
+        <v>6203.7</v>
       </c>
       <c r="D202" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F202" s="3">
-        <v>6877</v>
+        <v>9</v>
       </c>
       <c r="G202" s="3">
         <v>1</v>
       </c>
       <c r="H202" s="3">
-        <v>500</v>
+        <v>15</v>
       </c>
       <c r="I202" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="C203" s="3">
-        <v>6307.87</v>
+        <v>568.5</v>
       </c>
       <c r="D203" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F203" s="3">
-        <v>1697</v>
+        <v>35</v>
       </c>
       <c r="G203" s="3">
         <v>1</v>
       </c>
       <c r="H203" s="3">
-        <v>40</v>
+        <v>420</v>
       </c>
       <c r="I203" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="C204" s="3">
-        <v>1099</v>
+        <v>1186.69</v>
       </c>
       <c r="D204" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F204" s="3">
-        <v>3774</v>
+        <v>459</v>
       </c>
       <c r="G204" s="3">
         <v>1</v>
       </c>
       <c r="H204" s="3">
-        <v>96</v>
+        <v>200</v>
       </c>
       <c r="I204" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="C205" s="3">
-        <v>11584.3</v>
+        <v>1186.69</v>
       </c>
       <c r="D205" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F205" s="3">
-        <v>811</v>
+        <v>482</v>
       </c>
       <c r="G205" s="3">
         <v>1</v>
       </c>
       <c r="H205" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="I205" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="C206" s="3">
-        <v>1099</v>
+        <v>1186.69</v>
       </c>
       <c r="D206" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F206" s="3">
-        <v>15604</v>
+        <v>0</v>
       </c>
       <c r="G206" s="3">
         <v>1</v>
       </c>
       <c r="H206" s="3">
-        <v>96</v>
+        <v>80</v>
       </c>
       <c r="I206" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="C207" s="3">
-        <v>2949</v>
+        <v>1107.55</v>
       </c>
       <c r="D207" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F207" s="3">
-        <v>494</v>
+        <v>662</v>
       </c>
       <c r="G207" s="3">
         <v>1</v>
       </c>
       <c r="H207" s="3">
         <v>80</v>
       </c>
       <c r="I207" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="C208" s="3">
-        <v>1166.85</v>
+        <v>1107.55</v>
       </c>
       <c r="D208" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F208" s="3">
-        <v>360</v>
+        <v>0</v>
       </c>
       <c r="G208" s="3">
         <v>1</v>
       </c>
       <c r="H208" s="3">
         <v>80</v>
       </c>
       <c r="I208" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="C209" s="3">
-        <v>1079</v>
+        <v>507.48</v>
       </c>
       <c r="D209" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F209" s="3">
-        <v>592</v>
+        <v>70</v>
       </c>
       <c r="G209" s="3">
         <v>1</v>
       </c>
       <c r="H209" s="3">
-        <v>80</v>
+        <v>420</v>
       </c>
       <c r="I209" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A210" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I210" s="2"/>
+      <c r="A210" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="B210" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="C210" s="3">
+        <v>1519.25</v>
+      </c>
+      <c r="D210" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E210" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F210" s="3">
+        <v>322</v>
+      </c>
+      <c r="G210" s="3">
+        <v>1</v>
+      </c>
+      <c r="H210" s="3">
+        <v>125</v>
+      </c>
+      <c r="I210" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="C211" s="3">
-        <v>466.04</v>
+        <v>1727.88</v>
       </c>
       <c r="D211" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>289</v>
+        <v>15</v>
       </c>
       <c r="F211" s="3">
-        <v>144</v>
+        <v>393</v>
       </c>
       <c r="G211" s="3">
         <v>1</v>
       </c>
       <c r="H211" s="3">
-        <v>30</v>
+        <v>125</v>
       </c>
       <c r="I211" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="C212" s="3">
-        <v>2493.67</v>
+        <v>1994.3</v>
       </c>
       <c r="D212" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>289</v>
+        <v>15</v>
       </c>
       <c r="F212" s="3">
-        <v>0</v>
+        <v>925</v>
       </c>
       <c r="G212" s="3">
         <v>1</v>
       </c>
       <c r="H212" s="3">
-        <v>30</v>
+        <v>125</v>
       </c>
       <c r="I212" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="C213" s="3">
-        <v>2538.89</v>
+        <v>150.52</v>
       </c>
       <c r="D213" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F213" s="3">
-        <v>1300</v>
+        <v>396</v>
       </c>
       <c r="G213" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H213" s="3">
-        <v>50</v>
+        <v>600</v>
       </c>
       <c r="I213" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="C214" s="3">
-        <v>1988.72</v>
+        <v>260.15</v>
       </c>
       <c r="D214" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F214" s="3">
-        <v>623</v>
+        <v>1375</v>
       </c>
       <c r="G214" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H214" s="3">
-        <v>40</v>
+        <v>600</v>
       </c>
       <c r="I214" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="C215" s="3">
-        <v>641.24</v>
+        <v>1678.05</v>
       </c>
       <c r="D215" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>289</v>
+        <v>15</v>
       </c>
       <c r="F215" s="3">
-        <v>81</v>
+        <v>47</v>
       </c>
       <c r="G215" s="3">
         <v>1</v>
       </c>
       <c r="H215" s="3">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="I215" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="C216" s="3">
-        <v>1029</v>
+        <v>1780.62</v>
       </c>
       <c r="D216" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F216" s="3">
-        <v>3744</v>
+        <v>31</v>
       </c>
       <c r="G216" s="3">
         <v>1</v>
       </c>
       <c r="H216" s="3">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="I216" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="C217" s="3">
-        <v>2910.88</v>
+        <v>6507.78</v>
       </c>
       <c r="D217" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F217" s="3">
-        <v>234</v>
+        <v>56</v>
       </c>
       <c r="G217" s="3">
         <v>1</v>
       </c>
       <c r="H217" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I217" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="C218" s="3">
-        <v>1342.05</v>
+        <v>183.06</v>
       </c>
       <c r="D218" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>289</v>
+        <v>15</v>
       </c>
       <c r="F218" s="3">
-        <v>9</v>
+        <v>2648</v>
       </c>
       <c r="G218" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H218" s="3">
-        <v>30</v>
+        <v>600</v>
       </c>
       <c r="I218" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="C219" s="3">
-        <v>2742.88</v>
+        <v>1819.41</v>
       </c>
       <c r="D219" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F219" s="3">
-        <v>234</v>
+        <v>113</v>
       </c>
       <c r="G219" s="3">
         <v>1</v>
       </c>
       <c r="H219" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="I219" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="B220" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="C220" s="3">
+        <v>894.96</v>
+      </c>
+      <c r="D220" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E220" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F220" s="3">
+        <v>0</v>
+      </c>
+      <c r="G220" s="3">
+        <v>1</v>
+      </c>
+      <c r="H220" s="3">
+        <v>100</v>
+      </c>
+      <c r="I220" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="221" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A221" s="2" t="s">
+        <v>432</v>
+      </c>
+      <c r="B221" s="2"/>
+      <c r="C221" s="2"/>
+      <c r="D221" s="2"/>
+      <c r="E221" s="2"/>
+      <c r="F221" s="2"/>
+      <c r="G221" s="2"/>
+      <c r="H221" s="2"/>
+      <c r="I221" s="2"/>
+    </row>
+    <row r="222" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A222" s="2" t="s">
         <v>433</v>
       </c>
-      <c r="B220" s="3" t="s">
+      <c r="B222" s="2"/>
+      <c r="C222" s="2"/>
+      <c r="D222" s="2"/>
+      <c r="E222" s="2"/>
+      <c r="F222" s="2"/>
+      <c r="G222" s="2"/>
+      <c r="H222" s="2"/>
+      <c r="I222" s="2"/>
+    </row>
+    <row r="223" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A223" s="3" t="s">
         <v>434</v>
       </c>
-      <c r="C220" s="3">
-[...17 lines deleted...]
-      <c r="I220" s="3">
+      <c r="B223" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="C223" s="3">
+        <v>265.85</v>
+      </c>
+      <c r="D223" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E223" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="F223" s="3">
+        <v>126</v>
+      </c>
+      <c r="G223" s="3">
+        <v>1</v>
+      </c>
+      <c r="H223" s="3">
+        <v>30</v>
+      </c>
+      <c r="I223" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="224" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A224" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="B224" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="C224" s="3">
+        <v>87.46</v>
+      </c>
+      <c r="D224" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E224" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F224" s="3">
         <v>0</v>
       </c>
-    </row>
-[...82 lines deleted...]
-      <c r="I224" s="2"/>
+      <c r="G224" s="3">
+        <v>10</v>
+      </c>
+      <c r="H224" s="3">
+        <v>300</v>
+      </c>
+      <c r="I224" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="C225" s="3">
-        <v>609</v>
+        <v>116.96</v>
       </c>
       <c r="D225" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F225" s="3">
         <v>0</v>
       </c>
       <c r="G225" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H225" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I225" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="C226" s="3">
-        <v>123</v>
+        <v>78.4</v>
       </c>
       <c r="D226" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F226" s="3">
-        <v>2171</v>
+        <v>263</v>
       </c>
       <c r="G226" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H226" s="3">
-        <v>10</v>
+        <v>420</v>
       </c>
       <c r="I226" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="C227" s="3">
-        <v>181.04</v>
+        <v>231.63</v>
       </c>
       <c r="D227" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F227" s="3">
-        <v>123</v>
+        <v>346</v>
       </c>
       <c r="G227" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H227" s="3">
-        <v>120</v>
+        <v>420</v>
       </c>
       <c r="I227" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="C228" s="3">
-        <v>709</v>
+        <v>212.63</v>
       </c>
       <c r="D228" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F228" s="3">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="G228" s="3">
         <v>1</v>
       </c>
       <c r="H228" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="C229" s="3">
-        <v>161</v>
+        <v>565.96</v>
       </c>
       <c r="D229" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F229" s="3">
-        <v>1065</v>
+        <v>557</v>
       </c>
       <c r="G229" s="3">
         <v>1</v>
       </c>
       <c r="H229" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I229" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="C230" s="3">
-        <v>129</v>
+        <v>96.16</v>
       </c>
       <c r="D230" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F230" s="3">
-        <v>702</v>
+        <v>12032</v>
       </c>
       <c r="G230" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H230" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I230" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="C231" s="3">
-        <v>799</v>
+        <v>203.4</v>
       </c>
       <c r="D231" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F231" s="3">
-        <v>173</v>
+        <v>218</v>
       </c>
       <c r="G231" s="3">
         <v>1</v>
       </c>
       <c r="H231" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I231" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="C232" s="3">
-        <v>193</v>
+        <v>111.87</v>
       </c>
       <c r="D232" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F232" s="3">
-        <v>480</v>
+        <v>1840</v>
       </c>
       <c r="G232" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H232" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I232" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="C233" s="3">
-        <v>129</v>
+        <v>923.44</v>
       </c>
       <c r="D233" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F233" s="3">
-        <v>659</v>
+        <v>396</v>
       </c>
       <c r="G233" s="3">
         <v>1</v>
       </c>
       <c r="H233" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I233" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="C234" s="3">
-        <v>290</v>
+        <v>58.99</v>
       </c>
       <c r="D234" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F234" s="3">
-        <v>813</v>
+        <v>1322</v>
       </c>
       <c r="G234" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H234" s="3">
-        <v>10</v>
+        <v>480</v>
       </c>
       <c r="I234" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="C235" s="3">
-        <v>299</v>
+        <v>343.29</v>
       </c>
       <c r="D235" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>14</v>
+        <v>223</v>
       </c>
       <c r="F235" s="3">
-        <v>291</v>
+        <v>100</v>
       </c>
       <c r="G235" s="3">
         <v>1</v>
       </c>
       <c r="H235" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I235" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="C236" s="3">
-        <v>292</v>
+        <v>243.52</v>
       </c>
       <c r="D236" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F236" s="3">
-        <v>97</v>
+        <v>116</v>
       </c>
       <c r="G236" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H236" s="3">
-        <v>10</v>
+        <v>420</v>
       </c>
       <c r="I236" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="C237" s="3">
-        <v>139</v>
+        <v>236.39</v>
       </c>
       <c r="D237" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F237" s="3">
-        <v>99</v>
+        <v>5941</v>
       </c>
       <c r="G237" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H237" s="3">
-        <v>10</v>
+        <v>420</v>
       </c>
       <c r="I237" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="C238" s="3">
-        <v>919</v>
+        <v>325.44</v>
       </c>
       <c r="D238" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F238" s="3">
-        <v>94</v>
+        <v>50</v>
       </c>
       <c r="G238" s="3">
         <v>1</v>
       </c>
       <c r="H238" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I238" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="C239" s="3">
-        <v>150</v>
+        <v>1294.79</v>
       </c>
       <c r="D239" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F239" s="3">
-        <v>1117</v>
+        <v>44</v>
       </c>
       <c r="G239" s="3">
         <v>1</v>
       </c>
       <c r="H239" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I239" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="C240" s="3">
-        <v>155</v>
+        <v>294.93</v>
       </c>
       <c r="D240" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F240" s="3">
-        <v>2028</v>
+        <v>70</v>
       </c>
       <c r="G240" s="3">
         <v>1</v>
       </c>
       <c r="H240" s="3">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="I240" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="C241" s="3">
-        <v>151</v>
+        <v>292.9</v>
       </c>
       <c r="D241" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F241" s="3">
-        <v>0</v>
+        <v>62</v>
       </c>
       <c r="G241" s="3">
         <v>1</v>
       </c>
       <c r="H241" s="3">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="I241" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="C242" s="3">
-        <v>141</v>
+        <v>190.72</v>
       </c>
       <c r="D242" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F242" s="3">
-        <v>437</v>
+        <v>60</v>
       </c>
       <c r="G242" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H242" s="3">
-        <v>10</v>
+        <v>420</v>
       </c>
       <c r="I242" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="C243" s="3">
-        <v>1419</v>
+        <v>124.72</v>
       </c>
       <c r="D243" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F243" s="3">
-        <v>62</v>
+        <v>352</v>
       </c>
       <c r="G243" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H243" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I243" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="C244" s="3">
-        <v>147</v>
+        <v>115.23</v>
       </c>
       <c r="D244" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F244" s="3">
-        <v>28</v>
+        <v>2178</v>
       </c>
       <c r="G244" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H244" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I244" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
+        <v>478</v>
+      </c>
+      <c r="B245" s="3" t="s">
+        <v>479</v>
+      </c>
+      <c r="C245" s="3">
+        <v>109.84</v>
+      </c>
+      <c r="D245" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E245" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F245" s="3">
+        <v>466</v>
+      </c>
+      <c r="G245" s="3">
+        <v>10</v>
+      </c>
+      <c r="H245" s="3">
+        <v>300</v>
+      </c>
+      <c r="I245" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="246" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A246" s="3" t="s">
+        <v>480</v>
+      </c>
+      <c r="B246" s="3" t="s">
         <v>481</v>
       </c>
-      <c r="B245" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I246" s="2"/>
+      <c r="C246" s="3">
+        <v>592.75</v>
+      </c>
+      <c r="D246" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E246" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="F246" s="3">
+        <v>369</v>
+      </c>
+      <c r="G246" s="3">
+        <v>1</v>
+      </c>
+      <c r="H246" s="3">
+        <v>50</v>
+      </c>
+      <c r="I246" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="C247" s="3">
-        <v>582.84</v>
+        <v>133.04</v>
       </c>
       <c r="D247" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>289</v>
+        <v>15</v>
       </c>
       <c r="F247" s="3">
-        <v>243</v>
+        <v>0</v>
       </c>
       <c r="G247" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H247" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I247" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="C248" s="3">
-        <v>337.55</v>
+        <v>67.12</v>
       </c>
       <c r="D248" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>289</v>
+        <v>15</v>
       </c>
       <c r="F248" s="3">
-        <v>236</v>
+        <v>0</v>
       </c>
       <c r="G248" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H248" s="3">
-        <v>30</v>
+        <v>420</v>
       </c>
       <c r="I248" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="C249" s="3">
-        <v>86</v>
+        <v>788.81</v>
       </c>
       <c r="D249" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F249" s="3">
-        <v>4368</v>
+        <v>46</v>
       </c>
       <c r="G249" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H249" s="3">
-        <v>300</v>
+        <v>120</v>
       </c>
       <c r="I249" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="C250" s="3">
-        <v>58</v>
+        <v>71.27</v>
       </c>
       <c r="D250" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F250" s="3">
-        <v>3131</v>
+        <v>3758</v>
       </c>
       <c r="G250" s="3">
         <v>10</v>
       </c>
       <c r="H250" s="3">
-        <v>480</v>
+        <v>300</v>
       </c>
       <c r="I250" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="C251" s="3">
-        <v>261.41</v>
+        <v>172.89</v>
       </c>
       <c r="D251" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>289</v>
+        <v>15</v>
       </c>
       <c r="F251" s="3">
-        <v>219</v>
+        <v>3248</v>
       </c>
       <c r="G251" s="3">
         <v>1</v>
       </c>
       <c r="H251" s="3">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="I251" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="C252" s="3">
-        <v>115</v>
+        <v>97.63</v>
       </c>
       <c r="D252" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F252" s="3">
-        <v>483</v>
+        <v>265</v>
       </c>
       <c r="G252" s="3">
         <v>10</v>
       </c>
       <c r="H252" s="3">
         <v>300</v>
       </c>
       <c r="I252" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="C253" s="3">
-        <v>86</v>
+        <v>84.41</v>
       </c>
       <c r="D253" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F253" s="3">
-        <v>803</v>
+        <v>494</v>
       </c>
       <c r="G253" s="3">
         <v>10</v>
       </c>
       <c r="H253" s="3">
-        <v>420</v>
+        <v>300</v>
       </c>
       <c r="I253" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="C254" s="3">
-        <v>70.08</v>
+        <v>87.46</v>
       </c>
       <c r="D254" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F254" s="3">
-        <v>17705</v>
+        <v>553</v>
       </c>
       <c r="G254" s="3">
         <v>10</v>
       </c>
       <c r="H254" s="3">
-        <v>300</v>
+        <v>420</v>
       </c>
       <c r="I254" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="C255" s="3">
-        <v>130.82</v>
+        <v>68.14</v>
       </c>
       <c r="D255" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F255" s="3">
-        <v>935</v>
+        <v>5396</v>
       </c>
       <c r="G255" s="3">
         <v>10</v>
       </c>
       <c r="H255" s="3">
-        <v>300</v>
+        <v>420</v>
       </c>
       <c r="I255" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="C256" s="3">
-        <v>67</v>
+        <v>199.33</v>
       </c>
       <c r="D256" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F256" s="3">
-        <v>8755</v>
+        <v>1402</v>
       </c>
       <c r="G256" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H256" s="3">
-        <v>420</v>
+        <v>72</v>
       </c>
       <c r="I256" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="C257" s="3">
-        <v>170</v>
+        <v>115.94</v>
       </c>
       <c r="D257" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F257" s="3">
-        <v>3541</v>
+        <v>232</v>
       </c>
       <c r="G257" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H257" s="3">
-        <v>80</v>
+        <v>300</v>
       </c>
       <c r="I257" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="C258" s="3">
-        <v>122.64</v>
+        <v>222.72</v>
       </c>
       <c r="D258" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F258" s="3">
-        <v>358</v>
+        <v>421</v>
       </c>
       <c r="G258" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H258" s="3">
-        <v>300</v>
+        <v>80</v>
       </c>
       <c r="I258" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="C259" s="3">
-        <v>113.3</v>
+        <v>802.41</v>
       </c>
       <c r="D259" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F259" s="3">
-        <v>448</v>
+        <v>84</v>
       </c>
       <c r="G259" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H259" s="3">
-        <v>300</v>
+        <v>18</v>
       </c>
       <c r="I259" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="B260" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="C260" s="3">
+        <v>863.43</v>
+      </c>
+      <c r="D260" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E260" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F260" s="3">
+        <v>106</v>
+      </c>
+      <c r="G260" s="3">
+        <v>1</v>
+      </c>
+      <c r="H260" s="3">
+        <v>20</v>
+      </c>
+      <c r="I260" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="261" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A261" s="2" t="s">
         <v>510</v>
       </c>
-      <c r="B260" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B261" s="2"/>
+      <c r="C261" s="2"/>
+      <c r="D261" s="2"/>
+      <c r="E261" s="2"/>
+      <c r="F261" s="2"/>
+      <c r="G261" s="2"/>
+      <c r="H261" s="2"/>
+      <c r="I261" s="2"/>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="C262" s="3">
-        <v>108</v>
+        <v>196.28</v>
       </c>
       <c r="D262" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F262" s="3">
-        <v>801</v>
+        <v>330</v>
       </c>
       <c r="G262" s="3">
+        <v>1</v>
+      </c>
+      <c r="H262" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="I262" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>517</v>
+        <v>514</v>
       </c>
       <c r="C263" s="3">
-        <v>77.09</v>
+        <v>294.93</v>
       </c>
       <c r="D263" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F263" s="3">
-        <v>2375</v>
+        <v>135</v>
       </c>
       <c r="G263" s="3">
+        <v>1</v>
+      </c>
+      <c r="H263" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
       <c r="I263" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="C264" s="3">
-        <v>196</v>
+        <v>296.96</v>
       </c>
       <c r="D264" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F264" s="3">
-        <v>258</v>
+        <v>500</v>
       </c>
       <c r="G264" s="3">
         <v>1</v>
       </c>
       <c r="H264" s="3">
-        <v>72</v>
+        <v>10</v>
       </c>
       <c r="I264" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="C265" s="3">
-        <v>110</v>
+        <v>934.62</v>
       </c>
       <c r="D265" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F265" s="3">
-        <v>2981</v>
+        <v>0</v>
       </c>
       <c r="G265" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H265" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I265" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
-        <v>522</v>
+        <v>519</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="C266" s="3">
-        <v>94.55</v>
+        <v>143.4</v>
       </c>
       <c r="D266" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F266" s="3">
-        <v>15071</v>
+        <v>704</v>
       </c>
       <c r="G266" s="3">
+        <v>1</v>
+      </c>
+      <c r="H266" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="I266" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
-        <v>524</v>
+        <v>521</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>525</v>
+        <v>522</v>
       </c>
       <c r="C267" s="3">
-        <v>789</v>
+        <v>812.58</v>
       </c>
       <c r="D267" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F267" s="3">
-        <v>253</v>
+        <v>154</v>
       </c>
       <c r="G267" s="3">
         <v>1</v>
       </c>
       <c r="H267" s="3">
-        <v>18</v>
+        <v>100</v>
       </c>
       <c r="I267" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>527</v>
+        <v>524</v>
       </c>
       <c r="C268" s="3">
-        <v>219</v>
+        <v>1443.12</v>
       </c>
       <c r="D268" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F268" s="3">
-        <v>555</v>
+        <v>40</v>
       </c>
       <c r="G268" s="3">
         <v>1</v>
       </c>
       <c r="H268" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I268" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="B269" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="C269" s="3">
+        <v>152.55</v>
+      </c>
+      <c r="D269" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E269" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F269" s="3">
         <v>528</v>
       </c>
-      <c r="B269" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G269" s="3">
+        <v>1</v>
+      </c>
+      <c r="H269" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="I269" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
-        <v>530</v>
+        <v>527</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>531</v>
+        <v>528</v>
       </c>
       <c r="C270" s="3">
-        <v>200</v>
+        <v>177.98</v>
       </c>
       <c r="D270" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F270" s="3">
-        <v>224</v>
+        <v>1047</v>
       </c>
       <c r="G270" s="3">
         <v>1</v>
       </c>
       <c r="H270" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I270" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
-        <v>532</v>
+        <v>529</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>533</v>
+        <v>530</v>
       </c>
       <c r="C271" s="3">
-        <v>1273.15</v>
+        <v>131.19</v>
       </c>
       <c r="D271" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F271" s="3">
-        <v>68</v>
+        <v>293</v>
       </c>
       <c r="G271" s="3">
         <v>1</v>
       </c>
       <c r="H271" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I271" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
-        <v>534</v>
+        <v>531</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="C272" s="3">
-        <v>556.5</v>
+        <v>163.74</v>
       </c>
       <c r="D272" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F272" s="3">
-        <v>394</v>
+        <v>1116</v>
       </c>
       <c r="G272" s="3">
         <v>1</v>
       </c>
       <c r="H272" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I272" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
-        <v>536</v>
+        <v>533</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>537</v>
+        <v>534</v>
       </c>
       <c r="C273" s="3">
-        <v>227.76</v>
+        <v>304.08</v>
       </c>
       <c r="D273" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F273" s="3">
-        <v>203</v>
+        <v>126</v>
       </c>
       <c r="G273" s="3">
+        <v>1</v>
+      </c>
+      <c r="H273" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
       <c r="I273" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="3" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="C274" s="3">
-        <v>239.45</v>
+        <v>125.09</v>
       </c>
       <c r="D274" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F274" s="3">
-        <v>700</v>
+        <v>1373</v>
       </c>
       <c r="G274" s="3">
+        <v>1</v>
+      </c>
+      <c r="H274" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
       <c r="I274" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
-        <v>540</v>
+        <v>537</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>541</v>
+        <v>538</v>
       </c>
       <c r="C275" s="3">
-        <v>232.44</v>
+        <v>184.12</v>
       </c>
       <c r="D275" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F275" s="3">
-        <v>12603</v>
+        <v>225</v>
       </c>
       <c r="G275" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H275" s="3">
-        <v>420</v>
+        <v>120</v>
       </c>
       <c r="I275" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
-        <v>542</v>
+        <v>539</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>543</v>
+        <v>540</v>
       </c>
       <c r="C276" s="3">
-        <v>320</v>
+        <v>721.05</v>
       </c>
       <c r="D276" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F276" s="3">
-        <v>122</v>
+        <v>0</v>
       </c>
       <c r="G276" s="3">
         <v>1</v>
       </c>
       <c r="H276" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I276" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
-        <v>544</v>
+        <v>541</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>545</v>
+        <v>542</v>
       </c>
       <c r="C277" s="3">
-        <v>288</v>
+        <v>131.19</v>
       </c>
       <c r="D277" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F277" s="3">
-        <v>63</v>
+        <v>153</v>
       </c>
       <c r="G277" s="3">
         <v>1</v>
       </c>
       <c r="H277" s="3">
-        <v>120</v>
+        <v>10</v>
       </c>
       <c r="I277" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
-        <v>546</v>
+        <v>543</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="C278" s="3">
-        <v>849</v>
+        <v>141.36</v>
       </c>
       <c r="D278" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F278" s="3">
-        <v>149</v>
+        <v>635</v>
       </c>
       <c r="G278" s="3">
         <v>1</v>
       </c>
       <c r="H278" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I278" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
-        <v>548</v>
+        <v>545</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>549</v>
+        <v>546</v>
       </c>
       <c r="C279" s="3">
-        <v>290</v>
+        <v>149.5</v>
       </c>
       <c r="D279" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F279" s="3">
-        <v>69</v>
+        <v>564</v>
       </c>
       <c r="G279" s="3">
         <v>1</v>
       </c>
       <c r="H279" s="3">
-        <v>120</v>
+        <v>10</v>
       </c>
       <c r="I279" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
-        <v>550</v>
+        <v>547</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>551</v>
+        <v>548</v>
       </c>
       <c r="C280" s="3">
-        <v>908</v>
+        <v>157.64</v>
       </c>
       <c r="D280" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F280" s="3">
-        <v>657</v>
+        <v>0</v>
       </c>
       <c r="G280" s="3">
         <v>1</v>
       </c>
       <c r="H280" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I280" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
+        <v>549</v>
+      </c>
+      <c r="B281" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="C281" s="3">
+        <v>619.35</v>
+      </c>
+      <c r="D281" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E281" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F281" s="3">
+        <v>139</v>
+      </c>
+      <c r="G281" s="3">
+        <v>1</v>
+      </c>
+      <c r="H281" s="3">
+        <v>100</v>
+      </c>
+      <c r="I281" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="282" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A282" s="2" t="s">
+        <v>551</v>
+      </c>
+      <c r="B282" s="2"/>
+      <c r="C282" s="2"/>
+      <c r="D282" s="2"/>
+      <c r="E282" s="2"/>
+      <c r="F282" s="2"/>
+      <c r="G282" s="2"/>
+      <c r="H282" s="2"/>
+      <c r="I282" s="2"/>
+    </row>
+    <row r="283" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A283" s="2" t="s">
         <v>552</v>
       </c>
-      <c r="B281" s="3" t="s">
-[...80 lines deleted...]
-      </c>
+      <c r="B283" s="2"/>
+      <c r="C283" s="2"/>
+      <c r="D283" s="2"/>
+      <c r="E283" s="2"/>
+      <c r="F283" s="2"/>
+      <c r="G283" s="2"/>
+      <c r="H283" s="2"/>
+      <c r="I283" s="2"/>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
-        <v>558</v>
+        <v>553</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>559</v>
+        <v>554</v>
       </c>
       <c r="C284" s="3">
-        <v>775.62</v>
+        <v>213.29</v>
       </c>
       <c r="D284" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F284" s="3">
-        <v>314</v>
+        <v>2163</v>
       </c>
       <c r="G284" s="3">
         <v>1</v>
       </c>
       <c r="H284" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I284" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A285" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I285" s="2"/>
+      <c r="A285" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="B285" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="C285" s="3">
+        <v>193.23</v>
+      </c>
+      <c r="D285" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E285" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F285" s="3">
+        <v>0</v>
+      </c>
+      <c r="G285" s="3">
+        <v>1</v>
+      </c>
+      <c r="H285" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I285" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
-        <v>561</v>
+        <v>557</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>562</v>
+        <v>558</v>
       </c>
       <c r="C286" s="3">
-        <v>31274</v>
+        <v>254.87</v>
       </c>
       <c r="D286" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F286" s="3">
-        <v>144</v>
+        <v>2117</v>
       </c>
       <c r="G286" s="3">
         <v>1</v>
       </c>
       <c r="H286" s="3">
-        <v>4</v>
+        <v>1000</v>
       </c>
       <c r="I286" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
-        <v>563</v>
+        <v>559</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>564</v>
+        <v>560</v>
       </c>
       <c r="C287" s="3">
-        <v>2499</v>
+        <v>280.35</v>
       </c>
       <c r="D287" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F287" s="3">
-        <v>731</v>
+        <v>1429</v>
       </c>
       <c r="G287" s="3">
         <v>1</v>
       </c>
       <c r="H287" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I287" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="C288" s="3">
-        <v>6829</v>
+        <v>307.17</v>
       </c>
       <c r="D288" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F288" s="3">
-        <v>583</v>
+        <v>526</v>
       </c>
       <c r="G288" s="3">
         <v>1</v>
       </c>
       <c r="H288" s="3">
-        <v>12</v>
+        <v>200</v>
       </c>
       <c r="I288" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
-        <v>567</v>
+        <v>563</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>568</v>
+        <v>564</v>
       </c>
       <c r="C289" s="3">
-        <v>21099</v>
+        <v>238</v>
       </c>
       <c r="D289" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F289" s="3">
-        <v>153</v>
+        <v>9865</v>
       </c>
       <c r="G289" s="3">
         <v>1</v>
       </c>
       <c r="H289" s="3">
-        <v>4</v>
+        <v>1000</v>
       </c>
       <c r="I289" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="3" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>570</v>
+        <v>566</v>
       </c>
       <c r="C290" s="3">
-        <v>2099</v>
+        <v>242.23</v>
       </c>
       <c r="D290" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F290" s="3">
-        <v>144</v>
+        <v>1151</v>
       </c>
       <c r="G290" s="3">
         <v>1</v>
       </c>
       <c r="H290" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I290" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="3" t="s">
-        <v>571</v>
+        <v>567</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>572</v>
+        <v>568</v>
       </c>
       <c r="C291" s="3">
-        <v>6895</v>
+        <v>147.47</v>
       </c>
       <c r="D291" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F291" s="3">
-        <v>134</v>
+        <v>1372</v>
       </c>
       <c r="G291" s="3">
         <v>1</v>
       </c>
       <c r="H291" s="3">
-        <v>6</v>
+        <v>1000</v>
       </c>
       <c r="I291" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A292" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A292" s="2" t="s">
+        <v>569</v>
+      </c>
+      <c r="B292" s="2"/>
+      <c r="C292" s="2"/>
+      <c r="D292" s="2"/>
+      <c r="E292" s="2"/>
+      <c r="F292" s="2"/>
+      <c r="G292" s="2"/>
+      <c r="H292" s="2"/>
+      <c r="I292" s="2"/>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
-        <v>575</v>
+        <v>570</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>576</v>
+        <v>571</v>
       </c>
       <c r="C293" s="3">
-        <v>3499</v>
+        <v>212.55</v>
       </c>
       <c r="D293" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F293" s="3">
-        <v>20</v>
+        <v>6555</v>
       </c>
       <c r="G293" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H293" s="3">
-        <v>10</v>
+        <v>3000</v>
       </c>
       <c r="I293" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="3" t="s">
-        <v>577</v>
+        <v>572</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>578</v>
+        <v>573</v>
       </c>
       <c r="C294" s="3">
-        <v>2999</v>
+        <v>151.53</v>
       </c>
       <c r="D294" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F294" s="3">
-        <v>357</v>
+        <v>2386</v>
       </c>
       <c r="G294" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H294" s="3">
-        <v>12</v>
+        <v>4000</v>
       </c>
       <c r="I294" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="3" t="s">
-        <v>579</v>
+        <v>574</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>580</v>
+        <v>575</v>
       </c>
       <c r="C295" s="3">
-        <v>9722</v>
+        <v>183.06</v>
       </c>
       <c r="D295" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F295" s="3">
-        <v>306</v>
+        <v>3487</v>
       </c>
       <c r="G295" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H295" s="3">
-        <v>8</v>
+        <v>4000</v>
       </c>
       <c r="I295" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A296" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A296" s="2" t="s">
+        <v>576</v>
+      </c>
+      <c r="B296" s="2"/>
+      <c r="C296" s="2"/>
+      <c r="D296" s="2"/>
+      <c r="E296" s="2"/>
+      <c r="F296" s="2"/>
+      <c r="G296" s="2"/>
+      <c r="H296" s="2"/>
+      <c r="I296" s="2"/>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="3" t="s">
-        <v>583</v>
+        <v>577</v>
       </c>
       <c r="B297" s="3" t="s">
-        <v>584</v>
+        <v>578</v>
       </c>
       <c r="C297" s="3">
-        <v>18630</v>
+        <v>141.36</v>
       </c>
       <c r="D297" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F297" s="3">
-        <v>5</v>
+        <v>1667</v>
       </c>
       <c r="G297" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H297" s="3">
-        <v>2</v>
+        <v>360</v>
       </c>
       <c r="I297" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" s="3" t="s">
-        <v>585</v>
+        <v>579</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>586</v>
+        <v>580</v>
       </c>
       <c r="C298" s="3">
-        <v>9992</v>
+        <v>243.06</v>
       </c>
       <c r="D298" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F298" s="3">
-        <v>300</v>
+        <v>361</v>
       </c>
       <c r="G298" s="3">
         <v>1</v>
       </c>
       <c r="H298" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I298" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="3" t="s">
-        <v>587</v>
+        <v>581</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>588</v>
+        <v>582</v>
       </c>
       <c r="C299" s="3">
-        <v>18850</v>
+        <v>167.81</v>
       </c>
       <c r="D299" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F299" s="3">
-        <v>262</v>
+        <v>866</v>
       </c>
       <c r="G299" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H299" s="3">
-        <v>6</v>
+        <v>80</v>
       </c>
       <c r="I299" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
-        <v>589</v>
+        <v>583</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>590</v>
+        <v>584</v>
       </c>
       <c r="C300" s="3">
-        <v>3839</v>
+        <v>843.09</v>
       </c>
       <c r="D300" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F300" s="3">
-        <v>106</v>
+        <v>60</v>
       </c>
       <c r="G300" s="3">
         <v>1</v>
       </c>
       <c r="H300" s="3">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="I300" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="3" t="s">
-        <v>591</v>
+        <v>585</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>592</v>
+        <v>586</v>
       </c>
       <c r="C301" s="3">
-        <v>7469.1</v>
+        <v>98.59</v>
       </c>
       <c r="D301" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F301" s="3">
-        <v>0</v>
+        <v>362</v>
       </c>
       <c r="G301" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H301" s="3">
-        <v>5</v>
+        <v>400</v>
       </c>
       <c r="I301" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
-        <v>593</v>
+        <v>587</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>594</v>
+        <v>588</v>
       </c>
       <c r="C302" s="3">
-        <v>2599</v>
+        <v>155.61</v>
       </c>
       <c r="D302" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F302" s="3">
-        <v>546</v>
+        <v>854</v>
       </c>
       <c r="G302" s="3">
         <v>1</v>
       </c>
       <c r="H302" s="3">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="I302" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A303" s="3" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B303" s="3" t="s">
-        <v>596</v>
+        <v>590</v>
       </c>
       <c r="C303" s="3">
-        <v>11700</v>
+        <v>158.14</v>
       </c>
       <c r="D303" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F303" s="3">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="G303" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H303" s="3">
-        <v>2</v>
+        <v>900</v>
       </c>
       <c r="I303" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" s="3" t="s">
-        <v>597</v>
+        <v>591</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>598</v>
+        <v>592</v>
       </c>
       <c r="C304" s="3">
-        <v>2400</v>
+        <v>148.48</v>
       </c>
       <c r="D304" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F304" s="3">
-        <v>3</v>
+        <v>176</v>
       </c>
       <c r="G304" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H304" s="3">
-        <v>10</v>
+        <v>360</v>
       </c>
       <c r="I304" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
-        <v>599</v>
+        <v>593</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>600</v>
+        <v>594</v>
       </c>
       <c r="C305" s="3">
-        <v>4535.19</v>
+        <v>80.77</v>
       </c>
       <c r="D305" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F305" s="3">
-        <v>0</v>
+        <v>492</v>
       </c>
       <c r="G305" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H305" s="3">
-        <v>5</v>
+        <v>420</v>
       </c>
       <c r="I305" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A306" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I306" s="2"/>
+      <c r="A306" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="B306" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="C306" s="3">
+        <v>263.4</v>
+      </c>
+      <c r="D306" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E306" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F306" s="3">
+        <v>377</v>
+      </c>
+      <c r="G306" s="3">
+        <v>1</v>
+      </c>
+      <c r="H306" s="3">
+        <v>150</v>
+      </c>
+      <c r="I306" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" s="3" t="s">
-        <v>602</v>
+        <v>597</v>
       </c>
       <c r="B307" s="3" t="s">
-        <v>603</v>
+        <v>598</v>
       </c>
       <c r="C307" s="3">
-        <v>4999</v>
+        <v>155.61</v>
       </c>
       <c r="D307" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F307" s="3">
-        <v>0</v>
+        <v>678</v>
       </c>
       <c r="G307" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H307" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="I307" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="3" t="s">
-        <v>604</v>
+        <v>599</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>605</v>
+        <v>600</v>
       </c>
       <c r="C308" s="3">
-        <v>29879</v>
+        <v>263.4</v>
       </c>
       <c r="D308" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F308" s="3">
-        <v>68</v>
+        <v>277</v>
       </c>
       <c r="G308" s="3">
         <v>1</v>
       </c>
       <c r="H308" s="3">
-        <v>4</v>
+        <v>150</v>
       </c>
       <c r="I308" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" s="3" t="s">
-        <v>606</v>
+        <v>601</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>607</v>
+        <v>602</v>
       </c>
       <c r="C309" s="3">
-        <v>2599</v>
+        <v>283.74</v>
       </c>
       <c r="D309" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F309" s="3">
-        <v>261</v>
+        <v>209</v>
       </c>
       <c r="G309" s="3">
         <v>1</v>
       </c>
       <c r="H309" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I309" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" s="3" t="s">
-        <v>608</v>
+        <v>603</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>609</v>
+        <v>604</v>
       </c>
       <c r="C310" s="3">
-        <v>1799</v>
+        <v>415.95</v>
       </c>
       <c r="D310" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F310" s="3">
-        <v>586</v>
+        <v>167</v>
       </c>
       <c r="G310" s="3">
         <v>1</v>
       </c>
       <c r="H310" s="3">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="I310" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="3" t="s">
-        <v>610</v>
+        <v>605</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>611</v>
+        <v>606</v>
       </c>
       <c r="C311" s="3">
-        <v>1999</v>
+        <v>263.4</v>
       </c>
       <c r="D311" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F311" s="3">
-        <v>140</v>
+        <v>290</v>
       </c>
       <c r="G311" s="3">
         <v>1</v>
       </c>
       <c r="H311" s="3">
-        <v>20</v>
+        <v>150</v>
       </c>
       <c r="I311" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A312" s="3" t="s">
-        <v>612</v>
+        <v>607</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>613</v>
+        <v>608</v>
       </c>
       <c r="C312" s="3">
-        <v>3649</v>
+        <v>533.36</v>
       </c>
       <c r="D312" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F312" s="3">
-        <v>40</v>
+        <v>166</v>
       </c>
       <c r="G312" s="3">
         <v>1</v>
       </c>
       <c r="H312" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I312" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
-        <v>614</v>
+        <v>609</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>615</v>
+        <v>610</v>
       </c>
       <c r="C313" s="3">
-        <v>2999</v>
+        <v>320.36</v>
       </c>
       <c r="D313" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F313" s="3">
-        <v>48</v>
+        <v>447</v>
       </c>
       <c r="G313" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H313" s="3">
-        <v>20</v>
+        <v>260</v>
       </c>
       <c r="I313" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A314" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="B314" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="C314" s="3">
+        <v>3206.08</v>
+      </c>
+      <c r="D314" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E314" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F314" s="3">
+        <v>86</v>
+      </c>
+      <c r="G314" s="3">
+        <v>1</v>
+      </c>
+      <c r="H314" s="3">
+        <v>24</v>
+      </c>
+      <c r="I314" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="315" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A315" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="B315" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="C315" s="3">
+        <v>3206.08</v>
+      </c>
+      <c r="D315" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E315" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F315" s="3">
+        <v>231</v>
+      </c>
+      <c r="G315" s="3">
+        <v>1</v>
+      </c>
+      <c r="H315" s="3">
+        <v>24</v>
+      </c>
+      <c r="I315" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="316" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A316" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="B316" s="3" t="s">
         <v>616</v>
       </c>
-      <c r="B314" s="3" t="s">
-[...48 lines deleted...]
-      <c r="I316" s="2"/>
+      <c r="C316" s="3">
+        <v>713.5</v>
+      </c>
+      <c r="D316" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E316" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F316" s="3">
+        <v>2</v>
+      </c>
+      <c r="G316" s="3">
+        <v>1</v>
+      </c>
+      <c r="H316" s="3">
+        <v>140</v>
+      </c>
+      <c r="I316" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A317" s="3" t="s">
-        <v>620</v>
+        <v>617</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="C317" s="3">
-        <v>307.46</v>
+        <v>3206.08</v>
       </c>
       <c r="D317" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F317" s="3">
-        <v>5000</v>
+        <v>73</v>
       </c>
       <c r="G317" s="3">
         <v>1</v>
       </c>
       <c r="H317" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I317" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="3" t="s">
-        <v>622</v>
+        <v>619</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
       <c r="C318" s="3">
-        <v>340.07</v>
+        <v>112.54</v>
       </c>
       <c r="D318" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F318" s="3">
-        <v>3771</v>
+        <v>121</v>
       </c>
       <c r="G318" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H318" s="3">
-        <v>100</v>
+        <v>350</v>
       </c>
       <c r="I318" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A319" s="3" t="s">
-        <v>624</v>
+        <v>621</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>625</v>
+        <v>622</v>
       </c>
       <c r="C319" s="3">
-        <v>366.73</v>
+        <v>141.36</v>
       </c>
       <c r="D319" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F319" s="3">
-        <v>23423</v>
+        <v>1951</v>
       </c>
       <c r="G319" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H319" s="3">
-        <v>100</v>
+        <v>360</v>
       </c>
       <c r="I319" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A320" s="3" t="s">
-        <v>626</v>
+        <v>623</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>627</v>
+        <v>624</v>
       </c>
       <c r="C320" s="3">
-        <v>393.9</v>
+        <v>1199.04</v>
       </c>
       <c r="D320" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F320" s="3">
-        <v>26058</v>
+        <v>0</v>
       </c>
       <c r="G320" s="3">
         <v>1</v>
       </c>
       <c r="H320" s="3">
-        <v>100</v>
+        <v>11</v>
       </c>
       <c r="I320" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A321" s="3" t="s">
-        <v>628</v>
+        <v>625</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>629</v>
+        <v>626</v>
       </c>
       <c r="C321" s="3">
-        <v>652.13</v>
+        <v>937.23</v>
       </c>
       <c r="D321" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F321" s="3">
-        <v>2647</v>
+        <v>71</v>
       </c>
       <c r="G321" s="3">
         <v>1</v>
       </c>
       <c r="H321" s="3">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="I321" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="322" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A322" s="3" t="s">
-        <v>630</v>
+        <v>627</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>631</v>
+        <v>628</v>
       </c>
       <c r="C322" s="3">
-        <v>677.9</v>
+        <v>840.64</v>
       </c>
       <c r="D322" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F322" s="3">
-        <v>4269</v>
+        <v>130</v>
       </c>
       <c r="G322" s="3">
         <v>1</v>
       </c>
       <c r="H322" s="3">
-        <v>50</v>
+        <v>140</v>
       </c>
       <c r="I322" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A323" s="3" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="C323" s="3">
-        <v>525</v>
+        <v>426.12</v>
       </c>
       <c r="D323" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F323" s="3">
-        <v>2001</v>
+        <v>116</v>
       </c>
       <c r="G323" s="3">
         <v>1</v>
       </c>
       <c r="H323" s="3">
-        <v>100</v>
+        <v>42</v>
       </c>
       <c r="I323" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A324" s="3" t="s">
-        <v>634</v>
+        <v>631</v>
       </c>
       <c r="B324" s="3" t="s">
-        <v>635</v>
+        <v>632</v>
       </c>
       <c r="C324" s="3">
-        <v>540</v>
+        <v>1249.89</v>
       </c>
       <c r="D324" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F324" s="3">
-        <v>3186</v>
+        <v>0</v>
       </c>
       <c r="G324" s="3">
         <v>1</v>
       </c>
       <c r="H324" s="3">
-        <v>100</v>
+        <v>11</v>
       </c>
       <c r="I324" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A325" s="3" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
       <c r="B325" s="3" t="s">
-        <v>637</v>
+        <v>634</v>
       </c>
       <c r="C325" s="3">
-        <v>799</v>
+        <v>218.97</v>
       </c>
       <c r="D325" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F325" s="3">
-        <v>510</v>
+        <v>288</v>
       </c>
       <c r="G325" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H325" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I325" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A326" s="3" t="s">
-        <v>638</v>
+        <v>635</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>639</v>
+        <v>636</v>
       </c>
       <c r="C326" s="3">
-        <v>1239</v>
+        <v>263.4</v>
       </c>
       <c r="D326" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F326" s="3">
-        <v>3949</v>
+        <v>118</v>
       </c>
       <c r="G326" s="3">
         <v>1</v>
       </c>
       <c r="H326" s="3">
-        <v>50</v>
+        <v>150</v>
       </c>
       <c r="I326" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="327" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A327" s="3" t="s">
-        <v>640</v>
+        <v>637</v>
       </c>
       <c r="B327" s="3" t="s">
-        <v>641</v>
+        <v>638</v>
       </c>
       <c r="C327" s="3">
-        <v>570</v>
+        <v>222.83</v>
       </c>
       <c r="D327" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F327" s="3">
-        <v>4612</v>
+        <v>0</v>
       </c>
       <c r="G327" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H327" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I327" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="328" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A328" s="3" t="s">
-        <v>642</v>
+        <v>639</v>
       </c>
       <c r="B328" s="3" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="C328" s="3">
-        <v>699</v>
+        <v>222.83</v>
       </c>
       <c r="D328" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F328" s="3">
-        <v>2996</v>
+        <v>151</v>
       </c>
       <c r="G328" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H328" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I328" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="329" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A329" s="3" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
       <c r="B329" s="3" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="C329" s="3">
-        <v>820</v>
+        <v>222.83</v>
       </c>
       <c r="D329" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F329" s="3">
-        <v>1254</v>
+        <v>228</v>
       </c>
       <c r="G329" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H329" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I329" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="330" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A330" s="3" t="s">
-        <v>646</v>
+        <v>643</v>
       </c>
       <c r="B330" s="3" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="C330" s="3">
-        <v>989</v>
+        <v>322.4</v>
       </c>
       <c r="D330" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F330" s="3">
-        <v>1039</v>
+        <v>109</v>
       </c>
       <c r="G330" s="3">
         <v>1</v>
       </c>
       <c r="H330" s="3">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="I330" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="331" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A331" s="3" t="s">
+        <v>645</v>
+      </c>
+      <c r="B331" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="C331" s="3">
+        <v>92.55</v>
+      </c>
+      <c r="D331" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E331" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F331" s="3">
+        <v>1635</v>
+      </c>
+      <c r="G331" s="3">
+        <v>10</v>
+      </c>
+      <c r="H331" s="3">
+        <v>420</v>
+      </c>
+      <c r="I331" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="332" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A332" s="3" t="s">
+        <v>647</v>
+      </c>
+      <c r="B332" s="3" t="s">
         <v>648</v>
       </c>
-      <c r="B331" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I332" s="2"/>
+      <c r="C332" s="3">
+        <v>192.21</v>
+      </c>
+      <c r="D332" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E332" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F332" s="3">
+        <v>200</v>
+      </c>
+      <c r="G332" s="3">
+        <v>10</v>
+      </c>
+      <c r="H332" s="3">
+        <v>120</v>
+      </c>
+      <c r="I332" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="333" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A333" s="3" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
       <c r="B333" s="3" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
       <c r="C333" s="3">
-        <v>529</v>
+        <v>901.6</v>
       </c>
       <c r="D333" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F333" s="3">
-        <v>1498</v>
+        <v>505</v>
       </c>
       <c r="G333" s="3">
         <v>1</v>
       </c>
       <c r="H333" s="3">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="I333" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="334" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A334" s="3" t="s">
-        <v>653</v>
+        <v>651</v>
       </c>
       <c r="B334" s="3" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="C334" s="3">
-        <v>460.71</v>
+        <v>283.74</v>
       </c>
       <c r="D334" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F334" s="3">
-        <v>1760</v>
+        <v>757</v>
       </c>
       <c r="G334" s="3">
         <v>1</v>
       </c>
       <c r="H334" s="3">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="I334" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="335" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A335" s="3" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
       <c r="B335" s="3" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="C335" s="3">
-        <v>1407.1</v>
+        <v>3690.69</v>
       </c>
       <c r="D335" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F335" s="3">
-        <v>594</v>
+        <v>660</v>
       </c>
       <c r="G335" s="3">
         <v>1</v>
       </c>
       <c r="H335" s="3">
-        <v>48</v>
+        <v>4</v>
       </c>
       <c r="I335" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="336" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A336" s="3" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="B336" s="3" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="C336" s="3">
-        <v>779</v>
+        <v>969.8</v>
       </c>
       <c r="D336" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F336" s="3">
-        <v>650</v>
+        <v>0</v>
       </c>
       <c r="G336" s="3">
         <v>1</v>
       </c>
       <c r="H336" s="3">
-        <v>50</v>
+        <v>140</v>
       </c>
       <c r="I336" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="337" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A337" s="3" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="B337" s="3" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="C337" s="3">
-        <v>1048.83</v>
+        <v>273.57</v>
       </c>
       <c r="D337" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F337" s="3">
-        <v>1594</v>
+        <v>11</v>
       </c>
       <c r="G337" s="3">
         <v>1</v>
       </c>
       <c r="H337" s="3">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="I337" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="338" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A338" s="3" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="B338" s="3" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="C338" s="3">
-        <v>1069.25</v>
+        <v>3324.87</v>
       </c>
       <c r="D338" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F338" s="3">
-        <v>1533</v>
+        <v>0</v>
       </c>
       <c r="G338" s="3">
         <v>1</v>
       </c>
       <c r="H338" s="3">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="I338" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="339" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A339" s="3" t="s">
+        <v>661</v>
+      </c>
+      <c r="B339" s="3" t="s">
+        <v>662</v>
+      </c>
+      <c r="C339" s="3">
+        <v>830.33</v>
+      </c>
+      <c r="D339" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E339" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F339" s="3">
+        <v>11</v>
+      </c>
+      <c r="G339" s="3">
+        <v>1</v>
+      </c>
+      <c r="H339" s="3">
+        <v>140</v>
+      </c>
+      <c r="I339" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="340" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A340" s="3" t="s">
         <v>663</v>
       </c>
-      <c r="B339" s="3" t="s">
+      <c r="B340" s="3" t="s">
         <v>664</v>
       </c>
-      <c r="C339" s="3">
-[...32 lines deleted...]
-      <c r="I340" s="2"/>
+      <c r="C340" s="3">
+        <v>1067.9</v>
+      </c>
+      <c r="D340" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E340" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F340" s="3">
+        <v>291</v>
+      </c>
+      <c r="G340" s="3">
+        <v>1</v>
+      </c>
+      <c r="H340" s="3">
+        <v>24</v>
+      </c>
+      <c r="I340" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="341" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A341" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="B341" s="3" t="s">
         <v>666</v>
       </c>
-      <c r="B341" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C341" s="3">
-        <v>999</v>
+        <v>295.77</v>
       </c>
       <c r="D341" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F341" s="3">
-        <v>0</v>
+        <v>2670</v>
       </c>
       <c r="G341" s="3">
         <v>1</v>
       </c>
       <c r="H341" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I341" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="342" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A342" s="3" t="s">
+        <v>667</v>
+      </c>
+      <c r="B342" s="3" t="s">
         <v>668</v>
       </c>
-      <c r="B342" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C342" s="3">
-        <v>929</v>
+        <v>263.4</v>
       </c>
       <c r="D342" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F342" s="3">
-        <v>1130</v>
+        <v>44</v>
       </c>
       <c r="G342" s="3">
         <v>1</v>
       </c>
       <c r="H342" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I342" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="343" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A343" s="3" t="s">
+        <v>669</v>
+      </c>
+      <c r="B343" s="3" t="s">
         <v>670</v>
       </c>
-      <c r="B343" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C343" s="3">
-        <v>1509</v>
+        <v>275.79</v>
       </c>
       <c r="D343" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F343" s="3">
-        <v>586</v>
+        <v>815</v>
       </c>
       <c r="G343" s="3">
         <v>1</v>
       </c>
       <c r="H343" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I343" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="344" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A344" s="3" t="s">
+        <v>671</v>
+      </c>
+      <c r="B344" s="3" t="s">
         <v>672</v>
       </c>
-      <c r="B344" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C344" s="3">
-        <v>1229</v>
+        <v>148.48</v>
       </c>
       <c r="D344" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F344" s="3">
-        <v>649</v>
+        <v>112</v>
       </c>
       <c r="G344" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H344" s="3">
-        <v>100</v>
+        <v>360</v>
       </c>
       <c r="I344" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="345" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A345" s="3" t="s">
+        <v>673</v>
+      </c>
+      <c r="B345" s="3" t="s">
         <v>674</v>
       </c>
-      <c r="B345" s="3" t="s">
+      <c r="C345" s="3">
+        <v>126.78</v>
+      </c>
+      <c r="D345" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E345" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F345" s="3">
+        <v>1247</v>
+      </c>
+      <c r="G345" s="3">
+        <v>10</v>
+      </c>
+      <c r="H345" s="3">
+        <v>350</v>
+      </c>
+      <c r="I345" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="346" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A346" s="3" t="s">
         <v>675</v>
       </c>
-      <c r="C345" s="3">
-[...22 lines deleted...]
-      <c r="A346" s="2" t="s">
+      <c r="B346" s="3" t="s">
         <v>676</v>
       </c>
-      <c r="B346" s="2"/>
-[...6 lines deleted...]
-      <c r="I346" s="2"/>
+      <c r="C346" s="3">
+        <v>840.64</v>
+      </c>
+      <c r="D346" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E346" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F346" s="3">
+        <v>168</v>
+      </c>
+      <c r="G346" s="3">
+        <v>1</v>
+      </c>
+      <c r="H346" s="3">
+        <v>140</v>
+      </c>
+      <c r="I346" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="347" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A347" s="3" t="s">
         <v>677</v>
       </c>
       <c r="B347" s="3" t="s">
         <v>678</v>
       </c>
       <c r="C347" s="3">
-        <v>1415</v>
+        <v>3432.95</v>
       </c>
       <c r="D347" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F347" s="3">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="G347" s="3">
         <v>1</v>
       </c>
       <c r="H347" s="3">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="I347" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="348" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A348" s="3" t="s">
         <v>679</v>
       </c>
       <c r="B348" s="3" t="s">
         <v>680</v>
       </c>
       <c r="C348" s="3">
-        <v>616.71</v>
+        <v>160.36</v>
       </c>
       <c r="D348" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F348" s="3">
-        <v>1229</v>
+        <v>1437</v>
       </c>
       <c r="G348" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H348" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I348" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="349" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A349" s="3" t="s">
         <v>681</v>
       </c>
       <c r="B349" s="3" t="s">
         <v>682</v>
       </c>
       <c r="C349" s="3">
-        <v>1974.45</v>
+        <v>877.84</v>
       </c>
       <c r="D349" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F349" s="3">
-        <v>829</v>
+        <v>2109</v>
       </c>
       <c r="G349" s="3">
         <v>1</v>
       </c>
       <c r="H349" s="3">
-        <v>72</v>
+        <v>50</v>
       </c>
       <c r="I349" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="350" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A350" s="3" t="s">
         <v>683</v>
       </c>
       <c r="B350" s="3" t="s">
         <v>684</v>
       </c>
       <c r="C350" s="3">
-        <v>2654.23</v>
+        <v>710.88</v>
       </c>
       <c r="D350" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F350" s="3">
-        <v>0</v>
+        <v>33</v>
       </c>
       <c r="G350" s="3">
         <v>1</v>
       </c>
       <c r="H350" s="3">
-        <v>50</v>
+        <v>140</v>
       </c>
       <c r="I350" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="351" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A351" s="3" t="s">
         <v>685</v>
       </c>
       <c r="B351" s="3" t="s">
         <v>686</v>
       </c>
       <c r="C351" s="3">
-        <v>865.5</v>
+        <v>2846.58</v>
       </c>
       <c r="D351" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F351" s="3">
-        <v>1020</v>
+        <v>68</v>
       </c>
       <c r="G351" s="3">
         <v>1</v>
       </c>
       <c r="H351" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I351" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="352" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A352" s="3" t="s">
         <v>687</v>
       </c>
       <c r="B352" s="3" t="s">
         <v>688</v>
       </c>
       <c r="C352" s="3">
-        <v>799</v>
+        <v>200.75</v>
       </c>
       <c r="D352" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F352" s="3">
-        <v>478</v>
+        <v>365</v>
       </c>
       <c r="G352" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H352" s="3">
-        <v>100</v>
+        <v>210</v>
       </c>
       <c r="I352" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="353" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A353" s="3" t="s">
         <v>689</v>
       </c>
       <c r="B353" s="3" t="s">
         <v>690</v>
       </c>
       <c r="C353" s="3">
-        <v>806.65</v>
+        <v>510.79</v>
       </c>
       <c r="D353" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F353" s="3">
-        <v>516</v>
+        <v>4538</v>
       </c>
       <c r="G353" s="3">
         <v>1</v>
       </c>
       <c r="H353" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I353" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="354" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A354" s="3" t="s">
+      <c r="A354" s="2" t="s">
         <v>691</v>
       </c>
-      <c r="B354" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B354" s="2"/>
+      <c r="C354" s="2"/>
+      <c r="D354" s="2"/>
+      <c r="E354" s="2"/>
+      <c r="F354" s="2"/>
+      <c r="G354" s="2"/>
+      <c r="H354" s="2"/>
+      <c r="I354" s="2"/>
     </row>
     <row r="355" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A355" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="B355" s="3" t="s">
         <v>693</v>
       </c>
-      <c r="B355" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C355" s="3">
-        <v>750</v>
+        <v>334.59</v>
       </c>
       <c r="D355" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F355" s="3">
-        <v>848</v>
+        <v>414</v>
       </c>
       <c r="G355" s="3">
         <v>1</v>
       </c>
       <c r="H355" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I355" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="356" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A356" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="B356" s="3" t="s">
         <v>695</v>
       </c>
-      <c r="B356" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C356" s="3">
-        <v>3815.42</v>
+        <v>331.42</v>
       </c>
       <c r="D356" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F356" s="3">
-        <v>900</v>
+        <v>2773</v>
       </c>
       <c r="G356" s="3">
         <v>1</v>
       </c>
       <c r="H356" s="3">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="I356" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="357" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A357" s="3" t="s">
+        <v>696</v>
+      </c>
+      <c r="B357" s="3" t="s">
         <v>697</v>
       </c>
-      <c r="B357" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C357" s="3">
-        <v>2800</v>
+        <v>442.4</v>
       </c>
       <c r="D357" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F357" s="3">
-        <v>356</v>
+        <v>597</v>
       </c>
       <c r="G357" s="3">
         <v>1</v>
       </c>
       <c r="H357" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I357" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="358" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A358" s="3" t="s">
+        <v>698</v>
+      </c>
+      <c r="B358" s="3" t="s">
         <v>699</v>
       </c>
-      <c r="B358" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C358" s="3">
-        <v>1174.88</v>
+        <v>619.35</v>
       </c>
       <c r="D358" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F358" s="3">
-        <v>0</v>
+        <v>1696</v>
       </c>
       <c r="G358" s="3">
         <v>1</v>
       </c>
       <c r="H358" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="I358" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="359" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A359" s="3" t="s">
+        <v>700</v>
+      </c>
+      <c r="B359" s="3" t="s">
         <v>701</v>
       </c>
-      <c r="B359" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C359" s="3">
-        <v>350</v>
+        <v>582.94</v>
       </c>
       <c r="D359" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F359" s="3">
-        <v>1620</v>
+        <v>246</v>
       </c>
       <c r="G359" s="3">
         <v>1</v>
       </c>
       <c r="H359" s="3">
-        <v>200</v>
+        <v>12</v>
       </c>
       <c r="I359" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="360" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A360" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="B360" s="3" t="s">
         <v>703</v>
       </c>
-      <c r="B360" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C360" s="3">
-        <v>750</v>
+        <v>300.02</v>
       </c>
       <c r="D360" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E360" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F360" s="3">
-        <v>841</v>
+        <v>45</v>
       </c>
       <c r="G360" s="3">
         <v>1</v>
       </c>
       <c r="H360" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I360" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="361" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A361" s="3" t="s">
+        <v>704</v>
+      </c>
+      <c r="B361" s="3" t="s">
         <v>705</v>
       </c>
-      <c r="B361" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C361" s="3">
-        <v>1901.4</v>
+        <v>269.51</v>
       </c>
       <c r="D361" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E361" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F361" s="3">
-        <v>1787</v>
+        <v>393</v>
       </c>
       <c r="G361" s="3">
         <v>1</v>
       </c>
       <c r="H361" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I361" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="362" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A362" s="3" t="s">
+        <v>706</v>
+      </c>
+      <c r="B362" s="3" t="s">
         <v>707</v>
       </c>
-      <c r="B362" s="3" t="s">
+      <c r="C362" s="3">
+        <v>375.27</v>
+      </c>
+      <c r="D362" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E362" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F362" s="3">
+        <v>978</v>
+      </c>
+      <c r="G362" s="3">
+        <v>1</v>
+      </c>
+      <c r="H362" s="3">
+        <v>6</v>
+      </c>
+      <c r="I362" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="363" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A363" s="3" t="s">
         <v>708</v>
       </c>
-      <c r="C362" s="3">
-[...22 lines deleted...]
-      <c r="A363" s="2" t="s">
+      <c r="B363" s="3" t="s">
         <v>709</v>
       </c>
-      <c r="B363" s="2"/>
-[...6 lines deleted...]
-      <c r="I363" s="2"/>
+      <c r="C363" s="3">
+        <v>450.21</v>
+      </c>
+      <c r="D363" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E363" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F363" s="3">
+        <v>1530</v>
+      </c>
+      <c r="G363" s="3">
+        <v>1</v>
+      </c>
+      <c r="H363" s="3">
+        <v>12</v>
+      </c>
+      <c r="I363" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="364" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A364" s="3" t="s">
         <v>710</v>
       </c>
       <c r="B364" s="3" t="s">
         <v>711</v>
       </c>
       <c r="C364" s="3">
-        <v>249</v>
+        <v>428.77</v>
       </c>
       <c r="D364" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F364" s="3">
-        <v>10455</v>
+        <v>6461</v>
       </c>
       <c r="G364" s="3">
         <v>1</v>
       </c>
       <c r="H364" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I364" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="365" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A365" s="3" t="s">
+      <c r="A365" s="2" t="s">
         <v>712</v>
       </c>
-      <c r="B365" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B365" s="2"/>
+      <c r="C365" s="2"/>
+      <c r="D365" s="2"/>
+      <c r="E365" s="2"/>
+      <c r="F365" s="2"/>
+      <c r="G365" s="2"/>
+      <c r="H365" s="2"/>
+      <c r="I365" s="2"/>
     </row>
     <row r="366" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A366" s="3" t="s">
+        <v>713</v>
+      </c>
+      <c r="B366" s="3" t="s">
         <v>714</v>
       </c>
-      <c r="B366" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C366" s="3">
-        <v>430</v>
+        <v>798.34</v>
       </c>
       <c r="D366" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E366" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F366" s="3">
-        <v>5406</v>
+        <v>33</v>
       </c>
       <c r="G366" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H366" s="3">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="I366" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="367" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A367" s="3" t="s">
+        <v>715</v>
+      </c>
+      <c r="B367" s="3" t="s">
         <v>716</v>
       </c>
-      <c r="B367" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C367" s="3">
-        <v>425.6</v>
+        <v>200.75</v>
       </c>
       <c r="D367" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E367" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F367" s="3">
-        <v>0</v>
+        <v>110</v>
       </c>
       <c r="G367" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H367" s="3">
-        <v>100</v>
+        <v>360</v>
       </c>
       <c r="I367" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="368" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A368" s="3" t="s">
+        <v>717</v>
+      </c>
+      <c r="B368" s="3" t="s">
         <v>718</v>
       </c>
-      <c r="B368" s="3" t="s">
+      <c r="C368" s="3">
+        <v>300.53</v>
+      </c>
+      <c r="D368" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E368" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F368" s="3">
+        <v>185</v>
+      </c>
+      <c r="G368" s="3">
+        <v>10</v>
+      </c>
+      <c r="H368" s="3">
+        <v>280</v>
+      </c>
+      <c r="I368" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="369" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A369" s="3" t="s">
         <v>719</v>
       </c>
-      <c r="C368" s="3">
-[...22 lines deleted...]
-      <c r="A369" s="2" t="s">
+      <c r="B369" s="3" t="s">
         <v>720</v>
       </c>
-      <c r="B369" s="2"/>
-[...6 lines deleted...]
-      <c r="I369" s="2"/>
+      <c r="C369" s="3">
+        <v>414.57</v>
+      </c>
+      <c r="D369" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E369" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F369" s="3">
+        <v>916</v>
+      </c>
+      <c r="G369" s="3">
+        <v>10</v>
+      </c>
+      <c r="H369" s="3">
+        <v>180</v>
+      </c>
+      <c r="I369" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="370" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A370" s="3" t="s">
         <v>721</v>
       </c>
       <c r="B370" s="3" t="s">
         <v>722</v>
       </c>
       <c r="C370" s="3">
-        <v>2339</v>
+        <v>1199.04</v>
       </c>
       <c r="D370" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E370" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F370" s="3">
-        <v>1043</v>
+        <v>166</v>
       </c>
       <c r="G370" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H370" s="3">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="I370" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="371" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A371" s="3" t="s">
+      <c r="A371" s="2" t="s">
         <v>723</v>
       </c>
-      <c r="B371" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B371" s="2"/>
+      <c r="C371" s="2"/>
+      <c r="D371" s="2"/>
+      <c r="E371" s="2"/>
+      <c r="F371" s="2"/>
+      <c r="G371" s="2"/>
+      <c r="H371" s="2"/>
+      <c r="I371" s="2"/>
     </row>
     <row r="372" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A372" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="B372" s="3" t="s">
         <v>725</v>
       </c>
-      <c r="B372" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C372" s="3">
-        <v>3299</v>
+        <v>3711.03</v>
       </c>
       <c r="D372" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E372" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F372" s="3">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="G372" s="3">
         <v>1</v>
       </c>
       <c r="H372" s="3">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I372" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="373" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A373" s="3" t="s">
+        <v>726</v>
+      </c>
+      <c r="B373" s="3" t="s">
         <v>727</v>
       </c>
-      <c r="B373" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C373" s="3">
-        <v>6825.59</v>
+        <v>2643.18</v>
       </c>
       <c r="D373" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E373" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F373" s="3">
-        <v>333</v>
+        <v>236</v>
       </c>
       <c r="G373" s="3">
         <v>1</v>
       </c>
       <c r="H373" s="3">
         <v>20</v>
       </c>
       <c r="I373" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="374" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A374" s="3" t="s">
+        <v>728</v>
+      </c>
+      <c r="B374" s="3" t="s">
         <v>729</v>
       </c>
-      <c r="B374" s="3" t="s">
+      <c r="C374" s="3">
+        <v>3049.98</v>
+      </c>
+      <c r="D374" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E374" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F374" s="3">
+        <v>16</v>
+      </c>
+      <c r="G374" s="3">
+        <v>1</v>
+      </c>
+      <c r="H374" s="3">
+        <v>20</v>
+      </c>
+      <c r="I374" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="375" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A375" s="3" t="s">
         <v>730</v>
       </c>
-      <c r="C374" s="3">
-[...22 lines deleted...]
-      <c r="A375" s="2" t="s">
+      <c r="B375" s="3" t="s">
         <v>731</v>
       </c>
-      <c r="B375" s="2"/>
-[...6 lines deleted...]
-      <c r="I375" s="2"/>
+      <c r="C375" s="3">
+        <v>30386.94</v>
+      </c>
+      <c r="D375" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E375" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F375" s="3">
+        <v>31</v>
+      </c>
+      <c r="G375" s="3">
+        <v>1</v>
+      </c>
+      <c r="H375" s="3">
+        <v>4</v>
+      </c>
+      <c r="I375" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="376" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A376" s="3" t="s">
         <v>732</v>
       </c>
       <c r="B376" s="3" t="s">
         <v>733</v>
       </c>
       <c r="C376" s="3">
-        <v>399</v>
+        <v>2032.98</v>
       </c>
       <c r="D376" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E376" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F376" s="3">
-        <v>1522</v>
+        <v>0</v>
       </c>
       <c r="G376" s="3">
         <v>1</v>
       </c>
       <c r="H376" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I376" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="377" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A377" s="3" t="s">
         <v>734</v>
       </c>
       <c r="B377" s="3" t="s">
         <v>735</v>
       </c>
       <c r="C377" s="3">
-        <v>469</v>
+        <v>1829.58</v>
       </c>
       <c r="D377" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E377" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F377" s="3">
-        <v>546</v>
+        <v>493</v>
       </c>
       <c r="G377" s="3">
         <v>1</v>
       </c>
       <c r="H377" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I377" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="378" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A378" s="3" t="s">
         <v>736</v>
       </c>
       <c r="B378" s="3" t="s">
         <v>737</v>
       </c>
       <c r="C378" s="3">
-        <v>279</v>
+        <v>5389.08</v>
       </c>
       <c r="D378" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E378" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F378" s="3">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G378" s="3">
         <v>1</v>
       </c>
       <c r="H378" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I378" s="3">
-        <v>1</v>
-[...201 lines deleted...]
-      <c r="I385" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="29">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A12:I12"/>
-[...5 lines deleted...]
-    <mergeCell ref="A115:I115"/>
+    <mergeCell ref="A4:I4"/>
+    <mergeCell ref="A20:I20"/>
+    <mergeCell ref="A37:I37"/>
+    <mergeCell ref="A45:I45"/>
+    <mergeCell ref="A51:I51"/>
+    <mergeCell ref="A62:I62"/>
+    <mergeCell ref="A68:I68"/>
+    <mergeCell ref="A74:I74"/>
+    <mergeCell ref="A90:I90"/>
+    <mergeCell ref="A109:I109"/>
     <mergeCell ref="A121:I121"/>
-    <mergeCell ref="A137:I137"/>
-[...17 lines deleted...]
-    <mergeCell ref="A375:I375"/>
+    <mergeCell ref="A129:I129"/>
+    <mergeCell ref="A134:I134"/>
+    <mergeCell ref="A143:I143"/>
+    <mergeCell ref="A163:I163"/>
+    <mergeCell ref="A164:I164"/>
+    <mergeCell ref="A194:I194"/>
+    <mergeCell ref="A221:I221"/>
+    <mergeCell ref="A222:I222"/>
+    <mergeCell ref="A261:I261"/>
+    <mergeCell ref="A282:I282"/>
+    <mergeCell ref="A283:I283"/>
+    <mergeCell ref="A292:I292"/>
+    <mergeCell ref="A296:I296"/>
+    <mergeCell ref="A354:I354"/>
+    <mergeCell ref="A365:I365"/>
+    <mergeCell ref="A371:I371"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D4" r:id="rId1"/>
-[...6 lines deleted...]
-    <hyperlink ref="D11" r:id="rId8"/>
+    <hyperlink ref="D5" r:id="rId1"/>
+    <hyperlink ref="D6" r:id="rId2"/>
+    <hyperlink ref="D7" r:id="rId3"/>
+    <hyperlink ref="D8" r:id="rId4"/>
+    <hyperlink ref="D9" r:id="rId5"/>
+    <hyperlink ref="D10" r:id="rId6"/>
+    <hyperlink ref="D11" r:id="rId7"/>
+    <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
-    <hyperlink ref="D20" r:id="rId16"/>
-[...14 lines deleted...]
-    <hyperlink ref="D37" r:id="rId31"/>
+    <hyperlink ref="D21" r:id="rId16"/>
+    <hyperlink ref="D22" r:id="rId17"/>
+    <hyperlink ref="D23" r:id="rId18"/>
+    <hyperlink ref="D24" r:id="rId19"/>
+    <hyperlink ref="D25" r:id="rId20"/>
+    <hyperlink ref="D26" r:id="rId21"/>
+    <hyperlink ref="D27" r:id="rId22"/>
+    <hyperlink ref="D28" r:id="rId23"/>
+    <hyperlink ref="D29" r:id="rId24"/>
+    <hyperlink ref="D30" r:id="rId25"/>
+    <hyperlink ref="D31" r:id="rId26"/>
+    <hyperlink ref="D32" r:id="rId27"/>
+    <hyperlink ref="D33" r:id="rId28"/>
+    <hyperlink ref="D34" r:id="rId29"/>
+    <hyperlink ref="D35" r:id="rId30"/>
+    <hyperlink ref="D36" r:id="rId31"/>
     <hyperlink ref="D38" r:id="rId32"/>
     <hyperlink ref="D39" r:id="rId33"/>
     <hyperlink ref="D40" r:id="rId34"/>
     <hyperlink ref="D41" r:id="rId35"/>
-    <hyperlink ref="D43" r:id="rId36"/>
-[...1 lines deleted...]
-    <hyperlink ref="D45" r:id="rId38"/>
+    <hyperlink ref="D42" r:id="rId36"/>
+    <hyperlink ref="D43" r:id="rId37"/>
+    <hyperlink ref="D44" r:id="rId38"/>
     <hyperlink ref="D46" r:id="rId39"/>
     <hyperlink ref="D47" r:id="rId40"/>
     <hyperlink ref="D48" r:id="rId41"/>
     <hyperlink ref="D49" r:id="rId42"/>
     <hyperlink ref="D50" r:id="rId43"/>
-    <hyperlink ref="D51" r:id="rId44"/>
-[...274 lines deleted...]
-    <hyperlink ref="D345" r:id="rId319"/>
+    <hyperlink ref="D52" r:id="rId44"/>
+    <hyperlink ref="D53" r:id="rId45"/>
+    <hyperlink ref="D54" r:id="rId46"/>
+    <hyperlink ref="D55" r:id="rId47"/>
+    <hyperlink ref="D56" r:id="rId48"/>
+    <hyperlink ref="D57" r:id="rId49"/>
+    <hyperlink ref="D58" r:id="rId50"/>
+    <hyperlink ref="D59" r:id="rId51"/>
+    <hyperlink ref="D60" r:id="rId52"/>
+    <hyperlink ref="D61" r:id="rId53"/>
+    <hyperlink ref="D63" r:id="rId54"/>
+    <hyperlink ref="D64" r:id="rId55"/>
+    <hyperlink ref="D65" r:id="rId56"/>
+    <hyperlink ref="D66" r:id="rId57"/>
+    <hyperlink ref="D67" r:id="rId58"/>
+    <hyperlink ref="D69" r:id="rId59"/>
+    <hyperlink ref="D70" r:id="rId60"/>
+    <hyperlink ref="D71" r:id="rId61"/>
+    <hyperlink ref="D72" r:id="rId62"/>
+    <hyperlink ref="D73" r:id="rId63"/>
+    <hyperlink ref="D75" r:id="rId64"/>
+    <hyperlink ref="D76" r:id="rId65"/>
+    <hyperlink ref="D77" r:id="rId66"/>
+    <hyperlink ref="D78" r:id="rId67"/>
+    <hyperlink ref="D79" r:id="rId68"/>
+    <hyperlink ref="D80" r:id="rId69"/>
+    <hyperlink ref="D81" r:id="rId70"/>
+    <hyperlink ref="D82" r:id="rId71"/>
+    <hyperlink ref="D83" r:id="rId72"/>
+    <hyperlink ref="D84" r:id="rId73"/>
+    <hyperlink ref="D85" r:id="rId74"/>
+    <hyperlink ref="D86" r:id="rId75"/>
+    <hyperlink ref="D87" r:id="rId76"/>
+    <hyperlink ref="D88" r:id="rId77"/>
+    <hyperlink ref="D89" r:id="rId78"/>
+    <hyperlink ref="D91" r:id="rId79"/>
+    <hyperlink ref="D92" r:id="rId80"/>
+    <hyperlink ref="D93" r:id="rId81"/>
+    <hyperlink ref="D94" r:id="rId82"/>
+    <hyperlink ref="D95" r:id="rId83"/>
+    <hyperlink ref="D96" r:id="rId84"/>
+    <hyperlink ref="D97" r:id="rId85"/>
+    <hyperlink ref="D98" r:id="rId86"/>
+    <hyperlink ref="D99" r:id="rId87"/>
+    <hyperlink ref="D100" r:id="rId88"/>
+    <hyperlink ref="D101" r:id="rId89"/>
+    <hyperlink ref="D102" r:id="rId90"/>
+    <hyperlink ref="D103" r:id="rId91"/>
+    <hyperlink ref="D104" r:id="rId92"/>
+    <hyperlink ref="D105" r:id="rId93"/>
+    <hyperlink ref="D106" r:id="rId94"/>
+    <hyperlink ref="D107" r:id="rId95"/>
+    <hyperlink ref="D108" r:id="rId96"/>
+    <hyperlink ref="D110" r:id="rId97"/>
+    <hyperlink ref="D111" r:id="rId98"/>
+    <hyperlink ref="D112" r:id="rId99"/>
+    <hyperlink ref="D113" r:id="rId100"/>
+    <hyperlink ref="D114" r:id="rId101"/>
+    <hyperlink ref="D115" r:id="rId102"/>
+    <hyperlink ref="D116" r:id="rId103"/>
+    <hyperlink ref="D117" r:id="rId104"/>
+    <hyperlink ref="D118" r:id="rId105"/>
+    <hyperlink ref="D119" r:id="rId106"/>
+    <hyperlink ref="D120" r:id="rId107"/>
+    <hyperlink ref="D122" r:id="rId108"/>
+    <hyperlink ref="D123" r:id="rId109"/>
+    <hyperlink ref="D124" r:id="rId110"/>
+    <hyperlink ref="D125" r:id="rId111"/>
+    <hyperlink ref="D126" r:id="rId112"/>
+    <hyperlink ref="D127" r:id="rId113"/>
+    <hyperlink ref="D128" r:id="rId114"/>
+    <hyperlink ref="D130" r:id="rId115"/>
+    <hyperlink ref="D131" r:id="rId116"/>
+    <hyperlink ref="D132" r:id="rId117"/>
+    <hyperlink ref="D133" r:id="rId118"/>
+    <hyperlink ref="D135" r:id="rId119"/>
+    <hyperlink ref="D136" r:id="rId120"/>
+    <hyperlink ref="D137" r:id="rId121"/>
+    <hyperlink ref="D138" r:id="rId122"/>
+    <hyperlink ref="D139" r:id="rId123"/>
+    <hyperlink ref="D140" r:id="rId124"/>
+    <hyperlink ref="D141" r:id="rId125"/>
+    <hyperlink ref="D142" r:id="rId126"/>
+    <hyperlink ref="D144" r:id="rId127"/>
+    <hyperlink ref="D145" r:id="rId128"/>
+    <hyperlink ref="D146" r:id="rId129"/>
+    <hyperlink ref="D147" r:id="rId130"/>
+    <hyperlink ref="D148" r:id="rId131"/>
+    <hyperlink ref="D149" r:id="rId132"/>
+    <hyperlink ref="D150" r:id="rId133"/>
+    <hyperlink ref="D151" r:id="rId134"/>
+    <hyperlink ref="D152" r:id="rId135"/>
+    <hyperlink ref="D153" r:id="rId136"/>
+    <hyperlink ref="D154" r:id="rId137"/>
+    <hyperlink ref="D155" r:id="rId138"/>
+    <hyperlink ref="D156" r:id="rId139"/>
+    <hyperlink ref="D157" r:id="rId140"/>
+    <hyperlink ref="D158" r:id="rId141"/>
+    <hyperlink ref="D159" r:id="rId142"/>
+    <hyperlink ref="D160" r:id="rId143"/>
+    <hyperlink ref="D161" r:id="rId144"/>
+    <hyperlink ref="D162" r:id="rId145"/>
+    <hyperlink ref="D165" r:id="rId146"/>
+    <hyperlink ref="D166" r:id="rId147"/>
+    <hyperlink ref="D167" r:id="rId148"/>
+    <hyperlink ref="D168" r:id="rId149"/>
+    <hyperlink ref="D169" r:id="rId150"/>
+    <hyperlink ref="D170" r:id="rId151"/>
+    <hyperlink ref="D171" r:id="rId152"/>
+    <hyperlink ref="D172" r:id="rId153"/>
+    <hyperlink ref="D173" r:id="rId154"/>
+    <hyperlink ref="D174" r:id="rId155"/>
+    <hyperlink ref="D175" r:id="rId156"/>
+    <hyperlink ref="D176" r:id="rId157"/>
+    <hyperlink ref="D177" r:id="rId158"/>
+    <hyperlink ref="D178" r:id="rId159"/>
+    <hyperlink ref="D179" r:id="rId160"/>
+    <hyperlink ref="D180" r:id="rId161"/>
+    <hyperlink ref="D181" r:id="rId162"/>
+    <hyperlink ref="D182" r:id="rId163"/>
+    <hyperlink ref="D183" r:id="rId164"/>
+    <hyperlink ref="D184" r:id="rId165"/>
+    <hyperlink ref="D185" r:id="rId166"/>
+    <hyperlink ref="D186" r:id="rId167"/>
+    <hyperlink ref="D187" r:id="rId168"/>
+    <hyperlink ref="D188" r:id="rId169"/>
+    <hyperlink ref="D189" r:id="rId170"/>
+    <hyperlink ref="D190" r:id="rId171"/>
+    <hyperlink ref="D191" r:id="rId172"/>
+    <hyperlink ref="D192" r:id="rId173"/>
+    <hyperlink ref="D193" r:id="rId174"/>
+    <hyperlink ref="D195" r:id="rId175"/>
+    <hyperlink ref="D196" r:id="rId176"/>
+    <hyperlink ref="D197" r:id="rId177"/>
+    <hyperlink ref="D198" r:id="rId178"/>
+    <hyperlink ref="D199" r:id="rId179"/>
+    <hyperlink ref="D200" r:id="rId180"/>
+    <hyperlink ref="D201" r:id="rId181"/>
+    <hyperlink ref="D202" r:id="rId182"/>
+    <hyperlink ref="D203" r:id="rId183"/>
+    <hyperlink ref="D204" r:id="rId184"/>
+    <hyperlink ref="D205" r:id="rId185"/>
+    <hyperlink ref="D206" r:id="rId186"/>
+    <hyperlink ref="D207" r:id="rId187"/>
+    <hyperlink ref="D208" r:id="rId188"/>
+    <hyperlink ref="D209" r:id="rId189"/>
+    <hyperlink ref="D210" r:id="rId190"/>
+    <hyperlink ref="D211" r:id="rId191"/>
+    <hyperlink ref="D212" r:id="rId192"/>
+    <hyperlink ref="D213" r:id="rId193"/>
+    <hyperlink ref="D214" r:id="rId194"/>
+    <hyperlink ref="D215" r:id="rId195"/>
+    <hyperlink ref="D216" r:id="rId196"/>
+    <hyperlink ref="D217" r:id="rId197"/>
+    <hyperlink ref="D218" r:id="rId198"/>
+    <hyperlink ref="D219" r:id="rId199"/>
+    <hyperlink ref="D220" r:id="rId200"/>
+    <hyperlink ref="D223" r:id="rId201"/>
+    <hyperlink ref="D224" r:id="rId202"/>
+    <hyperlink ref="D225" r:id="rId203"/>
+    <hyperlink ref="D226" r:id="rId204"/>
+    <hyperlink ref="D227" r:id="rId205"/>
+    <hyperlink ref="D228" r:id="rId206"/>
+    <hyperlink ref="D229" r:id="rId207"/>
+    <hyperlink ref="D230" r:id="rId208"/>
+    <hyperlink ref="D231" r:id="rId209"/>
+    <hyperlink ref="D232" r:id="rId210"/>
+    <hyperlink ref="D233" r:id="rId211"/>
+    <hyperlink ref="D234" r:id="rId212"/>
+    <hyperlink ref="D235" r:id="rId213"/>
+    <hyperlink ref="D236" r:id="rId214"/>
+    <hyperlink ref="D237" r:id="rId215"/>
+    <hyperlink ref="D238" r:id="rId216"/>
+    <hyperlink ref="D239" r:id="rId217"/>
+    <hyperlink ref="D240" r:id="rId218"/>
+    <hyperlink ref="D241" r:id="rId219"/>
+    <hyperlink ref="D242" r:id="rId220"/>
+    <hyperlink ref="D243" r:id="rId221"/>
+    <hyperlink ref="D244" r:id="rId222"/>
+    <hyperlink ref="D245" r:id="rId223"/>
+    <hyperlink ref="D246" r:id="rId224"/>
+    <hyperlink ref="D247" r:id="rId225"/>
+    <hyperlink ref="D248" r:id="rId226"/>
+    <hyperlink ref="D249" r:id="rId227"/>
+    <hyperlink ref="D250" r:id="rId228"/>
+    <hyperlink ref="D251" r:id="rId229"/>
+    <hyperlink ref="D252" r:id="rId230"/>
+    <hyperlink ref="D253" r:id="rId231"/>
+    <hyperlink ref="D254" r:id="rId232"/>
+    <hyperlink ref="D255" r:id="rId233"/>
+    <hyperlink ref="D256" r:id="rId234"/>
+    <hyperlink ref="D257" r:id="rId235"/>
+    <hyperlink ref="D258" r:id="rId236"/>
+    <hyperlink ref="D259" r:id="rId237"/>
+    <hyperlink ref="D260" r:id="rId238"/>
+    <hyperlink ref="D262" r:id="rId239"/>
+    <hyperlink ref="D263" r:id="rId240"/>
+    <hyperlink ref="D264" r:id="rId241"/>
+    <hyperlink ref="D265" r:id="rId242"/>
+    <hyperlink ref="D266" r:id="rId243"/>
+    <hyperlink ref="D267" r:id="rId244"/>
+    <hyperlink ref="D268" r:id="rId245"/>
+    <hyperlink ref="D269" r:id="rId246"/>
+    <hyperlink ref="D270" r:id="rId247"/>
+    <hyperlink ref="D271" r:id="rId248"/>
+    <hyperlink ref="D272" r:id="rId249"/>
+    <hyperlink ref="D273" r:id="rId250"/>
+    <hyperlink ref="D274" r:id="rId251"/>
+    <hyperlink ref="D275" r:id="rId252"/>
+    <hyperlink ref="D276" r:id="rId253"/>
+    <hyperlink ref="D277" r:id="rId254"/>
+    <hyperlink ref="D278" r:id="rId255"/>
+    <hyperlink ref="D279" r:id="rId256"/>
+    <hyperlink ref="D280" r:id="rId257"/>
+    <hyperlink ref="D281" r:id="rId258"/>
+    <hyperlink ref="D284" r:id="rId259"/>
+    <hyperlink ref="D285" r:id="rId260"/>
+    <hyperlink ref="D286" r:id="rId261"/>
+    <hyperlink ref="D287" r:id="rId262"/>
+    <hyperlink ref="D288" r:id="rId263"/>
+    <hyperlink ref="D289" r:id="rId264"/>
+    <hyperlink ref="D290" r:id="rId265"/>
+    <hyperlink ref="D291" r:id="rId266"/>
+    <hyperlink ref="D293" r:id="rId267"/>
+    <hyperlink ref="D294" r:id="rId268"/>
+    <hyperlink ref="D295" r:id="rId269"/>
+    <hyperlink ref="D297" r:id="rId270"/>
+    <hyperlink ref="D298" r:id="rId271"/>
+    <hyperlink ref="D299" r:id="rId272"/>
+    <hyperlink ref="D300" r:id="rId273"/>
+    <hyperlink ref="D301" r:id="rId274"/>
+    <hyperlink ref="D302" r:id="rId275"/>
+    <hyperlink ref="D303" r:id="rId276"/>
+    <hyperlink ref="D304" r:id="rId277"/>
+    <hyperlink ref="D305" r:id="rId278"/>
+    <hyperlink ref="D306" r:id="rId279"/>
+    <hyperlink ref="D307" r:id="rId280"/>
+    <hyperlink ref="D308" r:id="rId281"/>
+    <hyperlink ref="D309" r:id="rId282"/>
+    <hyperlink ref="D310" r:id="rId283"/>
+    <hyperlink ref="D311" r:id="rId284"/>
+    <hyperlink ref="D312" r:id="rId285"/>
+    <hyperlink ref="D313" r:id="rId286"/>
+    <hyperlink ref="D314" r:id="rId287"/>
+    <hyperlink ref="D315" r:id="rId288"/>
+    <hyperlink ref="D316" r:id="rId289"/>
+    <hyperlink ref="D317" r:id="rId290"/>
+    <hyperlink ref="D318" r:id="rId291"/>
+    <hyperlink ref="D319" r:id="rId292"/>
+    <hyperlink ref="D320" r:id="rId293"/>
+    <hyperlink ref="D321" r:id="rId294"/>
+    <hyperlink ref="D322" r:id="rId295"/>
+    <hyperlink ref="D323" r:id="rId296"/>
+    <hyperlink ref="D324" r:id="rId297"/>
+    <hyperlink ref="D325" r:id="rId298"/>
+    <hyperlink ref="D326" r:id="rId299"/>
+    <hyperlink ref="D327" r:id="rId300"/>
+    <hyperlink ref="D328" r:id="rId301"/>
+    <hyperlink ref="D329" r:id="rId302"/>
+    <hyperlink ref="D330" r:id="rId303"/>
+    <hyperlink ref="D331" r:id="rId304"/>
+    <hyperlink ref="D332" r:id="rId305"/>
+    <hyperlink ref="D333" r:id="rId306"/>
+    <hyperlink ref="D334" r:id="rId307"/>
+    <hyperlink ref="D335" r:id="rId308"/>
+    <hyperlink ref="D336" r:id="rId309"/>
+    <hyperlink ref="D337" r:id="rId310"/>
+    <hyperlink ref="D338" r:id="rId311"/>
+    <hyperlink ref="D339" r:id="rId312"/>
+    <hyperlink ref="D340" r:id="rId313"/>
+    <hyperlink ref="D341" r:id="rId314"/>
+    <hyperlink ref="D342" r:id="rId315"/>
+    <hyperlink ref="D343" r:id="rId316"/>
+    <hyperlink ref="D344" r:id="rId317"/>
+    <hyperlink ref="D345" r:id="rId318"/>
+    <hyperlink ref="D346" r:id="rId319"/>
     <hyperlink ref="D347" r:id="rId320"/>
     <hyperlink ref="D348" r:id="rId321"/>
     <hyperlink ref="D349" r:id="rId322"/>
     <hyperlink ref="D350" r:id="rId323"/>
     <hyperlink ref="D351" r:id="rId324"/>
     <hyperlink ref="D352" r:id="rId325"/>
     <hyperlink ref="D353" r:id="rId326"/>
-    <hyperlink ref="D354" r:id="rId327"/>
-[...7 lines deleted...]
-    <hyperlink ref="D362" r:id="rId335"/>
+    <hyperlink ref="D355" r:id="rId327"/>
+    <hyperlink ref="D356" r:id="rId328"/>
+    <hyperlink ref="D357" r:id="rId329"/>
+    <hyperlink ref="D358" r:id="rId330"/>
+    <hyperlink ref="D359" r:id="rId331"/>
+    <hyperlink ref="D360" r:id="rId332"/>
+    <hyperlink ref="D361" r:id="rId333"/>
+    <hyperlink ref="D362" r:id="rId334"/>
+    <hyperlink ref="D363" r:id="rId335"/>
     <hyperlink ref="D364" r:id="rId336"/>
-    <hyperlink ref="D365" r:id="rId337"/>
-[...2 lines deleted...]
-    <hyperlink ref="D368" r:id="rId340"/>
+    <hyperlink ref="D366" r:id="rId337"/>
+    <hyperlink ref="D367" r:id="rId338"/>
+    <hyperlink ref="D368" r:id="rId339"/>
+    <hyperlink ref="D369" r:id="rId340"/>
     <hyperlink ref="D370" r:id="rId341"/>
-    <hyperlink ref="D371" r:id="rId342"/>
-[...2 lines deleted...]
-    <hyperlink ref="D374" r:id="rId345"/>
+    <hyperlink ref="D372" r:id="rId342"/>
+    <hyperlink ref="D373" r:id="rId343"/>
+    <hyperlink ref="D374" r:id="rId344"/>
+    <hyperlink ref="D375" r:id="rId345"/>
     <hyperlink ref="D376" r:id="rId346"/>
     <hyperlink ref="D377" r:id="rId347"/>
     <hyperlink ref="D378" r:id="rId348"/>
-    <hyperlink ref="D379" r:id="rId349"/>
-[...5 lines deleted...]
-    <hyperlink ref="D385" r:id="rId355"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>