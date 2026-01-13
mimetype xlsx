--- v0 (2025-10-14)
+++ v1 (2026-01-13)
@@ -8,523 +8,493 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="297" uniqueCount="157">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="277" uniqueCount="147">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Источники питания (блоки питания) REXANT</t>
   </si>
   <si>
     <t>1.1 Сетевые адаптеры IP43</t>
   </si>
   <si>
+    <t>200-050-3</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 4,5А, 54Вт с DC разъемом подключения 5,5x2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>200-005-3</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 0,5А, 6Вт с DC разъемом подключения 5,5x2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>200-024-3</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-240В/DC 12В, 2А, 24Вт с DC разъемом подключения 5,5х2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>200-036-3</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 3А, 36Вт с DC разъемом подключения 5,5x2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>200-150-3</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 12,5А, 150Вт с DC разъемом подключения 5,5x2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>200-024-5</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 5В, 3А, 15Вт с DC разъемом подключения 5,5х2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>201-072-3</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 24В, 3А, 72Вт с DC разъемом подключения 5,5x2,1 (IP43)</t>
+  </si>
+  <si>
     <t>201-024-3</t>
   </si>
   <si>
     <t>Блок питания (сетевой адаптер) AC 110-250В/DC 24В, 1А, 24Вт с DC разъемом подключения 5,5x2,1 (IP43)</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>200-012-3</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 1А, 12Вт с DC разъемом подключения 5,5х2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>200-072-3</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 6А, 72Вт с DC разъемом подключения 5,5x2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>200-100-3</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 9А, 100Вт с DC разъемом подключения 5,5х2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>200-024-6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 2А, 24Вт с DC разъемом подключения 5,5x2,1, белый корпус (IP43) </t>
+  </si>
+  <si>
+    <t>200-005-5</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 5В, 1А, 5Вт с DC разъемом подключения 5,5х2,1 (IP43)</t>
   </si>
   <si>
     <t>200-012-5</t>
   </si>
   <si>
     <t>Блок питания (сетевой адаптер) AC 110-250В/DC 5В, 2А, 10Вт с DC разъемом подключения 5,5х2,1 (IP43)</t>
   </si>
   <si>
-    <t>200-005-5</t>
-[...10 lines deleted...]
-  <si>
     <t>200-036-5</t>
   </si>
   <si>
     <t>Блок питания (сетевой адаптер) AC 110-250В/DC 5В, 4А, 20Вт с DC разъемом подключения 5,5х2,1 (IP43)</t>
   </si>
   <si>
-    <t>200-024-6</t>
-[...58 lines deleted...]
-  <si>
     <t>1.2 Источники в защитном кожухе IP20</t>
   </si>
   <si>
-    <t>143-019-2</t>
-[...2 lines deleted...]
-    <t>LED источник питания 12V,  36W с разъёмами под винт</t>
+    <t>200-150-1</t>
+  </si>
+  <si>
+    <t>Источник питания 110-250 V AC/12 V DC 12,5 A 150 W с разъемами под винт, без влагозащиты (IP20)</t>
+  </si>
+  <si>
+    <t>201-024-1</t>
+  </si>
+  <si>
+    <t>Источник питания AC 110-250V/DC 24V 1A 24W с разъемами под винт (IP20)</t>
+  </si>
+  <si>
+    <t>200-024-1</t>
+  </si>
+  <si>
+    <t>Источник питания 110-250 V AC/12 V DC 2 A 24 W с разъемами под винт, без влагозащиты (IP20)</t>
+  </si>
+  <si>
+    <t>200-036-1</t>
+  </si>
+  <si>
+    <t>Источник питания 110-250 V AC/12 V DC 3 A 36 W с разъемами под винт, без влагозащиты (IP20)</t>
   </si>
   <si>
     <t>200-100-1</t>
   </si>
   <si>
     <t>Источник питания 110-250 V AC/12 V DC 9 A 100 W с разъемами под винт, без влагозащиты (IP20)</t>
   </si>
   <si>
-    <t>200-200-1</t>
-[...2 lines deleted...]
-    <t>Источник питания AC 175-250V/DC 12V 16,7A 200W с разъемами под винт (IP20)</t>
+    <t>200-1057</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 100 Вт с разъёмами под винт, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1056</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 100Вт с разъёмами под винт, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1055</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 150Вт с разъёмами под винт, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1054</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 150Вт с разъёмами под винт, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1050</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 300Вт с разъемами под винт, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1052</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 200Вт с разъёмами под винт, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1058</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 60Вт с разъёмами под винт, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1030</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 18Вт с разъемами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1031</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 24 Вт с разъёмами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1032</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 36Вт с разъемами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1033</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 48 Вт с разъёмами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1034</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 60 Вт с разъёмами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1035</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 24Вт с разъемами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1037</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 48Вт с разъемами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1038</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 60Вт с разъемами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1039</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 72Вт с разъемами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-012-1</t>
+  </si>
+  <si>
+    <t>Источник питания 110-250 V AC/12 V DC 1 A 12 W с разъемами под винт, без влагозащиты (IP20)</t>
+  </si>
+  <si>
+    <t>200-072-1</t>
+  </si>
+  <si>
+    <t>Источник питания 220 V AC/12 V DC 6 A 72 W с разъемами под винт, без влагозащиты (IP23)</t>
+  </si>
+  <si>
+    <t>200-100-4</t>
+  </si>
+  <si>
+    <t>Источник питания компактный 12V, 108W с разъемами под винт (IP20)</t>
+  </si>
+  <si>
+    <t>200-150-4</t>
+  </si>
+  <si>
+    <t>Источник питания компактный 12V, 150W с разъёмами под винт (IP20)</t>
+  </si>
+  <si>
+    <t>200-1059</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 60Вт с разъёмами под винт, IP20 REXANT</t>
   </si>
   <si>
     <t>201-150-1</t>
   </si>
   <si>
     <t>Источник питания AC 110-250V/DC 24V 6,25A 150W с разъемами под винт (IP20)</t>
   </si>
   <si>
-    <t>200-080-4</t>
-[...50 lines deleted...]
-    <t>Источник питания AC 110-250V/DC 24V 1A 24W с разъемами под винт (IP20)</t>
+    <t>200-1036</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 36Вт с разъемами под винт, ультратонкий IP20 REXANT</t>
   </si>
   <si>
     <t>201-072-1</t>
   </si>
   <si>
     <t>Источник питания AC 110-250V/DC 24V 3A 72W с разъемами под винт (IP20)</t>
   </si>
   <si>
-    <t>200-1059</t>
-[...22 lines deleted...]
-  <si>
     <t>200-005-1</t>
   </si>
   <si>
     <t>Источник питания 110-250 V AC/12 V DC 0,5 A 6 W с разъемами под винт, без влагозащиты (IP20)</t>
   </si>
   <si>
-    <t>200-024-1</t>
-[...94 lines deleted...]
-  <si>
     <t>1.3 Источники герметичные IP 67</t>
   </si>
   <si>
+    <t>200-200-2</t>
+  </si>
+  <si>
+    <t>Источник питания 12В, 200Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>200-012-2</t>
+  </si>
+  <si>
+    <t>Источник питания 12В,  12Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>200-050-2</t>
+  </si>
+  <si>
+    <t>Источник питания 12В, 54Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>200-072-2</t>
+  </si>
+  <si>
+    <t>Источник питания 12В, 72Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>200-100-2</t>
+  </si>
+  <si>
+    <t>Источник питания 12В, 100Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>200-150-2</t>
+  </si>
+  <si>
+    <t>Источник питания 12В, 150Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>201-100-6</t>
+  </si>
+  <si>
+    <t>Источник питания 24В, 100Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>201-200-2</t>
+  </si>
+  <si>
+    <t>Источник питания 24В, 200Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>200-1007</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 300Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>200-1002</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 200Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>200-1006</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 200Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
     <t>201-072-2</t>
   </si>
   <si>
     <t>Источник питания 24В,  72Вт с проводами, влагозащищенный IP67</t>
   </si>
   <si>
+    <t>200-1004</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 60Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>200-1005</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 100Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>200-300-2</t>
+  </si>
+  <si>
+    <t>Источник питания 12В, 300Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>200-024-2</t>
+  </si>
+  <si>
+    <t>Источник питания 12В, 24Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>200-1000</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 60Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>200-1001</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 100Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>200-1003</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 300Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>201-024-2</t>
+  </si>
+  <si>
+    <t>Источник питания 24В, 24Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
     <t>200-036-2</t>
   </si>
   <si>
     <t>Источник питания 12В, 36Вт с проводами, влагозащищенный IP67</t>
-  </si>
-[...112 lines deleted...]
-    <t>Источник питания (драйвер) 12В, 60Вт с проводами, влагозащищенный IP67 REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -909,56 +879,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-24v-1a-24vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-5v-2a-10vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-5v-1a-5vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-5v-3a-15vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-5v-4a-20vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-2a-24vt-s-dc-razemom-podklyucheniya-5-5x2-1-belyy-k.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-24v-3a-72vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-0-5a-6vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-4-5a-54vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-12-5a-150vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip4.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-3a-36vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-9a-100vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-1a-12vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-240v-dc-12v-2a-24vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-6a-72vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-istochnik-pitaniya-12v-36w-s-razemami-pod-vint.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-9-a-100-w-s-razemami-pod-vint-bez-vlagozaschity-ip20.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-ac-175-250v-dc-12v-16-7a-200w-s-razemami-pod-vint-ip20.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-ac-110-250v-dc-24v-6-25a-150w-s-razemami-pod-vint-ip20.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-kompaktnyy-12v-80w-s-razemami-pod-vint-ip20.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-kompaktnyy-12v-108w-s-razemami-pod-vint-ip20.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-ac-110-250v-dc-12v-4-5a-54w-s-razemami-pod-vint-ip20.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-220-v-ac-12-v-dc-6-a-72-w-s-razemami-pod-vint-bez-vlagozaschity-ip23.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-12-5-a-150-w-s-razemami-pod-vint-bez-vlagozaschity-ip20.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-ac-175-250v-dc-12v-25a-300w-s-razemami-pod-vint-ip20.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-60vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-kompaktnyy-12v-150w-s-razemami-pod-vint-ip20.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-ac-110-250v-dc-24v-1a-24w-s-razemami-pod-vint-ip20.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-ac-110-250v-dc-24v-3a-72w-s-razemami-pod-vint-ip20.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-60-vt-s-razemami-pod-vint-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-150vt-s-razemami-pod-vint-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-3-a-36-w-s-razemami-pod-vint-bez-vlagozaschity-ip20.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-1-a-12-w-s-razemami-pod-vint-bez-vlagozaschity-ip20.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-0-5-a-6-w-s-razemami-pod-vint-bez-vlagozaschity-ip20.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-2-a-24-w-s-razemami-pod-vint-bez-vlagozaschity-ip20.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-60vt-s-razemami-pod-vint-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-100vt-s-razemami-pod-vint-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-300vt-s-razemami-pod-vint-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-100-vt-s-razemami-pod-vint-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-200vt-s-razemami-pod-vint-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-18vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-24-vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-24vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-36vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-36vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-48vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-72vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-150vt-s-razemami-pod-vint-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-48-vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-60-vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-72vt-s-provodami-vlagozaschischennyy-ip67.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-36vt-s-provodami-vlagozaschischennyy-ip67.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-72vt-s-provodami-vlagozaschischennyy-ip67.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-54vt-s-provodami-vlagozaschischennyy-ip67.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-100vt-s-provodami-vlagozaschischennyy-ip67.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-150vt-s-provodami-vlagozaschischennyy-ip67.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-300vt-s-provodami-vlagozaschischennyy-ip67.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-24vt-s-provodami-vlagozaschischennyy-ip67.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-200vt-s-provodami-vlagozaschischennyy-ip67.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-24vt-s-provodami-vlagozaschischennyy-ip67.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-200vt-s-provodami-vlagozaschischennyy-ip67.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-100vt-s-provodami-vlagozaschischennyy-ip67.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-100vt-s-provodami-vlagozaschischennyy-ip67-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-100vt-s-provodami-vlagozaschischennyy-ip67-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-300vt-s-provodami-vlagozaschischennyy-ip67-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-200vt-s-provodami-vlagozaschischennyy-ip67-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-300vt-s-provodami-vlagozaschischennyy-ip67-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-12vt-s-provodami-vlagozaschischennyy-ip67.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-60vt-s-provodami-vlagozaschischennyy-ip67-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-200vt-s-provodami-vlagozaschischennyy-ip67-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-60vt-s-provodami-vlagozaschischennyy-ip67-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-4-5a-54vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-0-5a-6vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-240v-dc-12v-2a-24vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-3a-36vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-12-5a-150vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip4" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-5v-3a-15vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-24v-3a-72vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-24v-1a-24vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-1a-12vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-6a-72vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-9a-100vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-2a-24vt-s-dc-razemom-podklyucheniya-5-5x2-1-belyy-k" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-5v-1a-5vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-5v-2a-10vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-5v-4a-20vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-12-5-a-150-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-ac-110-250v-dc-24v-1a-24w-s-razemami-pod-vint-ip20" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-2-a-24-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-3-a-36-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-9-a-100-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-100-vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-100vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-150vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-150vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-300vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-200vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-60vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-18vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-24-vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-36vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-48-vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-60-vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-24vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-48vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-60vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-72vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-1-a-12-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-220-v-ac-12-v-dc-6-a-72-w-s-razemami-pod-vint-bez-vlagozaschity-ip23" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-kompaktnyy-12v-108w-s-razemami-pod-vint-ip20" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-kompaktnyy-12v-150w-s-razemami-pod-vint-ip20" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-60vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-ac-110-250v-dc-24v-6-25a-150w-s-razemami-pod-vint-ip20" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-36vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-ac-110-250v-dc-24v-3a-72w-s-razemami-pod-vint-ip20" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-0-5-a-6-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-200vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-12vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-54vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-72vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-100vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-150vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-100vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-200vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-300vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-200vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-200vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-72vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-60vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-100vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-300vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-24vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-60vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-100vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-300vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-24vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-36vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I76"/>
+  <dimension ref="A1:I71"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -990,2206 +960,2056 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>628.08</v>
+        <v>682.56</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1000</v>
+        <v>2357</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>217.3</v>
+        <v>203.4</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>1679</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>200</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>178.54</v>
+        <v>330.53</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>1508</v>
+        <v>363</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>200</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>375</v>
+        <v>592.6</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>1232</v>
+        <v>578</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>509.62</v>
+        <v>1758.24</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1291</v>
+        <v>636</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>517.31</v>
+        <v>381.37</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>1057</v>
+        <v>878</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>934.12</v>
+        <v>950</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>865</v>
+        <v>133</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>200</v>
+        <v>638.76</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>4</v>
+        <v>1022</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>671.15</v>
+        <v>220.99</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>2730</v>
+        <v>1220</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>1728.85</v>
+        <v>831.2</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>838</v>
+        <v>4098</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>582.69</v>
+        <v>1322.1</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>2327</v>
+        <v>522</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>1300</v>
+        <v>526.1</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>902</v>
+        <v>915</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>217.3</v>
+        <v>181.58</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>7602</v>
+        <v>250</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>200</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>325</v>
+        <v>220.99</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>12627</v>
+        <v>19</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>200</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>817.31</v>
+        <v>518.28</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>6423</v>
+        <v>1014</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>492.99</v>
+        <v>1264.25</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
         <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>1090.12</v>
+        <v>553.23</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>65</v>
+        <v>210</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>1459.62</v>
+        <v>588.54</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
         <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>25</v>
+        <v>210</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>1603.77</v>
+        <v>710.15</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>50</v>
+        <v>210</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>1150.22</v>
+        <v>1108.65</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
         <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>130</v>
+        <v>65</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>1143.22</v>
+        <v>897.7</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>239</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>112</v>
+        <v>60</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>881.77</v>
+        <v>897.7</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
         <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>60</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>987.12</v>
+        <v>1112.83</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
         <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>65</v>
+        <v>50</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>1243.12</v>
+        <v>1112.83</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>66</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>2311.67</v>
+        <v>1953.81</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
         <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="I29" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>959.62</v>
+        <v>1484.43</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>957</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>45</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>1460.8</v>
+        <v>760.8</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
         <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>52</v>
+        <v>80</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>543.98</v>
+        <v>609.13</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>23</v>
+        <v>951</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>999.99</v>
+        <v>616.07</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>633</v>
+        <v>881</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>65</v>
+        <v>200</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>748.08</v>
+        <v>792.09</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>322</v>
+        <v>817</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>1094.23</v>
+        <v>897.7</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>271</v>
+        <v>856</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>698.28</v>
+        <v>975.93</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>749</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>504.42</v>
+        <v>623.89</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>124</v>
+        <v>932</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="I37" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>305.12</v>
+        <v>897.7</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>179</v>
+        <v>750</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>210</v>
+        <v>100</v>
       </c>
       <c r="I38" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>578.7</v>
+        <v>975.93</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>0</v>
+        <v>920</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>210</v>
+        <v>100</v>
       </c>
       <c r="I39" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>748.08</v>
+        <v>1093.28</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>156</v>
+        <v>902</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>882.69</v>
+        <v>513</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>114</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>60</v>
+        <v>210</v>
       </c>
       <c r="I41" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C42" s="3">
-        <v>1921.15</v>
+        <v>1003.9</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>45</v>
+        <v>65</v>
       </c>
       <c r="I42" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C43" s="3">
-        <v>882.69</v>
+        <v>1046.39</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>630</v>
+        <v>2</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>60</v>
+        <v>112</v>
       </c>
       <c r="I43" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C44" s="3">
-        <v>1459.62</v>
+        <v>1485.63</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="I44" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C45" s="3">
-        <v>598.95</v>
+        <v>760.8</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>971</v>
+        <v>36</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C46" s="3">
-        <v>605.77</v>
+        <v>1631.03</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>917</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I46" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C47" s="3">
-        <v>613.46</v>
+        <v>839.03</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>955</v>
+        <v>945</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C48" s="3">
-        <v>825</v>
+        <v>966.14</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>958</v>
+        <v>328</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>100</v>
+        <v>65</v>
       </c>
       <c r="I48" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C49" s="3">
-        <v>778.85</v>
+        <v>310.31</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>897</v>
+        <v>32</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>100</v>
+        <v>210</v>
       </c>
       <c r="I49" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A50" s="3" t="s">
+      <c r="A50" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B50" s="2"/>
+      <c r="C50" s="2"/>
+      <c r="D50" s="2"/>
+      <c r="E50" s="2"/>
+      <c r="F50" s="2"/>
+      <c r="G50" s="2"/>
+      <c r="H50" s="2"/>
+      <c r="I50" s="2"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>1075</v>
+        <v>4295.46</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>939</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I51" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>1094.23</v>
+        <v>881.3</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>327</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>50</v>
       </c>
       <c r="I52" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="3">
-        <v>882.69</v>
+        <v>1469.22</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>896</v>
+        <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I53" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B54" s="3" t="s">
+      <c r="C54" s="3">
+        <v>1996.95</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F54" s="3">
+        <v>0</v>
+      </c>
+      <c r="G54" s="3">
+        <v>1</v>
+      </c>
+      <c r="H54" s="3">
+        <v>50</v>
+      </c>
+      <c r="I54" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A55" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="C54" s="3">
-[...22 lines deleted...]
-      <c r="A55" s="2" t="s">
+      <c r="B55" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="B55" s="2"/>
-[...6 lines deleted...]
-      <c r="I55" s="2"/>
+      <c r="C55" s="3">
+        <v>1934.72</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F55" s="3">
+        <v>0</v>
+      </c>
+      <c r="G55" s="3">
+        <v>1</v>
+      </c>
+      <c r="H55" s="3">
+        <v>25</v>
+      </c>
+      <c r="I55" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C56" s="3">
-        <v>2012.56</v>
+        <v>2852.27</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
         <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C57" s="3">
-        <v>1166.25</v>
+        <v>2146.45</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
         <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C58" s="3">
-        <v>1963.57</v>
+        <v>3672.46</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C59" s="3">
-        <v>1444.66</v>
+        <v>3909.58</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>0</v>
+        <v>486</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I59" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C60" s="3">
-        <v>2348.62</v>
+        <v>3420.64</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>0</v>
+        <v>788</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="I60" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C61" s="3">
-        <v>2804.59</v>
+        <v>3361.97</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>0</v>
+        <v>526</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>5</v>
+        <v>22</v>
       </c>
       <c r="I61" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C62" s="3">
-        <v>4391.35</v>
+        <v>1657.88</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
         <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C63" s="3">
-        <v>1057.92</v>
+        <v>1347.53</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>0</v>
+        <v>1126</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I63" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C64" s="3">
-        <v>4012.3</v>
+        <v>2032.05</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>0</v>
+        <v>319</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="I64" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C65" s="3">
-        <v>815.34</v>
+        <v>3617.47</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>186</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C66" s="3">
-        <v>4223.66</v>
+        <v>1075.9</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
         <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C67" s="3">
-        <v>2605.64</v>
+        <v>1288.85</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>0</v>
+        <v>741</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>20</v>
+        <v>65</v>
       </c>
       <c r="I67" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C68" s="3">
-        <v>1998.08</v>
+        <v>2032.05</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
         <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>28</v>
       </c>
       <c r="I68" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C69" s="3">
-        <v>1998.08</v>
+        <v>3909.58</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>706</v>
+        <v>263</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="I69" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C70" s="3">
-        <v>3844.23</v>
+        <v>829.2</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>764</v>
+        <v>117</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>14</v>
+        <v>90</v>
       </c>
       <c r="I70" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C71" s="3">
-        <v>3305.77</v>
+        <v>1186.08</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>773</v>
+        <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="I71" s="3">
-        <v>0</v>
-[...144 lines deleted...]
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A19:I19"/>
-    <mergeCell ref="A55:I55"/>
+    <mergeCell ref="A50:I50"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
     <hyperlink ref="D28" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
     <hyperlink ref="D31" r:id="rId27"/>
     <hyperlink ref="D32" r:id="rId28"/>
     <hyperlink ref="D33" r:id="rId29"/>
     <hyperlink ref="D34" r:id="rId30"/>
     <hyperlink ref="D35" r:id="rId31"/>
     <hyperlink ref="D36" r:id="rId32"/>
     <hyperlink ref="D37" r:id="rId33"/>
     <hyperlink ref="D38" r:id="rId34"/>
     <hyperlink ref="D39" r:id="rId35"/>
     <hyperlink ref="D40" r:id="rId36"/>
     <hyperlink ref="D41" r:id="rId37"/>
     <hyperlink ref="D42" r:id="rId38"/>
     <hyperlink ref="D43" r:id="rId39"/>
     <hyperlink ref="D44" r:id="rId40"/>
     <hyperlink ref="D45" r:id="rId41"/>
     <hyperlink ref="D46" r:id="rId42"/>
     <hyperlink ref="D47" r:id="rId43"/>
     <hyperlink ref="D48" r:id="rId44"/>
     <hyperlink ref="D49" r:id="rId45"/>
-    <hyperlink ref="D50" r:id="rId46"/>
-[...3 lines deleted...]
-    <hyperlink ref="D54" r:id="rId50"/>
+    <hyperlink ref="D51" r:id="rId46"/>
+    <hyperlink ref="D52" r:id="rId47"/>
+    <hyperlink ref="D53" r:id="rId48"/>
+    <hyperlink ref="D54" r:id="rId49"/>
+    <hyperlink ref="D55" r:id="rId50"/>
     <hyperlink ref="D56" r:id="rId51"/>
     <hyperlink ref="D57" r:id="rId52"/>
     <hyperlink ref="D58" r:id="rId53"/>
     <hyperlink ref="D59" r:id="rId54"/>
     <hyperlink ref="D60" r:id="rId55"/>
     <hyperlink ref="D61" r:id="rId56"/>
     <hyperlink ref="D62" r:id="rId57"/>
     <hyperlink ref="D63" r:id="rId58"/>
     <hyperlink ref="D64" r:id="rId59"/>
     <hyperlink ref="D65" r:id="rId60"/>
     <hyperlink ref="D66" r:id="rId61"/>
     <hyperlink ref="D67" r:id="rId62"/>
     <hyperlink ref="D68" r:id="rId63"/>
     <hyperlink ref="D69" r:id="rId64"/>
     <hyperlink ref="D70" r:id="rId65"/>
     <hyperlink ref="D71" r:id="rId66"/>
-    <hyperlink ref="D72" r:id="rId67"/>
-[...3 lines deleted...]
-    <hyperlink ref="D76" r:id="rId71"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>