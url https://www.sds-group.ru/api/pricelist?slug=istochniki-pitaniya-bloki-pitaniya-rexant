--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -45,450 +45,450 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Источники питания (блоки питания) REXANT</t>
   </si>
   <si>
     <t>1.1 Сетевые адаптеры IP43</t>
   </si>
   <si>
+    <t>200-024-6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 2А, 24Вт с DC разъемом подключения 5,5x2,1, белый корпус (IP43) </t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>200-005-5</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 5В, 1А, 5Вт с DC разъемом подключения 5,5х2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>200-012-5</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 5В, 2А, 10Вт с DC разъемом подключения 5,5х2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>201-024-3</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 24В, 1А, 24Вт с DC разъемом подключения 5,5x2,1 (IP43)</t>
+  </si>
+  <si>
     <t>200-050-3</t>
   </si>
   <si>
     <t>Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 4,5А, 54Вт с DC разъемом подключения 5,5x2,1 (IP43)</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>200-005-3</t>
   </si>
   <si>
     <t>Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 0,5А, 6Вт с DC разъемом подключения 5,5x2,1 (IP43)</t>
   </si>
   <si>
+    <t>200-012-3</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 1А, 12Вт с DC разъемом подключения 5,5х2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>200-150-3</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 12,5А, 150Вт с DC разъемом подключения 5,5x2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>200-036-5</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 5В, 4А, 20Вт с DC разъемом подключения 5,5х2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>200-072-3</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 6А, 72Вт с DC разъемом подключения 5,5x2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>201-072-3</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 24В, 3А, 72Вт с DC разъемом подключения 5,5x2,1 (IP43)</t>
+  </si>
+  <si>
     <t>200-024-3</t>
   </si>
   <si>
     <t>Блок питания (сетевой адаптер) AC 110-240В/DC 12В, 2А, 24Вт с DC разъемом подключения 5,5х2,1 (IP43)</t>
   </si>
   <si>
     <t>200-036-3</t>
   </si>
   <si>
     <t>Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 3А, 36Вт с DC разъемом подключения 5,5x2,1 (IP43)</t>
   </si>
   <si>
-    <t>200-150-3</t>
-[...4 lines deleted...]
-  <si>
     <t>200-024-5</t>
   </si>
   <si>
     <t>Блок питания (сетевой адаптер) AC 110-250В/DC 5В, 3А, 15Вт с DC разъемом подключения 5,5х2,1 (IP43)</t>
   </si>
   <si>
-    <t>201-072-3</t>
-[...22 lines deleted...]
-  <si>
     <t>200-100-3</t>
   </si>
   <si>
     <t>Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 9А, 100Вт с DC разъемом подключения 5,5х2,1 (IP43)</t>
   </si>
   <si>
-    <t>200-024-6</t>
-[...22 lines deleted...]
-  <si>
     <t>1.2 Источники в защитном кожухе IP20</t>
   </si>
   <si>
+    <t>200-100-1</t>
+  </si>
+  <si>
+    <t>Источник питания 110-250 V AC/12 V DC 9 A 100 W с разъемами под винт, без влагозащиты (IP20)</t>
+  </si>
+  <si>
     <t>200-150-1</t>
   </si>
   <si>
     <t>Источник питания 110-250 V AC/12 V DC 12,5 A 150 W с разъемами под винт, без влагозащиты (IP20)</t>
   </si>
   <si>
+    <t>201-150-1</t>
+  </si>
+  <si>
+    <t>Источник питания AC 110-250V/DC 24V 6,25A 150W с разъемами под винт (IP20)</t>
+  </si>
+  <si>
+    <t>201-072-1</t>
+  </si>
+  <si>
+    <t>Источник питания AC 110-250V/DC 24V 3A 72W с разъемами под винт (IP20)</t>
+  </si>
+  <si>
+    <t>200-1058</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 60Вт с разъёмами под винт, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1055</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 150Вт с разъёмами под винт, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1035</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 24Вт с разъемами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1036</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 36Вт с разъемами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1038</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 60Вт с разъемами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-024-1</t>
+  </si>
+  <si>
+    <t>Источник питания 110-250 V AC/12 V DC 2 A 24 W с разъемами под винт, без влагозащиты (IP20)</t>
+  </si>
+  <si>
     <t>201-024-1</t>
   </si>
   <si>
     <t>Источник питания AC 110-250V/DC 24V 1A 24W с разъемами под винт (IP20)</t>
   </si>
   <si>
-    <t>200-024-1</t>
-[...2 lines deleted...]
-    <t>Источник питания 110-250 V AC/12 V DC 2 A 24 W с разъемами под винт, без влагозащиты (IP20)</t>
+    <t>200-1059</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 60Вт с разъёмами под винт, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1052</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 200Вт с разъёмами под винт, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1050</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 300Вт с разъемами под винт, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-072-1</t>
+  </si>
+  <si>
+    <t>Источник питания 220 V AC/12 V DC 6 A 72 W с разъемами под винт, без влагозащиты (IP23)</t>
+  </si>
+  <si>
+    <t>200-1033</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 48 Вт с разъёмами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-150-4</t>
+  </si>
+  <si>
+    <t>Источник питания компактный 12V, 150W с разъёмами под винт (IP20)</t>
   </si>
   <si>
     <t>200-036-1</t>
   </si>
   <si>
     <t>Источник питания 110-250 V AC/12 V DC 3 A 36 W с разъемами под винт, без влагозащиты (IP20)</t>
   </si>
   <si>
-    <t>200-100-1</t>
-[...2 lines deleted...]
-    <t>Источник питания 110-250 V AC/12 V DC 9 A 100 W с разъемами под винт, без влагозащиты (IP20)</t>
+    <t>200-005-1</t>
+  </si>
+  <si>
+    <t>Источник питания 110-250 V AC/12 V DC 0,5 A 6 W с разъемами под винт, без влагозащиты (IP20)</t>
+  </si>
+  <si>
+    <t>200-100-4</t>
+  </si>
+  <si>
+    <t>Источник питания компактный 12V, 108W с разъемами под винт (IP20)</t>
+  </si>
+  <si>
+    <t>200-012-1</t>
+  </si>
+  <si>
+    <t>Источник питания 110-250 V AC/12 V DC 1 A 12 W с разъемами под винт, без влагозащиты (IP20)</t>
   </si>
   <si>
     <t>200-1057</t>
   </si>
   <si>
     <t>Источник питания (драйвер) 12В, 100 Вт с разъёмами под винт, IP20 REXANT</t>
   </si>
   <si>
     <t>200-1056</t>
   </si>
   <si>
     <t>Источник питания (драйвер) 24В, 100Вт с разъёмами под винт, IP20 REXANT</t>
   </si>
   <si>
-    <t>200-1055</t>
-[...2 lines deleted...]
-    <t>Источник питания (драйвер) 12В, 150Вт с разъёмами под винт, IP20 REXANT</t>
+    <t>200-1030</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 18Вт с разъемами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1031</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 24 Вт с разъёмами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1032</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 36Вт с разъемами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1034</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 60 Вт с разъёмами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1037</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 48Вт с разъемами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1039</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 72Вт с разъемами под винт, ультратонкий IP20 REXANT</t>
   </si>
   <si>
     <t>200-1054</t>
   </si>
   <si>
     <t>Источник питания (драйвер) 24В, 150Вт с разъёмами под винт, IP20 REXANT</t>
   </si>
   <si>
-    <t>200-1050</t>
-[...124 lines deleted...]
-  <si>
     <t>1.3 Источники герметичные IP 67</t>
   </si>
   <si>
     <t>200-200-2</t>
   </si>
   <si>
     <t>Источник питания 12В, 200Вт с проводами, влагозащищенный IP67</t>
   </si>
   <si>
+    <t>200-072-2</t>
+  </si>
+  <si>
+    <t>Источник питания 12В, 72Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>200-300-2</t>
+  </si>
+  <si>
+    <t>Источник питания 12В, 300Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>200-1000</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 60Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>200-1001</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 100Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>200-1002</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 200Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>200-1003</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 300Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>200-1004</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 60Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>200-1005</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 100Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>200-1006</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 200Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>200-1007</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 300Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>200-024-2</t>
+  </si>
+  <si>
+    <t>Источник питания 12В, 24Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>201-024-2</t>
+  </si>
+  <si>
+    <t>Источник питания 24В, 24Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>201-072-2</t>
+  </si>
+  <si>
+    <t>Источник питания 24В, 72Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>200-050-2</t>
+  </si>
+  <si>
+    <t>Источник питания 12В, 54Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>200-100-2</t>
+  </si>
+  <si>
+    <t>Источник питания 12В, 100Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>200-150-2</t>
+  </si>
+  <si>
+    <t>Источник питания 12В, 150Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
     <t>200-012-2</t>
   </si>
   <si>
-    <t>Источник питания 12В,  12Вт с проводами, влагозащищенный IP67</t>
-[...23 lines deleted...]
-    <t>Источник питания 12В, 150Вт с проводами, влагозащищенный IP67</t>
+    <t>Источник питания 12В, 12Вт с проводами, влагозащищенный IP67</t>
   </si>
   <si>
     <t>201-100-6</t>
   </si>
   <si>
     <t>Источник питания 24В, 100Вт с проводами, влагозащищенный IP67</t>
   </si>
   <si>
     <t>201-200-2</t>
   </si>
   <si>
     <t>Источник питания 24В, 200Вт с проводами, влагозащищенный IP67</t>
-  </si>
-[...70 lines deleted...]
-    <t>Источник питания 24В, 24Вт с проводами, влагозащищенный IP67</t>
   </si>
   <si>
     <t>200-036-2</t>
   </si>
   <si>
     <t>Источник питания 12В, 36Вт с проводами, влагозащищенный IP67</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -879,51 +879,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-4-5a-54vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-0-5a-6vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-240v-dc-12v-2a-24vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-3a-36vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-12-5a-150vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip4" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-5v-3a-15vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-24v-3a-72vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-24v-1a-24vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-1a-12vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-6a-72vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-9a-100vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-2a-24vt-s-dc-razemom-podklyucheniya-5-5x2-1-belyy-k" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-5v-1a-5vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-5v-2a-10vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-5v-4a-20vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-12-5-a-150-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-ac-110-250v-dc-24v-1a-24w-s-razemami-pod-vint-ip20" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-2-a-24-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-3-a-36-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-9-a-100-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-100-vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-100vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-150vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-150vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-300vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-200vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-60vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-18vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-24-vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-36vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-48-vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-60-vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-24vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-48vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-60vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-72vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-1-a-12-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-220-v-ac-12-v-dc-6-a-72-w-s-razemami-pod-vint-bez-vlagozaschity-ip23" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-kompaktnyy-12v-108w-s-razemami-pod-vint-ip20" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-kompaktnyy-12v-150w-s-razemami-pod-vint-ip20" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-60vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-ac-110-250v-dc-24v-6-25a-150w-s-razemami-pod-vint-ip20" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-36vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-ac-110-250v-dc-24v-3a-72w-s-razemami-pod-vint-ip20" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-0-5-a-6-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-200vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-12vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-54vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-72vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-100vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-150vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-100vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-200vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-300vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-200vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-200vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-72vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-60vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-100vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-300vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-24vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-60vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-100vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-300vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-24vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-36vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250vdc-12v-2a-24vt-s-dc-razemom-podklyucheniya-5-5x2-1-belyy-korpus-ip43" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250vdc-5v-1a-5vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250vdc-5v-2a-10vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250vdc-24v-1a-24vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250vdc-12v-4-5a-54vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250vdc-12v-0-5a-6vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250vdc-12v-1a-12vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250vdc-12v-12-5a-150vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250vdc-5v-4a-20vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250vdc-12v-6a-72vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250vdc-24v-3a-72vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-240vdc-12v-2a-24vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250vdc-12v-3a-36vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250vdc-5v-3a-15vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250vdc-12v-9a-100vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-9-a-100-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac12-v-dc-12-5-a-150-w-s-razemami-pod-vint-bez-vlagozashchity-ip20" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-ac-110-250vdc-24v-6-25a-150w-s-razemami-pod-vint-ip20" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-ac-110-250vdc-24v-3a-72w-s-razemami-pod-vint-ip20" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-60vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-150vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-24vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-36vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-60vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-2-a-24-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-ac-110-250vdc-24v-1a-24w-s-razemami-pod-vint-ip20" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-60vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-200vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-300vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-220-v-ac12-v-dc-6-a-72-w-s-razemami-pod-vint-bez-vlagozashchity-ip23" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-48-vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-kompaktnyy-12v-150w-s-razemami-pod-vint-ip20" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-3-a-36-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-0-5-a-6-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-kompaktnyy-12v-108w-s-razemami-pod-vint-ip20" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-1-a-12-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-100-vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-100vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-18vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-24-vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-36vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-60-vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-48vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-72vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-150vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-200vt-s-provodami-vlagozashchishchennyy-ip67" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-72vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-300vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-60vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-100vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-200vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-300vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-60vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-100vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-200vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-300vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-24vt-s-provodami-vlagozashchishchennyy-ip67" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-24vt-s-provodami-vlagozashchishchennyy-ip67" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-72vt-s-provodami-vlagozashchishchennyy-ip67" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-54vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-100vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-150vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-12vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-100vt-s-provodami-vlagozashchishchennyy-ip67" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-200vt-s-provodami-vlagozashchishchennyy-ip67" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-36vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I71"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -960,1358 +960,1358 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>682.56</v>
+        <v>526.1</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>2357</v>
+        <v>781</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>203.4</v>
+        <v>181.58</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>2053</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>200</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>330.53</v>
+        <v>220.99</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>363</v>
+        <v>2164</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>200</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>592.6</v>
+        <v>638.76</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>578</v>
+        <v>950</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>1758.24</v>
+        <v>682.56</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>636</v>
+        <v>2034</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>381.37</v>
+        <v>203.4</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>878</v>
+        <v>773</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>950</v>
+        <v>220.99</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>133</v>
+        <v>2828</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>638.76</v>
+        <v>1758.24</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1022</v>
+        <v>563</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>220.99</v>
+        <v>518.28</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1220</v>
+        <v>722</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
         <v>831.2</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>4098</v>
+        <v>2458</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>1322.1</v>
+        <v>950</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>522</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>526.1</v>
+        <v>330.53</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>915</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>181.58</v>
+        <v>592.6</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>250</v>
+        <v>1101</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>220.99</v>
+        <v>381.37</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>19</v>
+        <v>691</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>518.28</v>
+        <v>1322.1</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>1014</v>
+        <v>1070</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>1264.25</v>
+        <v>1108.65</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
         <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>25</v>
+        <v>65</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>553.23</v>
+        <v>1264.25</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
         <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>210</v>
+        <v>25</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>588.54</v>
+        <v>1631.03</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
         <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>210</v>
+        <v>50</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>710.15</v>
+        <v>966.14</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>305</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>210</v>
+        <v>65</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>1108.65</v>
+        <v>760.8</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
         <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>65</v>
+        <v>80</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>897.7</v>
+        <v>1112.83</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>239</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>897.7</v>
+        <v>623.89</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>929</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>1112.83</v>
+        <v>839.03</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>0</v>
+        <v>940</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>1112.83</v>
+        <v>975.93</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>66</v>
+        <v>908</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>1953.81</v>
+        <v>588.54</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
         <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>45</v>
+        <v>210</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>1484.43</v>
+        <v>553.23</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
         <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>45</v>
+        <v>210</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
         <v>760.8</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
         <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>80</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>609.13</v>
+        <v>1484.43</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>951</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>200</v>
+        <v>45</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>616.07</v>
+        <v>1953.81</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>881</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>200</v>
+        <v>45</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>792.09</v>
+        <v>1003.9</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>817</v>
+        <v>1</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>100</v>
+        <v>65</v>
       </c>
       <c r="I34" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
         <v>897.7</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>856</v>
+        <v>836</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>100</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>975.93</v>
+        <v>1485.63</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>749</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>200</v>
+        <v>52</v>
       </c>
       <c r="I36" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>623.89</v>
+        <v>710.15</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>932</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="I37" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>897.7</v>
+        <v>310.31</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>750</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>100</v>
+        <v>210</v>
       </c>
       <c r="I38" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>975.93</v>
+        <v>1046.39</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>920</v>
+        <v>1</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>100</v>
+        <v>112</v>
       </c>
       <c r="I39" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>1093.28</v>
+        <v>513</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>902</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>100</v>
+        <v>210</v>
       </c>
       <c r="I40" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>513</v>
+        <v>897.7</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>210</v>
+        <v>60</v>
       </c>
       <c r="I41" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C42" s="3">
-        <v>1003.9</v>
+        <v>897.7</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="I42" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C43" s="3">
-        <v>1046.39</v>
+        <v>609.13</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>2</v>
+        <v>951</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>112</v>
+        <v>200</v>
       </c>
       <c r="I43" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C44" s="3">
-        <v>1485.63</v>
+        <v>616.07</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>0</v>
+        <v>880</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>52</v>
+        <v>200</v>
       </c>
       <c r="I44" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C45" s="3">
-        <v>760.8</v>
+        <v>792.09</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>36</v>
+        <v>791</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C46" s="3">
-        <v>1631.03</v>
+        <v>975.93</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>0</v>
+        <v>790</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I46" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C47" s="3">
-        <v>839.03</v>
+        <v>897.7</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>945</v>
+        <v>41</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>100</v>
       </c>
       <c r="I47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C48" s="3">
-        <v>966.14</v>
+        <v>1093.28</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>328</v>
+        <v>876</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>65</v>
+        <v>100</v>
       </c>
       <c r="I48" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C49" s="3">
-        <v>310.31</v>
+        <v>1112.83</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>210</v>
+        <v>50</v>
       </c>
       <c r="I49" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
         <v>104</v>
       </c>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
       <c r="D50" s="2"/>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
       <c r="I50" s="2"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C51" s="3">
         <v>4295.46</v>
       </c>
@@ -2320,588 +2320,588 @@
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
         <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>20</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C52" s="3">
-        <v>881.3</v>
+        <v>1996.95</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
         <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>50</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C53" s="3">
-        <v>1469.22</v>
+        <v>3617.47</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
         <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C54" s="3">
-        <v>1996.95</v>
+        <v>1288.85</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>0</v>
+        <v>786</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="I54" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C55" s="3">
-        <v>1934.72</v>
+        <v>2032.05</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
         <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="I55" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C56" s="3">
-        <v>2852.27</v>
+        <v>3420.64</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>0</v>
+        <v>779</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>5</v>
+        <v>22</v>
       </c>
       <c r="I56" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C57" s="3">
-        <v>2146.45</v>
+        <v>3909.58</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>0</v>
+        <v>172</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="I57" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C58" s="3">
-        <v>3672.46</v>
+        <v>1347.53</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>0</v>
+        <v>1109</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I58" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C59" s="3">
-        <v>3909.58</v>
+        <v>2032.05</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>486</v>
+        <v>306</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="I59" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C60" s="3">
-        <v>3420.64</v>
+        <v>3361.97</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>788</v>
+        <v>525</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>22</v>
       </c>
       <c r="I60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C61" s="3">
-        <v>3361.97</v>
+        <v>3909.58</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>526</v>
+        <v>435</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="I61" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C62" s="3">
-        <v>1657.88</v>
+        <v>1075.9</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
         <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C63" s="3">
-        <v>1347.53</v>
+        <v>829.2</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>1126</v>
+        <v>71</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>50</v>
+        <v>90</v>
       </c>
       <c r="I63" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C64" s="3">
-        <v>2032.05</v>
+        <v>1657.88</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>319</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="I64" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C65" s="3">
-        <v>3617.47</v>
+        <v>1469.22</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
         <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C66" s="3">
-        <v>1075.9</v>
+        <v>1934.72</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
         <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C67" s="3">
-        <v>1288.85</v>
+        <v>2852.27</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>741</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>65</v>
+        <v>5</v>
       </c>
       <c r="I67" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C68" s="3">
-        <v>2032.05</v>
+        <v>881.3</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
         <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="I68" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C69" s="3">
-        <v>3909.58</v>
+        <v>2146.45</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>263</v>
+        <v>0</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="I69" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C70" s="3">
-        <v>829.2</v>
+        <v>3672.46</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>117</v>
+        <v>0</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C71" s="3">
         <v>1186.08</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
         <v>0</v>
       </c>
       <c r="G71" s="3">