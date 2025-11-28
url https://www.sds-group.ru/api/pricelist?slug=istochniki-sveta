--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -8,2008 +8,2014 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1261" uniqueCount="652">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1261" uniqueCount="654">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Источники света</t>
   </si>
   <si>
     <t>1.1 Лампа светодиодная</t>
   </si>
   <si>
     <t>1.1.1 Лампа светодиодная серии А груша</t>
   </si>
   <si>
+    <t>604-013</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A70 20,5Вт E27 1948Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>604-014</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A70 20,5Вт E27 1948Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-015</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A80 25,5Вт E27 2423Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-016</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A80 25,5Вт E27 2423Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-005</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A60 11,5Вт E27 1093Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-010</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A60 15,5Вт E27 1473Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
     <t>604-002</t>
   </si>
   <si>
     <t>Лампа светодиодная Груша A60 9,5Вт E27 903Лм 4000K нейтральный свет REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>604-003</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A60 11,5Вт E27 1093Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-009</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A60 15,5Вт E27 1473Лм 4000K нейтральный свет REXANT</t>
   </si>
   <si>
     <t>604-001</t>
   </si>
   <si>
     <t>Лампа светодиодная Груша A60 9,5Вт E27 903Лм 2700K теплый свет REXANT</t>
   </si>
   <si>
+    <t>604-004</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A60 11,5Вт E27 1093Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
     <t>604-008</t>
   </si>
   <si>
     <t>Лампа светодиодная Груша A60 15,5Вт E27 1473Лм 2700K теплый свет REXANT</t>
   </si>
   <si>
-    <t>604-009</t>
-[...52 lines deleted...]
-  <si>
     <t>604-201</t>
   </si>
   <si>
     <t>Лампа светодиодная Груша A70 20,5Вт E27 1948Лм 6500K холодный свет REXANT</t>
   </si>
   <si>
     <t>604-202</t>
   </si>
   <si>
     <t>Лампа светодиодная Груша A80 25,5Вт E27 2423Лм 6500K холодный свет REXANT</t>
   </si>
   <si>
     <t>604-4088</t>
   </si>
   <si>
     <t>Лампа светодиодная Шар А120 17,5Вт 1488Лм E27 4000K REXANT</t>
   </si>
   <si>
     <t>1.1.2 Лампа светодиодная серии свеча (CN)</t>
   </si>
   <si>
+    <t>604-020</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 7,5Вт E27 713Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-021</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 7,5Вт E27 713Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-023</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 9,5Вт E14 903Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-030</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 11,5Вт E27 1093Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
     <t>604-017</t>
   </si>
   <si>
     <t>Лампа светодиодная Свеча (CN) 7,5Вт E14 713Лм 2700K теплый свет REXANT</t>
   </si>
   <si>
+    <t>604-022</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 7,5Вт E27 713Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-025</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 9,5Вт E27 903Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-027</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 11,5Вт E14 1093Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-028</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 11,5Вт E14 1093Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-029</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 11,5Вт E27 1093Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-019</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 7,5Вт E14 713Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-024</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 9,5Вт E14 903Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-204</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 9,5Вт E27 903Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-203</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 9,5Вт E14 903Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
     <t>604-018</t>
   </si>
   <si>
     <t>Лампа светодиодная Свеча (CN) 7,5Вт E14 713Лм 4000K нейтральный свет REXANT</t>
   </si>
   <si>
-    <t>604-019</t>
-[...58 lines deleted...]
-  <si>
     <t>604-026</t>
   </si>
   <si>
     <t>Лампа светодиодная Свеча (CN) 9,5Вт E27 903Лм 4000K нейтральный свет REXANT</t>
   </si>
   <si>
-    <t>604-027</t>
-[...16 lines deleted...]
-  <si>
     <t>604-205</t>
   </si>
   <si>
     <t>Лампа светодиодная Свеча (CN) 11,5Вт E14 1093Лм 6500K холодный свет REXANT</t>
   </si>
   <si>
     <t>604-206</t>
   </si>
   <si>
     <t>Лампа светодиодная Свеча (CN) 11,5Вт E27 1093Лм 6500K холодный свет REXANT</t>
   </si>
   <si>
     <t>1.1.3 Лампа светодиодная серии свеча на ветру (CW)</t>
   </si>
   <si>
+    <t>604-045</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча на ветру (CW) 7,5Вт E14 713Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-046</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча на ветру (CW) 7,5Вт E14 713Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
     <t>604-047</t>
   </si>
   <si>
     <t>Лампа светодиодная Свеча на ветру (CW) 7,5Вт E14 713Лм 6500K холодный свет REXANT</t>
   </si>
   <si>
-    <t>604-046</t>
-[...10 lines deleted...]
-  <si>
     <t>1.1.4 Лампа светодиодная серии шарик (G45)</t>
   </si>
   <si>
+    <t>604-033</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 7,5Вт E14 713Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-040</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 9,5Вт E27 903Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-032</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 7,5Вт E14 713Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-036</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 7,5Вт E27 713Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-041</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 11,5Вт E14 1093Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-035</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 7,5Вт E27 713Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-038</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 9,5Вт E14 903Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-044</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 11,5Вт E27 1093Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-031</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 7,5Вт E14 713Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
     <t>604-034</t>
   </si>
   <si>
     <t>Лампа светодиодная Шарик (GL) 7,5Вт E27 713Лм 2700K теплый свет REXANT</t>
   </si>
   <si>
-    <t>604-035</t>
-[...8 lines deleted...]
-    <t>Лампа светодиодная Шарик (GL) 7,5Вт E27 713Лм 6500K холодный свет REXANT</t>
+    <t>604-043</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 11,5Вт E27 1093Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-207</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 9,5Вт E14 903Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-209</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 11,5Вт E14 1093Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-037</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 9,5Вт E14 903Лм 2700K теплый свет REXANT</t>
   </si>
   <si>
     <t>604-039</t>
   </si>
   <si>
     <t>Лампа светодиодная Шарик (GL) 9,5Вт E27 903Лм 2700K теплый свет REXANT</t>
   </si>
   <si>
-    <t>604-041</t>
-[...50 lines deleted...]
-    <t>Лампа светодиодная Шарик (GL) 7,5Вт E14 713Лм 6500K холодный свет REXANT</t>
+    <t>604-210</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 11,5Вт E27 1093Лм 6500K холодный свет REXANT</t>
   </si>
   <si>
     <t>604-208</t>
   </si>
   <si>
     <t>Лампа светодиодная Шарик (GL) 9,5Вт E27 903Лм 6500K холодный свет REXANT</t>
   </si>
   <si>
-    <t>604-207</t>
-[...16 lines deleted...]
-  <si>
     <t>1.1.5 Лампа светодиодная серии рефлектор (MR16)</t>
   </si>
   <si>
+    <t>604-4004</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор MR16 9,5Вт 808Лм GU5.3 AC/DC 12В 4000K нейтральный свет, низковольтная REXANT</t>
+  </si>
+  <si>
+    <t>604-5202</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор 5,5Вт 467Лм GU5.3 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-5300</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор 7,5Вт 650Лм GU5.3 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-052</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор-cпот 9,5Вт GU5.3 760Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
     <t>604-051</t>
   </si>
   <si>
     <t>Лампа светодиодная Рефлектор-cпот 9,5Вт GU5.3 760Лм 2700K теплый свет REXANT</t>
   </si>
   <si>
-    <t>604-052</t>
-[...8 lines deleted...]
-    <t>Лампа светодиодная Рефлектор 7,5Вт 650Лм GU5.3 2700K теплый свет REXANT</t>
+    <t>604-5201</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор 5,5Вт 467Лм GU5.3 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-5200</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор 5,5Вт 467Лм GU5.3 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-4005</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор MR16 9,5Вт 808Лм GU5.3 AC/DC 12В 6500K холодный свет, низковольтная REXANT</t>
   </si>
   <si>
     <t>604-4003</t>
   </si>
   <si>
     <t>Лампа светодиодная Рефлектор MR16 9,5Вт 808Лм GU5.3 AC/DC 12В 2700K теплый свет, низковольтная REXANT</t>
   </si>
   <si>
-    <t>604-4004</t>
-[...20 lines deleted...]
-    <t>Лампа светодиодная Рефлектор 5,5Вт 467Лм GU5.3 2700K теплый свет REXANT</t>
+    <t>604-4002</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор 9,5Вт 808Лм GU10 6500K холодный свет REXANT</t>
   </si>
   <si>
     <t>604-211</t>
   </si>
   <si>
     <t>Лампа светодиодная Рефлектор-cпот 9,5Вт GU5.3 760Лм 6500K холодный свет REXANT</t>
   </si>
   <si>
-    <t>604-5201</t>
-[...4 lines deleted...]
-  <si>
     <t>604-4000</t>
   </si>
   <si>
     <t>Лампа светодиодная Рефлектор 9,5Вт 808Лм GU10 2700K теплый свет REXANT</t>
   </si>
   <si>
     <t>604-4001</t>
   </si>
   <si>
     <t>Лампа светодиодная Рефлектор 9,5Вт 808Лм GU10 4000K нейтральный свет REXANT</t>
   </si>
   <si>
-    <t>604-4002</t>
-[...4 lines deleted...]
-  <si>
     <t>604-4064</t>
   </si>
   <si>
     <t>Лампа светодиодная Рефлектор R50 9,5Вт 808Лм E14 4000K нейтральный свет REXANT</t>
   </si>
   <si>
     <t>1.1.6 Лампа светодиодная серии рефлектор GX53</t>
   </si>
   <si>
+    <t>604-063</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная GX53 таблетка 10,5Вт 840Лм 2700К теплый свет REXANT</t>
+  </si>
+  <si>
     <t>604-067</t>
   </si>
   <si>
     <t>Лампа светодиодная GX53 таблетка 15,5Вт 1240Лм 2700К теплый свет REXANT</t>
   </si>
   <si>
     <t>604-068</t>
   </si>
   <si>
     <t>Лампа светодиодная GX53 таблетка 15,5Вт 1240Лм 4000К нейтральный свет REXANT</t>
   </si>
   <si>
     <t>604-064</t>
   </si>
   <si>
     <t>Лампа светодиодная GX53 таблетка 10,5Вт 840Лм 4000К нейтральный свет REXANT</t>
   </si>
   <si>
-    <t>604-063</t>
-[...2 lines deleted...]
-    <t>Лампа светодиодная GX53 таблетка 10,5Вт 840Лм 2700К теплый свет REXANT</t>
+    <t>604-212</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная GX53 таблетка 10,5Вт 840Лм 6500К холодный свет REXANT</t>
   </si>
   <si>
     <t>604-213</t>
   </si>
   <si>
     <t>Лампа светодиодная GX53 таблетка 15,5Вт 1240Лм 6500К холодный свет REXANT</t>
   </si>
   <si>
-    <t>604-212</t>
-[...4 lines deleted...]
-  <si>
     <t>604-4061</t>
   </si>
   <si>
     <t>Лампа светодиодная GX53 таблетка 7,5Вт 638Лм 4000К нейтральный свет REXANT</t>
   </si>
   <si>
     <t>604-4060</t>
   </si>
   <si>
     <t>Лампа светодиодная GX53 таблетка 7,5Вт 638Лм 2700К теплый свет REXANT</t>
   </si>
   <si>
     <t>604-4062</t>
   </si>
   <si>
     <t>Лампа светодиодная GX53 таблетка 7,5Вт 638Лм 6500К холодный свет REXANT</t>
   </si>
   <si>
+    <t>604-4119</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная GX53 таблетка 12 Вт 1040Лм 6500К холодный свет REXANT</t>
+  </si>
+  <si>
     <t>604-4117</t>
   </si>
   <si>
     <t>Лампа светодиодная GX53 таблетка 12 Вт 1040Лм 2700К теплый свет REXANT</t>
   </si>
   <si>
-    <t>604-4119</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.7 Лампа светодиодная серии HIGH POWER</t>
   </si>
   <si>
     <t>604-069</t>
   </si>
   <si>
     <t>Лампа светодиодная высокомощная 30Вт E27 (+переходник E40) 2850Лм 6500K REXANT</t>
   </si>
   <si>
     <t>604-071</t>
   </si>
   <si>
     <t>Лампа светодиодная высокомощная 50Вт E27 (+переходник E40) 4750Лм 6500K REXANT</t>
   </si>
   <si>
+    <t>604-151</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная высокомощная 100Вт E27 (+переходник E40) 9500Лм 4000K REXANT</t>
+  </si>
+  <si>
     <t>604-149</t>
   </si>
   <si>
     <t>Лампа светодиодная высокомощная 30Вт E27 (+переходник E40) 2850Лм 4000K REXANT</t>
   </si>
   <si>
-    <t>604-151</t>
-[...2 lines deleted...]
-    <t>Лампа светодиодная высокомощная 100Вт E27 (+переходник E40) 9500Лм 4000K REXANT</t>
+    <t>604-153</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная высокомощная COMPACT 30Вт E27 с переходником на E40 2850Лм 6500K холодный свет REXANT</t>
   </si>
   <si>
     <t>604-152</t>
   </si>
   <si>
     <t>Лампа светодиодная высокомощная COMPACT 30Вт E27 с переходником на E40 2850Лм 4000K нейтральный свет REXANT</t>
   </si>
   <si>
-    <t>604-153</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.8 Лампа светодиодная трубка T8</t>
   </si>
   <si>
+    <t>604-4053</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная матовая Трубка Т8 11,5Вт 978Лм G13 600мм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-4052</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная матовая Трубка Т8 11,5Вт 978Лм G13 600мм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-4058</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная матовая Трубка Т8 25,5Вт 2168Лм G13 1500мм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-4059</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная матовая Трубка Т8 25,5Вт 2168Лм G13 1500мм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-4056</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная матовая Трубка Т8 19,5Вт 1658Лм G13 1200мм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
     <t>604-4055</t>
   </si>
   <si>
     <t>Лампа светодиодная матовая Трубка Т8 19,5Вт 1658Лм G13 1200мм 4000K нейтральный свет REXANT</t>
   </si>
   <si>
-    <t>604-4053</t>
-[...28 lines deleted...]
-  <si>
     <t>604-4057</t>
   </si>
   <si>
     <t>Лампа светодиодная матовая Трубка Т8 25,5Вт 2168Лм G13 2700K 1500мм REXANT</t>
   </si>
   <si>
     <t>1.1.9 Лампа светодиодная капсульная G4 G9</t>
   </si>
   <si>
+    <t>604-5012</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JD-CORN G4 230В 5,5Вт 2700K теплый свет (поликарбонат) REXANT</t>
+  </si>
+  <si>
+    <t>604-5020</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JD-CORN G9 230В 7Вт 6500K холодный свет (поликарбонат) REXANT</t>
+  </si>
+  <si>
+    <t>604-5010</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JC-SILICON G4 220В 2Вт 4000K нейтральный свет (силикон) REXANT</t>
+  </si>
+  <si>
+    <t>604-5015</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JD-CORN G9 230В 5Вт 2700K теплый свет (поликарбонат) REXANT</t>
+  </si>
+  <si>
+    <t>604-5019</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JD-CORN G9 230В 7Вт 4000K нейтральный свет (поликарбонат) REXANT</t>
+  </si>
+  <si>
+    <t>604-5011</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JC-SILICON G4 220В 2Вт 6500K холодный свет (силикон) REXANT</t>
+  </si>
+  <si>
+    <t>604-5007</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JC-SILICON G4 12В 2Вт 4000K нейтральный свет (силикон) REXANT</t>
+  </si>
+  <si>
+    <t>604-5008</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JC-SILICON G4 12В 2Вт 6500K холодный свет (силикон) REXANT</t>
+  </si>
+  <si>
+    <t>604-5014</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JD-CORN G4 230В 5,5Вт 6500K холодный свет (поликарбонат) REXANT</t>
+  </si>
+  <si>
+    <t>604-5016</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JD-CORN G9 230В 5Вт 4000K нейтральный свет (поликарбонат) REXANT</t>
+  </si>
+  <si>
+    <t>604-5018</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JD-CORN G9 230В 7Вт 2700K теплый свет (поликарбонат) REXANT</t>
+  </si>
+  <si>
     <t>604-5006</t>
   </si>
   <si>
     <t>Лампа светодиодная капсульного типа JC-SILICON G4 12В 2Вт 2700K теплый свет (силикон) REXANT</t>
   </si>
   <si>
-    <t>604-5007</t>
-[...16 lines deleted...]
-  <si>
     <t>604-5013</t>
   </si>
   <si>
     <t>Лампа светодиодная капсульного типа JD-CORN G4 230В 5,5Вт 4000K нейтральный свет (поликарбонат) REXANT</t>
   </si>
   <si>
-    <t>604-5014</t>
-[...16 lines deleted...]
-  <si>
     <t>604-5017</t>
   </si>
   <si>
     <t>Лампа светодиодная капсульного типа JD-CORN G9 230В 5Вт 6500K холодный свет (поликарбонат) REXANT</t>
   </si>
   <si>
-    <t>604-5020</t>
-[...4 lines deleted...]
-  <si>
     <t>604-5009</t>
   </si>
   <si>
     <t>Лампа светодиодная капсульного типа JC-SILICON G4 220В 2Вт 2700K теплый свет (силикон) REXANT</t>
   </si>
   <si>
-    <t>604-5012</t>
-[...22 lines deleted...]
-  <si>
     <t>1.1.10 Лампа светодиодная для растений</t>
   </si>
   <si>
     <t>604-146</t>
   </si>
   <si>
     <t>Лампа филаментная для растений Груша A60 11,5Вт 18 микромоль/с E27 REXANT</t>
   </si>
   <si>
     <t>604-156</t>
   </si>
   <si>
     <t>Лампа светодиодная для растений ГРИБ-РЕФЛЕКТОР R90 17,5 Вт 27 мкмоль/с Е27 REXANT</t>
   </si>
   <si>
     <t>1.1.11 Лампа для холодильника (капсульная)</t>
   </si>
   <si>
+    <t>604-5109</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная для холодильника (капсульная) 2Вт Е14 160Лм 4000К нейтральный свет REXANT</t>
+  </si>
+  <si>
     <t>604-5110</t>
   </si>
   <si>
     <t>Лампа светодиодная для холодильника (капсульная) 2Вт Е14 160Лм 6500К холодный свет REXANT</t>
   </si>
   <si>
-    <t>604-5109</t>
-[...4 lines deleted...]
-  <si>
     <t>604-5108</t>
   </si>
   <si>
     <t>Лампа светодиодная для холодильника (капсульная) 2Вт Е14 160Лм 2700К теплый свет REXANT</t>
   </si>
   <si>
     <t>1.2 Панель светодиодная</t>
   </si>
   <si>
+    <t>606-1000</t>
+  </si>
+  <si>
+    <t>Панель светодиодная 595х595х19мм ПРИЗМА 6500К 36Вт 3600Лм 165-265В IP20 LAMPER</t>
+  </si>
+  <si>
     <t>606-301</t>
   </si>
   <si>
     <t>Комплект подвесных крепежей для светодиодных панелей № 1 REXANT</t>
   </si>
   <si>
+    <t>606-006</t>
+  </si>
+  <si>
+    <t>Панель ГОСТ! ультратонкая светодиодная 9мм ОПАЛ 40Вт 165-265В IP20 3000Лм 6500K холодный свет (драйвер 606-201 отдельно) REXANT</t>
+  </si>
+  <si>
     <t>606-007</t>
   </si>
   <si>
     <t>Панель ГОСТ! ультратонкая светодиодная 9мм ОПАЛ 48Вт 165-265В IP20 4100Лм 6500K холодный свет (драйвер 606-202 отдельно) REXANT</t>
   </si>
   <si>
     <t>606-202</t>
   </si>
   <si>
     <t>Источник питания (драйвер) для ультратонкой панели мощностью 48 ватт (EMC)</t>
   </si>
   <si>
+    <t>1.2.1 Панель светодиодная универсальная 19мм REXANT</t>
+  </si>
+  <si>
     <t>606-011</t>
   </si>
   <si>
     <t>Панель ГОСТ! универсальная светодиодная 19мм ПРИЗМА 1195х180 40Вт 180–260В IP20 3300Лм 4000K нейтральный свет REXANT</t>
   </si>
   <si>
-    <t>606-006</t>
-[...2 lines deleted...]
-    <t>Панель ГОСТ! ультратонкая светодиодная 9мм ОПАЛ 40Вт 165-265В IP20 3000Лм 6500K холодный свет (драйвер 606-201 отдельно) REXANT</t>
+    <t>1.2.2 Панель светодиодная круглая LAMPER</t>
+  </si>
+  <si>
+    <t>606-1010</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 18Вт 230В 4000К 1440Лм 185мм белая IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>606-1012</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 24Вт 230В 4000К 1920Лм 220мм белая IP20 LAMPER</t>
   </si>
   <si>
     <t>606-1004</t>
   </si>
   <si>
     <t>Панель светодиодная встраиваемая круглая 6Вт 230В 4000К 420Лм 95мм белая IP20 LAMPER</t>
   </si>
   <si>
     <t>606-1006</t>
   </si>
   <si>
     <t>Панель светодиодная встраиваемая круглая 9Вт 230В 4000К 630Лм 118мм белая IP20 LAMPER</t>
   </si>
   <si>
+    <t>606-1013</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 24Вт 230В 6500К 1920Лм 220мм белая IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>606-1005</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 6Вт 230В 6500К 420Лм 95мм белая IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>606-1011</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 18Вт 230В 6500К 1440Лм 185мм белая IP20 LAMPER</t>
+  </si>
+  <si>
     <t>606-1007</t>
   </si>
   <si>
     <t>Панель светодиодная встраиваемая круглая 9Вт 230В 6500К 630Лм 118мм белая IP20 LAMPER</t>
   </si>
   <si>
     <t>606-1008</t>
   </si>
   <si>
     <t>Панель светодиодная встраиваемая круглая 12Вт 230В 4000К 960Лм 145мм белая IP20 LAMPER</t>
   </si>
   <si>
     <t>606-1009</t>
   </si>
   <si>
     <t>Панель светодиодная встраиваемая круглая 12Вт 230В 6500К 960Лм 145мм белая IP20 LAMPER</t>
   </si>
   <si>
-    <t>606-1010</t>
-[...34 lines deleted...]
-  <si>
     <t>1.3 Светильник светодиодный</t>
   </si>
   <si>
+    <t>608-004</t>
+  </si>
+  <si>
+    <t>Светильник встраиваемый GX53 Series H4-PRO, белый с кольцом в комплекте REXANT</t>
+  </si>
+  <si>
+    <t>607-211</t>
+  </si>
+  <si>
+    <t>Светильник линейный T5 5Вт IP20 4000K нейтральный свет 315мм с выключателем и соединителем REXANT</t>
+  </si>
+  <si>
+    <t>607-208</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 18Вт 1710Лм 6500K с микроволновым датчиком REXANT</t>
+  </si>
+  <si>
+    <t>607-210</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 18Вт 1710Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>607-263</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 12Вт 1140Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>621-1129</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ-03 под лампу круг 250х105мм IP65 REXANT</t>
+  </si>
+  <si>
+    <t>607-250</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 8Вт 760Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-268</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 18Вт 1710Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-271</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 18Вт 1710Лм 4000K REXANT</t>
+  </si>
+  <si>
     <t>607-212</t>
   </si>
   <si>
     <t>Светильник линейный T5 5Вт IP20 6500K холодный свет 315мм с выключателем и соединителем REXANT</t>
   </si>
   <si>
+    <t>607-209</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 12Вт 1140Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>607-217</t>
+  </si>
+  <si>
+    <t>Светильник линейный T5 16Вт IP20 4000K нейтральный свет 1179мм с выключателем и соединителем REXANT</t>
+  </si>
+  <si>
+    <t>607-201</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 8Вт 760Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-205</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 12Вт 1140Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-274</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 18Вт 1710Лм 6500K с микроволновым датчиком движения, дежурный свет REXANT</t>
+  </si>
+  <si>
+    <t>607-218</t>
+  </si>
+  <si>
+    <t>Светильник линейный T5 16Вт IP20 6500K холодный свет 1179 мм с выключателем и соединителем REXANT</t>
+  </si>
+  <si>
+    <t>607-203</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 18Вт 1710Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-207</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 12Вт 1140Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>607-260</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 12Вт 1140Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-256</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 8Вт 760Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>607-204</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 8Вт 760Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-206</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 18Вт 1710Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-285</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 30Вт 2850Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-253</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 8Вт 760Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-266</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 12Вт 1140Лм 6500K с микроволновым датчиком движения, дежурный свет REXANT</t>
+  </si>
+  <si>
+    <t>607-286</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 30Вт 2850Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>607-258</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 8Вт 760Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>607-213</t>
+  </si>
+  <si>
+    <t>Светильник линейный T5 8Вт IP20 4000K нейтральный свет 565мм с выключателем и соединителем REXANT</t>
+  </si>
+  <si>
+    <t>607-215</t>
+  </si>
+  <si>
+    <t>Светильник линейный T5 12Вт IP20 4000K нейтральный свет 869мм с выключателем и соединителем REXANT</t>
+  </si>
+  <si>
+    <t>607-279</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 24Вт 2280Лм 6500K REXANT</t>
+  </si>
+  <si>
     <t>607-202</t>
   </si>
   <si>
     <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 12Вт 1140Лм 6500K REXANT</t>
   </si>
   <si>
-    <t>607-206</t>
-[...26 lines deleted...]
-    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 12Вт 1140Лм 6500K с микроволновым датчиком движения REXANT</t>
+    <t>608-003</t>
+  </si>
+  <si>
+    <t>Светильник GX53 золото, термостойкое пластиковое кольцо в комплекте REXANT</t>
+  </si>
+  <si>
+    <t>607-287</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 30Вт 2850Лм 6500K с микроволновым датчиком движения, дежурный свет REXANT</t>
+  </si>
+  <si>
+    <t>608-002</t>
+  </si>
+  <si>
+    <t>Светильник GX53 хром, термостойкое пластиковое кольцо в комплекте REXANT</t>
+  </si>
+  <si>
+    <t>608-001</t>
+  </si>
+  <si>
+    <t>Светильник GX53 белый, термостойкое пластиковое кольцо в комплекте REXANT</t>
+  </si>
+  <si>
+    <t>621-1128</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ-03 под лампу круг 190x85мм IP65 REXANT</t>
   </si>
   <si>
     <t>621-1124</t>
   </si>
   <si>
     <t>Светильник ДПО под светодиодную лампу 2хТ8 600мм IP20 (без ПРА) REXANT</t>
   </si>
   <si>
-    <t>607-250</t>
-[...134 lines deleted...]
-    <t>Комплект лампы и светильника GX53  «ЯРКИЙ НЕЙТРАЛЬНЫЙ СЕРЕБРЯНЫЙ» лампа 15,5 Вт  нейтрального белого цвета свечения 4000 K и светильник под лампу GX5</t>
+    <t>621-1125</t>
+  </si>
+  <si>
+    <t>Светильник ДПО под светодиодную лампу 2хТ8 1200мм IP20 (без ПРА) REXANT</t>
+  </si>
+  <si>
+    <t>1.3.1 Светильник светодиодный СПО IP20</t>
+  </si>
+  <si>
+    <t>607-018</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 36Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-002</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО опал IP20 36Вт 185-265В 6500K холодный свет 1,2м (хит продаж!) REXANT</t>
+  </si>
+  <si>
+    <t>607-017</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 18Вт 185-265В 6500K холодный свет 0,6м REXANT</t>
+  </si>
+  <si>
+    <t>607-021</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО опал IP20 55Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-022</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО опал IP20 55Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-021-1</t>
+  </si>
+  <si>
+    <t>Комплект Светодиодный линейный светильник REXANT СПО 110 ОПАЛ 55 Вт, 185-265 В, IP20, 5225 Лм, 4000 K нейтральный свет + Сетевой шнур с выключателем</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>607-024</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 55Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-015</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 18Вт 185-265В 4000K нейтральный свет 0,6м REXANT</t>
+  </si>
+  <si>
+    <t>607-011</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО опал IP20 18Вт 185-265В 4000K нейтральный свет 0,6м REXANT</t>
+  </si>
+  <si>
+    <t>607-013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Светильник линейный СПО опал IP20 18Вт 185-265В 6500K холодный свет 0,6м REXANT </t>
+  </si>
+  <si>
+    <t>607-012</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО опал IP20 36Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-014</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО опал IP20 36Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-016</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 36Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-023</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 55Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>1.3.2 Светильник светодиодный ССП IP65</t>
+  </si>
+  <si>
+    <t>607-020</t>
+  </si>
+  <si>
+    <t>Светильник линейный пылевлагозащищенный ССП IP65 36Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-019</t>
+  </si>
+  <si>
+    <t>Светильник линейный пылевлагозащищенный ССП IP65 18Вт 185-265В 6500K холодный свет 0,6м REXANT</t>
   </si>
   <si>
     <t>607-009</t>
   </si>
   <si>
     <t>Светильник линейный пылевлагозащищенный ССП2 IP65 18Вт 185-265В 6500K холодный свет 0,6м REXANT</t>
   </si>
   <si>
-    <t>607-020</t>
-[...28 lines deleted...]
-  <si>
     <t>607-010</t>
   </si>
   <si>
     <t>Светильник линейный пылевлагозащищенный ССП2 IP65 36Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
   </si>
   <si>
-    <t>607-015</t>
-[...34 lines deleted...]
-  <si>
     <t>607-070</t>
   </si>
   <si>
     <t>Светильник линейный пылевлагозащищенный ССП IP65 55Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
   </si>
   <si>
-    <t>621-1128</t>
-[...134 lines deleted...]
-    <t>1.4 Ночники</t>
+    <t>1.4 Лампа светодиодная упаковка по 3 штуки</t>
+  </si>
+  <si>
+    <t>604-047-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча на ветру (CW) 7,5Вт E14 713Лм 6500K холодный свет (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-017-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча CN 7,5Вт E14 713Лм 2700K теплый свет (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-038-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 9,5Вт E14 903Лм 4000K нейтральный свет (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-064-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная GX53 таблетка 10,5Вт 840Лм 4000К (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-052-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор-спот 9,5Вт GU5,3 760Лм 4000K нейтральный свет (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-063-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная GX53 таблетка 10,5Вт 840Лм 2700К (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-002-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A60 9,5Вт E27 903Лм 4000K нейтральный свет (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-044-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 11,5Вт E27 1093Лм 4000K нейтральный свет (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-210-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 11,5Вт E27 1093Лм 6500K холодный свет (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-203-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча CN 9,5Вт E14 903Лм 6500K холодный свет (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-030-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча CN 11,5Вт E27 1093Лм 4000K нейтральный свет (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-035-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 7,5Вт E27 713Лм 4000K нейтральный свет (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-211-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор-спот 9,5Вт GU5,3 760Лм 6500K холодный свет (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-067-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная GX53 таблетка 15,5Вт 1240Лм 2700К (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-043-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 11,5Вт E27 1093Лм 2700K теплый свет (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-033-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 7,5Вт E14 713Лм 6500K холодный свет (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-036-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 7,5Вт E27 713Лм 6500K холодный свет (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Ночники</t>
+  </si>
+  <si>
+    <t>75-0307</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный FIREFLY-PRO с датчиком «день-ночь», белое свечение PROсonnect</t>
+  </si>
+  <si>
+    <t>75-0305</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный РАДУГА, многоцветный, 220В PROconnect</t>
+  </si>
+  <si>
+    <t>75-0360</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный TOUCHPAD с сенсорной панелью и диммером, 3хАА, теплое белое свечение PROсonnect</t>
+  </si>
+  <si>
+    <t>75-0308</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный MOUSE-PAD с датчиком «день-ночь», белое свечение, 230В PROсonnect</t>
+  </si>
+  <si>
+    <t>75-0300</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный с выключателем 220В PROconnect</t>
+  </si>
+  <si>
+    <t>75-0305-1</t>
+  </si>
+  <si>
+    <t>Комплект (2шт./уп.) Светодиодный ночник «Радуга» 220 В yl-653</t>
+  </si>
+  <si>
+    <t>75-0302</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный мини 220В с датчиком «день-ночь» PROconnect</t>
+  </si>
+  <si>
+    <t>75-0301</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный 220В с датчиком «день-ночь» PROconnect</t>
+  </si>
+  <si>
+    <t>75-0304</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный ХАМЕЛЕОН мини 220В PROconnect</t>
+  </si>
+  <si>
+    <t>75-0308-1</t>
+  </si>
+  <si>
+    <t>Комплект (2шт./уп.) Ночник светодиодный MOUSE-PAD нейтрального белого цвета с датчиком «НОЧЬ-ДЕНЬ-НОЧЬ» (питание от сети AC 230 В/50 Гц)</t>
+  </si>
+  <si>
+    <t>75-0600</t>
+  </si>
+  <si>
+    <t>USB-ночник светодиодный REXANT</t>
+  </si>
+  <si>
+    <t>75-0317</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный СНЕЖИНКА ХАМЕЛЕОН свечение мультиколор 7 цветов, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0318</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный РОМАШКА ХАМЕЛЕОН свечение мультиколор 7 цветов, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0310</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный ЛУННАЯ НОЧЬ белое свечение, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0312</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный ПАРУС ОДИНОКИЙ белое свечение, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0319</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный ФАКЕЛ ХАМЕЛЕОН свечение мультиколор 7 цветов, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0311-1</t>
+  </si>
+  <si>
+    <t>Комплект (2шт./уп.) Ночник светодиодный ЛУННАЯ НОЧЬ BLUE (питание от сети AC 230 В/50 Гц)</t>
+  </si>
+  <si>
+    <t>75-0313</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный ПАРУС ОДИНОКИЙ голубое свечение, 230В REXANT</t>
   </si>
   <si>
     <t>75-0316</t>
   </si>
   <si>
     <t>Ночник светодиодный МАХАОН белое свечение, 230В REXANT</t>
   </si>
   <si>
-    <t>75-0313</t>
-[...2 lines deleted...]
-    <t>Ночник светодиодный ПАРУС ОДИНОКИЙ голубое свечение, 230В REXANT</t>
+    <t>75-0603</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный Стеклянный медведь REXANT</t>
+  </si>
+  <si>
+    <t>75-0311</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный ЛУННАЯ НОЧЬ голубое свечение, 230В REXANT</t>
   </si>
   <si>
     <t>75-0314</t>
   </si>
   <si>
     <t>Ночник светодиодный НОТКАКТУС белое свечение, 230В REXANT</t>
   </si>
   <si>
-    <t>75-0308</t>
-[...82 lines deleted...]
-  <si>
     <t>75-0316-1</t>
   </si>
   <si>
     <t>Комплект (2шт./уп.) Ночник светодиодный МАХАОН БЕЛЫЙ (питание от сети AC 230 В/50 Гц)</t>
   </si>
   <si>
     <t>75-0313-1</t>
   </si>
   <si>
     <t>Комплект (2шт./уп.) Ночник светодиодный ПАРУС ОДИНОКИЙ СИНИЙ (питание от сети AC 230 В/50 Гц)</t>
   </si>
   <si>
-    <t>75-0600</t>
-[...32 lines deleted...]
-    <t>1.5.1 Кронштейны для светильников</t>
+    <t>1.6 Светильник уличный консольный</t>
+  </si>
+  <si>
+    <t>607-305</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный консольный ДКУ-01 70Вт 5000К общего назначения IP65 6000Лм черный REXANT</t>
+  </si>
+  <si>
+    <t>607-300</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный консольный ДКУ-01 50Вт 5000К общего назначения IP65  5000Лм черный REXANT</t>
+  </si>
+  <si>
+    <t>607-301</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный консольный ДКУ-01 100Вт 5000К общего назначения IP65 10000Лм черный</t>
+  </si>
+  <si>
+    <t>607-302</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный консольный ДКУ-01 150Вт 5000К общего назначения IP65 15000Лм черный</t>
+  </si>
+  <si>
+    <t>607-306</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный консольный ДКУ 03-30-5000К-Ш-C IP65 черный REXANT</t>
+  </si>
+  <si>
+    <t>607-310</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный консольный ДКУ 03-150-5000К-Ш-C IP65 черный REXANT</t>
+  </si>
+  <si>
+    <t>607-303</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный консольный ДКУ 02 100Вт 5000К для дорог IP65 10000Лм черный REXANT</t>
+  </si>
+  <si>
+    <t>607-307</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный консольный ДКУ 03-50-5000К-Ш-C IP65 черный REXANT</t>
+  </si>
+  <si>
+    <t>607-308</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный консольный ДКУ 03-70-5000К-Ш-C IP65 черный REXANT</t>
+  </si>
+  <si>
+    <t>1.6.1 Кронштейны для светильников</t>
+  </si>
+  <si>
+    <t>607-410</t>
+  </si>
+  <si>
+    <t>Кронштейн накладной / под бандажную ленту с переменным углом белый (230х150х150, Ø 57) REXANT  арт.607-302; 607-304;</t>
   </si>
   <si>
     <t>607-400</t>
   </si>
   <si>
     <t>Кронштейн накладной / под бандажную ленту с переменным углом белый (230х150х150, Ø 51) REXANT  арт.607-300; 607-301;607-303</t>
   </si>
   <si>
     <t>607-405</t>
   </si>
   <si>
     <t xml:space="preserve">Кронштейн на опору с 1 хомутом белый (625х460х280 Ø51) REXANT арт.607-300; 607-301;607-303 </t>
   </si>
   <si>
     <t>607-415</t>
   </si>
   <si>
     <t>Кронштейн на опору с 1 хомутом белый (625х460х280 Ø57) REXANT арт. 607-302; 607-304;</t>
   </si>
   <si>
-    <t>607-410</t>
-[...5 lines deleted...]
-    <t>1.6 Демо-тестеры для ламп</t>
+    <t>1.7 Демо-тестеры для ламп</t>
+  </si>
+  <si>
+    <t>604-801</t>
+  </si>
+  <si>
+    <t>Демо-тестер для проверки ламп с цоколями E27, E27, E14, GU5.3, GX53 REXANT</t>
   </si>
   <si>
     <t>604-802</t>
   </si>
   <si>
     <t>Демо-тестер акриловый для ФИЛАМЕНТА, AC 220V, со шнуром питания 1,2м, с выключателем на корпусе, цоколи E14 (6шт) E27 (5шт) REXANT</t>
   </si>
   <si>
-    <t>604-801</t>
-[...109 lines deleted...]
-  <si>
     <t>1.8 Светильники для высоких пролётов ДСП</t>
   </si>
   <si>
+    <t>607-299</t>
+  </si>
+  <si>
+    <t>Светильник для высоких пролётов ДСП 01 100 Вт 6500 К IP65 10000 Лм черный REXANT</t>
+  </si>
+  <si>
+    <t>607-297</t>
+  </si>
+  <si>
+    <t>Светильник для высоких пролётов ДСП 01 200 Вт 6500 К IP65 20000 Лм черный REXANT</t>
+  </si>
+  <si>
     <t>607-298</t>
   </si>
   <si>
     <t>Светильник для высоких пролётов ДСП 01 150 Вт 6500 К IP65 15000 Лм черный REXANT</t>
   </si>
   <si>
-    <t>607-299</t>
-[...10 lines deleted...]
-  <si>
     <t>1.9 Лампа филаментная</t>
   </si>
   <si>
-    <t>1.9.1 Лампа филаментная свеча витая LCW35</t>
+    <t>1.9.1 Лампа филаментная груша А60</t>
+  </si>
+  <si>
+    <t>604-076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Груша A60 11,5Вт 1380Лм 2700K E27 прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Груша A60 9,5Вт 1140Лм 4000K E27 диммируемая, прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Груша A60 11,5Вт 1320Лм 2700K E27 матовая колба REXANT </t>
+  </si>
+  <si>
+    <t>604-079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Груша A60 11,5Вт 1320Лм 4000K E27 матовая колба REXANT </t>
+  </si>
+  <si>
+    <t>604-080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Груша A60 11,5Вт 1380Лм 2400K E27 золотистая колба REXANT </t>
+  </si>
+  <si>
+    <t>604-082</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Груша A60 13,5Вт 1600Лм 4000K E27 прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-073</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Груша A60 7,5Вт 750Лм 4000K E27 прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Груша A60 11,5Вт 1380Лм 4000K E27 прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Груша A60 13,5Вт 1600Лм 2700K E27 прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-074</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Груша A60 9,5Вт 1140Лм 2700K E27 диммируемая, прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>1.9.2 Лампа филаментная свеча CN35</t>
+  </si>
+  <si>
+    <t>604-089</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 7,5Вт 600Лм 2700K E27 диммируемая, прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-093</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 9,5Вт 950Лм 2700K E27 прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-095</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 9,5Вт 915Лм 2700K E14 матовая колба REXANT </t>
+  </si>
+  <si>
+    <t>604-096</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 9,5Вт 915Лм 4000K E14 матовая колба REXANT </t>
+  </si>
+  <si>
+    <t>604-097</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 9,5Вт 915Лм 2700K E27 матовая колба REXANT </t>
+  </si>
+  <si>
+    <t>604-099</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 9,5Вт 950Лм 2400K E14 золотистая колба REXANT </t>
+  </si>
+  <si>
+    <t>604-100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 9,5Вт 950Лм 2700K E27 золотистая колба REXANT </t>
+  </si>
+  <si>
+    <t>604-086</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 7,5Вт 600Лм 4000K E27 прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 7,5Вт 600Лм 2700K E14 прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 9,5Вт 950Лм 2700K E14 прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-092</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 9,5Вт 950Лм 4000K E14 прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-094</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 9,5Вт 950Лм 4000K E27 прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 7,5Вт 600Лм 4000K E14 прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 7,5Вт 600Лм 2700K E27 прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-087</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 7,5Вт 600Лм 2700K E14 диммируемая, прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 7,5Вт 600Лм 4000K E14 диммируемая, прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 7,5Вт 600Лм 4000K E27 диммируемая, прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-098</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 9,5Вт 915Лм 4000K E27 матовая колба REXANT </t>
+  </si>
+  <si>
+    <t>1.9.3 Лампа филаментная свеча на ветру CW37</t>
+  </si>
+  <si>
+    <t>604-105</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Свеча на ветру CN37 7,5Вт 600Лм 2700K E14 диммируемая, прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-101</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Свеча на ветру CN37 7,5Вт 600Лм 2700K E14 прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-117</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Свеча на ветру CN37 9,5Вт 950Лм 2400K E14 золотистая колба REXANT</t>
+  </si>
+  <si>
+    <t>604-106</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Свеча на ветру CN37 7,5Вт 600Лм 4000K E14 диммируемая, прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-110</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Свеча на ветру CN37 9,5Вт 950Лм 4000K E14 прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-113</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Свеча на ветру CN37 9,5Вт 915Лм 2700K E14 матовая колба REXANT</t>
+  </si>
+  <si>
+    <t>604-102</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Свеча на ветру CN37 7,5Вт 600Лм 4000K E14 прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-114</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Свеча на ветру CN37 9,5Вт 915Лм 4000K E14 матовая колба REXANT</t>
+  </si>
+  <si>
+    <t>604-109</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Свеча на ветру CN37 9,5Вт 950Лм 2700K E14 прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>1.9.4 Лампа филаментная свеча витая LCW35</t>
+  </si>
+  <si>
+    <t>604-119</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Витая свеча LCW35 7,5Вт 600Лм 2400K E14 золотистая колба REXANT</t>
   </si>
   <si>
     <t>604-120</t>
   </si>
   <si>
     <t>Лампа филаментная Витая свеча LCW35 9,5Вт 950Лм 2400K E14 золотистая колба REXANT</t>
   </si>
   <si>
-    <t>604-119</t>
-[...5 lines deleted...]
-    <t>1.9.2 Лампа филаментная шарик G45</t>
+    <t>1.9.5 Лампа филаментная шарик G45</t>
+  </si>
+  <si>
+    <t>604-121</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 7,5Вт 600Лм 2700K E14 прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-124</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 7,5Вт 600Лм 4000K E27 прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-126</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 7,5Вт 600Лм 4000K E14 диммируемая, прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-131</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 9,5Вт 950Лм 2700K E27 прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-133</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 9,5Вт 915Лм 2700K E14 матовая колба REXANT</t>
+  </si>
+  <si>
+    <t>604-136</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 9,5Вт 915Лм 4000K E27 матовая колба REXANT</t>
+  </si>
+  <si>
+    <t>604-138</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 9,5Вт 950Лм 2400K E27 золотистая колба REXANT</t>
+  </si>
+  <si>
+    <t>604-132</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 9,5Вт 950Лм 4000K E27 прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-122</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 7,5Вт 600Лм 4000K E14 прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-127</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 7,5Вт 600Лм 2700K E27 диммируемая, прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-123</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 7,5Вт 600Лм 2700K E27 прозрачная колба REXANT</t>
   </si>
   <si>
     <t>604-125</t>
   </si>
   <si>
     <t>Лампа филаментная Шарик GL45 7,5Вт 600Лм 2700K E14 диммируемая, прозрачная колба REXANT</t>
   </si>
   <si>
-    <t>604-122</t>
-[...8 lines deleted...]
-    <t>Лампа филаментная Шарик GL45 7,5Вт 600Лм 4000K E27 прозрачная колба REXANT</t>
+    <t>604-128</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 7,5Вт 600Лм 4000K E27 диммируемая, прозрачная колба REXANT</t>
   </si>
   <si>
     <t>604-130</t>
   </si>
   <si>
     <t>Лампа филаментная Шарик GL45 9,5Вт 950Лм 4000K E14 прозрачная колба REXANT</t>
   </si>
   <si>
+    <t>604-134</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 9,5Вт 915Лм 4000K E14 матовая колба REXANT</t>
+  </si>
+  <si>
+    <t>604-135</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 9,5Вт 915Лм 2700K E27 матовая колба REXANT</t>
+  </si>
+  <si>
     <t>604-129</t>
   </si>
   <si>
     <t>Лампа филаментная Шарик GL45 9,5Вт 950Лм 2700K E14 прозрачная колба REXANT</t>
   </si>
   <si>
-    <t>604-128</t>
-[...70 lines deleted...]
-  <si>
     <t>604-137</t>
   </si>
   <si>
     <t>Лампа филаментная Шарик GL45 9,5Вт 950Лм 2400K E14 золотистая колба REXANT</t>
   </si>
   <si>
-    <t>1.9.3 Лампа филаментная декоративная</t>
+    <t>1.9.6 Лампа филаментная декоративная</t>
+  </si>
+  <si>
+    <t>604-142</t>
+  </si>
+  <si>
+    <t>Лампа филаментная LOFT GLOBE A95 11,5Вт 1380Лм 2400K E27 золотистая колба REXANT</t>
+  </si>
+  <si>
+    <t>604-144</t>
+  </si>
+  <si>
+    <t>Лампа филаментная LOFT GLOBE A125 11,5Вт 1380Лм 2400K E27 золотистая колба REXANT</t>
+  </si>
+  <si>
+    <t>604-143</t>
+  </si>
+  <si>
+    <t>Лампа филаментная LOFT GLOBE A95 11,5Вт 1380Лм 2400K E27 диммируемая золотистая колба REXANT</t>
   </si>
   <si>
     <t>604-139</t>
   </si>
   <si>
     <t>Лампа филаментная LOFT EDISON ST64 11,5Вт 1380Лм 2700K E27 прозрачная колба REXANT</t>
   </si>
   <si>
-    <t>604-144</t>
-[...16 lines deleted...]
-  <si>
     <t>604-145</t>
   </si>
   <si>
     <t>Лампа филаментная LOFT GLOBE A125 11,5Вт 1380Лм 2400K E27 диммируемая золотистая колба REXANT</t>
-  </si>
-[...229 lines deleted...]
-    <t>Лампа филаментная Свеча на ветру CN37 9,5Вт 915Лм 2700K E14 матовая колба REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2394,56 +2400,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-9-5vt-e27-903lm-4000k-neytralnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-9-5vt-e27-903lm-2700k-teplyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-15-5vt-e27-1473lm-2700k-teplyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-15-5vt-e27-1473lm-4000k-neytralnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-15-5vt-e27-1473lm-6500k-holodnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a70-20-5vt-e27-1948lm-2700k-teplyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a80-25-5vt-e27-2423lm-4000k-neytralnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-11-5vt-e27-1093lm-4000k-neytralnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a70-20-5vt-e27-1948lm-4000k-neytralnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-11-5vt-e27-1093lm-2700k-teplyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-11-5vt-e27-1093lm-6500k-holodnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a80-25-5vt-e27-2423lm-2700k-teplyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a70-20-5vt-e27-1948lm-6500k-holodnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a80-25-5vt-e27-2423lm-6500k-holodnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-shar-a120-17-5vt-1488lm-e27-4000k-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e14-713lm-2700k-teplyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e14-713lm-4000k-neytralnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e14-713lm-6500k-holodnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e14-903lm-2700k-teplyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e14-903lm-4000k-neytralnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e27-713lm-6500k-holodnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e27-903lm-2700k-teplyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e27-713lm-4000k-neytralnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e14-1093lm-4000k-neytralnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e27-1093lm-2700k-teplyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e27-1093lm-4000k-neytralnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e27-713lm-2700k-teplyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e27-903lm-4000k-neytralnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e14-1093lm-2700k-teplyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e14-903lm-6500k-holodnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e27-903lm-6500k-holodnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e14-1093lm-6500k-holodnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e27-1093lm-6500k-holodnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-na-vetru-cw-7-5vt-e14-713lm-6500k-holodnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-na-vetru-cw-7-5vt-e14-713lm-4000k-neytralnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-na-vetru-cw-7-5vt-e14-713lm-2700k-teplyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e27-713lm-2700k-teplyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e27-713lm-4000k-neytralnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e27-713lm-6500k-holodnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e27-903lm-2700k-teplyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e14-1093lm-2700k-teplyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e27-903lm-4000k-neytralnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e14-903lm-2700k-teplyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e14-903lm-4000k-neytralnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-2700k-teplyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-4000k-neytralnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e14-713lm-2700k-teplyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e14-713lm-4000k-neytralnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e14-713lm-6500k-holodnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e27-903lm-6500k-holodnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e14-903lm-6500k-holodnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-6500k-holodnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e14-1093lm-6500k-holodnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-cpot-9-5vt-gu5-3-760lm-2700k-teplyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-cpot-9-5vt-gu5-3-760lm-4000k-neytralnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-7-5vt-650lm-gu5-3-2700k-teplyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-mr16-9-5vt-808lm-gu5-3-ac-dc-12v-2700k-teplyy-svet-nizkovoltnaya-rexan.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-mr16-9-5vt-808lm-gu5-3-ac-dc-12v-4000k-neytralnyy-svet-nizkovoltnaya-r.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-mr16-9-5vt-808lm-gu5-3-ac-dc-12v-6500k-holodnyy-svet-nizkovoltnaya-rex.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-5-5vt-467lm-gu5-3-6500k-holodnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-5-5vt-467lm-gu5-3-2700k-teplyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-cpot-9-5vt-gu5-3-760lm-6500k-holodnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-5-5vt-467lm-gu5-3-4000k-neytralnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-9-5vt-808lm-gu10-2700k-teplyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-9-5vt-808lm-gu10-4000k-neytralnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-9-5vt-808lm-gu10-6500k-holodnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-r50-9-5vt-808lm-e14-4000k-neytralnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-15-5vt-1240lm-2700k-teplyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-15-5vt-1240lm-4000k-neytralnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-10-5vt-840lm-4000k-neytralnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-10-5vt-840lm-2700k-teplyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-15-5vt-1240lm-6500k-holodnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-10-5vt-840lm-6500k-holodnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-7-5vt-638lm-4000k-neytralnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-7-5vt-638lm-2700k-teplyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-7-5vt-638lm-6500k-holodnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-12-vt-1040lm-2700k-teplyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-12-vt-1040lm-6500k-holodnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-vysokomoschnaya-30vt-e27-perehodnik-e40-2850lm-6500k-rexant.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-vysokomoschnaya-50vt-e27-perehodnik-e40-4750lm-6500k-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-vysokomoschnaya-30vt-e27-perehodnik-e40-2850lm-4000k-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-vysokomoschnaya-100vt-e27-perehodnik-e40-9500lm-4000k-rexant.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-vysokomoschnaya-compact-30vt-e27-s-perehodnikom-na-e40-2850lm-4000k-neytralnyy-s.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-vysokomoschnaya-compact-30vt-e27-s-perehodnikom-na-e40-2850lm-6500k-holodnyy-sve.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-19-5vt-1658lm-g13-1200mm-4000k-neytralnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-11-5vt-978lm-g13-600mm-6500k-holodnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-25-5vt-2168lm-g13-1500mm-4000k-neytralnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-11-5vt-978lm-g13-600mm-4000k-neytralnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-19-5vt-1658lm-g13-1200mm-6500k-holodnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-25-5vt-2168lm-g13-1500mm-6500k-holodnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-25-5vt-2168lm-g13-2700k-1500mm-rexant.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-12v-2vt-2700k-teplyy-svet-silikon-rexant.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-12v-2vt-4000k-neytralnyy-svet-silikon-rexant.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-12v-2vt-6500k-holodnyy-svet-silikon-rexant.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-220v-2vt-6500k-holodnyy-svet-silikon-rexant.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g4-230v-5-5vt-4000k-neytralnyy-svet-polikarbonat-rexant.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g4-230v-5-5vt-6500k-holodnyy-svet-polikarbonat-rexant.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-7vt-4000k-neytralnyy-svet-polikarbonat-rexant.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-7vt-2700k-teplyy-svet-polikarbonat-rexant.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-5vt-6500k-holodnyy-svet-polikarbonat-rexant.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-7vt-6500k-holodnyy-svet-polikarbonat-rexant.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-220v-2vt-2700k-teplyy-svet-silikon-rexant.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g4-230v-5-5vt-2700k-teplyy-svet-polikarbonat-rexant.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-5vt-2700k-teplyy-svet-polikarbonat-rexant.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-220v-2vt-4000k-neytralnyy-svet-silikon-rexant.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-5vt-4000k-neytralnyy-svet-polikarbonat-rexant.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-dlya-rasteniy-grusha-a60-11-5vt-18-mikromol-s-e27-rexant.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-dlya-rasteniy-grib-reflektor-r90-17-5-vt-27-mkmol-s-e27-rexant.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-dlya-holodilnika-kapsulnaya-2vt-e14-160lm-6500k-holodnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-dlya-holodilnika-kapsulnaya-2vt-e14-160lm-4000k-neytralnyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-dlya-holodilnika-kapsulnaya-2vt-e14-160lm-2700k-teplyy-svet-rexant.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-podvesnyh-krepezhey-dlya-svetodiodnyh-paneley-1-rexant.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-ultratonkaya-svetodiodnaya-9mm-opal-48vt-165-265v-ip20-4100lm-6500k-holodnyy-svet-drayver.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-dlya-ultratonkoy-paneli-moschnostyu-48-vatt-emc.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-universalnaya-svetodiodnaya-19mm-prizma-1195h180-40vt-180-260v-ip20-3300lm-4000k-neytraln.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-ultratonkaya-svetodiodnaya-9mm-opal-40vt-165-265v-ip20-3000lm-6500k-holodnyy-svet-drayver.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-6vt-230v-4000k-420lm-95mm-belaya-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-9vt-230v-4000k-630lm-118mm-belaya-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-9vt-230v-6500k-630lm-118mm-belaya-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-12vt-230v-4000k-960lm-145mm-belaya-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-12vt-230v-6500k-960lm-145mm-belaya-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-18vt-230v-4000k-1440lm-185mm-belaya-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-6vt-230v-6500k-420lm-95mm-belaya-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-24vt-230v-6500k-1920lm-220mm-belaya-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-24vt-230v-4000k-1920lm-220mm-belaya-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-18vt-230v-6500k-1440lm-185mm-belaya-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-595h595h19mm-prizma-6500k-36vt-3600lm-165-265v-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-5vt-ip20-6500k-holodnyy-svet-315mm-s-vyklyuchatelem-i-soedinitelem-rexant.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-12vt-1140lm-6500k-rexant.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-18vt-1710lm-6500k-rexant.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-18vt-1710lm-6500k-s-mikrovolnovym-datchikom-rex.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-5vt-ip20-4000k-neytralnyy-svet-315mm-s-vyklyuchatelem-i-soedinitelem-rexant.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-8vt-760lm-6500k-rexant.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-12vt-1140lm-6500k-s-mikrovolnovym-datchikom-dvi.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dpo-pod-svetodiodnuyu-lampu-2ht8-600mm-ip20-bez-pra-rexant.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-8vt-760lm-4000k-rexant.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-8vt-760lm-4000k-rexant.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-24vt-2280lm-6500k-rexant.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-30vt-2850lm-6500k-rexant.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-8vt-760lm-6500k-s-mikrovolnovym-datchikom-dvizh.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-12vt-1140lm-4000k-rexant.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-12vt-1140lm-4000k-rexant.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-18vt-1710lm-6500k-s-mikrovolnovym-datchikom-dvi.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-18vt-1710lm-4000k-rexant.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-30vt-2850lm-6500k-s-mikrovolnovym-datchikom-dvi.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-12vt-ip20-4000k-neytralnyy-svet-869mm-s-vyklyuchatelem-i-soedinitelem-rexant.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-16vt-ip20-6500k-holodnyy-svet-1179-mm-s-vyklyuchatelem-i-soedinitelem-rexant.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-16vt-ip20-4000k-neytralnyy-svet-1179mm-s-vyklyuchatelem-i-soedinitelem-rexant.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-8vt-760lm-6500k-rexant.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-18vt-1710lm-6500k-rexant.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-12vt-1140lm-6500k-rexant.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-12vt-1140lm-6500k-s-mikrovolnovym-datchikom-dvi.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-18vt-1710lm-6500k-s-mikrovolnovym-datchikom-dvi.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-8vt-ip20-4000k-neytralnyy-svet-565mm-s-vyklyuchatelem-i-soedinitelem-rexant.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-8vt-760lm-6500k-s-mikrovolnovym-datchikom-dvizh.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-18vt-1710lm-4000k-rexant.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-lampy-i-svetilnika-gx53-yarkiy-teplyy-serebryanyy-lampa-15-5-vt-teplogo-belogo-tsveta-svech.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-lampy-i-svetilnika-gx53-yarkiy-neytralnyy-serebryanyy-lampa-15-5-vt-neytralnogo-belogo-tsve.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozaschischennyy-ssp2-ip65-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozaschischennyy-ssp-ip65-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-36vt-185-265v-6500k-holodnyy-svet-1-2m-hit-prodazh-rexant.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozaschischennyy-ssp2-ip65-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-18vt-185-265v-4000k-neytralnyy-svet-0-6m-rexant.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-hrom-termostoykoe-plastikovoe-koltso-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-zoloto-termostoykoe-plastikovoe-koltso-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-belyy-termostoykoe-plastikovoe-koltso-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-55vt-185-265v-6500k-holodnyy-svet-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-55vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozaschischennyy-ssp-ip65-55vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-03-pod-lampu-krug-190x85mm-ip65-rexant.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-03-pod-lampu-krug-250h105mm-ip65-rexant.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozaschischennyy-ssp-ip65-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-18vt-185-265v-4000k-neytralnyy-svet-0-6m-rexant.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-36vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-36vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnyy-lineynyy-svetilnik-rexant-spo-110-opal-55-vt-185-265-v-ip20-5225-lm-4000-k-ney.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-55vt-185-265v-6500k-holodnyy-svet-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dpo-pod-svetodiodnuyu-lampu-2ht8-1200mm-ip20-bez-pra-rexant.html" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-55vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-lampy-i-svetilnika-gx53-yarkiy-teplyy-belyy-lampa-15-5-vt-teplogo-belogo-tsveta-svecheniya-.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-lampy-i-svetilnika-gx53-komfortnyy-neytralnyy-belyy-lampa-10-5-vt-neytralnogo-belogo-tsveta.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-lampy-i-svetilnika-gx53-komfortnyy-neytralnyy-serebryanyy-lampa-10-5-vt-neytralnogo-belogo-.html" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-lampy-i-svetilnika-gx53-yarkiy-neytralnyy-belyy-lampa-15-5-vt-neytralnogo-belogo-tsveta-sve.html" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-lampy-i-svetilnika-gx53-komfortnyy-teplyy-zolotoy-lampa-10-5-vt-teplogo-belogo-tsveta-svech.html" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-lampy-i-svetilnika-gx53-komfortnyy-teplyy-belyy-lampa-10-5-vt-teplogo-belogo-tsveta-svechen.html" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-lampy-i-svetilnika-gx53-yarkiy-teplyy-zolotoy-lampa-15-5-vt-teplogo-belogo-tsveta-svecheniy.html" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-lampy-i-svetilnika-gx53-yarkiy-neytralnyy-zolotoy-lampa-15-5-vt-neytralnogo-belogo-tsveta-s.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemyy-gx53-series-h4-pro-belyy-s-koltsom-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-lampy-i-svetilnika-gx53-komfortnyy-teplyy-serebryanyy-lampa-10-5-vt-teplogo-belogo-tsveta-s.html" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-lampy-i-svetilnika-gx53-komfortnyy-neytralnyy-zolotoy-lampa-10-5-vt-neytralnogo-belogo-tsve.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-mahaon-beloe-svechenie-230v-rexant.html" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-parus-odinokiy-goluboe-svechenie-230v-rexant.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-notkaktus-beloe-svechenie-230v-rexant.html" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-mouse-pad-s-datchikom-den-noch-beloe-svechenie-230v-prosonnect.html" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-lunnaya-noch-beloe-svechenie-230v-rexant.html" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-lunnaya-noch-goluboe-svechenie-230v-rexant.html" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-parus-odinokiy-beloe-svechenie-230v-rexant.html" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-romashka-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant.html" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-firefly-pro-s-datchikom-den-noch-beloe-svechenie-prosonnect.html" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-touchpad-s-sensornoy-panelyu-i-dimmerom-3haa-teploe-beloe-svechenie-prosonnect.html" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-fakel-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant.html" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-snezhinka-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant.html" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-220v-s-datchikom-den-noch-proconnect.html" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-mini-220v-s-datchikom-den-noch-proconnect.html" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-s-vyklyuchatelem-220v-proconnect.html" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-hameleon-mini-220v-proconnect.html" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-raduga-mnogotsvetnyy-220v-proconnect.html" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodnyy-mahaon-belyy-pitanie-ot-seti-ac-230-v-50-gts.html" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodnyy-parus-odinokiy-siniy-pitanie-ot-seti-ac-230-v-50-gts.html" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-nochnik-svetodiodnyy-rexant.html" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-steklyannyy-medved-rexant.html" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-svetodiodnyy-nochnik-raduga-220-v-yl-653.html" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodnyy-lunnaya-noch-blue-pitanie-ot-seti-ac-230-v-50-gts.html" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodnyy-mouse-pad-neytralnogo-belogo-tsveta-s-datchikom-noch-den-noch-.html" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-nakladnoy-pod-bandazhnuyu-lentu-s-peremennym-uglom-belyy-230h150h150-51-rexant-art-607-30.html" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-na-oporu-s-1-homutom-belyy-625h460h280-51-rexant-art-607-300-607-301-607-303.html" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-na-oporu-s-1-homutom-belyy-625h460h280-57-rexant-art-607-302-607-304.html" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-nakladnoy-pod-bandazhnuyu-lentu-s-peremennym-uglom-belyy-230h150h150-57-rexant-art-607-30.html" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/demo-tester-akrilovyy-dlya-filamenta-ac-220v-so-shnurom-pitaniya-1-2m-s-vyklyuchatelem-na-korpuse-ts.html" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/demo-tester-dlya-proverki-lamp-s-tsokolyami-e27-e27-e14-gu5-3-gx53-rexant.html" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e14-713lm-2700k-teplyy-svet-3-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e27-1093lm-4000k-neytralnyy-svet-3-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e14-713lm-6500k-holodnyy-svet-3-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-4000k-neytralnyy-svet-3-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e27-713lm-6500k-holodnyy-svet-3-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-2700k-teplyy-svet-3-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-10-5vt-840lm-4000k-3-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-6500k-holodnyy-svet-3-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-spot-9-5vt-gu5-3-760lm-6500k-holodnyy-svet-3-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e14-903lm-6500k-holodnyy-svet-3-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e27-713lm-4000k-neytralnyy-svet-3-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e14-903lm-4000k-neytralnyy-svet-3-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-9-5vt-e27-903lm-4000k-neytralnyy-svet-3-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-spot-9-5vt-gu5-3-760lm-4000k-neytralnyy-svet-3-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-na-vetru-cw-7-5vt-e14-713lm-6500k-holodnyy-svet-3-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-10-5vt-840lm-2700k-3-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-15-5vt-1240lm-2700k-3-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dlya-vysokih-proletov-dsp-01-150-vt-6500-k-ip65-15000-lm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dlya-vysokih-proletov-dsp-01-100-vt-6500-k-ip65-10000-lm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dlya-vysokih-proletov-dsp-01-200-vt-6500-k-ip65-20000-lm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-vitaya-svecha-lcw35-9-5vt-950lm-2400k-e14-zolotistaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-vitaya-svecha-lcw35-7-5vt-600lm-2400k-e14-zolotistaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-2700k-e14-dimmiruemaya-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-4000k-e14-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-4000k-e27-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-4000k-e14-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-2700k-e14-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-4000k-e27-dimmiruemaya-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-915lm-2700k-e14-matovaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-915lm-4000k-e14-matovaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-915lm-2700k-e27-matovaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-2400k-e27-zolotistaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-2700k-e14-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-2700k-e27-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-915lm-4000k-e27-matovaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-4000k-e27-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-2700k-e27-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-4000k-e14-dimmiruemaya-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-2700k-e27-dimmiruemaya-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-2400k-e14-zolotistaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-loft-edison-st64-11-5vt-1380lm-2700k-e27-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-loft-globe-a125-11-5vt-1380lm-2400k-e27-zolotistaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-loft-globe-a95-11-5vt-1380lm-2400k-e27-dimmiruemaya-zolotistaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-loft-globe-a95-11-5vt-1380lm-2400k-e27-zolotistaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-loft-globe-a125-11-5vt-1380lm-2400k-e27-dimmiruemaya-zolotistaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-11-5vt-1380lm-2700k-e27-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-11-5vt-1320lm-4000k-e27-matovaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-11-5vt-1380lm-2400k-e27-zolotistaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-13-5vt-1600lm-2700k-e27-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-7-5vt-750lm-4000k-e27-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-9-5vt-1140lm-2700k-e27-dimmiruemaya-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-11-5vt-1380lm-4000k-e27-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-13-5vt-1600lm-4000k-e27-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-9-5vt-1140lm-4000k-e27-dimmiruemaya-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-11-5vt-1320lm-2700k-e27-matovaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-4000k-e14-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-2700k-e27-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-4000k-e27-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-4000k-e14-dimmiruemaya-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-4000k-e27-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-915lm-2700k-e14-matovaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-2700k-e27-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-915lm-4000k-e27-matovaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-2700k-e27-zolotistaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-2400k-e14-zolotistaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-2700k-e27-dimmiruemaya-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-4000k-e14-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-4000k-e27-dimmiruemaya-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-2700k-e14-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-915lm-4000k-e14-matovaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-915lm-2700k-e27-matovaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-2700k-e14-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-2700k-e14-dimmiruemaya-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-7-5vt-600lm-4000k-e14-dimmiruemaya-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-9-5vt-950lm-2700k-e14-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-9-5vt-950lm-4000k-e14-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-9-5vt-950lm-2400k-e14-zolotistaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-9-5vt-915lm-4000k-e14-matovaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-7-5vt-600lm-4000k-e14-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-7-5vt-600lm-2700k-e14-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-7-5vt-600lm-2700k-e14-dimmiruemaya-prozrachnaya-kolba-rexant.html" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-9-5vt-915lm-2700k-e14-matovaya-kolba-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a70-20-5vt-e27-1948lm-2700k-tepliy-svet-rexant-21275" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a70-20-5vt-e27-1948lm-4000k-neytralniy-svet-rexant-21276" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a80-25-5vt-e27-2423lm-2700k-tepliy-svet-rexant-21277" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a80-25-5vt-e27-2423lm-4000k-neytralniy-svet-rexant-21278" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-11-5vt-e27-1093lm-6500k-holodniy-svet-rexant-21478" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-15-5vt-e27-1473lm-6500k-holodniy-svet-rexant-21274" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-9-5vt-e27-903lm-4000k-neytralniy-svet-rexant-21475" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-11-5vt-e27-1093lm-2700k-tepliy-svet-rexant-21476" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-15-5vt-e27-1473lm-4000k-neytralniy-svet-rexant-21480" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-9-5vt-e27-903lm-2700k-tepliy-svet-rexant-21474" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-11-5vt-e27-1093lm-4000k-neytralniy-svet-rexant-21477" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-15-5vt-e27-1473lm-2700k-tepliy-svet-rexant-21479" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a70-20-5vt-e27-1948lm-6500k-holodniy-svet-rexant-26210" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a80-25-5vt-e27-2423lm-6500k-holodniy-svet-rexant-26211" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-shar-a120-17-5vt-1488lm-e27-ac-150-265v-4000k-rexant-30099" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e27-713lm-2700k-tepliy-svet-rexant-21282" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e27-713lm-4000k-neytralniy-svet-rexant-21283" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e14-903lm-2700k-tepliy-svet-rexant-21285" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e27-1093lm-4000k-neytralniy-svet-rexant-21292" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e14-713lm-2700k-tepliy-svet-rexant-21279" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e27-713lm-6500k-holodniy-svet-rexant-21284" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e27-903lm-2700k-tepliy-svet-rexant-21287" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e14-1093lm-2700k-tepliy-svet-rexant-21289" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e14-1093lm-4000k-neytralniy-svet-rexant-21290" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e27-1093lm-2700k-tepliy-svet-rexant-21291" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e14-713lm-6500k-holodniy-svet-rexant-21281" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e14-903lm-4000k-neytralniy-svet-rexant-21286" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e27-903lm-6500k-holodniy-svet-rexant-26213" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e14-903lm-6500k-holodniy-svet-rexant-26212" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e14-713lm-4000k-neytralniy-svet-rexant-21280" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e27-903lm-4000k-neytralniy-svet-rexant-21288" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e14-1093lm-6500k-holodniy-svet-rexant-26214" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e27-1093lm-6500k-holodniy-svet-rexant-26215" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-na-vetru-cw-7-5vt-e14-713lm-2700k-tepliy-svet-rexant-21307" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-na-vetru-cw-7-5vt-e14-713lm-4000k-neytralniy-svet-rexant-21308" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-na-vetru-cw-7-5vt-e14-713lm-6500k-holodniy-svet-rexant-21309" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e14-713lm-6500k-holodniy-svet-rexant-21295" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e27-903lm-4000k-neytralniy-svet-rexant-21302" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e14-713lm-4000k-neytralniy-svet-rexant-21294" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e27-713lm-6500k-holodniy-svet-rexant-21298" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e14-1093lm-2700k-tepliy-svet-rexant-21303" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e27-713lm-4000k-neytralniy-svet-rexant-21297" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e14-903lm-4000k-neytralniy-svet-rexant-21300" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-4000k-neytralniy-svet-rexant-21306" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e14-713lm-2700k-tepliy-svet-rexant-21293" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e27-713lm-2700k-tepliy-svet-rexant-21296" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-2700k-tepliy-svet-rexant-21305" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e14-903lm-6500k-holodniy-svet-rexant-26216" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e14-1093lm-6500k-holodniy-svet-rexant-26184" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e14-903lm-2700k-tepliy-svet-rexant-21299" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e27-903lm-2700k-tepliy-svet-rexant-21301" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-6500k-holodniy-svet-rexant-26185" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e27-903lm-6500k-holodniy-svet-rexant-26183" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-mr16-9-5vt-808lm-gu5-3-ac-dc-12v-4000k-neytralniy-svet-nizkovoltnaya-rexant-28743" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-5-5vt-467lm-gu5-3-6500k-holodniy-svet-rexant-28560" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-7-5vt-650lm-gu5-3-2700k-tepliy-svet-rexant-30336" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-cpot-9-5vt-gu5-3-760lm-4000k-neytralniy-svet-rexant-21125" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-cpot-9-5vt-gu5-3-760lm-2700k-tepliy-svet-rexant-21313" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-5-5vt-467lm-gu5-3-4000k-neytralniy-svet-rexant-28462" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-5-5vt-467lm-gu5-3-2700k-tepliy-svet-rexant-28559" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-mr16-9-5vt-808lm-gu5-3-ac-dc-12v-6500k-holodniy-svet-nizkovoltnaya-rexant-28744" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-mr16-9-5vt-808lm-gu5-3-ac-dc-12v-2700k-tepliy-svet-nizkovoltnaya-rexant-28742" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-9-5vt-808lm-gu10-ac-150-265v-6500k-holodniy-svet-rexant-30102" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-cpot-9-5vt-gu5-3-760lm-6500k-holodniy-svet-rexant-26186" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-9-5vt-808lm-gu10-ac-150-265v-2700k-tepliy-svet-rexant-30100" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-9-5vt-808lm-gu10-ac-150-265v-4000k-neytralniy-svet-rexant-30101" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-r50-9-5vt-808lm-e14-ac-150-265v-4000k-neytralniy-svet-rexant-30251" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-10-5vt-840lm-ac180-265v-2700k-tepliy-svet-rexant-21126" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-15-5vt-1240lm-ac180-265v-2700k-tepliy-svet-rexant-21128" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-15-5vt-1240lm-ac180-265v-4000k-neytralniy-svet-rexant-21129" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-10-5vt-840lm-ac180-265v-4000k-neytralniy-svet-rexant-21127" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-10-5vt-840lm-ac180-265v-6500k-holodniy-svet-rexant-26187" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-15-5vt-1240lm-ac180-265v-6500k-holodniy-svet-rexant-26188" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-7-5vt-638lm-ac180-265v-4000k-neytralniy-svet-rexant-28646" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-7-5vt-638lm-ac180-265v-2700k-tepliy-svet-rexant-28649" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-7-5vt-638lm-ac180-265v-6500k-holodniy-svet-rexant-28647" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-12-vt-1040lm-ac180-265v-6500k-holodniy-svet-rexant-30000" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-12-vt-1040lm-ac180-265v-2700k-tepliy-svet-rexant-29998" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-visokomoschnaya-30vt-e27-perehodnik-e40-2850lm-ac140-265v-6500k-rexant-21130" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-visokomoschnaya-50vt-e27-perehodnik-e40-4750lm-ac140-265v-6500k-rexant-21131" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-visokomoschnaya-100vt-e27-perehodnik-e40-9500lm-ac140-265v-4000k-rexant-26085" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-visokomoschnaya-30vt-e27-perehodnik-e40-2850lm-ac140-265v-4000k-rexant-26083" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-visokomoschnaya-compact-30vt-e27-s-perehodnikom-na-e40-2850lm-6500k-holodniy-svet-rexant-29726" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-visokomoschnaya-compact-30vt-e27-s-perehodnikom-na-e40-2850lm-4000k-neytralniy-svet-rexant-29725" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-11-5vt-978lm-g13-ac-170-265v-600mm-6500k-holodniy-svet-rexant-28510" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-11-5vt-978lm-g13-ac-170-265v-600mm-4000k-neytralniy-svet-rexant-28509" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-25-5vt-2168lm-g13-ac-170-265v-1500mm-4000k-neytralniy-svet-rexant-28552" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-25-5vt-2168lm-g13-ac-170-265v-1500mm-6500k-holodniy-svet-rexant-28508" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-19-5vt-1658lm-g13-ac-170-265v-1200mm-6500k-holodniy-svet-rexant-28507" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-19-5vt-1658lm-g13-ac-170-265v-1200mm-4000k-neytralniy-svet-rexant-28506" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-25-5vt-2168lm-g13-ac-170-265v-2700k-1500mm-rexant-29773" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g4-230v-5-5vt-2700k-tepliy-svet-polikarbonat-rexant-28464" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-7vt-6500k-holodniy-svet-polikarbonat-rexant-28472" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-220v-2vt-4000k-neytralniy-svet-silikon-rexant-28477" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-5vt-2700k-tepliy-svet-polikarbonat-rexant-28467" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-7vt-4000k-neytralniy-svet-polikarbonat-rexant-28471" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-220v-2vt-6500k-holodniy-svet-silikon-rexant-28463" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-12v-2vt-4000k-neytralniy-svet-silikon-rexant-28474" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-12v-2vt-6500k-holodniy-svet-silikon-rexant-28475" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g4-230v-5-5vt-6500k-holodniy-svet-polikarbonat-rexant-28466" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-5vt-4000k-neytralniy-svet-polikarbonat-rexant-28468" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-7vt-2700k-tepliy-svet-polikarbonat-rexant-28470" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-12v-2vt-2700k-tepliy-svet-silikon-rexant-28473" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g4-230v-5-5vt-4000k-neytralniy-svet-polikarbonat-rexant-28465" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-5vt-6500k-holodniy-svet-polikarbonat-rexant-28469" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-220v-2vt-2700k-tepliy-svet-silikon-rexant-28476" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-dlya-rasteniy-grusha-a60-11-5vt-18-mikromol-s-e27-rexant-24998" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-dlya-rasteniy-grib-reflektor-r90-17-5-vt-27-mkmol-s-e27-rexant-30124" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-dlya-holodilnika-kapsulnaya-2vt-e14-160lm-4000k-neytralniy-svet-rexant-30340" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-dlya-holodilnika-kapsulnaya-2vt-e14-160lm-6500k-holodniy-svet-rexant-30341" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-dlya-holodilnika-kapsulnaya-2vt-e14-160lm-2700k-tepliy-svet-rexant-30339" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-595h595h19mm-prizma-6500k-36vt-3600lm-165-265v-ip20-lamper-31100" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-podvesnih-krepejey-dlya-svetodiodnih-paneley-1-rexant-21144" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-ultratonkaya-svetodiodnaya-9mm-opal-40vt-165-265v-ip20-3000lm-6500k-holodniy-svet-drayver-606-201-otdelno-rexant-21140" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-ultratonkaya-svetodiodnaya-9mm-opal-48vt-165-265v-ip20-4100lm-6500k-holodniy-svet-drayver-606-202-otdelno-rexant-21141" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-dlya-ultratonkoy-paneli-moschnostyu-48-vatt-emc-21143" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-universalnaya-svetodiodnaya-19mm-prizma-1195h180-40vt-180-260v-ip20-3300lm-4000k-neytralniy-svet-rexant-26604" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-18vt-230v-4000k-1440lm-185mm-belaya-ip20-lamper-31265" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-24vt-230v-4000k-1920lm-220mm-belaya-ip20-lamper-31267" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-6vt-230v-4000k-420lm-95mm-belaya-ip20-lamper-31259" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-9vt-230v-4000k-630lm-118mm-belaya-ip20-lamper-31261" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-24vt-230v-6500k-1920lm-220mm-belaya-ip20-lamper-31268" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-6vt-230v-6500k-420lm-95mm-belaya-ip20-lamper-31260" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-18vt-230v-6500k-1440lm-185mm-belaya-ip20-lamper-31266" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-9vt-230v-6500k-630lm-118mm-belaya-ip20-lamper-31262" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-12vt-230v-4000k-960lm-145mm-belaya-ip20-lamper-31263" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-12vt-230v-6500k-960lm-145mm-belaya-ip20-lamper-31264" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemiy-gx53-series-h4-pro-beliy-s-koltsom-v-komplekte-rexant-29703" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-t5-ip20-5vt-4000k-neytralniy-svet-315mm-s-viklyuchatelem-i-soedinitelem-rexant-21257" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-18vt-1800lm-6500k-s-mikrovolnovim-datchikom-rexant-21271" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-18vt-1800lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-rexant-21273" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-12vt-1000lm-4000k-rexant-27516" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-03-pod-lampu-krug-250h105mm-ip65-rexant-30150" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-8vt-700lm-4000k-rexant-27503" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-18vt-1800lm-4000k-rexant-27521" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-18vt-1800lm-4000k-rexant-27524" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-t5-ip20-5vt-ip20-6500k-holodniy-svet-315mm-s-viklyuchatelem-i-soedinitelem-rexant-21258" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-12vt-1000lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-rexant-21272" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-t5-ip20-16vt-ip20-4000k-neytralniy-svet-1179mm-s-viklyuchatelem-i-soedinitelem-rexant-21262" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-8vt-700lm-6500k-rexant-21264" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-12vt-1000lm-6500k-rexant-21268" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-18vt-1800lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-dejurniy-svet-rexant-27527" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-t5-ip20-16vt-ip20-6500k-holodniy-svet-1179-mm-s-viklyuchatelem-i-soedinitelem-rexant-21263" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-18vt-1800lm-6500k-rexant-21266" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-12vt-1000lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-rexant-21270" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-12vt-1000lm-4000k-rexant-27513" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-8vt-700lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-rexant-27509" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-8vt-700lm-6500k-rexant-21267" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-18vt-1800lm-6500k-rexant-21269" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-30vt-3200lm-6500k-rexant-27538" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-8vt-700lm-4000k-rexant-27506" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-12vt-1000lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-dejurniy-svet-rexant-27519" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-30vt-3200lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-rexant-27539" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-8vt-700lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-rexant-27511" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-t5-ip20-8vt-ip20-4000k-neytralniy-svet-565mm-s-viklyuchatelem-i-soedinitelem-rexant-21259" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-t5-ip20-12vt-ip20-4000k-neytralniy-svet-869mm-s-viklyuchatelem-i-soedinitelem-rexant-21261" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-24vt-2200lm-6500k-rexant-27532" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-12vt-1000lm-6500k-rexant-21265" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-zoloto-termostoykoe-plastikovoe-koltso-v-komplekte-rexant-21865" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-30vt-3200lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-dejurniy-svet-rexant-27540" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-hrom-termostoykoe-plastikovoe-koltso-v-komplekte-rexant-21835" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-beliy-termostoykoe-plastikovoe-koltso-v-komplekte-rexant-21834" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-03-pod-lampu-krug-190x85mm-ip65-rexant-30149" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dpo-pod-svetodiodnuyu-lampu-2ht8-600mm-ip20-bez-pra-rexant-30194" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dpo-pod-svetodiodnuyu-lampu-2ht8-1200mm-ip20-bez-pra-rexant-30195" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-prizma-ip20-36vt-185-265v-6500k-holodniy-svet-1-2m-rexant-21833" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-opal-ip20-36vt-185-265v-6500k-holodniy-svet-1-2m-hit-prodaj-rexant-21825" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-prizma-ip20-18vt-185-265v-6500k-holodniy-svet-0-6m-rexant-21832" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-opal-ip20-55vt-185-265v-4000k-neytralniy-svet-1-2m-rexant-26116" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-opal-ip20-55vt-185-265v-6500k-holodniy-svet-1-2m-rexant-26117" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodniy-lineyniy-svetilnik-rexant-spo-110-opal-55-vt-185-265-v-ip20-5225-lm-4000-k-neytralniy-svet-setevoy-shnur-s-viklyuchatelem-31394" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-prizma-ip20-55vt-185-265v-6500k-holodniy-svet-1-2m-rexant-26119" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-prizma-ip20-18vt-185-265v-4000k-neytralniy-svet-0-6m-rexant-21830" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-opal-ip20-18vt-185-265v-4000k-neytralniy-svet-0-6m-rexant-21826" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-opal-ip20-18vt-185-265v-6500k-holodniy-svet-0-6m-rexant-21828" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-opal-ip20-36vt-185-265v-4000k-neytralniy-svet-1-2m-rexant-21827" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-opal-ip20-36vt-185-265v-6500k-holodniy-svet-1-2m-rexant-21829" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-prizma-ip20-36vt-185-265v-4000k-neytralniy-svet-1-2m-rexant-21831" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-prizma-ip20-55vt-185-265v-4000k-neytralniy-svet-1-2m-rexant-26118" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-pilevlagozaschischenniy-ssp-ip65-36vt-185-265v-6500k-holodniy-svet-1-2m-rexant-1-21824" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-pilevlagozaschischenniy-ssp-ip65-18vt-185-265v-6500k-holodniy-svet-0-6m-rexant-1-21823" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-pilevlagozaschischenniy-ssp-ip65-18vt-185-265v-6500k-holodniy-svet-0-6m-rexant-21821" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-pilevlagozaschischenniy-ssp-ip65-36vt-185-265v-6500k-holodniy-svet-1-2m-rexant-21822" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-pilevlagozaschischenniy-ssp-ip65-55vt-185-265v-4000k-neytralniy-svet-1-2m-rexant-27553" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-na-vetru-cw-7-5vt-e14-713lm-6500k-holodniy-svet-3-sht-up-rexant-26539" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e14-713lm-2700k-tepliy-svet-3-sht-up-rexant-26581" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e14-903lm-4000k-neytralniy-svet-3-sht-up-rexant-26602" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-10-5vt-840lm-ac180-265v-4000k-3-sht-up-rexant-26546" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-spot-9-5vt-gu5-3-760lm-4000k-neytralniy-svet-3-sht-up-rexant-26544" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-10-5vt-840lm-ac180-265v-2700k-3-sht-up-rexant-26545" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-9-5vt-e27-903lm-4000k-neytralniy-svet-3-sht-up-rexant-26570" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-4000k-neytralniy-svet-3-sht-up-rexant-26536" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-6500k-holodniy-svet-3-sht-up-rexant-26558" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e14-903lm-6500k-holodniy-svet-3-sht-up-rexant-26551" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e27-1093lm-4000k-neytralniy-svet-3-sht-up-rexant-26594" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e27-713lm-4000k-neytralniy-svet-3-sht-up-rexant-26599" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-spot-9-5vt-gu5-3-760lm-6500k-holodniy-svet-3-sht-up-rexant-26559" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-15-5vt-1240lm-ac180-265v-2700k-3-sht-up-rexant-26547" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-2700k-tepliy-svet-3-sht-up-rexant-26535" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e14-713lm-6500k-holodniy-svet-3-sht-up-rexant-26597" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e27-713lm-6500k-holodniy-svet-3-sht-up-rexant-26600" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-firefly-pro-s-datchikom-den-noch-beloe-svechenie-prosonnect-24359" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-raduga-mnogotsvetniy-220v-proconnect-20000" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-touchpad-s-sensornim-viklyuchatelem-i-dimmerom-3haa-teploe-beloe-svechenie-prosonnect-24358" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-mouse-pad-s-datchikom-den-noch-beloe-svechenie-230v-prosonnect-24360" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-s-viklyuchatelem-220v-proconnect-1-20001" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-svetodiodniy-nochnik-raduga-220-v-yl-653-30875" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-mini-220v-s-datchikom-den-noch-proconnect-19998" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-220v-s-datchikom-den-noch-proconnect-20003" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodniy-nochnik-hameleon-mini-220v-20002" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodniy-mouse-pad-neytralnogo-belogo-tsveta-s-datchikom-noch-den-noch-pitanie-ot-seti-ac-230-v-50-gts-30874" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-nochnik-svetodiodniy-rexant-31901" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-snejinka-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant-24368" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-romashka-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant-24369" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-lunnaya-noch-beloe-svechenie-230v-rexant-24361" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-parus-odinokiy-beloe-svechenie-230v-rexant-24363" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-fakel-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant-24370" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodniy-lunnaya-noch-blue-pitanie-ot-seti-ac-230-v-50-gts-30870" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-parus-odinokiy-goluboe-svechenie-230v-rexant-24364" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-mahaon-beloe-svechenie-230v-rexant-24367" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-steklyanniy-medved-rexant-31902" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-lunnaya-noch-goluboe-svechenie-230v-rexant-24362" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-notkaktus-beloe-svechenie-230v-rexant-24365" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodniy-mahaon-beliy-pitanie-ot-seti-ac-230-v-50-gts-30409" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodniy-parus-odinokiy-siniy-pitanie-ot-seti-ac-230-v-50-gts-30872" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-konsolniy-dku-01-70vt-5000k-obschego-naznacheniya-ip65-6000lm-cherniy-rexant-28558" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-konsolniy-dku-01-50vt-5000k-obschego-naznacheniya-ip65-5000lm-cherniy-rexant-24250" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-konsolniy-dku-01-100vt-5000k-obschego-naznacheniya-ip65-10000lm-cherniy-24251" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-konsolniy-dku-01-150vt-5000k-obschego-naznacheniya-ip65-15000lm-cherniy-24252" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-konsolniy-dku-03-30-5000k-sh-c-ip65-cherniy-rexant-29882" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-konsolniy-dku-03-150-5000k-sh-c-ip65-cherniy-rexant-29881" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-konsolniy-dku-02-100vt-5000k-dlya-dorog-ip65-10000lm-cherniy-rexant-24253" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-konsolniy-dku-03-50-5000k-sh-c-ip65-cherniy-rexant-29883" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-konsolniy-dku-03-70-5000k-sh-c-ip65-cherniy-rexant-29884" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-nakladnoy-pod-bandajnuyu-lentu-s-peremennim-uglom-beliy-230h150h150-oslash-57-rexant-art-607-302-607-304-28315" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-nakladnoy-pod-bandajnuyu-lentu-s-peremennim-uglom-beliy-230h150h150-oslash-51-rexant-art-607-300-607-301-607-303-28313" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-na-oporu-s-1-homutom-beliy-625h460h280-oslash-51-rexant-art-607-300-607-301-607-303-28314" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-na-oporu-s-1-homutom-beliy-625h460h280-oslash-57-rexant-art-607-302-607-304-28316" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/demo-tester-dlya-proverki-lamp-s-tsokolyami-e27-e27-e14-gu5-3-gx53-rexant-25157" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/demo-tester-akriloviy-dlya-filamenta-ac-220v-so-shnurom-pitaniya-1-2m-s-viklyuchatelem-na-korpuse-tsokoli-e14-6sht-e27-5sht-rexant-26325" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-pilevlagozaschischenniy-rexant-jkh-01-oval-30-vt-3200-lm-ip65-6500-k-320-mm-s-datchikom-dvijeniya-dejurniy-svet-27552" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-pilevlagozaschischenniy-rexant-jkh-01-oval-30-vt-3200-lm-ip65-6500-k-320-mm-27550" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-pilevlagozaschischenniy-rexant-jkh-01-oval-30-vt-3200-lm-ip65-6500-k-320-mm-s-datchikom-dvijeniya-27551" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-11-5vt-1380lm-2700k-e27-prozrachnaya-kolba-rexant-25088" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-9-5vt-1140lm-4000k-e27-dimmiruemaya-prozrachnaya-kolba-rexant-25087" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-11-5vt-1320lm-2700k-e27-matovaya-kolba-rexant-25090" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-11-5vt-1320lm-4000k-e27-matovaya-kolba-rexant-25091" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-11-5vt-1380lm-2400k-e27-zolotistaya-kolba-rexant-25092" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-13-5vt-1600lm-4000k-e27-prozrachnaya-kolba-rexant-25094" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-7-5vt-750lm-4000k-e27-prozrachnaya-kolba-rexant-25085" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-11-5vt-1380lm-4000k-e27-prozrachnaya-kolba-rexant-25089" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-13-5vt-1600lm-2700k-e27-prozrachnaya-kolba-rexant-25093" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-9-5vt-1140lm-2700k-e27-dimmiruemaya-prozrachnaya-kolba-rexant-25086" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-2700k-e27-dimmiruemaya-prozrachnaya-kolba-rexant-25101" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-2700k-e27-prozrachnaya-kolba-rexant-25105" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-915lm-2700k-e14-matovaya-kolba-rexant-25107" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-915lm-4000k-e14-matovaya-kolba-rexant-25108" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-915lm-2700k-e27-matovaya-kolba-rexant-25109" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-2400k-e14-zolotistaya-kolba-rexant-25111" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-2700k-e27-zolotistaya-kolba-rexant-25112" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-4000k-e27-prozrachnaya-kolba-rexant-25098" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-2700k-e14-prozrachnaya-kolba-rexant-25095" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-2700k-e14-prozrachnaya-kolba-rexant-25103" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-4000k-e14-prozrachnaya-kolba-rexant-25104" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-4000k-e27-prozrachnaya-kolba-rexant-25106" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-4000k-e14-prozrachnaya-kolba-rexant-25096" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-2700k-e27-prozrachnaya-kolba-rexant-25097" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-2700k-e14-dimmiruemaya-prozrachnaya-kolba-rexant-25099" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-4000k-e14-dimmiruemaya-prozrachnaya-kolba-rexant-25100" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-4000k-e27-dimmiruemaya-prozrachnaya-kolba-rexant-25102" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-915lm-4000k-e27-matovaya-kolba-rexant-25110" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-7-5vt-600lm-2700k-e14-dimmiruemaya-prozrachnaya-kolba-rexant-25037" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-7-5vt-600lm-2700k-e14-prozrachnaya-kolba-rexant-25113" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-9-5vt-950lm-2400k-e14-zolotistaya-kolba-rexant-25049" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-7-5vt-600lm-4000k-e14-dimmiruemaya-prozrachnaya-kolba-rexant-25038" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-9-5vt-950lm-4000k-e14-prozrachnaya-kolba-rexant-25042" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-9-5vt-915lm-2700k-e14-matovaya-kolba-rexant-25045" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-7-5vt-600lm-4000k-e14-prozrachnaya-kolba-rexant-25114" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-9-5vt-915lm-4000k-e14-matovaya-kolba-rexant-25046" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-9-5vt-950lm-2700k-e14-prozrachnaya-kolba-rexant-25041" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-vitaya-svecha-lcw35-7-5vt-600lm-2400k-e14-zolotistaya-kolba-rexant-25051" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-vitaya-svecha-lcw35-9-5vt-950lm-2400k-e14-zolotistaya-kolba-rexant-25052" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-2700k-e14-prozrachnaya-kolba-rexant-25053" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-4000k-e27-prozrachnaya-kolba-rexant-25056" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-4000k-e14-dimmiruemaya-prozrachnaya-kolba-rexant-25058" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-2700k-e27-prozrachnaya-kolba-rexant-25063" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-915lm-2700k-e14-matovaya-kolba-rexant-25065" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-915lm-4000k-e27-matovaya-kolba-rexant-25068" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-2400k-e27-zolotistaya-kolba-rexant-25070" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-4000k-e27-prozrachnaya-kolba-rexant-25064" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-4000k-e14-prozrachnaya-kolba-rexant-25054" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-2700k-e27-dimmiruemaya-prozrachnaya-kolba-rexant-25059" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-2700k-e27-prozrachnaya-kolba-rexant-25055" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-2700k-e14-dimmiruemaya-prozrachnaya-kolba-rexant-25057" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-4000k-e27-dimmiruemaya-prozrachnaya-kolba-rexant-25060" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-4000k-e14-prozrachnaya-kolba-rexant-25062" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-915lm-4000k-e14-matovaya-kolba-rexant-25066" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-915lm-2700k-e27-matovaya-kolba-rexant-25067" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-2700k-e14-prozrachnaya-kolba-rexant-25061" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-2400k-e14-zolotistaya-kolba-rexant-25069" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-loft-globe-a95-11-5vt-1380lm-2400k-e27-zolotistaya-kolba-rexant-25074" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-loft-globe-a125-11-5vt-1380lm-2400k-e27-zolotistaya-kolba-rexant-25076" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-loft-globe-a95-11-5vt-1380lm-2400k-e27-dimmiruemaya-zolotistaya-kolba-rexant-25075" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-loft-edison-st64-11-5vt-1380lm-2700k-e27-prozrachnaya-kolba-rexant-25071" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-loft-globe-a125-11-5vt-1380lm-2400k-e27-dimmiruemaya-zolotistaya-kolba-rexant-24997" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I335"/>
+  <dimension ref="A1:I338"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -2488,437 +2494,437 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>81.73</v>
+        <v>119.23</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>10611</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>81.73</v>
+        <v>119.23</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>1498</v>
+        <v>11662</v>
       </c>
       <c r="G6" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>94.23</v>
+        <v>161.54</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>380</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>94.23</v>
+        <v>161.54</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>13307</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>94.23</v>
+        <v>84.62</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>42284</v>
+        <v>45656</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>119.23</v>
+        <v>94.23</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>413</v>
+        <v>34383</v>
       </c>
       <c r="G10" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>161.54</v>
+        <v>81.73</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>8540</v>
       </c>
       <c r="G11" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
         <v>84.62</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>41614</v>
+        <v>23948</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
         <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>119.23</v>
+        <v>94.23</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>15181</v>
+        <v>7285</v>
       </c>
       <c r="G13" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>84.62</v>
+        <v>81.73</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>24971</v>
+        <v>749</v>
       </c>
       <c r="G14" s="3">
         <v>10</v>
       </c>
       <c r="H14" s="3">
         <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
         <v>84.62</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>49518</v>
+        <v>34815</v>
       </c>
       <c r="G15" s="3">
         <v>10</v>
       </c>
       <c r="H15" s="3">
         <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>161.54</v>
+        <v>94.23</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H16" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
         <v>119.23</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>13704</v>
+        <v>8407</v>
       </c>
       <c r="G17" s="3">
         <v>10</v>
       </c>
       <c r="H17" s="3">
         <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
         <v>161.54</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>8877</v>
+        <v>3170</v>
       </c>
       <c r="G18" s="3">
         <v>5</v>
       </c>
       <c r="H18" s="3">
         <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
         <v>398.12</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
@@ -2945,515 +2951,515 @@
       <c r="C20" s="2"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="3">
         <v>80.77</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>1022</v>
+        <v>111</v>
       </c>
       <c r="G21" s="3">
         <v>10</v>
       </c>
       <c r="H21" s="3">
         <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
         <v>80.77</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>11810</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>10</v>
       </c>
       <c r="H22" s="3">
         <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>80.77</v>
+        <v>84.62</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>6691</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>10</v>
       </c>
       <c r="H23" s="3">
         <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>84.62</v>
+        <v>86.54</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
         <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>10</v>
       </c>
       <c r="H24" s="3">
         <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>84.62</v>
+        <v>80.77</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
         <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>10</v>
       </c>
       <c r="H25" s="3">
         <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
         <v>80.77</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>5311</v>
+        <v>3253</v>
       </c>
       <c r="G26" s="3">
         <v>10</v>
       </c>
       <c r="H26" s="3">
         <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
         <v>81</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>3256</v>
+        <v>2881</v>
       </c>
       <c r="G27" s="3">
         <v>10</v>
       </c>
       <c r="H27" s="3">
         <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>80.77</v>
+        <v>86.54</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
         <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>10</v>
       </c>
       <c r="H28" s="3">
         <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
         <v>86.54</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>17649</v>
+        <v>9796</v>
       </c>
       <c r="G29" s="3">
         <v>10</v>
       </c>
       <c r="H29" s="3">
         <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
         <v>86.54</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
         <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>10</v>
       </c>
       <c r="H30" s="3">
         <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>86.54</v>
+        <v>80.77</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>5259</v>
       </c>
       <c r="G31" s="3">
         <v>10</v>
       </c>
       <c r="H31" s="3">
         <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>80.77</v>
+        <v>84.62</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>347</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>10</v>
       </c>
       <c r="H32" s="3">
         <v>100</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C33" s="3">
         <v>84.62</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>4206</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>10</v>
       </c>
       <c r="H33" s="3">
         <v>100</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>86.54</v>
+        <v>84.62</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="3">
         <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>10</v>
       </c>
       <c r="H34" s="3">
         <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>84.62</v>
+        <v>80.77</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>0</v>
+        <v>8552</v>
       </c>
       <c r="G35" s="3">
         <v>10</v>
       </c>
       <c r="H35" s="3">
         <v>100</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
         <v>84.62</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>2574</v>
       </c>
       <c r="G36" s="3">
         <v>10</v>
       </c>
       <c r="H36" s="3">
         <v>100</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
         <v>86.54</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>14226</v>
+        <v>7504</v>
       </c>
       <c r="G37" s="3">
         <v>10</v>
       </c>
       <c r="H37" s="3">
         <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
         <v>86.54</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
@@ -3600,109 +3606,109 @@
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
         <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>10</v>
       </c>
       <c r="H44" s="3">
         <v>100</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C45" s="3">
-        <v>81.51</v>
+        <v>84.41</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>5099</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>10</v>
       </c>
       <c r="H45" s="3">
         <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C46" s="3">
         <v>81.51</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>673</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>10</v>
       </c>
       <c r="H46" s="3">
         <v>100</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C47" s="3">
-        <v>84.41</v>
+        <v>81.51</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
         <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>10</v>
       </c>
       <c r="H47" s="3">
         <v>100</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B48" s="3" t="s">
@@ -3716,292 +3722,292 @@
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
         <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>10</v>
       </c>
       <c r="H48" s="3">
         <v>100</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C49" s="3">
-        <v>84.41</v>
+        <v>81.51</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>0</v>
+        <v>767</v>
       </c>
       <c r="G49" s="3">
         <v>10</v>
       </c>
       <c r="H49" s="3">
         <v>100</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C50" s="3">
-        <v>72.17</v>
+        <v>84.41</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>6558</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>10</v>
       </c>
       <c r="H50" s="3">
         <v>100</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C51" s="3">
-        <v>84.41</v>
+        <v>86.54</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>0</v>
+        <v>10403</v>
       </c>
       <c r="G51" s="3">
         <v>10</v>
       </c>
       <c r="H51" s="3">
         <v>100</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C52" s="3">
-        <v>86.54</v>
+        <v>81.51</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
         <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>10</v>
       </c>
       <c r="H52" s="3">
         <v>100</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C53" s="3">
-        <v>86.54</v>
+        <v>81.51</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="3">
-        <v>15925</v>
+        <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>10</v>
       </c>
       <c r="H53" s="3">
         <v>100</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C54" s="3">
-        <v>81.51</v>
+        <v>86.54</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>192</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>10</v>
       </c>
       <c r="H54" s="3">
         <v>100</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C55" s="3">
-        <v>81.51</v>
+        <v>84.41</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
         <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>10</v>
       </c>
       <c r="H55" s="3">
         <v>100</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C56" s="3">
-        <v>81.51</v>
+        <v>86.54</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
         <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>10</v>
       </c>
       <c r="H56" s="3">
         <v>100</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C57" s="3">
-        <v>84.41</v>
+        <v>68.56</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>0</v>
+        <v>3566</v>
       </c>
       <c r="G57" s="3">
         <v>10</v>
       </c>
       <c r="H57" s="3">
         <v>100</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C58" s="3">
         <v>84.41</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
@@ -4035,238 +4041,238 @@
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
         <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>10</v>
       </c>
       <c r="H59" s="3">
         <v>100</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C60" s="3">
-        <v>86.54</v>
+        <v>84.41</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="3">
         <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>10</v>
       </c>
       <c r="H60" s="3">
         <v>100</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="2" t="s">
         <v>123</v>
       </c>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
       <c r="D61" s="2"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
       <c r="I61" s="2"/>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C62" s="3">
-        <v>82.67</v>
+        <v>93.31</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="3">
         <v>0</v>
       </c>
       <c r="G62" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>100</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C63" s="3">
-        <v>82.67</v>
+        <v>75</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
         <v>0</v>
       </c>
       <c r="G63" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>100</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C64" s="3">
         <v>76.61</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>582</v>
+        <v>425</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>100</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C65" s="3">
-        <v>93.31</v>
+        <v>82.67</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>397</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H65" s="3">
         <v>100</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C66" s="3">
-        <v>93.31</v>
+        <v>82.67</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
         <v>0</v>
       </c>
       <c r="G66" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H66" s="3">
         <v>100</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C67" s="3">
-        <v>93.31</v>
+        <v>75</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
         <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>100</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B68" s="3" t="s">
@@ -4280,479 +4286,479 @@
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
         <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>100</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C69" s="3">
-        <v>75</v>
+        <v>93.31</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
         <v>0</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>100</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C70" s="3">
-        <v>82.67</v>
+        <v>93.31</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>4577</v>
+        <v>0</v>
       </c>
       <c r="G70" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>100</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C71" s="3">
-        <v>75</v>
+        <v>82.07</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>0</v>
+        <v>1581</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>100</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C72" s="3">
-        <v>86.39</v>
+        <v>82.67</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>1835</v>
+        <v>0</v>
       </c>
       <c r="G72" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H72" s="3">
         <v>100</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C73" s="3">
-        <v>84.62</v>
+        <v>86.39</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>1215</v>
+        <v>1555</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>100</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C74" s="3">
-        <v>82.07</v>
+        <v>84.62</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>1872</v>
+        <v>452</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>100</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C75" s="3">
         <v>106.55</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>1571</v>
+        <v>1033</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>100</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="2" t="s">
         <v>152</v>
       </c>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
       <c r="D76" s="2"/>
       <c r="E76" s="2"/>
       <c r="F76" s="2"/>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
       <c r="I76" s="2"/>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C77" s="3">
-        <v>115.02</v>
+        <v>90</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>17947</v>
+        <v>1608</v>
       </c>
       <c r="G77" s="3">
         <v>10</v>
       </c>
       <c r="H77" s="3">
         <v>100</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C78" s="3">
-        <v>113.46</v>
+        <v>103.52</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>4791</v>
+        <v>16077</v>
       </c>
       <c r="G78" s="3">
         <v>10</v>
       </c>
       <c r="H78" s="3">
         <v>100</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C79" s="3">
-        <v>89.63</v>
+        <v>113.46</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>10</v>
       </c>
       <c r="H79" s="3">
         <v>100</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C80" s="3">
-        <v>90</v>
+        <v>89.63</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>3890</v>
+        <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>10</v>
       </c>
       <c r="H80" s="3">
         <v>100</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C81" s="3">
-        <v>113.46</v>
+        <v>89.63</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
         <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>100</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C82" s="3">
-        <v>89.63</v>
+        <v>113.46</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
         <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
         <v>100</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C83" s="3">
         <v>75</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>2078</v>
+        <v>0</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
         <v>100</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C84" s="3">
         <v>75</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F84" s="3">
-        <v>664</v>
+        <v>583</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>100</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C85" s="3">
         <v>75</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
@@ -4886,95 +4892,95 @@
       </c>
       <c r="E90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F90" s="3">
         <v>0</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
         <v>12</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C91" s="3">
-        <v>282.4</v>
+        <v>1600</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F91" s="3">
         <v>0</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C92" s="3">
-        <v>1600</v>
+        <v>282.4</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F92" s="3">
         <v>0</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C93" s="3">
         <v>359.07</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F93" s="3">
         <v>0</v>
       </c>
       <c r="G93" s="3">
@@ -5015,138 +5021,138 @@
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="2" t="s">
         <v>188</v>
       </c>
       <c r="B95" s="2"/>
       <c r="C95" s="2"/>
       <c r="D95" s="2"/>
       <c r="E95" s="2"/>
       <c r="F95" s="2"/>
       <c r="G95" s="2"/>
       <c r="H95" s="2"/>
       <c r="I95" s="2"/>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C96" s="3">
-        <v>189</v>
+        <v>151.92</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>1264</v>
+        <v>0</v>
       </c>
       <c r="G96" s="3">
         <v>30</v>
       </c>
       <c r="H96" s="3">
         <v>30</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C97" s="3">
         <v>151.92</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G97" s="3">
         <v>30</v>
       </c>
       <c r="H97" s="3">
         <v>30</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C98" s="3">
-        <v>317.28</v>
+        <v>301.42</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F98" s="3">
         <v>1194</v>
       </c>
       <c r="G98" s="3">
         <v>30</v>
       </c>
       <c r="H98" s="3">
         <v>30</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C99" s="3">
-        <v>151.92</v>
+        <v>333.98</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
         <v>0</v>
       </c>
       <c r="G99" s="3">
         <v>30</v>
       </c>
       <c r="H99" s="3">
         <v>30</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B100" s="3" t="s">
@@ -5160,608 +5166,608 @@
       </c>
       <c r="E100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F100" s="3">
         <v>0</v>
       </c>
       <c r="G100" s="3">
         <v>30</v>
       </c>
       <c r="H100" s="3">
         <v>30</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C101" s="3">
-        <v>333.98</v>
+        <v>189</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F101" s="3">
-        <v>0</v>
+        <v>784</v>
       </c>
       <c r="G101" s="3">
         <v>30</v>
       </c>
       <c r="H101" s="3">
         <v>30</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C102" s="3">
-        <v>257.64</v>
+        <v>231.88</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>953</v>
+        <v>892</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
         <v>100</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="2" t="s">
         <v>203</v>
       </c>
       <c r="B103" s="2"/>
       <c r="C103" s="2"/>
       <c r="D103" s="2"/>
       <c r="E103" s="2"/>
       <c r="F103" s="2"/>
       <c r="G103" s="2"/>
       <c r="H103" s="2"/>
       <c r="I103" s="2"/>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C104" s="3">
-        <v>148.08</v>
+        <v>129.76</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>4533</v>
+        <v>8530</v>
       </c>
       <c r="G104" s="3">
         <v>10</v>
       </c>
       <c r="H104" s="3">
         <v>10</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C105" s="3">
-        <v>148.08</v>
+        <v>190.38</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F105" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G105" s="3">
         <v>10</v>
       </c>
       <c r="H105" s="3">
         <v>10</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C106" s="3">
-        <v>148.08</v>
+        <v>149</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F106" s="3">
         <v>0</v>
       </c>
       <c r="G106" s="3">
         <v>10</v>
       </c>
       <c r="H106" s="3">
         <v>10</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C107" s="3">
-        <v>149</v>
+        <v>129.76</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>10</v>
+        <v>11634</v>
       </c>
       <c r="G107" s="3">
         <v>10</v>
       </c>
       <c r="H107" s="3">
         <v>10</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C108" s="3">
-        <v>142.31</v>
+        <v>190.38</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F108" s="3">
-        <v>1317</v>
+        <v>0</v>
       </c>
       <c r="G108" s="3">
         <v>10</v>
       </c>
       <c r="H108" s="3">
         <v>10</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C109" s="3">
-        <v>142.31</v>
+        <v>149</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F109" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G109" s="3">
         <v>10</v>
       </c>
       <c r="H109" s="3">
         <v>10</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C110" s="3">
-        <v>190.38</v>
+        <v>148.08</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F110" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G110" s="3">
         <v>10</v>
       </c>
       <c r="H110" s="3">
         <v>10</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C111" s="3">
-        <v>176.97</v>
+        <v>148.08</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F111" s="3">
-        <v>12390</v>
+        <v>0</v>
       </c>
       <c r="G111" s="3">
         <v>10</v>
       </c>
       <c r="H111" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C112" s="3">
         <v>142.31</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F112" s="3">
         <v>0</v>
       </c>
       <c r="G112" s="3">
         <v>10</v>
       </c>
       <c r="H112" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C113" s="3">
-        <v>190.38</v>
+        <v>142.31</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F113" s="3">
         <v>0</v>
       </c>
       <c r="G113" s="3">
         <v>10</v>
       </c>
       <c r="H113" s="3">
         <v>10</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C114" s="3">
-        <v>120.69</v>
+        <v>159.27</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F114" s="3">
-        <v>7389</v>
+        <v>12074</v>
       </c>
       <c r="G114" s="3">
         <v>10</v>
       </c>
       <c r="H114" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C115" s="3">
-        <v>144.18</v>
+        <v>148.08</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F115" s="3">
-        <v>8612</v>
+        <v>4273</v>
       </c>
       <c r="G115" s="3">
         <v>10</v>
       </c>
       <c r="H115" s="3">
         <v>10</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C116" s="3">
-        <v>144.18</v>
+        <v>142.31</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F116" s="3">
-        <v>11931</v>
+        <v>1214</v>
       </c>
       <c r="G116" s="3">
         <v>10</v>
       </c>
       <c r="H116" s="3">
         <v>10</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C117" s="3">
-        <v>149</v>
+        <v>142.31</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F117" s="3">
         <v>0</v>
       </c>
       <c r="G117" s="3">
         <v>10</v>
       </c>
       <c r="H117" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C118" s="3">
-        <v>142.31</v>
+        <v>108.62</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F118" s="3">
-        <v>0</v>
+        <v>7086</v>
       </c>
       <c r="G118" s="3">
         <v>10</v>
       </c>
       <c r="H118" s="3">
         <v>10</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="2" t="s">
         <v>234</v>
       </c>
       <c r="B119" s="2"/>
       <c r="C119" s="2"/>
       <c r="D119" s="2"/>
       <c r="E119" s="2"/>
       <c r="F119" s="2"/>
       <c r="G119" s="2"/>
       <c r="H119" s="2"/>
       <c r="I119" s="2"/>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C120" s="3">
         <v>258.72</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F120" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="G120" s="3">
         <v>10</v>
       </c>
       <c r="H120" s="3">
         <v>100</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C121" s="3">
-        <v>399.15</v>
+        <v>359.24</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F121" s="3">
-        <v>3420</v>
+        <v>3366</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
         <v>100</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="2" t="s">
         <v>239</v>
       </c>
       <c r="B122" s="2"/>
       <c r="C122" s="2"/>
       <c r="D122" s="2"/>
       <c r="E122" s="2"/>
       <c r="F122" s="2"/>
       <c r="G122" s="2"/>
       <c r="H122" s="2"/>
       <c r="I122" s="2"/>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
@@ -5850,5909 +5856,5936 @@
       <c r="I125" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="2" t="s">
         <v>246</v>
       </c>
       <c r="B126" s="2"/>
       <c r="C126" s="2"/>
       <c r="D126" s="2"/>
       <c r="E126" s="2"/>
       <c r="F126" s="2"/>
       <c r="G126" s="2"/>
       <c r="H126" s="2"/>
       <c r="I126" s="2"/>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>248</v>
       </c>
       <c r="C127" s="3">
-        <v>310.26</v>
+        <v>1000</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F127" s="3">
         <v>0</v>
       </c>
       <c r="G127" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H127" s="3">
-        <v>250</v>
+        <v>4</v>
       </c>
       <c r="I127" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C128" s="3">
-        <v>1055.98</v>
+        <v>310.26</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F128" s="3">
         <v>0</v>
       </c>
       <c r="G128" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>8</v>
+        <v>250</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C129" s="3">
-        <v>508.03</v>
+        <v>1003.97</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F129" s="3">
         <v>0</v>
       </c>
       <c r="G129" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="H129" s="3">
-        <v>120</v>
+        <v>8</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C130" s="3">
-        <v>1028.16</v>
+        <v>1055.98</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F130" s="3">
         <v>0</v>
       </c>
       <c r="G130" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="H130" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>255</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>256</v>
       </c>
       <c r="C131" s="3">
-        <v>1003.97</v>
+        <v>508.03</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F131" s="3">
         <v>0</v>
       </c>
       <c r="G131" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>8</v>
+        <v>120</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A132" s="3" t="s">
+      <c r="A132" s="2" t="s">
         <v>257</v>
       </c>
-      <c r="B132" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B132" s="2"/>
+      <c r="C132" s="2"/>
+      <c r="D132" s="2"/>
+      <c r="E132" s="2"/>
+      <c r="F132" s="2"/>
+      <c r="G132" s="2"/>
+      <c r="H132" s="2"/>
+      <c r="I132" s="2"/>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="B133" s="3" t="s">
         <v>259</v>
       </c>
-      <c r="B133" s="3" t="s">
+      <c r="C133" s="3">
+        <v>1028.16</v>
+      </c>
+      <c r="D133" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F133" s="3">
+        <v>0</v>
+      </c>
+      <c r="G133" s="3">
+        <v>4</v>
+      </c>
+      <c r="H133" s="3">
+        <v>4</v>
+      </c>
+      <c r="I133" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="134" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A134" s="2" t="s">
         <v>260</v>
       </c>
-      <c r="C133" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B134" s="2"/>
+      <c r="C134" s="2"/>
+      <c r="D134" s="2"/>
+      <c r="E134" s="2"/>
+      <c r="F134" s="2"/>
+      <c r="G134" s="2"/>
+      <c r="H134" s="2"/>
+      <c r="I134" s="2"/>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="C135" s="3">
-        <v>251.83</v>
+        <v>366.78</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F135" s="3">
-        <v>7784</v>
+        <v>8298</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="I135" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="C136" s="3">
-        <v>251.83</v>
+        <v>517.08</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F136" s="3">
-        <v>7038</v>
+        <v>8923</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="I136" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="C137" s="3">
-        <v>366.78</v>
+        <v>156.7</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F137" s="3">
-        <v>8861</v>
+        <v>3549</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I137" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="C138" s="3">
-        <v>156.7</v>
+        <v>201.67</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F138" s="3">
-        <v>6258</v>
+        <v>1808</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I138" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="C139" s="3">
         <v>517.08</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F139" s="3">
-        <v>8909</v>
+        <v>8523</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
         <v>30</v>
       </c>
       <c r="I139" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="C140" s="3">
-        <v>517.08</v>
+        <v>156.7</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F140" s="3">
-        <v>9230</v>
+        <v>1708</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I140" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="C141" s="3">
         <v>366.78</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F141" s="3">
-        <v>8344</v>
+        <v>7832</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
         <v>30</v>
       </c>
       <c r="I141" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="B142" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="C142" s="3">
+        <v>201.67</v>
+      </c>
+      <c r="D142" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F142" s="3">
+        <v>2894</v>
+      </c>
+      <c r="G142" s="3">
+        <v>1</v>
+      </c>
+      <c r="H142" s="3">
+        <v>80</v>
+      </c>
+      <c r="I142" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="143" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A143" s="3" t="s">
         <v>277</v>
       </c>
-      <c r="B142" s="3" t="s">
+      <c r="B143" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="C142" s="3">
-[...32 lines deleted...]
-      <c r="I143" s="2"/>
+      <c r="C143" s="3">
+        <v>251.83</v>
+      </c>
+      <c r="D143" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F143" s="3">
+        <v>6588</v>
+      </c>
+      <c r="G143" s="3">
+        <v>1</v>
+      </c>
+      <c r="H143" s="3">
+        <v>60</v>
+      </c>
+      <c r="I143" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="B144" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="B144" s="3" t="s">
+      <c r="C144" s="3">
+        <v>251.83</v>
+      </c>
+      <c r="D144" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F144" s="3">
+        <v>6435</v>
+      </c>
+      <c r="G144" s="3">
+        <v>1</v>
+      </c>
+      <c r="H144" s="3">
+        <v>60</v>
+      </c>
+      <c r="I144" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="145" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A145" s="2" t="s">
         <v>281</v>
       </c>
-      <c r="C144" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B145" s="2"/>
+      <c r="C145" s="2"/>
+      <c r="D145" s="2"/>
+      <c r="E145" s="2"/>
+      <c r="F145" s="2"/>
+      <c r="G145" s="2"/>
+      <c r="H145" s="2"/>
+      <c r="I145" s="2"/>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="C146" s="3">
-        <v>480</v>
+        <v>105.82</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F146" s="3">
-        <v>1406</v>
+        <v>2222</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
         <v>100</v>
       </c>
       <c r="I146" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="C147" s="3">
-        <v>638.65</v>
+        <v>351.99</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F147" s="3">
-        <v>866</v>
+        <v>0</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="C148" s="3">
-        <v>351.99</v>
+        <v>638.65</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F148" s="3">
-        <v>0</v>
+        <v>758</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="C149" s="3">
-        <v>201.11</v>
+        <v>799.56</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F149" s="3">
-        <v>2095</v>
+        <v>1595</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="C150" s="3">
-        <v>459.99</v>
+        <v>290</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F150" s="3">
-        <v>1181</v>
+        <v>739</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
         <v>100</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="C151" s="3">
-        <v>735.44</v>
+        <v>1122.3</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F151" s="3">
-        <v>1333</v>
+        <v>1736</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="C152" s="3">
         <v>189.99</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F152" s="3">
-        <v>182</v>
+        <v>2955</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
         <v>40</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="C153" s="3">
-        <v>201.11</v>
+        <v>441.35</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F153" s="3">
-        <v>1192</v>
+        <v>4770</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="C154" s="3">
-        <v>696.72</v>
+        <v>480</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F154" s="3">
-        <v>2189</v>
+        <v>1017</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
         <v>40</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="C155" s="3">
-        <v>781.12</v>
+        <v>351.99</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F155" s="3">
-        <v>1204</v>
+        <v>0</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="C156" s="3">
-        <v>387.76</v>
+        <v>459.99</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F156" s="3">
-        <v>1428</v>
+        <v>1032</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
         <v>100</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="C157" s="3">
-        <v>239.37</v>
+        <v>486.56</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F157" s="3">
-        <v>2239</v>
+        <v>4372</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I157" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="C158" s="3">
-        <v>290</v>
+        <v>189.99</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F158" s="3">
-        <v>826</v>
+        <v>5599</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="C159" s="3">
-        <v>689.79</v>
+        <v>290</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F159" s="3">
-        <v>864</v>
+        <v>2574</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="C160" s="3">
-        <v>441.35</v>
+        <v>689.79</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F160" s="3">
-        <v>5585</v>
+        <v>664</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
         <v>40</v>
       </c>
       <c r="I160" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="C161" s="3">
-        <v>1047.54</v>
+        <v>486.56</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F161" s="3">
-        <v>1243</v>
+        <v>5341</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="C162" s="3">
-        <v>475.37</v>
+        <v>441.35</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F162" s="3">
-        <v>0</v>
+        <v>3368</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="C163" s="3">
         <v>486.56</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F163" s="3">
-        <v>6136</v>
+        <v>2522</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="C164" s="3">
-        <v>486.56</v>
+        <v>239.37</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F164" s="3">
-        <v>5761</v>
+        <v>1887</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I164" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="C165" s="3">
-        <v>189.99</v>
+        <v>387.76</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F165" s="3">
-        <v>6166</v>
+        <v>1097</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="C166" s="3">
-        <v>441.35</v>
+        <v>201.11</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F166" s="3">
-        <v>4162</v>
+        <v>1874</v>
       </c>
       <c r="G166" s="3">
         <v>1</v>
       </c>
       <c r="H166" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I166" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="C167" s="3">
-        <v>290</v>
+        <v>480</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F167" s="3">
-        <v>2640</v>
+        <v>1115</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
         <v>100</v>
       </c>
       <c r="I167" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="C168" s="3">
-        <v>486.56</v>
+        <v>781.12</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F168" s="3">
-        <v>2727</v>
+        <v>127</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="C169" s="3">
-        <v>799.56</v>
+        <v>201.11</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F169" s="3">
-        <v>1779</v>
+        <v>1157</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="C170" s="3">
-        <v>410.05</v>
+        <v>528.13</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F170" s="3">
-        <v>0</v>
+        <v>1698</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I170" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="C171" s="3">
-        <v>466.48</v>
+        <v>1047.54</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F171" s="3">
-        <v>2083</v>
+        <v>721</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I171" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="C172" s="3">
-        <v>480</v>
+        <v>466.48</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F172" s="3">
-        <v>1099</v>
+        <v>2015</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
         <v>40</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="C173" s="3">
-        <v>763.14</v>
+        <v>410.05</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F173" s="3">
-        <v>57</v>
+        <v>0</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I173" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="C174" s="3">
-        <v>763.14</v>
+        <v>475.37</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F174" s="3">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I174" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="C175" s="3">
-        <v>790.89</v>
+        <v>696.72</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F175" s="3">
-        <v>0</v>
+        <v>3194</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I175" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="C176" s="3">
-        <v>1270.08</v>
+        <v>239.37</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F176" s="3">
-        <v>0</v>
+        <v>3395</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="C177" s="3">
-        <v>491.19</v>
+        <v>119.11</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F177" s="3">
-        <v>11122</v>
+        <v>3211</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="C178" s="3">
-        <v>344.86</v>
+        <v>1149.54</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F178" s="3">
-        <v>4907</v>
+        <v>367</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="C179" s="3">
-        <v>340.12</v>
+        <v>119.11</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F179" s="3">
-        <v>4935</v>
+        <v>10129</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="C180" s="3">
-        <v>491.19</v>
+        <v>94.6</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F180" s="3">
-        <v>3276</v>
+        <v>43556</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="C181" s="3">
-        <v>1270.08</v>
+        <v>739.2</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F181" s="3">
-        <v>0</v>
+        <v>1390</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
         <v>20</v>
       </c>
       <c r="I181" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="C182" s="3">
-        <v>340.12</v>
+        <v>735.44</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F182" s="3">
-        <v>4072</v>
+        <v>1207</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I182" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="B183" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="C183" s="3">
+        <v>901.15</v>
+      </c>
+      <c r="D183" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E183" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F183" s="3">
+        <v>563</v>
+      </c>
+      <c r="G183" s="3">
+        <v>1</v>
+      </c>
+      <c r="H183" s="3">
+        <v>20</v>
+      </c>
+      <c r="I183" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="184" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A184" s="2" t="s">
         <v>358</v>
       </c>
-      <c r="B183" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B184" s="2"/>
+      <c r="C184" s="2"/>
+      <c r="D184" s="2"/>
+      <c r="E184" s="2"/>
+      <c r="F184" s="2"/>
+      <c r="G184" s="2"/>
+      <c r="H184" s="2"/>
+      <c r="I184" s="2"/>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="C185" s="3">
-        <v>94.6</v>
+        <v>491.19</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F185" s="3">
-        <v>53498</v>
+        <v>2604</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I185" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="C186" s="3">
-        <v>528.58</v>
+        <v>491.19</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F186" s="3">
-        <v>644</v>
+        <v>8746</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
         <v>20</v>
       </c>
       <c r="I186" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="C187" s="3">
-        <v>528.58</v>
+        <v>340.12</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F187" s="3">
-        <v>898</v>
+        <v>4328</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
         <v>20</v>
       </c>
       <c r="I187" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="C188" s="3">
-        <v>1253.34</v>
+        <v>528.58</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F188" s="3">
-        <v>362</v>
+        <v>1636</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
         <v>20</v>
       </c>
       <c r="I188" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="C189" s="3">
-        <v>739.2</v>
+        <v>528.58</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F189" s="3">
-        <v>1430</v>
+        <v>0</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
         <v>20</v>
       </c>
       <c r="I189" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="C190" s="3">
-        <v>1122.3</v>
+        <v>1278.9</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>15</v>
+        <v>371</v>
       </c>
       <c r="F190" s="3">
-        <v>1743</v>
+        <v>0</v>
       </c>
       <c r="G190" s="3">
         <v>1</v>
       </c>
       <c r="H190" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I190" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="C191" s="3">
-        <v>779.12</v>
+        <v>528.58</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F191" s="3">
-        <v>343</v>
+        <v>0</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
         <v>20</v>
       </c>
       <c r="I191" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="C192" s="3">
         <v>340.12</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F192" s="3">
-        <v>2404</v>
+        <v>3653</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
         <v>20</v>
       </c>
       <c r="I192" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="C193" s="3">
-        <v>491.19</v>
+        <v>340.12</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F193" s="3">
-        <v>5810</v>
+        <v>1904</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
         <v>20</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="C194" s="3">
-        <v>491.19</v>
+        <v>344.86</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F194" s="3">
-        <v>4240</v>
+        <v>4177</v>
       </c>
       <c r="G194" s="3">
         <v>1</v>
       </c>
       <c r="H194" s="3">
         <v>20</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="C195" s="3">
         <v>491.19</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F195" s="3">
-        <v>3655</v>
+        <v>4441</v>
       </c>
       <c r="G195" s="3">
         <v>1</v>
       </c>
       <c r="H195" s="3">
         <v>20</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="C196" s="3">
-        <v>1421</v>
+        <v>491.19</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>386</v>
+        <v>15</v>
       </c>
       <c r="F196" s="3">
-        <v>0</v>
+        <v>2836</v>
       </c>
       <c r="G196" s="3">
         <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I196" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="C197" s="3">
-        <v>528.58</v>
+        <v>491.19</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F197" s="3">
-        <v>1303</v>
+        <v>2933</v>
       </c>
       <c r="G197" s="3">
         <v>1</v>
       </c>
       <c r="H197" s="3">
         <v>20</v>
       </c>
       <c r="I197" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="C198" s="3">
-        <v>901.15</v>
+        <v>528.58</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F198" s="3">
-        <v>858</v>
+        <v>0</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
         <v>20</v>
       </c>
       <c r="I198" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A199" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A199" s="2" t="s">
+        <v>388</v>
+      </c>
+      <c r="B199" s="2"/>
+      <c r="C199" s="2"/>
+      <c r="D199" s="2"/>
+      <c r="E199" s="2"/>
+      <c r="F199" s="2"/>
+      <c r="G199" s="2"/>
+      <c r="H199" s="2"/>
+      <c r="I199" s="2"/>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="C200" s="3">
-        <v>942.14</v>
+        <v>1270.08</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F200" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G200" s="3">
         <v>1</v>
       </c>
       <c r="H200" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I200" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="C201" s="3">
-        <v>822.87</v>
+        <v>779.12</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F201" s="3">
-        <v>302</v>
+        <v>130</v>
       </c>
       <c r="G201" s="3">
         <v>1</v>
       </c>
       <c r="H201" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I201" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="C202" s="3">
-        <v>671.87</v>
+        <v>790.89</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F202" s="3">
-        <v>359</v>
+        <v>0</v>
       </c>
       <c r="G202" s="3">
         <v>1</v>
       </c>
       <c r="H202" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I202" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="C203" s="3">
-        <v>967.51</v>
+        <v>1270.08</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F203" s="3">
         <v>0</v>
       </c>
       <c r="G203" s="3">
         <v>1</v>
       </c>
       <c r="H203" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I203" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="C204" s="3">
-        <v>683.27</v>
+        <v>1253.34</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F204" s="3">
-        <v>56</v>
+        <v>11</v>
       </c>
       <c r="G204" s="3">
         <v>1</v>
       </c>
       <c r="H204" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I204" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A205" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A205" s="2" t="s">
+        <v>399</v>
+      </c>
+      <c r="B205" s="2"/>
+      <c r="C205" s="2"/>
+      <c r="D205" s="2"/>
+      <c r="E205" s="2"/>
+      <c r="F205" s="2"/>
+      <c r="G205" s="2"/>
+      <c r="H205" s="2"/>
+      <c r="I205" s="2"/>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="C206" s="3">
-        <v>763.22</v>
+        <v>205.4</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>15</v>
+        <v>371</v>
       </c>
       <c r="F206" s="3">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="G206" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H206" s="3">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="I206" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
       <c r="C207" s="3">
-        <v>763.14</v>
+        <v>217.08</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>15</v>
+        <v>371</v>
       </c>
       <c r="F207" s="3">
-        <v>43</v>
+        <v>1</v>
       </c>
       <c r="G207" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H207" s="3">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="I207" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="C208" s="3">
-        <v>105.82</v>
+        <v>217.08</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>15</v>
+        <v>371</v>
       </c>
       <c r="F208" s="3">
-        <v>2674</v>
+        <v>0</v>
       </c>
       <c r="G208" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H208" s="3">
-        <v>100</v>
+        <v>36</v>
       </c>
       <c r="I208" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
       <c r="C209" s="3">
-        <v>683.33</v>
+        <v>218.98</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>15</v>
+        <v>371</v>
       </c>
       <c r="F209" s="3">
-        <v>357</v>
+        <v>63</v>
       </c>
       <c r="G209" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H209" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I209" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
-        <v>413</v>
+        <v>408</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="C210" s="3">
-        <v>671.87</v>
+        <v>212.6</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>15</v>
+        <v>371</v>
       </c>
       <c r="F210" s="3">
-        <v>48</v>
+        <v>84</v>
       </c>
       <c r="G210" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H210" s="3">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="I210" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A211" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I211" s="2"/>
+      <c r="A211" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="B211" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="C211" s="3">
+        <v>230.5</v>
+      </c>
+      <c r="D211" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E211" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="F211" s="3">
+        <v>0</v>
+      </c>
+      <c r="G211" s="3">
+        <v>3</v>
+      </c>
+      <c r="H211" s="3">
+        <v>60</v>
+      </c>
+      <c r="I211" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="C212" s="3">
-        <v>145.19</v>
+        <v>226.8</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>15</v>
+        <v>371</v>
       </c>
       <c r="F212" s="3">
         <v>0</v>
       </c>
       <c r="G212" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H212" s="3">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="I212" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="C213" s="3">
-        <v>137.93</v>
+        <v>237.97</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>15</v>
+        <v>371</v>
       </c>
       <c r="F213" s="3">
-        <v>5852</v>
+        <v>0</v>
       </c>
       <c r="G213" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H213" s="3">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="I213" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="C214" s="3">
-        <v>145.19</v>
+        <v>237.97</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>15</v>
+        <v>371</v>
       </c>
       <c r="F214" s="3">
-        <v>476</v>
+        <v>2</v>
       </c>
       <c r="G214" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H214" s="3">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="I214" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="C215" s="3">
-        <v>160</v>
+        <v>237.97</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>15</v>
+        <v>371</v>
       </c>
       <c r="F215" s="3">
         <v>0</v>
       </c>
       <c r="G215" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H215" s="3">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="I215" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="C216" s="3">
-        <v>117.6</v>
+        <v>237.97</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>15</v>
+        <v>371</v>
       </c>
       <c r="F216" s="3">
-        <v>9095</v>
+        <v>0</v>
       </c>
       <c r="G216" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H216" s="3">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="I216" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="C217" s="3">
-        <v>145.19</v>
+        <v>209.61</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>15</v>
+        <v>371</v>
       </c>
       <c r="F217" s="3">
         <v>0</v>
       </c>
       <c r="G217" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H217" s="3">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="I217" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="C218" s="3">
-        <v>124.14</v>
+        <v>212.6</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>15</v>
+        <v>371</v>
       </c>
       <c r="F218" s="3">
-        <v>5409</v>
+        <v>0</v>
       </c>
       <c r="G218" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H218" s="3">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="I218" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="C219" s="3">
-        <v>171</v>
+        <v>311.98</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>15</v>
+        <v>371</v>
       </c>
       <c r="F219" s="3">
-        <v>7905</v>
+        <v>0</v>
       </c>
       <c r="G219" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H219" s="3">
         <v>60</v>
       </c>
       <c r="I219" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="C220" s="3">
-        <v>145.19</v>
+        <v>237.97</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>15</v>
+        <v>371</v>
       </c>
       <c r="F220" s="3">
         <v>0</v>
       </c>
       <c r="G220" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H220" s="3">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="I220" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="C221" s="3">
-        <v>145.19</v>
+        <v>209.61</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>15</v>
+        <v>371</v>
       </c>
       <c r="F221" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G221" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H221" s="3">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="I221" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
       <c r="C222" s="3">
-        <v>162</v>
+        <v>209.61</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>15</v>
+        <v>371</v>
       </c>
       <c r="F222" s="3">
-        <v>9722</v>
+        <v>1</v>
       </c>
       <c r="G222" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H222" s="3">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="I222" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A223" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A223" s="2" t="s">
+        <v>434</v>
+      </c>
+      <c r="B223" s="2"/>
+      <c r="C223" s="2"/>
+      <c r="D223" s="2"/>
+      <c r="E223" s="2"/>
+      <c r="F223" s="2"/>
+      <c r="G223" s="2"/>
+      <c r="H223" s="2"/>
+      <c r="I223" s="2"/>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="C224" s="3">
         <v>145.19</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F224" s="3">
         <v>0</v>
       </c>
       <c r="G224" s="3">
         <v>1</v>
       </c>
       <c r="H224" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I224" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="C225" s="3">
         <v>145.19</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F225" s="3">
         <v>0</v>
       </c>
       <c r="G225" s="3">
         <v>1</v>
       </c>
       <c r="H225" s="3">
         <v>96</v>
       </c>
       <c r="I225" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
       <c r="C226" s="3">
-        <v>255.81</v>
+        <v>145.19</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F226" s="3">
         <v>0</v>
       </c>
       <c r="G226" s="3">
         <v>1</v>
       </c>
       <c r="H226" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I226" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="C227" s="3">
-        <v>117.6</v>
+        <v>160</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F227" s="3">
-        <v>17126</v>
+        <v>0</v>
       </c>
       <c r="G227" s="3">
         <v>1</v>
       </c>
       <c r="H227" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I227" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="C228" s="3">
-        <v>145.19</v>
+        <v>255.81</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F228" s="3">
         <v>0</v>
       </c>
       <c r="G228" s="3">
         <v>1</v>
       </c>
       <c r="H228" s="3">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="C229" s="3">
         <v>235.86</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>386</v>
+        <v>371</v>
       </c>
       <c r="F229" s="3">
-        <v>91</v>
+        <v>52</v>
       </c>
       <c r="G229" s="3">
         <v>1</v>
       </c>
       <c r="H229" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I229" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
-        <v>452</v>
+        <v>447</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>453</v>
+        <v>448</v>
       </c>
       <c r="C230" s="3">
-        <v>261.34</v>
+        <v>145.19</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>386</v>
+        <v>15</v>
       </c>
       <c r="F230" s="3">
         <v>0</v>
       </c>
       <c r="G230" s="3">
         <v>1</v>
       </c>
       <c r="H230" s="3">
-        <v>20</v>
+        <v>96</v>
       </c>
       <c r="I230" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
-        <v>454</v>
+        <v>449</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
       <c r="C231" s="3">
-        <v>410.24</v>
+        <v>145.19</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F231" s="3">
-        <v>5669</v>
+        <v>0</v>
       </c>
       <c r="G231" s="3">
         <v>1</v>
       </c>
       <c r="H231" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I231" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="C232" s="3">
-        <v>1800</v>
+        <v>105.84</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F232" s="3">
-        <v>860</v>
+        <v>14438</v>
       </c>
       <c r="G232" s="3">
         <v>1</v>
       </c>
       <c r="H232" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I232" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>459</v>
+        <v>454</v>
       </c>
       <c r="C233" s="3">
-        <v>235.86</v>
+        <v>211.69</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>386</v>
+        <v>371</v>
       </c>
       <c r="F233" s="3">
-        <v>79</v>
+        <v>95</v>
       </c>
       <c r="G233" s="3">
         <v>1</v>
       </c>
       <c r="H233" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I233" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
-        <v>460</v>
+        <v>455</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
       <c r="C234" s="3">
-        <v>261.34</v>
+        <v>410.24</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>386</v>
+        <v>15</v>
       </c>
       <c r="F234" s="3">
-        <v>118</v>
+        <v>2859</v>
       </c>
       <c r="G234" s="3">
         <v>1</v>
       </c>
       <c r="H234" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I234" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="B235" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="C235" s="3">
+        <v>172.12</v>
+      </c>
+      <c r="D235" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E235" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F235" s="3">
+        <v>4280</v>
+      </c>
+      <c r="G235" s="3">
+        <v>1</v>
+      </c>
+      <c r="H235" s="3">
+        <v>60</v>
+      </c>
+      <c r="I235" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="236" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A236" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="B236" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="C236" s="3">
+        <v>162.45</v>
+      </c>
+      <c r="D236" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E236" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F236" s="3">
+        <v>6489</v>
+      </c>
+      <c r="G236" s="3">
+        <v>1</v>
+      </c>
+      <c r="H236" s="3">
+        <v>60</v>
+      </c>
+      <c r="I236" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="237" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A237" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="B237" s="3" t="s">
         <v>462</v>
       </c>
-      <c r="B235" s="3" t="s">
-[...48 lines deleted...]
-      <c r="I237" s="2"/>
+      <c r="C237" s="3">
+        <v>105.84</v>
+      </c>
+      <c r="D237" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E237" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F237" s="3">
+        <v>8410</v>
+      </c>
+      <c r="G237" s="3">
+        <v>1</v>
+      </c>
+      <c r="H237" s="3">
+        <v>60</v>
+      </c>
+      <c r="I237" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="C238" s="3">
-        <v>992.2</v>
+        <v>124.14</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F238" s="3">
-        <v>1</v>
+        <v>3960</v>
       </c>
       <c r="G238" s="3">
         <v>1</v>
       </c>
       <c r="H238" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I238" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="C239" s="3">
-        <v>1516.28</v>
+        <v>145.8</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F239" s="3">
-        <v>0</v>
+        <v>9128</v>
       </c>
       <c r="G239" s="3">
         <v>1</v>
       </c>
       <c r="H239" s="3">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="I239" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="C240" s="3">
-        <v>1470.54</v>
+        <v>261.34</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>15</v>
+        <v>371</v>
       </c>
       <c r="F240" s="3">
-        <v>25</v>
+        <v>114</v>
       </c>
       <c r="G240" s="3">
         <v>1</v>
       </c>
       <c r="H240" s="3">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="I240" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="B241" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="C241" s="3">
+        <v>137.93</v>
+      </c>
+      <c r="D241" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E241" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F241" s="3">
+        <v>3246</v>
+      </c>
+      <c r="G241" s="3">
+        <v>1</v>
+      </c>
+      <c r="H241" s="3">
+        <v>60</v>
+      </c>
+      <c r="I241" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="242" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A242" s="3" t="s">
+        <v>471</v>
+      </c>
+      <c r="B242" s="3" t="s">
         <v>472</v>
       </c>
-      <c r="B241" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I242" s="2"/>
+      <c r="C242" s="3">
+        <v>145.19</v>
+      </c>
+      <c r="D242" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E242" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F242" s="3">
+        <v>0</v>
+      </c>
+      <c r="G242" s="3">
+        <v>1</v>
+      </c>
+      <c r="H242" s="3">
+        <v>60</v>
+      </c>
+      <c r="I242" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="C243" s="3">
-        <v>5690.75</v>
+        <v>1800</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F243" s="3">
-        <v>755</v>
+        <v>834</v>
       </c>
       <c r="G243" s="3">
         <v>1</v>
       </c>
       <c r="H243" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I243" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="B244" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="C244" s="3">
+        <v>145.19</v>
+      </c>
+      <c r="D244" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E244" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F244" s="3">
+        <v>0</v>
+      </c>
+      <c r="G244" s="3">
+        <v>1</v>
+      </c>
+      <c r="H244" s="3">
+        <v>60</v>
+      </c>
+      <c r="I244" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="245" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A245" s="3" t="s">
         <v>477</v>
       </c>
-      <c r="B244" s="3" t="s">
+      <c r="B245" s="3" t="s">
         <v>478</v>
       </c>
-      <c r="C244" s="3">
-[...32 lines deleted...]
-      <c r="I245" s="2"/>
+      <c r="C245" s="3">
+        <v>145.19</v>
+      </c>
+      <c r="D245" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E245" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F245" s="3">
+        <v>0</v>
+      </c>
+      <c r="G245" s="3">
+        <v>1</v>
+      </c>
+      <c r="H245" s="3">
+        <v>60</v>
+      </c>
+      <c r="I245" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
+        <v>479</v>
+      </c>
+      <c r="B246" s="3" t="s">
         <v>480</v>
       </c>
-      <c r="B246" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C246" s="3">
-        <v>217.08</v>
+        <v>224.07</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>386</v>
+        <v>371</v>
       </c>
       <c r="F246" s="3">
-        <v>1</v>
+        <v>89</v>
       </c>
       <c r="G246" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H246" s="3">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="I246" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="B247" s="3" t="s">
         <v>482</v>
       </c>
-      <c r="B247" s="3" t="s">
+      <c r="C247" s="3">
+        <v>261.34</v>
+      </c>
+      <c r="D247" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E247" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="F247" s="3">
+        <v>0</v>
+      </c>
+      <c r="G247" s="3">
+        <v>1</v>
+      </c>
+      <c r="H247" s="3">
+        <v>20</v>
+      </c>
+      <c r="I247" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="248" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A248" s="2" t="s">
         <v>483</v>
       </c>
-      <c r="C247" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B248" s="2"/>
+      <c r="C248" s="2"/>
+      <c r="D248" s="2"/>
+      <c r="E248" s="2"/>
+      <c r="F248" s="2"/>
+      <c r="G248" s="2"/>
+      <c r="H248" s="2"/>
+      <c r="I248" s="2"/>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="C249" s="3">
-        <v>237.97</v>
+        <v>2459.76</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>386</v>
+        <v>15</v>
       </c>
       <c r="F249" s="3">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="G249" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H249" s="3">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="I249" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="C250" s="3">
-        <v>209.61</v>
+        <v>2000</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>386</v>
+        <v>15</v>
       </c>
       <c r="F250" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G250" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H250" s="3">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="I250" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="C251" s="3">
-        <v>237.97</v>
+        <v>3560.12</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>386</v>
+        <v>15</v>
       </c>
       <c r="F251" s="3">
-        <v>0</v>
+        <v>279</v>
       </c>
       <c r="G251" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H251" s="3">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="I251" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="C252" s="3">
-        <v>230.5</v>
+        <v>5192.75</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>386</v>
+        <v>15</v>
       </c>
       <c r="F252" s="3">
-        <v>61</v>
+        <v>0</v>
       </c>
       <c r="G252" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H252" s="3">
-        <v>60</v>
+        <v>5</v>
       </c>
       <c r="I252" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="C253" s="3">
-        <v>237.97</v>
+        <v>1999.99</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>386</v>
+        <v>15</v>
       </c>
       <c r="F253" s="3">
-        <v>0</v>
+        <v>483</v>
       </c>
       <c r="G253" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H253" s="3">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="I253" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="C254" s="3">
-        <v>212.6</v>
+        <v>6463.8</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>386</v>
+        <v>15</v>
       </c>
       <c r="F254" s="3">
         <v>0</v>
       </c>
       <c r="G254" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H254" s="3">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="I254" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="C255" s="3">
-        <v>237.97</v>
+        <v>3315.43</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>386</v>
+        <v>15</v>
       </c>
       <c r="F255" s="3">
-        <v>0</v>
+        <v>45</v>
       </c>
       <c r="G255" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H255" s="3">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="I255" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="C256" s="3">
-        <v>209.61</v>
+        <v>2234.4</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>386</v>
+        <v>15</v>
       </c>
       <c r="F256" s="3">
-        <v>0</v>
+        <v>258</v>
       </c>
       <c r="G256" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H256" s="3">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="I256" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
+        <v>500</v>
+      </c>
+      <c r="B257" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="C257" s="3">
+        <v>2654.12</v>
+      </c>
+      <c r="D257" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E257" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F257" s="3">
+        <v>57</v>
+      </c>
+      <c r="G257" s="3">
+        <v>1</v>
+      </c>
+      <c r="H257" s="3">
+        <v>10</v>
+      </c>
+      <c r="I257" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="258" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A258" s="2" t="s">
         <v>502</v>
       </c>
-      <c r="B257" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B258" s="2"/>
+      <c r="C258" s="2"/>
+      <c r="D258" s="2"/>
+      <c r="E258" s="2"/>
+      <c r="F258" s="2"/>
+      <c r="G258" s="2"/>
+      <c r="H258" s="2"/>
+      <c r="I258" s="2"/>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="C259" s="3">
-        <v>212.6</v>
+        <v>1029.67</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>386</v>
+        <v>15</v>
       </c>
       <c r="F259" s="3">
-        <v>141</v>
+        <v>0</v>
       </c>
       <c r="G259" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H259" s="3">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="I259" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
-        <v>508</v>
+        <v>505</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="C260" s="3">
-        <v>205.4</v>
+        <v>992.2</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>386</v>
+        <v>15</v>
       </c>
       <c r="F260" s="3">
-        <v>196</v>
+        <v>0</v>
       </c>
       <c r="G260" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H260" s="3">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="I260" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
-        <v>510</v>
+        <v>507</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="C261" s="3">
-        <v>230.5</v>
+        <v>1516.28</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>386</v>
+        <v>15</v>
       </c>
       <c r="F261" s="3">
-        <v>0</v>
+        <v>88</v>
       </c>
       <c r="G261" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H261" s="3">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I261" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="C262" s="3">
-        <v>311.98</v>
+        <v>1470.54</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>386</v>
+        <v>15</v>
       </c>
       <c r="F262" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G262" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H262" s="3">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I262" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="2" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="B263" s="2"/>
       <c r="C263" s="2"/>
       <c r="D263" s="2"/>
       <c r="E263" s="2"/>
       <c r="F263" s="2"/>
       <c r="G263" s="2"/>
       <c r="H263" s="2"/>
       <c r="I263" s="2"/>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="C264" s="3">
-        <v>4123.45</v>
+        <v>2652.9</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F264" s="3">
-        <v>426</v>
+        <v>936</v>
       </c>
       <c r="G264" s="3">
         <v>1</v>
       </c>
       <c r="H264" s="3">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="I264" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
-        <v>517</v>
+        <v>514</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="C265" s="3">
-        <v>3122.23</v>
+        <v>5121.68</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E265" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F265" s="3">
-        <v>544</v>
+        <v>745</v>
       </c>
       <c r="G265" s="3">
         <v>1</v>
       </c>
       <c r="H265" s="3">
         <v>4</v>
       </c>
       <c r="I265" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A266" s="3" t="s">
+      <c r="A266" s="2" t="s">
+        <v>516</v>
+      </c>
+      <c r="B266" s="2"/>
+      <c r="C266" s="2"/>
+      <c r="D266" s="2"/>
+      <c r="E266" s="2"/>
+      <c r="F266" s="2"/>
+      <c r="G266" s="2"/>
+      <c r="H266" s="2"/>
+      <c r="I266" s="2"/>
+    </row>
+    <row r="267" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A267" s="3" t="s">
+        <v>517</v>
+      </c>
+      <c r="B267" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="C267" s="3">
+        <v>2810.01</v>
+      </c>
+      <c r="D267" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E267" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F267" s="3">
+        <v>533</v>
+      </c>
+      <c r="G267" s="3">
+        <v>1</v>
+      </c>
+      <c r="H267" s="3">
+        <v>4</v>
+      </c>
+      <c r="I267" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="268" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A268" s="3" t="s">
         <v>519</v>
       </c>
-      <c r="B266" s="3" t="s">
+      <c r="B268" s="3" t="s">
         <v>520</v>
       </c>
-      <c r="C266" s="3">
+      <c r="C268" s="3">
         <v>4999.23</v>
       </c>
-      <c r="D266" s="4" t="s">
-[...11 lines deleted...]
-      <c r="H266" s="3">
+      <c r="D268" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E268" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F268" s="3">
+        <v>0</v>
+      </c>
+      <c r="G268" s="3">
+        <v>1</v>
+      </c>
+      <c r="H268" s="3">
         <v>4</v>
       </c>
-      <c r="I266" s="3">
-[...27 lines deleted...]
-      <c r="I268" s="2"/>
+      <c r="I268" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="B269" s="3" t="s">
+        <v>522</v>
+      </c>
+      <c r="C269" s="3">
+        <v>3711.11</v>
+      </c>
+      <c r="D269" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E269" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F269" s="3">
+        <v>356</v>
+      </c>
+      <c r="G269" s="3">
+        <v>1</v>
+      </c>
+      <c r="H269" s="3">
+        <v>4</v>
+      </c>
+      <c r="I269" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="270" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A270" s="2" t="s">
         <v>523</v>
       </c>
-      <c r="B269" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B270" s="2"/>
+      <c r="C270" s="2"/>
+      <c r="D270" s="2"/>
+      <c r="E270" s="2"/>
+      <c r="F270" s="2"/>
+      <c r="G270" s="2"/>
+      <c r="H270" s="2"/>
+      <c r="I270" s="2"/>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="2" t="s">
-        <v>527</v>
+        <v>524</v>
       </c>
       <c r="B271" s="2"/>
       <c r="C271" s="2"/>
       <c r="D271" s="2"/>
       <c r="E271" s="2"/>
       <c r="F271" s="2"/>
       <c r="G271" s="2"/>
       <c r="H271" s="2"/>
       <c r="I271" s="2"/>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
-        <v>528</v>
+        <v>525</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>529</v>
+        <v>526</v>
       </c>
       <c r="C272" s="3">
-        <v>135.28</v>
+        <v>159.12</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E272" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F272" s="3">
         <v>0</v>
       </c>
       <c r="G272" s="3">
         <v>10</v>
       </c>
       <c r="H272" s="3">
         <v>100</v>
       </c>
       <c r="I272" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
-        <v>530</v>
+        <v>527</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>531</v>
+        <v>528</v>
       </c>
       <c r="C273" s="3">
-        <v>99.12</v>
+        <v>168.15</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E273" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F273" s="3">
-        <v>1477</v>
+        <v>5</v>
       </c>
       <c r="G273" s="3">
         <v>10</v>
       </c>
       <c r="H273" s="3">
         <v>100</v>
       </c>
       <c r="I273" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="3" t="s">
-        <v>532</v>
+        <v>529</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>533</v>
+        <v>530</v>
       </c>
       <c r="C274" s="3">
-        <v>128.53</v>
+        <v>179.08</v>
       </c>
       <c r="D274" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E274" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F274" s="3">
         <v>0</v>
       </c>
       <c r="G274" s="3">
         <v>10</v>
       </c>
       <c r="H274" s="3">
         <v>100</v>
       </c>
       <c r="I274" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
-        <v>534</v>
+        <v>531</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="C275" s="3">
-        <v>150.74</v>
+        <v>179.08</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E275" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F275" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G275" s="3">
         <v>10</v>
       </c>
       <c r="H275" s="3">
         <v>100</v>
       </c>
       <c r="I275" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
-        <v>536</v>
+        <v>533</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>537</v>
+        <v>534</v>
       </c>
       <c r="C276" s="3">
-        <v>124.72</v>
+        <v>179.08</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E276" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F276" s="3">
-        <v>634</v>
+        <v>0</v>
       </c>
       <c r="G276" s="3">
         <v>10</v>
       </c>
       <c r="H276" s="3">
         <v>100</v>
       </c>
       <c r="I276" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="C277" s="3">
-        <v>135.28</v>
+        <v>179.08</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E277" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F277" s="3">
         <v>0</v>
       </c>
       <c r="G277" s="3">
         <v>10</v>
       </c>
       <c r="H277" s="3">
         <v>100</v>
       </c>
       <c r="I277" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
-        <v>540</v>
+        <v>537</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>541</v>
+        <v>538</v>
       </c>
       <c r="C278" s="3">
-        <v>102.81</v>
+        <v>122.42</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F278" s="3">
-        <v>852</v>
+        <v>0</v>
       </c>
       <c r="G278" s="3">
         <v>10</v>
       </c>
       <c r="H278" s="3">
         <v>100</v>
       </c>
       <c r="I278" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
-        <v>542</v>
+        <v>539</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>543</v>
+        <v>540</v>
       </c>
       <c r="C279" s="3">
-        <v>150.74</v>
+        <v>161.62</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F279" s="3">
-        <v>0</v>
+        <v>2064</v>
       </c>
       <c r="G279" s="3">
         <v>10</v>
       </c>
       <c r="H279" s="3">
         <v>100</v>
       </c>
       <c r="I279" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
-        <v>544</v>
+        <v>541</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>545</v>
+        <v>542</v>
       </c>
       <c r="C280" s="3">
-        <v>102.81</v>
+        <v>179.08</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F280" s="3">
-        <v>12342</v>
+        <v>0</v>
       </c>
       <c r="G280" s="3">
         <v>10</v>
       </c>
       <c r="H280" s="3">
         <v>100</v>
       </c>
       <c r="I280" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
-        <v>546</v>
+        <v>543</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="C281" s="3">
-        <v>150.74</v>
+        <v>168.15</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E281" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F281" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G281" s="3">
         <v>10</v>
       </c>
       <c r="H281" s="3">
         <v>100</v>
       </c>
       <c r="I281" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A282" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A282" s="2" t="s">
+        <v>545</v>
+      </c>
+      <c r="B282" s="2"/>
+      <c r="C282" s="2"/>
+      <c r="D282" s="2"/>
+      <c r="E282" s="2"/>
+      <c r="F282" s="2"/>
+      <c r="G282" s="2"/>
+      <c r="H282" s="2"/>
+      <c r="I282" s="2"/>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>551</v>
+        <v>547</v>
       </c>
       <c r="C283" s="3">
-        <v>150.74</v>
+        <v>135.28</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E283" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F283" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G283" s="3">
         <v>10</v>
       </c>
       <c r="H283" s="3">
         <v>100</v>
       </c>
       <c r="I283" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
       <c r="C284" s="3">
-        <v>102.81</v>
+        <v>150.74</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E284" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F284" s="3">
-        <v>14419</v>
+        <v>0</v>
       </c>
       <c r="G284" s="3">
         <v>10</v>
       </c>
       <c r="H284" s="3">
         <v>100</v>
       </c>
       <c r="I284" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
-        <v>554</v>
+        <v>550</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>555</v>
+        <v>551</v>
       </c>
       <c r="C285" s="3">
-        <v>124.72</v>
+        <v>150.74</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E285" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F285" s="3">
-        <v>9484</v>
+        <v>0</v>
       </c>
       <c r="G285" s="3">
         <v>10</v>
       </c>
       <c r="H285" s="3">
         <v>100</v>
       </c>
       <c r="I285" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
-        <v>556</v>
+        <v>552</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>557</v>
+        <v>553</v>
       </c>
       <c r="C286" s="3">
-        <v>99.12</v>
+        <v>150.74</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E286" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F286" s="3">
-        <v>0</v>
+        <v>106</v>
       </c>
       <c r="G286" s="3">
         <v>10</v>
       </c>
       <c r="H286" s="3">
         <v>100</v>
       </c>
       <c r="I286" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
-        <v>558</v>
+        <v>554</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>559</v>
+        <v>555</v>
       </c>
       <c r="C287" s="3">
-        <v>104.36</v>
+        <v>150.74</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E287" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F287" s="3">
         <v>0</v>
       </c>
       <c r="G287" s="3">
         <v>10</v>
       </c>
       <c r="H287" s="3">
         <v>100</v>
       </c>
       <c r="I287" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
-        <v>560</v>
+        <v>556</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>561</v>
+        <v>557</v>
       </c>
       <c r="C288" s="3">
-        <v>135.28</v>
+        <v>150.74</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E288" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F288" s="3">
         <v>0</v>
       </c>
       <c r="G288" s="3">
         <v>10</v>
       </c>
       <c r="H288" s="3">
         <v>100</v>
       </c>
       <c r="I288" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
-        <v>562</v>
+        <v>558</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>563</v>
+        <v>559</v>
       </c>
       <c r="C289" s="3">
         <v>150.74</v>
       </c>
       <c r="D289" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E289" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F289" s="3">
-        <v>37</v>
+        <v>0</v>
       </c>
       <c r="G289" s="3">
         <v>10</v>
       </c>
       <c r="H289" s="3">
         <v>100</v>
       </c>
       <c r="I289" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A290" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I290" s="2"/>
+      <c r="A290" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="B290" s="3" t="s">
+        <v>561</v>
+      </c>
+      <c r="C290" s="3">
+        <v>89.24</v>
+      </c>
+      <c r="D290" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E290" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F290" s="3">
+        <v>6010</v>
+      </c>
+      <c r="G290" s="3">
+        <v>10</v>
+      </c>
+      <c r="H290" s="3">
+        <v>100</v>
+      </c>
+      <c r="I290" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="3" t="s">
-        <v>565</v>
+        <v>562</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="C291" s="3">
-        <v>517.97</v>
+        <v>99.12</v>
       </c>
       <c r="D291" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E291" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F291" s="3">
-        <v>0</v>
+        <v>1536</v>
       </c>
       <c r="G291" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H291" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I291" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="C292" s="3">
-        <v>401.63</v>
+        <v>150.74</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E292" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F292" s="3">
         <v>0</v>
       </c>
       <c r="G292" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H292" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I292" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
-        <v>569</v>
+        <v>566</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>570</v>
+        <v>567</v>
       </c>
       <c r="C293" s="3">
-        <v>481.96</v>
+        <v>150.74</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E293" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F293" s="3">
         <v>0</v>
       </c>
       <c r="G293" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H293" s="3">
         <v>100</v>
       </c>
       <c r="I293" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="3" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="C294" s="3">
-        <v>376.12</v>
+        <v>150.74</v>
       </c>
       <c r="D294" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E294" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F294" s="3">
-        <v>58</v>
+        <v>0</v>
       </c>
       <c r="G294" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H294" s="3">
         <v>100</v>
       </c>
       <c r="I294" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="B295" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="C295" s="3">
+        <v>94.16</v>
+      </c>
+      <c r="D295" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E295" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F295" s="3">
+        <v>2148</v>
+      </c>
+      <c r="G295" s="3">
+        <v>10</v>
+      </c>
+      <c r="H295" s="3">
+        <v>100</v>
+      </c>
+      <c r="I295" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="296" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A296" s="3" t="s">
+        <v>572</v>
+      </c>
+      <c r="B296" s="3" t="s">
         <v>573</v>
       </c>
-      <c r="B295" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I296" s="2"/>
+      <c r="C296" s="3">
+        <v>94.2</v>
+      </c>
+      <c r="D296" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E296" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F296" s="3">
+        <v>4100</v>
+      </c>
+      <c r="G296" s="3">
+        <v>10</v>
+      </c>
+      <c r="H296" s="3">
+        <v>100</v>
+      </c>
+      <c r="I296" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="3" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
       <c r="B297" s="3" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="C297" s="3">
-        <v>159.12</v>
+        <v>135.28</v>
       </c>
       <c r="D297" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E297" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F297" s="3">
-        <v>1738</v>
+        <v>0</v>
       </c>
       <c r="G297" s="3">
         <v>10</v>
       </c>
       <c r="H297" s="3">
         <v>100</v>
       </c>
       <c r="I297" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" s="3" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="C298" s="3">
-        <v>179.08</v>
+        <v>110.48</v>
       </c>
       <c r="D298" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E298" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F298" s="3">
         <v>0</v>
       </c>
       <c r="G298" s="3">
         <v>10</v>
       </c>
       <c r="H298" s="3">
         <v>100</v>
       </c>
       <c r="I298" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="3" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="C299" s="3">
-        <v>179.08</v>
+        <v>135.28</v>
       </c>
       <c r="D299" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E299" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F299" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G299" s="3">
         <v>10</v>
       </c>
       <c r="H299" s="3">
         <v>100</v>
       </c>
       <c r="I299" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="B300" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="C300" s="3">
+        <v>150.74</v>
+      </c>
+      <c r="D300" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E300" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F300" s="3">
+        <v>436</v>
+      </c>
+      <c r="G300" s="3">
+        <v>10</v>
+      </c>
+      <c r="H300" s="3">
+        <v>100</v>
+      </c>
+      <c r="I300" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="301" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A301" s="2" t="s">
         <v>582</v>
       </c>
-      <c r="B300" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B301" s="2"/>
+      <c r="C301" s="2"/>
+      <c r="D301" s="2"/>
+      <c r="E301" s="2"/>
+      <c r="F301" s="2"/>
+      <c r="G301" s="2"/>
+      <c r="H301" s="2"/>
+      <c r="I301" s="2"/>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>587</v>
+        <v>584</v>
       </c>
       <c r="C302" s="3">
-        <v>168.15</v>
+        <v>135.28</v>
       </c>
       <c r="D302" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E302" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F302" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G302" s="3">
         <v>10</v>
       </c>
       <c r="H302" s="3">
         <v>100</v>
       </c>
       <c r="I302" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A303" s="3" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
       <c r="B303" s="3" t="s">
-        <v>589</v>
+        <v>586</v>
       </c>
       <c r="C303" s="3">
-        <v>161.62</v>
+        <v>99.12</v>
       </c>
       <c r="D303" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E303" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F303" s="3">
-        <v>4944</v>
+        <v>830</v>
       </c>
       <c r="G303" s="3">
         <v>10</v>
       </c>
       <c r="H303" s="3">
         <v>100</v>
       </c>
       <c r="I303" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" s="3" t="s">
-        <v>590</v>
+        <v>587</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="C304" s="3">
-        <v>179.08</v>
+        <v>150.74</v>
       </c>
       <c r="D304" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E304" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F304" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G304" s="3">
         <v>10</v>
       </c>
       <c r="H304" s="3">
         <v>100</v>
       </c>
       <c r="I304" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
-        <v>592</v>
+        <v>589</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>593</v>
+        <v>590</v>
       </c>
       <c r="C305" s="3">
-        <v>168.15</v>
+        <v>135.28</v>
       </c>
       <c r="D305" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E305" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F305" s="3">
         <v>0</v>
       </c>
       <c r="G305" s="3">
         <v>10</v>
       </c>
       <c r="H305" s="3">
         <v>100</v>
       </c>
       <c r="I305" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="B306" s="3" t="s">
+        <v>592</v>
+      </c>
+      <c r="C306" s="3">
+        <v>150.74</v>
+      </c>
+      <c r="D306" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E306" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F306" s="3">
+        <v>0</v>
+      </c>
+      <c r="G306" s="3">
+        <v>10</v>
+      </c>
+      <c r="H306" s="3">
+        <v>100</v>
+      </c>
+      <c r="I306" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="307" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A307" s="3" t="s">
+        <v>593</v>
+      </c>
+      <c r="B307" s="3" t="s">
         <v>594</v>
       </c>
-      <c r="B306" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I307" s="2"/>
+      <c r="C307" s="3">
+        <v>150.74</v>
+      </c>
+      <c r="D307" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E307" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F307" s="3">
+        <v>0</v>
+      </c>
+      <c r="G307" s="3">
+        <v>10</v>
+      </c>
+      <c r="H307" s="3">
+        <v>100</v>
+      </c>
+      <c r="I307" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="3" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="C308" s="3">
         <v>99.12</v>
       </c>
       <c r="D308" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E308" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F308" s="3">
-        <v>3515</v>
+        <v>1026</v>
       </c>
       <c r="G308" s="3">
         <v>10</v>
       </c>
       <c r="H308" s="3">
         <v>100</v>
       </c>
       <c r="I308" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" s="3" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="C309" s="3">
-        <v>99.16</v>
+        <v>150.74</v>
       </c>
       <c r="D309" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E309" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F309" s="3">
-        <v>5616</v>
+        <v>0</v>
       </c>
       <c r="G309" s="3">
         <v>10</v>
       </c>
       <c r="H309" s="3">
         <v>100</v>
       </c>
       <c r="I309" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="B310" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="C310" s="3">
+        <v>150.74</v>
+      </c>
+      <c r="D310" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E310" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F310" s="3">
+        <v>0</v>
+      </c>
+      <c r="G310" s="3">
+        <v>10</v>
+      </c>
+      <c r="H310" s="3">
+        <v>100</v>
+      </c>
+      <c r="I310" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="311" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A311" s="2" t="s">
         <v>601</v>
       </c>
-      <c r="B310" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B311" s="2"/>
+      <c r="C311" s="2"/>
+      <c r="D311" s="2"/>
+      <c r="E311" s="2"/>
+      <c r="F311" s="2"/>
+      <c r="G311" s="2"/>
+      <c r="H311" s="2"/>
+      <c r="I311" s="2"/>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A312" s="3" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>606</v>
+        <v>603</v>
       </c>
       <c r="C312" s="3">
-        <v>150.74</v>
+        <v>122.42</v>
       </c>
       <c r="D312" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E312" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F312" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G312" s="3">
         <v>10</v>
       </c>
       <c r="H312" s="3">
         <v>100</v>
       </c>
       <c r="I312" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
-        <v>607</v>
+        <v>604</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
       <c r="C313" s="3">
-        <v>150.74</v>
+        <v>135.52</v>
       </c>
       <c r="D313" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E313" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F313" s="3">
         <v>0</v>
       </c>
       <c r="G313" s="3">
         <v>10</v>
       </c>
       <c r="H313" s="3">
         <v>100</v>
       </c>
       <c r="I313" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A314" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A314" s="2" t="s">
+        <v>606</v>
+      </c>
+      <c r="B314" s="2"/>
+      <c r="C314" s="2"/>
+      <c r="D314" s="2"/>
+      <c r="E314" s="2"/>
+      <c r="F314" s="2"/>
+      <c r="G314" s="2"/>
+      <c r="H314" s="2"/>
+      <c r="I314" s="2"/>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A315" s="3" t="s">
-        <v>611</v>
+        <v>607</v>
       </c>
       <c r="B315" s="3" t="s">
-        <v>612</v>
+        <v>608</v>
       </c>
       <c r="C315" s="3">
-        <v>150.74</v>
+        <v>99.12</v>
       </c>
       <c r="D315" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E315" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F315" s="3">
-        <v>477</v>
+        <v>229</v>
       </c>
       <c r="G315" s="3">
         <v>10</v>
       </c>
       <c r="H315" s="3">
         <v>100</v>
       </c>
       <c r="I315" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A316" s="3" t="s">
-        <v>613</v>
+        <v>609</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>614</v>
+        <v>610</v>
       </c>
       <c r="C316" s="3">
-        <v>150.74</v>
+        <v>128.53</v>
       </c>
       <c r="D316" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E316" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F316" s="3">
         <v>0</v>
       </c>
       <c r="G316" s="3">
         <v>10</v>
       </c>
       <c r="H316" s="3">
         <v>100</v>
       </c>
       <c r="I316" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A317" s="3" t="s">
-        <v>615</v>
+        <v>611</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>616</v>
+        <v>612</v>
       </c>
       <c r="C317" s="3">
-        <v>150.74</v>
+        <v>104.36</v>
       </c>
       <c r="D317" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E317" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F317" s="3">
-        <v>0</v>
+        <v>403</v>
       </c>
       <c r="G317" s="3">
         <v>10</v>
       </c>
       <c r="H317" s="3">
         <v>100</v>
       </c>
       <c r="I317" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="3" t="s">
-        <v>617</v>
+        <v>613</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>618</v>
+        <v>614</v>
       </c>
       <c r="C318" s="3">
-        <v>135.28</v>
+        <v>150.74</v>
       </c>
       <c r="D318" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E318" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F318" s="3">
         <v>0</v>
       </c>
       <c r="G318" s="3">
         <v>10</v>
       </c>
       <c r="H318" s="3">
         <v>100</v>
       </c>
       <c r="I318" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A319" s="3" t="s">
-        <v>619</v>
+        <v>615</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>620</v>
+        <v>616</v>
       </c>
       <c r="C319" s="3">
-        <v>150.74</v>
+        <v>102.81</v>
       </c>
       <c r="D319" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E319" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F319" s="3">
-        <v>0</v>
+        <v>789</v>
       </c>
       <c r="G319" s="3">
         <v>10</v>
       </c>
       <c r="H319" s="3">
         <v>100</v>
       </c>
       <c r="I319" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A320" s="3" t="s">
-        <v>621</v>
+        <v>617</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>622</v>
+        <v>618</v>
       </c>
       <c r="C320" s="3">
-        <v>135.28</v>
+        <v>92.53</v>
       </c>
       <c r="D320" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E320" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F320" s="3">
-        <v>2</v>
+        <v>14163</v>
       </c>
       <c r="G320" s="3">
         <v>10</v>
       </c>
       <c r="H320" s="3">
         <v>100</v>
       </c>
       <c r="I320" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A321" s="3" t="s">
-        <v>623</v>
+        <v>619</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>624</v>
+        <v>620</v>
       </c>
       <c r="C321" s="3">
         <v>150.74</v>
       </c>
       <c r="D321" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E321" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F321" s="3">
         <v>0</v>
       </c>
       <c r="G321" s="3">
         <v>10</v>
       </c>
       <c r="H321" s="3">
         <v>100</v>
       </c>
       <c r="I321" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="322" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A322" s="3" t="s">
-        <v>625</v>
+        <v>621</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>626</v>
+        <v>622</v>
       </c>
       <c r="C322" s="3">
-        <v>150.74</v>
+        <v>124.72</v>
       </c>
       <c r="D322" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E322" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F322" s="3">
-        <v>397</v>
+        <v>7694</v>
       </c>
       <c r="G322" s="3">
         <v>10</v>
       </c>
       <c r="H322" s="3">
         <v>100</v>
       </c>
       <c r="I322" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A323" s="3" t="s">
-        <v>627</v>
+        <v>623</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>628</v>
+        <v>624</v>
       </c>
       <c r="C323" s="3">
-        <v>150.74</v>
+        <v>99.12</v>
       </c>
       <c r="D323" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E323" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F323" s="3">
-        <v>0</v>
+        <v>1437</v>
       </c>
       <c r="G323" s="3">
         <v>10</v>
       </c>
       <c r="H323" s="3">
         <v>100</v>
       </c>
       <c r="I323" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="324" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A324" s="3" t="s">
-        <v>629</v>
+        <v>625</v>
       </c>
       <c r="B324" s="3" t="s">
-        <v>630</v>
+        <v>626</v>
       </c>
       <c r="C324" s="3">
-        <v>99.12</v>
+        <v>135.28</v>
       </c>
       <c r="D324" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E324" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F324" s="3">
-        <v>2727</v>
+        <v>0</v>
       </c>
       <c r="G324" s="3">
         <v>10</v>
       </c>
       <c r="H324" s="3">
         <v>100</v>
       </c>
       <c r="I324" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="325" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A325" s="3" t="s">
-        <v>631</v>
+        <v>627</v>
       </c>
       <c r="B325" s="3" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="C325" s="3">
+        <v>99.12</v>
+      </c>
+      <c r="D325" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E325" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F325" s="3">
+        <v>0</v>
+      </c>
+      <c r="G325" s="3">
+        <v>10</v>
+      </c>
+      <c r="H325" s="3">
+        <v>100</v>
+      </c>
+      <c r="I325" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="326" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A326" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="B326" s="3" t="s">
+        <v>630</v>
+      </c>
+      <c r="C326" s="3">
         <v>135.28</v>
       </c>
-      <c r="D325" s="4" t="s">
-[...29 lines deleted...]
-      <c r="I326" s="2"/>
+      <c r="D326" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E326" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F326" s="3">
+        <v>0</v>
+      </c>
+      <c r="G326" s="3">
+        <v>10</v>
+      </c>
+      <c r="H326" s="3">
+        <v>100</v>
+      </c>
+      <c r="I326" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="327" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A327" s="3" t="s">
-        <v>634</v>
+        <v>631</v>
       </c>
       <c r="B327" s="3" t="s">
-        <v>635</v>
+        <v>632</v>
       </c>
       <c r="C327" s="3">
         <v>135.28</v>
       </c>
       <c r="D327" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E327" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F327" s="3">
         <v>0</v>
       </c>
       <c r="G327" s="3">
         <v>10</v>
       </c>
       <c r="H327" s="3">
         <v>100</v>
       </c>
       <c r="I327" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="328" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A328" s="3" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
       <c r="B328" s="3" t="s">
-        <v>637</v>
+        <v>634</v>
       </c>
       <c r="C328" s="3">
         <v>150.74</v>
       </c>
       <c r="D328" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E328" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F328" s="3">
         <v>0</v>
       </c>
       <c r="G328" s="3">
         <v>10</v>
       </c>
       <c r="H328" s="3">
         <v>100</v>
       </c>
       <c r="I328" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="329" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A329" s="3" t="s">
-        <v>638</v>
+        <v>635</v>
       </c>
       <c r="B329" s="3" t="s">
-        <v>639</v>
+        <v>636</v>
       </c>
       <c r="C329" s="3">
         <v>150.74</v>
       </c>
       <c r="D329" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E329" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F329" s="3">
         <v>0</v>
       </c>
       <c r="G329" s="3">
         <v>10</v>
       </c>
       <c r="H329" s="3">
         <v>100</v>
       </c>
       <c r="I329" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="330" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A330" s="3" t="s">
-        <v>640</v>
+        <v>637</v>
       </c>
       <c r="B330" s="3" t="s">
-        <v>641</v>
+        <v>638</v>
       </c>
       <c r="C330" s="3">
-        <v>150.74</v>
+        <v>92.53</v>
       </c>
       <c r="D330" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E330" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F330" s="3">
-        <v>0</v>
+        <v>11469</v>
       </c>
       <c r="G330" s="3">
         <v>10</v>
       </c>
       <c r="H330" s="3">
         <v>100</v>
       </c>
       <c r="I330" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="331" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A331" s="3" t="s">
-        <v>642</v>
+        <v>639</v>
       </c>
       <c r="B331" s="3" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="C331" s="3">
-        <v>150.74</v>
+        <v>124.72</v>
       </c>
       <c r="D331" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E331" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F331" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G331" s="3">
         <v>10</v>
       </c>
       <c r="H331" s="3">
         <v>100</v>
       </c>
       <c r="I331" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="332" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A332" s="3" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
       <c r="B332" s="3" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="C332" s="3">
-        <v>99.12</v>
+        <v>150.74</v>
       </c>
       <c r="D332" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E332" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F332" s="3">
-        <v>1404</v>
+        <v>2</v>
       </c>
       <c r="G332" s="3">
         <v>10</v>
       </c>
       <c r="H332" s="3">
         <v>100</v>
       </c>
       <c r="I332" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="333" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A333" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A333" s="2" t="s">
+        <v>643</v>
+      </c>
+      <c r="B333" s="2"/>
+      <c r="C333" s="2"/>
+      <c r="D333" s="2"/>
+      <c r="E333" s="2"/>
+      <c r="F333" s="2"/>
+      <c r="G333" s="2"/>
+      <c r="H333" s="2"/>
+      <c r="I333" s="2"/>
     </row>
     <row r="334" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A334" s="3" t="s">
-        <v>648</v>
+        <v>644</v>
       </c>
       <c r="B334" s="3" t="s">
-        <v>649</v>
+        <v>645</v>
       </c>
       <c r="C334" s="3">
-        <v>135.28</v>
+        <v>376.12</v>
       </c>
       <c r="D334" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E334" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F334" s="3">
         <v>0</v>
       </c>
       <c r="G334" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H334" s="3">
         <v>100</v>
       </c>
       <c r="I334" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="335" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A335" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="B335" s="3" t="s">
+        <v>647</v>
+      </c>
+      <c r="C335" s="3">
+        <v>401.63</v>
+      </c>
+      <c r="D335" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E335" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F335" s="3">
+        <v>0</v>
+      </c>
+      <c r="G335" s="3">
+        <v>5</v>
+      </c>
+      <c r="H335" s="3">
+        <v>50</v>
+      </c>
+      <c r="I335" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="336" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A336" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="B336" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="C336" s="3">
+        <v>481.96</v>
+      </c>
+      <c r="D336" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E336" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F336" s="3">
+        <v>0</v>
+      </c>
+      <c r="G336" s="3">
+        <v>5</v>
+      </c>
+      <c r="H336" s="3">
+        <v>100</v>
+      </c>
+      <c r="I336" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="337" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A337" s="3" t="s">
         <v>650</v>
       </c>
-      <c r="B335" s="3" t="s">
+      <c r="B337" s="3" t="s">
         <v>651</v>
       </c>
-      <c r="C335" s="3">
-[...17 lines deleted...]
-      <c r="I335" s="3">
+      <c r="C337" s="3">
+        <v>517.97</v>
+      </c>
+      <c r="D337" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E337" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F337" s="3">
+        <v>0</v>
+      </c>
+      <c r="G337" s="3">
+        <v>5</v>
+      </c>
+      <c r="H337" s="3">
+        <v>50</v>
+      </c>
+      <c r="I337" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="338" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A338" s="3" t="s">
+        <v>652</v>
+      </c>
+      <c r="B338" s="3" t="s">
+        <v>653</v>
+      </c>
+      <c r="C338" s="3">
+        <v>401.63</v>
+      </c>
+      <c r="D338" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E338" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F338" s="3">
+        <v>0</v>
+      </c>
+      <c r="G338" s="3">
+        <v>5</v>
+      </c>
+      <c r="H338" s="3">
+        <v>100</v>
+      </c>
+      <c r="I338" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="28">
+  <mergeCells count="32">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A20:I20"/>
     <mergeCell ref="A39:I39"/>
     <mergeCell ref="A43:I43"/>
     <mergeCell ref="A61:I61"/>
     <mergeCell ref="A76:I76"/>
     <mergeCell ref="A88:I88"/>
     <mergeCell ref="A95:I95"/>
     <mergeCell ref="A103:I103"/>
     <mergeCell ref="A119:I119"/>
     <mergeCell ref="A122:I122"/>
     <mergeCell ref="A126:I126"/>
-    <mergeCell ref="A143:I143"/>
-[...4 lines deleted...]
-    <mergeCell ref="A245:I245"/>
+    <mergeCell ref="A132:I132"/>
+    <mergeCell ref="A134:I134"/>
+    <mergeCell ref="A145:I145"/>
+    <mergeCell ref="A184:I184"/>
+    <mergeCell ref="A199:I199"/>
+    <mergeCell ref="A205:I205"/>
+    <mergeCell ref="A223:I223"/>
+    <mergeCell ref="A248:I248"/>
+    <mergeCell ref="A258:I258"/>
     <mergeCell ref="A263:I263"/>
-    <mergeCell ref="A267:I267"/>
-    <mergeCell ref="A268:I268"/>
+    <mergeCell ref="A266:I266"/>
+    <mergeCell ref="A270:I270"/>
     <mergeCell ref="A271:I271"/>
-    <mergeCell ref="A290:I290"/>
-[...2 lines deleted...]
-    <mergeCell ref="A326:I326"/>
+    <mergeCell ref="A282:I282"/>
+    <mergeCell ref="A301:I301"/>
+    <mergeCell ref="A311:I311"/>
+    <mergeCell ref="A314:I314"/>
+    <mergeCell ref="A333:I333"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D21" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D25" r:id="rId20"/>
     <hyperlink ref="D26" r:id="rId21"/>
     <hyperlink ref="D27" r:id="rId22"/>
     <hyperlink ref="D28" r:id="rId23"/>
@@ -11827,240 +11860,239 @@
     <hyperlink ref="D104" r:id="rId92"/>
     <hyperlink ref="D105" r:id="rId93"/>
     <hyperlink ref="D106" r:id="rId94"/>
     <hyperlink ref="D107" r:id="rId95"/>
     <hyperlink ref="D108" r:id="rId96"/>
     <hyperlink ref="D109" r:id="rId97"/>
     <hyperlink ref="D110" r:id="rId98"/>
     <hyperlink ref="D111" r:id="rId99"/>
     <hyperlink ref="D112" r:id="rId100"/>
     <hyperlink ref="D113" r:id="rId101"/>
     <hyperlink ref="D114" r:id="rId102"/>
     <hyperlink ref="D115" r:id="rId103"/>
     <hyperlink ref="D116" r:id="rId104"/>
     <hyperlink ref="D117" r:id="rId105"/>
     <hyperlink ref="D118" r:id="rId106"/>
     <hyperlink ref="D120" r:id="rId107"/>
     <hyperlink ref="D121" r:id="rId108"/>
     <hyperlink ref="D123" r:id="rId109"/>
     <hyperlink ref="D124" r:id="rId110"/>
     <hyperlink ref="D125" r:id="rId111"/>
     <hyperlink ref="D127" r:id="rId112"/>
     <hyperlink ref="D128" r:id="rId113"/>
     <hyperlink ref="D129" r:id="rId114"/>
     <hyperlink ref="D130" r:id="rId115"/>
     <hyperlink ref="D131" r:id="rId116"/>
-    <hyperlink ref="D132" r:id="rId117"/>
-[...188 lines deleted...]
-    <hyperlink ref="D335" r:id="rId306"/>
+    <hyperlink ref="D133" r:id="rId117"/>
+    <hyperlink ref="D135" r:id="rId118"/>
+    <hyperlink ref="D136" r:id="rId119"/>
+    <hyperlink ref="D137" r:id="rId120"/>
+    <hyperlink ref="D138" r:id="rId121"/>
+    <hyperlink ref="D139" r:id="rId122"/>
+    <hyperlink ref="D140" r:id="rId123"/>
+    <hyperlink ref="D141" r:id="rId124"/>
+    <hyperlink ref="D142" r:id="rId125"/>
+    <hyperlink ref="D143" r:id="rId126"/>
+    <hyperlink ref="D144" r:id="rId127"/>
+    <hyperlink ref="D146" r:id="rId128"/>
+    <hyperlink ref="D147" r:id="rId129"/>
+    <hyperlink ref="D148" r:id="rId130"/>
+    <hyperlink ref="D149" r:id="rId131"/>
+    <hyperlink ref="D150" r:id="rId132"/>
+    <hyperlink ref="D151" r:id="rId133"/>
+    <hyperlink ref="D152" r:id="rId134"/>
+    <hyperlink ref="D153" r:id="rId135"/>
+    <hyperlink ref="D154" r:id="rId136"/>
+    <hyperlink ref="D155" r:id="rId137"/>
+    <hyperlink ref="D156" r:id="rId138"/>
+    <hyperlink ref="D157" r:id="rId139"/>
+    <hyperlink ref="D158" r:id="rId140"/>
+    <hyperlink ref="D159" r:id="rId141"/>
+    <hyperlink ref="D160" r:id="rId142"/>
+    <hyperlink ref="D161" r:id="rId143"/>
+    <hyperlink ref="D162" r:id="rId144"/>
+    <hyperlink ref="D163" r:id="rId145"/>
+    <hyperlink ref="D164" r:id="rId146"/>
+    <hyperlink ref="D165" r:id="rId147"/>
+    <hyperlink ref="D166" r:id="rId148"/>
+    <hyperlink ref="D167" r:id="rId149"/>
+    <hyperlink ref="D168" r:id="rId150"/>
+    <hyperlink ref="D169" r:id="rId151"/>
+    <hyperlink ref="D170" r:id="rId152"/>
+    <hyperlink ref="D171" r:id="rId153"/>
+    <hyperlink ref="D172" r:id="rId154"/>
+    <hyperlink ref="D173" r:id="rId155"/>
+    <hyperlink ref="D174" r:id="rId156"/>
+    <hyperlink ref="D175" r:id="rId157"/>
+    <hyperlink ref="D176" r:id="rId158"/>
+    <hyperlink ref="D177" r:id="rId159"/>
+    <hyperlink ref="D178" r:id="rId160"/>
+    <hyperlink ref="D179" r:id="rId161"/>
+    <hyperlink ref="D180" r:id="rId162"/>
+    <hyperlink ref="D181" r:id="rId163"/>
+    <hyperlink ref="D182" r:id="rId164"/>
+    <hyperlink ref="D183" r:id="rId165"/>
+    <hyperlink ref="D185" r:id="rId166"/>
+    <hyperlink ref="D186" r:id="rId167"/>
+    <hyperlink ref="D187" r:id="rId168"/>
+    <hyperlink ref="D188" r:id="rId169"/>
+    <hyperlink ref="D189" r:id="rId170"/>
+    <hyperlink ref="D190" r:id="rId171"/>
+    <hyperlink ref="D191" r:id="rId172"/>
+    <hyperlink ref="D192" r:id="rId173"/>
+    <hyperlink ref="D193" r:id="rId174"/>
+    <hyperlink ref="D194" r:id="rId175"/>
+    <hyperlink ref="D195" r:id="rId176"/>
+    <hyperlink ref="D196" r:id="rId177"/>
+    <hyperlink ref="D197" r:id="rId178"/>
+    <hyperlink ref="D198" r:id="rId179"/>
+    <hyperlink ref="D200" r:id="rId180"/>
+    <hyperlink ref="D201" r:id="rId181"/>
+    <hyperlink ref="D202" r:id="rId182"/>
+    <hyperlink ref="D203" r:id="rId183"/>
+    <hyperlink ref="D204" r:id="rId184"/>
+    <hyperlink ref="D206" r:id="rId185"/>
+    <hyperlink ref="D207" r:id="rId186"/>
+    <hyperlink ref="D208" r:id="rId187"/>
+    <hyperlink ref="D209" r:id="rId188"/>
+    <hyperlink ref="D210" r:id="rId189"/>
+    <hyperlink ref="D211" r:id="rId190"/>
+    <hyperlink ref="D212" r:id="rId191"/>
+    <hyperlink ref="D213" r:id="rId192"/>
+    <hyperlink ref="D214" r:id="rId193"/>
+    <hyperlink ref="D215" r:id="rId194"/>
+    <hyperlink ref="D216" r:id="rId195"/>
+    <hyperlink ref="D217" r:id="rId196"/>
+    <hyperlink ref="D218" r:id="rId197"/>
+    <hyperlink ref="D219" r:id="rId198"/>
+    <hyperlink ref="D220" r:id="rId199"/>
+    <hyperlink ref="D221" r:id="rId200"/>
+    <hyperlink ref="D222" r:id="rId201"/>
+    <hyperlink ref="D224" r:id="rId202"/>
+    <hyperlink ref="D225" r:id="rId203"/>
+    <hyperlink ref="D226" r:id="rId204"/>
+    <hyperlink ref="D227" r:id="rId205"/>
+    <hyperlink ref="D228" r:id="rId206"/>
+    <hyperlink ref="D229" r:id="rId207"/>
+    <hyperlink ref="D230" r:id="rId208"/>
+    <hyperlink ref="D231" r:id="rId209"/>
+    <hyperlink ref="D232" r:id="rId210"/>
+    <hyperlink ref="D233" r:id="rId211"/>
+    <hyperlink ref="D234" r:id="rId212"/>
+    <hyperlink ref="D235" r:id="rId213"/>
+    <hyperlink ref="D236" r:id="rId214"/>
+    <hyperlink ref="D237" r:id="rId215"/>
+    <hyperlink ref="D238" r:id="rId216"/>
+    <hyperlink ref="D239" r:id="rId217"/>
+    <hyperlink ref="D240" r:id="rId218"/>
+    <hyperlink ref="D241" r:id="rId219"/>
+    <hyperlink ref="D242" r:id="rId220"/>
+    <hyperlink ref="D243" r:id="rId221"/>
+    <hyperlink ref="D244" r:id="rId222"/>
+    <hyperlink ref="D245" r:id="rId223"/>
+    <hyperlink ref="D246" r:id="rId224"/>
+    <hyperlink ref="D247" r:id="rId225"/>
+    <hyperlink ref="D249" r:id="rId226"/>
+    <hyperlink ref="D250" r:id="rId227"/>
+    <hyperlink ref="D251" r:id="rId228"/>
+    <hyperlink ref="D252" r:id="rId229"/>
+    <hyperlink ref="D253" r:id="rId230"/>
+    <hyperlink ref="D254" r:id="rId231"/>
+    <hyperlink ref="D255" r:id="rId232"/>
+    <hyperlink ref="D256" r:id="rId233"/>
+    <hyperlink ref="D257" r:id="rId234"/>
+    <hyperlink ref="D259" r:id="rId235"/>
+    <hyperlink ref="D260" r:id="rId236"/>
+    <hyperlink ref="D261" r:id="rId237"/>
+    <hyperlink ref="D262" r:id="rId238"/>
+    <hyperlink ref="D264" r:id="rId239"/>
+    <hyperlink ref="D265" r:id="rId240"/>
+    <hyperlink ref="D267" r:id="rId241"/>
+    <hyperlink ref="D268" r:id="rId242"/>
+    <hyperlink ref="D269" r:id="rId243"/>
+    <hyperlink ref="D272" r:id="rId244"/>
+    <hyperlink ref="D273" r:id="rId245"/>
+    <hyperlink ref="D274" r:id="rId246"/>
+    <hyperlink ref="D275" r:id="rId247"/>
+    <hyperlink ref="D276" r:id="rId248"/>
+    <hyperlink ref="D277" r:id="rId249"/>
+    <hyperlink ref="D278" r:id="rId250"/>
+    <hyperlink ref="D279" r:id="rId251"/>
+    <hyperlink ref="D280" r:id="rId252"/>
+    <hyperlink ref="D281" r:id="rId253"/>
+    <hyperlink ref="D283" r:id="rId254"/>
+    <hyperlink ref="D284" r:id="rId255"/>
+    <hyperlink ref="D285" r:id="rId256"/>
+    <hyperlink ref="D286" r:id="rId257"/>
+    <hyperlink ref="D287" r:id="rId258"/>
+    <hyperlink ref="D288" r:id="rId259"/>
+    <hyperlink ref="D289" r:id="rId260"/>
+    <hyperlink ref="D290" r:id="rId261"/>
+    <hyperlink ref="D291" r:id="rId262"/>
+    <hyperlink ref="D292" r:id="rId263"/>
+    <hyperlink ref="D293" r:id="rId264"/>
+    <hyperlink ref="D294" r:id="rId265"/>
+    <hyperlink ref="D295" r:id="rId266"/>
+    <hyperlink ref="D296" r:id="rId267"/>
+    <hyperlink ref="D297" r:id="rId268"/>
+    <hyperlink ref="D298" r:id="rId269"/>
+    <hyperlink ref="D299" r:id="rId270"/>
+    <hyperlink ref="D300" r:id="rId271"/>
+    <hyperlink ref="D302" r:id="rId272"/>
+    <hyperlink ref="D303" r:id="rId273"/>
+    <hyperlink ref="D304" r:id="rId274"/>
+    <hyperlink ref="D305" r:id="rId275"/>
+    <hyperlink ref="D306" r:id="rId276"/>
+    <hyperlink ref="D307" r:id="rId277"/>
+    <hyperlink ref="D308" r:id="rId278"/>
+    <hyperlink ref="D309" r:id="rId279"/>
+    <hyperlink ref="D310" r:id="rId280"/>
+    <hyperlink ref="D312" r:id="rId281"/>
+    <hyperlink ref="D313" r:id="rId282"/>
+    <hyperlink ref="D315" r:id="rId283"/>
+    <hyperlink ref="D316" r:id="rId284"/>
+    <hyperlink ref="D317" r:id="rId285"/>
+    <hyperlink ref="D318" r:id="rId286"/>
+    <hyperlink ref="D319" r:id="rId287"/>
+    <hyperlink ref="D320" r:id="rId288"/>
+    <hyperlink ref="D321" r:id="rId289"/>
+    <hyperlink ref="D322" r:id="rId290"/>
+    <hyperlink ref="D323" r:id="rId291"/>
+    <hyperlink ref="D324" r:id="rId292"/>
+    <hyperlink ref="D325" r:id="rId293"/>
+    <hyperlink ref="D326" r:id="rId294"/>
+    <hyperlink ref="D327" r:id="rId295"/>
+    <hyperlink ref="D328" r:id="rId296"/>
+    <hyperlink ref="D329" r:id="rId297"/>
+    <hyperlink ref="D330" r:id="rId298"/>
+    <hyperlink ref="D331" r:id="rId299"/>
+    <hyperlink ref="D332" r:id="rId300"/>
+    <hyperlink ref="D334" r:id="rId301"/>
+    <hyperlink ref="D335" r:id="rId302"/>
+    <hyperlink ref="D336" r:id="rId303"/>
+    <hyperlink ref="D337" r:id="rId304"/>
+    <hyperlink ref="D338" r:id="rId305"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>