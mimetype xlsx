--- v1 (2025-11-28)
+++ v2 (2026-01-13)
@@ -8,2014 +8,2032 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1261" uniqueCount="654">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1267" uniqueCount="660">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Источники света</t>
   </si>
   <si>
     <t>1.1 Лампа светодиодная</t>
   </si>
   <si>
     <t>1.1.1 Лампа светодиодная серии А груша</t>
   </si>
   <si>
+    <t>604-010</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A60 15,5Вт E27 1473Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>604-001</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A60 9,5Вт E27 903Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-002</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A60 9,5Вт E27 903Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-003</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A60 11,5Вт E27 1093Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-004</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A60 11,5Вт E27 1093Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-005</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A60 11,5Вт E27 1093Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-008</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A60 15,5Вт E27 1473Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-009</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A60 15,5Вт E27 1473Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
     <t>604-013</t>
   </si>
   <si>
     <t>Лампа светодиодная Груша A70 20,5Вт E27 1948Лм 2700K теплый свет REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>604-014</t>
   </si>
   <si>
     <t>Лампа светодиодная Груша A70 20,5Вт E27 1948Лм 4000K нейтральный свет REXANT</t>
   </si>
   <si>
     <t>604-015</t>
   </si>
   <si>
     <t>Лампа светодиодная Груша A80 25,5Вт E27 2423Лм 2700K теплый свет REXANT</t>
   </si>
   <si>
     <t>604-016</t>
   </si>
   <si>
     <t>Лампа светодиодная Груша A80 25,5Вт E27 2423Лм 4000K нейтральный свет REXANT</t>
   </si>
   <si>
-    <t>604-005</t>
-[...44 lines deleted...]
-    <t>Лампа светодиодная Груша A60 15,5Вт E27 1473Лм 2700K теплый свет REXANT</t>
+    <t>604-202</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A80 25,5Вт E27 2423Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-4088</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шар А120 17,5Вт 1488Лм E27 4000K REXANT</t>
   </si>
   <si>
     <t>604-201</t>
   </si>
   <si>
     <t>Лампа светодиодная Груша A70 20,5Вт E27 1948Лм 6500K холодный свет REXANT</t>
   </si>
   <si>
-    <t>604-202</t>
-[...10 lines deleted...]
-  <si>
     <t>1.1.2 Лампа светодиодная серии свеча (CN)</t>
   </si>
   <si>
+    <t>604-019</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 7,5Вт E14 713Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-204</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 9,5Вт E27 903Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
     <t>604-020</t>
   </si>
   <si>
     <t>Лампа светодиодная Свеча (CN) 7,5Вт E27 713Лм 2700K теплый свет REXANT</t>
   </si>
   <si>
+    <t>604-028</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 11,5Вт E14 1093Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-017</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 7,5Вт E14 713Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-018</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 7,5Вт E14 713Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
     <t>604-021</t>
   </si>
   <si>
     <t>Лампа светодиодная Свеча (CN) 7,5Вт E27 713Лм 4000K нейтральный свет REXANT</t>
   </si>
   <si>
+    <t>604-022</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 7,5Вт E27 713Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
     <t>604-023</t>
   </si>
   <si>
     <t>Лампа светодиодная Свеча (CN) 9,5Вт E14 903Лм 2700K теплый свет REXANT</t>
   </si>
   <si>
+    <t>604-024</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 9,5Вт E14 903Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-025</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 9,5Вт E27 903Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-026</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 9,5Вт E27 903Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-027</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 11,5Вт E14 1093Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-029</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 11,5Вт E27 1093Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
     <t>604-030</t>
   </si>
   <si>
     <t>Лампа светодиодная Свеча (CN) 11,5Вт E27 1093Лм 4000K нейтральный свет REXANT</t>
   </si>
   <si>
-    <t>604-017</t>
-[...52 lines deleted...]
-  <si>
     <t>604-203</t>
   </si>
   <si>
     <t>Лампа светодиодная Свеча (CN) 9,5Вт E14 903Лм 6500K холодный свет REXANT</t>
   </si>
   <si>
-    <t>604-018</t>
-[...10 lines deleted...]
-  <si>
     <t>604-205</t>
   </si>
   <si>
     <t>Лампа светодиодная Свеча (CN) 11,5Вт E14 1093Лм 6500K холодный свет REXANT</t>
   </si>
   <si>
     <t>604-206</t>
   </si>
   <si>
     <t>Лампа светодиодная Свеча (CN) 11,5Вт E27 1093Лм 6500K холодный свет REXANT</t>
   </si>
   <si>
     <t>1.1.3 Лампа светодиодная серии свеча на ветру (CW)</t>
   </si>
   <si>
     <t>604-045</t>
   </si>
   <si>
     <t>Лампа светодиодная Свеча на ветру (CW) 7,5Вт E14 713Лм 2700K теплый свет REXANT</t>
   </si>
   <si>
+    <t>604-047</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча на ветру (CW) 7,5Вт E14 713Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
     <t>604-046</t>
   </si>
   <si>
     <t>Лампа светодиодная Свеча на ветру (CW) 7,5Вт E14 713Лм 4000K нейтральный свет REXANT</t>
   </si>
   <si>
-    <t>604-047</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.4 Лампа светодиодная серии шарик (G45)</t>
   </si>
   <si>
+    <t>604-032</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 7,5Вт E14 713Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-034</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 7,5Вт E27 713Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-035</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 7,5Вт E27 713Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-036</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 7,5Вт E27 713Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-037</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 9,5Вт E14 903Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-038</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 9,5Вт E14 903Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-041</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 11,5Вт E14 1093Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-043</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 11,5Вт E27 1093Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-044</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 11,5Вт E27 1093Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-210</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 11,5Вт E27 1093Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-208</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 9,5Вт E27 903Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-209</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 11,5Вт E14 1093Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-031</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 7,5Вт E14 713Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-039</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 9,5Вт E27 903Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-207</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 9,5Вт E14 903Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
     <t>604-033</t>
   </si>
   <si>
     <t>Лампа светодиодная Шарик (GL) 7,5Вт E14 713Лм 6500K холодный свет REXANT</t>
   </si>
   <si>
     <t>604-040</t>
   </si>
   <si>
     <t>Лампа светодиодная Шарик (GL) 9,5Вт E27 903Лм 4000K нейтральный свет REXANT</t>
   </si>
   <si>
-    <t>604-032</t>
-[...88 lines deleted...]
-  <si>
     <t>1.1.5 Лампа светодиодная серии рефлектор (MR16)</t>
   </si>
   <si>
+    <t>604-051</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор-cпот 9,5Вт GU5.3 760Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-052</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор-cпот 9,5Вт GU5.3 760Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-211</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор-cпот 9,5Вт GU5.3 760Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-4000</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор 9,5Вт 808Лм GU10 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-5200</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор 5,5Вт 467Лм GU5.3 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-4064</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор R50 9,5Вт 808Лм E14 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-5202</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор 5,5Вт 467Лм GU5.3 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-4002</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор 9,5Вт 808Лм GU10 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-5201</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор 5,5Вт 467Лм GU5.3 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-4003</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор MR16 9,5Вт 808Лм GU5.3 AC/DC 12В 2700K теплый свет, низковольтная REXANT</t>
+  </si>
+  <si>
     <t>604-4004</t>
   </si>
   <si>
     <t>Лампа светодиодная Рефлектор MR16 9,5Вт 808Лм GU5.3 AC/DC 12В 4000K нейтральный свет, низковольтная REXANT</t>
   </si>
   <si>
-    <t>604-5202</t>
-[...4 lines deleted...]
-  <si>
     <t>604-5300</t>
   </si>
   <si>
     <t>Лампа светодиодная Рефлектор 7,5Вт 650Лм GU5.3 2700K теплый свет REXANT</t>
   </si>
   <si>
-    <t>604-052</t>
-[...20 lines deleted...]
-    <t>Лампа светодиодная Рефлектор 5,5Вт 467Лм GU5.3 2700K теплый свет REXANT</t>
+    <t>604-4001</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор 9,5Вт 808Лм GU10 4000K нейтральный свет REXANT</t>
   </si>
   <si>
     <t>604-4005</t>
   </si>
   <si>
     <t>Лампа светодиодная Рефлектор MR16 9,5Вт 808Лм GU5.3 AC/DC 12В 6500K холодный свет, низковольтная REXANT</t>
   </si>
   <si>
-    <t>604-4003</t>
-[...34 lines deleted...]
-  <si>
     <t>1.1.6 Лампа светодиодная серии рефлектор GX53</t>
   </si>
   <si>
+    <t>604-212</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная GX53 таблетка 10,5Вт 840Лм 6500К холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-068</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная GX53 таблетка 15,5Вт 1240Лм 4000К нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-4117</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная GX53 таблетка 12 Вт 1040Лм 2700К теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-064</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная GX53 таблетка 10,5Вт 840Лм 4000К нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-067</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная GX53 таблетка 15,5Вт 1240Лм 2700К теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-213</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная GX53 таблетка 15,5Вт 1240Лм 6500К холодный свет REXANT</t>
+  </si>
+  <si>
     <t>604-063</t>
   </si>
   <si>
     <t>Лампа светодиодная GX53 таблетка 10,5Вт 840Лм 2700К теплый свет REXANT</t>
   </si>
   <si>
-    <t>604-067</t>
-[...26 lines deleted...]
-    <t>Лампа светодиодная GX53 таблетка 15,5Вт 1240Лм 6500К холодный свет REXANT</t>
+    <t>604-4060</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная GX53 таблетка 7,5Вт 638Лм 2700К теплый свет REXANT</t>
   </si>
   <si>
     <t>604-4061</t>
   </si>
   <si>
     <t>Лампа светодиодная GX53 таблетка 7,5Вт 638Лм 4000К нейтральный свет REXANT</t>
   </si>
   <si>
-    <t>604-4060</t>
-[...2 lines deleted...]
-    <t>Лампа светодиодная GX53 таблетка 7,5Вт 638Лм 2700К теплый свет REXANT</t>
+    <t>604-4119</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная GX53 таблетка 12 Вт 1040Лм 6500К холодный свет REXANT</t>
   </si>
   <si>
     <t>604-4062</t>
   </si>
   <si>
     <t>Лампа светодиодная GX53 таблетка 7,5Вт 638Лм 6500К холодный свет REXANT</t>
   </si>
   <si>
-    <t>604-4119</t>
-[...10 lines deleted...]
-  <si>
     <t>1.1.7 Лампа светодиодная серии HIGH POWER</t>
   </si>
   <si>
     <t>604-069</t>
   </si>
   <si>
     <t>Лампа светодиодная высокомощная 30Вт E27 (+переходник E40) 2850Лм 6500K REXANT</t>
   </si>
   <si>
     <t>604-071</t>
   </si>
   <si>
     <t>Лампа светодиодная высокомощная 50Вт E27 (+переходник E40) 4750Лм 6500K REXANT</t>
   </si>
   <si>
+    <t>604-152</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная высокомощная COMPACT 30Вт E27 с переходником на E40 2850Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-149</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная высокомощная 30Вт E27 (+переходник E40) 2850Лм 4000K REXANT</t>
+  </si>
+  <si>
     <t>604-151</t>
   </si>
   <si>
     <t>Лампа светодиодная высокомощная 100Вт E27 (+переходник E40) 9500Лм 4000K REXANT</t>
   </si>
   <si>
-    <t>604-149</t>
-[...4 lines deleted...]
-  <si>
     <t>604-153</t>
   </si>
   <si>
     <t>Лампа светодиодная высокомощная COMPACT 30Вт E27 с переходником на E40 2850Лм 6500K холодный свет REXANT</t>
   </si>
   <si>
-    <t>604-152</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.8 Лампа светодиодная трубка T8</t>
   </si>
   <si>
+    <t>604-4055</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная матовая Трубка Т8 19,5Вт 1658Лм G13 1200мм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-4056</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная матовая Трубка Т8 19,5Вт 1658Лм G13 1200мм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-4059</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная матовая Трубка Т8 25,5Вт 2168Лм G13 1500мм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-4052</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная матовая Трубка Т8 11,5Вт 978Лм G13 600мм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
     <t>604-4053</t>
   </si>
   <si>
     <t>Лампа светодиодная матовая Трубка Т8 11,5Вт 978Лм G13 600мм 6500K холодный свет REXANT</t>
   </si>
   <si>
-    <t>604-4052</t>
-[...4 lines deleted...]
-  <si>
     <t>604-4058</t>
   </si>
   <si>
     <t>Лампа светодиодная матовая Трубка Т8 25,5Вт 2168Лм G13 1500мм 4000K нейтральный свет REXANT</t>
   </si>
   <si>
-    <t>604-4059</t>
-[...16 lines deleted...]
-  <si>
     <t>604-4057</t>
   </si>
   <si>
     <t>Лампа светодиодная матовая Трубка Т8 25,5Вт 2168Лм G13 2700K 1500мм REXANT</t>
   </si>
   <si>
     <t>1.1.9 Лампа светодиодная капсульная G4 G9</t>
   </si>
   <si>
+    <t>604-5008</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JC-SILICON G4 12В 2Вт 6500K холодный свет (силикон) REXANT</t>
+  </si>
+  <si>
+    <t>604-5017</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JD-CORN G9 230В 5Вт 6500K холодный свет (поликарбонат) REXANT</t>
+  </si>
+  <si>
+    <t>604-5006</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JC-SILICON G4 12В 2Вт 2700K теплый свет (силикон) REXANT</t>
+  </si>
+  <si>
+    <t>604-5009</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JC-SILICON G4 220В 2Вт 2700K теплый свет (силикон) REXANT</t>
+  </si>
+  <si>
+    <t>604-5011</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JC-SILICON G4 220В 2Вт 6500K холодный свет (силикон) REXANT</t>
+  </si>
+  <si>
     <t>604-5012</t>
   </si>
   <si>
     <t>Лампа светодиодная капсульного типа JD-CORN G4 230В 5,5Вт 2700K теплый свет (поликарбонат) REXANT</t>
   </si>
   <si>
+    <t>604-5014</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JD-CORN G4 230В 5,5Вт 6500K холодный свет (поликарбонат) REXANT</t>
+  </si>
+  <si>
+    <t>604-5015</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JD-CORN G9 230В 5Вт 2700K теплый свет (поликарбонат) REXANT</t>
+  </si>
+  <si>
+    <t>604-5016</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JD-CORN G9 230В 5Вт 4000K нейтральный свет (поликарбонат) REXANT</t>
+  </si>
+  <si>
+    <t>604-5018</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JD-CORN G9 230В 7Вт 2700K теплый свет (поликарбонат) REXANT</t>
+  </si>
+  <si>
+    <t>604-5010</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JC-SILICON G4 220В 2Вт 4000K нейтральный свет (силикон) REXANT</t>
+  </si>
+  <si>
+    <t>604-5013</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JD-CORN G4 230В 5,5Вт 4000K нейтральный свет (поликарбонат) REXANT</t>
+  </si>
+  <si>
+    <t>604-5019</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JD-CORN G9 230В 7Вт 4000K нейтральный свет (поликарбонат) REXANT</t>
+  </si>
+  <si>
     <t>604-5020</t>
   </si>
   <si>
     <t>Лампа светодиодная капсульного типа JD-CORN G9 230В 7Вт 6500K холодный свет (поликарбонат) REXANT</t>
   </si>
   <si>
-    <t>604-5010</t>
-[...22 lines deleted...]
-  <si>
     <t>604-5007</t>
   </si>
   <si>
     <t>Лампа светодиодная капсульного типа JC-SILICON G4 12В 2Вт 4000K нейтральный свет (силикон) REXANT</t>
   </si>
   <si>
-    <t>604-5008</t>
-[...46 lines deleted...]
-  <si>
     <t>1.1.10 Лампа светодиодная для растений</t>
   </si>
   <si>
+    <t>604-156</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная для растений ГРИБ-РЕФЛЕКТОР R90 17,5 Вт 27 мкмоль/с Е27 REXANT</t>
+  </si>
+  <si>
     <t>604-146</t>
   </si>
   <si>
     <t>Лампа филаментная для растений Груша A60 11,5Вт 18 микромоль/с E27 REXANT</t>
   </si>
   <si>
-    <t>604-156</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.11 Лампа для холодильника (капсульная)</t>
   </si>
   <si>
+    <t>604-5108</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная для холодильника (капсульная) 2Вт Е14 160Лм 2700К теплый свет REXANT</t>
+  </si>
+  <si>
     <t>604-5109</t>
   </si>
   <si>
     <t>Лампа светодиодная для холодильника (капсульная) 2Вт Е14 160Лм 4000К нейтральный свет REXANT</t>
   </si>
   <si>
     <t>604-5110</t>
   </si>
   <si>
     <t>Лампа светодиодная для холодильника (капсульная) 2Вт Е14 160Лм 6500К холодный свет REXANT</t>
   </si>
   <si>
-    <t>604-5108</t>
-[...4 lines deleted...]
-  <si>
     <t>1.2 Панель светодиодная</t>
   </si>
   <si>
+    <t>1.2.1 Панель светодиодная ультратонкая 9мм REXANT</t>
+  </si>
+  <si>
+    <t>606-006</t>
+  </si>
+  <si>
+    <t>Панель ГОСТ! ультратонкая светодиодная 9мм ОПАЛ 40Вт 165-265В IP20 3000Лм 6500K холодный свет (драйвер 606-201 отдельно) REXANT</t>
+  </si>
+  <si>
+    <t>606-007</t>
+  </si>
+  <si>
+    <t>Панель ГОСТ! ультратонкая светодиодная 9мм ОПАЛ 48Вт 165-265В IP20 4100Лм 6500K холодный свет (драйвер 606-202 отдельно) REXANT</t>
+  </si>
+  <si>
+    <t>1.2.2 Аксессуары</t>
+  </si>
+  <si>
+    <t>606-202</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) для ультратонкой панели мощностью 48 ватт (EMC)</t>
+  </si>
+  <si>
+    <t>606-301</t>
+  </si>
+  <si>
+    <t>Комплект подвесных крепежей для светодиодных панелей № 1 REXANT</t>
+  </si>
+  <si>
+    <t>1.2.3 Панель светодиодная универсальная 19мм REXANT</t>
+  </si>
+  <si>
+    <t>606-011</t>
+  </si>
+  <si>
+    <t>Панель ГОСТ! универсальная светодиодная 19мм ПРИЗМА 1195х180 40Вт 180–260В IP20 3300Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>1.2.4 Панель светодиодная универсальная 19мм LAMPER</t>
+  </si>
+  <si>
     <t>606-1000</t>
   </si>
   <si>
     <t>Панель светодиодная 595х595х19мм ПРИЗМА 6500К 36Вт 3600Лм 165-265В IP20 LAMPER</t>
   </si>
   <si>
-    <t>606-301</t>
-[...32 lines deleted...]
-    <t>1.2.2 Панель светодиодная круглая LAMPER</t>
+    <t>1.2.5 Панель светодиодная круглая LAMPER</t>
   </si>
   <si>
     <t>606-1010</t>
   </si>
   <si>
     <t>Панель светодиодная встраиваемая круглая 18Вт 230В 4000К 1440Лм 185мм белая IP20 LAMPER</t>
   </si>
   <si>
+    <t>606-1006</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 9Вт 230В 4000К 630Лм 118мм белая IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>606-1007</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 9Вт 230В 6500К 630Лм 118мм белая IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>606-1009</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 12Вт 230В 6500К 960Лм 145мм белая IP20 LAMPER</t>
+  </si>
+  <si>
     <t>606-1012</t>
   </si>
   <si>
     <t>Панель светодиодная встраиваемая круглая 24Вт 230В 4000К 1920Лм 220мм белая IP20 LAMPER</t>
   </si>
   <si>
+    <t>606-1005</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 6Вт 230В 6500К 420Лм 95мм белая IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>606-1008</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 12Вт 230В 4000К 960Лм 145мм белая IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>606-1011</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 18Вт 230В 6500К 1440Лм 185мм белая IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>606-1013</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 24Вт 230В 6500К 1920Лм 220мм белая IP20 LAMPER</t>
+  </si>
+  <si>
     <t>606-1004</t>
   </si>
   <si>
     <t>Панель светодиодная встраиваемая круглая 6Вт 230В 4000К 420Лм 95мм белая IP20 LAMPER</t>
   </si>
   <si>
-    <t>606-1006</t>
-[...40 lines deleted...]
-  <si>
     <t>1.3 Светильник светодиодный</t>
   </si>
   <si>
+    <t>608-002</t>
+  </si>
+  <si>
+    <t>Светильник GX53 хром, термостойкое пластиковое кольцо в комплекте REXANT</t>
+  </si>
+  <si>
+    <t>608-003</t>
+  </si>
+  <si>
+    <t>Светильник GX53 золото, термостойкое пластиковое кольцо в комплекте REXANT</t>
+  </si>
+  <si>
     <t>608-004</t>
   </si>
   <si>
     <t>Светильник встраиваемый GX53 Series H4-PRO, белый с кольцом в комплекте REXANT</t>
   </si>
   <si>
+    <t>608-001</t>
+  </si>
+  <si>
+    <t>Светильник GX53 белый, термостойкое пластиковое кольцо в комплекте REXANT</t>
+  </si>
+  <si>
+    <t>1.3.1 Светильник светодиодный СПО IP20</t>
+  </si>
+  <si>
+    <t>607-012</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО опал IP20 36Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-011</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО опал IP20 18Вт 185-265В 4000K нейтральный свет 0,6м REXANT</t>
+  </si>
+  <si>
+    <t>607-021-1</t>
+  </si>
+  <si>
+    <t>Комплект Светодиодный линейный светильник REXANT СПО 110 ОПАЛ 55 Вт, 185-265 В, IP20, 5225 Лм, 4000 K нейтральный свет + Сетевой шнур с выключателем</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>607-002</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО опал IP20 36Вт 185-265В 6500K холодный свет 1,2м (хит продаж!) REXANT</t>
+  </si>
+  <si>
+    <t>607-013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Светильник линейный СПО опал IP20 18Вт 185-265В 6500K холодный свет 0,6м REXANT </t>
+  </si>
+  <si>
+    <t>607-014</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО опал IP20 36Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-015</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 18Вт 185-265В 4000K нейтральный свет 0,6м REXANT</t>
+  </si>
+  <si>
+    <t>607-016</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 36Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-017</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 18Вт 185-265В 6500K холодный свет 0,6м REXANT</t>
+  </si>
+  <si>
+    <t>607-018</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 36Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-021</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО опал IP20 55Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-022</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО опал IP20 55Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-023</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 55Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-024</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 55Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>1.3.2 Светильник светодиодный ССП IP65</t>
+  </si>
+  <si>
+    <t>607-019</t>
+  </si>
+  <si>
+    <t>Светильник линейный пылевлагозащищенный ССП IP65 18Вт 185-265В 6500K холодный свет 0,6м REXANT</t>
+  </si>
+  <si>
+    <t>607-010</t>
+  </si>
+  <si>
+    <t>Светильник линейный пылевлагозащищенный ССП2 IP65 36Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-070</t>
+  </si>
+  <si>
+    <t>Светильник линейный пылевлагозащищенный ССП IP65 55Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-020</t>
+  </si>
+  <si>
+    <t>Светильник линейный пылевлагозащищенный ССП IP65 36Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-009</t>
+  </si>
+  <si>
+    <t>Светильник линейный пылевлагозащищенный ССП2 IP65 18Вт 185-265В 6500K холодный свет 0,6м REXANT</t>
+  </si>
+  <si>
+    <t>1.3.3 Светильники ЖКХ IP65</t>
+  </si>
+  <si>
+    <t>607-204</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 8Вт 760Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-207</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 12Вт 1140Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>607-210</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 18Вт 1710Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>607-250</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 8Вт 760Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-253</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 8Вт 760Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-258</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 8Вт 760Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>607-260</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 12Вт 1140Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-266</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 12Вт 1140Лм 6500K с микроволновым датчиком движения, дежурный свет REXANT</t>
+  </si>
+  <si>
+    <t>607-271</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 18Вт 1710Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-279</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 24Вт 2280Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-285</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 30Вт 2850Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-256</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 8Вт 760Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>607-286</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 30Вт 2850Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>607-263</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 12Вт 1140Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-274</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 18Вт 1710Лм 6500K с микроволновым датчиком движения, дежурный свет REXANT</t>
+  </si>
+  <si>
+    <t>621-1128</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ-03 под лампу круг 190x85мм IP65 REXANT</t>
+  </si>
+  <si>
+    <t>607-208</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 18Вт 1710Лм 6500K с микроволновым датчиком REXANT</t>
+  </si>
+  <si>
+    <t>607-203</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 18Вт 1710Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-206</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 18Вт 1710Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-201</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 8Вт 760Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-209</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 12Вт 1140Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>607-202</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 12Вт 1140Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>621-1129</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ-03 под лампу круг 250х105мм IP65 REXANT</t>
+  </si>
+  <si>
+    <t>607-205</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 12Вт 1140Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-268</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 18Вт 1710Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-287</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 30Вт 2850Лм 6500K с микроволновым датчиком движения, дежурный свет REXANT</t>
+  </si>
+  <si>
+    <t>1.3.4 Светильники T5</t>
+  </si>
+  <si>
+    <t>607-215</t>
+  </si>
+  <si>
+    <t>Светильник линейный T5 12Вт IP20 4000K нейтральный свет 869мм с выключателем и соединителем REXANT</t>
+  </si>
+  <si>
     <t>607-211</t>
   </si>
   <si>
     <t>Светильник линейный T5 5Вт IP20 4000K нейтральный свет 315мм с выключателем и соединителем REXANT</t>
   </si>
   <si>
-    <t>607-208</t>
-[...38 lines deleted...]
-    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 18Вт 1710Лм 4000K REXANT</t>
+    <t>607-213</t>
+  </si>
+  <si>
+    <t>Светильник линейный T5 8Вт IP20 4000K нейтральный свет 565мм с выключателем и соединителем REXANT</t>
+  </si>
+  <si>
+    <t>607-217</t>
+  </si>
+  <si>
+    <t>Светильник линейный T5 16Вт IP20 4000K нейтральный свет 1179мм с выключателем и соединителем REXANT</t>
   </si>
   <si>
     <t>607-212</t>
   </si>
   <si>
     <t>Светильник линейный T5 5Вт IP20 6500K холодный свет 315мм с выключателем и соединителем REXANT</t>
   </si>
   <si>
-    <t>607-209</t>
-[...28 lines deleted...]
-  <si>
     <t>607-218</t>
   </si>
   <si>
     <t>Светильник линейный T5 16Вт IP20 6500K холодный свет 1179 мм с выключателем и соединителем REXANT</t>
   </si>
   <si>
-    <t>607-203</t>
-[...116 lines deleted...]
-    <t>Светильник ЖКХ-03 под лампу круг 190x85мм IP65 REXANT</t>
+    <t>1.3.5 Светильник под лампу Т8</t>
   </si>
   <si>
     <t>621-1124</t>
   </si>
   <si>
     <t>Светильник ДПО под светодиодную лампу 2хТ8 600мм IP20 (без ПРА) REXANT</t>
   </si>
   <si>
     <t>621-1125</t>
   </si>
   <si>
     <t>Светильник ДПО под светодиодную лампу 2хТ8 1200мм IP20 (без ПРА) REXANT</t>
   </si>
   <si>
-    <t>1.3.1 Светильник светодиодный СПО IP20</t>
-[...122 lines deleted...]
-    <t>1.4 Лампа светодиодная упаковка по 3 штуки</t>
+    <t>1.4 Ночники</t>
+  </si>
+  <si>
+    <t>75-0307</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный FIREFLY-PRO с датчиком «день-ночь», белое свечение PROсonnect</t>
+  </si>
+  <si>
+    <t>75-0360</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный TOUCHPAD с сенсорной панелью и диммером, 3хАА, теплое белое свечение PROсonnect</t>
+  </si>
+  <si>
+    <t>75-0310</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный ЛУННАЯ НОЧЬ белое свечение, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0311</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный ЛУННАЯ НОЧЬ голубое свечение, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0313</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный ПАРУС ОДИНОКИЙ голубое свечение, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0314</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный НОТКАКТУС белое свечение, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0316</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный МАХАОН белое свечение, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0317</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный СНЕЖИНКА ХАМЕЛЕОН свечение мультиколор 7 цветов, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0301</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный 220В с датчиком «день-ночь» PROconnect</t>
+  </si>
+  <si>
+    <t>75-0311-1</t>
+  </si>
+  <si>
+    <t>Комплект (2шт./уп.) Ночник светодиодный ЛУННАЯ НОЧЬ BLUE (питание от сети AC 230 В/50 Гц)</t>
+  </si>
+  <si>
+    <t>75-0313-1</t>
+  </si>
+  <si>
+    <t>Комплект (2шт./уп.) Ночник светодиодный ПАРУС ОДИНОКИЙ СИНИЙ (питание от сети AC 230 В/50 Гц)</t>
+  </si>
+  <si>
+    <t>75-0308-1</t>
+  </si>
+  <si>
+    <t>Комплект (2шт./уп.) Ночник светодиодный MOUSE-PAD нейтрального белого цвета с датчиком «НОЧЬ-ДЕНЬ-НОЧЬ» (питание от сети AC 230 В/50 Гц)</t>
+  </si>
+  <si>
+    <t>75-0305-1</t>
+  </si>
+  <si>
+    <t>Комплект (2шт./уп.) Светодиодный ночник «Радуга» 220 В yl-653</t>
+  </si>
+  <si>
+    <t>75-0308</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный MOUSE-PAD с датчиком «день-ночь», белое свечение, 230В PROсonnect</t>
+  </si>
+  <si>
+    <t>75-0603</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный Стеклянный медведь REXANT</t>
+  </si>
+  <si>
+    <t>75-0600</t>
+  </si>
+  <si>
+    <t>USB-ночник светодиодный REXANT</t>
+  </si>
+  <si>
+    <t>75-0312</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный ПАРУС ОДИНОКИЙ белое свечение, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0318</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный РОМАШКА ХАМЕЛЕОН свечение мультиколор 7 цветов, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0319</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный ФАКЕЛ ХАМЕЛЕОН свечение мультиколор 7 цветов, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0302</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный мини 220В с датчиком «день-ночь» PROconnect</t>
+  </si>
+  <si>
+    <t>75-0316-1</t>
+  </si>
+  <si>
+    <t>Комплект (2шт./уп.) Ночник светодиодный МАХАОН БЕЛЫЙ (питание от сети AC 230 В/50 Гц)</t>
+  </si>
+  <si>
+    <t>75-0300</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный с выключателем 220В PROconnect</t>
+  </si>
+  <si>
+    <t>75-0304</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный ХАМЕЛЕОН мини 220В PROconnect</t>
+  </si>
+  <si>
+    <t>75-0305</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный РАДУГА, многоцветный, 220В PROconnect</t>
+  </si>
+  <si>
+    <t>1.5 Светильник уличный консольный</t>
+  </si>
+  <si>
+    <t>607-301</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный консольный ДКУ-01 100Вт 5000К общего назначения IP65 10000Лм черный</t>
+  </si>
+  <si>
+    <t>607-305</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный консольный ДКУ-01 70Вт 5000К общего назначения IP65 6000Лм черный REXANT</t>
+  </si>
+  <si>
+    <t>607-303</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный консольный ДКУ 02 100Вт 5000К для дорог IP65 10000Лм черный REXANT</t>
+  </si>
+  <si>
+    <t>607-308</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный консольный ДКУ 03-70-5000К-Ш-C IP65 черный REXANT</t>
+  </si>
+  <si>
+    <t>607-300</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный консольный ДКУ-01 50Вт 5000К общего назначения IP65  5000Лм черный REXANT</t>
+  </si>
+  <si>
+    <t>607-302</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный консольный ДКУ-01 150Вт 5000К общего назначения IP65 15000Лм черный</t>
+  </si>
+  <si>
+    <t>607-306</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный консольный ДКУ 03-30-5000К-Ш-C IP65 черный REXANT</t>
+  </si>
+  <si>
+    <t>607-307</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный консольный ДКУ 03-50-5000К-Ш-C IP65 черный REXANT</t>
+  </si>
+  <si>
+    <t>607-310</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный консольный ДКУ 03-150-5000К-Ш-C IP65 черный REXANT</t>
+  </si>
+  <si>
+    <t>1.5.1 Кронштейны для светильников</t>
+  </si>
+  <si>
+    <t>607-400</t>
+  </si>
+  <si>
+    <t>Кронштейн накладной / под бандажную ленту с переменным углом белый (230х150х150, Ø 51) REXANT  арт.607-300; 607-301;607-303</t>
+  </si>
+  <si>
+    <t>607-405</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн на опору с 1 хомутом белый (625х460х280 Ø51) REXANT арт.607-300; 607-301;607-303 </t>
+  </si>
+  <si>
+    <t>607-410</t>
+  </si>
+  <si>
+    <t>Кронштейн накладной / под бандажную ленту с переменным углом белый (230х150х150, Ø 57) REXANT  арт.607-302; 607-304;</t>
+  </si>
+  <si>
+    <t>607-415</t>
+  </si>
+  <si>
+    <t>Кронштейн на опору с 1 хомутом белый (625х460х280 Ø57) REXANT арт. 607-302; 607-304;</t>
+  </si>
+  <si>
+    <t>1.6 Демо-тестеры для ламп</t>
+  </si>
+  <si>
+    <t>604-802</t>
+  </si>
+  <si>
+    <t>Демо-тестер акриловый для ФИЛАМЕНТА, AC 220V, со шнуром питания 1,2м, с выключателем на корпусе, цоколи E14 (6шт) E27 (5шт) REXANT</t>
+  </si>
+  <si>
+    <t>604-801</t>
+  </si>
+  <si>
+    <t>Демо-тестер для проверки ламп с цоколями E27, E27, E14, GU5.3, GX53 REXANT</t>
+  </si>
+  <si>
+    <t>1.7 Лампа светодиодная упаковка по 3 штуки</t>
+  </si>
+  <si>
+    <t>604-033-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 7,5Вт E14 713Лм 6500K холодный свет (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-035-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 7,5Вт E27 713Лм 4000K нейтральный свет (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-036-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 7,5Вт E27 713Лм 6500K холодный свет (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-052-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор-спот 9,5Вт GU5,3 760Лм 4000K нейтральный свет (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-064-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная GX53 таблетка 10,5Вт 840Лм 4000К (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-067-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная GX53 таблетка 15,5Вт 1240Лм 2700К (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-210-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 11,5Вт E27 1093Лм 6500K холодный свет (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-211-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор-спот 9,5Вт GU5,3 760Лм 6500K холодный свет (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-017-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча CN 7,5Вт E14 713Лм 2700K теплый свет (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-002-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A60 9,5Вт E27 903Лм 4000K нейтральный свет (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-044-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 11,5Вт E27 1093Лм 4000K нейтральный свет (3 шт/уп) REXANT</t>
   </si>
   <si>
     <t>604-047-3</t>
   </si>
   <si>
     <t>Лампа светодиодная Свеча на ветру (CW) 7,5Вт E14 713Лм 6500K холодный свет (3 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>604-017-3</t>
-[...2 lines deleted...]
-    <t>Лампа светодиодная Свеча CN 7,5Вт E14 713Лм 2700K теплый свет (3 шт/уп) REXANT</t>
+    <t>604-063-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная GX53 таблетка 10,5Вт 840Лм 2700К (3 шт/уп) REXANT</t>
   </si>
   <si>
     <t>604-038-3</t>
   </si>
   <si>
     <t>Лампа светодиодная Шарик (GL) 9,5Вт E14 903Лм 4000K нейтральный свет (3 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>604-064-3</t>
-[...32 lines deleted...]
-    <t>Лампа светодиодная Шарик (GL) 11,5Вт E27 1093Лм 6500K холодный свет (3 шт/уп) REXANT</t>
+    <t>604-043-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 11,5Вт E27 1093Лм 2700K теплый свет (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-030-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча CN 11,5Вт E27 1093Лм 4000K нейтральный свет (3 шт/уп) REXANT</t>
   </si>
   <si>
     <t>604-203-3</t>
   </si>
   <si>
     <t>Лампа светодиодная Свеча CN 9,5Вт E14 903Лм 6500K холодный свет (3 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>604-030-3</t>
-[...286 lines deleted...]
-  <si>
     <t>1.8 Светильники для высоких пролётов ДСП</t>
   </si>
   <si>
+    <t>607-297</t>
+  </si>
+  <si>
+    <t>Светильник для высоких пролётов ДСП 01 200 Вт 6500 К IP65 20000 Лм черный REXANT</t>
+  </si>
+  <si>
     <t>607-299</t>
   </si>
   <si>
     <t>Светильник для высоких пролётов ДСП 01 100 Вт 6500 К IP65 10000 Лм черный REXANT</t>
   </si>
   <si>
-    <t>607-297</t>
-[...4 lines deleted...]
-  <si>
     <t>607-298</t>
   </si>
   <si>
     <t>Светильник для высоких пролётов ДСП 01 150 Вт 6500 К IP65 15000 Лм черный REXANT</t>
   </si>
   <si>
     <t>1.9 Лампа филаментная</t>
   </si>
   <si>
     <t>1.9.1 Лампа филаментная груша А60</t>
   </si>
   <si>
+    <t>604-073</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Груша A60 7,5Вт 750Лм 4000K E27 прозрачная колба REXANT </t>
+  </si>
+  <si>
     <t>604-076</t>
   </si>
   <si>
     <t xml:space="preserve">Лампа филаментная Груша A60 11,5Вт 1380Лм 2700K E27 прозрачная колба REXANT </t>
   </si>
   <si>
+    <t>604-078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Груша A60 11,5Вт 1320Лм 2700K E27 матовая колба REXANT </t>
+  </si>
+  <si>
+    <t>604-079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Груша A60 11,5Вт 1320Лм 4000K E27 матовая колба REXANT </t>
+  </si>
+  <si>
+    <t>604-080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Груша A60 11,5Вт 1380Лм 2400K E27 золотистая колба REXANT </t>
+  </si>
+  <si>
+    <t>604-081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Груша A60 13,5Вт 1600Лм 2700K E27 прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-082</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Груша A60 13,5Вт 1600Лм 4000K E27 прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-074</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Груша A60 9,5Вт 1140Лм 2700K E27 диммируемая, прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Груша A60 11,5Вт 1380Лм 4000K E27 прозрачная колба REXANT </t>
+  </si>
+  <si>
     <t>604-075</t>
   </si>
   <si>
     <t xml:space="preserve">Лампа филаментная Груша A60 9,5Вт 1140Лм 4000K E27 диммируемая, прозрачная колба REXANT </t>
   </si>
   <si>
-    <t>604-078</t>
-[...46 lines deleted...]
-  <si>
     <t>1.9.2 Лампа филаментная свеча CN35</t>
   </si>
   <si>
     <t>604-089</t>
   </si>
   <si>
     <t xml:space="preserve">Лампа филаментная Свеча CN35 7,5Вт 600Лм 2700K E27 диммируемая, прозрачная колба REXANT </t>
   </si>
   <si>
+    <t>604-083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 7,5Вт 600Лм 2700K E14 прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 7,5Вт 600Лм 2700K E27 прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-086</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 7,5Вт 600Лм 4000K E27 прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-088</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 7,5Вт 600Лм 4000K E14 диммируемая, прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 7,5Вт 600Лм 4000K E27 диммируемая, прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 9,5Вт 950Лм 2700K E14 прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-092</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 9,5Вт 950Лм 4000K E14 прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-094</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 9,5Вт 950Лм 4000K E27 прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-096</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 9,5Вт 915Лм 4000K E14 матовая колба REXANT </t>
+  </si>
+  <si>
+    <t>604-097</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 9,5Вт 915Лм 2700K E27 матовая колба REXANT </t>
+  </si>
+  <si>
+    <t>604-098</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 9,5Вт 915Лм 4000K E27 матовая колба REXANT </t>
+  </si>
+  <si>
+    <t>604-099</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 9,5Вт 950Лм 2400K E14 золотистая колба REXANT </t>
+  </si>
+  <si>
+    <t>604-100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 9,5Вт 950Лм 2700K E27 золотистая колба REXANT </t>
+  </si>
+  <si>
+    <t>604-084</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 7,5Вт 600Лм 4000K E14 прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-087</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 7,5Вт 600Лм 2700K E14 диммируемая, прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-095</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 9,5Вт 915Лм 2700K E14 матовая колба REXANT </t>
+  </si>
+  <si>
     <t>604-093</t>
   </si>
   <si>
     <t xml:space="preserve">Лампа филаментная Свеча CN35 9,5Вт 950Лм 2700K E27 прозрачная колба REXANT </t>
   </si>
   <si>
-    <t>604-095</t>
-[...94 lines deleted...]
-  <si>
     <t>1.9.3 Лампа филаментная свеча на ветру CW37</t>
   </si>
   <si>
+    <t>604-101</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Свеча на ветру CN37 7,5Вт 600Лм 2700K E14 прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-102</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Свеча на ветру CN37 7,5Вт 600Лм 4000K E14 прозрачная колба REXANT</t>
+  </si>
+  <si>
     <t>604-105</t>
   </si>
   <si>
     <t>Лампа филаментная Свеча на ветру CN37 7,5Вт 600Лм 2700K E14 диммируемая, прозрачная колба REXANT</t>
   </si>
   <si>
-    <t>604-101</t>
-[...2 lines deleted...]
-    <t>Лампа филаментная Свеча на ветру CN37 7,5Вт 600Лм 2700K E14 прозрачная колба REXANT</t>
+    <t>604-109</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Свеча на ветру CN37 9,5Вт 950Лм 2700K E14 прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-110</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Свеча на ветру CN37 9,5Вт 950Лм 4000K E14 прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-113</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Свеча на ветру CN37 9,5Вт 915Лм 2700K E14 матовая колба REXANT</t>
+  </si>
+  <si>
+    <t>604-114</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Свеча на ветру CN37 9,5Вт 915Лм 4000K E14 матовая колба REXANT</t>
   </si>
   <si>
     <t>604-117</t>
   </si>
   <si>
     <t>Лампа филаментная Свеча на ветру CN37 9,5Вт 950Лм 2400K E14 золотистая колба REXANT</t>
   </si>
   <si>
     <t>604-106</t>
   </si>
   <si>
     <t>Лампа филаментная Свеча на ветру CN37 7,5Вт 600Лм 4000K E14 диммируемая, прозрачная колба REXANT</t>
   </si>
   <si>
-    <t>604-110</t>
-[...28 lines deleted...]
-  <si>
     <t>1.9.4 Лампа филаментная свеча витая LCW35</t>
   </si>
   <si>
     <t>604-119</t>
   </si>
   <si>
     <t>Лампа филаментная Витая свеча LCW35 7,5Вт 600Лм 2400K E14 золотистая колба REXANT</t>
   </si>
   <si>
     <t>604-120</t>
   </si>
   <si>
     <t>Лампа филаментная Витая свеча LCW35 9,5Вт 950Лм 2400K E14 золотистая колба REXANT</t>
   </si>
   <si>
     <t>1.9.5 Лампа филаментная шарик G45</t>
   </si>
   <si>
+    <t>604-127</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 7,5Вт 600Лм 2700K E27 диммируемая, прозрачная колба REXANT</t>
+  </si>
+  <si>
     <t>604-121</t>
   </si>
   <si>
     <t>Лампа филаментная Шарик GL45 7,5Вт 600Лм 2700K E14 прозрачная колба REXANT</t>
   </si>
   <si>
     <t>604-124</t>
   </si>
   <si>
     <t>Лампа филаментная Шарик GL45 7,5Вт 600Лм 4000K E27 прозрачная колба REXANT</t>
   </si>
   <si>
+    <t>604-125</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 7,5Вт 600Лм 2700K E14 диммируемая, прозрачная колба REXANT</t>
+  </si>
+  <si>
     <t>604-126</t>
   </si>
   <si>
     <t>Лампа филаментная Шарик GL45 7,5Вт 600Лм 4000K E14 диммируемая, прозрачная колба REXANT</t>
   </si>
   <si>
+    <t>604-130</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 9,5Вт 950Лм 4000K E14 прозрачная колба REXANT</t>
+  </si>
+  <si>
     <t>604-131</t>
   </si>
   <si>
     <t>Лампа филаментная Шарик GL45 9,5Вт 950Лм 2700K E27 прозрачная колба REXANT</t>
   </si>
   <si>
     <t>604-133</t>
   </si>
   <si>
     <t>Лампа филаментная Шарик GL45 9,5Вт 915Лм 2700K E14 матовая колба REXANT</t>
   </si>
   <si>
+    <t>604-134</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 9,5Вт 915Лм 4000K E14 матовая колба REXANT</t>
+  </si>
+  <si>
     <t>604-136</t>
   </si>
   <si>
     <t>Лампа филаментная Шарик GL45 9,5Вт 915Лм 4000K E27 матовая колба REXANT</t>
   </si>
   <si>
+    <t>604-137</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 9,5Вт 950Лм 2400K E14 золотистая колба REXANT</t>
+  </si>
+  <si>
     <t>604-138</t>
   </si>
   <si>
     <t>Лампа филаментная Шарик GL45 9,5Вт 950Лм 2400K E27 золотистая колба REXANT</t>
   </si>
   <si>
+    <t>604-123</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 7,5Вт 600Лм 2700K E27 прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-128</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 7,5Вт 600Лм 4000K E27 диммируемая, прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-129</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 9,5Вт 950Лм 2700K E14 прозрачная колба REXANT</t>
+  </si>
+  <si>
     <t>604-132</t>
   </si>
   <si>
     <t>Лампа филаментная Шарик GL45 9,5Вт 950Лм 4000K E27 прозрачная колба REXANT</t>
   </si>
   <si>
+    <t>604-135</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 9,5Вт 915Лм 2700K E27 матовая колба REXANT</t>
+  </si>
+  <si>
     <t>604-122</t>
   </si>
   <si>
     <t>Лампа филаментная Шарик GL45 7,5Вт 600Лм 4000K E14 прозрачная колба REXANT</t>
   </si>
   <si>
-    <t>604-127</t>
-[...52 lines deleted...]
-  <si>
     <t>1.9.6 Лампа филаментная декоративная</t>
   </si>
   <si>
+    <t>604-139</t>
+  </si>
+  <si>
+    <t>Лампа филаментная LOFT EDISON ST64 11,5Вт 1380Лм 2700K E27 прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-143</t>
+  </si>
+  <si>
+    <t>Лампа филаментная LOFT GLOBE A95 11,5Вт 1380Лм 2400K E27 диммируемая золотистая колба REXANT</t>
+  </si>
+  <si>
+    <t>604-144</t>
+  </si>
+  <si>
+    <t>Лампа филаментная LOFT GLOBE A125 11,5Вт 1380Лм 2400K E27 золотистая колба REXANT</t>
+  </si>
+  <si>
+    <t>604-145</t>
+  </si>
+  <si>
+    <t>Лампа филаментная LOFT GLOBE A125 11,5Вт 1380Лм 2400K E27 диммируемая золотистая колба REXANT</t>
+  </si>
+  <si>
     <t>604-142</t>
   </si>
   <si>
     <t>Лампа филаментная LOFT GLOBE A95 11,5Вт 1380Лм 2400K E27 золотистая колба REXANT</t>
-  </si>
-[...22 lines deleted...]
-    <t>Лампа филаментная LOFT GLOBE A125 11,5Вт 1380Лм 2400K E27 диммируемая золотистая колба REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2400,56 +2418,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a70-20-5vt-e27-1948lm-2700k-tepliy-svet-rexant-21275" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a70-20-5vt-e27-1948lm-4000k-neytralniy-svet-rexant-21276" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a80-25-5vt-e27-2423lm-2700k-tepliy-svet-rexant-21277" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a80-25-5vt-e27-2423lm-4000k-neytralniy-svet-rexant-21278" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-11-5vt-e27-1093lm-6500k-holodniy-svet-rexant-21478" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-15-5vt-e27-1473lm-6500k-holodniy-svet-rexant-21274" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-9-5vt-e27-903lm-4000k-neytralniy-svet-rexant-21475" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-11-5vt-e27-1093lm-2700k-tepliy-svet-rexant-21476" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-15-5vt-e27-1473lm-4000k-neytralniy-svet-rexant-21480" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-9-5vt-e27-903lm-2700k-tepliy-svet-rexant-21474" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-11-5vt-e27-1093lm-4000k-neytralniy-svet-rexant-21477" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-15-5vt-e27-1473lm-2700k-tepliy-svet-rexant-21479" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a70-20-5vt-e27-1948lm-6500k-holodniy-svet-rexant-26210" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a80-25-5vt-e27-2423lm-6500k-holodniy-svet-rexant-26211" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-shar-a120-17-5vt-1488lm-e27-ac-150-265v-4000k-rexant-30099" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e27-713lm-2700k-tepliy-svet-rexant-21282" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e27-713lm-4000k-neytralniy-svet-rexant-21283" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e14-903lm-2700k-tepliy-svet-rexant-21285" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e27-1093lm-4000k-neytralniy-svet-rexant-21292" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e14-713lm-2700k-tepliy-svet-rexant-21279" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e27-713lm-6500k-holodniy-svet-rexant-21284" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e27-903lm-2700k-tepliy-svet-rexant-21287" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e14-1093lm-2700k-tepliy-svet-rexant-21289" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e14-1093lm-4000k-neytralniy-svet-rexant-21290" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e27-1093lm-2700k-tepliy-svet-rexant-21291" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e14-713lm-6500k-holodniy-svet-rexant-21281" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e14-903lm-4000k-neytralniy-svet-rexant-21286" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e27-903lm-6500k-holodniy-svet-rexant-26213" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e14-903lm-6500k-holodniy-svet-rexant-26212" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e14-713lm-4000k-neytralniy-svet-rexant-21280" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e27-903lm-4000k-neytralniy-svet-rexant-21288" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e14-1093lm-6500k-holodniy-svet-rexant-26214" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e27-1093lm-6500k-holodniy-svet-rexant-26215" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-na-vetru-cw-7-5vt-e14-713lm-2700k-tepliy-svet-rexant-21307" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-na-vetru-cw-7-5vt-e14-713lm-4000k-neytralniy-svet-rexant-21308" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-na-vetru-cw-7-5vt-e14-713lm-6500k-holodniy-svet-rexant-21309" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e14-713lm-6500k-holodniy-svet-rexant-21295" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e27-903lm-4000k-neytralniy-svet-rexant-21302" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e14-713lm-4000k-neytralniy-svet-rexant-21294" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e27-713lm-6500k-holodniy-svet-rexant-21298" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e14-1093lm-2700k-tepliy-svet-rexant-21303" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e27-713lm-4000k-neytralniy-svet-rexant-21297" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e14-903lm-4000k-neytralniy-svet-rexant-21300" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-4000k-neytralniy-svet-rexant-21306" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e14-713lm-2700k-tepliy-svet-rexant-21293" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e27-713lm-2700k-tepliy-svet-rexant-21296" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-2700k-tepliy-svet-rexant-21305" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e14-903lm-6500k-holodniy-svet-rexant-26216" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e14-1093lm-6500k-holodniy-svet-rexant-26184" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e14-903lm-2700k-tepliy-svet-rexant-21299" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e27-903lm-2700k-tepliy-svet-rexant-21301" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-6500k-holodniy-svet-rexant-26185" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e27-903lm-6500k-holodniy-svet-rexant-26183" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-mr16-9-5vt-808lm-gu5-3-ac-dc-12v-4000k-neytralniy-svet-nizkovoltnaya-rexant-28743" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-5-5vt-467lm-gu5-3-6500k-holodniy-svet-rexant-28560" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-7-5vt-650lm-gu5-3-2700k-tepliy-svet-rexant-30336" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-cpot-9-5vt-gu5-3-760lm-4000k-neytralniy-svet-rexant-21125" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-cpot-9-5vt-gu5-3-760lm-2700k-tepliy-svet-rexant-21313" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-5-5vt-467lm-gu5-3-4000k-neytralniy-svet-rexant-28462" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-5-5vt-467lm-gu5-3-2700k-tepliy-svet-rexant-28559" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-mr16-9-5vt-808lm-gu5-3-ac-dc-12v-6500k-holodniy-svet-nizkovoltnaya-rexant-28744" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-mr16-9-5vt-808lm-gu5-3-ac-dc-12v-2700k-tepliy-svet-nizkovoltnaya-rexant-28742" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-9-5vt-808lm-gu10-ac-150-265v-6500k-holodniy-svet-rexant-30102" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-cpot-9-5vt-gu5-3-760lm-6500k-holodniy-svet-rexant-26186" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-9-5vt-808lm-gu10-ac-150-265v-2700k-tepliy-svet-rexant-30100" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-9-5vt-808lm-gu10-ac-150-265v-4000k-neytralniy-svet-rexant-30101" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-r50-9-5vt-808lm-e14-ac-150-265v-4000k-neytralniy-svet-rexant-30251" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-10-5vt-840lm-ac180-265v-2700k-tepliy-svet-rexant-21126" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-15-5vt-1240lm-ac180-265v-2700k-tepliy-svet-rexant-21128" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-15-5vt-1240lm-ac180-265v-4000k-neytralniy-svet-rexant-21129" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-10-5vt-840lm-ac180-265v-4000k-neytralniy-svet-rexant-21127" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-10-5vt-840lm-ac180-265v-6500k-holodniy-svet-rexant-26187" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-15-5vt-1240lm-ac180-265v-6500k-holodniy-svet-rexant-26188" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-7-5vt-638lm-ac180-265v-4000k-neytralniy-svet-rexant-28646" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-7-5vt-638lm-ac180-265v-2700k-tepliy-svet-rexant-28649" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-7-5vt-638lm-ac180-265v-6500k-holodniy-svet-rexant-28647" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-12-vt-1040lm-ac180-265v-6500k-holodniy-svet-rexant-30000" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-12-vt-1040lm-ac180-265v-2700k-tepliy-svet-rexant-29998" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-visokomoschnaya-30vt-e27-perehodnik-e40-2850lm-ac140-265v-6500k-rexant-21130" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-visokomoschnaya-50vt-e27-perehodnik-e40-4750lm-ac140-265v-6500k-rexant-21131" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-visokomoschnaya-100vt-e27-perehodnik-e40-9500lm-ac140-265v-4000k-rexant-26085" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-visokomoschnaya-30vt-e27-perehodnik-e40-2850lm-ac140-265v-4000k-rexant-26083" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-visokomoschnaya-compact-30vt-e27-s-perehodnikom-na-e40-2850lm-6500k-holodniy-svet-rexant-29726" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-visokomoschnaya-compact-30vt-e27-s-perehodnikom-na-e40-2850lm-4000k-neytralniy-svet-rexant-29725" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-11-5vt-978lm-g13-ac-170-265v-600mm-6500k-holodniy-svet-rexant-28510" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-11-5vt-978lm-g13-ac-170-265v-600mm-4000k-neytralniy-svet-rexant-28509" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-25-5vt-2168lm-g13-ac-170-265v-1500mm-4000k-neytralniy-svet-rexant-28552" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-25-5vt-2168lm-g13-ac-170-265v-1500mm-6500k-holodniy-svet-rexant-28508" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-19-5vt-1658lm-g13-ac-170-265v-1200mm-6500k-holodniy-svet-rexant-28507" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-19-5vt-1658lm-g13-ac-170-265v-1200mm-4000k-neytralniy-svet-rexant-28506" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-25-5vt-2168lm-g13-ac-170-265v-2700k-1500mm-rexant-29773" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g4-230v-5-5vt-2700k-tepliy-svet-polikarbonat-rexant-28464" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-7vt-6500k-holodniy-svet-polikarbonat-rexant-28472" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-220v-2vt-4000k-neytralniy-svet-silikon-rexant-28477" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-5vt-2700k-tepliy-svet-polikarbonat-rexant-28467" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-7vt-4000k-neytralniy-svet-polikarbonat-rexant-28471" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-220v-2vt-6500k-holodniy-svet-silikon-rexant-28463" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-12v-2vt-4000k-neytralniy-svet-silikon-rexant-28474" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-12v-2vt-6500k-holodniy-svet-silikon-rexant-28475" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g4-230v-5-5vt-6500k-holodniy-svet-polikarbonat-rexant-28466" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-5vt-4000k-neytralniy-svet-polikarbonat-rexant-28468" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-7vt-2700k-tepliy-svet-polikarbonat-rexant-28470" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-12v-2vt-2700k-tepliy-svet-silikon-rexant-28473" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g4-230v-5-5vt-4000k-neytralniy-svet-polikarbonat-rexant-28465" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-5vt-6500k-holodniy-svet-polikarbonat-rexant-28469" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-220v-2vt-2700k-tepliy-svet-silikon-rexant-28476" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-dlya-rasteniy-grusha-a60-11-5vt-18-mikromol-s-e27-rexant-24998" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-dlya-rasteniy-grib-reflektor-r90-17-5-vt-27-mkmol-s-e27-rexant-30124" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-dlya-holodilnika-kapsulnaya-2vt-e14-160lm-4000k-neytralniy-svet-rexant-30340" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-dlya-holodilnika-kapsulnaya-2vt-e14-160lm-6500k-holodniy-svet-rexant-30341" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-dlya-holodilnika-kapsulnaya-2vt-e14-160lm-2700k-tepliy-svet-rexant-30339" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-595h595h19mm-prizma-6500k-36vt-3600lm-165-265v-ip20-lamper-31100" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-podvesnih-krepejey-dlya-svetodiodnih-paneley-1-rexant-21144" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-ultratonkaya-svetodiodnaya-9mm-opal-40vt-165-265v-ip20-3000lm-6500k-holodniy-svet-drayver-606-201-otdelno-rexant-21140" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-ultratonkaya-svetodiodnaya-9mm-opal-48vt-165-265v-ip20-4100lm-6500k-holodniy-svet-drayver-606-202-otdelno-rexant-21141" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-dlya-ultratonkoy-paneli-moschnostyu-48-vatt-emc-21143" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-universalnaya-svetodiodnaya-19mm-prizma-1195h180-40vt-180-260v-ip20-3300lm-4000k-neytralniy-svet-rexant-26604" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-18vt-230v-4000k-1440lm-185mm-belaya-ip20-lamper-31265" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-24vt-230v-4000k-1920lm-220mm-belaya-ip20-lamper-31267" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-6vt-230v-4000k-420lm-95mm-belaya-ip20-lamper-31259" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-9vt-230v-4000k-630lm-118mm-belaya-ip20-lamper-31261" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-24vt-230v-6500k-1920lm-220mm-belaya-ip20-lamper-31268" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-6vt-230v-6500k-420lm-95mm-belaya-ip20-lamper-31260" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-18vt-230v-6500k-1440lm-185mm-belaya-ip20-lamper-31266" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-9vt-230v-6500k-630lm-118mm-belaya-ip20-lamper-31262" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-12vt-230v-4000k-960lm-145mm-belaya-ip20-lamper-31263" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-12vt-230v-6500k-960lm-145mm-belaya-ip20-lamper-31264" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemiy-gx53-series-h4-pro-beliy-s-koltsom-v-komplekte-rexant-29703" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-t5-ip20-5vt-4000k-neytralniy-svet-315mm-s-viklyuchatelem-i-soedinitelem-rexant-21257" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-18vt-1800lm-6500k-s-mikrovolnovim-datchikom-rexant-21271" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-18vt-1800lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-rexant-21273" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-12vt-1000lm-4000k-rexant-27516" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-03-pod-lampu-krug-250h105mm-ip65-rexant-30150" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-8vt-700lm-4000k-rexant-27503" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-18vt-1800lm-4000k-rexant-27521" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-18vt-1800lm-4000k-rexant-27524" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-t5-ip20-5vt-ip20-6500k-holodniy-svet-315mm-s-viklyuchatelem-i-soedinitelem-rexant-21258" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-12vt-1000lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-rexant-21272" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-t5-ip20-16vt-ip20-4000k-neytralniy-svet-1179mm-s-viklyuchatelem-i-soedinitelem-rexant-21262" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-8vt-700lm-6500k-rexant-21264" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-12vt-1000lm-6500k-rexant-21268" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-18vt-1800lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-dejurniy-svet-rexant-27527" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-t5-ip20-16vt-ip20-6500k-holodniy-svet-1179-mm-s-viklyuchatelem-i-soedinitelem-rexant-21263" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-18vt-1800lm-6500k-rexant-21266" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-12vt-1000lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-rexant-21270" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-12vt-1000lm-4000k-rexant-27513" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-8vt-700lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-rexant-27509" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-8vt-700lm-6500k-rexant-21267" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-18vt-1800lm-6500k-rexant-21269" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-30vt-3200lm-6500k-rexant-27538" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-8vt-700lm-4000k-rexant-27506" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-12vt-1000lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-dejurniy-svet-rexant-27519" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-30vt-3200lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-rexant-27539" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-8vt-700lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-rexant-27511" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-t5-ip20-8vt-ip20-4000k-neytralniy-svet-565mm-s-viklyuchatelem-i-soedinitelem-rexant-21259" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-t5-ip20-12vt-ip20-4000k-neytralniy-svet-869mm-s-viklyuchatelem-i-soedinitelem-rexant-21261" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-24vt-2200lm-6500k-rexant-27532" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-12vt-1000lm-6500k-rexant-21265" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-zoloto-termostoykoe-plastikovoe-koltso-v-komplekte-rexant-21865" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-30vt-3200lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-dejurniy-svet-rexant-27540" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-hrom-termostoykoe-plastikovoe-koltso-v-komplekte-rexant-21835" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-beliy-termostoykoe-plastikovoe-koltso-v-komplekte-rexant-21834" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-03-pod-lampu-krug-190x85mm-ip65-rexant-30149" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dpo-pod-svetodiodnuyu-lampu-2ht8-600mm-ip20-bez-pra-rexant-30194" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dpo-pod-svetodiodnuyu-lampu-2ht8-1200mm-ip20-bez-pra-rexant-30195" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-prizma-ip20-36vt-185-265v-6500k-holodniy-svet-1-2m-rexant-21833" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-opal-ip20-36vt-185-265v-6500k-holodniy-svet-1-2m-hit-prodaj-rexant-21825" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-prizma-ip20-18vt-185-265v-6500k-holodniy-svet-0-6m-rexant-21832" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-opal-ip20-55vt-185-265v-4000k-neytralniy-svet-1-2m-rexant-26116" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-opal-ip20-55vt-185-265v-6500k-holodniy-svet-1-2m-rexant-26117" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodniy-lineyniy-svetilnik-rexant-spo-110-opal-55-vt-185-265-v-ip20-5225-lm-4000-k-neytralniy-svet-setevoy-shnur-s-viklyuchatelem-31394" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-prizma-ip20-55vt-185-265v-6500k-holodniy-svet-1-2m-rexant-26119" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-prizma-ip20-18vt-185-265v-4000k-neytralniy-svet-0-6m-rexant-21830" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-opal-ip20-18vt-185-265v-4000k-neytralniy-svet-0-6m-rexant-21826" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-opal-ip20-18vt-185-265v-6500k-holodniy-svet-0-6m-rexant-21828" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-opal-ip20-36vt-185-265v-4000k-neytralniy-svet-1-2m-rexant-21827" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-opal-ip20-36vt-185-265v-6500k-holodniy-svet-1-2m-rexant-21829" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-prizma-ip20-36vt-185-265v-4000k-neytralniy-svet-1-2m-rexant-21831" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-prizma-ip20-55vt-185-265v-4000k-neytralniy-svet-1-2m-rexant-26118" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-pilevlagozaschischenniy-ssp-ip65-36vt-185-265v-6500k-holodniy-svet-1-2m-rexant-1-21824" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-pilevlagozaschischenniy-ssp-ip65-18vt-185-265v-6500k-holodniy-svet-0-6m-rexant-1-21823" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-pilevlagozaschischenniy-ssp-ip65-18vt-185-265v-6500k-holodniy-svet-0-6m-rexant-21821" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-pilevlagozaschischenniy-ssp-ip65-36vt-185-265v-6500k-holodniy-svet-1-2m-rexant-21822" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-pilevlagozaschischenniy-ssp-ip65-55vt-185-265v-4000k-neytralniy-svet-1-2m-rexant-27553" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-na-vetru-cw-7-5vt-e14-713lm-6500k-holodniy-svet-3-sht-up-rexant-26539" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e14-713lm-2700k-tepliy-svet-3-sht-up-rexant-26581" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e14-903lm-4000k-neytralniy-svet-3-sht-up-rexant-26602" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-10-5vt-840lm-ac180-265v-4000k-3-sht-up-rexant-26546" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-spot-9-5vt-gu5-3-760lm-4000k-neytralniy-svet-3-sht-up-rexant-26544" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-10-5vt-840lm-ac180-265v-2700k-3-sht-up-rexant-26545" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-9-5vt-e27-903lm-4000k-neytralniy-svet-3-sht-up-rexant-26570" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-4000k-neytralniy-svet-3-sht-up-rexant-26536" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-6500k-holodniy-svet-3-sht-up-rexant-26558" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e14-903lm-6500k-holodniy-svet-3-sht-up-rexant-26551" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e27-1093lm-4000k-neytralniy-svet-3-sht-up-rexant-26594" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e27-713lm-4000k-neytralniy-svet-3-sht-up-rexant-26599" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-spot-9-5vt-gu5-3-760lm-6500k-holodniy-svet-3-sht-up-rexant-26559" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-15-5vt-1240lm-ac180-265v-2700k-3-sht-up-rexant-26547" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-2700k-tepliy-svet-3-sht-up-rexant-26535" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e14-713lm-6500k-holodniy-svet-3-sht-up-rexant-26597" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e27-713lm-6500k-holodniy-svet-3-sht-up-rexant-26600" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-firefly-pro-s-datchikom-den-noch-beloe-svechenie-prosonnect-24359" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-raduga-mnogotsvetniy-220v-proconnect-20000" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-touchpad-s-sensornim-viklyuchatelem-i-dimmerom-3haa-teploe-beloe-svechenie-prosonnect-24358" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-mouse-pad-s-datchikom-den-noch-beloe-svechenie-230v-prosonnect-24360" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-s-viklyuchatelem-220v-proconnect-1-20001" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-svetodiodniy-nochnik-raduga-220-v-yl-653-30875" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-mini-220v-s-datchikom-den-noch-proconnect-19998" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-220v-s-datchikom-den-noch-proconnect-20003" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodniy-nochnik-hameleon-mini-220v-20002" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodniy-mouse-pad-neytralnogo-belogo-tsveta-s-datchikom-noch-den-noch-pitanie-ot-seti-ac-230-v-50-gts-30874" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-nochnik-svetodiodniy-rexant-31901" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-snejinka-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant-24368" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-romashka-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant-24369" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-lunnaya-noch-beloe-svechenie-230v-rexant-24361" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-parus-odinokiy-beloe-svechenie-230v-rexant-24363" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-fakel-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant-24370" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodniy-lunnaya-noch-blue-pitanie-ot-seti-ac-230-v-50-gts-30870" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-parus-odinokiy-goluboe-svechenie-230v-rexant-24364" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-mahaon-beloe-svechenie-230v-rexant-24367" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-steklyanniy-medved-rexant-31902" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-lunnaya-noch-goluboe-svechenie-230v-rexant-24362" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodniy-notkaktus-beloe-svechenie-230v-rexant-24365" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodniy-mahaon-beliy-pitanie-ot-seti-ac-230-v-50-gts-30409" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodniy-parus-odinokiy-siniy-pitanie-ot-seti-ac-230-v-50-gts-30872" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-konsolniy-dku-01-70vt-5000k-obschego-naznacheniya-ip65-6000lm-cherniy-rexant-28558" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-konsolniy-dku-01-50vt-5000k-obschego-naznacheniya-ip65-5000lm-cherniy-rexant-24250" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-konsolniy-dku-01-100vt-5000k-obschego-naznacheniya-ip65-10000lm-cherniy-24251" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-konsolniy-dku-01-150vt-5000k-obschego-naznacheniya-ip65-15000lm-cherniy-24252" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-konsolniy-dku-03-30-5000k-sh-c-ip65-cherniy-rexant-29882" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-konsolniy-dku-03-150-5000k-sh-c-ip65-cherniy-rexant-29881" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-konsolniy-dku-02-100vt-5000k-dlya-dorog-ip65-10000lm-cherniy-rexant-24253" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-konsolniy-dku-03-50-5000k-sh-c-ip65-cherniy-rexant-29883" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-konsolniy-dku-03-70-5000k-sh-c-ip65-cherniy-rexant-29884" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-nakladnoy-pod-bandajnuyu-lentu-s-peremennim-uglom-beliy-230h150h150-oslash-57-rexant-art-607-302-607-304-28315" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-nakladnoy-pod-bandajnuyu-lentu-s-peremennim-uglom-beliy-230h150h150-oslash-51-rexant-art-607-300-607-301-607-303-28313" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-na-oporu-s-1-homutom-beliy-625h460h280-oslash-51-rexant-art-607-300-607-301-607-303-28314" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-na-oporu-s-1-homutom-beliy-625h460h280-oslash-57-rexant-art-607-302-607-304-28316" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/demo-tester-dlya-proverki-lamp-s-tsokolyami-e27-e27-e14-gu5-3-gx53-rexant-25157" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/demo-tester-akriloviy-dlya-filamenta-ac-220v-so-shnurom-pitaniya-1-2m-s-viklyuchatelem-na-korpuse-tsokoli-e14-6sht-e27-5sht-rexant-26325" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-pilevlagozaschischenniy-rexant-jkh-01-oval-30-vt-3200-lm-ip65-6500-k-320-mm-s-datchikom-dvijeniya-dejurniy-svet-27552" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-pilevlagozaschischenniy-rexant-jkh-01-oval-30-vt-3200-lm-ip65-6500-k-320-mm-27550" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-pilevlagozaschischenniy-rexant-jkh-01-oval-30-vt-3200-lm-ip65-6500-k-320-mm-s-datchikom-dvijeniya-27551" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-11-5vt-1380lm-2700k-e27-prozrachnaya-kolba-rexant-25088" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-9-5vt-1140lm-4000k-e27-dimmiruemaya-prozrachnaya-kolba-rexant-25087" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-11-5vt-1320lm-2700k-e27-matovaya-kolba-rexant-25090" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-11-5vt-1320lm-4000k-e27-matovaya-kolba-rexant-25091" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-11-5vt-1380lm-2400k-e27-zolotistaya-kolba-rexant-25092" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-13-5vt-1600lm-4000k-e27-prozrachnaya-kolba-rexant-25094" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-7-5vt-750lm-4000k-e27-prozrachnaya-kolba-rexant-25085" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-11-5vt-1380lm-4000k-e27-prozrachnaya-kolba-rexant-25089" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-13-5vt-1600lm-2700k-e27-prozrachnaya-kolba-rexant-25093" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-9-5vt-1140lm-2700k-e27-dimmiruemaya-prozrachnaya-kolba-rexant-25086" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-2700k-e27-dimmiruemaya-prozrachnaya-kolba-rexant-25101" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-2700k-e27-prozrachnaya-kolba-rexant-25105" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-915lm-2700k-e14-matovaya-kolba-rexant-25107" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-915lm-4000k-e14-matovaya-kolba-rexant-25108" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-915lm-2700k-e27-matovaya-kolba-rexant-25109" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-2400k-e14-zolotistaya-kolba-rexant-25111" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-2700k-e27-zolotistaya-kolba-rexant-25112" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-4000k-e27-prozrachnaya-kolba-rexant-25098" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-2700k-e14-prozrachnaya-kolba-rexant-25095" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-2700k-e14-prozrachnaya-kolba-rexant-25103" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-4000k-e14-prozrachnaya-kolba-rexant-25104" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-4000k-e27-prozrachnaya-kolba-rexant-25106" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-4000k-e14-prozrachnaya-kolba-rexant-25096" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-2700k-e27-prozrachnaya-kolba-rexant-25097" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-2700k-e14-dimmiruemaya-prozrachnaya-kolba-rexant-25099" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-4000k-e14-dimmiruemaya-prozrachnaya-kolba-rexant-25100" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-4000k-e27-dimmiruemaya-prozrachnaya-kolba-rexant-25102" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-915lm-4000k-e27-matovaya-kolba-rexant-25110" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-7-5vt-600lm-2700k-e14-dimmiruemaya-prozrachnaya-kolba-rexant-25037" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-7-5vt-600lm-2700k-e14-prozrachnaya-kolba-rexant-25113" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-9-5vt-950lm-2400k-e14-zolotistaya-kolba-rexant-25049" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-7-5vt-600lm-4000k-e14-dimmiruemaya-prozrachnaya-kolba-rexant-25038" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-9-5vt-950lm-4000k-e14-prozrachnaya-kolba-rexant-25042" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-9-5vt-915lm-2700k-e14-matovaya-kolba-rexant-25045" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-7-5vt-600lm-4000k-e14-prozrachnaya-kolba-rexant-25114" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-9-5vt-915lm-4000k-e14-matovaya-kolba-rexant-25046" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-9-5vt-950lm-2700k-e14-prozrachnaya-kolba-rexant-25041" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-vitaya-svecha-lcw35-7-5vt-600lm-2400k-e14-zolotistaya-kolba-rexant-25051" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-vitaya-svecha-lcw35-9-5vt-950lm-2400k-e14-zolotistaya-kolba-rexant-25052" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-2700k-e14-prozrachnaya-kolba-rexant-25053" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-4000k-e27-prozrachnaya-kolba-rexant-25056" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-4000k-e14-dimmiruemaya-prozrachnaya-kolba-rexant-25058" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-2700k-e27-prozrachnaya-kolba-rexant-25063" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-915lm-2700k-e14-matovaya-kolba-rexant-25065" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-915lm-4000k-e27-matovaya-kolba-rexant-25068" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-2400k-e27-zolotistaya-kolba-rexant-25070" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-4000k-e27-prozrachnaya-kolba-rexant-25064" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-4000k-e14-prozrachnaya-kolba-rexant-25054" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-2700k-e27-dimmiruemaya-prozrachnaya-kolba-rexant-25059" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-2700k-e27-prozrachnaya-kolba-rexant-25055" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-2700k-e14-dimmiruemaya-prozrachnaya-kolba-rexant-25057" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-4000k-e27-dimmiruemaya-prozrachnaya-kolba-rexant-25060" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-4000k-e14-prozrachnaya-kolba-rexant-25062" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-915lm-4000k-e14-matovaya-kolba-rexant-25066" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-915lm-2700k-e27-matovaya-kolba-rexant-25067" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-2700k-e14-prozrachnaya-kolba-rexant-25061" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-2400k-e14-zolotistaya-kolba-rexant-25069" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-loft-globe-a95-11-5vt-1380lm-2400k-e27-zolotistaya-kolba-rexant-25074" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-loft-globe-a125-11-5vt-1380lm-2400k-e27-zolotistaya-kolba-rexant-25076" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-loft-globe-a95-11-5vt-1380lm-2400k-e27-dimmiruemaya-zolotistaya-kolba-rexant-25075" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-loft-edison-st64-11-5vt-1380lm-2700k-e27-prozrachnaya-kolba-rexant-25071" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-loft-globe-a125-11-5vt-1380lm-2400k-e27-dimmiruemaya-zolotistaya-kolba-rexant-24997" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-15-5vt-e27-1473lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-9-5vt-e27-903lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-9-5vt-e27-903lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-11-5vt-e27-1093lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-11-5vt-e27-1093lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-11-5vt-e27-1093lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-15-5vt-e27-1473lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-15-5vt-e27-1473lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a70-20-5vt-e27-1948lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a70-20-5vt-e27-1948lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a80-25-5vt-e27-2423lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a80-25-5vt-e27-2423lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a80-25-5vt-e27-2423lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-shar-a120-17-5vt-1488lm-e27-4000k-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a70-20-5vt-e27-1948lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e14-713lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e27-903lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e27-713lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e14-1093lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e14-713lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e14-713lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e27-713lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e27-713lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e14-903lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e14-903lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e27-903lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e27-903lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e14-1093lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e27-1093lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e27-1093lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e14-903lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e14-1093lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e27-1093lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-na-vetru-cw-7-5vt-e14-713lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-na-vetru-cw-7-5vt-e14-713lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-na-vetru-cw-7-5vt-e14-713lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e14-713lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e27-713lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e27-713lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e27-713lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e14-903lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e14-903lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e14-1093lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e27-903lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e14-1093lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e14-713lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e27-903lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e14-903lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e14-713lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e27-903lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-cpot-9-5vt-gu5-3-760lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-cpot-9-5vt-gu5-3-760lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-cpot-9-5vt-gu5-3-760lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-9-5vt-808lm-gu10-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-5-5vt-467lm-gu5-3-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-r50-9-5vt-808lm-e14-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-5-5vt-467lm-gu5-3-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-9-5vt-808lm-gu10-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-5-5vt-467lm-gu5-3-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-mr16-9-5vt-808lm-gu5-3-ac-dc-12v-2700k-teplyy-svet-nizkovoltnaya-rexan" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-mr16-9-5vt-808lm-gu5-3-ac-dc-12v-4000k-neytralnyy-svet-nizkovoltnaya-r" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-7-5vt-650lm-gu5-3-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-9-5vt-808lm-gu10-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-mr16-9-5vt-808lm-gu5-3-ac-dc-12v-6500k-holodnyy-svet-nizkovoltnaya-rex" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-10-5vt-840lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-15-5vt-1240lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-12-vt-1040lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-10-5vt-840lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-15-5vt-1240lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-15-5vt-1240lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-10-5vt-840lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-7-5vt-638lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-7-5vt-638lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-12-vt-1040lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-7-5vt-638lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-vysokomoschnaya-30vt-e27-perehodnik-e40-2850lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-vysokomoschnaya-50vt-e27-perehodnik-e40-4750lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-vysokomoschnaya-compact-30vt-e27-s-perehodnikom-na-e40-2850lm-4000k-neytralnyy-s" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-vysokomoschnaya-30vt-e27-perehodnik-e40-2850lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-vysokomoschnaya-100vt-e27-perehodnik-e40-9500lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-vysokomoschnaya-compact-30vt-e27-s-perehodnikom-na-e40-2850lm-6500k-holodnyy-sve" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-19-5vt-1658lm-g13-1200mm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-19-5vt-1658lm-g13-1200mm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-25-5vt-2168lm-g13-1500mm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-11-5vt-978lm-g13-600mm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-11-5vt-978lm-g13-600mm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-25-5vt-2168lm-g13-1500mm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-25-5vt-2168lm-g13-2700k-1500mm-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-12v-2vt-6500k-holodnyy-svet-silikon-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-5vt-6500k-holodnyy-svet-polikarbonat-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-12v-2vt-2700k-teplyy-svet-silikon-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-220v-2vt-2700k-teplyy-svet-silikon-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-220v-2vt-6500k-holodnyy-svet-silikon-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g4-230v-5-5vt-2700k-teplyy-svet-polikarbonat-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g4-230v-5-5vt-6500k-holodnyy-svet-polikarbonat-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-5vt-2700k-teplyy-svet-polikarbonat-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-5vt-4000k-neytralnyy-svet-polikarbonat-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-7vt-2700k-teplyy-svet-polikarbonat-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-220v-2vt-4000k-neytralnyy-svet-silikon-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g4-230v-5-5vt-4000k-neytralnyy-svet-polikarbonat-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-7vt-4000k-neytralnyy-svet-polikarbonat-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-7vt-6500k-holodnyy-svet-polikarbonat-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-12v-2vt-4000k-neytralnyy-svet-silikon-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-dlya-rasteniy-grib-reflektor-r90-17-5-vt-27-mkmol-s-e27-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-dlya-rasteniy-grusha-a60-11-5vt-18-mikromol-s-e27-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-dlya-holodilnika-kapsulnaya-2vt-e14-160lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-dlya-holodilnika-kapsulnaya-2vt-e14-160lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-dlya-holodilnika-kapsulnaya-2vt-e14-160lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-ultratonkaya-svetodiodnaya-9mm-opal-40vt-165-265v-ip20-3000lm-6500k-holodnyy-svet-drayver" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-ultratonkaya-svetodiodnaya-9mm-opal-48vt-165-265v-ip20-4100lm-6500k-holodnyy-svet-drayver" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-dlya-ultratonkoy-paneli-moschnostyu-48-vatt-emc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-podvesnyh-krepezhey-dlya-svetodiodnyh-paneley-1-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-universalnaya-svetodiodnaya-19mm-prizma-1195h180-40vt-180-260v-ip20-3300lm-4000k-neytraln" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-595h595h19mm-prizma-6500k-36vt-3600lm-165-265v-ip20-lamper" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-18vt-230v-4000k-1440lm-185mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-9vt-230v-4000k-630lm-118mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-9vt-230v-6500k-630lm-118mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-12vt-230v-6500k-960lm-145mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-24vt-230v-4000k-1920lm-220mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-6vt-230v-6500k-420lm-95mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-12vt-230v-4000k-960lm-145mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-18vt-230v-6500k-1440lm-185mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-24vt-230v-6500k-1920lm-220mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-6vt-230v-4000k-420lm-95mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-hrom-termostoykoe-plastikovoe-koltso-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-zoloto-termostoykoe-plastikovoe-koltso-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemyy-gx53-series-h4-pro-belyy-s-koltsom-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-belyy-termostoykoe-plastikovoe-koltso-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-36vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-18vt-185-265v-4000k-neytralnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnyy-lineynyy-svetilnik-rexant-spo-110-opal-55-vt-185-265-v-ip20-5225-lm-4000-k-ney" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-36vt-185-265v-6500k-holodnyy-svet-1-2m-hit-prodazh-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-18vt-185-265v-4000k-neytralnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-36vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-55vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-55vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-55vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-55vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozaschischennyy-ssp-ip65-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozaschischennyy-ssp2-ip65-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozaschischennyy-ssp-ip65-55vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozaschischennyy-ssp-ip65-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozaschischennyy-ssp2-ip65-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-8vt-760lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-12vt-1140lm-6500k-s-mikrovolnovym-datchikom-dvi" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-18vt-1710lm-6500k-s-mikrovolnovym-datchikom-dvi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-8vt-760lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-8vt-760lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-8vt-760lm-6500k-s-mikrovolnovym-datchikom-dvizh" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-12vt-1140lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-12vt-1140lm-6500k-s-mikrovolnovym-datchikom-dvi-2" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-18vt-1710lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-24vt-2280lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-30vt-2850lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-8vt-760lm-6500k-s-mikrovolnovym-datchikom-dvizh" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-30vt-2850lm-6500k-s-mikrovolnovym-datchikom-dvi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-12vt-1140lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-18vt-1710lm-6500k-s-mikrovolnovym-datchikom-dvi" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-03-pod-lampu-krug-190x85mm-ip65-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-18vt-1710lm-6500k-s-mikrovolnovym-datchikom-rex" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-18vt-1710lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-18vt-1710lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-8vt-760lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-12vt-1140lm-6500k-s-mikrovolnovym-datchikom-dvi" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-12vt-1140lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-03-pod-lampu-krug-250h105mm-ip65-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-12vt-1140lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-18vt-1710lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-30vt-2850lm-6500k-s-mikrovolnovym-datchikom-dvi-2" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-12vt-ip20-4000k-neytralnyy-svet-869mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-5vt-ip20-4000k-neytralnyy-svet-315mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-8vt-ip20-4000k-neytralnyy-svet-565mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-16vt-ip20-4000k-neytralnyy-svet-1179mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-5vt-ip20-6500k-holodnyy-svet-315mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-16vt-ip20-6500k-holodnyy-svet-1179-mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dpo-pod-svetodiodnuyu-lampu-2ht8-600mm-ip20-bez-pra-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dpo-pod-svetodiodnuyu-lampu-2ht8-1200mm-ip20-bez-pra-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-firefly-pro-s-datchikom-den-noch-beloe-svechenie-prosonnect" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-touchpad-s-sensornoy-panelyu-i-dimmerom-3haa-teploe-beloe-svechenie-prosonnect" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-lunnaya-noch-beloe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-lunnaya-noch-goluboe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-parus-odinokiy-goluboe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-notkaktus-beloe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-mahaon-beloe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-snezhinka-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-220v-s-datchikom-den-noch-proconnect" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodnyy-lunnaya-noch-blue-pitanie-ot-seti-ac-230-v-50-gts" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodnyy-parus-odinokiy-siniy-pitanie-ot-seti-ac-230-v-50-gts" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodnyy-mouse-pad-neytralnogo-belogo-tsveta-s-datchikom-noch-den-noch" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-svetodiodnyy-nochnik-raduga-220-v-yl-653" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-mouse-pad-s-datchikom-den-noch-beloe-svechenie-230v-prosonnect" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-steklyannyy-medved-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-nochnik-svetodiodnyy-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-parus-odinokiy-beloe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-romashka-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-fakel-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-mini-220v-s-datchikom-den-noch-proconnect" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodnyy-mahaon-belyy-pitanie-ot-seti-ac-230-v-50-gts" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-s-vyklyuchatelem-220v-proconnect" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-hameleon-mini-220v-proconnect" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-raduga-mnogotsvetnyy-220v-proconnect" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-konsolnyy-dku-01-100vt-5000k-obschego-naznacheniya-ip65-10000lm-chernyy" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-konsolnyy-dku-01-70vt-5000k-obschego-naznacheniya-ip65-6000lm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-konsolnyy-dku-02-100vt-5000k-dlya-dorog-ip65-10000lm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-konsolnyy-dku-03-70-5000k-sh-c-ip65-chernyy-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-konsolnyy-dku-01-50vt-5000k-obschego-naznacheniya-ip65-5000lm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-konsolnyy-dku-01-150vt-5000k-obschego-naznacheniya-ip65-15000lm-chernyy" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-konsolnyy-dku-03-30-5000k-sh-c-ip65-chernyy-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-konsolnyy-dku-03-50-5000k-sh-c-ip65-chernyy-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-konsolnyy-dku-03-150-5000k-sh-c-ip65-chernyy-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-nakladnoy-pod-bandazhnuyu-lentu-s-peremennym-uglom-belyy-230h150h150-51-rexant-art-607-30" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-na-oporu-s-1-homutom-belyy-625h460h280-51-rexant-art-607-300-607-301-607-303" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-nakladnoy-pod-bandazhnuyu-lentu-s-peremennym-uglom-belyy-230h150h150-57-rexant-art-607-30" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-na-oporu-s-1-homutom-belyy-625h460h280-57-rexant-art-607-302-607-304" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/demo-tester-akrilovyy-dlya-filamenta-ac-220v-so-shnurom-pitaniya-1-2m-s-vyklyuchatelem-na-korpuse-ts" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/demo-tester-dlya-proverki-lamp-s-tsokolyami-e27-e27-e14-gu5-3-gx53-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e14-713lm-6500k-holodnyy-svet-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e27-713lm-4000k-neytralnyy-svet-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e27-713lm-6500k-holodnyy-svet-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-spot-9-5vt-gu5-3-760lm-4000k-neytralnyy-svet-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-10-5vt-840lm-4000k-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-15-5vt-1240lm-2700k-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-6500k-holodnyy-svet-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-spot-9-5vt-gu5-3-760lm-6500k-holodnyy-svet-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e14-713lm-2700k-teplyy-svet-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-9-5vt-e27-903lm-4000k-neytralnyy-svet-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-4000k-neytralnyy-svet-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-na-vetru-cw-7-5vt-e14-713lm-6500k-holodnyy-svet-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-10-5vt-840lm-2700k-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e14-903lm-4000k-neytralnyy-svet-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-2700k-teplyy-svet-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e27-1093lm-4000k-neytralnyy-svet-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e14-903lm-6500k-holodnyy-svet-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dlya-vysokih-proletov-dsp-01-200-vt-6500-k-ip65-20000-lm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dlya-vysokih-proletov-dsp-01-100-vt-6500-k-ip65-10000-lm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dlya-vysokih-proletov-dsp-01-150-vt-6500-k-ip65-15000-lm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-7-5vt-750lm-4000k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-11-5vt-1380lm-2700k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-11-5vt-1320lm-2700k-e27-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-11-5vt-1320lm-4000k-e27-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-11-5vt-1380lm-2400k-e27-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-13-5vt-1600lm-2700k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-13-5vt-1600lm-4000k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-9-5vt-1140lm-2700k-e27-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-11-5vt-1380lm-4000k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-9-5vt-1140lm-4000k-e27-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-2700k-e27-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-2700k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-2700k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-4000k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-4000k-e14-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-4000k-e27-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-2700k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-4000k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-4000k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-915lm-4000k-e14-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-915lm-2700k-e27-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-915lm-4000k-e27-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-2400k-e14-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-2700k-e27-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-4000k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-2700k-e14-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-915lm-2700k-e14-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-2700k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-7-5vt-600lm-2700k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-7-5vt-600lm-4000k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-7-5vt-600lm-2700k-e14-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-9-5vt-950lm-2700k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-9-5vt-950lm-4000k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-9-5vt-915lm-2700k-e14-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-9-5vt-915lm-4000k-e14-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-9-5vt-950lm-2400k-e14-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-7-5vt-600lm-4000k-e14-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-vitaya-svecha-lcw35-7-5vt-600lm-2400k-e14-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-vitaya-svecha-lcw35-9-5vt-950lm-2400k-e14-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-2700k-e27-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-2700k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-4000k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-2700k-e14-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-4000k-e14-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-4000k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-2700k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-915lm-2700k-e14-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-915lm-4000k-e14-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-915lm-4000k-e27-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-2400k-e14-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-2400k-e27-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-2700k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-4000k-e27-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-2700k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-4000k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-915lm-2700k-e27-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-4000k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-loft-edison-st64-11-5vt-1380lm-2700k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-loft-globe-a95-11-5vt-1380lm-2400k-e27-dimmiruemaya-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-loft-globe-a125-11-5vt-1380lm-2400k-e27-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-loft-globe-a125-11-5vt-1380lm-2400k-e27-dimmiruemaya-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-loft-globe-a95-11-5vt-1380lm-2400k-e27-zolotistaya-kolba-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I338"/>
+  <dimension ref="A1:I344"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -2494,9298 +2512,9382 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>119.23</v>
+        <v>95.83</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>24144</v>
       </c>
       <c r="G5" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>119.23</v>
+        <v>83.12</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>11662</v>
+        <v>404</v>
       </c>
       <c r="G6" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>161.54</v>
+        <v>83.12</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>6390</v>
       </c>
       <c r="G7" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>161.54</v>
+        <v>86.06</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>8170</v>
       </c>
       <c r="G8" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H8" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>84.62</v>
+        <v>86.06</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>45656</v>
+        <v>8916</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>94.23</v>
+        <v>86.06</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>34383</v>
+        <v>42268</v>
       </c>
       <c r="G10" s="3">
         <v>10</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>81.73</v>
+        <v>95.83</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>8540</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
         <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>84.62</v>
+        <v>95.83</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>23948</v>
+        <v>5874</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
         <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>94.23</v>
+        <v>121.26</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>7285</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>81.73</v>
+        <v>121.26</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>749</v>
+        <v>10132</v>
       </c>
       <c r="G14" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H14" s="3">
         <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>84.62</v>
+        <v>164.29</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>34815</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>94.23</v>
+        <v>164.29</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>119.23</v>
+        <v>164.29</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>8407</v>
+        <v>1018</v>
       </c>
       <c r="G17" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>161.54</v>
+        <v>404.89</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>3170</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>398.12</v>
+        <v>121.26</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>7426</v>
       </c>
       <c r="G19" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H19" s="3">
         <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>80.77</v>
+        <v>82.14</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>111</v>
+        <v>3099</v>
       </c>
       <c r="G21" s="3">
         <v>10</v>
       </c>
       <c r="H21" s="3">
         <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>80.77</v>
+        <v>86.06</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>93</v>
       </c>
       <c r="G22" s="3">
         <v>10</v>
       </c>
       <c r="H22" s="3">
         <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>84.62</v>
+        <v>82.14</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>10</v>
       </c>
       <c r="H23" s="3">
         <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>86.54</v>
+        <v>88.01</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>5710</v>
       </c>
       <c r="G24" s="3">
         <v>10</v>
       </c>
       <c r="H24" s="3">
         <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>80.77</v>
+        <v>82.14</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
         <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>10</v>
       </c>
       <c r="H25" s="3">
         <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>80.77</v>
+        <v>82.14</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>3253</v>
+        <v>2173</v>
       </c>
       <c r="G26" s="3">
         <v>10</v>
       </c>
       <c r="H26" s="3">
         <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>81</v>
+        <v>82.14</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>2881</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>10</v>
       </c>
       <c r="H27" s="3">
         <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>86.54</v>
+        <v>82.14</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>171</v>
       </c>
       <c r="G28" s="3">
         <v>10</v>
       </c>
       <c r="H28" s="3">
         <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>86.54</v>
+        <v>86.06</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>9796</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>10</v>
       </c>
       <c r="H29" s="3">
         <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>86.54</v>
+        <v>86.06</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
         <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>10</v>
       </c>
       <c r="H30" s="3">
         <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>80.77</v>
+        <v>82.38</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>5259</v>
+        <v>2172</v>
       </c>
       <c r="G31" s="3">
         <v>10</v>
       </c>
       <c r="H31" s="3">
         <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>84.62</v>
+        <v>86.06</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>0</v>
+        <v>2257</v>
       </c>
       <c r="G32" s="3">
         <v>10</v>
       </c>
       <c r="H32" s="3">
         <v>100</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>84.62</v>
+        <v>88.01</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
         <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>10</v>
       </c>
       <c r="H33" s="3">
         <v>100</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>84.62</v>
+        <v>88.01</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="3">
         <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>10</v>
       </c>
       <c r="H34" s="3">
         <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>80.77</v>
+        <v>88.01</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>8552</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>10</v>
       </c>
       <c r="H35" s="3">
         <v>100</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>84.62</v>
+        <v>86.06</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>2574</v>
+        <v>1</v>
       </c>
       <c r="G36" s="3">
         <v>10</v>
       </c>
       <c r="H36" s="3">
         <v>100</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>86.54</v>
+        <v>88.01</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>7504</v>
+        <v>2331</v>
       </c>
       <c r="G37" s="3">
         <v>10</v>
       </c>
       <c r="H37" s="3">
         <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>86.54</v>
+        <v>88.01</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
         <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>10</v>
       </c>
       <c r="H38" s="3">
         <v>100</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="2" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
       <c r="D39" s="2"/>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
       <c r="I39" s="2"/>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C40" s="3">
-        <v>80.77</v>
+        <v>82.14</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
         <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>10</v>
       </c>
       <c r="H40" s="3">
         <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C41" s="3">
-        <v>80.77</v>
+        <v>82.14</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
         <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>10</v>
       </c>
       <c r="H41" s="3">
         <v>100</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C42" s="3">
-        <v>80.77</v>
+        <v>82.14</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
         <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>10</v>
       </c>
       <c r="H42" s="3">
         <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
         <v>88</v>
       </c>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C44" s="3">
-        <v>81.51</v>
+        <v>82.9</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
         <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>10</v>
       </c>
       <c r="H44" s="3">
         <v>100</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C45" s="3">
-        <v>84.41</v>
+        <v>82.9</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
         <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>10</v>
       </c>
       <c r="H45" s="3">
         <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C46" s="3">
-        <v>81.51</v>
+        <v>82.9</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G46" s="3">
         <v>10</v>
       </c>
       <c r="H46" s="3">
         <v>100</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C47" s="3">
-        <v>81.51</v>
+        <v>82.9</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
         <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>10</v>
       </c>
       <c r="H47" s="3">
         <v>100</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C48" s="3">
-        <v>86.54</v>
+        <v>69.73</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>0</v>
+        <v>1336</v>
       </c>
       <c r="G48" s="3">
         <v>10</v>
       </c>
       <c r="H48" s="3">
         <v>100</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C49" s="3">
-        <v>81.51</v>
+        <v>85.84</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>767</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>10</v>
       </c>
       <c r="H49" s="3">
         <v>100</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C50" s="3">
-        <v>84.41</v>
+        <v>88.01</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
         <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>10</v>
       </c>
       <c r="H50" s="3">
         <v>100</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C51" s="3">
-        <v>86.54</v>
+        <v>88.01</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>10403</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>10</v>
       </c>
       <c r="H51" s="3">
         <v>100</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C52" s="3">
-        <v>81.51</v>
+        <v>88.01</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>0</v>
+        <v>1652</v>
       </c>
       <c r="G52" s="3">
         <v>10</v>
       </c>
       <c r="H52" s="3">
         <v>100</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C53" s="3">
-        <v>81.51</v>
+        <v>88.01</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="3">
         <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>10</v>
       </c>
       <c r="H53" s="3">
         <v>100</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C54" s="3">
-        <v>86.54</v>
+        <v>85.84</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
         <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>10</v>
       </c>
       <c r="H54" s="3">
         <v>100</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C55" s="3">
-        <v>84.41</v>
+        <v>88.01</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
         <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>10</v>
       </c>
       <c r="H55" s="3">
         <v>100</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C56" s="3">
-        <v>86.54</v>
+        <v>82.9</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
         <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>10</v>
       </c>
       <c r="H56" s="3">
         <v>100</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C57" s="3">
-        <v>68.56</v>
+        <v>85.84</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>3566</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>10</v>
       </c>
       <c r="H57" s="3">
         <v>100</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C58" s="3">
-        <v>84.41</v>
+        <v>85.84</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
         <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>10</v>
       </c>
       <c r="H58" s="3">
         <v>100</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C59" s="3">
-        <v>86.54</v>
+        <v>82.9</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
         <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>10</v>
       </c>
       <c r="H59" s="3">
         <v>100</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C60" s="3">
-        <v>84.41</v>
+        <v>85.84</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="3">
         <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>10</v>
       </c>
       <c r="H60" s="3">
         <v>100</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="2" t="s">
         <v>123</v>
       </c>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
       <c r="D61" s="2"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
       <c r="I61" s="2"/>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C62" s="3">
-        <v>93.31</v>
+        <v>84.08</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="3">
         <v>0</v>
       </c>
       <c r="G62" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H62" s="3">
         <v>100</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C63" s="3">
-        <v>75</v>
+        <v>84.08</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
         <v>0</v>
       </c>
       <c r="G63" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H63" s="3">
         <v>100</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C64" s="3">
-        <v>76.61</v>
+        <v>84.08</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>425</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H64" s="3">
         <v>100</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C65" s="3">
-        <v>82.67</v>
+        <v>87.86</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>0</v>
+        <v>1443</v>
       </c>
       <c r="G65" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>100</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C66" s="3">
-        <v>82.67</v>
+        <v>76.27</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
         <v>0</v>
       </c>
       <c r="G66" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>100</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C67" s="3">
-        <v>75</v>
+        <v>108.36</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>0</v>
+        <v>980</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>100</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C68" s="3">
-        <v>75</v>
+        <v>76.27</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
         <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>100</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C69" s="3">
-        <v>93.31</v>
+        <v>83.47</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>0</v>
+        <v>1404</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>100</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C70" s="3">
-        <v>93.31</v>
+        <v>76.27</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
         <v>0</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>100</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C71" s="3">
-        <v>82.07</v>
+        <v>94.9</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>1581</v>
+        <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>100</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C72" s="3">
-        <v>82.67</v>
+        <v>94.9</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
         <v>0</v>
       </c>
       <c r="G72" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>100</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C73" s="3">
-        <v>86.39</v>
+        <v>77.91</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>1555</v>
+        <v>322</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>100</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C74" s="3">
-        <v>84.62</v>
+        <v>86.06</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>452</v>
+        <v>199</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>100</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C75" s="3">
-        <v>106.55</v>
+        <v>94.9</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>1033</v>
+        <v>0</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>100</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="2" t="s">
         <v>152</v>
       </c>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
       <c r="D76" s="2"/>
       <c r="E76" s="2"/>
       <c r="F76" s="2"/>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
       <c r="I76" s="2"/>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C77" s="3">
-        <v>90</v>
+        <v>91.15</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>1608</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>100</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C78" s="3">
-        <v>103.52</v>
+        <v>115.39</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>16077</v>
+        <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>10</v>
       </c>
       <c r="H78" s="3">
         <v>100</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C79" s="3">
-        <v>113.46</v>
+        <v>95.83</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
         <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>10</v>
       </c>
       <c r="H79" s="3">
         <v>100</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C80" s="3">
-        <v>89.63</v>
+        <v>91.15</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G80" s="3">
         <v>10</v>
       </c>
       <c r="H80" s="3">
         <v>100</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C81" s="3">
-        <v>89.63</v>
+        <v>94.75</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>0</v>
+        <v>15510</v>
       </c>
       <c r="G81" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H81" s="3">
         <v>100</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C82" s="3">
-        <v>113.46</v>
+        <v>115.39</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
         <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
         <v>100</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C83" s="3">
-        <v>75</v>
+        <v>91.53</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>0</v>
+        <v>851</v>
       </c>
       <c r="G83" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H83" s="3">
         <v>100</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C84" s="3">
-        <v>75</v>
+        <v>76.27</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F84" s="3">
-        <v>583</v>
+        <v>524</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>100</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C85" s="3">
-        <v>75</v>
+        <v>76.27</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F85" s="3">
         <v>0</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
         <v>100</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C86" s="3">
-        <v>94.23</v>
+        <v>95.83</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="3">
         <v>0</v>
       </c>
       <c r="G86" s="3">
         <v>10</v>
       </c>
       <c r="H86" s="3">
         <v>100</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C87" s="3">
-        <v>94.23</v>
+        <v>76.27</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F87" s="3">
         <v>0</v>
       </c>
       <c r="G87" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H87" s="3">
         <v>100</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="2" t="s">
         <v>175</v>
       </c>
       <c r="B88" s="2"/>
       <c r="C88" s="2"/>
       <c r="D88" s="2"/>
       <c r="E88" s="2"/>
       <c r="F88" s="2"/>
       <c r="G88" s="2"/>
       <c r="H88" s="2"/>
       <c r="I88" s="2"/>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C89" s="3">
-        <v>268.95</v>
+        <v>273.52</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F89" s="3">
         <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
         <v>20</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C90" s="3">
-        <v>485</v>
+        <v>493.25</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F90" s="3">
         <v>0</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
         <v>12</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C91" s="3">
-        <v>1600</v>
+        <v>365.17</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F91" s="3">
         <v>0</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C92" s="3">
-        <v>282.4</v>
+        <v>287.2</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F92" s="3">
         <v>0</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
         <v>20</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C93" s="3">
-        <v>359.07</v>
+        <v>1627.2</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F93" s="3">
         <v>0</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C94" s="3">
-        <v>359.07</v>
+        <v>365.17</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F94" s="3">
         <v>0</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
         <v>20</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="2" t="s">
         <v>188</v>
       </c>
       <c r="B95" s="2"/>
       <c r="C95" s="2"/>
       <c r="D95" s="2"/>
       <c r="E95" s="2"/>
       <c r="F95" s="2"/>
       <c r="G95" s="2"/>
       <c r="H95" s="2"/>
       <c r="I95" s="2"/>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C96" s="3">
-        <v>151.92</v>
+        <v>192.21</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>0</v>
+        <v>604</v>
       </c>
       <c r="G96" s="3">
         <v>30</v>
       </c>
       <c r="H96" s="3">
         <v>30</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C97" s="3">
-        <v>151.92</v>
+        <v>192.21</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
         <v>30</v>
       </c>
       <c r="H97" s="3">
         <v>30</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C98" s="3">
-        <v>301.42</v>
+        <v>339.66</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>1194</v>
+        <v>70</v>
       </c>
       <c r="G98" s="3">
         <v>30</v>
       </c>
       <c r="H98" s="3">
         <v>30</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C99" s="3">
-        <v>333.98</v>
+        <v>154.5</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G99" s="3">
         <v>30</v>
       </c>
       <c r="H99" s="3">
         <v>30</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C100" s="3">
-        <v>189</v>
+        <v>154.5</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G100" s="3">
         <v>30</v>
       </c>
       <c r="H100" s="3">
         <v>30</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C101" s="3">
-        <v>189</v>
+        <v>275.89</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F101" s="3">
-        <v>784</v>
+        <v>1074</v>
       </c>
       <c r="G101" s="3">
         <v>30</v>
       </c>
       <c r="H101" s="3">
         <v>30</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C102" s="3">
-        <v>231.88</v>
+        <v>212.24</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>892</v>
+        <v>891</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
         <v>100</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="2" t="s">
         <v>203</v>
       </c>
       <c r="B103" s="2"/>
       <c r="C103" s="2"/>
       <c r="D103" s="2"/>
       <c r="E103" s="2"/>
       <c r="F103" s="2"/>
       <c r="G103" s="2"/>
       <c r="H103" s="2"/>
       <c r="I103" s="2"/>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C104" s="3">
-        <v>129.76</v>
+        <v>150.6</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>8530</v>
+        <v>0</v>
       </c>
       <c r="G104" s="3">
         <v>10</v>
       </c>
       <c r="H104" s="3">
         <v>10</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C105" s="3">
-        <v>190.38</v>
+        <v>144.73</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F105" s="3">
         <v>0</v>
       </c>
       <c r="G105" s="3">
         <v>10</v>
       </c>
       <c r="H105" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C106" s="3">
-        <v>149</v>
+        <v>150.6</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F106" s="3">
-        <v>0</v>
+        <v>4103</v>
       </c>
       <c r="G106" s="3">
         <v>10</v>
       </c>
       <c r="H106" s="3">
         <v>10</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C107" s="3">
-        <v>129.76</v>
+        <v>99.42</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>11634</v>
+        <v>6835</v>
       </c>
       <c r="G107" s="3">
         <v>10</v>
       </c>
       <c r="H107" s="3">
         <v>10</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C108" s="3">
-        <v>190.38</v>
+        <v>151.53</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F108" s="3">
         <v>0</v>
       </c>
       <c r="G108" s="3">
         <v>10</v>
       </c>
       <c r="H108" s="3">
         <v>10</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C109" s="3">
-        <v>149</v>
+        <v>118.77</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F109" s="3">
-        <v>8</v>
+        <v>8490</v>
       </c>
       <c r="G109" s="3">
         <v>10</v>
       </c>
       <c r="H109" s="3">
         <v>10</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C110" s="3">
-        <v>148.08</v>
+        <v>144.73</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F110" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G110" s="3">
         <v>10</v>
       </c>
       <c r="H110" s="3">
         <v>10</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C111" s="3">
-        <v>148.08</v>
+        <v>118.77</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F111" s="3">
-        <v>0</v>
+        <v>11540</v>
       </c>
       <c r="G111" s="3">
         <v>10</v>
       </c>
       <c r="H111" s="3">
         <v>10</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C112" s="3">
-        <v>142.31</v>
+        <v>144.73</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F112" s="3">
         <v>0</v>
       </c>
       <c r="G112" s="3">
         <v>10</v>
       </c>
       <c r="H112" s="3">
         <v>10</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C113" s="3">
-        <v>142.31</v>
+        <v>145.78</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F113" s="3">
-        <v>0</v>
+        <v>11936</v>
       </c>
       <c r="G113" s="3">
         <v>10</v>
       </c>
       <c r="H113" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C114" s="3">
-        <v>159.27</v>
+        <v>151.53</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F114" s="3">
-        <v>12074</v>
+        <v>0</v>
       </c>
       <c r="G114" s="3">
         <v>10</v>
       </c>
       <c r="H114" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C115" s="3">
-        <v>148.08</v>
+        <v>144.73</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F115" s="3">
-        <v>4273</v>
+        <v>1182</v>
       </c>
       <c r="G115" s="3">
         <v>10</v>
       </c>
       <c r="H115" s="3">
         <v>10</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C116" s="3">
-        <v>142.31</v>
+        <v>193.62</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F116" s="3">
-        <v>1214</v>
+        <v>0</v>
       </c>
       <c r="G116" s="3">
         <v>10</v>
       </c>
       <c r="H116" s="3">
         <v>10</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C117" s="3">
-        <v>142.31</v>
+        <v>193.62</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F117" s="3">
         <v>0</v>
       </c>
       <c r="G117" s="3">
         <v>10</v>
       </c>
       <c r="H117" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C118" s="3">
-        <v>108.62</v>
+        <v>150.6</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F118" s="3">
-        <v>7086</v>
+        <v>0</v>
       </c>
       <c r="G118" s="3">
         <v>10</v>
       </c>
       <c r="H118" s="3">
         <v>10</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="2" t="s">
         <v>234</v>
       </c>
       <c r="B119" s="2"/>
       <c r="C119" s="2"/>
       <c r="D119" s="2"/>
       <c r="E119" s="2"/>
       <c r="F119" s="2"/>
       <c r="G119" s="2"/>
       <c r="H119" s="2"/>
       <c r="I119" s="2"/>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C120" s="3">
-        <v>258.72</v>
+        <v>328.81</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F120" s="3">
-        <v>6</v>
+        <v>3291</v>
       </c>
       <c r="G120" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H120" s="3">
         <v>100</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C121" s="3">
-        <v>359.24</v>
+        <v>263.12</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F121" s="3">
-        <v>3366</v>
+        <v>5</v>
       </c>
       <c r="G121" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H121" s="3">
         <v>100</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="2" t="s">
         <v>239</v>
       </c>
       <c r="B122" s="2"/>
       <c r="C122" s="2"/>
       <c r="D122" s="2"/>
       <c r="E122" s="2"/>
       <c r="F122" s="2"/>
       <c r="G122" s="2"/>
       <c r="H122" s="2"/>
       <c r="I122" s="2"/>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C123" s="3">
-        <v>209.62</v>
+        <v>213.18</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F123" s="3">
         <v>0</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
         <v>500</v>
       </c>
       <c r="I123" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C124" s="3">
-        <v>209.62</v>
+        <v>213.18</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F124" s="3">
         <v>0</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
         <v>500</v>
       </c>
       <c r="I124" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C125" s="3">
-        <v>209.62</v>
+        <v>213.18</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F125" s="3">
         <v>0</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
         <v>500</v>
       </c>
       <c r="I125" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="2" t="s">
         <v>246</v>
       </c>
       <c r="B126" s="2"/>
       <c r="C126" s="2"/>
       <c r="D126" s="2"/>
       <c r="E126" s="2"/>
       <c r="F126" s="2"/>
       <c r="G126" s="2"/>
       <c r="H126" s="2"/>
       <c r="I126" s="2"/>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A127" s="3" t="s">
+      <c r="A127" s="2" t="s">
         <v>247</v>
       </c>
-      <c r="B127" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B127" s="2"/>
+      <c r="C127" s="2"/>
+      <c r="D127" s="2"/>
+      <c r="E127" s="2"/>
+      <c r="F127" s="2"/>
+      <c r="G127" s="2"/>
+      <c r="H127" s="2"/>
+      <c r="I127" s="2"/>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="B128" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="B128" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C128" s="3">
-        <v>310.26</v>
+        <v>1021.04</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F128" s="3">
         <v>0</v>
       </c>
       <c r="G128" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="H128" s="3">
-        <v>250</v>
+        <v>8</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="B129" s="3" t="s">
         <v>251</v>
       </c>
-      <c r="B129" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C129" s="3">
-        <v>1003.97</v>
+        <v>1073.93</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F129" s="3">
         <v>0</v>
       </c>
       <c r="G129" s="3">
         <v>8</v>
       </c>
       <c r="H129" s="3">
         <v>8</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A130" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A130" s="2" t="s">
+        <v>252</v>
+      </c>
+      <c r="B130" s="2"/>
+      <c r="C130" s="2"/>
+      <c r="D130" s="2"/>
+      <c r="E130" s="2"/>
+      <c r="F130" s="2"/>
+      <c r="G130" s="2"/>
+      <c r="H130" s="2"/>
+      <c r="I130" s="2"/>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="C131" s="3">
-        <v>508.03</v>
+        <v>465</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F131" s="3">
         <v>0</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
         <v>120</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A132" s="2" t="s">
+      <c r="A132" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="B132" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="C132" s="3">
+        <v>315.53</v>
+      </c>
+      <c r="D132" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F132" s="3">
+        <v>0</v>
+      </c>
+      <c r="G132" s="3">
+        <v>1</v>
+      </c>
+      <c r="H132" s="3">
+        <v>250</v>
+      </c>
+      <c r="I132" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="133" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A133" s="2" t="s">
         <v>257</v>
       </c>
-      <c r="B132" s="2"/>
-[...9 lines deleted...]
-      <c r="A133" s="3" t="s">
+      <c r="B133" s="2"/>
+      <c r="C133" s="2"/>
+      <c r="D133" s="2"/>
+      <c r="E133" s="2"/>
+      <c r="F133" s="2"/>
+      <c r="G133" s="2"/>
+      <c r="H133" s="2"/>
+      <c r="I133" s="2"/>
+    </row>
+    <row r="134" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A134" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="B133" s="3" t="s">
+      <c r="B134" s="3" t="s">
         <v>259</v>
       </c>
-      <c r="C133" s="3">
-[...11 lines deleted...]
-      <c r="G133" s="3">
+      <c r="C134" s="3">
+        <v>1045.64</v>
+      </c>
+      <c r="D134" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E134" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F134" s="3">
+        <v>1</v>
+      </c>
+      <c r="G134" s="3">
         <v>4</v>
       </c>
-      <c r="H133" s="3">
+      <c r="H134" s="3">
         <v>4</v>
       </c>
-      <c r="I133" s="3">
-[...4 lines deleted...]
-      <c r="A134" s="2" t="s">
+      <c r="I134" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="135" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A135" s="2" t="s">
         <v>260</v>
       </c>
-      <c r="B134" s="2"/>
-[...35 lines deleted...]
-      </c>
+      <c r="B135" s="2"/>
+      <c r="C135" s="2"/>
+      <c r="D135" s="2"/>
+      <c r="E135" s="2"/>
+      <c r="F135" s="2"/>
+      <c r="G135" s="2"/>
+      <c r="H135" s="2"/>
+      <c r="I135" s="2"/>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="B136" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="C136" s="3">
+        <v>1017</v>
+      </c>
+      <c r="D136" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F136" s="3">
+        <v>0</v>
+      </c>
+      <c r="G136" s="3">
+        <v>4</v>
+      </c>
+      <c r="H136" s="3">
+        <v>4</v>
+      </c>
+      <c r="I136" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="137" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A137" s="2" t="s">
         <v>263</v>
       </c>
-      <c r="B136" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B137" s="2"/>
+      <c r="C137" s="2"/>
+      <c r="D137" s="2"/>
+      <c r="E137" s="2"/>
+      <c r="F137" s="2"/>
+      <c r="G137" s="2"/>
+      <c r="H137" s="2"/>
+      <c r="I137" s="2"/>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="C138" s="3">
-        <v>201.67</v>
+        <v>335.72</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F138" s="3">
-        <v>1808</v>
+        <v>7857</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>80</v>
+        <v>30</v>
       </c>
       <c r="I138" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="C139" s="3">
-        <v>517.08</v>
+        <v>205.1</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F139" s="3">
-        <v>8523</v>
+        <v>1777</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="I139" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="C140" s="3">
-        <v>156.7</v>
+        <v>205.1</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F140" s="3">
-        <v>1708</v>
+        <v>3719</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I140" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="C141" s="3">
-        <v>366.78</v>
+        <v>256.11</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F141" s="3">
-        <v>7832</v>
+        <v>6759</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="I141" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="C142" s="3">
-        <v>201.67</v>
+        <v>473.28</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F142" s="3">
-        <v>2894</v>
+        <v>8473</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>80</v>
+        <v>30</v>
       </c>
       <c r="I142" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="C143" s="3">
-        <v>251.83</v>
+        <v>159.36</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F143" s="3">
-        <v>6588</v>
+        <v>1707</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I143" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="C144" s="3">
-        <v>251.83</v>
+        <v>256.11</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F144" s="3">
-        <v>6435</v>
+        <v>6553</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
         <v>60</v>
       </c>
       <c r="I144" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A145" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I145" s="2"/>
+      <c r="A145" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="B145" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="C145" s="3">
+        <v>335.72</v>
+      </c>
+      <c r="D145" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F145" s="3">
+        <v>7386</v>
+      </c>
+      <c r="G145" s="3">
+        <v>1</v>
+      </c>
+      <c r="H145" s="3">
+        <v>30</v>
+      </c>
+      <c r="I145" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="C146" s="3">
-        <v>105.82</v>
+        <v>473.28</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F146" s="3">
-        <v>2222</v>
+        <v>8054</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="I146" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="B147" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="C147" s="3">
+        <v>159.36</v>
+      </c>
+      <c r="D147" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F147" s="3">
+        <v>3542</v>
+      </c>
+      <c r="G147" s="3">
+        <v>1</v>
+      </c>
+      <c r="H147" s="3">
+        <v>100</v>
+      </c>
+      <c r="I147" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="148" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A148" s="2" t="s">
         <v>284</v>
       </c>
-      <c r="B147" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B148" s="2"/>
+      <c r="C148" s="2"/>
+      <c r="D148" s="2"/>
+      <c r="E148" s="2"/>
+      <c r="F148" s="2"/>
+      <c r="G148" s="2"/>
+      <c r="H148" s="2"/>
+      <c r="I148" s="2"/>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="C149" s="3">
-        <v>799.56</v>
+        <v>121.13</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F149" s="3">
-        <v>1595</v>
+        <v>2391</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="C150" s="3">
-        <v>290</v>
+        <v>121.13</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F150" s="3">
-        <v>739</v>
+        <v>2865</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
         <v>100</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="C151" s="3">
-        <v>1122.3</v>
+        <v>107.62</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F151" s="3">
-        <v>1736</v>
+        <v>2253</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I151" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="C152" s="3">
-        <v>189.99</v>
+        <v>96.21</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F152" s="3">
-        <v>2955</v>
+        <v>32490</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A153" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A153" s="2" t="s">
+        <v>293</v>
+      </c>
+      <c r="B153" s="2"/>
+      <c r="C153" s="2"/>
+      <c r="D153" s="2"/>
+      <c r="E153" s="2"/>
+      <c r="F153" s="2"/>
+      <c r="G153" s="2"/>
+      <c r="H153" s="2"/>
+      <c r="I153" s="2"/>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="C154" s="3">
-        <v>480</v>
+        <v>499.54</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F154" s="3">
-        <v>1017</v>
+        <v>3167</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="C155" s="3">
-        <v>351.99</v>
+        <v>345.9</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F155" s="3">
-        <v>0</v>
+        <v>456</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="C156" s="3">
-        <v>459.99</v>
+        <v>1170.58</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>15</v>
+        <v>300</v>
       </c>
       <c r="F156" s="3">
-        <v>1032</v>
+        <v>0</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I156" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="C157" s="3">
-        <v>486.56</v>
+        <v>499.54</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F157" s="3">
-        <v>4372</v>
+        <v>2474</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I157" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="C158" s="3">
-        <v>189.99</v>
+        <v>350.72</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F158" s="3">
-        <v>5599</v>
+        <v>3781</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="C159" s="3">
-        <v>290</v>
+        <v>499.54</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F159" s="3">
-        <v>2574</v>
+        <v>973</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="C160" s="3">
-        <v>689.79</v>
+        <v>345.9</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F160" s="3">
-        <v>664</v>
+        <v>491</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I160" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="C161" s="3">
-        <v>486.56</v>
+        <v>499.54</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F161" s="3">
-        <v>5341</v>
+        <v>619</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="C162" s="3">
-        <v>441.35</v>
+        <v>345.9</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F162" s="3">
-        <v>3368</v>
+        <v>2418</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="C163" s="3">
-        <v>486.56</v>
+        <v>499.54</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F163" s="3">
-        <v>2522</v>
+        <v>575</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="C164" s="3">
-        <v>239.37</v>
+        <v>537.57</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F164" s="3">
-        <v>1887</v>
+        <v>637</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I164" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="C165" s="3">
-        <v>387.76</v>
+        <v>537.57</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F165" s="3">
-        <v>1097</v>
+        <v>0</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="C166" s="3">
-        <v>201.11</v>
+        <v>537.57</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F166" s="3">
-        <v>1874</v>
+        <v>1</v>
       </c>
       <c r="G166" s="3">
         <v>1</v>
       </c>
       <c r="H166" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I166" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="C167" s="3">
-        <v>480</v>
+        <v>537.57</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F167" s="3">
-        <v>1115</v>
+        <v>0</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I167" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A168" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A168" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="B168" s="2"/>
+      <c r="C168" s="2"/>
+      <c r="D168" s="2"/>
+      <c r="E168" s="2"/>
+      <c r="F168" s="2"/>
+      <c r="G168" s="2"/>
+      <c r="H168" s="2"/>
+      <c r="I168" s="2"/>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="C169" s="3">
-        <v>201.11</v>
+        <v>792.37</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F169" s="3">
-        <v>1157</v>
+        <v>55</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="C170" s="3">
-        <v>528.13</v>
+        <v>1291.67</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F170" s="3">
-        <v>1698</v>
+        <v>2</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I170" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="C171" s="3">
-        <v>1047.54</v>
+        <v>1274.65</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F171" s="3">
-        <v>721</v>
+        <v>3</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I171" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="C172" s="3">
-        <v>466.48</v>
+        <v>1291.67</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F172" s="3">
-        <v>2015</v>
+        <v>0</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="C173" s="3">
-        <v>410.05</v>
+        <v>804.34</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F173" s="3">
         <v>0</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I173" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A174" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A174" s="2" t="s">
+        <v>334</v>
+      </c>
+      <c r="B174" s="2"/>
+      <c r="C174" s="2"/>
+      <c r="D174" s="2"/>
+      <c r="E174" s="2"/>
+      <c r="F174" s="2"/>
+      <c r="G174" s="2"/>
+      <c r="H174" s="2"/>
+      <c r="I174" s="2"/>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
-        <v>340</v>
+        <v>335</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>341</v>
+        <v>336</v>
       </c>
       <c r="C175" s="3">
-        <v>696.72</v>
+        <v>204.53</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F175" s="3">
-        <v>3194</v>
+        <v>1842</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I175" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>343</v>
+        <v>338</v>
       </c>
       <c r="C176" s="3">
-        <v>239.37</v>
+        <v>420.6</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F176" s="3">
-        <v>3395</v>
+        <v>1879</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
         <v>40</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
-        <v>344</v>
+        <v>339</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
       <c r="C177" s="3">
-        <v>119.11</v>
+        <v>691.18</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F177" s="3">
-        <v>3211</v>
+        <v>582</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
-        <v>346</v>
+        <v>341</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>347</v>
+        <v>342</v>
       </c>
       <c r="C178" s="3">
-        <v>1149.54</v>
+        <v>193.22</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F178" s="3">
-        <v>367</v>
+        <v>2509</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
-        <v>348</v>
+        <v>343</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>349</v>
+        <v>344</v>
       </c>
       <c r="C179" s="3">
-        <v>119.11</v>
+        <v>204.53</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F179" s="3">
-        <v>10129</v>
+        <v>1146</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
         <v>100</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
       <c r="C180" s="3">
-        <v>94.6</v>
+        <v>474.41</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F180" s="3">
-        <v>43556</v>
+        <v>1894</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
-        <v>352</v>
+        <v>347</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>353</v>
+        <v>348</v>
       </c>
       <c r="C181" s="3">
-        <v>739.2</v>
+        <v>219.09</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F181" s="3">
-        <v>1390</v>
+        <v>802</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I181" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
-        <v>354</v>
+        <v>349</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="C182" s="3">
-        <v>735.44</v>
+        <v>456.55</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F182" s="3">
-        <v>1207</v>
+        <v>648</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="I182" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
-        <v>356</v>
+        <v>351</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="C183" s="3">
-        <v>901.15</v>
+        <v>439.34</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F183" s="3">
-        <v>563</v>
+        <v>909</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I183" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A184" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I184" s="2"/>
+      <c r="A184" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="B184" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="C184" s="3">
+        <v>602.27</v>
+      </c>
+      <c r="D184" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E184" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F184" s="3">
+        <v>2629</v>
+      </c>
+      <c r="G184" s="3">
+        <v>1</v>
+      </c>
+      <c r="H184" s="3">
+        <v>40</v>
+      </c>
+      <c r="I184" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="C185" s="3">
-        <v>491.19</v>
+        <v>675.24</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F185" s="3">
-        <v>2604</v>
+        <v>0</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I185" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="C186" s="3">
-        <v>491.19</v>
+        <v>374.64</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F186" s="3">
-        <v>8746</v>
+        <v>974</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I186" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="C187" s="3">
-        <v>340.12</v>
+        <v>905.54</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F187" s="3">
-        <v>4328</v>
+        <v>380</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I187" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="C188" s="3">
-        <v>528.58</v>
+        <v>280.18</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F188" s="3">
-        <v>1636</v>
+        <v>667</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I188" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="C189" s="3">
-        <v>528.58</v>
+        <v>596.29</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F189" s="3">
-        <v>0</v>
+        <v>511</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I189" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="C190" s="3">
-        <v>1278.9</v>
+        <v>699.14</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>371</v>
+        <v>15</v>
       </c>
       <c r="F190" s="3">
-        <v>0</v>
+        <v>1378</v>
       </c>
       <c r="G190" s="3">
         <v>1</v>
       </c>
       <c r="H190" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I190" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="C191" s="3">
-        <v>528.58</v>
+        <v>617.04</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F191" s="3">
-        <v>0</v>
+        <v>614</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I191" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="C192" s="3">
-        <v>340.12</v>
+        <v>381.52</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F192" s="3">
-        <v>3653</v>
+        <v>1977</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I192" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="C193" s="3">
-        <v>340.12</v>
+        <v>439.34</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F193" s="3">
-        <v>1904</v>
+        <v>1049</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
       <c r="C194" s="3">
-        <v>344.86</v>
+        <v>193.22</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F194" s="3">
-        <v>4177</v>
+        <v>5545</v>
       </c>
       <c r="G194" s="3">
         <v>1</v>
       </c>
       <c r="H194" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="C195" s="3">
-        <v>491.19</v>
+        <v>397.63</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F195" s="3">
-        <v>4441</v>
+        <v>868</v>
       </c>
       <c r="G195" s="3">
         <v>1</v>
       </c>
       <c r="H195" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="C196" s="3">
-        <v>491.19</v>
+        <v>219.09</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F196" s="3">
-        <v>2836</v>
+        <v>1818</v>
       </c>
       <c r="G196" s="3">
         <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I196" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C197" s="3">
-        <v>491.19</v>
+        <v>1061.49</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F197" s="3">
-        <v>2933</v>
+        <v>1718</v>
       </c>
       <c r="G197" s="3">
         <v>1</v>
       </c>
       <c r="H197" s="3">
         <v>20</v>
       </c>
       <c r="I197" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="C198" s="3">
-        <v>528.58</v>
+        <v>280.18</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F198" s="3">
-        <v>0</v>
+        <v>1162</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I198" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A199" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I199" s="2"/>
+      <c r="A199" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="B199" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="C199" s="3">
+        <v>381.52</v>
+      </c>
+      <c r="D199" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E199" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F199" s="3">
+        <v>3594</v>
+      </c>
+      <c r="G199" s="3">
+        <v>1</v>
+      </c>
+      <c r="H199" s="3">
+        <v>40</v>
+      </c>
+      <c r="I199" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C200" s="3">
-        <v>1270.08</v>
+        <v>993.72</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F200" s="3">
-        <v>0</v>
+        <v>355</v>
       </c>
       <c r="G200" s="3">
         <v>1</v>
       </c>
       <c r="H200" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I200" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A201" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A201" s="2" t="s">
+        <v>387</v>
+      </c>
+      <c r="B201" s="2"/>
+      <c r="C201" s="2"/>
+      <c r="D201" s="2"/>
+      <c r="E201" s="2"/>
+      <c r="F201" s="2"/>
+      <c r="G201" s="2"/>
+      <c r="H201" s="2"/>
+      <c r="I201" s="2"/>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="C202" s="3">
-        <v>790.89</v>
+        <v>483.45</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F202" s="3">
         <v>0</v>
       </c>
       <c r="G202" s="3">
         <v>1</v>
       </c>
       <c r="H202" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I202" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
       <c r="C203" s="3">
-        <v>1270.08</v>
+        <v>357.97</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F203" s="3">
         <v>0</v>
       </c>
       <c r="G203" s="3">
         <v>1</v>
       </c>
       <c r="H203" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I203" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="C204" s="3">
-        <v>1253.34</v>
+        <v>417.02</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F204" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G204" s="3">
         <v>1</v>
       </c>
       <c r="H204" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I204" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A205" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I205" s="2"/>
+      <c r="A205" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="B205" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="C205" s="3">
+        <v>494.83</v>
+      </c>
+      <c r="D205" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E205" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F205" s="3">
+        <v>3812</v>
+      </c>
+      <c r="G205" s="3">
+        <v>1</v>
+      </c>
+      <c r="H205" s="3">
+        <v>25</v>
+      </c>
+      <c r="I205" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="C206" s="3">
-        <v>205.4</v>
+        <v>357.97</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>371</v>
+        <v>15</v>
       </c>
       <c r="F206" s="3">
         <v>0</v>
       </c>
       <c r="G206" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H206" s="3">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="I206" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="C207" s="3">
-        <v>217.08</v>
+        <v>494.83</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>371</v>
+        <v>15</v>
       </c>
       <c r="F207" s="3">
-        <v>1</v>
+        <v>5153</v>
       </c>
       <c r="G207" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H207" s="3">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="I207" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A208" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A208" s="2" t="s">
+        <v>400</v>
+      </c>
+      <c r="B208" s="2"/>
+      <c r="C208" s="2"/>
+      <c r="D208" s="2"/>
+      <c r="E208" s="2"/>
+      <c r="F208" s="2"/>
+      <c r="G208" s="2"/>
+      <c r="H208" s="2"/>
+      <c r="I208" s="2"/>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
       <c r="C209" s="3">
-        <v>218.98</v>
+        <v>747.94</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>371</v>
+        <v>15</v>
       </c>
       <c r="F209" s="3">
-        <v>63</v>
+        <v>1216</v>
       </c>
       <c r="G209" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H209" s="3">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="I209" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="C210" s="3">
-        <v>212.6</v>
+        <v>916.47</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>371</v>
+        <v>15</v>
       </c>
       <c r="F210" s="3">
-        <v>84</v>
+        <v>533</v>
       </c>
       <c r="G210" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H210" s="3">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="I210" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A211" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A211" s="2" t="s">
+        <v>405</v>
+      </c>
+      <c r="B211" s="2"/>
+      <c r="C211" s="2"/>
+      <c r="D211" s="2"/>
+      <c r="E211" s="2"/>
+      <c r="F211" s="2"/>
+      <c r="G211" s="2"/>
+      <c r="H211" s="2"/>
+      <c r="I211" s="2"/>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>413</v>
+        <v>407</v>
       </c>
       <c r="C212" s="3">
-        <v>226.8</v>
+        <v>147.66</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>371</v>
+        <v>15</v>
       </c>
       <c r="F212" s="3">
         <v>0</v>
       </c>
       <c r="G212" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H212" s="3">
-        <v>18</v>
+        <v>60</v>
       </c>
       <c r="I212" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>415</v>
+        <v>409</v>
       </c>
       <c r="C213" s="3">
-        <v>237.97</v>
+        <v>147.66</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>371</v>
+        <v>15</v>
       </c>
       <c r="F213" s="3">
         <v>0</v>
       </c>
       <c r="G213" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H213" s="3">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="I213" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
-        <v>416</v>
+        <v>410</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>417</v>
+        <v>411</v>
       </c>
       <c r="C214" s="3">
-        <v>237.97</v>
+        <v>102.26</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>371</v>
+        <v>15</v>
       </c>
       <c r="F214" s="3">
-        <v>2</v>
+        <v>7762</v>
       </c>
       <c r="G214" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H214" s="3">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="I214" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
-        <v>418</v>
+        <v>412</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>419</v>
+        <v>413</v>
       </c>
       <c r="C215" s="3">
-        <v>237.97</v>
+        <v>147.66</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>371</v>
+        <v>15</v>
       </c>
       <c r="F215" s="3">
         <v>0</v>
       </c>
       <c r="G215" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H215" s="3">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="I215" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="C216" s="3">
-        <v>237.97</v>
+        <v>140.27</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>371</v>
+        <v>15</v>
       </c>
       <c r="F216" s="3">
-        <v>0</v>
+        <v>2928</v>
       </c>
       <c r="G216" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H216" s="3">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="I216" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
-        <v>422</v>
+        <v>416</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>423</v>
+        <v>417</v>
       </c>
       <c r="C217" s="3">
-        <v>209.61</v>
+        <v>147.66</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>371</v>
+        <v>15</v>
       </c>
       <c r="F217" s="3">
         <v>0</v>
       </c>
       <c r="G217" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H217" s="3">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="I217" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
-        <v>424</v>
+        <v>418</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>425</v>
+        <v>419</v>
       </c>
       <c r="C218" s="3">
-        <v>212.6</v>
+        <v>147.66</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>371</v>
+        <v>15</v>
       </c>
       <c r="F218" s="3">
         <v>0</v>
       </c>
       <c r="G218" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H218" s="3">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="I218" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
-        <v>426</v>
+        <v>420</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
       <c r="C219" s="3">
-        <v>311.98</v>
+        <v>175.05</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>371</v>
+        <v>15</v>
       </c>
       <c r="F219" s="3">
-        <v>0</v>
+        <v>1971</v>
       </c>
       <c r="G219" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H219" s="3">
         <v>60</v>
       </c>
       <c r="I219" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
-        <v>428</v>
+        <v>422</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>429</v>
+        <v>423</v>
       </c>
       <c r="C220" s="3">
-        <v>237.97</v>
+        <v>147.66</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>371</v>
+        <v>15</v>
       </c>
       <c r="F220" s="3">
         <v>0</v>
       </c>
       <c r="G220" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H220" s="3">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="I220" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
-        <v>430</v>
+        <v>424</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>431</v>
+        <v>425</v>
       </c>
       <c r="C221" s="3">
-        <v>209.61</v>
+        <v>265.78</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>371</v>
+        <v>300</v>
       </c>
       <c r="F221" s="3">
-        <v>3</v>
+        <v>112</v>
       </c>
       <c r="G221" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H221" s="3">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="I221" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
-        <v>432</v>
+        <v>426</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>433</v>
+        <v>427</v>
       </c>
       <c r="C222" s="3">
-        <v>209.61</v>
+        <v>265.78</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>371</v>
+        <v>300</v>
       </c>
       <c r="F222" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G222" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H222" s="3">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="I222" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A223" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I223" s="2"/>
+      <c r="A223" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="B223" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="C223" s="3">
+        <v>215.29</v>
+      </c>
+      <c r="D223" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E223" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F223" s="3">
+        <v>63</v>
+      </c>
+      <c r="G223" s="3">
+        <v>1</v>
+      </c>
+      <c r="H223" s="3">
+        <v>20</v>
+      </c>
+      <c r="I223" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="C224" s="3">
-        <v>145.19</v>
+        <v>239.87</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>15</v>
+        <v>300</v>
       </c>
       <c r="F224" s="3">
-        <v>0</v>
+        <v>46</v>
       </c>
       <c r="G224" s="3">
         <v>1</v>
       </c>
       <c r="H224" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I224" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="C225" s="3">
-        <v>145.19</v>
+        <v>162.72</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F225" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G225" s="3">
         <v>1</v>
       </c>
       <c r="H225" s="3">
-        <v>96</v>
+        <v>60</v>
       </c>
       <c r="I225" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
       <c r="C226" s="3">
-        <v>145.19</v>
+        <v>1830.6</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F226" s="3">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="G226" s="3">
         <v>1</v>
       </c>
       <c r="H226" s="3">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="I226" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="C227" s="3">
-        <v>160</v>
+        <v>417.21</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F227" s="3">
-        <v>0</v>
+        <v>2528</v>
       </c>
       <c r="G227" s="3">
         <v>1</v>
       </c>
       <c r="H227" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I227" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
       <c r="C228" s="3">
-        <v>255.81</v>
+        <v>126.25</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F228" s="3">
-        <v>0</v>
+        <v>2133</v>
       </c>
       <c r="G228" s="3">
         <v>1</v>
       </c>
       <c r="H228" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="C229" s="3">
-        <v>235.86</v>
+        <v>165.21</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>371</v>
+        <v>15</v>
       </c>
       <c r="F229" s="3">
-        <v>52</v>
+        <v>5766</v>
       </c>
       <c r="G229" s="3">
         <v>1</v>
       </c>
       <c r="H229" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I229" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="C230" s="3">
-        <v>145.19</v>
+        <v>133.45</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F230" s="3">
-        <v>0</v>
+        <v>8992</v>
       </c>
       <c r="G230" s="3">
         <v>1</v>
       </c>
       <c r="H230" s="3">
-        <v>96</v>
+        <v>60</v>
       </c>
       <c r="I230" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="C231" s="3">
-        <v>145.19</v>
+        <v>147.66</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F231" s="3">
         <v>0</v>
       </c>
       <c r="G231" s="3">
         <v>1</v>
       </c>
       <c r="H231" s="3">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="I231" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>452</v>
+        <v>447</v>
       </c>
       <c r="C232" s="3">
-        <v>105.84</v>
+        <v>227.88</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>15</v>
+        <v>300</v>
       </c>
       <c r="F232" s="3">
-        <v>14438</v>
+        <v>77</v>
       </c>
       <c r="G232" s="3">
         <v>1</v>
       </c>
       <c r="H232" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I232" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
-        <v>453</v>
+        <v>448</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>454</v>
+        <v>449</v>
       </c>
       <c r="C233" s="3">
-        <v>211.69</v>
+        <v>260.16</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>371</v>
+        <v>15</v>
       </c>
       <c r="F233" s="3">
-        <v>95</v>
+        <v>0</v>
       </c>
       <c r="G233" s="3">
         <v>1</v>
       </c>
       <c r="H233" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I233" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
       <c r="C234" s="3">
-        <v>410.24</v>
+        <v>102.26</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F234" s="3">
-        <v>2859</v>
+        <v>13881</v>
       </c>
       <c r="G234" s="3">
         <v>1</v>
       </c>
       <c r="H234" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I234" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="C235" s="3">
-        <v>172.12</v>
+        <v>147.66</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F235" s="3">
-        <v>4280</v>
+        <v>0</v>
       </c>
       <c r="G235" s="3">
         <v>1</v>
       </c>
       <c r="H235" s="3">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="I235" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A236" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A236" s="2" t="s">
+        <v>454</v>
+      </c>
+      <c r="B236" s="2"/>
+      <c r="C236" s="2"/>
+      <c r="D236" s="2"/>
+      <c r="E236" s="2"/>
+      <c r="F236" s="2"/>
+      <c r="G236" s="2"/>
+      <c r="H236" s="2"/>
+      <c r="I236" s="2"/>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>462</v>
+        <v>456</v>
       </c>
       <c r="C237" s="3">
-        <v>105.84</v>
+        <v>3620.64</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F237" s="3">
-        <v>8410</v>
+        <v>128</v>
       </c>
       <c r="G237" s="3">
         <v>1</v>
       </c>
       <c r="H237" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I237" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
-        <v>463</v>
+        <v>457</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>464</v>
+        <v>458</v>
       </c>
       <c r="C238" s="3">
-        <v>124.14</v>
+        <v>2501.58</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F238" s="3">
-        <v>3960</v>
+        <v>0</v>
       </c>
       <c r="G238" s="3">
         <v>1</v>
       </c>
       <c r="H238" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I238" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
-        <v>465</v>
+        <v>459</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>466</v>
+        <v>460</v>
       </c>
       <c r="C239" s="3">
-        <v>145.8</v>
+        <v>3371.79</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F239" s="3">
-        <v>9128</v>
+        <v>20</v>
       </c>
       <c r="G239" s="3">
         <v>1</v>
       </c>
       <c r="H239" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I239" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
-        <v>467</v>
+        <v>461</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>468</v>
+        <v>462</v>
       </c>
       <c r="C240" s="3">
-        <v>261.34</v>
+        <v>2699.24</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>371</v>
+        <v>15</v>
       </c>
       <c r="F240" s="3">
-        <v>114</v>
+        <v>3</v>
       </c>
       <c r="G240" s="3">
         <v>1</v>
       </c>
       <c r="H240" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I240" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>470</v>
+        <v>464</v>
       </c>
       <c r="C241" s="3">
-        <v>137.93</v>
+        <v>2034</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F241" s="3">
-        <v>3246</v>
+        <v>0</v>
       </c>
       <c r="G241" s="3">
         <v>1</v>
       </c>
       <c r="H241" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I241" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
-        <v>471</v>
+        <v>465</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>472</v>
+        <v>466</v>
       </c>
       <c r="C242" s="3">
-        <v>145.19</v>
+        <v>5281.03</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F242" s="3">
         <v>0</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
-        <v>60</v>
+        <v>5</v>
       </c>
       <c r="I242" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
-        <v>473</v>
+        <v>467</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>474</v>
+        <v>468</v>
       </c>
       <c r="C243" s="3">
-        <v>1800</v>
+        <v>2033.99</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F243" s="3">
-        <v>834</v>
+        <v>186</v>
       </c>
       <c r="G243" s="3">
         <v>1</v>
       </c>
       <c r="H243" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I243" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
-        <v>475</v>
+        <v>469</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>476</v>
+        <v>470</v>
       </c>
       <c r="C244" s="3">
-        <v>145.19</v>
+        <v>2272.38</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F244" s="3">
-        <v>0</v>
+        <v>122</v>
       </c>
       <c r="G244" s="3">
         <v>1</v>
       </c>
       <c r="H244" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I244" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>478</v>
+        <v>472</v>
       </c>
       <c r="C245" s="3">
-        <v>145.19</v>
+        <v>6573.68</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F245" s="3">
         <v>0</v>
       </c>
       <c r="G245" s="3">
         <v>1</v>
       </c>
       <c r="H245" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I245" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A246" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A246" s="2" t="s">
+        <v>473</v>
+      </c>
+      <c r="B246" s="2"/>
+      <c r="C246" s="2"/>
+      <c r="D246" s="2"/>
+      <c r="E246" s="2"/>
+      <c r="F246" s="2"/>
+      <c r="G246" s="2"/>
+      <c r="H246" s="2"/>
+      <c r="I246" s="2"/>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
-        <v>481</v>
+        <v>474</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>482</v>
+        <v>475</v>
       </c>
       <c r="C247" s="3">
-        <v>261.34</v>
+        <v>1009.07</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>371</v>
+        <v>15</v>
       </c>
       <c r="F247" s="3">
         <v>0</v>
       </c>
       <c r="G247" s="3">
         <v>1</v>
       </c>
       <c r="H247" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I247" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A248" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I248" s="2"/>
+      <c r="A248" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="B248" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="C248" s="3">
+        <v>1542.06</v>
+      </c>
+      <c r="D248" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E248" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F248" s="3">
+        <v>173</v>
+      </c>
+      <c r="G248" s="3">
+        <v>1</v>
+      </c>
+      <c r="H248" s="3">
+        <v>25</v>
+      </c>
+      <c r="I248" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
-        <v>484</v>
+        <v>478</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>485</v>
+        <v>479</v>
       </c>
       <c r="C249" s="3">
-        <v>2459.76</v>
+        <v>1047.17</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F249" s="3">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="G249" s="3">
         <v>1</v>
       </c>
       <c r="H249" s="3">
         <v>10</v>
       </c>
       <c r="I249" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
       <c r="C250" s="3">
-        <v>2000</v>
+        <v>1495.54</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F250" s="3">
         <v>0</v>
       </c>
       <c r="G250" s="3">
         <v>1</v>
       </c>
       <c r="H250" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I250" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A251" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A251" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="B251" s="2"/>
+      <c r="C251" s="2"/>
+      <c r="D251" s="2"/>
+      <c r="E251" s="2"/>
+      <c r="F251" s="2"/>
+      <c r="G251" s="2"/>
+      <c r="H251" s="2"/>
+      <c r="I251" s="2"/>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
-        <v>490</v>
+        <v>483</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>491</v>
+        <v>484</v>
       </c>
       <c r="C252" s="3">
-        <v>5192.75</v>
+        <v>4687.87</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F252" s="3">
-        <v>0</v>
+        <v>185</v>
       </c>
       <c r="G252" s="3">
         <v>1</v>
       </c>
       <c r="H252" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I252" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
-        <v>492</v>
+        <v>485</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>493</v>
+        <v>486</v>
       </c>
       <c r="C253" s="3">
-        <v>1999.99</v>
+        <v>2698</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F253" s="3">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="G253" s="3">
         <v>1</v>
       </c>
       <c r="H253" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I253" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A254" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A254" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="B254" s="2"/>
+      <c r="C254" s="2"/>
+      <c r="D254" s="2"/>
+      <c r="E254" s="2"/>
+      <c r="F254" s="2"/>
+      <c r="G254" s="2"/>
+      <c r="H254" s="2"/>
+      <c r="I254" s="2"/>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
-        <v>496</v>
+        <v>488</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>497</v>
+        <v>489</v>
       </c>
       <c r="C255" s="3">
-        <v>3315.43</v>
+        <v>213.17</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>15</v>
+        <v>300</v>
       </c>
       <c r="F255" s="3">
-        <v>45</v>
+        <v>3</v>
       </c>
       <c r="G255" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H255" s="3">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="I255" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
-        <v>498</v>
+        <v>490</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>499</v>
+        <v>491</v>
       </c>
       <c r="C256" s="3">
-        <v>2234.4</v>
+        <v>213.17</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>15</v>
+        <v>300</v>
       </c>
       <c r="F256" s="3">
-        <v>258</v>
+        <v>0</v>
       </c>
       <c r="G256" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H256" s="3">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="I256" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
-        <v>500</v>
+        <v>492</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>501</v>
+        <v>493</v>
       </c>
       <c r="C257" s="3">
-        <v>2654.12</v>
+        <v>191.86</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>15</v>
+        <v>300</v>
       </c>
       <c r="F257" s="3">
-        <v>57</v>
+        <v>1</v>
       </c>
       <c r="G257" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H257" s="3">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="I257" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A258" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I258" s="2"/>
+      <c r="A258" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="B258" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="C258" s="3">
+        <v>216.21</v>
+      </c>
+      <c r="D258" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E258" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F258" s="3">
+        <v>0</v>
+      </c>
+      <c r="G258" s="3">
+        <v>3</v>
+      </c>
+      <c r="H258" s="3">
+        <v>36</v>
+      </c>
+      <c r="I258" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
-        <v>503</v>
+        <v>496</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>504</v>
+        <v>497</v>
       </c>
       <c r="C259" s="3">
-        <v>1029.67</v>
+        <v>222.7</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>15</v>
+        <v>300</v>
       </c>
       <c r="F259" s="3">
-        <v>0</v>
+        <v>139</v>
       </c>
       <c r="G259" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H259" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I259" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
-        <v>505</v>
+        <v>498</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>506</v>
+        <v>499</v>
       </c>
       <c r="C260" s="3">
-        <v>992.2</v>
+        <v>317.28</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>15</v>
+        <v>300</v>
       </c>
       <c r="F260" s="3">
         <v>0</v>
       </c>
       <c r="G260" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H260" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I260" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
-        <v>507</v>
+        <v>500</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>508</v>
+        <v>501</v>
       </c>
       <c r="C261" s="3">
-        <v>1516.28</v>
+        <v>217.81</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>15</v>
+        <v>300</v>
       </c>
       <c r="F261" s="3">
-        <v>88</v>
+        <v>2</v>
       </c>
       <c r="G261" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H261" s="3">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="I261" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
-        <v>509</v>
+        <v>502</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>510</v>
+        <v>503</v>
       </c>
       <c r="C262" s="3">
-        <v>1470.54</v>
+        <v>216.21</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>15</v>
+        <v>300</v>
       </c>
       <c r="F262" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G262" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H262" s="3">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="I262" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A263" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I263" s="2"/>
+      <c r="A263" s="3" t="s">
+        <v>504</v>
+      </c>
+      <c r="B263" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="C263" s="3">
+        <v>220.77</v>
+      </c>
+      <c r="D263" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E263" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F263" s="3">
+        <v>1</v>
+      </c>
+      <c r="G263" s="3">
+        <v>3</v>
+      </c>
+      <c r="H263" s="3">
+        <v>36</v>
+      </c>
+      <c r="I263" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
-        <v>512</v>
+        <v>506</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>513</v>
+        <v>507</v>
       </c>
       <c r="C264" s="3">
-        <v>2652.9</v>
+        <v>230.66</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>15</v>
+        <v>300</v>
       </c>
       <c r="F264" s="3">
-        <v>936</v>
+        <v>0</v>
       </c>
       <c r="G264" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H264" s="3">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="I264" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
-        <v>514</v>
+        <v>508</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
       <c r="C265" s="3">
-        <v>5121.68</v>
+        <v>242.02</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>15</v>
+        <v>300</v>
       </c>
       <c r="F265" s="3">
-        <v>745</v>
+        <v>0</v>
       </c>
       <c r="G265" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H265" s="3">
-        <v>4</v>
+        <v>36</v>
       </c>
       <c r="I265" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A266" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I266" s="2"/>
+      <c r="A266" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="B266" s="3" t="s">
+        <v>511</v>
+      </c>
+      <c r="C266" s="3">
+        <v>208.89</v>
+      </c>
+      <c r="D266" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E266" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F266" s="3">
+        <v>0</v>
+      </c>
+      <c r="G266" s="3">
+        <v>3</v>
+      </c>
+      <c r="H266" s="3">
+        <v>36</v>
+      </c>
+      <c r="I266" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
-        <v>517</v>
+        <v>512</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="C267" s="3">
-        <v>2810.01</v>
+        <v>234.42</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>15</v>
+        <v>300</v>
       </c>
       <c r="F267" s="3">
-        <v>533</v>
+        <v>0</v>
       </c>
       <c r="G267" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H267" s="3">
-        <v>4</v>
+        <v>60</v>
       </c>
       <c r="I267" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>520</v>
+        <v>515</v>
       </c>
       <c r="C268" s="3">
-        <v>4999.23</v>
+        <v>220.77</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>15</v>
+        <v>300</v>
       </c>
       <c r="F268" s="3">
         <v>0</v>
       </c>
       <c r="G268" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H268" s="3">
-        <v>4</v>
+        <v>36</v>
       </c>
       <c r="I268" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="B269" s="3" t="s">
+        <v>517</v>
+      </c>
+      <c r="C269" s="3">
+        <v>242.02</v>
+      </c>
+      <c r="D269" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E269" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F269" s="3">
+        <v>0</v>
+      </c>
+      <c r="G269" s="3">
+        <v>3</v>
+      </c>
+      <c r="H269" s="3">
+        <v>36</v>
+      </c>
+      <c r="I269" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="270" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A270" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="B270" s="3" t="s">
+        <v>519</v>
+      </c>
+      <c r="C270" s="3">
+        <v>242.02</v>
+      </c>
+      <c r="D270" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E270" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F270" s="3">
+        <v>0</v>
+      </c>
+      <c r="G270" s="3">
+        <v>3</v>
+      </c>
+      <c r="H270" s="3">
+        <v>36</v>
+      </c>
+      <c r="I270" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="271" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A271" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="B271" s="3" t="s">
         <v>521</v>
       </c>
-      <c r="B269" s="3" t="s">
+      <c r="C271" s="3">
+        <v>242.02</v>
+      </c>
+      <c r="D271" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E271" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F271" s="3">
+        <v>0</v>
+      </c>
+      <c r="G271" s="3">
+        <v>3</v>
+      </c>
+      <c r="H271" s="3">
+        <v>36</v>
+      </c>
+      <c r="I271" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="272" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A272" s="2" t="s">
         <v>522</v>
       </c>
-      <c r="C269" s="3">
-[...74 lines deleted...]
-      </c>
+      <c r="B272" s="2"/>
+      <c r="C272" s="2"/>
+      <c r="D272" s="2"/>
+      <c r="E272" s="2"/>
+      <c r="F272" s="2"/>
+      <c r="G272" s="2"/>
+      <c r="H272" s="2"/>
+      <c r="I272" s="2"/>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
-        <v>527</v>
+        <v>523</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>528</v>
+        <v>524</v>
       </c>
       <c r="C273" s="3">
-        <v>168.15</v>
+        <v>5084.22</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E273" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F273" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G273" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H273" s="3">
-        <v>100</v>
+        <v>4</v>
       </c>
       <c r="I273" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="B274" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="C274" s="3">
+        <v>2572</v>
+      </c>
+      <c r="D274" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E274" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F274" s="3">
         <v>529</v>
       </c>
-      <c r="B274" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G274" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H274" s="3">
-        <v>100</v>
+        <v>4</v>
       </c>
       <c r="I274" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
-        <v>531</v>
+        <v>527</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="C275" s="3">
-        <v>179.08</v>
+        <v>3774.2</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E275" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F275" s="3">
-        <v>0</v>
+        <v>246</v>
       </c>
       <c r="G275" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H275" s="3">
-        <v>100</v>
+        <v>4</v>
       </c>
       <c r="I275" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A276" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A276" s="2" t="s">
+        <v>529</v>
+      </c>
+      <c r="B276" s="2"/>
+      <c r="C276" s="2"/>
+      <c r="D276" s="2"/>
+      <c r="E276" s="2"/>
+      <c r="F276" s="2"/>
+      <c r="G276" s="2"/>
+      <c r="H276" s="2"/>
+      <c r="I276" s="2"/>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A277" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A277" s="2" t="s">
+        <v>530</v>
+      </c>
+      <c r="B277" s="2"/>
+      <c r="C277" s="2"/>
+      <c r="D277" s="2"/>
+      <c r="E277" s="2"/>
+      <c r="F277" s="2"/>
+      <c r="G277" s="2"/>
+      <c r="H277" s="2"/>
+      <c r="I277" s="2"/>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>538</v>
+        <v>532</v>
       </c>
       <c r="C278" s="3">
-        <v>122.42</v>
+        <v>124.5</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F278" s="3">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="G278" s="3">
         <v>10</v>
       </c>
       <c r="H278" s="3">
         <v>100</v>
       </c>
       <c r="I278" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
-        <v>539</v>
+        <v>533</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>540</v>
+        <v>534</v>
       </c>
       <c r="C279" s="3">
-        <v>161.62</v>
+        <v>161.83</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F279" s="3">
-        <v>2064</v>
+        <v>0</v>
       </c>
       <c r="G279" s="3">
         <v>10</v>
       </c>
       <c r="H279" s="3">
         <v>100</v>
       </c>
       <c r="I279" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
-        <v>541</v>
+        <v>535</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>542</v>
+        <v>536</v>
       </c>
       <c r="C280" s="3">
-        <v>179.08</v>
+        <v>182.12</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F280" s="3">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="G280" s="3">
         <v>10</v>
       </c>
       <c r="H280" s="3">
         <v>100</v>
       </c>
       <c r="I280" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
-        <v>543</v>
+        <v>537</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>544</v>
+        <v>538</v>
       </c>
       <c r="C281" s="3">
-        <v>168.15</v>
+        <v>182.12</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E281" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F281" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="G281" s="3">
         <v>10</v>
       </c>
       <c r="H281" s="3">
         <v>100</v>
       </c>
       <c r="I281" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A282" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I282" s="2"/>
+      <c r="A282" s="3" t="s">
+        <v>539</v>
+      </c>
+      <c r="B282" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="C282" s="3">
+        <v>182.12</v>
+      </c>
+      <c r="D282" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E282" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F282" s="3">
+        <v>0</v>
+      </c>
+      <c r="G282" s="3">
+        <v>10</v>
+      </c>
+      <c r="H282" s="3">
+        <v>100</v>
+      </c>
+      <c r="I282" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
-        <v>546</v>
+        <v>541</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>547</v>
+        <v>542</v>
       </c>
       <c r="C283" s="3">
-        <v>135.28</v>
+        <v>182.12</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E283" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F283" s="3">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="G283" s="3">
         <v>10</v>
       </c>
       <c r="H283" s="3">
         <v>100</v>
       </c>
       <c r="I283" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
-        <v>548</v>
+        <v>543</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>549</v>
+        <v>544</v>
       </c>
       <c r="C284" s="3">
-        <v>150.74</v>
+        <v>182.12</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E284" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F284" s="3">
         <v>0</v>
       </c>
       <c r="G284" s="3">
         <v>10</v>
       </c>
       <c r="H284" s="3">
         <v>100</v>
       </c>
       <c r="I284" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
-        <v>550</v>
+        <v>545</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>551</v>
+        <v>546</v>
       </c>
       <c r="C285" s="3">
-        <v>150.74</v>
+        <v>171.01</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E285" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F285" s="3">
         <v>0</v>
       </c>
       <c r="G285" s="3">
         <v>10</v>
       </c>
       <c r="H285" s="3">
         <v>100</v>
       </c>
       <c r="I285" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
-        <v>552</v>
+        <v>547</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>553</v>
+        <v>548</v>
       </c>
       <c r="C286" s="3">
-        <v>150.74</v>
+        <v>164.37</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E286" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F286" s="3">
-        <v>106</v>
+        <v>1458</v>
       </c>
       <c r="G286" s="3">
         <v>10</v>
       </c>
       <c r="H286" s="3">
         <v>100</v>
       </c>
       <c r="I286" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>555</v>
+        <v>550</v>
       </c>
       <c r="C287" s="3">
-        <v>150.74</v>
+        <v>171.01</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E287" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F287" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G287" s="3">
         <v>10</v>
       </c>
       <c r="H287" s="3">
         <v>100</v>
       </c>
       <c r="I287" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A288" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A288" s="2" t="s">
+        <v>551</v>
+      </c>
+      <c r="B288" s="2"/>
+      <c r="C288" s="2"/>
+      <c r="D288" s="2"/>
+      <c r="E288" s="2"/>
+      <c r="F288" s="2"/>
+      <c r="G288" s="2"/>
+      <c r="H288" s="2"/>
+      <c r="I288" s="2"/>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
-        <v>558</v>
+        <v>552</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>559</v>
+        <v>553</v>
       </c>
       <c r="C289" s="3">
-        <v>150.74</v>
+        <v>137.58</v>
       </c>
       <c r="D289" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E289" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F289" s="3">
         <v>0</v>
       </c>
       <c r="G289" s="3">
         <v>10</v>
       </c>
       <c r="H289" s="3">
         <v>100</v>
       </c>
       <c r="I289" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="3" t="s">
-        <v>560</v>
+        <v>554</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>561</v>
+        <v>555</v>
       </c>
       <c r="C290" s="3">
-        <v>89.24</v>
+        <v>100.81</v>
       </c>
       <c r="D290" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E290" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F290" s="3">
-        <v>6010</v>
+        <v>338</v>
       </c>
       <c r="G290" s="3">
         <v>10</v>
       </c>
       <c r="H290" s="3">
         <v>100</v>
       </c>
       <c r="I290" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="3" t="s">
-        <v>562</v>
+        <v>556</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>563</v>
+        <v>557</v>
       </c>
       <c r="C291" s="3">
-        <v>99.12</v>
+        <v>95.8</v>
       </c>
       <c r="D291" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E291" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F291" s="3">
-        <v>1536</v>
+        <v>3789</v>
       </c>
       <c r="G291" s="3">
         <v>10</v>
       </c>
       <c r="H291" s="3">
         <v>100</v>
       </c>
       <c r="I291" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
-        <v>564</v>
+        <v>558</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>565</v>
+        <v>559</v>
       </c>
       <c r="C292" s="3">
-        <v>150.74</v>
+        <v>81.68</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E292" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F292" s="3">
-        <v>0</v>
+        <v>2170</v>
       </c>
       <c r="G292" s="3">
         <v>10</v>
       </c>
       <c r="H292" s="3">
         <v>100</v>
       </c>
       <c r="I292" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
-        <v>566</v>
+        <v>560</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>567</v>
+        <v>561</v>
       </c>
       <c r="C293" s="3">
-        <v>150.74</v>
+        <v>112.36</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E293" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F293" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G293" s="3">
         <v>10</v>
       </c>
       <c r="H293" s="3">
         <v>100</v>
       </c>
       <c r="I293" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="3" t="s">
-        <v>568</v>
+        <v>562</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>569</v>
+        <v>563</v>
       </c>
       <c r="C294" s="3">
-        <v>150.74</v>
+        <v>137.58</v>
       </c>
       <c r="D294" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E294" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F294" s="3">
         <v>0</v>
       </c>
       <c r="G294" s="3">
         <v>10</v>
       </c>
       <c r="H294" s="3">
         <v>100</v>
       </c>
       <c r="I294" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="3" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>571</v>
+        <v>565</v>
       </c>
       <c r="C295" s="3">
-        <v>94.16</v>
+        <v>153.3</v>
       </c>
       <c r="D295" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E295" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F295" s="3">
-        <v>2148</v>
+        <v>0</v>
       </c>
       <c r="G295" s="3">
         <v>10</v>
       </c>
       <c r="H295" s="3">
         <v>100</v>
       </c>
       <c r="I295" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" s="3" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="C296" s="3">
-        <v>94.2</v>
+        <v>153.3</v>
       </c>
       <c r="D296" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E296" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F296" s="3">
-        <v>4100</v>
+        <v>0</v>
       </c>
       <c r="G296" s="3">
         <v>10</v>
       </c>
       <c r="H296" s="3">
         <v>100</v>
       </c>
       <c r="I296" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="3" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="B297" s="3" t="s">
-        <v>575</v>
+        <v>569</v>
       </c>
       <c r="C297" s="3">
-        <v>135.28</v>
+        <v>153.3</v>
       </c>
       <c r="D297" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E297" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F297" s="3">
         <v>0</v>
       </c>
       <c r="G297" s="3">
         <v>10</v>
       </c>
       <c r="H297" s="3">
         <v>100</v>
       </c>
       <c r="I297" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" s="3" t="s">
-        <v>576</v>
+        <v>570</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>577</v>
+        <v>571</v>
       </c>
       <c r="C298" s="3">
-        <v>110.48</v>
+        <v>153.3</v>
       </c>
       <c r="D298" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E298" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F298" s="3">
-        <v>0</v>
+        <v>73</v>
       </c>
       <c r="G298" s="3">
         <v>10</v>
       </c>
       <c r="H298" s="3">
         <v>100</v>
       </c>
       <c r="I298" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="3" t="s">
-        <v>578</v>
+        <v>572</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>579</v>
+        <v>573</v>
       </c>
       <c r="C299" s="3">
-        <v>135.28</v>
+        <v>153.3</v>
       </c>
       <c r="D299" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E299" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F299" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G299" s="3">
         <v>10</v>
       </c>
       <c r="H299" s="3">
         <v>100</v>
       </c>
       <c r="I299" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
-        <v>580</v>
+        <v>574</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>581</v>
+        <v>575</v>
       </c>
       <c r="C300" s="3">
-        <v>150.74</v>
+        <v>153.3</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E300" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F300" s="3">
-        <v>436</v>
+        <v>364</v>
       </c>
       <c r="G300" s="3">
         <v>10</v>
       </c>
       <c r="H300" s="3">
         <v>100</v>
       </c>
       <c r="I300" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A301" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I301" s="2"/>
+      <c r="A301" s="3" t="s">
+        <v>576</v>
+      </c>
+      <c r="B301" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="C301" s="3">
+        <v>153.3</v>
+      </c>
+      <c r="D301" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E301" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F301" s="3">
+        <v>20</v>
+      </c>
+      <c r="G301" s="3">
+        <v>10</v>
+      </c>
+      <c r="H301" s="3">
+        <v>100</v>
+      </c>
+      <c r="I301" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
-        <v>583</v>
+        <v>578</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>584</v>
+        <v>579</v>
       </c>
       <c r="C302" s="3">
-        <v>135.28</v>
+        <v>153.3</v>
       </c>
       <c r="D302" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E302" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F302" s="3">
         <v>0</v>
       </c>
       <c r="G302" s="3">
         <v>10</v>
       </c>
       <c r="H302" s="3">
         <v>100</v>
       </c>
       <c r="I302" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A303" s="3" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="B303" s="3" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="C303" s="3">
-        <v>99.12</v>
+        <v>95.76</v>
       </c>
       <c r="D303" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E303" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F303" s="3">
-        <v>830</v>
+        <v>1935</v>
       </c>
       <c r="G303" s="3">
         <v>10</v>
       </c>
       <c r="H303" s="3">
         <v>100</v>
       </c>
       <c r="I303" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" s="3" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>588</v>
+        <v>583</v>
       </c>
       <c r="C304" s="3">
-        <v>150.74</v>
+        <v>137.58</v>
       </c>
       <c r="D304" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E304" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F304" s="3">
-        <v>1</v>
+        <v>19</v>
       </c>
       <c r="G304" s="3">
         <v>10</v>
       </c>
       <c r="H304" s="3">
         <v>100</v>
       </c>
       <c r="I304" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
-        <v>589</v>
+        <v>584</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>590</v>
+        <v>585</v>
       </c>
       <c r="C305" s="3">
-        <v>135.28</v>
+        <v>153.3</v>
       </c>
       <c r="D305" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E305" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F305" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G305" s="3">
         <v>10</v>
       </c>
       <c r="H305" s="3">
         <v>100</v>
       </c>
       <c r="I305" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306" s="3" t="s">
-        <v>591</v>
+        <v>586</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>592</v>
+        <v>587</v>
       </c>
       <c r="C306" s="3">
-        <v>150.74</v>
+        <v>153.3</v>
       </c>
       <c r="D306" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E306" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F306" s="3">
         <v>0</v>
       </c>
       <c r="G306" s="3">
         <v>10</v>
       </c>
       <c r="H306" s="3">
         <v>100</v>
       </c>
       <c r="I306" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A307" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A307" s="2" t="s">
+        <v>588</v>
+      </c>
+      <c r="B307" s="2"/>
+      <c r="C307" s="2"/>
+      <c r="D307" s="2"/>
+      <c r="E307" s="2"/>
+      <c r="F307" s="2"/>
+      <c r="G307" s="2"/>
+      <c r="H307" s="2"/>
+      <c r="I307" s="2"/>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="3" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>596</v>
+        <v>590</v>
       </c>
       <c r="C308" s="3">
-        <v>99.12</v>
+        <v>100.81</v>
       </c>
       <c r="D308" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E308" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F308" s="3">
-        <v>1026</v>
+        <v>500</v>
       </c>
       <c r="G308" s="3">
         <v>10</v>
       </c>
       <c r="H308" s="3">
         <v>100</v>
       </c>
       <c r="I308" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" s="3" t="s">
-        <v>597</v>
+        <v>591</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>598</v>
+        <v>592</v>
       </c>
       <c r="C309" s="3">
-        <v>150.74</v>
+        <v>100.81</v>
       </c>
       <c r="D309" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E309" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F309" s="3">
-        <v>0</v>
+        <v>486</v>
       </c>
       <c r="G309" s="3">
         <v>10</v>
       </c>
       <c r="H309" s="3">
         <v>100</v>
       </c>
       <c r="I309" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" s="3" t="s">
-        <v>599</v>
+        <v>593</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>600</v>
+        <v>594</v>
       </c>
       <c r="C310" s="3">
-        <v>150.74</v>
+        <v>137.58</v>
       </c>
       <c r="D310" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E310" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F310" s="3">
         <v>0</v>
       </c>
       <c r="G310" s="3">
         <v>10</v>
       </c>
       <c r="H310" s="3">
         <v>100</v>
       </c>
       <c r="I310" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A311" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I311" s="2"/>
+      <c r="A311" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="B311" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="C311" s="3">
+        <v>153.3</v>
+      </c>
+      <c r="D311" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E311" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F311" s="3">
+        <v>1</v>
+      </c>
+      <c r="G311" s="3">
+        <v>10</v>
+      </c>
+      <c r="H311" s="3">
+        <v>100</v>
+      </c>
+      <c r="I311" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A312" s="3" t="s">
-        <v>602</v>
+        <v>597</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>603</v>
+        <v>598</v>
       </c>
       <c r="C312" s="3">
-        <v>122.42</v>
+        <v>153.3</v>
       </c>
       <c r="D312" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E312" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F312" s="3">
         <v>0</v>
       </c>
       <c r="G312" s="3">
         <v>10</v>
       </c>
       <c r="H312" s="3">
         <v>100</v>
       </c>
       <c r="I312" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
-        <v>604</v>
+        <v>599</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>605</v>
+        <v>600</v>
       </c>
       <c r="C313" s="3">
-        <v>135.52</v>
+        <v>153.3</v>
       </c>
       <c r="D313" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E313" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F313" s="3">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="G313" s="3">
         <v>10</v>
       </c>
       <c r="H313" s="3">
         <v>100</v>
       </c>
       <c r="I313" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A314" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I314" s="2"/>
+      <c r="A314" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="B314" s="3" t="s">
+        <v>602</v>
+      </c>
+      <c r="C314" s="3">
+        <v>153.3</v>
+      </c>
+      <c r="D314" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E314" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F314" s="3">
+        <v>6</v>
+      </c>
+      <c r="G314" s="3">
+        <v>10</v>
+      </c>
+      <c r="H314" s="3">
+        <v>100</v>
+      </c>
+      <c r="I314" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A315" s="3" t="s">
-        <v>607</v>
+        <v>603</v>
       </c>
       <c r="B315" s="3" t="s">
-        <v>608</v>
+        <v>604</v>
       </c>
       <c r="C315" s="3">
-        <v>99.12</v>
+        <v>153.3</v>
       </c>
       <c r="D315" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E315" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F315" s="3">
-        <v>229</v>
+        <v>0</v>
       </c>
       <c r="G315" s="3">
         <v>10</v>
       </c>
       <c r="H315" s="3">
         <v>100</v>
       </c>
       <c r="I315" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A316" s="3" t="s">
-        <v>609</v>
+        <v>605</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>610</v>
+        <v>606</v>
       </c>
       <c r="C316" s="3">
-        <v>128.53</v>
+        <v>137.58</v>
       </c>
       <c r="D316" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E316" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F316" s="3">
         <v>0</v>
       </c>
       <c r="G316" s="3">
         <v>10</v>
       </c>
       <c r="H316" s="3">
         <v>100</v>
       </c>
       <c r="I316" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A317" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A317" s="2" t="s">
+        <v>607</v>
+      </c>
+      <c r="B317" s="2"/>
+      <c r="C317" s="2"/>
+      <c r="D317" s="2"/>
+      <c r="E317" s="2"/>
+      <c r="F317" s="2"/>
+      <c r="G317" s="2"/>
+      <c r="H317" s="2"/>
+      <c r="I317" s="2"/>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="3" t="s">
-        <v>613</v>
+        <v>608</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>614</v>
+        <v>609</v>
       </c>
       <c r="C318" s="3">
-        <v>150.74</v>
+        <v>124.5</v>
       </c>
       <c r="D318" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E318" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F318" s="3">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="G318" s="3">
         <v>10</v>
       </c>
       <c r="H318" s="3">
         <v>100</v>
       </c>
       <c r="I318" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A319" s="3" t="s">
-        <v>615</v>
+        <v>610</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>616</v>
+        <v>611</v>
       </c>
       <c r="C319" s="3">
-        <v>102.81</v>
+        <v>137.82</v>
       </c>
       <c r="D319" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E319" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F319" s="3">
-        <v>789</v>
+        <v>13</v>
       </c>
       <c r="G319" s="3">
         <v>10</v>
       </c>
       <c r="H319" s="3">
         <v>100</v>
       </c>
       <c r="I319" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A320" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A320" s="2" t="s">
+        <v>612</v>
+      </c>
+      <c r="B320" s="2"/>
+      <c r="C320" s="2"/>
+      <c r="D320" s="2"/>
+      <c r="E320" s="2"/>
+      <c r="F320" s="2"/>
+      <c r="G320" s="2"/>
+      <c r="H320" s="2"/>
+      <c r="I320" s="2"/>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A321" s="3" t="s">
-        <v>619</v>
+        <v>613</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>620</v>
+        <v>614</v>
       </c>
       <c r="C321" s="3">
-        <v>150.74</v>
+        <v>137.58</v>
       </c>
       <c r="D321" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E321" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F321" s="3">
         <v>0</v>
       </c>
       <c r="G321" s="3">
         <v>10</v>
       </c>
       <c r="H321" s="3">
         <v>100</v>
       </c>
       <c r="I321" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="322" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A322" s="3" t="s">
-        <v>621</v>
+        <v>615</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>622</v>
+        <v>616</v>
       </c>
       <c r="C322" s="3">
-        <v>124.72</v>
+        <v>100.81</v>
       </c>
       <c r="D322" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E322" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F322" s="3">
-        <v>7694</v>
+        <v>198</v>
       </c>
       <c r="G322" s="3">
         <v>10</v>
       </c>
       <c r="H322" s="3">
         <v>100</v>
       </c>
       <c r="I322" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A323" s="3" t="s">
-        <v>623</v>
+        <v>617</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>624</v>
+        <v>618</v>
       </c>
       <c r="C323" s="3">
-        <v>99.12</v>
+        <v>130.72</v>
       </c>
       <c r="D323" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E323" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F323" s="3">
-        <v>1437</v>
+        <v>1</v>
       </c>
       <c r="G323" s="3">
         <v>10</v>
       </c>
       <c r="H323" s="3">
         <v>100</v>
       </c>
       <c r="I323" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="324" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A324" s="3" t="s">
-        <v>625</v>
+        <v>619</v>
       </c>
       <c r="B324" s="3" t="s">
-        <v>626</v>
+        <v>620</v>
       </c>
       <c r="C324" s="3">
-        <v>135.28</v>
+        <v>137.58</v>
       </c>
       <c r="D324" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E324" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F324" s="3">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="G324" s="3">
         <v>10</v>
       </c>
       <c r="H324" s="3">
         <v>100</v>
       </c>
       <c r="I324" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="325" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A325" s="3" t="s">
-        <v>627</v>
+        <v>621</v>
       </c>
       <c r="B325" s="3" t="s">
-        <v>628</v>
+        <v>622</v>
       </c>
       <c r="C325" s="3">
-        <v>99.12</v>
+        <v>106.13</v>
       </c>
       <c r="D325" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E325" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F325" s="3">
-        <v>0</v>
+        <v>169</v>
       </c>
       <c r="G325" s="3">
         <v>10</v>
       </c>
       <c r="H325" s="3">
         <v>100</v>
       </c>
       <c r="I325" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A326" s="3" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>630</v>
+        <v>624</v>
       </c>
       <c r="C326" s="3">
-        <v>135.28</v>
+        <v>153.3</v>
       </c>
       <c r="D326" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E326" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F326" s="3">
         <v>0</v>
       </c>
       <c r="G326" s="3">
         <v>10</v>
       </c>
       <c r="H326" s="3">
         <v>100</v>
       </c>
       <c r="I326" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="327" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A327" s="3" t="s">
-        <v>631</v>
+        <v>625</v>
       </c>
       <c r="B327" s="3" t="s">
-        <v>632</v>
+        <v>626</v>
       </c>
       <c r="C327" s="3">
-        <v>135.28</v>
+        <v>153.3</v>
       </c>
       <c r="D327" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E327" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F327" s="3">
         <v>0</v>
       </c>
       <c r="G327" s="3">
         <v>10</v>
       </c>
       <c r="H327" s="3">
         <v>100</v>
       </c>
       <c r="I327" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="328" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A328" s="3" t="s">
-        <v>633</v>
+        <v>627</v>
       </c>
       <c r="B328" s="3" t="s">
-        <v>634</v>
+        <v>628</v>
       </c>
       <c r="C328" s="3">
-        <v>150.74</v>
+        <v>104.56</v>
       </c>
       <c r="D328" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E328" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F328" s="3">
-        <v>0</v>
+        <v>746</v>
       </c>
       <c r="G328" s="3">
         <v>10</v>
       </c>
       <c r="H328" s="3">
         <v>100</v>
       </c>
       <c r="I328" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="329" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A329" s="3" t="s">
-        <v>635</v>
+        <v>629</v>
       </c>
       <c r="B329" s="3" t="s">
-        <v>636</v>
+        <v>630</v>
       </c>
       <c r="C329" s="3">
-        <v>150.74</v>
+        <v>153.3</v>
       </c>
       <c r="D329" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E329" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F329" s="3">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="G329" s="3">
         <v>10</v>
       </c>
       <c r="H329" s="3">
         <v>100</v>
       </c>
       <c r="I329" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="330" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A330" s="3" t="s">
-        <v>637</v>
+        <v>631</v>
       </c>
       <c r="B330" s="3" t="s">
-        <v>638</v>
+        <v>632</v>
       </c>
       <c r="C330" s="3">
-        <v>92.53</v>
+        <v>84.69</v>
       </c>
       <c r="D330" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E330" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F330" s="3">
-        <v>11469</v>
+        <v>13964</v>
       </c>
       <c r="G330" s="3">
         <v>10</v>
       </c>
       <c r="H330" s="3">
         <v>100</v>
       </c>
       <c r="I330" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="331" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A331" s="3" t="s">
-        <v>639</v>
+        <v>633</v>
       </c>
       <c r="B331" s="3" t="s">
-        <v>640</v>
+        <v>634</v>
       </c>
       <c r="C331" s="3">
-        <v>124.72</v>
+        <v>153.3</v>
       </c>
       <c r="D331" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E331" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F331" s="3">
         <v>2</v>
       </c>
       <c r="G331" s="3">
         <v>10</v>
       </c>
       <c r="H331" s="3">
         <v>100</v>
       </c>
       <c r="I331" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="332" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A332" s="3" t="s">
-        <v>641</v>
+        <v>635</v>
       </c>
       <c r="B332" s="3" t="s">
-        <v>642</v>
+        <v>636</v>
       </c>
       <c r="C332" s="3">
-        <v>150.74</v>
+        <v>153.3</v>
       </c>
       <c r="D332" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E332" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F332" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G332" s="3">
         <v>10</v>
       </c>
       <c r="H332" s="3">
         <v>100</v>
       </c>
       <c r="I332" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="333" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A333" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I333" s="2"/>
+      <c r="A333" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="B333" s="3" t="s">
+        <v>638</v>
+      </c>
+      <c r="C333" s="3">
+        <v>100.81</v>
+      </c>
+      <c r="D333" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E333" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F333" s="3">
+        <v>0</v>
+      </c>
+      <c r="G333" s="3">
+        <v>10</v>
+      </c>
+      <c r="H333" s="3">
+        <v>100</v>
+      </c>
+      <c r="I333" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="334" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A334" s="3" t="s">
-        <v>644</v>
+        <v>639</v>
       </c>
       <c r="B334" s="3" t="s">
-        <v>645</v>
+        <v>640</v>
       </c>
       <c r="C334" s="3">
-        <v>376.12</v>
+        <v>137.58</v>
       </c>
       <c r="D334" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E334" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F334" s="3">
         <v>0</v>
       </c>
       <c r="G334" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H334" s="3">
         <v>100</v>
       </c>
       <c r="I334" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="335" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A335" s="3" t="s">
-        <v>646</v>
+        <v>641</v>
       </c>
       <c r="B335" s="3" t="s">
-        <v>647</v>
+        <v>642</v>
       </c>
       <c r="C335" s="3">
-        <v>401.63</v>
+        <v>126.84</v>
       </c>
       <c r="D335" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E335" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F335" s="3">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="G335" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H335" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I335" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="336" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A336" s="3" t="s">
-        <v>648</v>
+        <v>643</v>
       </c>
       <c r="B336" s="3" t="s">
-        <v>649</v>
+        <v>644</v>
       </c>
       <c r="C336" s="3">
-        <v>481.96</v>
+        <v>126.84</v>
       </c>
       <c r="D336" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E336" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F336" s="3">
-        <v>0</v>
+        <v>7354</v>
       </c>
       <c r="G336" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H336" s="3">
         <v>100</v>
       </c>
       <c r="I336" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="337" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A337" s="3" t="s">
-        <v>650</v>
+        <v>645</v>
       </c>
       <c r="B337" s="3" t="s">
-        <v>651</v>
+        <v>646</v>
       </c>
       <c r="C337" s="3">
-        <v>517.97</v>
+        <v>89.4</v>
       </c>
       <c r="D337" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E337" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F337" s="3">
-        <v>0</v>
+        <v>11276</v>
       </c>
       <c r="G337" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H337" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I337" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="338" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A338" s="3" t="s">
+        <v>647</v>
+      </c>
+      <c r="B338" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="C338" s="3">
+        <v>95.76</v>
+      </c>
+      <c r="D338" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E338" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F338" s="3">
+        <v>1427</v>
+      </c>
+      <c r="G338" s="3">
+        <v>10</v>
+      </c>
+      <c r="H338" s="3">
+        <v>100</v>
+      </c>
+      <c r="I338" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="339" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A339" s="2" t="s">
+        <v>649</v>
+      </c>
+      <c r="B339" s="2"/>
+      <c r="C339" s="2"/>
+      <c r="D339" s="2"/>
+      <c r="E339" s="2"/>
+      <c r="F339" s="2"/>
+      <c r="G339" s="2"/>
+      <c r="H339" s="2"/>
+      <c r="I339" s="2"/>
+    </row>
+    <row r="340" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A340" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="B340" s="3" t="s">
+        <v>651</v>
+      </c>
+      <c r="C340" s="3">
+        <v>526.78</v>
+      </c>
+      <c r="D340" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E340" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F340" s="3">
+        <v>12</v>
+      </c>
+      <c r="G340" s="3">
+        <v>5</v>
+      </c>
+      <c r="H340" s="3">
+        <v>50</v>
+      </c>
+      <c r="I340" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="341" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A341" s="3" t="s">
         <v>652</v>
       </c>
-      <c r="B338" s="3" t="s">
+      <c r="B341" s="3" t="s">
         <v>653</v>
       </c>
-      <c r="C338" s="3">
-[...11 lines deleted...]
-      <c r="G338" s="3">
+      <c r="C341" s="3">
+        <v>490.15</v>
+      </c>
+      <c r="D341" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E341" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F341" s="3">
+        <v>0</v>
+      </c>
+      <c r="G341" s="3">
         <v>5</v>
       </c>
-      <c r="H338" s="3">
-[...2 lines deleted...]
-      <c r="I338" s="3">
+      <c r="H341" s="3">
+        <v>100</v>
+      </c>
+      <c r="I341" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="342" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A342" s="3" t="s">
+        <v>654</v>
+      </c>
+      <c r="B342" s="3" t="s">
+        <v>655</v>
+      </c>
+      <c r="C342" s="3">
+        <v>408.46</v>
+      </c>
+      <c r="D342" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E342" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F342" s="3">
+        <v>0</v>
+      </c>
+      <c r="G342" s="3">
+        <v>5</v>
+      </c>
+      <c r="H342" s="3">
+        <v>50</v>
+      </c>
+      <c r="I342" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="343" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A343" s="3" t="s">
+        <v>656</v>
+      </c>
+      <c r="B343" s="3" t="s">
+        <v>657</v>
+      </c>
+      <c r="C343" s="3">
+        <v>408.46</v>
+      </c>
+      <c r="D343" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E343" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F343" s="3">
+        <v>0</v>
+      </c>
+      <c r="G343" s="3">
+        <v>5</v>
+      </c>
+      <c r="H343" s="3">
+        <v>100</v>
+      </c>
+      <c r="I343" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="344" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A344" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="B344" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="C344" s="3">
+        <v>382.51</v>
+      </c>
+      <c r="D344" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E344" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F344" s="3">
+        <v>0</v>
+      </c>
+      <c r="G344" s="3">
+        <v>5</v>
+      </c>
+      <c r="H344" s="3">
+        <v>100</v>
+      </c>
+      <c r="I344" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="32">
+  <mergeCells count="38">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A20:I20"/>
     <mergeCell ref="A39:I39"/>
     <mergeCell ref="A43:I43"/>
     <mergeCell ref="A61:I61"/>
     <mergeCell ref="A76:I76"/>
     <mergeCell ref="A88:I88"/>
     <mergeCell ref="A95:I95"/>
     <mergeCell ref="A103:I103"/>
     <mergeCell ref="A119:I119"/>
     <mergeCell ref="A122:I122"/>
     <mergeCell ref="A126:I126"/>
-    <mergeCell ref="A132:I132"/>
-[...16 lines deleted...]
-    <mergeCell ref="A333:I333"/>
+    <mergeCell ref="A127:I127"/>
+    <mergeCell ref="A130:I130"/>
+    <mergeCell ref="A133:I133"/>
+    <mergeCell ref="A135:I135"/>
+    <mergeCell ref="A137:I137"/>
+    <mergeCell ref="A148:I148"/>
+    <mergeCell ref="A153:I153"/>
+    <mergeCell ref="A168:I168"/>
+    <mergeCell ref="A174:I174"/>
+    <mergeCell ref="A201:I201"/>
+    <mergeCell ref="A208:I208"/>
+    <mergeCell ref="A211:I211"/>
+    <mergeCell ref="A236:I236"/>
+    <mergeCell ref="A246:I246"/>
+    <mergeCell ref="A251:I251"/>
+    <mergeCell ref="A254:I254"/>
+    <mergeCell ref="A272:I272"/>
+    <mergeCell ref="A276:I276"/>
+    <mergeCell ref="A277:I277"/>
+    <mergeCell ref="A288:I288"/>
+    <mergeCell ref="A307:I307"/>
+    <mergeCell ref="A317:I317"/>
+    <mergeCell ref="A320:I320"/>
+    <mergeCell ref="A339:I339"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D21" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D25" r:id="rId20"/>
     <hyperlink ref="D26" r:id="rId21"/>
     <hyperlink ref="D27" r:id="rId22"/>
     <hyperlink ref="D28" r:id="rId23"/>
@@ -11855,244 +11957,244 @@
     <hyperlink ref="D98" r:id="rId87"/>
     <hyperlink ref="D99" r:id="rId88"/>
     <hyperlink ref="D100" r:id="rId89"/>
     <hyperlink ref="D101" r:id="rId90"/>
     <hyperlink ref="D102" r:id="rId91"/>
     <hyperlink ref="D104" r:id="rId92"/>
     <hyperlink ref="D105" r:id="rId93"/>
     <hyperlink ref="D106" r:id="rId94"/>
     <hyperlink ref="D107" r:id="rId95"/>
     <hyperlink ref="D108" r:id="rId96"/>
     <hyperlink ref="D109" r:id="rId97"/>
     <hyperlink ref="D110" r:id="rId98"/>
     <hyperlink ref="D111" r:id="rId99"/>
     <hyperlink ref="D112" r:id="rId100"/>
     <hyperlink ref="D113" r:id="rId101"/>
     <hyperlink ref="D114" r:id="rId102"/>
     <hyperlink ref="D115" r:id="rId103"/>
     <hyperlink ref="D116" r:id="rId104"/>
     <hyperlink ref="D117" r:id="rId105"/>
     <hyperlink ref="D118" r:id="rId106"/>
     <hyperlink ref="D120" r:id="rId107"/>
     <hyperlink ref="D121" r:id="rId108"/>
     <hyperlink ref="D123" r:id="rId109"/>
     <hyperlink ref="D124" r:id="rId110"/>
     <hyperlink ref="D125" r:id="rId111"/>
-    <hyperlink ref="D127" r:id="rId112"/>
-[...192 lines deleted...]
-    <hyperlink ref="D338" r:id="rId305"/>
+    <hyperlink ref="D128" r:id="rId112"/>
+    <hyperlink ref="D129" r:id="rId113"/>
+    <hyperlink ref="D131" r:id="rId114"/>
+    <hyperlink ref="D132" r:id="rId115"/>
+    <hyperlink ref="D134" r:id="rId116"/>
+    <hyperlink ref="D136" r:id="rId117"/>
+    <hyperlink ref="D138" r:id="rId118"/>
+    <hyperlink ref="D139" r:id="rId119"/>
+    <hyperlink ref="D140" r:id="rId120"/>
+    <hyperlink ref="D141" r:id="rId121"/>
+    <hyperlink ref="D142" r:id="rId122"/>
+    <hyperlink ref="D143" r:id="rId123"/>
+    <hyperlink ref="D144" r:id="rId124"/>
+    <hyperlink ref="D145" r:id="rId125"/>
+    <hyperlink ref="D146" r:id="rId126"/>
+    <hyperlink ref="D147" r:id="rId127"/>
+    <hyperlink ref="D149" r:id="rId128"/>
+    <hyperlink ref="D150" r:id="rId129"/>
+    <hyperlink ref="D151" r:id="rId130"/>
+    <hyperlink ref="D152" r:id="rId131"/>
+    <hyperlink ref="D154" r:id="rId132"/>
+    <hyperlink ref="D155" r:id="rId133"/>
+    <hyperlink ref="D156" r:id="rId134"/>
+    <hyperlink ref="D157" r:id="rId135"/>
+    <hyperlink ref="D158" r:id="rId136"/>
+    <hyperlink ref="D159" r:id="rId137"/>
+    <hyperlink ref="D160" r:id="rId138"/>
+    <hyperlink ref="D161" r:id="rId139"/>
+    <hyperlink ref="D162" r:id="rId140"/>
+    <hyperlink ref="D163" r:id="rId141"/>
+    <hyperlink ref="D164" r:id="rId142"/>
+    <hyperlink ref="D165" r:id="rId143"/>
+    <hyperlink ref="D166" r:id="rId144"/>
+    <hyperlink ref="D167" r:id="rId145"/>
+    <hyperlink ref="D169" r:id="rId146"/>
+    <hyperlink ref="D170" r:id="rId147"/>
+    <hyperlink ref="D171" r:id="rId148"/>
+    <hyperlink ref="D172" r:id="rId149"/>
+    <hyperlink ref="D173" r:id="rId150"/>
+    <hyperlink ref="D175" r:id="rId151"/>
+    <hyperlink ref="D176" r:id="rId152"/>
+    <hyperlink ref="D177" r:id="rId153"/>
+    <hyperlink ref="D178" r:id="rId154"/>
+    <hyperlink ref="D179" r:id="rId155"/>
+    <hyperlink ref="D180" r:id="rId156"/>
+    <hyperlink ref="D181" r:id="rId157"/>
+    <hyperlink ref="D182" r:id="rId158"/>
+    <hyperlink ref="D183" r:id="rId159"/>
+    <hyperlink ref="D184" r:id="rId160"/>
+    <hyperlink ref="D185" r:id="rId161"/>
+    <hyperlink ref="D186" r:id="rId162"/>
+    <hyperlink ref="D187" r:id="rId163"/>
+    <hyperlink ref="D188" r:id="rId164"/>
+    <hyperlink ref="D189" r:id="rId165"/>
+    <hyperlink ref="D190" r:id="rId166"/>
+    <hyperlink ref="D191" r:id="rId167"/>
+    <hyperlink ref="D192" r:id="rId168"/>
+    <hyperlink ref="D193" r:id="rId169"/>
+    <hyperlink ref="D194" r:id="rId170"/>
+    <hyperlink ref="D195" r:id="rId171"/>
+    <hyperlink ref="D196" r:id="rId172"/>
+    <hyperlink ref="D197" r:id="rId173"/>
+    <hyperlink ref="D198" r:id="rId174"/>
+    <hyperlink ref="D199" r:id="rId175"/>
+    <hyperlink ref="D200" r:id="rId176"/>
+    <hyperlink ref="D202" r:id="rId177"/>
+    <hyperlink ref="D203" r:id="rId178"/>
+    <hyperlink ref="D204" r:id="rId179"/>
+    <hyperlink ref="D205" r:id="rId180"/>
+    <hyperlink ref="D206" r:id="rId181"/>
+    <hyperlink ref="D207" r:id="rId182"/>
+    <hyperlink ref="D209" r:id="rId183"/>
+    <hyperlink ref="D210" r:id="rId184"/>
+    <hyperlink ref="D212" r:id="rId185"/>
+    <hyperlink ref="D213" r:id="rId186"/>
+    <hyperlink ref="D214" r:id="rId187"/>
+    <hyperlink ref="D215" r:id="rId188"/>
+    <hyperlink ref="D216" r:id="rId189"/>
+    <hyperlink ref="D217" r:id="rId190"/>
+    <hyperlink ref="D218" r:id="rId191"/>
+    <hyperlink ref="D219" r:id="rId192"/>
+    <hyperlink ref="D220" r:id="rId193"/>
+    <hyperlink ref="D221" r:id="rId194"/>
+    <hyperlink ref="D222" r:id="rId195"/>
+    <hyperlink ref="D223" r:id="rId196"/>
+    <hyperlink ref="D224" r:id="rId197"/>
+    <hyperlink ref="D225" r:id="rId198"/>
+    <hyperlink ref="D226" r:id="rId199"/>
+    <hyperlink ref="D227" r:id="rId200"/>
+    <hyperlink ref="D228" r:id="rId201"/>
+    <hyperlink ref="D229" r:id="rId202"/>
+    <hyperlink ref="D230" r:id="rId203"/>
+    <hyperlink ref="D231" r:id="rId204"/>
+    <hyperlink ref="D232" r:id="rId205"/>
+    <hyperlink ref="D233" r:id="rId206"/>
+    <hyperlink ref="D234" r:id="rId207"/>
+    <hyperlink ref="D235" r:id="rId208"/>
+    <hyperlink ref="D237" r:id="rId209"/>
+    <hyperlink ref="D238" r:id="rId210"/>
+    <hyperlink ref="D239" r:id="rId211"/>
+    <hyperlink ref="D240" r:id="rId212"/>
+    <hyperlink ref="D241" r:id="rId213"/>
+    <hyperlink ref="D242" r:id="rId214"/>
+    <hyperlink ref="D243" r:id="rId215"/>
+    <hyperlink ref="D244" r:id="rId216"/>
+    <hyperlink ref="D245" r:id="rId217"/>
+    <hyperlink ref="D247" r:id="rId218"/>
+    <hyperlink ref="D248" r:id="rId219"/>
+    <hyperlink ref="D249" r:id="rId220"/>
+    <hyperlink ref="D250" r:id="rId221"/>
+    <hyperlink ref="D252" r:id="rId222"/>
+    <hyperlink ref="D253" r:id="rId223"/>
+    <hyperlink ref="D255" r:id="rId224"/>
+    <hyperlink ref="D256" r:id="rId225"/>
+    <hyperlink ref="D257" r:id="rId226"/>
+    <hyperlink ref="D258" r:id="rId227"/>
+    <hyperlink ref="D259" r:id="rId228"/>
+    <hyperlink ref="D260" r:id="rId229"/>
+    <hyperlink ref="D261" r:id="rId230"/>
+    <hyperlink ref="D262" r:id="rId231"/>
+    <hyperlink ref="D263" r:id="rId232"/>
+    <hyperlink ref="D264" r:id="rId233"/>
+    <hyperlink ref="D265" r:id="rId234"/>
+    <hyperlink ref="D266" r:id="rId235"/>
+    <hyperlink ref="D267" r:id="rId236"/>
+    <hyperlink ref="D268" r:id="rId237"/>
+    <hyperlink ref="D269" r:id="rId238"/>
+    <hyperlink ref="D270" r:id="rId239"/>
+    <hyperlink ref="D271" r:id="rId240"/>
+    <hyperlink ref="D273" r:id="rId241"/>
+    <hyperlink ref="D274" r:id="rId242"/>
+    <hyperlink ref="D275" r:id="rId243"/>
+    <hyperlink ref="D278" r:id="rId244"/>
+    <hyperlink ref="D279" r:id="rId245"/>
+    <hyperlink ref="D280" r:id="rId246"/>
+    <hyperlink ref="D281" r:id="rId247"/>
+    <hyperlink ref="D282" r:id="rId248"/>
+    <hyperlink ref="D283" r:id="rId249"/>
+    <hyperlink ref="D284" r:id="rId250"/>
+    <hyperlink ref="D285" r:id="rId251"/>
+    <hyperlink ref="D286" r:id="rId252"/>
+    <hyperlink ref="D287" r:id="rId253"/>
+    <hyperlink ref="D289" r:id="rId254"/>
+    <hyperlink ref="D290" r:id="rId255"/>
+    <hyperlink ref="D291" r:id="rId256"/>
+    <hyperlink ref="D292" r:id="rId257"/>
+    <hyperlink ref="D293" r:id="rId258"/>
+    <hyperlink ref="D294" r:id="rId259"/>
+    <hyperlink ref="D295" r:id="rId260"/>
+    <hyperlink ref="D296" r:id="rId261"/>
+    <hyperlink ref="D297" r:id="rId262"/>
+    <hyperlink ref="D298" r:id="rId263"/>
+    <hyperlink ref="D299" r:id="rId264"/>
+    <hyperlink ref="D300" r:id="rId265"/>
+    <hyperlink ref="D301" r:id="rId266"/>
+    <hyperlink ref="D302" r:id="rId267"/>
+    <hyperlink ref="D303" r:id="rId268"/>
+    <hyperlink ref="D304" r:id="rId269"/>
+    <hyperlink ref="D305" r:id="rId270"/>
+    <hyperlink ref="D306" r:id="rId271"/>
+    <hyperlink ref="D308" r:id="rId272"/>
+    <hyperlink ref="D309" r:id="rId273"/>
+    <hyperlink ref="D310" r:id="rId274"/>
+    <hyperlink ref="D311" r:id="rId275"/>
+    <hyperlink ref="D312" r:id="rId276"/>
+    <hyperlink ref="D313" r:id="rId277"/>
+    <hyperlink ref="D314" r:id="rId278"/>
+    <hyperlink ref="D315" r:id="rId279"/>
+    <hyperlink ref="D316" r:id="rId280"/>
+    <hyperlink ref="D318" r:id="rId281"/>
+    <hyperlink ref="D319" r:id="rId282"/>
+    <hyperlink ref="D321" r:id="rId283"/>
+    <hyperlink ref="D322" r:id="rId284"/>
+    <hyperlink ref="D323" r:id="rId285"/>
+    <hyperlink ref="D324" r:id="rId286"/>
+    <hyperlink ref="D325" r:id="rId287"/>
+    <hyperlink ref="D326" r:id="rId288"/>
+    <hyperlink ref="D327" r:id="rId289"/>
+    <hyperlink ref="D328" r:id="rId290"/>
+    <hyperlink ref="D329" r:id="rId291"/>
+    <hyperlink ref="D330" r:id="rId292"/>
+    <hyperlink ref="D331" r:id="rId293"/>
+    <hyperlink ref="D332" r:id="rId294"/>
+    <hyperlink ref="D333" r:id="rId295"/>
+    <hyperlink ref="D334" r:id="rId296"/>
+    <hyperlink ref="D335" r:id="rId297"/>
+    <hyperlink ref="D336" r:id="rId298"/>
+    <hyperlink ref="D337" r:id="rId299"/>
+    <hyperlink ref="D338" r:id="rId300"/>
+    <hyperlink ref="D340" r:id="rId301"/>
+    <hyperlink ref="D341" r:id="rId302"/>
+    <hyperlink ref="D342" r:id="rId303"/>
+    <hyperlink ref="D343" r:id="rId304"/>
+    <hyperlink ref="D344" r:id="rId305"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>