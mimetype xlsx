--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -8,2032 +8,1900 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1267" uniqueCount="660">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1181" uniqueCount="616">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Источники света</t>
   </si>
   <si>
     <t>1.1 Лампа светодиодная</t>
   </si>
   <si>
     <t>1.1.1 Лампа светодиодная серии А груша</t>
   </si>
   <si>
+    <t>604-002</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A60 9,5Вт E27 903Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>604-005</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A60 11,5Вт E27 1093Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-008</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A60 15,5Вт E27 1473Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-009</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A60 15,5Вт E27 1473Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-014</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A70 20,5Вт E27 1948Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-016</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A80 25,5Вт E27 2423Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
     <t>604-010</t>
   </si>
   <si>
     <t>Лампа светодиодная Груша A60 15,5Вт E27 1473Лм 6500K холодный свет REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>604-003</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A60 11,5Вт E27 1093Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-004</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A60 11,5Вт E27 1093Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-013</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A70 20,5Вт E27 1948Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-202</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A80 25,5Вт E27 2423Лм 6500K холодный свет REXANT</t>
   </si>
   <si>
     <t>604-001</t>
   </si>
   <si>
     <t>Лампа светодиодная Груша A60 9,5Вт E27 903Лм 2700K теплый свет REXANT</t>
   </si>
   <si>
-    <t>604-002</t>
-[...46 lines deleted...]
-  <si>
     <t>604-015</t>
   </si>
   <si>
     <t>Лампа светодиодная Груша A80 25,5Вт E27 2423Лм 2700K теплый свет REXANT</t>
   </si>
   <si>
-    <t>604-016</t>
-[...16 lines deleted...]
-  <si>
     <t>604-201</t>
   </si>
   <si>
     <t>Лампа светодиодная Груша A70 20,5Вт E27 1948Лм 6500K холодный свет REXANT</t>
   </si>
   <si>
     <t>1.1.2 Лампа светодиодная серии свеча (CN)</t>
   </si>
   <si>
+    <t>604-021</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 7,5Вт E27 713Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-206</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 11,5Вт E27 1093Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-030</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 11,5Вт E27 1093Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-017</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 7,5Вт E14 713Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-024</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 9,5Вт E14 903Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-022</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 7,5Вт E27 713Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-023</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 9,5Вт E14 903Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-029</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 11,5Вт E27 1093Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
     <t>604-019</t>
   </si>
   <si>
     <t>Лампа светодиодная Свеча (CN) 7,5Вт E14 713Лм 6500K холодный свет REXANT</t>
   </si>
   <si>
+    <t>604-205</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 11,5Вт E14 1093Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-020</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 7,5Вт E27 713Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-028</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 11,5Вт E14 1093Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-018</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 7,5Вт E14 713Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-025</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 9,5Вт E27 903Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-026</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 9,5Вт E27 903Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-027</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 11,5Вт E14 1093Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-203</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча (CN) 9,5Вт E14 903Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
     <t>604-204</t>
   </si>
   <si>
     <t>Лампа светодиодная Свеча (CN) 9,5Вт E27 903Лм 6500K холодный свет REXANT</t>
   </si>
   <si>
-    <t>604-020</t>
-[...94 lines deleted...]
-  <si>
     <t>1.1.3 Лампа светодиодная серии свеча на ветру (CW)</t>
   </si>
   <si>
     <t>604-045</t>
   </si>
   <si>
     <t>Лампа светодиодная Свеча на ветру (CW) 7,5Вт E14 713Лм 2700K теплый свет REXANT</t>
   </si>
   <si>
     <t>604-047</t>
   </si>
   <si>
     <t>Лампа светодиодная Свеча на ветру (CW) 7,5Вт E14 713Лм 6500K холодный свет REXANT</t>
   </si>
   <si>
     <t>604-046</t>
   </si>
   <si>
     <t>Лампа светодиодная Свеча на ветру (CW) 7,5Вт E14 713Лм 4000K нейтральный свет REXANT</t>
   </si>
   <si>
     <t>1.1.4 Лампа светодиодная серии шарик (G45)</t>
   </si>
   <si>
+    <t>604-033</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 7,5Вт E14 713Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-035</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 7,5Вт E27 713Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-036</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 7,5Вт E27 713Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-040</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 9,5Вт E27 903Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-041</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 11,5Вт E14 1093Лм 2700K теплый свет REXANT</t>
+  </si>
+  <si>
+    <t>604-210</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 11,5Вт E27 1093Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-044</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 11,5Вт E27 1093Лм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-208</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 9,5Вт E27 903Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-209</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 11,5Вт E14 1093Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
     <t>604-032</t>
   </si>
   <si>
     <t>Лампа светодиодная Шарик (GL) 7,5Вт E14 713Лм 4000K нейтральный свет REXANT</t>
   </si>
   <si>
     <t>604-034</t>
   </si>
   <si>
     <t>Лампа светодиодная Шарик (GL) 7,5Вт E27 713Лм 2700K теплый свет REXANT</t>
   </si>
   <si>
-    <t>604-035</t>
-[...10 lines deleted...]
-  <si>
     <t>604-037</t>
   </si>
   <si>
     <t>Лампа светодиодная Шарик (GL) 9,5Вт E14 903Лм 2700K теплый свет REXANT</t>
   </si>
   <si>
     <t>604-038</t>
   </si>
   <si>
     <t>Лампа светодиодная Шарик (GL) 9,5Вт E14 903Лм 4000K нейтральный свет REXANT</t>
   </si>
   <si>
-    <t>604-041</t>
-[...4 lines deleted...]
-  <si>
     <t>604-043</t>
   </si>
   <si>
     <t>Лампа светодиодная Шарик (GL) 11,5Вт E27 1093Лм 2700K теплый свет REXANT</t>
   </si>
   <si>
-    <t>604-044</t>
-[...20 lines deleted...]
-    <t>Лампа светодиодная Шарик (GL) 11,5Вт E14 1093Лм 6500K холодный свет REXANT</t>
+    <t>604-207</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 9,5Вт E14 903Лм 6500K холодный свет REXANT</t>
   </si>
   <si>
     <t>604-031</t>
   </si>
   <si>
     <t>Лампа светодиодная Шарик (GL) 7,5Вт E14 713Лм 2700K теплый свет REXANT</t>
   </si>
   <si>
     <t>604-039</t>
   </si>
   <si>
     <t>Лампа светодиодная Шарик (GL) 9,5Вт E27 903Лм 2700K теплый свет REXANT</t>
   </si>
   <si>
-    <t>604-207</t>
-[...16 lines deleted...]
-  <si>
     <t>1.1.5 Лампа светодиодная серии рефлектор (MR16)</t>
   </si>
   <si>
+    <t>604-211</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор-cпот 9,5Вт GU5.3 760Лм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-4005</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор MR16 9,5Вт 808Лм GU5.3 AC/DC 12В 6500K холодный свет, низковольтная REXANT</t>
+  </si>
+  <si>
+    <t>604-4001</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор 9,5Вт 808Лм GU10 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-4002</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор 9,5Вт 808Лм GU10 6500K холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-4064</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор R50 9,5Вт 808Лм E14 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
     <t>604-051</t>
   </si>
   <si>
     <t>Лампа светодиодная Рефлектор-cпот 9,5Вт GU5.3 760Лм 2700K теплый свет REXANT</t>
   </si>
   <si>
     <t>604-052</t>
   </si>
   <si>
     <t>Лампа светодиодная Рефлектор-cпот 9,5Вт GU5.3 760Лм 4000K нейтральный свет REXANT</t>
   </si>
   <si>
-    <t>604-211</t>
-[...2 lines deleted...]
-    <t>Лампа светодиодная Рефлектор-cпот 9,5Вт GU5.3 760Лм 6500K холодный свет REXANT</t>
+    <t>604-4003</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор MR16 9,5Вт 808Лм GU5.3 AC/DC 12В 2700K теплый свет, низковольтная REXANT</t>
+  </si>
+  <si>
+    <t>604-4004</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор MR16 9,5Вт 808Лм GU5.3 AC/DC 12В 4000K нейтральный свет, низковольтная REXANT</t>
+  </si>
+  <si>
+    <t>604-5300</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Рефлектор 7,5Вт 650Лм GU5.3 2700K теплый свет REXANT</t>
   </si>
   <si>
     <t>604-4000</t>
   </si>
   <si>
     <t>Лампа светодиодная Рефлектор 9,5Вт 808Лм GU10 2700K теплый свет REXANT</t>
   </si>
   <si>
     <t>604-5200</t>
   </si>
   <si>
     <t>Лампа светодиодная Рефлектор 5,5Вт 467Лм GU5.3 2700K теплый свет REXANT</t>
   </si>
   <si>
-    <t>604-4064</t>
-[...4 lines deleted...]
-  <si>
     <t>604-5202</t>
   </si>
   <si>
     <t>Лампа светодиодная Рефлектор 5,5Вт 467Лм GU5.3 6500K холодный свет REXANT</t>
   </si>
   <si>
-    <t>604-4002</t>
-[...4 lines deleted...]
-  <si>
     <t>604-5201</t>
   </si>
   <si>
     <t>Лампа светодиодная Рефлектор 5,5Вт 467Лм GU5.3 4000K нейтральный свет REXANT</t>
   </si>
   <si>
-    <t>604-4003</t>
-[...28 lines deleted...]
-  <si>
     <t>1.1.6 Лампа светодиодная серии рефлектор GX53</t>
   </si>
   <si>
-    <t>604-212</t>
-[...2 lines deleted...]
-    <t>Лампа светодиодная GX53 таблетка 10,5Вт 840Лм 6500К холодный свет REXANT</t>
+    <t>604-4062</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная GX53 таблетка 7,5Вт 638Лм 6500К холодный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-4117</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная GX53 таблетка 12 Вт 1040Лм 2700К теплый свет REXANT</t>
   </si>
   <si>
     <t>604-068</t>
   </si>
   <si>
     <t>Лампа светодиодная GX53 таблетка 15,5Вт 1240Лм 4000К нейтральный свет REXANT</t>
   </si>
   <si>
-    <t>604-4117</t>
-[...4 lines deleted...]
-  <si>
     <t>604-064</t>
   </si>
   <si>
     <t>Лампа светодиодная GX53 таблетка 10,5Вт 840Лм 4000К нейтральный свет REXANT</t>
   </si>
   <si>
     <t>604-067</t>
   </si>
   <si>
     <t>Лампа светодиодная GX53 таблетка 15,5Вт 1240Лм 2700К теплый свет REXANT</t>
   </si>
   <si>
     <t>604-213</t>
   </si>
   <si>
     <t>Лампа светодиодная GX53 таблетка 15,5Вт 1240Лм 6500К холодный свет REXANT</t>
   </si>
   <si>
+    <t>604-4060</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная GX53 таблетка 7,5Вт 638Лм 2700К теплый свет REXANT</t>
+  </si>
+  <si>
     <t>604-063</t>
   </si>
   <si>
     <t>Лампа светодиодная GX53 таблетка 10,5Вт 840Лм 2700К теплый свет REXANT</t>
   </si>
   <si>
-    <t>604-4060</t>
-[...4 lines deleted...]
-  <si>
     <t>604-4061</t>
   </si>
   <si>
     <t>Лампа светодиодная GX53 таблетка 7,5Вт 638Лм 4000К нейтральный свет REXANT</t>
   </si>
   <si>
-    <t>604-4119</t>
-[...10 lines deleted...]
-  <si>
     <t>1.1.7 Лампа светодиодная серии HIGH POWER</t>
   </si>
   <si>
+    <t>604-149</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная высокомощная 30Вт E27 (+переходник E40) 2850Лм 4000K REXANT</t>
+  </si>
+  <si>
     <t>604-069</t>
   </si>
   <si>
     <t>Лампа светодиодная высокомощная 30Вт E27 (+переходник E40) 2850Лм 6500K REXANT</t>
   </si>
   <si>
-    <t>604-071</t>
-[...4 lines deleted...]
-  <si>
     <t>604-152</t>
   </si>
   <si>
     <t>Лампа светодиодная высокомощная COMPACT 30Вт E27 с переходником на E40 2850Лм 4000K нейтральный свет REXANT</t>
   </si>
   <si>
-    <t>604-149</t>
-[...10 lines deleted...]
-  <si>
     <t>604-153</t>
   </si>
   <si>
     <t>Лампа светодиодная высокомощная COMPACT 30Вт E27 с переходником на E40 2850Лм 6500K холодный свет REXANT</t>
   </si>
   <si>
     <t>1.1.8 Лампа светодиодная трубка T8</t>
   </si>
   <si>
+    <t>604-4058</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная матовая Трубка Т8 25,5Вт 2168Лм G13 1500мм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-4057</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная матовая Трубка Т8 25,5Вт 2168Лм G13 2700K 1500мм REXANT</t>
+  </si>
+  <si>
+    <t>604-4052</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная матовая Трубка Т8 11,5Вт 978Лм G13 600мм 4000K нейтральный свет REXANT</t>
+  </si>
+  <si>
+    <t>604-4053</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная матовая Трубка Т8 11,5Вт 978Лм G13 600мм 6500K холодный свет REXANT</t>
+  </si>
+  <si>
     <t>604-4055</t>
   </si>
   <si>
     <t>Лампа светодиодная матовая Трубка Т8 19,5Вт 1658Лм G13 1200мм 4000K нейтральный свет REXANT</t>
   </si>
   <si>
-    <t>604-4056</t>
-[...4 lines deleted...]
-  <si>
     <t>604-4059</t>
   </si>
   <si>
     <t>Лампа светодиодная матовая Трубка Т8 25,5Вт 2168Лм G13 1500мм 6500K холодный свет REXANT</t>
   </si>
   <si>
-    <t>604-4052</t>
-[...22 lines deleted...]
-  <si>
     <t>1.1.9 Лампа светодиодная капсульная G4 G9</t>
   </si>
   <si>
+    <t>604-5007</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JC-SILICON G4 12В 2Вт 4000K нейтральный свет (силикон) REXANT</t>
+  </si>
+  <si>
     <t>604-5008</t>
   </si>
   <si>
     <t>Лампа светодиодная капсульного типа JC-SILICON G4 12В 2Вт 6500K холодный свет (силикон) REXANT</t>
   </si>
   <si>
+    <t>604-5013</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JD-CORN G4 230В 5,5Вт 4000K нейтральный свет (поликарбонат) REXANT</t>
+  </si>
+  <si>
+    <t>604-5015</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JD-CORN G9 230В 5Вт 2700K теплый свет (поликарбонат) REXANT</t>
+  </si>
+  <si>
+    <t>604-5016</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JD-CORN G9 230В 5Вт 4000K нейтральный свет (поликарбонат) REXANT</t>
+  </si>
+  <si>
+    <t>604-5018</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JD-CORN G9 230В 7Вт 2700K теплый свет (поликарбонат) REXANT</t>
+  </si>
+  <si>
+    <t>604-5020</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JD-CORN G9 230В 7Вт 6500K холодный свет (поликарбонат) REXANT</t>
+  </si>
+  <si>
     <t>604-5017</t>
   </si>
   <si>
     <t>Лампа светодиодная капсульного типа JD-CORN G9 230В 5Вт 6500K холодный свет (поликарбонат) REXANT</t>
   </si>
   <si>
     <t>604-5006</t>
   </si>
   <si>
     <t>Лампа светодиодная капсульного типа JC-SILICON G4 12В 2Вт 2700K теплый свет (силикон) REXANT</t>
   </si>
   <si>
+    <t>604-5011</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JC-SILICON G4 220В 2Вт 6500K холодный свет (силикон) REXANT</t>
+  </si>
+  <si>
+    <t>604-5010</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JC-SILICON G4 220В 2Вт 4000K нейтральный свет (силикон) REXANT</t>
+  </si>
+  <si>
+    <t>604-5019</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная капсульного типа JD-CORN G9 230В 7Вт 4000K нейтральный свет (поликарбонат) REXANT</t>
+  </si>
+  <si>
     <t>604-5009</t>
   </si>
   <si>
     <t>Лампа светодиодная капсульного типа JC-SILICON G4 220В 2Вт 2700K теплый свет (силикон) REXANT</t>
   </si>
   <si>
-    <t>604-5011</t>
-[...4 lines deleted...]
-  <si>
     <t>604-5012</t>
   </si>
   <si>
     <t>Лампа светодиодная капсульного типа JD-CORN G4 230В 5,5Вт 2700K теплый свет (поликарбонат) REXANT</t>
   </si>
   <si>
     <t>604-5014</t>
   </si>
   <si>
     <t>Лампа светодиодная капсульного типа JD-CORN G4 230В 5,5Вт 6500K холодный свет (поликарбонат) REXANT</t>
   </si>
   <si>
-    <t>604-5015</t>
-[...46 lines deleted...]
-  <si>
     <t>1.1.10 Лампа светодиодная для растений</t>
   </si>
   <si>
     <t>604-156</t>
   </si>
   <si>
     <t>Лампа светодиодная для растений ГРИБ-РЕФЛЕКТОР R90 17,5 Вт 27 мкмоль/с Е27 REXANT</t>
   </si>
   <si>
     <t>604-146</t>
   </si>
   <si>
     <t>Лампа филаментная для растений Груша A60 11,5Вт 18 микромоль/с E27 REXANT</t>
   </si>
   <si>
     <t>1.1.11 Лампа для холодильника (капсульная)</t>
   </si>
   <si>
     <t>604-5108</t>
   </si>
   <si>
     <t>Лампа светодиодная для холодильника (капсульная) 2Вт Е14 160Лм 2700К теплый свет REXANT</t>
   </si>
   <si>
     <t>604-5109</t>
   </si>
   <si>
     <t>Лампа светодиодная для холодильника (капсульная) 2Вт Е14 160Лм 4000К нейтральный свет REXANT</t>
   </si>
   <si>
     <t>604-5110</t>
   </si>
   <si>
     <t>Лампа светодиодная для холодильника (капсульная) 2Вт Е14 160Лм 6500К холодный свет REXANT</t>
   </si>
   <si>
     <t>1.2 Панель светодиодная</t>
   </si>
   <si>
-    <t>1.2.1 Панель светодиодная ультратонкая 9мм REXANT</t>
-[...14 lines deleted...]
-    <t>1.2.2 Аксессуары</t>
+    <t>1.2.1 Аксессуары</t>
   </si>
   <si>
     <t>606-202</t>
   </si>
   <si>
     <t>Источник питания (драйвер) для ультратонкой панели мощностью 48 ватт (EMC)</t>
   </si>
   <si>
-    <t>606-301</t>
-[...5 lines deleted...]
-    <t>1.2.3 Панель светодиодная универсальная 19мм REXANT</t>
+    <t>1.2.2 Панель светодиодная универсальная 19мм REXANT</t>
   </si>
   <si>
     <t>606-011</t>
   </si>
   <si>
     <t>Панель ГОСТ! универсальная светодиодная 19мм ПРИЗМА 1195х180 40Вт 180–260В IP20 3300Лм 4000K нейтральный свет REXANT</t>
   </si>
   <si>
-    <t>1.2.4 Панель светодиодная универсальная 19мм LAMPER</t>
-[...8 lines deleted...]
-    <t>1.2.5 Панель светодиодная круглая LAMPER</t>
+    <t>1.2.3 Панель светодиодная круглая LAMPER</t>
+  </si>
+  <si>
+    <t>606-1004</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 6Вт 230В 4000К 420Лм 95мм белая IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>606-1008</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 12Вт 230В 4000К 960Лм 145мм белая IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>606-1005</t>
+  </si>
+  <si>
+    <t>Панель светодиодная встраиваемая круглая 6Вт 230В 6500К 420Лм 95мм белая IP20 LAMPER</t>
   </si>
   <si>
     <t>606-1010</t>
   </si>
   <si>
     <t>Панель светодиодная встраиваемая круглая 18Вт 230В 4000К 1440Лм 185мм белая IP20 LAMPER</t>
   </si>
   <si>
     <t>606-1006</t>
   </si>
   <si>
     <t>Панель светодиодная встраиваемая круглая 9Вт 230В 4000К 630Лм 118мм белая IP20 LAMPER</t>
   </si>
   <si>
     <t>606-1007</t>
   </si>
   <si>
     <t>Панель светодиодная встраиваемая круглая 9Вт 230В 6500К 630Лм 118мм белая IP20 LAMPER</t>
   </si>
   <si>
     <t>606-1009</t>
   </si>
   <si>
     <t>Панель светодиодная встраиваемая круглая 12Вт 230В 6500К 960Лм 145мм белая IP20 LAMPER</t>
   </si>
   <si>
     <t>606-1012</t>
   </si>
   <si>
     <t>Панель светодиодная встраиваемая круглая 24Вт 230В 4000К 1920Лм 220мм белая IP20 LAMPER</t>
   </si>
   <si>
-    <t>606-1005</t>
-[...10 lines deleted...]
-  <si>
     <t>606-1011</t>
   </si>
   <si>
     <t>Панель светодиодная встраиваемая круглая 18Вт 230В 6500К 1440Лм 185мм белая IP20 LAMPER</t>
   </si>
   <si>
     <t>606-1013</t>
   </si>
   <si>
     <t>Панель светодиодная встраиваемая круглая 24Вт 230В 6500К 1920Лм 220мм белая IP20 LAMPER</t>
   </si>
   <si>
-    <t>606-1004</t>
-[...4 lines deleted...]
-  <si>
     <t>1.3 Светильник светодиодный</t>
   </si>
   <si>
+    <t>608-001</t>
+  </si>
+  <si>
+    <t>Светильник GX53 белый, термостойкое пластиковое кольцо в комплекте REXANT</t>
+  </si>
+  <si>
     <t>608-002</t>
   </si>
   <si>
     <t>Светильник GX53 хром, термостойкое пластиковое кольцо в комплекте REXANT</t>
   </si>
   <si>
+    <t>608-004</t>
+  </si>
+  <si>
+    <t>Светильник встраиваемый GX53 Series H4-PRO, белый с кольцом в комплекте REXANT</t>
+  </si>
+  <si>
     <t>608-003</t>
   </si>
   <si>
     <t>Светильник GX53 золото, термостойкое пластиковое кольцо в комплекте REXANT</t>
   </si>
   <si>
-    <t>608-004</t>
-[...10 lines deleted...]
-  <si>
     <t>1.3.1 Светильник светодиодный СПО IP20</t>
   </si>
   <si>
+    <t>607-013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Светильник линейный СПО опал IP20 18Вт 185-265В 6500K холодный свет 0,6м REXANT </t>
+  </si>
+  <si>
+    <t>607-014</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО опал IP20 36Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-015</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 18Вт 185-265В 4000K нейтральный свет 0,6м REXANT</t>
+  </si>
+  <si>
+    <t>607-016</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 36Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-017</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 18Вт 185-265В 6500K холодный свет 0,6м REXANT</t>
+  </si>
+  <si>
+    <t>607-021</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО опал IP20 55Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-023</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 55Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-018</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 36Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-024</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 55Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
     <t>607-012</t>
   </si>
   <si>
     <t>Светильник линейный СПО опал IP20 36Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
   </si>
   <si>
     <t>607-011</t>
   </si>
   <si>
     <t>Светильник линейный СПО опал IP20 18Вт 185-265В 4000K нейтральный свет 0,6м REXANT</t>
   </si>
   <si>
-    <t>607-021-1</t>
-[...2 lines deleted...]
-    <t>Комплект Светодиодный линейный светильник REXANT СПО 110 ОПАЛ 55 Вт, 185-265 В, IP20, 5225 Лм, 4000 K нейтральный свет + Сетевой шнур с выключателем</t>
+    <t>607-002</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО опал IP20 36Вт 185-265В 6500K холодный свет 1,2м (хит продаж!) REXANT</t>
+  </si>
+  <si>
+    <t>607-022</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО опал IP20 55Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>1.3.2 Светильник светодиодный ССП IP65</t>
+  </si>
+  <si>
+    <t>607-019</t>
+  </si>
+  <si>
+    <t>Светильник линейный пылевлагозащищенный ССП IP65 18Вт 185-265В 6500K холодный свет 0,6м REXANT</t>
+  </si>
+  <si>
+    <t>607-010</t>
+  </si>
+  <si>
+    <t>Светильник линейный пылевлагозащищенный ССП2 IP65 36Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-070</t>
+  </si>
+  <si>
+    <t>Светильник линейный пылевлагозащищенный ССП IP65 55Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-020</t>
+  </si>
+  <si>
+    <t>Светильник линейный пылевлагозащищенный ССП IP65 36Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-009</t>
+  </si>
+  <si>
+    <t>Светильник линейный пылевлагозащищенный ССП2 IP65 18Вт 185-265В 6500K холодный свет 0,6м REXANT</t>
+  </si>
+  <si>
+    <t>1.3.3 Светильники ЖКХ IP65</t>
+  </si>
+  <si>
+    <t>607-263</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 12Вт 1140Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-202</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 12Вт 1140Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-205</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 12Вт 1140Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-208</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 18Вт 1710Лм 6500K с микроволновым датчиком REXANT</t>
+  </si>
+  <si>
+    <t>607-256</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 8Вт 760Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>607-266</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 12Вт 1140Лм 6500K с микроволновым датчиком движения, дежурный свет REXANT</t>
+  </si>
+  <si>
+    <t>607-268</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 18Вт 1710Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-271</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 18Вт 1710Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-274</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 18Вт 1710Лм 6500K с микроволновым датчиком движения, дежурный свет REXANT</t>
+  </si>
+  <si>
+    <t>607-279</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 24Вт 2280Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-285</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 30Вт 2850Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-286</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 30Вт 2850Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>607-207</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 12Вт 1140Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>607-260</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 12Вт 1140Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-203</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 18Вт 1710Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-204</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 8Вт 760Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-210</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 18Вт 1710Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>607-250</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 8Вт 760Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-253</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 8Вт 760Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-258</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 8Вт 760Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>621-1128</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ-03 под лампу круг 190x85мм IP65 REXANT</t>
+  </si>
+  <si>
+    <t>621-1129</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ-03 под лампу круг 250х105мм IP65 REXANT</t>
+  </si>
+  <si>
+    <t>607-206</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 18Вт 1710Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-201</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 8Вт 760Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-209</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 12Вт 1140Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>607-287</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 30Вт 2850Лм 6500K с микроволновым датчиком движения, дежурный свет REXANT</t>
+  </si>
+  <si>
+    <t>1.3.4 Светильники T5</t>
+  </si>
+  <si>
+    <t>607-211</t>
+  </si>
+  <si>
+    <t>Светильник линейный T5 5Вт IP20 4000K нейтральный свет 315мм с выключателем и соединителем REXANT</t>
+  </si>
+  <si>
+    <t>607-212</t>
+  </si>
+  <si>
+    <t>Светильник линейный T5 5Вт IP20 6500K холодный свет 315мм с выключателем и соединителем REXANT</t>
+  </si>
+  <si>
+    <t>607-213</t>
+  </si>
+  <si>
+    <t>Светильник линейный T5 8Вт IP20 4000K нейтральный свет 565мм с выключателем и соединителем REXANT</t>
+  </si>
+  <si>
+    <t>607-218</t>
+  </si>
+  <si>
+    <t>Светильник линейный T5 16Вт IP20 6500K холодный свет 1179 мм с выключателем и соединителем REXANT</t>
+  </si>
+  <si>
+    <t>607-215</t>
+  </si>
+  <si>
+    <t>Светильник линейный T5 12Вт IP20 4000K нейтральный свет 869мм с выключателем и соединителем REXANT</t>
+  </si>
+  <si>
+    <t>607-217</t>
+  </si>
+  <si>
+    <t>Светильник линейный T5 16Вт IP20 4000K нейтральный свет 1179мм с выключателем и соединителем REXANT</t>
+  </si>
+  <si>
+    <t>1.3.5 Светильник под лампу Т8</t>
+  </si>
+  <si>
+    <t>621-1124</t>
+  </si>
+  <si>
+    <t>Светильник ДПО под светодиодную лампу 2хТ8 600мм IP20 (без ПРА) REXANT</t>
+  </si>
+  <si>
+    <t>621-1125</t>
+  </si>
+  <si>
+    <t>Светильник ДПО под светодиодную лампу 2хТ8 1200мм IP20 (без ПРА) REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Ночники</t>
+  </si>
+  <si>
+    <t>75-0304</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный ХАМЕЛЕОН мини 220В PROconnect</t>
+  </si>
+  <si>
+    <t>75-0302</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный мини 220В с датчиком «день-ночь» PROconnect</t>
+  </si>
+  <si>
+    <t>75-0305</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный РАДУГА, многоцветный, 220В PROconnect</t>
+  </si>
+  <si>
+    <t>75-0307</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный FIREFLY-PRO с датчиком «день-ночь», белое свечение PROсonnect</t>
+  </si>
+  <si>
+    <t>75-0360</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный TOUCHPAD с сенсорной панелью и диммером, 3хАА, теплое белое свечение PROсonnect</t>
+  </si>
+  <si>
+    <t>75-0301</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный 220В с датчиком «день-ночь» PROconnect</t>
+  </si>
+  <si>
+    <t>75-0308-1</t>
+  </si>
+  <si>
+    <t>Комплект (2шт./уп.) Ночник светодиодный MOUSE-PAD нейтрального белого цвета с датчиком «НОЧЬ-ДЕНЬ-НОЧЬ» (питание от сети AC 230 В/50 Гц)</t>
   </si>
   <si>
     <t>упак</t>
   </si>
   <si>
-    <t>607-002</t>
-[...323 lines deleted...]
-    <t>Ночник светодиодный TOUCHPAD с сенсорной панелью и диммером, 3хАА, теплое белое свечение PROсonnect</t>
+    <t>75-0305-1</t>
+  </si>
+  <si>
+    <t>Комплект (2шт./уп.) Светодиодный ночник «Радуга» 220 В yl-653</t>
+  </si>
+  <si>
+    <t>75-0308</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный MOUSE-PAD с датчиком «день-ночь», белое свечение, 230В PROсonnect</t>
+  </si>
+  <si>
+    <t>75-0300</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный с выключателем 220В PROconnect</t>
   </si>
   <si>
     <t>75-0310</t>
   </si>
   <si>
     <t>Ночник светодиодный ЛУННАЯ НОЧЬ белое свечение, 230В REXANT</t>
   </si>
   <si>
     <t>75-0311</t>
   </si>
   <si>
     <t>Ночник светодиодный ЛУННАЯ НОЧЬ голубое свечение, 230В REXANT</t>
   </si>
   <si>
+    <t>75-0312</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный ПАРУС ОДИНОКИЙ белое свечение, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0314</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный НОТКАКТУС белое свечение, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0316</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный МАХАОН белое свечение, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0317</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный СНЕЖИНКА ХАМЕЛЕОН свечение мультиколор 7 цветов, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0318</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный РОМАШКА ХАМЕЛЕОН свечение мультиколор 7 цветов, 230В REXANT</t>
+  </si>
+  <si>
+    <t>75-0311-1</t>
+  </si>
+  <si>
+    <t>Комплект (2шт./уп.) Ночник светодиодный ЛУННАЯ НОЧЬ BLUE (питание от сети AC 230 В/50 Гц)</t>
+  </si>
+  <si>
+    <t>75-0600</t>
+  </si>
+  <si>
+    <t>USB-ночник светодиодный REXANT</t>
+  </si>
+  <si>
     <t>75-0313</t>
   </si>
   <si>
     <t>Ночник светодиодный ПАРУС ОДИНОКИЙ голубое свечение, 230В REXANT</t>
   </si>
   <si>
-    <t>75-0314</t>
-[...50 lines deleted...]
-    <t>Ночник светодиодный MOUSE-PAD с датчиком «день-ночь», белое свечение, 230В PROсonnect</t>
+    <t>75-0319</t>
+  </si>
+  <si>
+    <t>Ночник светодиодный ФАКЕЛ ХАМЕЛЕОН свечение мультиколор 7 цветов, 230В REXANT</t>
   </si>
   <si>
     <t>75-0603</t>
   </si>
   <si>
     <t>Ночник светодиодный Стеклянный медведь REXANT</t>
   </si>
   <si>
-    <t>75-0600</t>
-[...28 lines deleted...]
-  <si>
     <t>75-0316-1</t>
   </si>
   <si>
     <t>Комплект (2шт./уп.) Ночник светодиодный МАХАОН БЕЛЫЙ (питание от сети AC 230 В/50 Гц)</t>
   </si>
   <si>
-    <t>75-0300</t>
-[...16 lines deleted...]
-  <si>
     <t>1.5 Светильник уличный консольный</t>
   </si>
   <si>
+    <t>607-306</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный консольный ДКУ 03-30-5000К-Ш-C IP65 черный REXANT</t>
+  </si>
+  <si>
+    <t>607-307</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный консольный ДКУ 03-50-5000К-Ш-C IP65 черный REXANT</t>
+  </si>
+  <si>
+    <t>607-308</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный консольный ДКУ 03-70-5000К-Ш-C IP65 черный REXANT</t>
+  </si>
+  <si>
+    <t>607-310</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный консольный ДКУ 03-150-5000К-Ш-C IP65 черный REXANT</t>
+  </si>
+  <si>
+    <t>607-302</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный консольный ДКУ-01 150Вт 5000К общего назначения IP65 15000Лм черный</t>
+  </si>
+  <si>
+    <t>607-303</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный консольный ДКУ 02 100Вт 5000К для дорог IP65 10000Лм черный REXANT</t>
+  </si>
+  <si>
     <t>607-301</t>
   </si>
   <si>
     <t>Светильник светодиодный консольный ДКУ-01 100Вт 5000К общего назначения IP65 10000Лм черный</t>
   </si>
   <si>
+    <t>607-300</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный консольный ДКУ-01 50Вт 5000К общего назначения IP65  5000Лм черный REXANT</t>
+  </si>
+  <si>
     <t>607-305</t>
   </si>
   <si>
     <t>Светильник светодиодный консольный ДКУ-01 70Вт 5000К общего назначения IP65 6000Лм черный REXANT</t>
   </si>
   <si>
-    <t>607-303</t>
-[...40 lines deleted...]
-  <si>
     <t>1.5.1 Кронштейны для светильников</t>
   </si>
   <si>
+    <t>607-415</t>
+  </si>
+  <si>
+    <t>Кронштейн на опору с 1 хомутом белый (625х460х280 Ø57) REXANT арт. 607-302; 607-304;</t>
+  </si>
+  <si>
     <t>607-400</t>
   </si>
   <si>
     <t>Кронштейн накладной / под бандажную ленту с переменным углом белый (230х150х150, Ø 51) REXANT  арт.607-300; 607-301;607-303</t>
   </si>
   <si>
     <t>607-405</t>
   </si>
   <si>
     <t xml:space="preserve">Кронштейн на опору с 1 хомутом белый (625х460х280 Ø51) REXANT арт.607-300; 607-301;607-303 </t>
   </si>
   <si>
     <t>607-410</t>
   </si>
   <si>
     <t>Кронштейн накладной / под бандажную ленту с переменным углом белый (230х150х150, Ø 57) REXANT  арт.607-302; 607-304;</t>
   </si>
   <si>
-    <t>607-415</t>
-[...4 lines deleted...]
-  <si>
     <t>1.6 Демо-тестеры для ламп</t>
   </si>
   <si>
     <t>604-802</t>
   </si>
   <si>
     <t>Демо-тестер акриловый для ФИЛАМЕНТА, AC 220V, со шнуром питания 1,2м, с выключателем на корпусе, цоколи E14 (6шт) E27 (5шт) REXANT</t>
   </si>
   <si>
     <t>604-801</t>
   </si>
   <si>
     <t>Демо-тестер для проверки ламп с цоколями E27, E27, E14, GU5.3, GX53 REXANT</t>
   </si>
   <si>
     <t>1.7 Лампа светодиодная упаковка по 3 штуки</t>
   </si>
   <si>
     <t>604-033-3</t>
   </si>
   <si>
     <t>Лампа светодиодная Шарик (GL) 7,5Вт E14 713Лм 6500K холодный свет (3 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>604-038-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 9,5Вт E14 903Лм 4000K нейтральный свет (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-043-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 11,5Вт E27 1093Лм 2700K теплый свет (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-210-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Шарик (GL) 11,5Вт E27 1093Лм 6500K холодный свет (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-017-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Свеча CN 7,5Вт E14 713Лм 2700K теплый свет (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>604-002-3</t>
+  </si>
+  <si>
+    <t>Лампа светодиодная Груша A60 9,5Вт E27 903Лм 4000K нейтральный свет (3 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>604-035-3</t>
   </si>
   <si>
     <t>Лампа светодиодная Шарик (GL) 7,5Вт E27 713Лм 4000K нейтральный свет (3 шт/уп) REXANT</t>
   </si>
   <si>
     <t>604-036-3</t>
   </si>
   <si>
     <t>Лампа светодиодная Шарик (GL) 7,5Вт E27 713Лм 6500K холодный свет (3 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>604-052-3</t>
-[...4 lines deleted...]
-  <si>
     <t>604-064-3</t>
   </si>
   <si>
     <t>Лампа светодиодная GX53 таблетка 10,5Вт 840Лм 4000К (3 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>604-067-3</t>
-[...70 lines deleted...]
-  <si>
     <t>1.8 Светильники для высоких пролётов ДСП</t>
   </si>
   <si>
+    <t>607-298</t>
+  </si>
+  <si>
+    <t>Светильник для высоких пролётов ДСП 01 150 Вт 6500 К IP65 15000 Лм черный REXANT</t>
+  </si>
+  <si>
     <t>607-297</t>
   </si>
   <si>
     <t>Светильник для высоких пролётов ДСП 01 200 Вт 6500 К IP65 20000 Лм черный REXANT</t>
   </si>
   <si>
     <t>607-299</t>
   </si>
   <si>
     <t>Светильник для высоких пролётов ДСП 01 100 Вт 6500 К IP65 10000 Лм черный REXANT</t>
   </si>
   <si>
-    <t>607-298</t>
-[...4 lines deleted...]
-  <si>
     <t>1.9 Лампа филаментная</t>
   </si>
   <si>
     <t>1.9.1 Лампа филаментная груша А60</t>
   </si>
   <si>
+    <t>604-075</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Груша A60 9,5Вт 1140Лм 4000K E27 диммируемая, прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Груша A60 11,5Вт 1380Лм 4000K E27 прозрачная колба REXANT </t>
+  </si>
+  <si>
     <t>604-073</t>
   </si>
   <si>
     <t xml:space="preserve">Лампа филаментная Груша A60 7,5Вт 750Лм 4000K E27 прозрачная колба REXANT </t>
   </si>
   <si>
     <t>604-076</t>
   </si>
   <si>
     <t xml:space="preserve">Лампа филаментная Груша A60 11,5Вт 1380Лм 2700K E27 прозрачная колба REXANT </t>
   </si>
   <si>
     <t>604-078</t>
   </si>
   <si>
     <t xml:space="preserve">Лампа филаментная Груша A60 11,5Вт 1320Лм 2700K E27 матовая колба REXANT </t>
   </si>
   <si>
     <t>604-079</t>
   </si>
   <si>
     <t xml:space="preserve">Лампа филаментная Груша A60 11,5Вт 1320Лм 4000K E27 матовая колба REXANT </t>
   </si>
   <si>
     <t>604-080</t>
   </si>
   <si>
     <t xml:space="preserve">Лампа филаментная Груша A60 11,5Вт 1380Лм 2400K E27 золотистая колба REXANT </t>
   </si>
   <si>
     <t>604-081</t>
   </si>
   <si>
     <t xml:space="preserve">Лампа филаментная Груша A60 13,5Вт 1600Лм 2700K E27 прозрачная колба REXANT </t>
   </si>
   <si>
     <t>604-082</t>
   </si>
   <si>
     <t xml:space="preserve">Лампа филаментная Груша A60 13,5Вт 1600Лм 4000K E27 прозрачная колба REXANT </t>
   </si>
   <si>
     <t>604-074</t>
   </si>
   <si>
     <t xml:space="preserve">Лампа филаментная Груша A60 9,5Вт 1140Лм 2700K E27 диммируемая, прозрачная колба REXANT </t>
   </si>
   <si>
-    <t>604-077</t>
-[...10 lines deleted...]
-  <si>
     <t>1.9.2 Лампа филаментная свеча CN35</t>
   </si>
   <si>
+    <t>604-086</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 7,5Вт 600Лм 4000K E27 прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-093</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 9,5Вт 950Лм 2700K E27 прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-095</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 9,5Вт 915Лм 2700K E14 матовая колба REXANT </t>
+  </si>
+  <si>
+    <t>604-097</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 9,5Вт 915Лм 2700K E27 матовая колба REXANT </t>
+  </si>
+  <si>
+    <t>604-094</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 9,5Вт 950Лм 4000K E27 прозрачная колба REXANT </t>
+  </si>
+  <si>
+    <t>604-098</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лампа филаментная Свеча CN35 9,5Вт 915Лм 4000K E27 матовая колба REXANT </t>
+  </si>
+  <si>
     <t>604-089</t>
   </si>
   <si>
     <t xml:space="preserve">Лампа филаментная Свеча CN35 7,5Вт 600Лм 2700K E27 диммируемая, прозрачная колба REXANT </t>
   </si>
   <si>
     <t>604-083</t>
   </si>
   <si>
     <t xml:space="preserve">Лампа филаментная Свеча CN35 7,5Вт 600Лм 2700K E14 прозрачная колба REXANT </t>
   </si>
   <si>
     <t>604-085</t>
   </si>
   <si>
     <t xml:space="preserve">Лампа филаментная Свеча CN35 7,5Вт 600Лм 2700K E27 прозрачная колба REXANT </t>
   </si>
   <si>
-    <t>604-086</t>
-[...4 lines deleted...]
-  <si>
     <t>604-088</t>
   </si>
   <si>
     <t xml:space="preserve">Лампа филаментная Свеча CN35 7,5Вт 600Лм 4000K E14 диммируемая, прозрачная колба REXANT </t>
   </si>
   <si>
-    <t>604-090</t>
-[...4 lines deleted...]
-  <si>
     <t>604-091</t>
   </si>
   <si>
     <t xml:space="preserve">Лампа филаментная Свеча CN35 9,5Вт 950Лм 2700K E14 прозрачная колба REXANT </t>
   </si>
   <si>
     <t>604-092</t>
   </si>
   <si>
     <t xml:space="preserve">Лампа филаментная Свеча CN35 9,5Вт 950Лм 4000K E14 прозрачная колба REXANT </t>
   </si>
   <si>
-    <t>604-094</t>
-[...4 lines deleted...]
-  <si>
     <t>604-096</t>
   </si>
   <si>
     <t xml:space="preserve">Лампа филаментная Свеча CN35 9,5Вт 915Лм 4000K E14 матовая колба REXANT </t>
   </si>
   <si>
-    <t>604-097</t>
-[...10 lines deleted...]
-  <si>
     <t>604-099</t>
   </si>
   <si>
     <t xml:space="preserve">Лампа филаментная Свеча CN35 9,5Вт 950Лм 2400K E14 золотистая колба REXANT </t>
   </si>
   <si>
     <t>604-100</t>
   </si>
   <si>
     <t xml:space="preserve">Лампа филаментная Свеча CN35 9,5Вт 950Лм 2700K E27 золотистая колба REXANT </t>
   </si>
   <si>
     <t>604-084</t>
   </si>
   <si>
     <t xml:space="preserve">Лампа филаментная Свеча CN35 7,5Вт 600Лм 4000K E14 прозрачная колба REXANT </t>
   </si>
   <si>
     <t>604-087</t>
   </si>
   <si>
     <t xml:space="preserve">Лампа филаментная Свеча CN35 7,5Вт 600Лм 2700K E14 диммируемая, прозрачная колба REXANT </t>
   </si>
   <si>
-    <t>604-095</t>
-[...11 lines deleted...]
-    <t>1.9.3 Лампа филаментная свеча на ветру CW37</t>
+    <t>1.9.3 Лампа филаментная свеча витая LCW35</t>
+  </si>
+  <si>
+    <t>604-119</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Витая свеча LCW35 7,5Вт 600Лм 2400K E14 золотистая колба REXANT</t>
+  </si>
+  <si>
+    <t>604-120</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Витая свеча LCW35 9,5Вт 950Лм 2400K E14 золотистая колба REXANT</t>
+  </si>
+  <si>
+    <t>1.9.4 Лампа филаментная шарик G45</t>
+  </si>
+  <si>
+    <t>604-122</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 7,5Вт 600Лм 4000K E14 прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-123</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 7,5Вт 600Лм 2700K E27 прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-125</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 7,5Вт 600Лм 2700K E14 диммируемая, прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-127</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 7,5Вт 600Лм 2700K E27 диммируемая, прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-128</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 7,5Вт 600Лм 4000K E27 диммируемая, прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-129</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 9,5Вт 950Лм 2700K E14 прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-132</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 9,5Вт 950Лм 4000K E27 прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-135</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 9,5Вт 915Лм 2700K E27 матовая колба REXANT</t>
+  </si>
+  <si>
+    <t>604-121</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 7,5Вт 600Лм 2700K E14 прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-124</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 7,5Вт 600Лм 4000K E27 прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-126</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 7,5Вт 600Лм 4000K E14 диммируемая, прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-130</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 9,5Вт 950Лм 4000K E14 прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-131</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 9,5Вт 950Лм 2700K E27 прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-133</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 9,5Вт 915Лм 2700K E14 матовая колба REXANT</t>
+  </si>
+  <si>
+    <t>604-134</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 9,5Вт 915Лм 4000K E14 матовая колба REXANT</t>
+  </si>
+  <si>
+    <t>604-136</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 9,5Вт 915Лм 4000K E27 матовая колба REXANT</t>
+  </si>
+  <si>
+    <t>604-137</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 9,5Вт 950Лм 2400K E14 золотистая колба REXANT</t>
+  </si>
+  <si>
+    <t>604-138</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Шарик GL45 9,5Вт 950Лм 2400K E27 золотистая колба REXANT</t>
+  </si>
+  <si>
+    <t>1.9.5 Лампа филаментная декоративная</t>
+  </si>
+  <si>
+    <t>604-139</t>
+  </si>
+  <si>
+    <t>Лампа филаментная LOFT EDISON ST64 11,5Вт 1380Лм 2700K E27 прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-142</t>
+  </si>
+  <si>
+    <t>Лампа филаментная LOFT GLOBE A95 11,5Вт 1380Лм 2400K E27 золотистая колба REXANT</t>
+  </si>
+  <si>
+    <t>604-145</t>
+  </si>
+  <si>
+    <t>Лампа филаментная LOFT GLOBE A125 11,5Вт 1380Лм 2400K E27 диммируемая золотистая колба REXANT</t>
+  </si>
+  <si>
+    <t>604-144</t>
+  </si>
+  <si>
+    <t>Лампа филаментная LOFT GLOBE A125 11,5Вт 1380Лм 2400K E27 золотистая колба REXANT</t>
+  </si>
+  <si>
+    <t>604-143</t>
+  </si>
+  <si>
+    <t>Лампа филаментная LOFT GLOBE A95 11,5Вт 1380Лм 2400K E27 диммируемая золотистая колба REXANT</t>
+  </si>
+  <si>
+    <t>1.9.6 Лампа филаментная свеча на ветру CW37</t>
+  </si>
+  <si>
+    <t>604-102</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Свеча на ветру CN37 7,5Вт 600Лм 4000K E14 прозрачная колба REXANT</t>
+  </si>
+  <si>
+    <t>604-109</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Свеча на ветру CN37 9,5Вт 950Лм 2700K E14 прозрачная колба REXANT</t>
   </si>
   <si>
     <t>604-101</t>
   </si>
   <si>
     <t>Лампа филаментная Свеча на ветру CN37 7,5Вт 600Лм 2700K E14 прозрачная колба REXANT</t>
   </si>
   <si>
-    <t>604-102</t>
-[...4 lines deleted...]
-  <si>
     <t>604-105</t>
   </si>
   <si>
     <t>Лампа филаментная Свеча на ветру CN37 7,5Вт 600Лм 2700K E14 диммируемая, прозрачная колба REXANT</t>
   </si>
   <si>
-    <t>604-109</t>
-[...2 lines deleted...]
-    <t>Лампа филаментная Свеча на ветру CN37 9,5Вт 950Лм 2700K E14 прозрачная колба REXANT</t>
+    <t>604-106</t>
+  </si>
+  <si>
+    <t>Лампа филаментная Свеча на ветру CN37 7,5Вт 600Лм 4000K E14 диммируемая, прозрачная колба REXANT</t>
   </si>
   <si>
     <t>604-110</t>
   </si>
   <si>
     <t>Лампа филаментная Свеча на ветру CN37 9,5Вт 950Лм 4000K E14 прозрачная колба REXANT</t>
   </si>
   <si>
     <t>604-113</t>
   </si>
   <si>
     <t>Лампа филаментная Свеча на ветру CN37 9,5Вт 915Лм 2700K E14 матовая колба REXANT</t>
   </si>
   <si>
     <t>604-114</t>
   </si>
   <si>
     <t>Лампа филаментная Свеча на ветру CN37 9,5Вт 915Лм 4000K E14 матовая колба REXANT</t>
   </si>
   <si>
     <t>604-117</t>
   </si>
   <si>
     <t>Лампа филаментная Свеча на ветру CN37 9,5Вт 950Лм 2400K E14 золотистая колба REXANT</t>
-  </si>
-[...163 lines deleted...]
-    <t>Лампа филаментная LOFT GLOBE A95 11,5Вт 1380Лм 2400K E27 золотистая колба REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2418,56 +2286,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-15-5vt-e27-1473lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-9-5vt-e27-903lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-9-5vt-e27-903lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-11-5vt-e27-1093lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-11-5vt-e27-1093lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-11-5vt-e27-1093lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-15-5vt-e27-1473lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-15-5vt-e27-1473lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a70-20-5vt-e27-1948lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a70-20-5vt-e27-1948lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a80-25-5vt-e27-2423lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a80-25-5vt-e27-2423lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a80-25-5vt-e27-2423lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-shar-a120-17-5vt-1488lm-e27-4000k-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a70-20-5vt-e27-1948lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e14-713lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e27-903lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e27-713lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e14-1093lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e14-713lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e14-713lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e27-713lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e27-713lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e14-903lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e14-903lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e27-903lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e27-903lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e14-1093lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e27-1093lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e27-1093lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e14-903lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e14-1093lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e27-1093lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-na-vetru-cw-7-5vt-e14-713lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-na-vetru-cw-7-5vt-e14-713lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-na-vetru-cw-7-5vt-e14-713lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e14-713lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e27-713lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e27-713lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e27-713lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e14-903lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e14-903lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e14-1093lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e27-903lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e14-1093lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e14-713lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e27-903lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e14-903lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e14-713lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e27-903lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-cpot-9-5vt-gu5-3-760lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-cpot-9-5vt-gu5-3-760lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-cpot-9-5vt-gu5-3-760lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-9-5vt-808lm-gu10-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-5-5vt-467lm-gu5-3-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-r50-9-5vt-808lm-e14-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-5-5vt-467lm-gu5-3-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-9-5vt-808lm-gu10-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-5-5vt-467lm-gu5-3-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-mr16-9-5vt-808lm-gu5-3-ac-dc-12v-2700k-teplyy-svet-nizkovoltnaya-rexan" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-mr16-9-5vt-808lm-gu5-3-ac-dc-12v-4000k-neytralnyy-svet-nizkovoltnaya-r" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-7-5vt-650lm-gu5-3-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-9-5vt-808lm-gu10-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-mr16-9-5vt-808lm-gu5-3-ac-dc-12v-6500k-holodnyy-svet-nizkovoltnaya-rex" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-10-5vt-840lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-15-5vt-1240lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-12-vt-1040lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-10-5vt-840lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-15-5vt-1240lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-15-5vt-1240lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-10-5vt-840lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-7-5vt-638lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-7-5vt-638lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-12-vt-1040lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-7-5vt-638lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-vysokomoschnaya-30vt-e27-perehodnik-e40-2850lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-vysokomoschnaya-50vt-e27-perehodnik-e40-4750lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-vysokomoschnaya-compact-30vt-e27-s-perehodnikom-na-e40-2850lm-4000k-neytralnyy-s" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-vysokomoschnaya-30vt-e27-perehodnik-e40-2850lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-vysokomoschnaya-100vt-e27-perehodnik-e40-9500lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-vysokomoschnaya-compact-30vt-e27-s-perehodnikom-na-e40-2850lm-6500k-holodnyy-sve" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-19-5vt-1658lm-g13-1200mm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-19-5vt-1658lm-g13-1200mm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-25-5vt-2168lm-g13-1500mm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-11-5vt-978lm-g13-600mm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-11-5vt-978lm-g13-600mm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-25-5vt-2168lm-g13-1500mm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-25-5vt-2168lm-g13-2700k-1500mm-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-12v-2vt-6500k-holodnyy-svet-silikon-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-5vt-6500k-holodnyy-svet-polikarbonat-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-12v-2vt-2700k-teplyy-svet-silikon-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-220v-2vt-2700k-teplyy-svet-silikon-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-220v-2vt-6500k-holodnyy-svet-silikon-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g4-230v-5-5vt-2700k-teplyy-svet-polikarbonat-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g4-230v-5-5vt-6500k-holodnyy-svet-polikarbonat-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-5vt-2700k-teplyy-svet-polikarbonat-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-5vt-4000k-neytralnyy-svet-polikarbonat-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-7vt-2700k-teplyy-svet-polikarbonat-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-220v-2vt-4000k-neytralnyy-svet-silikon-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g4-230v-5-5vt-4000k-neytralnyy-svet-polikarbonat-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-7vt-4000k-neytralnyy-svet-polikarbonat-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-7vt-6500k-holodnyy-svet-polikarbonat-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-12v-2vt-4000k-neytralnyy-svet-silikon-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-dlya-rasteniy-grib-reflektor-r90-17-5-vt-27-mkmol-s-e27-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-dlya-rasteniy-grusha-a60-11-5vt-18-mikromol-s-e27-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-dlya-holodilnika-kapsulnaya-2vt-e14-160lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-dlya-holodilnika-kapsulnaya-2vt-e14-160lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-dlya-holodilnika-kapsulnaya-2vt-e14-160lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-ultratonkaya-svetodiodnaya-9mm-opal-40vt-165-265v-ip20-3000lm-6500k-holodnyy-svet-drayver" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-ultratonkaya-svetodiodnaya-9mm-opal-48vt-165-265v-ip20-4100lm-6500k-holodnyy-svet-drayver" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-dlya-ultratonkoy-paneli-moschnostyu-48-vatt-emc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-podvesnyh-krepezhey-dlya-svetodiodnyh-paneley-1-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-universalnaya-svetodiodnaya-19mm-prizma-1195h180-40vt-180-260v-ip20-3300lm-4000k-neytraln" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-595h595h19mm-prizma-6500k-36vt-3600lm-165-265v-ip20-lamper" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-18vt-230v-4000k-1440lm-185mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-9vt-230v-4000k-630lm-118mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-9vt-230v-6500k-630lm-118mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-12vt-230v-6500k-960lm-145mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-24vt-230v-4000k-1920lm-220mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-6vt-230v-6500k-420lm-95mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-12vt-230v-4000k-960lm-145mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-18vt-230v-6500k-1440lm-185mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-24vt-230v-6500k-1920lm-220mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-6vt-230v-4000k-420lm-95mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-hrom-termostoykoe-plastikovoe-koltso-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-zoloto-termostoykoe-plastikovoe-koltso-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemyy-gx53-series-h4-pro-belyy-s-koltsom-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-belyy-termostoykoe-plastikovoe-koltso-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-36vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-18vt-185-265v-4000k-neytralnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnyy-lineynyy-svetilnik-rexant-spo-110-opal-55-vt-185-265-v-ip20-5225-lm-4000-k-ney" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-36vt-185-265v-6500k-holodnyy-svet-1-2m-hit-prodazh-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-18vt-185-265v-4000k-neytralnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-36vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-55vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-55vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-55vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-55vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozaschischennyy-ssp-ip65-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozaschischennyy-ssp2-ip65-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozaschischennyy-ssp-ip65-55vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozaschischennyy-ssp-ip65-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozaschischennyy-ssp2-ip65-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-8vt-760lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-12vt-1140lm-6500k-s-mikrovolnovym-datchikom-dvi" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-18vt-1710lm-6500k-s-mikrovolnovym-datchikom-dvi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-8vt-760lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-8vt-760lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-8vt-760lm-6500k-s-mikrovolnovym-datchikom-dvizh" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-12vt-1140lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-12vt-1140lm-6500k-s-mikrovolnovym-datchikom-dvi-2" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-18vt-1710lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-24vt-2280lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-30vt-2850lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-8vt-760lm-6500k-s-mikrovolnovym-datchikom-dvizh" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-30vt-2850lm-6500k-s-mikrovolnovym-datchikom-dvi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-12vt-1140lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-18vt-1710lm-6500k-s-mikrovolnovym-datchikom-dvi" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-03-pod-lampu-krug-190x85mm-ip65-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-18vt-1710lm-6500k-s-mikrovolnovym-datchikom-rex" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-18vt-1710lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-18vt-1710lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-8vt-760lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-12vt-1140lm-6500k-s-mikrovolnovym-datchikom-dvi" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-12vt-1140lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-03-pod-lampu-krug-250h105mm-ip65-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-12vt-1140lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-18vt-1710lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-30vt-2850lm-6500k-s-mikrovolnovym-datchikom-dvi-2" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-12vt-ip20-4000k-neytralnyy-svet-869mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-5vt-ip20-4000k-neytralnyy-svet-315mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-8vt-ip20-4000k-neytralnyy-svet-565mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-16vt-ip20-4000k-neytralnyy-svet-1179mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-5vt-ip20-6500k-holodnyy-svet-315mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-16vt-ip20-6500k-holodnyy-svet-1179-mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dpo-pod-svetodiodnuyu-lampu-2ht8-600mm-ip20-bez-pra-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dpo-pod-svetodiodnuyu-lampu-2ht8-1200mm-ip20-bez-pra-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-firefly-pro-s-datchikom-den-noch-beloe-svechenie-prosonnect" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-touchpad-s-sensornoy-panelyu-i-dimmerom-3haa-teploe-beloe-svechenie-prosonnect" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-lunnaya-noch-beloe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-lunnaya-noch-goluboe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-parus-odinokiy-goluboe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-notkaktus-beloe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-mahaon-beloe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-snezhinka-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-220v-s-datchikom-den-noch-proconnect" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodnyy-lunnaya-noch-blue-pitanie-ot-seti-ac-230-v-50-gts" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodnyy-parus-odinokiy-siniy-pitanie-ot-seti-ac-230-v-50-gts" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodnyy-mouse-pad-neytralnogo-belogo-tsveta-s-datchikom-noch-den-noch" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-svetodiodnyy-nochnik-raduga-220-v-yl-653" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-mouse-pad-s-datchikom-den-noch-beloe-svechenie-230v-prosonnect" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-steklyannyy-medved-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-nochnik-svetodiodnyy-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-parus-odinokiy-beloe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-romashka-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-fakel-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-mini-220v-s-datchikom-den-noch-proconnect" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodnyy-mahaon-belyy-pitanie-ot-seti-ac-230-v-50-gts" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-s-vyklyuchatelem-220v-proconnect" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-hameleon-mini-220v-proconnect" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-raduga-mnogotsvetnyy-220v-proconnect" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-konsolnyy-dku-01-100vt-5000k-obschego-naznacheniya-ip65-10000lm-chernyy" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-konsolnyy-dku-01-70vt-5000k-obschego-naznacheniya-ip65-6000lm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-konsolnyy-dku-02-100vt-5000k-dlya-dorog-ip65-10000lm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-konsolnyy-dku-03-70-5000k-sh-c-ip65-chernyy-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-konsolnyy-dku-01-50vt-5000k-obschego-naznacheniya-ip65-5000lm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-konsolnyy-dku-01-150vt-5000k-obschego-naznacheniya-ip65-15000lm-chernyy" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-konsolnyy-dku-03-30-5000k-sh-c-ip65-chernyy-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-konsolnyy-dku-03-50-5000k-sh-c-ip65-chernyy-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-konsolnyy-dku-03-150-5000k-sh-c-ip65-chernyy-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-nakladnoy-pod-bandazhnuyu-lentu-s-peremennym-uglom-belyy-230h150h150-51-rexant-art-607-30" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-na-oporu-s-1-homutom-belyy-625h460h280-51-rexant-art-607-300-607-301-607-303" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-nakladnoy-pod-bandazhnuyu-lentu-s-peremennym-uglom-belyy-230h150h150-57-rexant-art-607-30" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-na-oporu-s-1-homutom-belyy-625h460h280-57-rexant-art-607-302-607-304" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/demo-tester-akrilovyy-dlya-filamenta-ac-220v-so-shnurom-pitaniya-1-2m-s-vyklyuchatelem-na-korpuse-ts" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/demo-tester-dlya-proverki-lamp-s-tsokolyami-e27-e27-e14-gu5-3-gx53-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e14-713lm-6500k-holodnyy-svet-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e27-713lm-4000k-neytralnyy-svet-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e27-713lm-6500k-holodnyy-svet-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-spot-9-5vt-gu5-3-760lm-4000k-neytralnyy-svet-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-10-5vt-840lm-4000k-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-15-5vt-1240lm-2700k-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-6500k-holodnyy-svet-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-spot-9-5vt-gu5-3-760lm-6500k-holodnyy-svet-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e14-713lm-2700k-teplyy-svet-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-9-5vt-e27-903lm-4000k-neytralnyy-svet-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-4000k-neytralnyy-svet-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-na-vetru-cw-7-5vt-e14-713lm-6500k-holodnyy-svet-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-10-5vt-840lm-2700k-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e14-903lm-4000k-neytralnyy-svet-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-2700k-teplyy-svet-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e27-1093lm-4000k-neytralnyy-svet-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e14-903lm-6500k-holodnyy-svet-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dlya-vysokih-proletov-dsp-01-200-vt-6500-k-ip65-20000-lm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dlya-vysokih-proletov-dsp-01-100-vt-6500-k-ip65-10000-lm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dlya-vysokih-proletov-dsp-01-150-vt-6500-k-ip65-15000-lm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-7-5vt-750lm-4000k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-11-5vt-1380lm-2700k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-11-5vt-1320lm-2700k-e27-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-11-5vt-1320lm-4000k-e27-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-11-5vt-1380lm-2400k-e27-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-13-5vt-1600lm-2700k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-13-5vt-1600lm-4000k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-9-5vt-1140lm-2700k-e27-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-11-5vt-1380lm-4000k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-9-5vt-1140lm-4000k-e27-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-2700k-e27-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-2700k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-2700k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-4000k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-4000k-e14-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-4000k-e27-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-2700k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-4000k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-4000k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-915lm-4000k-e14-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-915lm-2700k-e27-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-915lm-4000k-e27-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-2400k-e14-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-2700k-e27-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-4000k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-2700k-e14-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-915lm-2700k-e14-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-2700k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-7-5vt-600lm-2700k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-7-5vt-600lm-4000k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-7-5vt-600lm-2700k-e14-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-9-5vt-950lm-2700k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-9-5vt-950lm-4000k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-9-5vt-915lm-2700k-e14-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-9-5vt-915lm-4000k-e14-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-9-5vt-950lm-2400k-e14-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-7-5vt-600lm-4000k-e14-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-vitaya-svecha-lcw35-7-5vt-600lm-2400k-e14-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-vitaya-svecha-lcw35-9-5vt-950lm-2400k-e14-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-2700k-e27-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-2700k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-4000k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-2700k-e14-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-4000k-e14-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-4000k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-2700k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-915lm-2700k-e14-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-915lm-4000k-e14-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-915lm-4000k-e27-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-2400k-e14-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-2400k-e27-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-2700k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-4000k-e27-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-2700k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-4000k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-915lm-2700k-e27-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-4000k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-loft-edison-st64-11-5vt-1380lm-2700k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-loft-globe-a95-11-5vt-1380lm-2400k-e27-dimmiruemaya-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-loft-globe-a125-11-5vt-1380lm-2400k-e27-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-loft-globe-a125-11-5vt-1380lm-2400k-e27-dimmiruemaya-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-loft-globe-a95-11-5vt-1380lm-2400k-e27-zolotistaya-kolba-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-9-5vt-e27-903lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-11-5vt-e27-1093lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-15-5vt-e27-1473lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-15-5vt-e27-1473lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a70-20-5vt-e27-1948lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a80-25-5vt-e27-2423lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-15-5vt-e27-1473lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-11-5vt-e27-1093lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-11-5vt-e27-1093lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a70-20-5vt-e27-1948lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a80-25-5vt-e27-2423lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-9-5vt-e27-903lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a80-25-5vt-e27-2423lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a70-20-5vt-e27-1948lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e27-713lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e27-1093lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e27-1093lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e14-713lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e14-903lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e27-713lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e14-903lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e27-1093lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e14-713lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e14-1093lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e27-713lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e14-1093lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e14-713lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e27-903lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e27-903lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-11-5vt-e14-1093lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e14-903lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-9-5vt-e27-903lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-na-vetru-cw-7-5vt-e14-713lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-na-vetru-cw-7-5vt-e14-713lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-na-vetru-cw-7-5vt-e14-713lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e14-713lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e27-713lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e27-713lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e27-903lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e14-1093lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e27-903lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e14-1093lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e14-713lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e27-713lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e14-903lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e14-903lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e14-903lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e14-713lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e27-903lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-cpot-9-5vt-gu5-3-760lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-mr16-9-5vt-808lm-gu5-3-acdc-12v-6500k-holodnyy-svet-nizkovoltnaya-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-9-5vt-808lm-gu10-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-9-5vt-808lm-gu10-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-r50-9-5vt-808lm-e14-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-cpot-9-5vt-gu5-3-760lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-cpot-9-5vt-gu5-3-760lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-mr16-9-5vt-808lm-gu5-3-acdc-12v-2700k-teplyy-svet-nizkovoltnaya-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-mr16-9-5vt-808lm-gu5-3-acdc-12v-4000k-neytralnyy-svet-nizkovoltnaya-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-7-5vt-650lm-gu5-3-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-9-5vt-808lm-gu10-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-5-5vt-467lm-gu5-3-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-5-5vt-467lm-gu5-3-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-reflektor-5-5vt-467lm-gu5-3-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-7-5vt-638lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-12-vt-1040lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-15-5vt-1240lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-10-5vt-840lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-15-5vt-1240lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-15-5vt-1240lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-7-5vt-638lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-10-5vt-840lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-7-5vt-638lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-vysokomoshchnaya-30vt-e27-perehodnik-e40-2850lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-vysokomoshchnaya-30vt-e27-perehodnik-e40-2850lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-vysokomoshchnaya-compact-30vt-e27-s-perehodnikom-na-e40-2850lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-vysokomoshchnaya-compact-30vt-e27-s-perehodnikom-na-e40-2850lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-25-5vt-2168lm-g13-1500mm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-25-5vt-2168lm-g13-2700k-1500mm-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-11-5vt-978lm-g13-600mm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-11-5vt-978lm-g13-600mm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-19-5vt-1658lm-g13-1200mm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-matovaya-trubka-t8-25-5vt-2168lm-g13-1500mm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-12v-2vt-4000k-neytralnyy-svet-silikon-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-12v-2vt-6500k-holodnyy-svet-silikon-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g4-230v-5-5vt-4000k-neytralnyy-svet-polikarbonat-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-5vt-2700k-teplyy-svet-polikarbonat-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-5vt-4000k-neytralnyy-svet-polikarbonat-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-7vt-2700k-teplyy-svet-polikarbonat-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-7vt-6500k-holodnyy-svet-polikarbonat-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-5vt-6500k-holodnyy-svet-polikarbonat-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-12v-2vt-2700k-teplyy-svet-silikon-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-220v-2vt-6500k-holodnyy-svet-silikon-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-220v-2vt-4000k-neytralnyy-svet-silikon-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g9-230v-7vt-4000k-neytralnyy-svet-polikarbonat-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jc-silicon-g4-220v-2vt-2700k-teplyy-svet-silikon-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g4-230v-5-5vt-2700k-teplyy-svet-polikarbonat-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-kapsulnogo-tipa-jd-corn-g4-230v-5-5vt-6500k-holodnyy-svet-polikarbonat-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-dlya-rasteniy-grib-reflektor-r90-17-5-vt-27-mkmols-e27-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-dlya-rasteniy-grusha-a60-11-5vt-18-mikromols-e27-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-dlya-holodilnika-kapsulnaya-2vt-e14-160lm-2700k-teplyy-svet-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-dlya-holodilnika-kapsulnaya-2vt-e14-160lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-dlya-holodilnika-kapsulnaya-2vt-e14-160lm-6500k-holodnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-dlya-ultratonkoy-paneli-moshchnostyu-48-vatt-emc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-gost-universalnaya-svetodiodnaya-19mm-prizma-1195h180-40vt-180-260v-ip20-3300lm-4000k-neytralnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-6vt-230v-4000k-420lm-95mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-12vt-230v-4000k-960lm-145mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-6vt-230v-6500k-420lm-95mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-18vt-230v-4000k-1440lm-185mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-9vt-230v-4000k-630lm-118mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-9vt-230v-6500k-630lm-118mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-12vt-230v-6500k-960lm-145mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-24vt-230v-4000k-1920lm-220mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-18vt-230v-6500k-1440lm-185mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-svetodiodnaya-vstraivaemaya-kruglaya-24vt-230v-6500k-1920lm-220mm-belaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-belyy-termostoykoe-plastikovoe-koltso-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-hrom-termostoykoe-plastikovoe-koltso-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemyy-gx53-series-h4-pro-belyy-s-koltsom-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-zoloto-termostoykoe-plastikovoe-koltso-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-18vt-185-265v-4000k-neytralnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-36vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-55vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-55vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-55vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-36vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-18vt-185-265v-4000k-neytralnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-36vt-185-265v-6500k-holodnyy-svet-1-2m-hit-prodazh-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-55vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozashchishchennyy-ssp-ip65-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozashchishchennyy-ssp2-ip65-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozashchishchennyy-ssp-ip65-55vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozashchishchennyy-ssp-ip65-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozashchishchennyy-ssp2-ip65-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-oval-ip65-12vt-1140lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-krug-ip65-12vt-1140lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-oval-ip65-12vt-1140lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-krug-ip65-18vt-1710lm-6500k-s-mikrovolnovym-datchikom-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-krug-ip65-8vt-760lm-6500k-s-mikrovolnovym-datchikom-dvizheniya-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-krug-ip65-12vt-1140lm-6500k-s-mikrovolnovym-datchikom-dvizheniya-dezhurnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-krug-ip65-18vt-1710lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-oval-ip65-18vt-1710lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-krug-ip65-18vt-1710lm-6500k-s-mikrovolnovym-datchikom-dvizheniya-dezhurnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-krug-ip65-24vt-2280lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-krug-ip65-30vt-2850lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-krug-ip65-30vt-2850lm-6500k-s-mikrovolnovym-datchikom-dvizheniya-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-krug-ip65-12vt-1140lm-6500k-s-mikrovolnovym-datchikom-dvizheniya-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-krug-ip65-12vt-1140lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-krug-ip65-18vt-1710lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-oval-ip65-8vt-760lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-oval-ip65-18vt-1710lm-6500k-s-mikrovolnovym-datchikom-dvizheniya-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-krug-ip65-8vt-760lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-oval-ip65-8vt-760lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-oval-ip65-8vt-760lm-6500k-s-mikrovolnovym-datchikom-dvizheniya-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-03-pod-lampu-krug-190x85mm-ip65-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-03-pod-lampu-krug-250h105mm-ip65-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-oval-ip65-18vt-1710lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-krug-ip65-8vt-760lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-oval-ip65-12vt-1140lm-6500k-s-mikrovolnovym-datchikom-dvizheniya-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-krug-ip65-30vt-2850lm-6500k-s-mikrovolnovym-datchikom-dvizheniya-dezhurnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-5vt-ip20-4000k-neytralnyy-svet-315mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-5vt-ip20-6500k-holodnyy-svet-315mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-8vt-ip20-4000k-neytralnyy-svet-565mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-16vt-ip20-6500k-holodnyy-svet-1179-mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-12vt-ip20-4000k-neytralnyy-svet-869mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-16vt-ip20-4000k-neytralnyy-svet-1179mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dpo-pod-svetodiodnuyu-lampu-2ht8-600mm-ip20-bez-pra-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dpo-pod-svetodiodnuyu-lampu-2ht8-1200mm-ip20-bez-pra-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-hameleon-mini-220v-proconnect" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-mini-220v-s-datchikom-den-noch-proconnect" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-raduga-mnogotsvetnyy-220v-proconnect" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-firefly-pro-s-datchikom-den-noch-beloe-svechenie-prosonnect" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-touchpad-s-sensornoy-panelyu-i-dimmerom-3haa-teploe-beloe-svechenie-prosonnect" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-220v-s-datchikom-den-noch-proconnect" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodnyy-mouse-pad-neytralnogo-belogo-tsveta-s-datchikom-noch-den-noch" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-svetodiodnyy-nochnik-raduga-220-v-yl-653" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-mouse-pad-s-datchikom-den-noch-beloe-svechenie-230v-prosonnect" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-s-vyklyuchatelem-220v-proconnect" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-lunnaya-noch-beloe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-lunnaya-noch-goluboe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-parus-odinokiy-beloe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-notkaktus-beloe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-mahaon-beloe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-snezhinka-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-romashka-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodnyy-lunnaya-noch-blue-pitanie-ot-seti-ac-230-v-50-gts" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/usb-nochnik-svetodiodnyy-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-parus-odinokiy-goluboe-svechenie-230v-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-fakel-hameleon-svechenie-multikolor-7-tsvetov-230v-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-svetodiodnyy-steklyannyy-medved-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-2sht-up-nochnik-svetodiodnyy-mahaon-belyy-pitanie-ot-seti-ac-230-v-50-gts" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-konsolnyy-dku-03-30-5000k-sh-c-ip65-chernyy-rexant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-konsolnyy-dku-03-50-5000k-sh-c-ip65-chernyy-rexant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-konsolnyy-dku-03-70-5000k-sh-c-ip65-chernyy-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-konsolnyy-dku-03-150-5000k-sh-c-ip65-chernyy-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-konsolnyy-dku-01-150vt-5000k-obshchego-naznacheniya-ip65-15000lm-chernyy" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-konsolnyy-dku-02-100vt-5000k-dlya-dorog-ip65-10000lm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-konsolnyy-dku-01-100vt-5000k-obshchego-naznacheniya-ip65-10000lm-chernyy" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-konsolnyy-dku-01-50vt-5000k-obshchego-naznacheniya-ip65-5000lm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-konsolnyy-dku-01-70vt-5000k-obshchego-naznacheniya-ip65-6000lm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-na-oporu-s-1-homutom-belyy-625h460h280-57-rexant-art-607-302-607-304" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-nakladnoy-pod-bandazhnuyu-lentu-s-peremennym-uglom-belyy-230h150h150-51-rexant-art-607-300-607-301-607-303" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-na-oporu-s-1-homutom-belyy-625h460h280-51-rexant-art-607-300-607-301-607-303" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-nakladnoy-pod-bandazhnuyu-lentu-s-peremennym-uglom-belyy-230h150h150-57-rexant-art-607-30" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/demo-tester-akrilovyy-dlya-filamenta-ac-220v-so-shnurom-pitaniya-1-2m-s-vyklyuchatelem-na-korpuse-tsokoli-e14-6sht-e27-5sht-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/demo-tester-dlya-proverki-lamp-s-tsokolyami-e27-e27-e14-gu5-3-gx53-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e14-713lm-6500k-holodnyy-svet-3-shtup-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-9-5vt-e14-903lm-4000k-neytralnyy-svet-3-shtup-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-2700k-teplyy-svet-3-shtup-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-11-5vt-e27-1093lm-6500k-holodnyy-svet-3-shtup-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-svecha-cn-7-5vt-e14-713lm-2700k-teplyy-svet-3-shtup-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-grusha-a60-9-5vt-e27-903lm-4000k-neytralnyy-svet-3-shtup-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e27-713lm-4000k-neytralnyy-svet-3-shtup-rexant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-sharik-gl-7-5vt-e27-713lm-6500k-holodnyy-svet-3-shtup-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-svetodiodnaya-gx53-tabletka-10-5vt-840lm-4000k-3-shtup-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dlya-vysokih-proletov-dsp-01-150-vt-6500-k-ip65-15000-lm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dlya-vysokih-proletov-dsp-01-200-vt-6500-k-ip65-20000-lm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dlya-vysokih-proletov-dsp-01-100-vt-6500-k-ip65-10000-lm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-9-5vt-1140lm-4000k-e27-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-11-5vt-1380lm-4000k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-7-5vt-750lm-4000k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-11-5vt-1380lm-2700k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-11-5vt-1320lm-2700k-e27-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-11-5vt-1320lm-4000k-e27-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-11-5vt-1380lm-2400k-e27-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-13-5vt-1600lm-2700k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-13-5vt-1600lm-4000k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-grusha-a60-9-5vt-1140lm-2700k-e27-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-4000k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-2700k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-915lm-2700k-e14-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-915lm-2700k-e27-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-4000k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-915lm-4000k-e27-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-2700k-e27-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-2700k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-2700k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-4000k-e14-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-2700k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-4000k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-915lm-4000k-e14-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-2400k-e14-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-9-5vt-950lm-2700k-e27-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-4000k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-cn35-7-5vt-600lm-2700k-e14-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-vitaya-svecha-lcw35-7-5vt-600lm-2400k-e14-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-vitaya-svecha-lcw35-9-5vt-950lm-2400k-e14-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-4000k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-2700k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-2700k-e14-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-2700k-e27-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-4000k-e27-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-2700k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-4000k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-915lm-2700k-e27-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-2700k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-4000k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-7-5vt-600lm-4000k-e14-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-4000k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-2700k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-915lm-2700k-e14-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-915lm-4000k-e14-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-915lm-4000k-e27-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-2400k-e14-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-sharik-gl45-9-5vt-950lm-2400k-e27-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-loft-edison-st64-11-5vt-1380lm-2700k-e27-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-loft-globe-a95-11-5vt-1380lm-2400k-e27-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-loft-globe-a125-11-5vt-1380lm-2400k-e27-dimmiruemaya-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-loft-globe-a125-11-5vt-1380lm-2400k-e27-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-loft-globe-a95-11-5vt-1380lm-2400k-e27-dimmiruemaya-zolotistaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-7-5vt-600lm-4000k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-9-5vt-950lm-2700k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-7-5vt-600lm-2700k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-7-5vt-600lm-2700k-e14-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-7-5vt-600lm-4000k-e14-dimmiruemaya-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-9-5vt-950lm-4000k-e14-prozrachnaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-9-5vt-915lm-2700k-e14-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-9-5vt-915lm-4000k-e14-matovaya-kolba-rexant" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-filamentnaya-svecha-na-vetru-cn37-9-5vt-950lm-2400k-e14-zolotistaya-kolba-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I344"/>
+  <dimension ref="A1:I321"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -2512,1124 +2380,1124 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>95.83</v>
+        <v>83.12</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>24144</v>
+        <v>4785</v>
       </c>
       <c r="G5" s="3">
         <v>10</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>83.12</v>
+        <v>86.06</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>404</v>
+        <v>33526</v>
       </c>
       <c r="G6" s="3">
         <v>10</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>83.12</v>
+        <v>95.83</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>6390</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>10</v>
       </c>
       <c r="H7" s="3">
         <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>86.06</v>
+        <v>95.83</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>8170</v>
+        <v>1819</v>
       </c>
       <c r="G8" s="3">
         <v>10</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>86.06</v>
+        <v>121.26</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>8916</v>
+        <v>7400</v>
       </c>
       <c r="G9" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>86.06</v>
+        <v>164.29</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>42268</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
         <v>95.83</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>16084</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
         <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>95.83</v>
+        <v>86.06</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>5874</v>
+        <v>5257</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
         <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>121.26</v>
+        <v>86.06</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>1041</v>
       </c>
       <c r="G13" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
         <v>121.26</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>10132</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>5</v>
       </c>
       <c r="H14" s="3">
         <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
         <v>164.29</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
         <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>5</v>
       </c>
       <c r="H15" s="3">
         <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>164.29</v>
+        <v>83.12</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H16" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
         <v>164.29</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>1018</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>5</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>404.89</v>
+        <v>121.26</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>3867</v>
       </c>
       <c r="G18" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H18" s="3">
         <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A19" s="3" t="s">
+      <c r="A19" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="B19" s="3" t="s">
+      <c r="B19" s="2"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
+      <c r="I19" s="2"/>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="C19" s="3">
-[...22 lines deleted...]
-      <c r="A20" s="2" t="s">
+      <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B20" s="2"/>
-[...6 lines deleted...]
-      <c r="I20" s="2"/>
+      <c r="C20" s="3">
+        <v>82.14</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F20" s="3">
+        <v>0</v>
+      </c>
+      <c r="G20" s="3">
+        <v>10</v>
+      </c>
+      <c r="H20" s="3">
+        <v>100</v>
+      </c>
+      <c r="I20" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>82.14</v>
+        <v>88.01</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>3099</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>10</v>
       </c>
       <c r="H21" s="3">
         <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>86.06</v>
+        <v>88.01</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>93</v>
+        <v>2</v>
       </c>
       <c r="G22" s="3">
         <v>10</v>
       </c>
       <c r="H22" s="3">
         <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
         <v>82.14</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>10</v>
       </c>
       <c r="H23" s="3">
         <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>88.01</v>
+        <v>86.06</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>5710</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>10</v>
       </c>
       <c r="H24" s="3">
         <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
         <v>82.14</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G25" s="3">
         <v>10</v>
       </c>
       <c r="H25" s="3">
         <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>82.14</v>
+        <v>86.06</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>2173</v>
+        <v>2</v>
       </c>
       <c r="G26" s="3">
         <v>10</v>
       </c>
       <c r="H26" s="3">
         <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>82.14</v>
+        <v>88.01</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
         <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>10</v>
       </c>
       <c r="H27" s="3">
         <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
         <v>82.14</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>171</v>
+        <v>2529</v>
       </c>
       <c r="G28" s="3">
         <v>10</v>
       </c>
       <c r="H28" s="3">
         <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>86.06</v>
+        <v>88.01</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G29" s="3">
         <v>10</v>
       </c>
       <c r="H29" s="3">
         <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>86.06</v>
+        <v>82.14</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
         <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>10</v>
       </c>
       <c r="H30" s="3">
         <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>82.38</v>
+        <v>88.01</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>2172</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>10</v>
       </c>
       <c r="H31" s="3">
         <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>86.06</v>
+        <v>82.14</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>2257</v>
+        <v>1022</v>
       </c>
       <c r="G32" s="3">
         <v>10</v>
       </c>
       <c r="H32" s="3">
         <v>100</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>88.01</v>
+        <v>82.38</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>0</v>
+        <v>1631</v>
       </c>
       <c r="G33" s="3">
         <v>10</v>
       </c>
       <c r="H33" s="3">
         <v>100</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>88.01</v>
+        <v>86.06</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>1751</v>
       </c>
       <c r="G34" s="3">
         <v>10</v>
       </c>
       <c r="H34" s="3">
         <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
         <v>88.01</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G35" s="3">
         <v>10</v>
       </c>
       <c r="H35" s="3">
         <v>100</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
         <v>86.06</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G36" s="3">
         <v>10</v>
       </c>
       <c r="H36" s="3">
         <v>100</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>88.01</v>
+        <v>86.06</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>2331</v>
+        <v>4</v>
       </c>
       <c r="G37" s="3">
         <v>10</v>
       </c>
       <c r="H37" s="3">
         <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A38" s="3" t="s">
+      <c r="A38" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="B38" s="3" t="s">
+      <c r="B38" s="2"/>
+      <c r="C38" s="2"/>
+      <c r="D38" s="2"/>
+      <c r="E38" s="2"/>
+      <c r="F38" s="2"/>
+      <c r="G38" s="2"/>
+      <c r="H38" s="2"/>
+      <c r="I38" s="2"/>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A39" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="C38" s="3">
-[...22 lines deleted...]
-      <c r="A39" s="2" t="s">
+      <c r="B39" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="B39" s="2"/>
-[...6 lines deleted...]
-      <c r="I39" s="2"/>
+      <c r="C39" s="3">
+        <v>82.14</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F39" s="3">
+        <v>27</v>
+      </c>
+      <c r="G39" s="3">
+        <v>10</v>
+      </c>
+      <c r="H39" s="3">
+        <v>100</v>
+      </c>
+      <c r="I39" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C40" s="3">
         <v>82.14</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G40" s="3">
         <v>10</v>
       </c>
       <c r="H40" s="3">
         <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C41" s="3">
         <v>82.14</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G41" s="3">
         <v>10</v>
       </c>
       <c r="H41" s="3">
         <v>100</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A42" s="3" t="s">
+      <c r="A42" s="2" t="s">
         <v>86</v>
       </c>
-      <c r="B42" s="3" t="s">
+      <c r="B42" s="2"/>
+      <c r="C42" s="2"/>
+      <c r="D42" s="2"/>
+      <c r="E42" s="2"/>
+      <c r="F42" s="2"/>
+      <c r="G42" s="2"/>
+      <c r="H42" s="2"/>
+      <c r="I42" s="2"/>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A43" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="C42" s="3">
-[...22 lines deleted...]
-      <c r="A43" s="2" t="s">
+      <c r="B43" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="B43" s="2"/>
-[...6 lines deleted...]
-      <c r="I43" s="2"/>
+      <c r="C43" s="3">
+        <v>82.9</v>
+      </c>
+      <c r="D43" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F43" s="3">
+        <v>0</v>
+      </c>
+      <c r="G43" s="3">
+        <v>10</v>
+      </c>
+      <c r="H43" s="3">
+        <v>100</v>
+      </c>
+      <c r="I43" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C44" s="3">
         <v>82.9</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
         <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>10</v>
       </c>
       <c r="H44" s="3">
         <v>100</v>
@@ -3653,1653 +3521,1653 @@
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
         <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>10</v>
       </c>
       <c r="H45" s="3">
         <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C46" s="3">
-        <v>82.9</v>
+        <v>85.84</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>10</v>
       </c>
       <c r="H46" s="3">
         <v>100</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C47" s="3">
-        <v>82.9</v>
+        <v>88.01</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G47" s="3">
         <v>10</v>
       </c>
       <c r="H47" s="3">
         <v>100</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C48" s="3">
-        <v>69.73</v>
+        <v>88.01</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>1336</v>
+        <v>2</v>
       </c>
       <c r="G48" s="3">
         <v>10</v>
       </c>
       <c r="H48" s="3">
         <v>100</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C49" s="3">
-        <v>85.84</v>
+        <v>88.01</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G49" s="3">
         <v>10</v>
       </c>
       <c r="H49" s="3">
         <v>100</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C50" s="3">
-        <v>88.01</v>
+        <v>85.84</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
         <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>10</v>
       </c>
       <c r="H50" s="3">
         <v>100</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C51" s="3">
         <v>88.01</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G51" s="3">
         <v>10</v>
       </c>
       <c r="H51" s="3">
         <v>100</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C52" s="3">
-        <v>88.01</v>
+        <v>82.9</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>1652</v>
+        <v>2</v>
       </c>
       <c r="G52" s="3">
         <v>10</v>
       </c>
       <c r="H52" s="3">
         <v>100</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C53" s="3">
-        <v>88.01</v>
+        <v>82.9</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="3">
         <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>10</v>
       </c>
       <c r="H53" s="3">
         <v>100</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C54" s="3">
-        <v>85.84</v>
+        <v>69.73</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>0</v>
+        <v>73</v>
       </c>
       <c r="G54" s="3">
         <v>10</v>
       </c>
       <c r="H54" s="3">
         <v>100</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C55" s="3">
-        <v>88.01</v>
+        <v>85.84</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
         <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>10</v>
       </c>
       <c r="H55" s="3">
         <v>100</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C56" s="3">
-        <v>82.9</v>
+        <v>88.01</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G56" s="3">
         <v>10</v>
       </c>
       <c r="H56" s="3">
         <v>100</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C57" s="3">
         <v>85.84</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G57" s="3">
         <v>10</v>
       </c>
       <c r="H57" s="3">
         <v>100</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C58" s="3">
-        <v>85.84</v>
+        <v>82.9</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
         <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>10</v>
       </c>
       <c r="H58" s="3">
         <v>100</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C59" s="3">
-        <v>82.9</v>
+        <v>85.84</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G59" s="3">
         <v>10</v>
       </c>
       <c r="H59" s="3">
         <v>100</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A60" s="3" t="s">
+      <c r="A60" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="B60" s="3" t="s">
+      <c r="B60" s="2"/>
+      <c r="C60" s="2"/>
+      <c r="D60" s="2"/>
+      <c r="E60" s="2"/>
+      <c r="F60" s="2"/>
+      <c r="G60" s="2"/>
+      <c r="H60" s="2"/>
+      <c r="I60" s="2"/>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A61" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="C60" s="3">
-[...22 lines deleted...]
-      <c r="A61" s="2" t="s">
+      <c r="B61" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="B61" s="2"/>
-[...6 lines deleted...]
-      <c r="I61" s="2"/>
+      <c r="C61" s="3">
+        <v>84.08</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F61" s="3">
+        <v>0</v>
+      </c>
+      <c r="G61" s="3">
+        <v>10</v>
+      </c>
+      <c r="H61" s="3">
+        <v>100</v>
+      </c>
+      <c r="I61" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C62" s="3">
-        <v>84.08</v>
+        <v>94.9</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="3">
         <v>0</v>
       </c>
       <c r="G62" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>100</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C63" s="3">
-        <v>84.08</v>
+        <v>86.06</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
         <v>0</v>
       </c>
       <c r="G63" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>100</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C64" s="3">
-        <v>84.08</v>
+        <v>83.47</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>0</v>
+        <v>1272</v>
       </c>
       <c r="G64" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>100</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C65" s="3">
-        <v>87.86</v>
+        <v>108.36</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>1443</v>
+        <v>723</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>100</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C66" s="3">
-        <v>76.27</v>
+        <v>84.08</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
         <v>0</v>
       </c>
       <c r="G66" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H66" s="3">
         <v>100</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C67" s="3">
-        <v>108.36</v>
+        <v>84.08</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>980</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H67" s="3">
         <v>100</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C68" s="3">
-        <v>76.27</v>
+        <v>94.9</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>100</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C69" s="3">
-        <v>83.47</v>
+        <v>94.9</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>1404</v>
+        <v>0</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>100</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C70" s="3">
-        <v>76.27</v>
+        <v>77.91</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>0</v>
+        <v>173</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>100</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C71" s="3">
-        <v>94.9</v>
+        <v>87.86</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>0</v>
+        <v>1309</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>100</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C72" s="3">
-        <v>94.9</v>
+        <v>76.27</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
         <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>100</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C73" s="3">
-        <v>77.91</v>
+        <v>76.27</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>322</v>
+        <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>100</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C74" s="3">
-        <v>86.06</v>
+        <v>76.27</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>199</v>
+        <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>100</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A75" s="3" t="s">
+      <c r="A75" s="2" t="s">
         <v>150</v>
       </c>
-      <c r="B75" s="3" t="s">
+      <c r="B75" s="2"/>
+      <c r="C75" s="2"/>
+      <c r="D75" s="2"/>
+      <c r="E75" s="2"/>
+      <c r="F75" s="2"/>
+      <c r="G75" s="2"/>
+      <c r="H75" s="2"/>
+      <c r="I75" s="2"/>
+    </row>
+    <row r="76" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A76" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="C75" s="3">
-[...22 lines deleted...]
-      <c r="A76" s="2" t="s">
+      <c r="B76" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="B76" s="2"/>
-[...6 lines deleted...]
-      <c r="I76" s="2"/>
+      <c r="C76" s="3">
+        <v>76.27</v>
+      </c>
+      <c r="D76" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F76" s="3">
+        <v>0</v>
+      </c>
+      <c r="G76" s="3">
+        <v>1</v>
+      </c>
+      <c r="H76" s="3">
+        <v>100</v>
+      </c>
+      <c r="I76" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C77" s="3">
-        <v>91.15</v>
+        <v>95.83</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="3">
         <v>0</v>
       </c>
       <c r="G77" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H77" s="3">
         <v>100</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C78" s="3">
         <v>115.39</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
         <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>10</v>
       </c>
       <c r="H78" s="3">
         <v>100</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C79" s="3">
-        <v>95.83</v>
+        <v>91.15</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
         <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>10</v>
       </c>
       <c r="H79" s="3">
         <v>100</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C80" s="3">
-        <v>91.15</v>
+        <v>94.75</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>3</v>
+        <v>15237</v>
       </c>
       <c r="G80" s="3">
         <v>10</v>
       </c>
       <c r="H80" s="3">
         <v>100</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C81" s="3">
-        <v>94.75</v>
+        <v>115.39</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>15510</v>
+        <v>0</v>
       </c>
       <c r="G81" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>100</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C82" s="3">
-        <v>115.39</v>
+        <v>76.27</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>0</v>
+        <v>459</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
         <v>100</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C83" s="3">
         <v>91.53</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>851</v>
+        <v>1291</v>
       </c>
       <c r="G83" s="3">
         <v>10</v>
       </c>
       <c r="H83" s="3">
         <v>100</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C84" s="3">
         <v>76.27</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F84" s="3">
-        <v>524</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>100</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A85" s="3" t="s">
+      <c r="A85" s="2" t="s">
         <v>169</v>
       </c>
-      <c r="B85" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B85" s="2"/>
+      <c r="C85" s="2"/>
+      <c r="D85" s="2"/>
+      <c r="E85" s="2"/>
+      <c r="F85" s="2"/>
+      <c r="G85" s="2"/>
+      <c r="H85" s="2"/>
+      <c r="I85" s="2"/>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B86" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="B86" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86" s="3">
-        <v>95.83</v>
+        <v>287.2</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="3">
         <v>0</v>
       </c>
       <c r="G86" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="B87" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="B87" s="3" t="s">
+      <c r="C87" s="3">
+        <v>273.52</v>
+      </c>
+      <c r="D87" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F87" s="3">
+        <v>0</v>
+      </c>
+      <c r="G87" s="3">
+        <v>1</v>
+      </c>
+      <c r="H87" s="3">
+        <v>20</v>
+      </c>
+      <c r="I87" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A88" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="C87" s="3">
-[...22 lines deleted...]
-      <c r="A88" s="2" t="s">
+      <c r="B88" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="B88" s="2"/>
-[...6 lines deleted...]
-      <c r="I88" s="2"/>
+      <c r="C88" s="3">
+        <v>365.17</v>
+      </c>
+      <c r="D88" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F88" s="3">
+        <v>0</v>
+      </c>
+      <c r="G88" s="3">
+        <v>1</v>
+      </c>
+      <c r="H88" s="3">
+        <v>20</v>
+      </c>
+      <c r="I88" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C89" s="3">
-        <v>273.52</v>
+        <v>365.17</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F89" s="3">
         <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
         <v>20</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A90" s="3" t="s">
+      <c r="A90" s="2" t="s">
         <v>178</v>
       </c>
-      <c r="B90" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B90" s="2"/>
+      <c r="C90" s="2"/>
+      <c r="D90" s="2"/>
+      <c r="E90" s="2"/>
+      <c r="F90" s="2"/>
+      <c r="G90" s="2"/>
+      <c r="H90" s="2"/>
+      <c r="I90" s="2"/>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="B91" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="B91" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91" s="3">
-        <v>365.17</v>
+        <v>275.89</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>0</v>
+        <v>1044</v>
       </c>
       <c r="G91" s="3">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="H91" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="B92" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="B92" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92" s="3">
-        <v>287.2</v>
+        <v>212.24</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>0</v>
+        <v>885</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="B93" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="B93" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93" s="3">
-        <v>1627.2</v>
+        <v>154.5</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F93" s="3">
         <v>0</v>
       </c>
       <c r="G93" s="3">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="H93" s="3">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="B94" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="B94" s="3" t="s">
+      <c r="C94" s="3">
+        <v>154.5</v>
+      </c>
+      <c r="D94" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F94" s="3">
+        <v>1</v>
+      </c>
+      <c r="G94" s="3">
+        <v>30</v>
+      </c>
+      <c r="H94" s="3">
+        <v>30</v>
+      </c>
+      <c r="I94" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A95" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="C94" s="3">
-[...22 lines deleted...]
-      <c r="A95" s="2" t="s">
+      <c r="B95" s="3" t="s">
         <v>188</v>
       </c>
-      <c r="B95" s="2"/>
-[...6 lines deleted...]
-      <c r="I95" s="2"/>
+      <c r="C95" s="3">
+        <v>192.21</v>
+      </c>
+      <c r="D95" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F95" s="3">
+        <v>514</v>
+      </c>
+      <c r="G95" s="3">
+        <v>30</v>
+      </c>
+      <c r="H95" s="3">
+        <v>30</v>
+      </c>
+      <c r="I95" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C96" s="3">
-        <v>192.21</v>
+        <v>339.66</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>604</v>
+        <v>70</v>
       </c>
       <c r="G96" s="3">
         <v>30</v>
       </c>
       <c r="H96" s="3">
         <v>30</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A97" s="3" t="s">
+      <c r="A97" s="2" t="s">
         <v>191</v>
       </c>
-      <c r="B97" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B97" s="2"/>
+      <c r="C97" s="2"/>
+      <c r="D97" s="2"/>
+      <c r="E97" s="2"/>
+      <c r="F97" s="2"/>
+      <c r="G97" s="2"/>
+      <c r="H97" s="2"/>
+      <c r="I97" s="2"/>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="B98" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="B98" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98" s="3">
-        <v>339.66</v>
+        <v>150.6</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="G98" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="H98" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="B99" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="B99" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99" s="3">
-        <v>154.5</v>
+        <v>150.6</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="G99" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="H99" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="B100" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="B100" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100" s="3">
-        <v>154.5</v>
+        <v>144.73</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>1</v>
+        <v>1150</v>
       </c>
       <c r="G100" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="H100" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="B101" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="B101" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101" s="3">
-        <v>275.89</v>
+        <v>118.77</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F101" s="3">
-        <v>1074</v>
+        <v>11451</v>
       </c>
       <c r="G101" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="H101" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="B102" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="B102" s="3" t="s">
+      <c r="C102" s="3">
+        <v>144.73</v>
+      </c>
+      <c r="D102" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F102" s="3">
+        <v>2</v>
+      </c>
+      <c r="G102" s="3">
+        <v>10</v>
+      </c>
+      <c r="H102" s="3">
+        <v>10</v>
+      </c>
+      <c r="I102" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A103" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="C102" s="3">
-[...22 lines deleted...]
-      <c r="A103" s="2" t="s">
+      <c r="B103" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="B103" s="2"/>
-[...6 lines deleted...]
-      <c r="I103" s="2"/>
+      <c r="C103" s="3">
+        <v>145.78</v>
+      </c>
+      <c r="D103" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F103" s="3">
+        <v>11792</v>
+      </c>
+      <c r="G103" s="3">
+        <v>10</v>
+      </c>
+      <c r="H103" s="3">
+        <v>500</v>
+      </c>
+      <c r="I103" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C104" s="3">
-        <v>150.6</v>
+        <v>193.62</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F104" s="3">
         <v>0</v>
       </c>
       <c r="G104" s="3">
         <v>10</v>
       </c>
       <c r="H104" s="3">
         <v>10</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B105" s="3" t="s">
@@ -5322,6879 +5190,6221 @@
       </c>
       <c r="H105" s="3">
         <v>500</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C106" s="3">
         <v>150.6</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F106" s="3">
-        <v>4103</v>
+        <v>4003</v>
       </c>
       <c r="G106" s="3">
         <v>10</v>
       </c>
       <c r="H106" s="3">
         <v>10</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C107" s="3">
-        <v>99.42</v>
+        <v>151.53</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>6835</v>
+        <v>38</v>
       </c>
       <c r="G107" s="3">
         <v>10</v>
       </c>
       <c r="H107" s="3">
         <v>10</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C108" s="3">
         <v>151.53</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F108" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G108" s="3">
         <v>10</v>
       </c>
       <c r="H108" s="3">
         <v>10</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C109" s="3">
-        <v>118.77</v>
+        <v>193.62</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F109" s="3">
-        <v>8490</v>
+        <v>0</v>
       </c>
       <c r="G109" s="3">
         <v>10</v>
       </c>
       <c r="H109" s="3">
         <v>10</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C110" s="3">
-        <v>144.73</v>
+        <v>99.42</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F110" s="3">
-        <v>4</v>
+        <v>6639</v>
       </c>
       <c r="G110" s="3">
         <v>10</v>
       </c>
       <c r="H110" s="3">
         <v>10</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C111" s="3">
         <v>118.77</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F111" s="3">
-        <v>11540</v>
+        <v>8492</v>
       </c>
       <c r="G111" s="3">
         <v>10</v>
       </c>
       <c r="H111" s="3">
         <v>10</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C112" s="3">
         <v>144.73</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F112" s="3">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="G112" s="3">
         <v>10</v>
       </c>
       <c r="H112" s="3">
         <v>10</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A113" s="3" t="s">
+      <c r="A113" s="2" t="s">
         <v>222</v>
       </c>
-      <c r="B113" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B113" s="2"/>
+      <c r="C113" s="2"/>
+      <c r="D113" s="2"/>
+      <c r="E113" s="2"/>
+      <c r="F113" s="2"/>
+      <c r="G113" s="2"/>
+      <c r="H113" s="2"/>
+      <c r="I113" s="2"/>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="B114" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="B114" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C114" s="3">
-        <v>151.53</v>
+        <v>328.81</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F114" s="3">
-        <v>0</v>
+        <v>3247</v>
       </c>
       <c r="G114" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="B115" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="B115" s="3" t="s">
+      <c r="C115" s="3">
+        <v>263.12</v>
+      </c>
+      <c r="D115" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F115" s="3">
+        <v>0</v>
+      </c>
+      <c r="G115" s="3">
+        <v>10</v>
+      </c>
+      <c r="H115" s="3">
+        <v>100</v>
+      </c>
+      <c r="I115" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A116" s="2" t="s">
         <v>227</v>
       </c>
-      <c r="C115" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B116" s="2"/>
+      <c r="C116" s="2"/>
+      <c r="D116" s="2"/>
+      <c r="E116" s="2"/>
+      <c r="F116" s="2"/>
+      <c r="G116" s="2"/>
+      <c r="H116" s="2"/>
+      <c r="I116" s="2"/>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="C117" s="3">
-        <v>193.62</v>
+        <v>213.18</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F117" s="3">
         <v>0</v>
       </c>
       <c r="G117" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I117" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="B118" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="C118" s="3">
+        <v>213.18</v>
+      </c>
+      <c r="D118" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F118" s="3">
+        <v>0</v>
+      </c>
+      <c r="G118" s="3">
+        <v>1</v>
+      </c>
+      <c r="H118" s="3">
+        <v>500</v>
+      </c>
+      <c r="I118" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A119" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="B118" s="3" t="s">
+      <c r="B119" s="3" t="s">
         <v>233</v>
       </c>
-      <c r="C118" s="3">
-[...22 lines deleted...]
-      <c r="A119" s="2" t="s">
+      <c r="C119" s="3">
+        <v>213.18</v>
+      </c>
+      <c r="D119" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F119" s="3">
+        <v>0</v>
+      </c>
+      <c r="G119" s="3">
+        <v>1</v>
+      </c>
+      <c r="H119" s="3">
+        <v>500</v>
+      </c>
+      <c r="I119" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A120" s="2" t="s">
         <v>234</v>
       </c>
-      <c r="B119" s="2"/>
-[...9 lines deleted...]
-      <c r="A120" s="3" t="s">
+      <c r="B120" s="2"/>
+      <c r="C120" s="2"/>
+      <c r="D120" s="2"/>
+      <c r="E120" s="2"/>
+      <c r="F120" s="2"/>
+      <c r="G120" s="2"/>
+      <c r="H120" s="2"/>
+      <c r="I120" s="2"/>
+    </row>
+    <row r="121" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A121" s="2" t="s">
         <v>235</v>
       </c>
-      <c r="B120" s="3" t="s">
+      <c r="B121" s="2"/>
+      <c r="C121" s="2"/>
+      <c r="D121" s="2"/>
+      <c r="E121" s="2"/>
+      <c r="F121" s="2"/>
+      <c r="G121" s="2"/>
+      <c r="H121" s="2"/>
+      <c r="I121" s="2"/>
+    </row>
+    <row r="122" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A122" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="C120" s="3">
-[...22 lines deleted...]
-      <c r="A121" s="3" t="s">
+      <c r="B122" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="B121" s="3" t="s">
+      <c r="C122" s="3">
+        <v>465</v>
+      </c>
+      <c r="D122" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F122" s="3">
+        <v>0</v>
+      </c>
+      <c r="G122" s="3">
+        <v>1</v>
+      </c>
+      <c r="H122" s="3">
+        <v>120</v>
+      </c>
+      <c r="I122" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="123" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A123" s="2" t="s">
         <v>238</v>
       </c>
-      <c r="C121" s="3">
-[...61 lines deleted...]
-      </c>
+      <c r="B123" s="2"/>
+      <c r="C123" s="2"/>
+      <c r="D123" s="2"/>
+      <c r="E123" s="2"/>
+      <c r="F123" s="2"/>
+      <c r="G123" s="2"/>
+      <c r="H123" s="2"/>
+      <c r="I123" s="2"/>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="B124" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="C124" s="3">
+        <v>1045.64</v>
+      </c>
+      <c r="D124" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F124" s="3">
+        <v>0</v>
+      </c>
+      <c r="G124" s="3">
+        <v>4</v>
+      </c>
+      <c r="H124" s="3">
+        <v>4</v>
+      </c>
+      <c r="I124" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A125" s="2" t="s">
+        <v>241</v>
+      </c>
+      <c r="B125" s="2"/>
+      <c r="C125" s="2"/>
+      <c r="D125" s="2"/>
+      <c r="E125" s="2"/>
+      <c r="F125" s="2"/>
+      <c r="G125" s="2"/>
+      <c r="H125" s="2"/>
+      <c r="I125" s="2"/>
+    </row>
+    <row r="126" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A126" s="3" t="s">
         <v>242</v>
       </c>
-      <c r="B124" s="3" t="s">
+      <c r="B126" s="3" t="s">
         <v>243</v>
       </c>
-      <c r="C124" s="3">
-[...22 lines deleted...]
-      <c r="A125" s="3" t="s">
+      <c r="C126" s="3">
+        <v>159.36</v>
+      </c>
+      <c r="D126" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F126" s="3">
+        <v>1504</v>
+      </c>
+      <c r="G126" s="3">
+        <v>1</v>
+      </c>
+      <c r="H126" s="3">
+        <v>100</v>
+      </c>
+      <c r="I126" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="127" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A127" s="3" t="s">
         <v>244</v>
       </c>
-      <c r="B125" s="3" t="s">
+      <c r="B127" s="3" t="s">
         <v>245</v>
       </c>
-      <c r="C125" s="3">
-[...45 lines deleted...]
-      <c r="I127" s="2"/>
+      <c r="C127" s="3">
+        <v>256.11</v>
+      </c>
+      <c r="D127" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F127" s="3">
+        <v>5948</v>
+      </c>
+      <c r="G127" s="3">
+        <v>1</v>
+      </c>
+      <c r="H127" s="3">
+        <v>60</v>
+      </c>
+      <c r="I127" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="C128" s="3">
-        <v>1021.04</v>
+        <v>159.36</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F128" s="3">
         <v>0</v>
       </c>
       <c r="G128" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="I128" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="B129" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="C129" s="3">
+        <v>335.72</v>
+      </c>
+      <c r="D129" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F129" s="3">
+        <v>6286</v>
+      </c>
+      <c r="G129" s="3">
+        <v>1</v>
+      </c>
+      <c r="H129" s="3">
+        <v>30</v>
+      </c>
+      <c r="I129" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="130" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A130" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="B129" s="3" t="s">
+      <c r="B130" s="3" t="s">
         <v>251</v>
       </c>
-      <c r="C129" s="3">
-[...32 lines deleted...]
-      <c r="I130" s="2"/>
+      <c r="C130" s="3">
+        <v>205.1</v>
+      </c>
+      <c r="D130" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F130" s="3">
+        <v>3</v>
+      </c>
+      <c r="G130" s="3">
+        <v>1</v>
+      </c>
+      <c r="H130" s="3">
+        <v>80</v>
+      </c>
+      <c r="I130" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="B131" s="3" t="s">
         <v>253</v>
       </c>
-      <c r="B131" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C131" s="3">
-        <v>465</v>
+        <v>205.1</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F131" s="3">
-        <v>0</v>
+        <v>2417</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>120</v>
+        <v>80</v>
       </c>
       <c r="I131" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="B132" s="3" t="s">
         <v>255</v>
       </c>
-      <c r="B132" s="3" t="s">
+      <c r="C132" s="3">
+        <v>256.11</v>
+      </c>
+      <c r="D132" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F132" s="3">
+        <v>6059</v>
+      </c>
+      <c r="G132" s="3">
+        <v>1</v>
+      </c>
+      <c r="H132" s="3">
+        <v>60</v>
+      </c>
+      <c r="I132" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="133" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A133" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="C132" s="3">
-[...22 lines deleted...]
-      <c r="A133" s="2" t="s">
+      <c r="B133" s="3" t="s">
         <v>257</v>
       </c>
-      <c r="B133" s="2"/>
-[...6 lines deleted...]
-      <c r="I133" s="2"/>
+      <c r="C133" s="3">
+        <v>473.28</v>
+      </c>
+      <c r="D133" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F133" s="3">
+        <v>7196</v>
+      </c>
+      <c r="G133" s="3">
+        <v>1</v>
+      </c>
+      <c r="H133" s="3">
+        <v>30</v>
+      </c>
+      <c r="I133" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C134" s="3">
-        <v>1045.64</v>
+        <v>335.72</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F134" s="3">
-        <v>1</v>
+        <v>5357</v>
       </c>
       <c r="G134" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>4</v>
+        <v>30</v>
       </c>
       <c r="I134" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A135" s="2" t="s">
+      <c r="A135" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="B135" s="2"/>
-[...6 lines deleted...]
-      <c r="I135" s="2"/>
+      <c r="B135" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="C135" s="3">
+        <v>473.28</v>
+      </c>
+      <c r="D135" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F135" s="3">
+        <v>7346</v>
+      </c>
+      <c r="G135" s="3">
+        <v>1</v>
+      </c>
+      <c r="H135" s="3">
+        <v>30</v>
+      </c>
+      <c r="I135" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A136" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B136" s="3" t="s">
+      <c r="A136" s="2" t="s">
         <v>262</v>
       </c>
-      <c r="C136" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B136" s="2"/>
+      <c r="C136" s="2"/>
+      <c r="D136" s="2"/>
+      <c r="E136" s="2"/>
+      <c r="F136" s="2"/>
+      <c r="G136" s="2"/>
+      <c r="H136" s="2"/>
+      <c r="I136" s="2"/>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A137" s="2" t="s">
+      <c r="A137" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="B137" s="2"/>
-[...6 lines deleted...]
-      <c r="I137" s="2"/>
+      <c r="B137" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="C137" s="3">
+        <v>96.21</v>
+      </c>
+      <c r="D137" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F137" s="3">
+        <v>28764</v>
+      </c>
+      <c r="G137" s="3">
+        <v>1</v>
+      </c>
+      <c r="H137" s="3">
+        <v>100</v>
+      </c>
+      <c r="I137" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C138" s="3">
-        <v>335.72</v>
+        <v>121.13</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F138" s="3">
-        <v>7857</v>
+        <v>2986</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I138" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C139" s="3">
-        <v>205.1</v>
+        <v>107.62</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F139" s="3">
-        <v>1777</v>
+        <v>2231</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I139" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C140" s="3">
-        <v>205.1</v>
+        <v>121.13</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F140" s="3">
-        <v>3719</v>
+        <v>3003</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I140" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A141" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B141" s="3" t="s">
+      <c r="A141" s="2" t="s">
         <v>271</v>
       </c>
-      <c r="C141" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B141" s="2"/>
+      <c r="C141" s="2"/>
+      <c r="D141" s="2"/>
+      <c r="E141" s="2"/>
+      <c r="F141" s="2"/>
+      <c r="G141" s="2"/>
+      <c r="H141" s="2"/>
+      <c r="I141" s="2"/>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>272</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>273</v>
       </c>
       <c r="C142" s="3">
-        <v>473.28</v>
+        <v>350.72</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F142" s="3">
-        <v>8473</v>
+        <v>4919</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I142" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>274</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>275</v>
       </c>
       <c r="C143" s="3">
-        <v>159.36</v>
+        <v>499.54</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F143" s="3">
-        <v>1707</v>
+        <v>5209</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I143" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C144" s="3">
-        <v>256.11</v>
+        <v>325.9</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F144" s="3">
-        <v>6553</v>
+        <v>218</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I144" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C145" s="3">
-        <v>335.72</v>
+        <v>472.56</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F145" s="3">
-        <v>7386</v>
+        <v>505</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I145" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>280</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C146" s="3">
-        <v>473.28</v>
+        <v>325.9</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F146" s="3">
-        <v>8054</v>
+        <v>1808</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I146" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>283</v>
       </c>
       <c r="C147" s="3">
-        <v>159.36</v>
+        <v>537.57</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F147" s="3">
-        <v>3542</v>
+        <v>128</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I147" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A148" s="2" t="s">
+      <c r="A148" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="B148" s="2"/>
-[...6 lines deleted...]
-      <c r="I148" s="2"/>
+      <c r="B148" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="C148" s="3">
+        <v>537.57</v>
+      </c>
+      <c r="D148" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F148" s="3">
+        <v>0</v>
+      </c>
+      <c r="G148" s="3">
+        <v>1</v>
+      </c>
+      <c r="H148" s="3">
+        <v>20</v>
+      </c>
+      <c r="I148" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C149" s="3">
-        <v>121.13</v>
+        <v>472.56</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F149" s="3">
-        <v>2391</v>
+        <v>415</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C150" s="3">
-        <v>121.13</v>
+        <v>537.57</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F150" s="3">
-        <v>2865</v>
+        <v>1482</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C151" s="3">
-        <v>107.62</v>
+        <v>499.54</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F151" s="3">
-        <v>2253</v>
+        <v>5439</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I151" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C152" s="3">
-        <v>96.21</v>
+        <v>345.9</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F152" s="3">
-        <v>32490</v>
+        <v>1114</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A153" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I153" s="2"/>
+      <c r="A153" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="B153" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="C153" s="3">
+        <v>499.54</v>
+      </c>
+      <c r="D153" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F153" s="3">
+        <v>1404</v>
+      </c>
+      <c r="G153" s="3">
+        <v>1</v>
+      </c>
+      <c r="H153" s="3">
+        <v>20</v>
+      </c>
+      <c r="I153" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C154" s="3">
-        <v>499.54</v>
+        <v>537.57</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F154" s="3">
-        <v>3167</v>
+        <v>1999</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
         <v>20</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A155" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A155" s="2" t="s">
+        <v>298</v>
+      </c>
+      <c r="B155" s="2"/>
+      <c r="C155" s="2"/>
+      <c r="D155" s="2"/>
+      <c r="E155" s="2"/>
+      <c r="F155" s="2"/>
+      <c r="G155" s="2"/>
+      <c r="H155" s="2"/>
+      <c r="I155" s="2"/>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C156" s="3">
-        <v>1170.58</v>
+        <v>792.37</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>300</v>
+        <v>15</v>
       </c>
       <c r="F156" s="3">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I156" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C157" s="3">
-        <v>499.54</v>
+        <v>1291.67</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F157" s="3">
-        <v>2474</v>
+        <v>0</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
         <v>20</v>
       </c>
       <c r="I157" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>303</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>304</v>
       </c>
       <c r="C158" s="3">
-        <v>350.72</v>
+        <v>1274.65</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F158" s="3">
-        <v>3781</v>
+        <v>0</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
         <v>20</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>305</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>306</v>
       </c>
       <c r="C159" s="3">
-        <v>499.54</v>
+        <v>1291.67</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F159" s="3">
-        <v>973</v>
+        <v>0</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
         <v>20</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>307</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>308</v>
       </c>
       <c r="C160" s="3">
-        <v>345.9</v>
+        <v>804.34</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F160" s="3">
-        <v>491</v>
+        <v>0</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
         <v>20</v>
       </c>
       <c r="I160" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A161" s="3" t="s">
+      <c r="A161" s="2" t="s">
         <v>309</v>
       </c>
-      <c r="B161" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B161" s="2"/>
+      <c r="C161" s="2"/>
+      <c r="D161" s="2"/>
+      <c r="E161" s="2"/>
+      <c r="F161" s="2"/>
+      <c r="G161" s="2"/>
+      <c r="H161" s="2"/>
+      <c r="I161" s="2"/>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="B162" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="B162" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C162" s="3">
-        <v>345.9</v>
+        <v>280.18</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F162" s="3">
-        <v>2418</v>
+        <v>583</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="B163" s="3" t="s">
         <v>313</v>
       </c>
-      <c r="B163" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C163" s="3">
-        <v>499.54</v>
+        <v>219.09</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F163" s="3">
-        <v>575</v>
+        <v>1123</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="B164" s="3" t="s">
         <v>315</v>
       </c>
-      <c r="B164" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C164" s="3">
-        <v>537.57</v>
+        <v>280.18</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F164" s="3">
-        <v>637</v>
+        <v>1051</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I164" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="B165" s="3" t="s">
         <v>317</v>
       </c>
-      <c r="B165" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C165" s="3">
-        <v>537.57</v>
+        <v>617.04</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F165" s="3">
-        <v>0</v>
+        <v>221</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="B166" s="3" t="s">
         <v>319</v>
       </c>
-      <c r="B166" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C166" s="3">
-        <v>537.57</v>
+        <v>374.64</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F166" s="3">
-        <v>1</v>
+        <v>504</v>
       </c>
       <c r="G166" s="3">
         <v>1</v>
       </c>
       <c r="H166" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I166" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="B167" s="3" t="s">
         <v>321</v>
       </c>
-      <c r="B167" s="3" t="s">
+      <c r="C167" s="3">
+        <v>456.55</v>
+      </c>
+      <c r="D167" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E167" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F167" s="3">
+        <v>216</v>
+      </c>
+      <c r="G167" s="3">
+        <v>1</v>
+      </c>
+      <c r="H167" s="3">
+        <v>40</v>
+      </c>
+      <c r="I167" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="168" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A168" s="3" t="s">
         <v>322</v>
       </c>
-      <c r="C167" s="3">
-[...22 lines deleted...]
-      <c r="A168" s="2" t="s">
+      <c r="B168" s="3" t="s">
         <v>323</v>
       </c>
-      <c r="B168" s="2"/>
-[...6 lines deleted...]
-      <c r="I168" s="2"/>
+      <c r="C168" s="3">
+        <v>324.29</v>
+      </c>
+      <c r="D168" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E168" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F168" s="3">
+        <v>3483</v>
+      </c>
+      <c r="G168" s="3">
+        <v>1</v>
+      </c>
+      <c r="H168" s="3">
+        <v>40</v>
+      </c>
+      <c r="I168" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C169" s="3">
-        <v>792.37</v>
+        <v>395.41</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F169" s="3">
-        <v>55</v>
+        <v>833</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>326</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>327</v>
       </c>
       <c r="C170" s="3">
-        <v>1291.67</v>
+        <v>596.29</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F170" s="3">
-        <v>2</v>
+        <v>315</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I170" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>328</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C171" s="3">
-        <v>1274.65</v>
+        <v>602.27</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F171" s="3">
-        <v>3</v>
+        <v>1564</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I171" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>330</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C172" s="3">
-        <v>1291.67</v>
+        <v>675.24</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F172" s="3">
         <v>0</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>332</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>333</v>
       </c>
       <c r="C173" s="3">
-        <v>804.34</v>
+        <v>905.54</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F173" s="3">
         <v>0</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I173" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A174" s="2" t="s">
+      <c r="A174" s="3" t="s">
         <v>334</v>
       </c>
-      <c r="B174" s="2"/>
-[...6 lines deleted...]
-      <c r="I174" s="2"/>
+      <c r="B174" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="C174" s="3">
+        <v>420.6</v>
+      </c>
+      <c r="D174" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E174" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F174" s="3">
+        <v>1620</v>
+      </c>
+      <c r="G174" s="3">
+        <v>1</v>
+      </c>
+      <c r="H174" s="3">
+        <v>40</v>
+      </c>
+      <c r="I174" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C175" s="3">
-        <v>204.53</v>
+        <v>219.09</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F175" s="3">
-        <v>1842</v>
+        <v>494</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I175" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C176" s="3">
-        <v>420.6</v>
+        <v>324.29</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F176" s="3">
-        <v>1879</v>
+        <v>1527</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
         <v>40</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C177" s="3">
-        <v>691.18</v>
+        <v>204.53</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F177" s="3">
-        <v>582</v>
+        <v>1669</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C178" s="3">
-        <v>193.22</v>
+        <v>587.5</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F178" s="3">
-        <v>2509</v>
+        <v>540</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
         <v>40</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C179" s="3">
-        <v>204.53</v>
+        <v>193.22</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F179" s="3">
-        <v>1146</v>
+        <v>2448</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C180" s="3">
-        <v>474.41</v>
+        <v>204.53</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F180" s="3">
-        <v>1894</v>
+        <v>1138</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C181" s="3">
-        <v>219.09</v>
+        <v>474.41</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F181" s="3">
-        <v>802</v>
+        <v>1873</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
         <v>40</v>
       </c>
       <c r="I181" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C182" s="3">
-        <v>456.55</v>
+        <v>699.14</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F182" s="3">
-        <v>648</v>
+        <v>1344</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I182" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C183" s="3">
-        <v>439.34</v>
+        <v>1061.49</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F183" s="3">
-        <v>909</v>
+        <v>1703</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I183" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C184" s="3">
-        <v>602.27</v>
+        <v>395.41</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F184" s="3">
-        <v>2629</v>
+        <v>832</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I184" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C185" s="3">
-        <v>675.24</v>
+        <v>193.22</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F185" s="3">
-        <v>0</v>
+        <v>5379</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I185" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C186" s="3">
-        <v>374.64</v>
+        <v>397.63</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F186" s="3">
-        <v>974</v>
+        <v>834</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
         <v>100</v>
       </c>
       <c r="I186" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C187" s="3">
-        <v>905.54</v>
+        <v>993.72</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F187" s="3">
-        <v>380</v>
+        <v>331</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="I187" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A188" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B188" s="3" t="s">
+      <c r="A188" s="2" t="s">
         <v>362</v>
       </c>
-      <c r="C188" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B188" s="2"/>
+      <c r="C188" s="2"/>
+      <c r="D188" s="2"/>
+      <c r="E188" s="2"/>
+      <c r="F188" s="2"/>
+      <c r="G188" s="2"/>
+      <c r="H188" s="2"/>
+      <c r="I188" s="2"/>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
         <v>363</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>364</v>
       </c>
       <c r="C189" s="3">
-        <v>596.29</v>
+        <v>357.97</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F189" s="3">
-        <v>511</v>
+        <v>0</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I189" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
         <v>365</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>366</v>
       </c>
       <c r="C190" s="3">
-        <v>699.14</v>
+        <v>357.97</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F190" s="3">
-        <v>1378</v>
+        <v>0</v>
       </c>
       <c r="G190" s="3">
         <v>1</v>
       </c>
       <c r="H190" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I190" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
         <v>367</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>368</v>
       </c>
       <c r="C191" s="3">
-        <v>617.04</v>
+        <v>417.02</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F191" s="3">
-        <v>614</v>
+        <v>0</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I191" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
         <v>369</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>370</v>
       </c>
       <c r="C192" s="3">
-        <v>381.52</v>
+        <v>494.83</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F192" s="3">
-        <v>1977</v>
+        <v>5008</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I192" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
         <v>371</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>372</v>
       </c>
       <c r="C193" s="3">
-        <v>439.34</v>
+        <v>483.45</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F193" s="3">
-        <v>1049</v>
+        <v>0</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
         <v>373</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>374</v>
       </c>
       <c r="C194" s="3">
-        <v>193.22</v>
+        <v>494.83</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F194" s="3">
-        <v>5545</v>
+        <v>3384</v>
       </c>
       <c r="G194" s="3">
         <v>1</v>
       </c>
       <c r="H194" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A195" s="3" t="s">
+      <c r="A195" s="2" t="s">
         <v>375</v>
       </c>
-      <c r="B195" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B195" s="2"/>
+      <c r="C195" s="2"/>
+      <c r="D195" s="2"/>
+      <c r="E195" s="2"/>
+      <c r="F195" s="2"/>
+      <c r="G195" s="2"/>
+      <c r="H195" s="2"/>
+      <c r="I195" s="2"/>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="B196" s="3" t="s">
         <v>377</v>
       </c>
-      <c r="B196" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C196" s="3">
-        <v>219.09</v>
+        <v>747.94</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F196" s="3">
-        <v>1818</v>
+        <v>1140</v>
       </c>
       <c r="G196" s="3">
         <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="I196" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="B197" s="3" t="s">
         <v>379</v>
       </c>
-      <c r="B197" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C197" s="3">
-        <v>1061.49</v>
+        <v>916.47</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F197" s="3">
-        <v>1718</v>
+        <v>444</v>
       </c>
       <c r="G197" s="3">
         <v>1</v>
       </c>
       <c r="H197" s="3">
         <v>20</v>
       </c>
       <c r="I197" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A198" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A198" s="2" t="s">
+        <v>380</v>
+      </c>
+      <c r="B198" s="2"/>
+      <c r="C198" s="2"/>
+      <c r="D198" s="2"/>
+      <c r="E198" s="2"/>
+      <c r="F198" s="2"/>
+      <c r="G198" s="2"/>
+      <c r="H198" s="2"/>
+      <c r="I198" s="2"/>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="C199" s="3">
-        <v>381.52</v>
+        <v>102.26</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F199" s="3">
-        <v>3594</v>
+        <v>11693</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I199" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="B200" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="C200" s="3">
+        <v>147.66</v>
+      </c>
+      <c r="D200" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E200" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F200" s="3">
+        <v>0</v>
+      </c>
+      <c r="G200" s="3">
+        <v>1</v>
+      </c>
+      <c r="H200" s="3">
+        <v>96</v>
+      </c>
+      <c r="I200" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="201" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A201" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="B200" s="3" t="s">
+      <c r="B201" s="3" t="s">
         <v>386</v>
       </c>
-      <c r="C200" s="3">
-[...32 lines deleted...]
-      <c r="I201" s="2"/>
+      <c r="C201" s="3">
+        <v>147.66</v>
+      </c>
+      <c r="D201" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E201" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F201" s="3">
+        <v>0</v>
+      </c>
+      <c r="G201" s="3">
+        <v>1</v>
+      </c>
+      <c r="H201" s="3">
+        <v>96</v>
+      </c>
+      <c r="I201" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="B202" s="3" t="s">
         <v>388</v>
       </c>
-      <c r="B202" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C202" s="3">
-        <v>483.45</v>
+        <v>147.66</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F202" s="3">
         <v>0</v>
       </c>
       <c r="G202" s="3">
         <v>1</v>
       </c>
       <c r="H202" s="3">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="I202" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="B203" s="3" t="s">
         <v>390</v>
       </c>
-      <c r="B203" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C203" s="3">
-        <v>357.97</v>
+        <v>147.66</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F203" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G203" s="3">
         <v>1</v>
       </c>
       <c r="H203" s="3">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="I203" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="B204" s="3" t="s">
         <v>392</v>
       </c>
-      <c r="B204" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C204" s="3">
-        <v>417.02</v>
+        <v>147.66</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F204" s="3">
         <v>0</v>
       </c>
       <c r="G204" s="3">
         <v>1</v>
       </c>
       <c r="H204" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I204" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="B205" s="3" t="s">
         <v>394</v>
       </c>
-      <c r="B205" s="3" t="s">
+      <c r="C205" s="3">
+        <v>215.29</v>
+      </c>
+      <c r="D205" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E205" s="3" t="s">
         <v>395</v>
       </c>
-      <c r="C205" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F205" s="3">
-        <v>3812</v>
+        <v>51</v>
       </c>
       <c r="G205" s="3">
         <v>1</v>
       </c>
       <c r="H205" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I205" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
         <v>396</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>397</v>
       </c>
       <c r="C206" s="3">
-        <v>357.97</v>
+        <v>239.87</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>15</v>
+        <v>395</v>
       </c>
       <c r="F206" s="3">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="G206" s="3">
         <v>1</v>
       </c>
       <c r="H206" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I206" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
         <v>398</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>399</v>
       </c>
       <c r="C207" s="3">
-        <v>494.83</v>
+        <v>162.72</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F207" s="3">
-        <v>5153</v>
+        <v>0</v>
       </c>
       <c r="G207" s="3">
         <v>1</v>
       </c>
       <c r="H207" s="3">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="I207" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A208" s="2" t="s">
+      <c r="A208" s="3" t="s">
         <v>400</v>
       </c>
-      <c r="B208" s="2"/>
-[...6 lines deleted...]
-      <c r="I208" s="2"/>
+      <c r="B208" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="C208" s="3">
+        <v>260.16</v>
+      </c>
+      <c r="D208" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E208" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F208" s="3">
+        <v>0</v>
+      </c>
+      <c r="G208" s="3">
+        <v>1</v>
+      </c>
+      <c r="H208" s="3">
+        <v>100</v>
+      </c>
+      <c r="I208" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C209" s="3">
-        <v>747.94</v>
+        <v>102.26</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F209" s="3">
-        <v>1216</v>
+        <v>6969</v>
       </c>
       <c r="G209" s="3">
         <v>1</v>
       </c>
       <c r="H209" s="3">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="I209" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C210" s="3">
-        <v>916.47</v>
+        <v>147.66</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F210" s="3">
-        <v>533</v>
+        <v>0</v>
       </c>
       <c r="G210" s="3">
         <v>1</v>
       </c>
       <c r="H210" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I210" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A211" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I211" s="2"/>
+      <c r="A211" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="B211" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="C211" s="3">
+        <v>126.25</v>
+      </c>
+      <c r="D211" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E211" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F211" s="3">
+        <v>1136</v>
+      </c>
+      <c r="G211" s="3">
+        <v>1</v>
+      </c>
+      <c r="H211" s="3">
+        <v>60</v>
+      </c>
+      <c r="I211" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="C212" s="3">
         <v>147.66</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F212" s="3">
         <v>0</v>
       </c>
       <c r="G212" s="3">
         <v>1</v>
       </c>
       <c r="H212" s="3">
         <v>60</v>
       </c>
       <c r="I212" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C213" s="3">
         <v>147.66</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F213" s="3">
         <v>0</v>
       </c>
       <c r="G213" s="3">
         <v>1</v>
       </c>
       <c r="H213" s="3">
         <v>60</v>
       </c>
       <c r="I213" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C214" s="3">
-        <v>102.26</v>
+        <v>175.05</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F214" s="3">
-        <v>7762</v>
+        <v>537</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
         <v>60</v>
       </c>
       <c r="I214" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="C215" s="3">
-        <v>147.66</v>
+        <v>165.21</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F215" s="3">
-        <v>0</v>
+        <v>5021</v>
       </c>
       <c r="G215" s="3">
         <v>1</v>
       </c>
       <c r="H215" s="3">
         <v>60</v>
       </c>
       <c r="I215" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C216" s="3">
-        <v>140.27</v>
+        <v>265.78</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>15</v>
+        <v>395</v>
       </c>
       <c r="F216" s="3">
-        <v>2928</v>
+        <v>112</v>
       </c>
       <c r="G216" s="3">
         <v>1</v>
       </c>
       <c r="H216" s="3">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="I216" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="C217" s="3">
-        <v>147.66</v>
+        <v>417.21</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F217" s="3">
-        <v>0</v>
+        <v>2527</v>
       </c>
       <c r="G217" s="3">
         <v>1</v>
       </c>
       <c r="H217" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I217" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="C218" s="3">
-        <v>147.66</v>
+        <v>140.27</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F218" s="3">
-        <v>0</v>
+        <v>2568</v>
       </c>
       <c r="G218" s="3">
         <v>1</v>
       </c>
       <c r="H218" s="3">
         <v>60</v>
       </c>
       <c r="I218" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="C219" s="3">
-        <v>175.05</v>
+        <v>133.45</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F219" s="3">
-        <v>1971</v>
+        <v>8001</v>
       </c>
       <c r="G219" s="3">
         <v>1</v>
       </c>
       <c r="H219" s="3">
         <v>60</v>
       </c>
       <c r="I219" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="C220" s="3">
-        <v>147.66</v>
+        <v>1830.6</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F220" s="3">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="G220" s="3">
         <v>1</v>
       </c>
       <c r="H220" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I220" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="C221" s="3">
-        <v>265.78</v>
+        <v>227.88</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>300</v>
+        <v>395</v>
       </c>
       <c r="F221" s="3">
-        <v>112</v>
+        <v>23</v>
       </c>
       <c r="G221" s="3">
         <v>1</v>
       </c>
       <c r="H221" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I221" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A222" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A222" s="2" t="s">
+        <v>428</v>
+      </c>
+      <c r="B222" s="2"/>
+      <c r="C222" s="2"/>
+      <c r="D222" s="2"/>
+      <c r="E222" s="2"/>
+      <c r="F222" s="2"/>
+      <c r="G222" s="2"/>
+      <c r="H222" s="2"/>
+      <c r="I222" s="2"/>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C223" s="3">
-        <v>215.29</v>
+        <v>2033.99</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>300</v>
+        <v>15</v>
       </c>
       <c r="F223" s="3">
-        <v>63</v>
+        <v>464</v>
       </c>
       <c r="G223" s="3">
         <v>1</v>
       </c>
       <c r="H223" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I223" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C224" s="3">
-        <v>239.87</v>
+        <v>2272.38</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>300</v>
+        <v>15</v>
       </c>
       <c r="F224" s="3">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="G224" s="3">
         <v>1</v>
       </c>
       <c r="H224" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I224" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C225" s="3">
-        <v>162.72</v>
+        <v>2699.24</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F225" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G225" s="3">
         <v>1</v>
       </c>
       <c r="H225" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I225" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C226" s="3">
-        <v>1830.6</v>
+        <v>6573.68</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F226" s="3">
-        <v>41</v>
+        <v>0</v>
       </c>
       <c r="G226" s="3">
         <v>1</v>
       </c>
       <c r="H226" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I226" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C227" s="3">
-        <v>417.21</v>
+        <v>5281.03</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F227" s="3">
-        <v>2528</v>
+        <v>0</v>
       </c>
       <c r="G227" s="3">
         <v>1</v>
       </c>
       <c r="H227" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="I227" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="C228" s="3">
-        <v>126.25</v>
+        <v>3371.79</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F228" s="3">
-        <v>2133</v>
+        <v>20</v>
       </c>
       <c r="G228" s="3">
         <v>1</v>
       </c>
       <c r="H228" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C229" s="3">
-        <v>165.21</v>
+        <v>3620.64</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F229" s="3">
-        <v>5766</v>
+        <v>115</v>
       </c>
       <c r="G229" s="3">
         <v>1</v>
       </c>
       <c r="H229" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I229" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C230" s="3">
-        <v>133.45</v>
+        <v>2034</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F230" s="3">
-        <v>8992</v>
+        <v>0</v>
       </c>
       <c r="G230" s="3">
         <v>1</v>
       </c>
       <c r="H230" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I230" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C231" s="3">
-        <v>147.66</v>
+        <v>2501.58</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F231" s="3">
         <v>0</v>
       </c>
       <c r="G231" s="3">
         <v>1</v>
       </c>
       <c r="H231" s="3">
-        <v>96</v>
+        <v>10</v>
       </c>
       <c r="I231" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A232" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B232" s="3" t="s">
+      <c r="A232" s="2" t="s">
         <v>447</v>
       </c>
-      <c r="C232" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B232" s="2"/>
+      <c r="C232" s="2"/>
+      <c r="D232" s="2"/>
+      <c r="E232" s="2"/>
+      <c r="F232" s="2"/>
+      <c r="G232" s="2"/>
+      <c r="H232" s="2"/>
+      <c r="I232" s="2"/>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
         <v>448</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>449</v>
       </c>
       <c r="C233" s="3">
-        <v>260.16</v>
+        <v>1495.54</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F233" s="3">
-        <v>0</v>
+        <v>531</v>
       </c>
       <c r="G233" s="3">
         <v>1</v>
       </c>
       <c r="H233" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I233" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
         <v>450</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>451</v>
       </c>
       <c r="C234" s="3">
-        <v>102.26</v>
+        <v>1009.07</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F234" s="3">
-        <v>13881</v>
+        <v>8</v>
       </c>
       <c r="G234" s="3">
         <v>1</v>
       </c>
       <c r="H234" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I234" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
         <v>452</v>
       </c>
       <c r="B235" s="3" t="s">
         <v>453</v>
       </c>
       <c r="C235" s="3">
-        <v>147.66</v>
+        <v>1542.06</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F235" s="3">
-        <v>0</v>
+        <v>323</v>
       </c>
       <c r="G235" s="3">
         <v>1</v>
       </c>
       <c r="H235" s="3">
-        <v>96</v>
+        <v>25</v>
       </c>
       <c r="I235" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A236" s="2" t="s">
+      <c r="A236" s="3" t="s">
         <v>454</v>
       </c>
-      <c r="B236" s="2"/>
-[...6 lines deleted...]
-      <c r="I236" s="2"/>
+      <c r="B236" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="C236" s="3">
+        <v>1047.17</v>
+      </c>
+      <c r="D236" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E236" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F236" s="3">
+        <v>23</v>
+      </c>
+      <c r="G236" s="3">
+        <v>1</v>
+      </c>
+      <c r="H236" s="3">
+        <v>10</v>
+      </c>
+      <c r="I236" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A237" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B237" s="3" t="s">
+      <c r="A237" s="2" t="s">
         <v>456</v>
       </c>
-      <c r="C237" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B237" s="2"/>
+      <c r="C237" s="2"/>
+      <c r="D237" s="2"/>
+      <c r="E237" s="2"/>
+      <c r="F237" s="2"/>
+      <c r="G237" s="2"/>
+      <c r="H237" s="2"/>
+      <c r="I237" s="2"/>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
         <v>457</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>458</v>
       </c>
       <c r="C238" s="3">
-        <v>2501.58</v>
+        <v>4687.87</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F238" s="3">
-        <v>0</v>
+        <v>180</v>
       </c>
       <c r="G238" s="3">
         <v>1</v>
       </c>
       <c r="H238" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I238" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
         <v>459</v>
       </c>
       <c r="B239" s="3" t="s">
         <v>460</v>
       </c>
       <c r="C239" s="3">
-        <v>3371.79</v>
+        <v>2698</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F239" s="3">
+        <v>445</v>
+      </c>
+      <c r="G239" s="3">
+        <v>1</v>
+      </c>
+      <c r="H239" s="3">
         <v>20</v>
       </c>
-      <c r="G239" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="I239" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A240" s="3" t="s">
+      <c r="A240" s="2" t="s">
         <v>461</v>
       </c>
-      <c r="B240" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B240" s="2"/>
+      <c r="C240" s="2"/>
+      <c r="D240" s="2"/>
+      <c r="E240" s="2"/>
+      <c r="F240" s="2"/>
+      <c r="G240" s="2"/>
+      <c r="H240" s="2"/>
+      <c r="I240" s="2"/>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="B241" s="3" t="s">
         <v>463</v>
       </c>
-      <c r="B241" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C241" s="3">
-        <v>2034</v>
+        <v>213.17</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>15</v>
+        <v>395</v>
       </c>
       <c r="F241" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G241" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H241" s="3">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="I241" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
+        <v>464</v>
+      </c>
+      <c r="B242" s="3" t="s">
         <v>465</v>
       </c>
-      <c r="B242" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C242" s="3">
-        <v>5281.03</v>
+        <v>220.77</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>15</v>
+        <v>395</v>
       </c>
       <c r="F242" s="3">
         <v>0</v>
       </c>
       <c r="G242" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H242" s="3">
-        <v>5</v>
+        <v>36</v>
       </c>
       <c r="I242" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
+        <v>466</v>
+      </c>
+      <c r="B243" s="3" t="s">
         <v>467</v>
       </c>
-      <c r="B243" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C243" s="3">
-        <v>2033.99</v>
+        <v>242.02</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>15</v>
+        <v>395</v>
       </c>
       <c r="F243" s="3">
-        <v>186</v>
+        <v>0</v>
       </c>
       <c r="G243" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H243" s="3">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="I243" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="B244" s="3" t="s">
         <v>469</v>
       </c>
-      <c r="B244" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C244" s="3">
-        <v>2272.38</v>
+        <v>217.81</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>15</v>
+        <v>395</v>
       </c>
       <c r="F244" s="3">
-        <v>122</v>
+        <v>7</v>
       </c>
       <c r="G244" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H244" s="3">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="I244" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="B245" s="3" t="s">
         <v>471</v>
       </c>
-      <c r="B245" s="3" t="s">
+      <c r="C245" s="3">
+        <v>220.77</v>
+      </c>
+      <c r="D245" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E245" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="F245" s="3">
+        <v>1</v>
+      </c>
+      <c r="G245" s="3">
+        <v>3</v>
+      </c>
+      <c r="H245" s="3">
+        <v>36</v>
+      </c>
+      <c r="I245" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="246" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A246" s="3" t="s">
         <v>472</v>
       </c>
-      <c r="C245" s="3">
-[...22 lines deleted...]
-      <c r="A246" s="2" t="s">
+      <c r="B246" s="3" t="s">
         <v>473</v>
       </c>
-      <c r="B246" s="2"/>
-[...6 lines deleted...]
-      <c r="I246" s="2"/>
+      <c r="C246" s="3">
+        <v>230.66</v>
+      </c>
+      <c r="D246" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E246" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="F246" s="3">
+        <v>0</v>
+      </c>
+      <c r="G246" s="3">
+        <v>3</v>
+      </c>
+      <c r="H246" s="3">
+        <v>18</v>
+      </c>
+      <c r="I246" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
         <v>474</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>475</v>
       </c>
       <c r="C247" s="3">
-        <v>1009.07</v>
+        <v>213.17</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>15</v>
+        <v>395</v>
       </c>
       <c r="F247" s="3">
         <v>0</v>
       </c>
       <c r="G247" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H247" s="3">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="I247" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
         <v>476</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>477</v>
       </c>
       <c r="C248" s="3">
-        <v>1542.06</v>
+        <v>191.86</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>15</v>
+        <v>395</v>
       </c>
       <c r="F248" s="3">
-        <v>173</v>
+        <v>1</v>
       </c>
       <c r="G248" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H248" s="3">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="I248" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
         <v>478</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>479</v>
       </c>
       <c r="C249" s="3">
-        <v>1047.17</v>
+        <v>222.7</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>15</v>
+        <v>395</v>
       </c>
       <c r="F249" s="3">
-        <v>62</v>
+        <v>95</v>
       </c>
       <c r="G249" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H249" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I249" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A250" s="3" t="s">
+      <c r="A250" s="2" t="s">
         <v>480</v>
       </c>
-      <c r="B250" s="3" t="s">
+      <c r="B250" s="2"/>
+      <c r="C250" s="2"/>
+      <c r="D250" s="2"/>
+      <c r="E250" s="2"/>
+      <c r="F250" s="2"/>
+      <c r="G250" s="2"/>
+      <c r="H250" s="2"/>
+      <c r="I250" s="2"/>
+    </row>
+    <row r="251" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A251" s="3" t="s">
         <v>481</v>
       </c>
-      <c r="C250" s="3">
-[...22 lines deleted...]
-      <c r="A251" s="2" t="s">
+      <c r="B251" s="3" t="s">
         <v>482</v>
       </c>
-      <c r="B251" s="2"/>
-[...6 lines deleted...]
-      <c r="I251" s="2"/>
+      <c r="C251" s="3">
+        <v>3774.2</v>
+      </c>
+      <c r="D251" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E251" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F251" s="3">
+        <v>48</v>
+      </c>
+      <c r="G251" s="3">
+        <v>1</v>
+      </c>
+      <c r="H251" s="3">
+        <v>4</v>
+      </c>
+      <c r="I251" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
         <v>483</v>
       </c>
       <c r="B252" s="3" t="s">
         <v>484</v>
       </c>
       <c r="C252" s="3">
-        <v>4687.87</v>
+        <v>5084.22</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F252" s="3">
-        <v>185</v>
+        <v>0</v>
       </c>
       <c r="G252" s="3">
         <v>1</v>
       </c>
       <c r="H252" s="3">
         <v>4</v>
       </c>
       <c r="I252" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
         <v>485</v>
       </c>
       <c r="B253" s="3" t="s">
         <v>486</v>
       </c>
       <c r="C253" s="3">
-        <v>2698</v>
+        <v>2572</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F253" s="3">
-        <v>486</v>
+        <v>470</v>
       </c>
       <c r="G253" s="3">
         <v>1</v>
       </c>
       <c r="H253" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="I253" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="2" t="s">
         <v>487</v>
       </c>
       <c r="B254" s="2"/>
       <c r="C254" s="2"/>
       <c r="D254" s="2"/>
       <c r="E254" s="2"/>
       <c r="F254" s="2"/>
       <c r="G254" s="2"/>
       <c r="H254" s="2"/>
       <c r="I254" s="2"/>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A255" s="3" t="s">
+      <c r="A255" s="2" t="s">
         <v>488</v>
       </c>
-      <c r="B255" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B255" s="2"/>
+      <c r="C255" s="2"/>
+      <c r="D255" s="2"/>
+      <c r="E255" s="2"/>
+      <c r="F255" s="2"/>
+      <c r="G255" s="2"/>
+      <c r="H255" s="2"/>
+      <c r="I255" s="2"/>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="B256" s="3" t="s">
         <v>490</v>
       </c>
-      <c r="B256" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C256" s="3">
-        <v>213.17</v>
+        <v>171.01</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>300</v>
+        <v>15</v>
       </c>
       <c r="F256" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G256" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="H256" s="3">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="I256" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
+        <v>491</v>
+      </c>
+      <c r="B257" s="3" t="s">
         <v>492</v>
       </c>
-      <c r="B257" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C257" s="3">
-        <v>191.86</v>
+        <v>164.37</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>300</v>
+        <v>15</v>
       </c>
       <c r="F257" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G257" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="H257" s="3">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="I257" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="B258" s="3" t="s">
         <v>494</v>
       </c>
-      <c r="B258" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C258" s="3">
-        <v>216.21</v>
+        <v>124.5</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>300</v>
+        <v>15</v>
       </c>
       <c r="F258" s="3">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="G258" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="H258" s="3">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="I258" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="B259" s="3" t="s">
         <v>496</v>
       </c>
-      <c r="B259" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C259" s="3">
-        <v>222.7</v>
+        <v>161.83</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>300</v>
+        <v>15</v>
       </c>
       <c r="F259" s="3">
-        <v>139</v>
+        <v>0</v>
       </c>
       <c r="G259" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="H259" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I259" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="B260" s="3" t="s">
         <v>498</v>
       </c>
-      <c r="B260" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C260" s="3">
-        <v>317.28</v>
+        <v>182.12</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>300</v>
+        <v>15</v>
       </c>
       <c r="F260" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G260" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="H260" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I260" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="B261" s="3" t="s">
         <v>500</v>
       </c>
-      <c r="B261" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C261" s="3">
-        <v>217.81</v>
+        <v>182.12</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>300</v>
+        <v>15</v>
       </c>
       <c r="F261" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="G261" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="H261" s="3">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="I261" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="B262" s="3" t="s">
         <v>502</v>
       </c>
-      <c r="B262" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C262" s="3">
-        <v>216.21</v>
+        <v>182.12</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>300</v>
+        <v>15</v>
       </c>
       <c r="F262" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G262" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="H262" s="3">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="I262" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="B263" s="3" t="s">
         <v>504</v>
       </c>
-      <c r="B263" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C263" s="3">
-        <v>220.77</v>
+        <v>182.12</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>300</v>
+        <v>15</v>
       </c>
       <c r="F263" s="3">
         <v>1</v>
       </c>
       <c r="G263" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="H263" s="3">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="I263" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="B264" s="3" t="s">
         <v>506</v>
       </c>
-      <c r="B264" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C264" s="3">
-        <v>230.66</v>
+        <v>182.12</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>300</v>
+        <v>15</v>
       </c>
       <c r="F264" s="3">
         <v>0</v>
       </c>
       <c r="G264" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="H264" s="3">
-        <v>18</v>
+        <v>100</v>
       </c>
       <c r="I264" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="B265" s="3" t="s">
         <v>508</v>
       </c>
-      <c r="B265" s="3" t="s">
+      <c r="C265" s="3">
+        <v>171.01</v>
+      </c>
+      <c r="D265" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E265" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F265" s="3">
+        <v>1</v>
+      </c>
+      <c r="G265" s="3">
+        <v>10</v>
+      </c>
+      <c r="H265" s="3">
+        <v>100</v>
+      </c>
+      <c r="I265" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="266" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A266" s="2" t="s">
         <v>509</v>
       </c>
-      <c r="C265" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B266" s="2"/>
+      <c r="C266" s="2"/>
+      <c r="D266" s="2"/>
+      <c r="E266" s="2"/>
+      <c r="F266" s="2"/>
+      <c r="G266" s="2"/>
+      <c r="H266" s="2"/>
+      <c r="I266" s="2"/>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="C267" s="3">
-        <v>234.42</v>
+        <v>81.68</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>300</v>
+        <v>15</v>
       </c>
       <c r="F267" s="3">
-        <v>0</v>
+        <v>4147</v>
       </c>
       <c r="G267" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="H267" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I267" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="C268" s="3">
-        <v>220.77</v>
+        <v>153.3</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>300</v>
+        <v>15</v>
       </c>
       <c r="F268" s="3">
         <v>0</v>
       </c>
       <c r="G268" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="H268" s="3">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="I268" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="C269" s="3">
-        <v>242.02</v>
+        <v>153.3</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>300</v>
+        <v>15</v>
       </c>
       <c r="F269" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G269" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="H269" s="3">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="I269" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="C270" s="3">
-        <v>242.02</v>
+        <v>153.3</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>300</v>
+        <v>15</v>
       </c>
       <c r="F270" s="3">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="G270" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="H270" s="3">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="I270" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="B271" s="3" t="s">
+        <v>519</v>
+      </c>
+      <c r="C271" s="3">
+        <v>153.3</v>
+      </c>
+      <c r="D271" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E271" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F271" s="3">
+        <v>10</v>
+      </c>
+      <c r="G271" s="3">
+        <v>10</v>
+      </c>
+      <c r="H271" s="3">
+        <v>100</v>
+      </c>
+      <c r="I271" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="272" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A272" s="3" t="s">
         <v>520</v>
       </c>
-      <c r="B271" s="3" t="s">
+      <c r="B272" s="3" t="s">
         <v>521</v>
       </c>
-      <c r="C271" s="3">
-[...32 lines deleted...]
-      <c r="I272" s="2"/>
+      <c r="C272" s="3">
+        <v>153.3</v>
+      </c>
+      <c r="D272" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E272" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F272" s="3">
+        <v>393</v>
+      </c>
+      <c r="G272" s="3">
+        <v>10</v>
+      </c>
+      <c r="H272" s="3">
+        <v>100</v>
+      </c>
+      <c r="I272" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
+        <v>522</v>
+      </c>
+      <c r="B273" s="3" t="s">
         <v>523</v>
       </c>
-      <c r="B273" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C273" s="3">
-        <v>5084.22</v>
+        <v>137.58</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E273" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F273" s="3">
         <v>0</v>
       </c>
       <c r="G273" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H273" s="3">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="I273" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="3" t="s">
+        <v>524</v>
+      </c>
+      <c r="B274" s="3" t="s">
         <v>525</v>
       </c>
-      <c r="B274" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C274" s="3">
-        <v>2572</v>
+        <v>100.81</v>
       </c>
       <c r="D274" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E274" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F274" s="3">
-        <v>529</v>
+        <v>0</v>
       </c>
       <c r="G274" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H274" s="3">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="I274" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="B275" s="3" t="s">
         <v>527</v>
       </c>
-      <c r="B275" s="3" t="s">
+      <c r="C275" s="3">
+        <v>95.8</v>
+      </c>
+      <c r="D275" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E275" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F275" s="3">
+        <v>1626</v>
+      </c>
+      <c r="G275" s="3">
+        <v>10</v>
+      </c>
+      <c r="H275" s="3">
+        <v>100</v>
+      </c>
+      <c r="I275" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="276" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A276" s="3" t="s">
         <v>528</v>
       </c>
-      <c r="C275" s="3">
-[...22 lines deleted...]
-      <c r="A276" s="2" t="s">
+      <c r="B276" s="3" t="s">
         <v>529</v>
       </c>
-      <c r="B276" s="2"/>
-[...6 lines deleted...]
-      <c r="I276" s="2"/>
+      <c r="C276" s="3">
+        <v>112.36</v>
+      </c>
+      <c r="D276" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E276" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F276" s="3">
+        <v>0</v>
+      </c>
+      <c r="G276" s="3">
+        <v>10</v>
+      </c>
+      <c r="H276" s="3">
+        <v>100</v>
+      </c>
+      <c r="I276" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A277" s="2" t="s">
+      <c r="A277" s="3" t="s">
         <v>530</v>
       </c>
-      <c r="B277" s="2"/>
-[...6 lines deleted...]
-      <c r="I277" s="2"/>
+      <c r="B277" s="3" t="s">
+        <v>531</v>
+      </c>
+      <c r="C277" s="3">
+        <v>153.3</v>
+      </c>
+      <c r="D277" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E277" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F277" s="3">
+        <v>7</v>
+      </c>
+      <c r="G277" s="3">
+        <v>10</v>
+      </c>
+      <c r="H277" s="3">
+        <v>100</v>
+      </c>
+      <c r="I277" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C278" s="3">
-        <v>124.5</v>
+        <v>153.3</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F278" s="3">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="G278" s="3">
         <v>10</v>
       </c>
       <c r="H278" s="3">
         <v>100</v>
       </c>
       <c r="I278" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="C279" s="3">
-        <v>161.83</v>
+        <v>153.3</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F279" s="3">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="G279" s="3">
         <v>10</v>
       </c>
       <c r="H279" s="3">
         <v>100</v>
       </c>
       <c r="I279" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C280" s="3">
-        <v>182.12</v>
+        <v>153.3</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F280" s="3">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G280" s="3">
         <v>10</v>
       </c>
       <c r="H280" s="3">
         <v>100</v>
       </c>
       <c r="I280" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C281" s="3">
-        <v>182.12</v>
+        <v>153.3</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E281" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F281" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="G281" s="3">
         <v>10</v>
       </c>
       <c r="H281" s="3">
         <v>100</v>
       </c>
       <c r="I281" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C282" s="3">
-        <v>182.12</v>
+        <v>95.76</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E282" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F282" s="3">
-        <v>0</v>
+        <v>312</v>
       </c>
       <c r="G282" s="3">
         <v>10</v>
       </c>
       <c r="H282" s="3">
         <v>100</v>
       </c>
       <c r="I282" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="C283" s="3">
-        <v>182.12</v>
+        <v>137.58</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E283" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F283" s="3">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="G283" s="3">
         <v>10</v>
       </c>
       <c r="H283" s="3">
         <v>100</v>
       </c>
       <c r="I283" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A284" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B284" s="3" t="s">
+      <c r="A284" s="2" t="s">
         <v>544</v>
       </c>
-      <c r="C284" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B284" s="2"/>
+      <c r="C284" s="2"/>
+      <c r="D284" s="2"/>
+      <c r="E284" s="2"/>
+      <c r="F284" s="2"/>
+      <c r="G284" s="2"/>
+      <c r="H284" s="2"/>
+      <c r="I284" s="2"/>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
         <v>545</v>
       </c>
       <c r="B285" s="3" t="s">
         <v>546</v>
       </c>
       <c r="C285" s="3">
-        <v>171.01</v>
+        <v>124.5</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E285" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F285" s="3">
-        <v>0</v>
+        <v>37</v>
       </c>
       <c r="G285" s="3">
         <v>10</v>
       </c>
       <c r="H285" s="3">
         <v>100</v>
       </c>
       <c r="I285" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
         <v>547</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>548</v>
       </c>
       <c r="C286" s="3">
-        <v>164.37</v>
+        <v>137.82</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E286" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F286" s="3">
-        <v>1458</v>
+        <v>0</v>
       </c>
       <c r="G286" s="3">
         <v>10</v>
       </c>
       <c r="H286" s="3">
         <v>100</v>
       </c>
       <c r="I286" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A287" s="3" t="s">
+      <c r="A287" s="2" t="s">
         <v>549</v>
       </c>
-      <c r="B287" s="3" t="s">
+      <c r="B287" s="2"/>
+      <c r="C287" s="2"/>
+      <c r="D287" s="2"/>
+      <c r="E287" s="2"/>
+      <c r="F287" s="2"/>
+      <c r="G287" s="2"/>
+      <c r="H287" s="2"/>
+      <c r="I287" s="2"/>
+    </row>
+    <row r="288" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A288" s="3" t="s">
         <v>550</v>
       </c>
-      <c r="C287" s="3">
-[...22 lines deleted...]
-      <c r="A288" s="2" t="s">
+      <c r="B288" s="3" t="s">
         <v>551</v>
       </c>
-      <c r="B288" s="2"/>
-[...6 lines deleted...]
-      <c r="I288" s="2"/>
+      <c r="C288" s="3">
+        <v>95.76</v>
+      </c>
+      <c r="D288" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E288" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F288" s="3">
+        <v>11</v>
+      </c>
+      <c r="G288" s="3">
+        <v>10</v>
+      </c>
+      <c r="H288" s="3">
+        <v>100</v>
+      </c>
+      <c r="I288" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
         <v>552</v>
       </c>
       <c r="B289" s="3" t="s">
         <v>553</v>
       </c>
       <c r="C289" s="3">
-        <v>137.58</v>
+        <v>100.81</v>
       </c>
       <c r="D289" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E289" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F289" s="3">
         <v>0</v>
       </c>
       <c r="G289" s="3">
         <v>10</v>
       </c>
       <c r="H289" s="3">
         <v>100</v>
       </c>
       <c r="I289" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="3" t="s">
         <v>554</v>
       </c>
       <c r="B290" s="3" t="s">
         <v>555</v>
       </c>
       <c r="C290" s="3">
-        <v>100.81</v>
+        <v>137.58</v>
       </c>
       <c r="D290" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E290" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F290" s="3">
-        <v>338</v>
+        <v>0</v>
       </c>
       <c r="G290" s="3">
         <v>10</v>
       </c>
       <c r="H290" s="3">
         <v>100</v>
       </c>
       <c r="I290" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="3" t="s">
         <v>556</v>
       </c>
       <c r="B291" s="3" t="s">
         <v>557</v>
       </c>
       <c r="C291" s="3">
-        <v>95.8</v>
+        <v>137.58</v>
       </c>
       <c r="D291" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E291" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F291" s="3">
-        <v>3789</v>
+        <v>5</v>
       </c>
       <c r="G291" s="3">
         <v>10</v>
       </c>
       <c r="H291" s="3">
         <v>100</v>
       </c>
       <c r="I291" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
         <v>558</v>
       </c>
       <c r="B292" s="3" t="s">
         <v>559</v>
       </c>
       <c r="C292" s="3">
-        <v>81.68</v>
+        <v>137.58</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E292" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F292" s="3">
-        <v>2170</v>
+        <v>0</v>
       </c>
       <c r="G292" s="3">
         <v>10</v>
       </c>
       <c r="H292" s="3">
         <v>100</v>
       </c>
       <c r="I292" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
         <v>560</v>
       </c>
       <c r="B293" s="3" t="s">
         <v>561</v>
       </c>
       <c r="C293" s="3">
-        <v>112.36</v>
+        <v>126.84</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E293" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F293" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G293" s="3">
         <v>10</v>
       </c>
       <c r="H293" s="3">
         <v>100</v>
       </c>
       <c r="I293" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="3" t="s">
         <v>562</v>
       </c>
       <c r="B294" s="3" t="s">
         <v>563</v>
       </c>
       <c r="C294" s="3">
-        <v>137.58</v>
+        <v>126.84</v>
       </c>
       <c r="D294" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E294" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F294" s="3">
-        <v>0</v>
+        <v>5264</v>
       </c>
       <c r="G294" s="3">
         <v>10</v>
       </c>
       <c r="H294" s="3">
         <v>100</v>
       </c>
       <c r="I294" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="3" t="s">
         <v>564</v>
       </c>
       <c r="B295" s="3" t="s">
         <v>565</v>
       </c>
       <c r="C295" s="3">
-        <v>153.3</v>
+        <v>89.4</v>
       </c>
       <c r="D295" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E295" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F295" s="3">
-        <v>0</v>
+        <v>11119</v>
       </c>
       <c r="G295" s="3">
         <v>10</v>
       </c>
       <c r="H295" s="3">
         <v>100</v>
       </c>
       <c r="I295" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" s="3" t="s">
         <v>566</v>
       </c>
       <c r="B296" s="3" t="s">
         <v>567</v>
       </c>
       <c r="C296" s="3">
-        <v>153.3</v>
+        <v>100.81</v>
       </c>
       <c r="D296" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E296" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F296" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G296" s="3">
         <v>10</v>
       </c>
       <c r="H296" s="3">
         <v>100</v>
       </c>
       <c r="I296" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="3" t="s">
         <v>568</v>
       </c>
       <c r="B297" s="3" t="s">
         <v>569</v>
       </c>
       <c r="C297" s="3">
-        <v>153.3</v>
+        <v>130.72</v>
       </c>
       <c r="D297" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E297" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F297" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G297" s="3">
         <v>10</v>
       </c>
       <c r="H297" s="3">
         <v>100</v>
       </c>
       <c r="I297" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" s="3" t="s">
         <v>570</v>
       </c>
       <c r="B298" s="3" t="s">
         <v>571</v>
       </c>
       <c r="C298" s="3">
-        <v>153.3</v>
+        <v>106.13</v>
       </c>
       <c r="D298" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E298" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F298" s="3">
-        <v>73</v>
+        <v>0</v>
       </c>
       <c r="G298" s="3">
         <v>10</v>
       </c>
       <c r="H298" s="3">
         <v>100</v>
       </c>
       <c r="I298" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="3" t="s">
         <v>572</v>
       </c>
       <c r="B299" s="3" t="s">
         <v>573</v>
       </c>
       <c r="C299" s="3">
         <v>153.3</v>
       </c>
       <c r="D299" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E299" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F299" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G299" s="3">
         <v>10</v>
       </c>
       <c r="H299" s="3">
         <v>100</v>
       </c>
       <c r="I299" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
         <v>574</v>
       </c>
       <c r="B300" s="3" t="s">
         <v>575</v>
       </c>
       <c r="C300" s="3">
         <v>153.3</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E300" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F300" s="3">
-        <v>364</v>
+        <v>0</v>
       </c>
       <c r="G300" s="3">
         <v>10</v>
       </c>
       <c r="H300" s="3">
         <v>100</v>
       </c>
       <c r="I300" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="3" t="s">
         <v>576</v>
       </c>
       <c r="B301" s="3" t="s">
         <v>577</v>
       </c>
       <c r="C301" s="3">
-        <v>153.3</v>
+        <v>104.56</v>
       </c>
       <c r="D301" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E301" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F301" s="3">
-        <v>20</v>
+        <v>685</v>
       </c>
       <c r="G301" s="3">
         <v>10</v>
       </c>
       <c r="H301" s="3">
         <v>100</v>
       </c>
       <c r="I301" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
         <v>578</v>
       </c>
       <c r="B302" s="3" t="s">
         <v>579</v>
       </c>
       <c r="C302" s="3">
         <v>153.3</v>
       </c>
       <c r="D302" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E302" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F302" s="3">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="G302" s="3">
         <v>10</v>
       </c>
       <c r="H302" s="3">
         <v>100</v>
       </c>
       <c r="I302" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A303" s="3" t="s">
         <v>580</v>
       </c>
       <c r="B303" s="3" t="s">
         <v>581</v>
       </c>
       <c r="C303" s="3">
-        <v>95.76</v>
+        <v>84.69</v>
       </c>
       <c r="D303" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E303" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F303" s="3">
-        <v>1935</v>
+        <v>13850</v>
       </c>
       <c r="G303" s="3">
         <v>10</v>
       </c>
       <c r="H303" s="3">
         <v>100</v>
       </c>
       <c r="I303" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" s="3" t="s">
         <v>582</v>
       </c>
       <c r="B304" s="3" t="s">
         <v>583</v>
       </c>
       <c r="C304" s="3">
-        <v>137.58</v>
+        <v>153.3</v>
       </c>
       <c r="D304" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E304" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F304" s="3">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="G304" s="3">
         <v>10</v>
       </c>
       <c r="H304" s="3">
         <v>100</v>
       </c>
       <c r="I304" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
         <v>584</v>
       </c>
       <c r="B305" s="3" t="s">
         <v>585</v>
       </c>
       <c r="C305" s="3">
         <v>153.3</v>
       </c>
       <c r="D305" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E305" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F305" s="3">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="G305" s="3">
         <v>10</v>
       </c>
       <c r="H305" s="3">
         <v>100</v>
       </c>
       <c r="I305" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A306" s="3" t="s">
+      <c r="A306" s="2" t="s">
         <v>586</v>
       </c>
-      <c r="B306" s="3" t="s">
+      <c r="B306" s="2"/>
+      <c r="C306" s="2"/>
+      <c r="D306" s="2"/>
+      <c r="E306" s="2"/>
+      <c r="F306" s="2"/>
+      <c r="G306" s="2"/>
+      <c r="H306" s="2"/>
+      <c r="I306" s="2"/>
+    </row>
+    <row r="307" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A307" s="3" t="s">
         <v>587</v>
       </c>
-      <c r="C306" s="3">
-[...22 lines deleted...]
-      <c r="A307" s="2" t="s">
+      <c r="B307" s="3" t="s">
         <v>588</v>
       </c>
-      <c r="B307" s="2"/>
-[...6 lines deleted...]
-      <c r="I307" s="2"/>
+      <c r="C307" s="3">
+        <v>526.78</v>
+      </c>
+      <c r="D307" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E307" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F307" s="3">
+        <v>3</v>
+      </c>
+      <c r="G307" s="3">
+        <v>5</v>
+      </c>
+      <c r="H307" s="3">
+        <v>50</v>
+      </c>
+      <c r="I307" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="3" t="s">
         <v>589</v>
       </c>
       <c r="B308" s="3" t="s">
         <v>590</v>
       </c>
       <c r="C308" s="3">
-        <v>100.81</v>
+        <v>382.51</v>
       </c>
       <c r="D308" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E308" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F308" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="G308" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H308" s="3">
         <v>100</v>
       </c>
       <c r="I308" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" s="3" t="s">
         <v>591</v>
       </c>
       <c r="B309" s="3" t="s">
         <v>592</v>
       </c>
       <c r="C309" s="3">
-        <v>100.81</v>
+        <v>408.46</v>
       </c>
       <c r="D309" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E309" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F309" s="3">
-        <v>486</v>
+        <v>0</v>
       </c>
       <c r="G309" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H309" s="3">
         <v>100</v>
       </c>
       <c r="I309" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" s="3" t="s">
         <v>593</v>
       </c>
       <c r="B310" s="3" t="s">
         <v>594</v>
       </c>
       <c r="C310" s="3">
-        <v>137.58</v>
+        <v>408.46</v>
       </c>
       <c r="D310" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E310" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F310" s="3">
         <v>0</v>
       </c>
       <c r="G310" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H310" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I310" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="3" t="s">
         <v>595</v>
       </c>
       <c r="B311" s="3" t="s">
         <v>596</v>
       </c>
       <c r="C311" s="3">
-        <v>153.3</v>
+        <v>490.15</v>
       </c>
       <c r="D311" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E311" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F311" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G311" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H311" s="3">
         <v>100</v>
       </c>
       <c r="I311" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A312" s="3" t="s">
+      <c r="A312" s="2" t="s">
         <v>597</v>
       </c>
-      <c r="B312" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B312" s="2"/>
+      <c r="C312" s="2"/>
+      <c r="D312" s="2"/>
+      <c r="E312" s="2"/>
+      <c r="F312" s="2"/>
+      <c r="G312" s="2"/>
+      <c r="H312" s="2"/>
+      <c r="I312" s="2"/>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
+        <v>598</v>
+      </c>
+      <c r="B313" s="3" t="s">
         <v>599</v>
       </c>
-      <c r="B313" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C313" s="3">
-        <v>153.3</v>
+        <v>100.81</v>
       </c>
       <c r="D313" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E313" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F313" s="3">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G313" s="3">
         <v>10</v>
       </c>
       <c r="H313" s="3">
         <v>100</v>
       </c>
       <c r="I313" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A314" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="B314" s="3" t="s">
         <v>601</v>
-      </c>
-[...1 lines deleted...]
-        <v>602</v>
       </c>
       <c r="C314" s="3">
         <v>153.3</v>
       </c>
       <c r="D314" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E314" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F314" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G314" s="3">
         <v>10</v>
       </c>
       <c r="H314" s="3">
         <v>100</v>
       </c>
       <c r="I314" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A315" s="3" t="s">
+        <v>602</v>
+      </c>
+      <c r="B315" s="3" t="s">
         <v>603</v>
       </c>
-      <c r="B315" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C315" s="3">
-        <v>153.3</v>
+        <v>100.81</v>
       </c>
       <c r="D315" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E315" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F315" s="3">
         <v>0</v>
       </c>
       <c r="G315" s="3">
         <v>10</v>
       </c>
       <c r="H315" s="3">
         <v>100</v>
       </c>
       <c r="I315" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A316" s="3" t="s">
+        <v>604</v>
+      </c>
+      <c r="B316" s="3" t="s">
         <v>605</v>
-      </c>
-[...1 lines deleted...]
-        <v>606</v>
       </c>
       <c r="C316" s="3">
         <v>137.58</v>
       </c>
       <c r="D316" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E316" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F316" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G316" s="3">
         <v>10</v>
       </c>
       <c r="H316" s="3">
         <v>100</v>
       </c>
       <c r="I316" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A317" s="2" t="s">
+      <c r="A317" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="B317" s="3" t="s">
         <v>607</v>
       </c>
-      <c r="B317" s="2"/>
-[...6 lines deleted...]
-      <c r="I317" s="2"/>
+      <c r="C317" s="3">
+        <v>137.58</v>
+      </c>
+      <c r="D317" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E317" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F317" s="3">
+        <v>3</v>
+      </c>
+      <c r="G317" s="3">
+        <v>10</v>
+      </c>
+      <c r="H317" s="3">
+        <v>100</v>
+      </c>
+      <c r="I317" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="3" t="s">
         <v>608</v>
       </c>
       <c r="B318" s="3" t="s">
         <v>609</v>
       </c>
       <c r="C318" s="3">
-        <v>124.5</v>
+        <v>153.3</v>
       </c>
       <c r="D318" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E318" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F318" s="3">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G318" s="3">
         <v>10</v>
       </c>
       <c r="H318" s="3">
         <v>100</v>
       </c>
       <c r="I318" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A319" s="3" t="s">
         <v>610</v>
       </c>
       <c r="B319" s="3" t="s">
         <v>611</v>
       </c>
       <c r="C319" s="3">
-        <v>137.82</v>
+        <v>153.3</v>
       </c>
       <c r="D319" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E319" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F319" s="3">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G319" s="3">
         <v>10</v>
       </c>
       <c r="H319" s="3">
         <v>100</v>
       </c>
       <c r="I319" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A320" s="2" t="s">
+      <c r="A320" s="3" t="s">
         <v>612</v>
       </c>
-      <c r="B320" s="2"/>
-[...6 lines deleted...]
-      <c r="I320" s="2"/>
+      <c r="B320" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="C320" s="3">
+        <v>153.3</v>
+      </c>
+      <c r="D320" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E320" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F320" s="3">
+        <v>7</v>
+      </c>
+      <c r="G320" s="3">
+        <v>10</v>
+      </c>
+      <c r="H320" s="3">
+        <v>100</v>
+      </c>
+      <c r="I320" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A321" s="3" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C321" s="3">
-        <v>137.58</v>
+        <v>153.3</v>
       </c>
       <c r="D321" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E321" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F321" s="3">
         <v>0</v>
       </c>
       <c r="G321" s="3">
         <v>10</v>
       </c>
       <c r="H321" s="3">
         <v>100</v>
       </c>
       <c r="I321" s="3">
         <v>1</v>
       </c>
     </row>
-    <row r="322" spans="1:9" x14ac:dyDescent="0.25">
-[...649 lines deleted...]
-    </row>
   </sheetData>
-  <mergeCells count="38">
+  <mergeCells count="36">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
-    <mergeCell ref="A20:I20"/>
-[...24 lines deleted...]
-    <mergeCell ref="A251:I251"/>
+    <mergeCell ref="A19:I19"/>
+    <mergeCell ref="A38:I38"/>
+    <mergeCell ref="A42:I42"/>
+    <mergeCell ref="A60:I60"/>
+    <mergeCell ref="A75:I75"/>
+    <mergeCell ref="A85:I85"/>
+    <mergeCell ref="A90:I90"/>
+    <mergeCell ref="A97:I97"/>
+    <mergeCell ref="A113:I113"/>
+    <mergeCell ref="A116:I116"/>
+    <mergeCell ref="A120:I120"/>
+    <mergeCell ref="A121:I121"/>
+    <mergeCell ref="A123:I123"/>
+    <mergeCell ref="A125:I125"/>
+    <mergeCell ref="A136:I136"/>
+    <mergeCell ref="A141:I141"/>
+    <mergeCell ref="A155:I155"/>
+    <mergeCell ref="A161:I161"/>
+    <mergeCell ref="A188:I188"/>
+    <mergeCell ref="A195:I195"/>
+    <mergeCell ref="A198:I198"/>
+    <mergeCell ref="A222:I222"/>
+    <mergeCell ref="A232:I232"/>
+    <mergeCell ref="A237:I237"/>
+    <mergeCell ref="A240:I240"/>
+    <mergeCell ref="A250:I250"/>
     <mergeCell ref="A254:I254"/>
-    <mergeCell ref="A272:I272"/>
-[...6 lines deleted...]
-    <mergeCell ref="A339:I339"/>
+    <mergeCell ref="A255:I255"/>
+    <mergeCell ref="A266:I266"/>
+    <mergeCell ref="A284:I284"/>
+    <mergeCell ref="A287:I287"/>
+    <mergeCell ref="A306:I306"/>
+    <mergeCell ref="A312:I312"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
-    <hyperlink ref="D19" r:id="rId15"/>
+    <hyperlink ref="D20" r:id="rId15"/>
     <hyperlink ref="D21" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D25" r:id="rId20"/>
     <hyperlink ref="D26" r:id="rId21"/>
     <hyperlink ref="D27" r:id="rId22"/>
     <hyperlink ref="D28" r:id="rId23"/>
     <hyperlink ref="D29" r:id="rId24"/>
     <hyperlink ref="D30" r:id="rId25"/>
     <hyperlink ref="D31" r:id="rId26"/>
     <hyperlink ref="D32" r:id="rId27"/>
     <hyperlink ref="D33" r:id="rId28"/>
     <hyperlink ref="D34" r:id="rId29"/>
     <hyperlink ref="D35" r:id="rId30"/>
     <hyperlink ref="D36" r:id="rId31"/>
     <hyperlink ref="D37" r:id="rId32"/>
-    <hyperlink ref="D38" r:id="rId33"/>
+    <hyperlink ref="D39" r:id="rId33"/>
     <hyperlink ref="D40" r:id="rId34"/>
     <hyperlink ref="D41" r:id="rId35"/>
-    <hyperlink ref="D42" r:id="rId36"/>
+    <hyperlink ref="D43" r:id="rId36"/>
     <hyperlink ref="D44" r:id="rId37"/>
     <hyperlink ref="D45" r:id="rId38"/>
     <hyperlink ref="D46" r:id="rId39"/>
     <hyperlink ref="D47" r:id="rId40"/>
     <hyperlink ref="D48" r:id="rId41"/>
     <hyperlink ref="D49" r:id="rId42"/>
     <hyperlink ref="D50" r:id="rId43"/>
     <hyperlink ref="D51" r:id="rId44"/>
     <hyperlink ref="D52" r:id="rId45"/>
     <hyperlink ref="D53" r:id="rId46"/>
     <hyperlink ref="D54" r:id="rId47"/>
     <hyperlink ref="D55" r:id="rId48"/>
     <hyperlink ref="D56" r:id="rId49"/>
     <hyperlink ref="D57" r:id="rId50"/>
     <hyperlink ref="D58" r:id="rId51"/>
     <hyperlink ref="D59" r:id="rId52"/>
-    <hyperlink ref="D60" r:id="rId53"/>
+    <hyperlink ref="D61" r:id="rId53"/>
     <hyperlink ref="D62" r:id="rId54"/>
     <hyperlink ref="D63" r:id="rId55"/>
     <hyperlink ref="D64" r:id="rId56"/>
     <hyperlink ref="D65" r:id="rId57"/>
     <hyperlink ref="D66" r:id="rId58"/>
     <hyperlink ref="D67" r:id="rId59"/>
     <hyperlink ref="D68" r:id="rId60"/>
     <hyperlink ref="D69" r:id="rId61"/>
     <hyperlink ref="D70" r:id="rId62"/>
     <hyperlink ref="D71" r:id="rId63"/>
     <hyperlink ref="D72" r:id="rId64"/>
     <hyperlink ref="D73" r:id="rId65"/>
     <hyperlink ref="D74" r:id="rId66"/>
-    <hyperlink ref="D75" r:id="rId67"/>
+    <hyperlink ref="D76" r:id="rId67"/>
     <hyperlink ref="D77" r:id="rId68"/>
     <hyperlink ref="D78" r:id="rId69"/>
     <hyperlink ref="D79" r:id="rId70"/>
     <hyperlink ref="D80" r:id="rId71"/>
     <hyperlink ref="D81" r:id="rId72"/>
     <hyperlink ref="D82" r:id="rId73"/>
     <hyperlink ref="D83" r:id="rId74"/>
     <hyperlink ref="D84" r:id="rId75"/>
-    <hyperlink ref="D85" r:id="rId76"/>
-[...1 lines deleted...]
-    <hyperlink ref="D87" r:id="rId78"/>
+    <hyperlink ref="D86" r:id="rId76"/>
+    <hyperlink ref="D87" r:id="rId77"/>
+    <hyperlink ref="D88" r:id="rId78"/>
     <hyperlink ref="D89" r:id="rId79"/>
-    <hyperlink ref="D90" r:id="rId80"/>
-[...3 lines deleted...]
-    <hyperlink ref="D94" r:id="rId84"/>
+    <hyperlink ref="D91" r:id="rId80"/>
+    <hyperlink ref="D92" r:id="rId81"/>
+    <hyperlink ref="D93" r:id="rId82"/>
+    <hyperlink ref="D94" r:id="rId83"/>
+    <hyperlink ref="D95" r:id="rId84"/>
     <hyperlink ref="D96" r:id="rId85"/>
-    <hyperlink ref="D97" r:id="rId86"/>
-[...4 lines deleted...]
-    <hyperlink ref="D102" r:id="rId91"/>
+    <hyperlink ref="D98" r:id="rId86"/>
+    <hyperlink ref="D99" r:id="rId87"/>
+    <hyperlink ref="D100" r:id="rId88"/>
+    <hyperlink ref="D101" r:id="rId89"/>
+    <hyperlink ref="D102" r:id="rId90"/>
+    <hyperlink ref="D103" r:id="rId91"/>
     <hyperlink ref="D104" r:id="rId92"/>
     <hyperlink ref="D105" r:id="rId93"/>
     <hyperlink ref="D106" r:id="rId94"/>
     <hyperlink ref="D107" r:id="rId95"/>
     <hyperlink ref="D108" r:id="rId96"/>
     <hyperlink ref="D109" r:id="rId97"/>
     <hyperlink ref="D110" r:id="rId98"/>
     <hyperlink ref="D111" r:id="rId99"/>
     <hyperlink ref="D112" r:id="rId100"/>
-    <hyperlink ref="D113" r:id="rId101"/>
-[...13 lines deleted...]
-    <hyperlink ref="D132" r:id="rId115"/>
+    <hyperlink ref="D114" r:id="rId101"/>
+    <hyperlink ref="D115" r:id="rId102"/>
+    <hyperlink ref="D117" r:id="rId103"/>
+    <hyperlink ref="D118" r:id="rId104"/>
+    <hyperlink ref="D119" r:id="rId105"/>
+    <hyperlink ref="D122" r:id="rId106"/>
+    <hyperlink ref="D124" r:id="rId107"/>
+    <hyperlink ref="D126" r:id="rId108"/>
+    <hyperlink ref="D127" r:id="rId109"/>
+    <hyperlink ref="D128" r:id="rId110"/>
+    <hyperlink ref="D129" r:id="rId111"/>
+    <hyperlink ref="D130" r:id="rId112"/>
+    <hyperlink ref="D131" r:id="rId113"/>
+    <hyperlink ref="D132" r:id="rId114"/>
+    <hyperlink ref="D133" r:id="rId115"/>
     <hyperlink ref="D134" r:id="rId116"/>
-    <hyperlink ref="D136" r:id="rId117"/>
-[...3 lines deleted...]
-    <hyperlink ref="D141" r:id="rId121"/>
+    <hyperlink ref="D135" r:id="rId117"/>
+    <hyperlink ref="D137" r:id="rId118"/>
+    <hyperlink ref="D138" r:id="rId119"/>
+    <hyperlink ref="D139" r:id="rId120"/>
+    <hyperlink ref="D140" r:id="rId121"/>
     <hyperlink ref="D142" r:id="rId122"/>
     <hyperlink ref="D143" r:id="rId123"/>
     <hyperlink ref="D144" r:id="rId124"/>
     <hyperlink ref="D145" r:id="rId125"/>
     <hyperlink ref="D146" r:id="rId126"/>
     <hyperlink ref="D147" r:id="rId127"/>
-    <hyperlink ref="D149" r:id="rId128"/>
-[...10 lines deleted...]
-    <hyperlink ref="D161" r:id="rId139"/>
+    <hyperlink ref="D148" r:id="rId128"/>
+    <hyperlink ref="D149" r:id="rId129"/>
+    <hyperlink ref="D150" r:id="rId130"/>
+    <hyperlink ref="D151" r:id="rId131"/>
+    <hyperlink ref="D152" r:id="rId132"/>
+    <hyperlink ref="D153" r:id="rId133"/>
+    <hyperlink ref="D154" r:id="rId134"/>
+    <hyperlink ref="D156" r:id="rId135"/>
+    <hyperlink ref="D157" r:id="rId136"/>
+    <hyperlink ref="D158" r:id="rId137"/>
+    <hyperlink ref="D159" r:id="rId138"/>
+    <hyperlink ref="D160" r:id="rId139"/>
     <hyperlink ref="D162" r:id="rId140"/>
     <hyperlink ref="D163" r:id="rId141"/>
     <hyperlink ref="D164" r:id="rId142"/>
     <hyperlink ref="D165" r:id="rId143"/>
     <hyperlink ref="D166" r:id="rId144"/>
     <hyperlink ref="D167" r:id="rId145"/>
-    <hyperlink ref="D169" r:id="rId146"/>
-[...24 lines deleted...]
-    <hyperlink ref="D195" r:id="rId171"/>
+    <hyperlink ref="D168" r:id="rId146"/>
+    <hyperlink ref="D169" r:id="rId147"/>
+    <hyperlink ref="D170" r:id="rId148"/>
+    <hyperlink ref="D171" r:id="rId149"/>
+    <hyperlink ref="D172" r:id="rId150"/>
+    <hyperlink ref="D173" r:id="rId151"/>
+    <hyperlink ref="D174" r:id="rId152"/>
+    <hyperlink ref="D175" r:id="rId153"/>
+    <hyperlink ref="D176" r:id="rId154"/>
+    <hyperlink ref="D177" r:id="rId155"/>
+    <hyperlink ref="D178" r:id="rId156"/>
+    <hyperlink ref="D179" r:id="rId157"/>
+    <hyperlink ref="D180" r:id="rId158"/>
+    <hyperlink ref="D181" r:id="rId159"/>
+    <hyperlink ref="D182" r:id="rId160"/>
+    <hyperlink ref="D183" r:id="rId161"/>
+    <hyperlink ref="D184" r:id="rId162"/>
+    <hyperlink ref="D185" r:id="rId163"/>
+    <hyperlink ref="D186" r:id="rId164"/>
+    <hyperlink ref="D187" r:id="rId165"/>
+    <hyperlink ref="D189" r:id="rId166"/>
+    <hyperlink ref="D190" r:id="rId167"/>
+    <hyperlink ref="D191" r:id="rId168"/>
+    <hyperlink ref="D192" r:id="rId169"/>
+    <hyperlink ref="D193" r:id="rId170"/>
+    <hyperlink ref="D194" r:id="rId171"/>
     <hyperlink ref="D196" r:id="rId172"/>
     <hyperlink ref="D197" r:id="rId173"/>
-    <hyperlink ref="D198" r:id="rId174"/>
-[...1 lines deleted...]
-    <hyperlink ref="D200" r:id="rId176"/>
+    <hyperlink ref="D199" r:id="rId174"/>
+    <hyperlink ref="D200" r:id="rId175"/>
+    <hyperlink ref="D201" r:id="rId176"/>
     <hyperlink ref="D202" r:id="rId177"/>
     <hyperlink ref="D203" r:id="rId178"/>
     <hyperlink ref="D204" r:id="rId179"/>
     <hyperlink ref="D205" r:id="rId180"/>
     <hyperlink ref="D206" r:id="rId181"/>
     <hyperlink ref="D207" r:id="rId182"/>
-    <hyperlink ref="D209" r:id="rId183"/>
-[...21 lines deleted...]
-    <hyperlink ref="D232" r:id="rId205"/>
+    <hyperlink ref="D208" r:id="rId183"/>
+    <hyperlink ref="D209" r:id="rId184"/>
+    <hyperlink ref="D210" r:id="rId185"/>
+    <hyperlink ref="D211" r:id="rId186"/>
+    <hyperlink ref="D212" r:id="rId187"/>
+    <hyperlink ref="D213" r:id="rId188"/>
+    <hyperlink ref="D214" r:id="rId189"/>
+    <hyperlink ref="D215" r:id="rId190"/>
+    <hyperlink ref="D216" r:id="rId191"/>
+    <hyperlink ref="D217" r:id="rId192"/>
+    <hyperlink ref="D218" r:id="rId193"/>
+    <hyperlink ref="D219" r:id="rId194"/>
+    <hyperlink ref="D220" r:id="rId195"/>
+    <hyperlink ref="D221" r:id="rId196"/>
+    <hyperlink ref="D223" r:id="rId197"/>
+    <hyperlink ref="D224" r:id="rId198"/>
+    <hyperlink ref="D225" r:id="rId199"/>
+    <hyperlink ref="D226" r:id="rId200"/>
+    <hyperlink ref="D227" r:id="rId201"/>
+    <hyperlink ref="D228" r:id="rId202"/>
+    <hyperlink ref="D229" r:id="rId203"/>
+    <hyperlink ref="D230" r:id="rId204"/>
+    <hyperlink ref="D231" r:id="rId205"/>
     <hyperlink ref="D233" r:id="rId206"/>
     <hyperlink ref="D234" r:id="rId207"/>
     <hyperlink ref="D235" r:id="rId208"/>
-    <hyperlink ref="D237" r:id="rId209"/>
+    <hyperlink ref="D236" r:id="rId209"/>
     <hyperlink ref="D238" r:id="rId210"/>
     <hyperlink ref="D239" r:id="rId211"/>
-    <hyperlink ref="D240" r:id="rId212"/>
-[...4 lines deleted...]
-    <hyperlink ref="D245" r:id="rId217"/>
+    <hyperlink ref="D241" r:id="rId212"/>
+    <hyperlink ref="D242" r:id="rId213"/>
+    <hyperlink ref="D243" r:id="rId214"/>
+    <hyperlink ref="D244" r:id="rId215"/>
+    <hyperlink ref="D245" r:id="rId216"/>
+    <hyperlink ref="D246" r:id="rId217"/>
     <hyperlink ref="D247" r:id="rId218"/>
     <hyperlink ref="D248" r:id="rId219"/>
     <hyperlink ref="D249" r:id="rId220"/>
-    <hyperlink ref="D250" r:id="rId221"/>
+    <hyperlink ref="D251" r:id="rId221"/>
     <hyperlink ref="D252" r:id="rId222"/>
     <hyperlink ref="D253" r:id="rId223"/>
-    <hyperlink ref="D255" r:id="rId224"/>
-[...25 lines deleted...]
-    <hyperlink ref="D284" r:id="rId250"/>
+    <hyperlink ref="D256" r:id="rId224"/>
+    <hyperlink ref="D257" r:id="rId225"/>
+    <hyperlink ref="D258" r:id="rId226"/>
+    <hyperlink ref="D259" r:id="rId227"/>
+    <hyperlink ref="D260" r:id="rId228"/>
+    <hyperlink ref="D261" r:id="rId229"/>
+    <hyperlink ref="D262" r:id="rId230"/>
+    <hyperlink ref="D263" r:id="rId231"/>
+    <hyperlink ref="D264" r:id="rId232"/>
+    <hyperlink ref="D265" r:id="rId233"/>
+    <hyperlink ref="D267" r:id="rId234"/>
+    <hyperlink ref="D268" r:id="rId235"/>
+    <hyperlink ref="D269" r:id="rId236"/>
+    <hyperlink ref="D270" r:id="rId237"/>
+    <hyperlink ref="D271" r:id="rId238"/>
+    <hyperlink ref="D272" r:id="rId239"/>
+    <hyperlink ref="D273" r:id="rId240"/>
+    <hyperlink ref="D274" r:id="rId241"/>
+    <hyperlink ref="D275" r:id="rId242"/>
+    <hyperlink ref="D276" r:id="rId243"/>
+    <hyperlink ref="D277" r:id="rId244"/>
+    <hyperlink ref="D278" r:id="rId245"/>
+    <hyperlink ref="D279" r:id="rId246"/>
+    <hyperlink ref="D280" r:id="rId247"/>
+    <hyperlink ref="D281" r:id="rId248"/>
+    <hyperlink ref="D282" r:id="rId249"/>
+    <hyperlink ref="D283" r:id="rId250"/>
     <hyperlink ref="D285" r:id="rId251"/>
     <hyperlink ref="D286" r:id="rId252"/>
-    <hyperlink ref="D287" r:id="rId253"/>
+    <hyperlink ref="D288" r:id="rId253"/>
     <hyperlink ref="D289" r:id="rId254"/>
     <hyperlink ref="D290" r:id="rId255"/>
     <hyperlink ref="D291" r:id="rId256"/>
     <hyperlink ref="D292" r:id="rId257"/>
     <hyperlink ref="D293" r:id="rId258"/>
     <hyperlink ref="D294" r:id="rId259"/>
     <hyperlink ref="D295" r:id="rId260"/>
     <hyperlink ref="D296" r:id="rId261"/>
     <hyperlink ref="D297" r:id="rId262"/>
     <hyperlink ref="D298" r:id="rId263"/>
     <hyperlink ref="D299" r:id="rId264"/>
     <hyperlink ref="D300" r:id="rId265"/>
     <hyperlink ref="D301" r:id="rId266"/>
     <hyperlink ref="D302" r:id="rId267"/>
     <hyperlink ref="D303" r:id="rId268"/>
     <hyperlink ref="D304" r:id="rId269"/>
     <hyperlink ref="D305" r:id="rId270"/>
-    <hyperlink ref="D306" r:id="rId271"/>
+    <hyperlink ref="D307" r:id="rId271"/>
     <hyperlink ref="D308" r:id="rId272"/>
     <hyperlink ref="D309" r:id="rId273"/>
     <hyperlink ref="D310" r:id="rId274"/>
     <hyperlink ref="D311" r:id="rId275"/>
-    <hyperlink ref="D312" r:id="rId276"/>
-[...3 lines deleted...]
-    <hyperlink ref="D316" r:id="rId280"/>
+    <hyperlink ref="D313" r:id="rId276"/>
+    <hyperlink ref="D314" r:id="rId277"/>
+    <hyperlink ref="D315" r:id="rId278"/>
+    <hyperlink ref="D316" r:id="rId279"/>
+    <hyperlink ref="D317" r:id="rId280"/>
     <hyperlink ref="D318" r:id="rId281"/>
     <hyperlink ref="D319" r:id="rId282"/>
-    <hyperlink ref="D321" r:id="rId283"/>
-[...21 lines deleted...]
-    <hyperlink ref="D344" r:id="rId305"/>
+    <hyperlink ref="D320" r:id="rId283"/>
+    <hyperlink ref="D321" r:id="rId284"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>