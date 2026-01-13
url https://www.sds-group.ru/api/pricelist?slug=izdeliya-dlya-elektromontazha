--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -8,5020 +8,4978 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3252" uniqueCount="1656">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3224" uniqueCount="1642">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Изделия для электромонтажа</t>
   </si>
   <si>
-    <t>1.1 Наборы розничные</t>
+    <t>1.1 Наконечники и гильзы кабельные слаботочные</t>
+  </si>
+  <si>
+    <t>1.1.1 Разъемы изолированные</t>
+  </si>
+  <si>
+    <t>08-0211</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный гнездо 4 мм 0.5-1.5 мм² (РШи-м 1.5-4/РШИм 1,25-5-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>08-0311-10</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(2.8)/РпИп 1,25-3-0,8 штекер 2.8 мм 0.5-1.5 мм² красная (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>блистер</t>
+  </si>
+  <si>
+    <t>08-0351-10</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 6.0-(6.3)/РпИп 5-6-0,8 штекер 6.3 мм 4-6 мм² желтая (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0652</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная в нейлоне РПи-м(н) 6.0-(6.3)/РпИм-н 6-7-0,8 гнездо 6.6 мм, 4-6 мм², желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0351</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 6.0-(6.3)/РпИп 5-6-0,8 штекер 6.3 мм 4-6 мм² желтая REXANT</t>
+  </si>
+  <si>
+    <t>08-0651</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 6.0-(6.3)/РпИмп 5,5-6-0,5 гнездо 6.6 мм 4-6 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0561</t>
+  </si>
+  <si>
+    <t>Разъем штекерный полностью изолированный штекер 4 мм 0.5-1.5 мм² (РШПи-п 1.5-4/РшИпп 1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0434</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(9.0)/РпИм 2.5-9.0 гнездо 9 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0613</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная в нейлоне РПи-м(н) 1.5-(6.3)/РпИм-н 1,25-7-0,8 гнездо 6.6 мм, 0.5-1.5 мм², красный REXANT</t>
+  </si>
+  <si>
+    <t>06-0394-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 2.5-(4.8)/РпИмп 2-5-0,8 гнездо 5.6 мм 1.5-2.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>06-0383-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(6.3)/РпИп 1,25-6-0,8 штекер 6.3 мм 0.5-1.5 мм², красный, в упак. 10 шт.  REXANT</t>
+  </si>
+  <si>
+    <t>06-0391-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 6.0-(6.3)/РпИм 5,5-6-0,5 гнездо 6.6 мм, 4-6 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0314</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная термоусаживаемая РПи-п-т 1.5-(6.3)/РпИп-т 1,25-7-0,8 штекер 6.35 мм 0.5-1.5 мм² красный   REXANT</t>
+  </si>
+  <si>
+    <t>08-0571</t>
+  </si>
+  <si>
+    <t>Разъем штекерный полностью изолированный штекер 4 мм 1.5-2.5 мм² (РШПи-п 2.5-4/РшИпп 2-5-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>06-0386-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(4.8)/РпИм 1,25-5-0,8 гнездо - 5.6 мм, 0.5-1.5мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0387-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(6.3)/РпИм 1,25-250 гнездо - 6.6 мм, 0.5-1.5 мм²,  в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0388-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(2.8)/РпИм 2-250 гнездо 3.8 мм, 1.5-2.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0389-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(4.8)/РпИм 2-5-0,8 гнездо - 5.6 мм, 1.5-2.5 мм², в упак. 10 шт.REXANT</t>
+  </si>
+  <si>
+    <t>06-0390-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(6.3)/РпИм 2-250 гнездо 6.6 мм, 1.5-2.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0385-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(2.8)/РпИм 1,25-250 гнездо 3.8 мм, 0.5-1.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0393-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 1.5-(6.3)/РпИмп 1,25-250 гнездо 6.6 мм 0.5-1.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0395-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 2.5-(6.3)/РпИмп 2-250 гнездо 6.6 мм 1.5-2.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0354</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная термоусаживаемая РПи-п-т 6.0-(6.3)/РпИп-т 6-7-0,8 штекер 6.35 мм 4-6 мм² желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0614</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная термоусаживаемая РПи-м-т 1.5-(6.3)/РпИм-т 1,25-7-0,8 гнездо 6.6 мм 0.5-1.5 мм² красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0634</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная термоусаживаемая РПи-м-т 2.5-(6.3)/РпИм-т 2-7-0,8 гнездо 6.6 мм 1.5-2.5 мм² синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0334</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная термоусаживаемая РПи-п-т 2.5-(6.3)/РпИп-т 2-7-0,8 штекер 6.35 мм 1.5-2.5 мм² синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0654</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная термоусаживаемая РПи-м-т 6.0-(6.3)/РпИм-т 6-7-0,8 гнездо 6.6 мм 4-6 мм² желтый REXANT</t>
+  </si>
+  <si>
+    <t>06-0392-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 1.5-(4.8)/РпИмп 1,25-5-0,8 гнездо 5.6 мм 0.5-1.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0384-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 2.5-(6.3)/РпИп 2-6-0,8 штекер 6.3 мм 1.5-2.5 мм², синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0951</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 6.3 мм 1-1.5 мм² (РП-п 1.5-(6.3)) + колодка REXANT</t>
+  </si>
+  <si>
+    <t>08-0414</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-О 1.5-(6.3)/РпИо 1.5-7.5 гнездо 6.6 мм + штекер - 6.3 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0981</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 6.3 мм 1-1.5 мм² (РП-м 1.5-(6.3)) + колодка REXANT</t>
+  </si>
+  <si>
+    <t>08-0411</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(2.8)/РпИм 1,25-250 гнездо 3.8 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0271</t>
+  </si>
+  <si>
+    <t>Разъем штекерный полностью изолированный гнездо 4 мм 1.5-2.5 мм² (РШПи-м 2.5-4/РшИмп 2-5-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0424</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-О 2.5-(6.3)/РпИо 2.5-7.5 гнездо 6.6 мм + штекер - 6.3 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0633</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная в нейлоне РПи-м(н) 2.5-(6.3)/РпИм-н 2-7-0,8 гнездо 6.6 мм, 1.5-2.5 мм², синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0232</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный гнездо 5 мм 4-6 мм² (РШи-м 6.0-5/РШИм 5,5-6-4) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0452</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-О 6.0-(6.3)/РпИо 6.0-7.5 гнездо 6.6 мм + штекер - 6.3 мм 4-6 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0412</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(4.8)/РпИм 1,25-5 гнездо 5.6 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0413</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(6.3)/РпИм 1,25-250 гнездо 6.6 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0431</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(2.8)/РпИм 2-250 гнездо 3.8 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0432</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(4.8)/РпИм 2-5 гнездо 5.6 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0433</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(6.3)/РпИм 2-250 гнездо 6.6 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0451</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 6.0-(6.3)/РпИм 5,5-6-0,5 гнездо 6.6 мм 4-6 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0311</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(2.8)/РпИп 1,25-3-0,8 штекер 2.8 мм 0.5-1.5 мм² красная  REXANT</t>
+  </si>
+  <si>
+    <t>08-0312</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(4.8)/РПИп 1,25-5 штекер 4.8 мм 0.5-1.5 мм² красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0313</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(6.3)/РпИп 1,25-6-0,8 штекер 6.3 мм 0.5-1.5 мм² красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0331</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 2.5-(2.8)/РпИп 2-3-0,8 штекер 2.8 мм 1.5-2.5 мм² синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0332</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 2.5-(4.8)/РПИп 2-5-0,8 штекер 4.8 мм 1.5-2.5 мм² синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0333</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 2.5-(6.3)/РпИп 2-6-0,8 штекер 6.3 мм 1.5-2.5 мм² синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0611</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 1.5-(4.8)/РпИмп 1,25-5-0,8 гнездо 5.6 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0612</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 1.5-(6.3)/РпИмп 1,25-250 гнездо 6.6 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0631</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 2.5-(4.8)/РпИмп 2-5-0,8 гнездо 5.6 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0632</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 2.5-(6.3)/РпИмп 2-250 гнездо 6.6 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0511</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный штекер 4 мм 0.5-1.5 мм² (РШи-п 1.5-4/РШИп 1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0521</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный штекер 4 мм 1.5-2.5 мм² (РШи-п 2.5-4/РШИп 2-5-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0531</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный штекер 5 мм 4-6 мм² (РШи-п 6.0-5/РшИп5.5-4) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0221</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный гнездо 4 мм 1.5-2.5 мм² (РШи-м 2.5-4/РШИм 2-5-4 ) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0261</t>
+  </si>
+  <si>
+    <t>Разъем штекерный полностью изолированный гнездо 4 мм 0.5-1.5 мм² (РШПи-м 1.5-4/РшИмп 1,25-5-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>1.1.2 Разъемы неизолированные</t>
+  </si>
+  <si>
+    <t>08-0920</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 5,6 мм 0.75-1.5 мм² (РП-м 1.5-(4.8)) REXANT</t>
+  </si>
+  <si>
+    <t>08-0921</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 7.5 мм 1-2.5 мм² (РП-м 2.5-(6.3)) REXANT</t>
+  </si>
+  <si>
+    <t>08-0912</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 7.7 мм 0.75-1.5 мм² (РП-м 1.5-(6.3)) REXANT</t>
+  </si>
+  <si>
+    <t>08-0913</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 6.3 мм 0.75-1.5 мм² (РП-п 1.5-(6.3) L = 20 мм) REXANT</t>
+  </si>
+  <si>
+    <t>06-0397-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 7.7 мм 0.75-1.5 мм² (РП-м 1.5-(6.3)), в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0919</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 3.6 мм 0.75-1.5 мм² (РП-м 1.5-(2.8)) REXANT</t>
+  </si>
+  <si>
+    <t>08-0900</t>
+  </si>
+  <si>
+    <t>Изолятор для плоской клеммы  (L - 26 мм) REXANT</t>
+  </si>
+  <si>
+    <t>06-0396-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 6.3 мм, 0.75-1.5 мм², (РП-п 1.5-(6.3) L = 25,5 мм) в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0909</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 2.8 мм 0.75-1.5 мм² (РП-п 1.5-(2.8)) REXANT</t>
+  </si>
+  <si>
+    <t>06-0398-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 6.3 мм 0.75-1.5 мм² (РП-п 1.5-(6.3) L = 20 мм) в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0400-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 5,6 мм 0.75-1.5 мм² (РП-м 1.5-(4.8)), в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0401-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 7.5 мм 1-2.5 мм² (РП-м 2.5-(6.3)) в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0399-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 3.6 мм 0.75-1.5 мм² (РП-м 1.5-(2.8)), в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0910</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 4.8 мм 0.75-1.5 мм² (РП-п 1.5-(4.8)) REXANT</t>
+  </si>
+  <si>
+    <t>08-0955</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 1.5 мм 0.5-1 мм² (РП-п 1.0-(1.5)) REXANT</t>
+  </si>
+  <si>
+    <t>08-0911</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 6.3 мм 0.75-1.5 мм² (РП-п 1.5-(6.3) L = 25,5 мм) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.3 Наконечники изолированные</t>
+  </si>
+  <si>
+    <t>08-1828</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 16 мм² (НШВи 16-18) слоновая кость REXANT</t>
+  </si>
+  <si>
+    <t>08-0133-10</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 5.3 мм 1.5-2.5 мм² (НВи 2.5-5/НВи 2-5) синий (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0811</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 0.5 мм² (НШВи 0.5-8) белый REXANT</t>
+  </si>
+  <si>
+    <t>08-0822</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 4 мм² (НШВи 4.0-18) серый REXANT</t>
+  </si>
+  <si>
+    <t>08-2801</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2х0.5 мм² (НШВи(2) 0.5-8/НГи2 0,5-8) белый REXANT</t>
+  </si>
+  <si>
+    <t>06-0403-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 0.5 мм² (НШВи 0.5-8 / Е 0,5-8 / E0508) белый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0410-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 10 мм² (НШВи 10-12) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0415-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 0.5-1.5мм² (НКи 1.5-6/НКи 1,25-6) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0418-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 1.5-2.5мм² (НКи 2.5-4/НКи2-4), синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0035</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 1.5-2.5 мм² (НКи 2.5-6/НКи2-6) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0009</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 4.3 мм 0.5-1.5 мм² (НКи-т 1.5-4/НКи-т1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-2810</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 2х4 мм² (НШВи(2) 4.0-12/НГи2 4,0-12) оранжевый REXANT</t>
+  </si>
+  <si>
+    <t>08-1824</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 6 мм² (НШВи 6.0-18) зеленый REXANT</t>
+  </si>
+  <si>
+    <t>08-1826</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 10 мм² (НШВи 10-18) слоновая кость REXANT</t>
+  </si>
+  <si>
+    <t>08-0833</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-16 мм 25 мм² (НШВи 25-16) черный  REXANT</t>
+  </si>
+  <si>
+    <t>08-0812</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 0.75 мм² (НШВи 0.75-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0813</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1 мм² (НШВи 1.0-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0814</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1.5 мм² (НШВи 1.5-8) черный REXANT</t>
+  </si>
+  <si>
+    <t>08-0134-10</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 1.5-2.5 мм² (НВи 2.5-6/НВи 2-6) синий (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0414-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 0.5-1.5мм² (НКи 1.5-4/НКи 1,25-4) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0013</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 0.5-1.5 мм² (НКи 1.5-4/НКи 1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0014</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 0.5-1.5 мм² (НКи 1.5-5/НКи 1,25-5) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0017</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 0.5-1.5 мм² (НКи 1.5-10) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0034</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 1.5-2.5 мм² (НКи 2.5-5/НКи2-5) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0037</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 1.5-2.5 мм² (НКи 2.5-10) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0052</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 4-6 мм² (НКи 6.0-5/НКи5,5-5) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0055</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 4-6 мм² (НКи 6.0-10/НКи5,5-10) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0114</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 0.5-1.5 мм² (НВи 1.5-6) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0133</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 5.3 мм 1.5-2.5 мм² (НВи 2.5-5/НВи 2-5) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0153</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 4-6 мм ² (НВи 6.0-6 / НВи 5,5-6) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0154</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 8.4 мм 4-6 мм² (НВи 6.0-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0815</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2.5 мм² (НШВи 2.5-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0132</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 1.5-2.5 мм² (НВи 2.5-4/НВи 2-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0039</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 6.5 мм 1.5-2.5 мм² (НКи-т 2.5-6/НКи-т2-6) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0058</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 6.5 мм 4-6 мм² (НКи-т 6.0-6/НКи-т5,5-6) желтый REXANT</t>
+  </si>
+  <si>
+    <t>06-0407-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2.5 мм² (НШВи 2.5-8 / Е 2,5-8 / E2508) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0422-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 4-6мм² (НКи 6.0-6/НКи5,5-6) желтый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-1809</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 0.75 мм² (НШВи 0.75-18) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0111</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 3.2 мм 0.5-1.5 мм² (НВи 1.5-3/НВи 1,25-3) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0113</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 5.3 мм 0.5-1.5 мм² (НВи 1.5-5/НВи 1,25-5) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0151</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 4-6 мм² (НВи 6.0-4/НВи 5,5-4) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0832</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 16 мм² (НШВи 16-12) слоновая кость REXANT</t>
+  </si>
+  <si>
+    <t>08-0831</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 10 мм² (НШВи 10-12) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0152</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 5.3 мм 4-6 мм² (НВи 6.0-5/НВи 5,5-5) желтый REXANT</t>
+  </si>
+  <si>
+    <t>06-0408-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-9 мм 4 мм² (НШВи 4.0-9 / Е 4,0-9 / Е4009) серый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0409-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 6 мм² (НШВи 6.0-12 / Е 6,0-12 / E6012) зеленый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0420-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5мм 1.5-2.5мм² (НКи 2.5-6/НКи2-6) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0411-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 2х4мм² (НШВи(2) 4.0-12/НГи2 4,0-12) оранжевый REXANT</t>
+  </si>
+  <si>
+    <t>06-0413-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х10 мм² (НШВи(2) 10-14/ Ги2 10-14) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-2812</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х10 мм² (НШВи(2) 10-14/НГи2 10-14) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-1816</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 1.5 мм² (НШВи 1.5-18) черный REXANT</t>
+  </si>
+  <si>
+    <t>06-0412-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х6 мм² (НШВи(2) 6.0-14/НГи2 6,0-14) зеленый упак.10 шт REXANT</t>
+  </si>
+  <si>
+    <t>08-0114-10</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 0.5-1.5 мм² (НВи 1.5-6) красный (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0012</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 3.7 мм 0.5-1.5 мм² (НКи 1.5-3.5) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0134</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 1.5-2.5 мм² (НВи 2.5-6/НВи 2-6) синий REXANT</t>
+  </si>
+  <si>
+    <t>06-0402-A</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 3.2 мм 0.5-1.5 мм² (НВи 1.5-3/НВи 1,25-3) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0406-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1.5 мм² (НШВи 1.5-8 / Е 1,5-8 / E1508) черный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0419-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 1.5-2.5мм² (НКи 2.5-5/НКи2-5) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0421-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 1.5-2.5мм² (НКи 2.5-8/НКи2-8) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0404-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 0.75 мм² (НШВи 0.75-8 / E7508) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0131</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 3.2 мм 1.5-2.5 мм² (НВи 2.5-3) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0818</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 2.5 мм² (НШВи 2.5-18) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0816</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 2.5 мм² (НШВи 2.5-12) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0836</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-20 мм 50 мм² (НШВи 50-20) оливковый REXANT</t>
+  </si>
+  <si>
+    <t>08-0112</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 0.5-1.5 мм² (НВи 1.5-4/НВи 1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0132-10</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 1.5-2.5 мм² (НВи 2.5-4/НВи 2-4) синий (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0059</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 8.4 мм 4-6 мм² (НКи-т 6.0-8/НКи-т5,5-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>06-0405-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1 мм² (НШВи 1.0-8/Е 1,0-8/E1008) желтый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0416-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 0.5-1.5мм² (НКи 1.5-8/НКи 1,25-8) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0417-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 0.5-1.5мм² (НКи 1.5-10) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0823</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 6 мм² (НШВи 6.0-12 / Е 6,0-12/E6012) зеленый REXANT</t>
+  </si>
+  <si>
+    <t>08-0834</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-16 мм 35 мм² (НШВи 35-16)  красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0821</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-9 мм 4 мм² (НШВи 4.0-9) серый REXANT</t>
+  </si>
+  <si>
+    <t>08-2806</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2х1.5 мм² (НШВи(2) 1.5-8/НГи2 1,5-8) черный REXANT</t>
+  </si>
+  <si>
+    <t>08-2808</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-10 мм 2х2.5 мм² (НШВи(2) 2.5-10/НГи2 2,5-10) серый REXANT</t>
+  </si>
+  <si>
+    <t>08-2811</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х6 мм² (НШВи(2) 6.0-14/НГи2 6,0-14) зеленый REXANT</t>
+  </si>
+  <si>
+    <t>08-2813</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х16 мм² (НШВи(2) 16-14/НГи2 16-14) слоновая кость REXANT</t>
+  </si>
+  <si>
+    <t>08-2802</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2х0.75 мм² (НШВи(2) 0.75-8/НГи2 0,75-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0011</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 3.2 мм 0.5-1.5 мм² (НКи 1.5-3/НКи 1,25-3) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0015</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 0.5-1.5 мм² (НКи 1.5-6/НКи 1,25-6) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0016</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 0.5-1.5 мм² (НКи 1.5-8/НКи 1,25-8) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0031</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 3.2 мм 1.5-2.5 мм² (НКи 2.5-3/НКи2-3) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0032</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 1.5-2.5 мм² (НКи 2.5-4/НКи2-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0036</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 1.5-2.5 мм² (НКи 2.5-8/НКи2-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0051</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 4-6 мм² (НКи 6.0-4/НКи5,5-4) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0053</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 4-6 мм² (НКи 6.0-6/НКи5,5-6) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0054</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 4-6 мм² (НКи 6.0-8/НКи5,5-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-2803</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2х1 мм² (НШВи(2) 1.0-8/НГи2 1,0-8) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0011-10</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 3.2 мм 0.5-1.5 мм² (НКи 1.5-3/НКи 1,25-3) красный (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0151-10</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 4-6 мм² (НВи 6.0-4/НВи 5,5-4) желтый (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.4 Наконечники неизолированные</t>
+  </si>
+  <si>
+    <t>08-0805</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный L-7 мм 1.5 мм² (НШВ 1.5-8/НГ 1.5-7) REXANT</t>
+  </si>
+  <si>
+    <t>08-0807</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный L-7 мм 2.5 мм² (НШВ 2.5-8/НГ 2.5-7) REXANT</t>
+  </si>
+  <si>
+    <t>08-0809</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный L-9 мм 4 мм² (НШВ 4.0-9/НГ 4,0-9) REXANT</t>
+  </si>
+  <si>
+    <t>08-0072</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø3.5 мм, 0.5-0.8 мм² (НК 3-0,5-0,8)</t>
+  </si>
+  <si>
+    <t>08-0073</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø5.2 мм, 0.5-0.8 мм² (НК 5-0,5-0,8)</t>
+  </si>
+  <si>
+    <t>08-0074</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø6.2 мм, 0.5-0.8 мм² (НК 6-0,5-0,8)</t>
+  </si>
+  <si>
+    <t>08-0075</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø8.2 мм, 1.0-1.5 мм² (НК 8-1,0-1,5)</t>
+  </si>
+  <si>
+    <t>08-0171</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный REXANT 4.5 мм, 1-1.5 мм² (НВ 1.5-4)</t>
+  </si>
+  <si>
+    <t>08-0172</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный REXANT 5.5 мм, 1-1.5 мм² (НВ 1.5-5)</t>
+  </si>
+  <si>
+    <t>08-0173</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный REXANT 6.5 мм, 1-1.5 мм² (НВ 1.5-6)</t>
+  </si>
+  <si>
+    <t>08-0076</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø4.3 мм, 0.5-0.8 мм² (НК 4-0,5-0,8)</t>
+  </si>
+  <si>
+    <t>08-1730</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 25–15 REXANT</t>
+  </si>
+  <si>
+    <t>08-1740</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 50–20 REXANT</t>
+  </si>
+  <si>
+    <t>06-0424-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT ø6.2 мм, 0.5-0.8мм², НК 6-0,5-0,8, в упак. 10 шт.</t>
+  </si>
+  <si>
+    <t>06-0425-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT ø8.2мм, 1.0-1.5мм², НК 8-1,0-1,5, в упак. 10 шт.</t>
+  </si>
+  <si>
+    <t>06-0423-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT ø 5.2 мм, 0.5-0.8мм², НК 5-0,5-0,8, в упаковке 10 шт.</t>
+  </si>
+  <si>
+    <t>08-0802</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный L-6 мм 0.75 мм² (НШВ 0.75-6/НГ 0.75-6) REXANT</t>
+  </si>
+  <si>
+    <t>08-1705</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 1.5–12 REXANT</t>
+  </si>
+  <si>
+    <t>08-1708</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 2.5–12 REXANT</t>
+  </si>
+  <si>
+    <t>08-1713</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 6.0–12 REXANT</t>
+  </si>
+  <si>
+    <t>08-1718</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 10–12 REXANT</t>
+  </si>
+  <si>
+    <t>08-1725</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 16–13 REXANT</t>
+  </si>
+  <si>
+    <t>08-1735</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 35–20 REXANT</t>
+  </si>
+  <si>
+    <t>08-1745</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 70–25 REXANT</t>
+  </si>
+  <si>
+    <t>08-1750</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 95–25 REXANT</t>
+  </si>
+  <si>
+    <t>1.1.5 Гильзы изолированные</t>
+  </si>
+  <si>
+    <t>08-0718</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная термоусаживаемая L-37 мм 0.5-1 мм² (ГСИ-т 1.0/ГСИ-т 0,5-1,0) красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0724</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная термоусаживаемая L-37 мм 1.5-2.5 мм² (ГСИ-т 2.5/ГСИ-т 1,5-2,5) синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0721</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-26 мм 1.5-2.5 мм² (ГСИ 2.5/ГСИ 1,5-2,5) синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0711</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-26 мм 0.5-1.5 мм² (ГСИ 1.5/ГСИ 0,5-1,5) красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0731</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-26 мм 4-6 мм² (ГСИ 6.0/ГСИ 4,0-6,0) желтая REXANT</t>
+  </si>
+  <si>
+    <t>06-0431-A</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-26 мм 1.5-2.5 мм² (ГСИ 2.5/ГСИ 1,5-2,5) синяя, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0428-A</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-26 мм 0.5-1.5 мм² (ГСИ 1.5/ГСИ 0,5-1,5) красная, в упак. 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0430-A</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная термоусаживаемая L-37 мм 0.5-1 мм² (ГСИ-т 1.0/ГСИ-т 0,5-1,0) красная, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0717</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-27.3 мм нейлон 0.5-1.5 мм² (ГСИ(н) 1.5/ГСИ-н 0,5-1,5) красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0723</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-27.3 мм нейлон 1.5-2.5 мм² (ГСИ(н) 2.5/ГСИ-н 1,5-2,5) синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0732</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-27.3 мм нейлон 4-6 мм² (ГСИ(н) 6.0/ГСИ-н 4,0-6,0) желтая REXANT</t>
+  </si>
+  <si>
+    <t>08-0733</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная термоусаживаемая L-52 мм 4-6 мм² (ГСИ-т 6.0 / ГСИ-т 6,0-4,0) желтая REXANT</t>
+  </si>
+  <si>
+    <t>08-0725</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-26 мм 2.5-4 мм² (ГСИ 4.0/ГСИ 2,5-4,0) черная REXANT</t>
+  </si>
+  <si>
+    <t>08-0735</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-32 мм 6-10 мм² (ГСИ 10/ГСИ 6,0-10,0) красная REXANT</t>
+  </si>
+  <si>
+    <t>1.1.6 Термоусаживаемые гильзы под пайку</t>
+  </si>
+  <si>
+    <t>08-0751</t>
+  </si>
+  <si>
+    <t>Гильза кабельная изолированная ПК-т 0.34 термоусаживаемая под пайку L-26 мм 0.25-0.34 мм² белая REXANT</t>
+  </si>
+  <si>
+    <t>08-0753</t>
+  </si>
+  <si>
+    <t>Гильза кабельная изолированная ПК-т 2.5 термоусаживаемая под пайку L-40 мм 1.5-2.5 мм² синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0754</t>
+  </si>
+  <si>
+    <t>Гильза кабельная изолированная ПК-т 6.0 термоусаживаемая под пайку L-40 мм 4.0-6.0 мм² желтая REXANT</t>
+  </si>
+  <si>
+    <t>08-0752</t>
+  </si>
+  <si>
+    <t>Гильза кабельная изолированная ПК-т 1.5 термоусаживаемая под пайку L-40 мм 0.5-1.5 мм² красная REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Строительно-монтажные клеммы СМК</t>
+  </si>
+  <si>
+    <t>1.2.1 Рычажковые клеммы СМК</t>
+  </si>
+  <si>
+    <t>07-5252-4-20</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-412, 2-проводная серая 0,08-2,5/4 мм² (20 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5253-4-20</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-413, 3-проводная серая 0,08-2,5/4 мм² (20 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6263-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-423P проходная 3 полюса, с монтажной площадкой (0,08-4 мм²), серая (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5235</t>
+  </si>
+  <si>
+    <t>Клемма СМК 2х2 проходная разветвительная 2 полюса, с монтажной площадкой (1 ввод, 2 вывода на полюс) (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5232-04</t>
+  </si>
+  <si>
+    <t>Клемма СМК 3х3 проходная разветвительная 3 полюса, с монтажной площадкой (1 ввод, 3 вывода на полюс), (4 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5254-4-05</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-414, 4-проводная серая 0,08-2,5/4 мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5232</t>
+  </si>
+  <si>
+    <t>Клемма СМК 3х3 проходная разветвительная 3 полюса, с монтажной площадкой (1 ввод, 3 вывода на полюс) (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5202-20</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-412, 2-проводная до 4,0 мм² (20 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5233-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 3х2 проходная разветвительная 3 полюса, с монтажной площадкой (1 ввод, 2 вывода на полюс), (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5231</t>
+  </si>
+  <si>
+    <t>Клемма СМК 2х4 проходная разветвительная 2 полюса, с монтажной площадкой (1 ввод, 4 вывода на полюс) (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-6263-2-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-422 проходная 2 полюса (0,08-4 мм²), серая (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6263-3-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-423 проходная 3 полюса (0,08-4 мм²), серая (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5263</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-423R проходная разъемная 3 полюса серая 0,2-2,5/4мм² (40 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5264</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-424R проходная разъемная 4 полюса серая 0,2-2,5/4мм² (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5255-1</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-415, 5-проводная прозрачная 0,08-2,5/4 мм² (40 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0200-A5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-412, 2-проводная серая 0,08-2,5/4 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6263</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-423P проходная 3 полюса, с монтажной площадкой (0,08-4 мм²), серая (25 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5255-4</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-415, 5-проводная серая 0,08-2,5/4 мм² (40 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-6265</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-425P проходная 5 полюсов, с монтажной площадкой (0,08-4 мм²), серая (20 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0203-B10</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-412, 2-проводная прозрачная 0,08-2,5/4 мм² (блистер 10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5234-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 2х3 проходная разветвительная 2 полюса, с монтажной площадкой (1 ввод, 3 вывода на полюс), (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5231-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 2х4 проходная разветвительная 2 полюса, с монтажной площадкой (1 ввод, 4 вывода на полюс) (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5247-4</t>
+  </si>
+  <si>
+    <t>Клемма СМК 4х2 проходная разветвительная 4 полюса, с монтажной площадкой (1 ввод, 2 вывода на полюс) (блистер 4 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5248-4</t>
+  </si>
+  <si>
+    <t>Клемма СМК 3х4 проходная разветвительная 3 полюса, с монтажной площадкой (1 ввод, 4 вывода на полюс) (блистер 4 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5261-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-421R проходная разъемная 1 полюс серая 0,2-2,5/4мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5264-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-424R проходная разъемная 4 полюса серая 0,2-2,5/4мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5265-3</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-425R проходная разъемная 5 полюсов серая 0,2-2,5/4мм² (блистер 3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5270-5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-612/221-612, 2-проводная серая 0,5-4/6 мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5273-5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-615/221-615, 5-проводная серая 0,5-4/6 мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-6262-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-422P проходная 2 полюса, с монтажной площадкой (0,08-4 мм²), серая (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6264-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-424P проходная 4 полюса, с монтажной площадкой (0,08-4 мм²), серая (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5235-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 2х2 проходная разветвительная 2 полюса, с монтажной площадкой (1 ввод, 2 вывода на полюс), (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5240-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-421 проходная 1 полюс (0,08-4 мм²), серая (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6261-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-421P проходная 1 полюс, с монтажной площадкой (0,08-4 мм²), серая (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5245</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-425 проходная 5 полюсов (0,08-4мм²), серая (30 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5247</t>
+  </si>
+  <si>
+    <t>Клемма СМК 4х2 проходная разветвительная 4 полюса, с монтажной площадкой (1 ввод, 2 вывода на полюс) (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5000-1</t>
+  </si>
+  <si>
+    <t>Коробка влагозащитная гелевая для клемм СМК 2-проводных REXANT</t>
+  </si>
+  <si>
+    <t>07-5262-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-422R проходная разъемная 2 полюса серая 0,2-2,5/4мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5252-4</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-412, 2-проводная серая 0,08-2,5/4 мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5263-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-423R проходная разъемная 3 полюса серая 0,2-2,5/4мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5233</t>
+  </si>
+  <si>
+    <t>Клемма СМК 3х2 проходная разветвительная 3 полюса, с монтажной площадкой (1 ввод, 2 вывода на полюс) (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5000-3</t>
+  </si>
+  <si>
+    <t>Коробка влагозащитная гелевая для клемм СМК 5-проводных REXANT</t>
+  </si>
+  <si>
+    <t>07-5253-1</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-413, 3-проводная прозрачная 0,08-2,5/4 мм² (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5271</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-613/221-613, 3-проводная серая 0,5-4/6 мм² (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5234</t>
+  </si>
+  <si>
+    <t>Клемма СМК 2х3 проходная разветвительная 2 полюса, с монтажной площадкой (1 ввод, 3 вывода на полюс) REXANT</t>
+  </si>
+  <si>
+    <t>06-0201-B10</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-413, 3-проводная серая 0,08-2,5/4 мм² (блистер 10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0205-C10</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-415, 5-проводная прозрачная 0,08-2,5/4 мм² (блистер 10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5254-4</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-414, 4-проводная серая 0,08-2,5/4 мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5261</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-421R проходная разъемная 1 полюс серая 0,2-2,5/4мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5246</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-424 проходная 4 полюса (0,08-4мм²), серая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5248</t>
+  </si>
+  <si>
+    <t>Клемма СМК 3х4 проходная разветвительная 3 полюса, с монтажной площадкой (1 ввод, 4 вывода на полюс) (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5270</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-612/221-612, 2-проводная серая 0,5-4/6 мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5273</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-615/221-615, 5-проводная серая 0,5-4/6 мм² (15 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5203-20</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-413, 3-проводная до 4,0 мм² (20 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0202-B5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-415, 5-проводная серая 0,08-2,5/4 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6265-4</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-425P проходная 5 полюсов, с монтажной площадкой (0,08-4 мм²), серая (блистер 4 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0201-B5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-413, 3-проводная серая 0,08-2,5/4 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0203-A5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-412, 2-проводная прозрачная 0,08-2,5/4 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5265</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-425R проходная разъемная 5 полюсов серая 0,2-2,5/4мм² (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0202-C10</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-415, 5-проводная серая 0,08-2,5/4 мм² (блистер 10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5207</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-413, 3-проводная до 4,0 мм² (пакет 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5271-5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-613/221-613, 3-проводная серая 0,5-4/6 мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5258-4</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-418, 8-проводная серая 0,08-2,5/4мм² (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5252-1</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-412, 2-проводная прозрачная 0,08-2,5/4 мм² (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0204-B10</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-413, 3-проводная прозрачная 0,08-2,5/4 мм² (блистер 10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0217-A10</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-413, 3-проводная до 4,0 мм² (блистер 10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5254-4-10</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-414, 4-проводная серая 0,08-2,5/4 мм² (блистер 10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5262</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-422R проходная разъемная 2 полюса серая 0,2-2,5/4мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5253-4</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-413, 3-проводная серая 0,08-2,5/4 мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0204-B5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-413, 3-проводная прозрачная 0,08-2,5/4 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0200-B10</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-412, 2-проводная серая 0,08-2,5/4 мм² (блистер 10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5000-2</t>
+  </si>
+  <si>
+    <t>Коробка влагозащитная гелевая для клемм СМК 3-проводных REXANT</t>
+  </si>
+  <si>
+    <t>06-0205-B5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-415, 5-проводная прозрачная 0,08-2,5/4 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0215-A5</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-415, 5-прoводная до 4,0 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0217-A5</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-413, 3-проводная до 4,0 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0216-A10</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-412, 2-проводная до 4,0 мм² (блистер 10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0216-A5</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-412, 2-проводная до 4,0 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5202</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-412, 2-проводная до 4,0 мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5203</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-413, 3-проводная до 4,0 мм² (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5205</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-415, 5-проводная до 4,0 мм² (40 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5240</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-421 проходная 1 полюс (0,08-4 мм²), серая (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6263-2</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-422 проходная 2 полюса (0,08-4 мм²), серая (25 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6263-3</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-423 проходная 3 полюса (0,08-4 мм²), серая (25 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6261</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-421P проходная 1 полюс, с монтажной площадкой (0,08-4 мм²), серая (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6262</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-422P проходная 2 полюса, с монтажной площадкой (0,08-4 мм²), серая (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6264</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-424P проходная 4 полюса, с монтажной площадкой (0,08-4 мм²), серая (25 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>1.2.2 Экспресс клеммы СМК</t>
+  </si>
+  <si>
+    <t>07-3211-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма REXANT СМК 2273-202, 2-проводная 0.5-2.5 мм², прозрачная, блистер (5 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3213-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма REXANT СМК 2273-204, 4-проводная 0.5-2.5 мм², прозрачная, блистер (5 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3216-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-242, 2-проводная 0.5-2.5 мм², прозрачная, блистер (5 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3217-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-243, 3-проводная 0.5-2.5 мм², прозрачная, блистер (5 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3219-6</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-245, 5-проводная 0.5-2.5 мм², прозрачная, блистер (6 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3218-20</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-244, 4-проводная 0.5-2.5 мм², прозрачная, блистер (20 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3218</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-244, 4-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5244-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-2x3R проходная разъемная 3 полюса 3х2-проводная 0,5-2,5мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-3214-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма REXANT СМК 2273-205, 5-проводная 0.5-2.5 мм², прозрачная, блистер (5 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5276</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 773-606 с пастой, 6-проводная 0,75-4 мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0206-A5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой СМК 773-302, 2-проводная до 2,5 мм² серая, (блистер 5шт.)  REXANT</t>
+  </si>
+  <si>
+    <t>06-0208-B5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой СМК 773-306, 6-проводная до 2,5 мм² серая, (блистер 5шт.)  REXANT</t>
+  </si>
+  <si>
+    <t>06-0209-B5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой СМК 773-308, 8-проводная до 2,5 мм² серая, (блистер 5шт.)  REXANT</t>
+  </si>
+  <si>
+    <t>07-5279</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 773-174 с пастой, 4-проводная 0,75-6 мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-3020</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой СМК 773-302, 2-проводная до 2,5 мм², серая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-3040</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой СМК 773-304, 4-проводная до 2,5 мм², серая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-3060</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой СМК 773-306, 6-проводная до 2,5 мм², серая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-3080</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой СМК 773-308, 8-проводная до 2,5 мм², серая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5242-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-203R проходная разъемная 3 полюса 0,5-2,5мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5243-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-2x2R проходная разъемная 2 полюса 2х2-проводная 0,5-2,5мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5274-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 773-602 с пастой, 2-проводная 0,75-4 мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5279-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 773-174 с пастой, 4-проводная 0,75-6 мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5275-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 773-604 с пастой, 4-проводная 0,75-4 мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-3217</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-243, 3-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3219</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-245, 5-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5244</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-2x3R проходная разъемная 3 полюса 3х2-проводная 0,5-2,5мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5243</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-2x2R проходная разъемная 2 полюса 2х2-проводная 0,5-2,5мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-3280</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Экспресс-клемма, 8-проводная до 2,5 мм², прозрачная (50 шт./уп.) (773-328) REXANT </t>
+  </si>
+  <si>
+    <t>07-3215-6</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма REXANT СМК 2273-208, 8-проводная 0.5-2.5 мм², прозрачная, блистер (6 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3211</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма REXANT СМК 2273-202, 2-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3215</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-208, 8-проводная 0,5-2,5 мм², прозрачная (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5230</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-248, 8-проводная 0.5-2.5 мм², прозрачная (50 шт./уп.)</t>
+  </si>
+  <si>
+    <t>06-0209-B10</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой СМК 773-308, 8-проводная до 2,5 мм² серая, (блистер 10шт) REXANT</t>
+  </si>
+  <si>
+    <t>07-5230-6</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-248, 8-проводная 0.5-2.5 мм², прозрачная, блистер (6 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3212</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма REXANT СМК 2273-203, 3-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3213</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма REXANT СМК 2273-204, 4-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3216</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-242, 2-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3210</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-246, 6-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5276-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 773-606 с пастой, 6-проводная 0,75-4 мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5241</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-202R проходная разъемная 2 полюса 0,5-2,5мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5242</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-203R проходная разъемная 3 полюса 0,5-2,5мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-3214</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма REXANT СМК 2273-205, 5-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3209</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма REXANT СМК 2273-206, 6-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>06-0207-A5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой СМК 773-304, 4-проводная до 2,5 мм² серая, (блистер 5шт.)  REXANT</t>
+  </si>
+  <si>
+    <t>07-5274</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 773-602 с пастой, 2-проводная 0,75-4 мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5275</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 773-604 с пастой, 4-проводная 0,75-4 мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5241-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-202R проходная разъемная 2 полюса 0,5-2,5мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>1.2.3 Клеммы СМК на DIN- рейку</t>
+  </si>
+  <si>
+    <t>07-5281</t>
+  </si>
+  <si>
+    <t>Клемма СМК 2х3D проходная разветвительная 2 полюса на DIN-рейку (0,08-4 мм²) (1 ввод, 3 вывода на полюс) серая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5238-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-423D проходная 3-полюсная, с креплением на DIN-рейку (0,08-4 мм²), серая (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5236-04</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-425D проходная 5-полюсная, с креплением на DIN-рейку (0,08-4 мм²), серая (4 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5239</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-422D проходная 2-полюсная, с креплением на DIN-рейку (0,08-4 мм²) серая (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5289</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-221D/222-2411 (аналог 222-4111D) проходная 1-полюсная на DIN-рейку (0,2-2,5 мм²) серая (60 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5293</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-421-PT-4 3 вывода рычаг-push-in на DIN-рейку (0,5-4 мм²) серая (40 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5226</t>
+  </si>
+  <si>
+    <t>Перемычка для клемм СМК 222-621D 6 мм² 10PIN REXANT</t>
+  </si>
+  <si>
+    <t>07-6263-1-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-421D проходная 1-полюсная, с креплением на DIN-рейку (0,08-4 мм²), серая (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5280</t>
+  </si>
+  <si>
+    <t>Клемма СМК 2х2D проходная разветвительная 2 полюса на DIN-рейку (0,08-4 мм²) (1 ввод, 2 вывода на полюс) серая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5250</t>
+  </si>
+  <si>
+    <t>Перемычка для клемм СМК 222-421D 10PIN REXANT</t>
+  </si>
+  <si>
+    <t>07-5294</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-621-PT-6 3 вывода рычаг-push-in на DIN-рейку (1-6 мм²) серая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-6263-1</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-421D проходная 1-полюсная, с креплением на DIN-рейку (0,08-4 мм²) серая (25 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5239-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-422D проходная 2-полюсная, с креплением на DIN-рейку (0,08-4 мм²), серая (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5237-04</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-424D проходная 4-полюсная, с креплением на DIN-рейку (0,08-4 мм²), серая (4 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5227</t>
+  </si>
+  <si>
+    <t>Маркеры для клемм СМК без символов 6-10 мм² REXANT</t>
+  </si>
+  <si>
+    <t>07-5284</t>
+  </si>
+  <si>
+    <t>Клемма СМК 3х3D проходная разветвительная 3 полюса на DIN-рейку (0,08-4 мм²) (1 ввод, 3 вывода на полюс) серая (15 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5236</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-425D проходная 5-полюсная, с креплением на DIN-рейку (0,08-4 мм²) серая (20 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5299</t>
+  </si>
+  <si>
+    <t>Маркеры для клемм СМК 222-221D без символов 2,5-4 мм² REXANT</t>
+  </si>
+  <si>
+    <t>07-5283</t>
+  </si>
+  <si>
+    <t>Клемма СМК 3х2D проходная разветвительная 3 полюса на DIN-рейку (0,08-4 мм²) (1 ввод, 2 вывода на полюс) серая (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5249</t>
+  </si>
+  <si>
+    <t>Маркеры для клемм СМК 222-421D без символов REXANT</t>
+  </si>
+  <si>
+    <t>07-5291</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-621D проходная 1-полюсная на DIN-рейку (1-6 мм²) серая (60 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5292</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-2521D проходная 1-полюсная на DIN-рейку (6-25 мм²) серая (30 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5298</t>
+  </si>
+  <si>
+    <t>Перемычка для клемм СМК 222-221D 10PIN REXANT</t>
+  </si>
+  <si>
+    <t>07-5238</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-423D проходная 3-полюсная, с креплением на DIN-рейку (0,08-4 мм²) серая (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5237</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-424D проходная 4-полюсная, с креплением на DIN-рейку (0,08-4 мм²) серая (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Наконечники и гильзы кабельные силовые</t>
+  </si>
+  <si>
+    <t>1.3.1 Наконечники кабельные медные луженые под опрессовку (ТМЛ/ТМЛ-Р/ТМЛо) РФ</t>
+  </si>
+  <si>
+    <t>07-5302</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 2,5–6–2,6 (2,5мм² - Ø6мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5307</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 10–5–5 (10мм² - Ø5мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5309</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 10–8–5 (10мм² - Ø8мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5310</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 16–6–6 (16мм² - Ø6мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5318</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 35–12–9 (35мм² - Ø12мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5319</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 35–8–10 (35мм² - Ø8мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5320</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 35–10–10 (35мм² - Ø10мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5321</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 35–12–10 (35мм² - Ø12мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5323</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 50–10–11 (50мм² - Ø10мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5326</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 70–12–13 (70мм² - Ø12мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5332</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 120–16–17 (120мм² - Ø16мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5335</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 150–12–19 (150мм² - Ø12мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5336</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 150–16–19 (150мм² - Ø16мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5300-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 2,5–4–2,6 (2,5мм² - Ø4мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5339</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 185–16–21 (185мм² - Ø16мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5343</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 240–16–24 (240мм² - Ø16мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5304-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 4–6 (4мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5328</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 95–12–15 (95мм² - Ø12мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5306-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 6–6 (6мм² - Ø6мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5301-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 2,5–5 (2,5мм² - Ø5мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5312-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 25–6 (25мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5300</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 2,5–4–2,6 (2,5мм² - Ø4мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5303-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 4–5–3 (4мм² - Ø5мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5321-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 35–12–10 (35мм² - Ø12мм) ГОСТ 7386-80 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5323-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 50–10–11 (50мм² - Ø10мм) ГОСТ 7386-80 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5326-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 70–12–13 (70мм² - Ø12мм) ГОСТ 7386-80 (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5305-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 6–5 (6мм² - Ø5мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5308-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 10–6 (10мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5309-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 10–8 (10мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5309-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 10–8 (10мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5310-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 16–6 (16мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5311-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 16–8 (16мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5312-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 25–6 (25мм² - Ø6мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5314-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 25–8 (25мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5315-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 25–10 (25мм² - Ø10мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5316-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 35–8 (35мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5317-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 35–10–9 (35мм² - Ø10мм) ГОСТ 7386-80 (в упак. 50шт) REXANT</t>
+  </si>
+  <si>
+    <t>07-5317-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 35–10 (35мм² - Ø10мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5313-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–8–7 (25мм² - Ø8мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5305</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 6–5–4 (6мм² - Ø5мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5306</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 6–6–4 (6мм² - Ø6мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5308</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 10–6–5 (10мм² - Ø6мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5311</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 16–8–6 (16мм² - Ø8мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5314</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–8–8 (25мм² - Ø8мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5316</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 35–8–9 (35мм² - Ø8мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5317</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 35–10–9 (35мм² - Ø10мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5316-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 35–8–9 (35мм² - Ø8мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5324</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 50–12–11 (50мм² - Ø12мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5311-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 16-8-6 (16мм² - Ø8мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5300-4</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 2,5–4 (2,5мм² - Ø4мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5302-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 2,5–6 (2,5мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5303-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 4–5 (4мм² - Ø5мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5304-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 4–6 (4мм² - Ø6мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5305-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 6–5 (6мм² - Ø5мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5306-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 6–6 (6мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5311-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 16–8 (16мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5314-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 25–8 (25мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5315-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 25–10 (25мм² - Ø10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5316-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 35–8 (35мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5323-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 50–10 (50мм² - Ø10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5301-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 2,5–5–2,6 (2,5мм² - Ø5мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5307-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 10-5-5 (10мм² - Ø 5мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5309-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 10-8-5 (10мм² - Ø8мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5312-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–6–8 (25мм² - Ø6мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5315-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–10–8 (25мм² - Ø10мм) ГОСТ 7386-80 (в упак. 100шт) REXANT</t>
+  </si>
+  <si>
+    <t>07-5325-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 70–10–13 (70мм² - Ø10мм) ГОСТ 7386-80 (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5327-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 95–10–15 (95мм² - Ø10мм) ГОСТ 7386-80 (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5323-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 50–10 (50мм² - Ø10мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5313-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–8–7 (25мм² - Ø8мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5322-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 50–8–11 (50мм² - Ø8мм) ГОСТ 7386-80 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5301</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 2,5–5–2,6 (2,5мм² - Ø5мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5302-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 2,5–6 (2,5мм² - Ø6мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5303-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 4–5 (4мм² - Ø5мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5308-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 10–6 (10мм² - Ø6мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5310-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 16–6 (16мм² - Ø6мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5322-4</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 50–8–11 (50мм² - Ø8мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5306-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 6-6-4 (6мм² - Ø6мм) ГОСТ 7386-80 (в упак. 100шт) REXANT</t>
+  </si>
+  <si>
+    <t>07-5332-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 120–16–17 (120мм² - Ø16мм) ГОСТ 7386-80 (в упак. 25 шт) REXANT</t>
+  </si>
+  <si>
+    <t>07-5300-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 2,5–4 (2,5мм² - Ø4мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5328-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 95–12–15 (95мм² - Ø12мм) ГОСТ 7386-80 (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5304</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 4–6–3 (4мм² - Ø6мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5327</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 95–10–15 (95 мм² - Ø 10 мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5303</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 4–5–3 (4мм² - Ø5мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5312</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–6–8 (25мм² - Ø6мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5315</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–10–8 (25мм² - Ø10мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5325</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 70–10–13 (70мм² - Ø10мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5331</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 120–12–17 (120мм² - Ø12мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5302-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 2,5–6–2,6 (2,5мм² - Ø6мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5304-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 4–6–3 (4мм² - Ø6мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5305-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 6–5–4 (6мм² - Ø5мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5308-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 10-6-5 (10мм² - Ø6мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5310-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 16-6-6 (16мм² - Ø6мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5314-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–8–8 (25мм² - Ø8мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5319-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 35–8–10 (35мм² - Ø8мм) ГОСТ 7386-80 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5320-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 35–10–10 (35мм² - Ø10мм) ГОСТ 7386-80 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5324-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 50–12–11 (50мм² - Ø12мм) ГОСТ 7386-80 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5331-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 120–12–17 (120мм² - Ø12мм) ГОСТ 7386-80 (в упак. 20шт) REXANT</t>
+  </si>
+  <si>
+    <t>1.3.2 Наконечники кабельные медные луженые под опрессовку</t>
+  </si>
+  <si>
+    <t>08-2117</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT НК, ø10.5 мм, 50 мм² , ТМЛ (DIN) 50-10</t>
+  </si>
+  <si>
+    <t>08-2102</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT HK, ø3.5 мм, 2.5 мм², ТМЛ (DIN) 2.5-4</t>
+  </si>
+  <si>
+    <t>08-0066</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT НК,  ø13 мм, 120 мм², ТМЛ (DIN) 120-12</t>
+  </si>
+  <si>
+    <t>08-0067</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT НК, ø13 мм, 150 мм², ТМЛ (DIN) 150-12</t>
+  </si>
+  <si>
+    <t>08-2118</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT НК, ø8.4 мм, 50 мм², ТМЛ (DIN) 50-8</t>
+  </si>
+  <si>
+    <t>08-2103</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT НК, ø5.2 мм, 2.5 мм², ТМЛ (DIN) 2.5-5</t>
+  </si>
+  <si>
+    <t>08-1013</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT НК, ø8.4 мм, 25 мм², ТМЛ (DIN) 25-8</t>
+  </si>
+  <si>
+    <t>08-1008</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT НК, ø6.5 мм, 10 мм², ТМЛ (DIN) 10-6</t>
+  </si>
+  <si>
+    <t>08-2121</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT НК,  ø5.2 мм, 4 мм², ТМЛ (DIN) 4-5</t>
+  </si>
+  <si>
+    <t>08-0068</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT НК,  ø10.5 мм, 70 мм², ТМЛ (DIN) 70-10</t>
+  </si>
+  <si>
+    <t>08-2131</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT НК, ø5.2 мм, 6 мм², ТМЛ (DIN) 6-5</t>
+  </si>
+  <si>
+    <t>08-1009</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT НК, ø10 мм, 10 мм², ТМЛ (DIN) 10-10</t>
+  </si>
+  <si>
+    <t>08-1011</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT НК,  ø10.5 мм, 25 мм², ТМЛ (DIN) 25-10</t>
+  </si>
+  <si>
+    <t>08-2115</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT НК, ø8.4 мм, 35 мм², ТМЛ (DIN) 35-8</t>
+  </si>
+  <si>
+    <t>1.3.3 Наконечники кабельные медные под опрессовку (ТМ/ТМо)</t>
+  </si>
+  <si>
+    <t>07-5324-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 50-12-11 (50мм² - Ø11мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5324-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 50-12-11 (50мм² - Ø11мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5321-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35–12–10 (35мм² - Ø 12мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5320-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-10-10 (35мм² - Ø10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5314-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 25–8–8 (25мм² - Ø 8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5313-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 25-8-7 (25мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5314-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 25-8-8 (25мм² - Ø8мм) (в упак 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5316-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-8-9 (35мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5326-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 70-12-13 (70мм² - Ø12мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5310-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 16-6-6 (16мм² - Ø6мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5323-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 50-10-11 (50мм² - Ø11мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5317-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-10-9 (35мм² - Ø10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5320-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-10-10 (35мм² - Ø10мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5322-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 50-8-11 (50мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5325-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 70-10-13 (70мм² - Ø13мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5326-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 70-12-13 (70мм² - Ø12мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5306-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 6-6-4 (6мм² - Ø6мм) (в упак 100шт), REXANT</t>
+  </si>
+  <si>
+    <t>07-5319-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-8-10 (35мм² - Ø8мм) (в упак 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5305-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 6–5–4 (6мм² - Ø 5мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5308-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 10-6-5 (10мм² - Ø6мм) (в упак 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5315-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 25–10–8 (25мм² - Ø 10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5319-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35–8–10 (35мм² - Ø 8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5331-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 120-12-17 (120мм² - Ø12мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5336-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 150-16-19 (150мм² - Ø16мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5343-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 240-16-24 (240мм² - Ø16мм) (в упак. 5 шт.) REXANT (под заказ)</t>
+  </si>
+  <si>
+    <t>07-5309-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 10-8-5 (10мм² - Ø8мм) (в упак 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5322-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 50-8-11 (50мм² - Ø8мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5325-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 70-10-13 (70мм² - Ø13мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5305-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 6-5-4 (6мм² - Ø5мм) (в упак 100шт), REXANT</t>
+  </si>
+  <si>
+    <t>07-5321-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-12-10 (35мм² - Ø8мм) (в упак 50шт), REXANT</t>
+  </si>
+  <si>
+    <t>07-5327-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 95-10-15 (95мм² - Ø10мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5309-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 10–8–5 (10мм² - Ø 8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5306-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 6–6–4 (6мм² - Ø 6мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5308-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 10–6–5 (10мм² - Ø 6мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5311-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 16–8–6 (16мм² - Ø 8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5310-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 16-6-6 (16мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5313-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 25-8-7 (25мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5316-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-8-9 (35мм² - Ø8мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5317-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-10-9 (35мм² - Ø10мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5323-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 50-10-11 (50мм² - Ø11мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5311-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 16-8-6 (16мм² - Ø8мм) (в упак 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5315-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 25-10-8 (25мм² - Ø10мм) (в упак 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>1.3.4 Наконечники кабельные алюминиевые под опрессовку</t>
+  </si>
+  <si>
+    <t>07-4411-1</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой алюминиевый луженый НШАЛ 16-14 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4413-1</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой алюминиевый луженый НШАЛ 25-15 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4411</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой алюминиевый НША 16-14 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4404</t>
+  </si>
+  <si>
+    <t>Наконечник алюминиевый ТА 70-10-12 (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4408</t>
+  </si>
+  <si>
+    <t>Наконечник алюминиевый ТА 185-16-19 (в упак.10 шт.) REXANT (под заказ)</t>
+  </si>
+  <si>
+    <t>07-4402</t>
+  </si>
+  <si>
+    <t>Наконечник алюминиевый ТА 35-10-8 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4414</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой алюминиевый НША 35-20 (в упак. 30 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4400</t>
+  </si>
+  <si>
+    <t>Наконечник алюминиевый ТА 16-8-5,4 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4401</t>
+  </si>
+  <si>
+    <t>Наконечник алюминиевый ТА 25-8-7 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4415</t>
+  </si>
+  <si>
+    <t>Наконечник алюминиевый ТА 95-12-13 (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4414-1</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой алюминиевый луженый НШАЛ 35-20 (в упак. 30 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4410</t>
+  </si>
+  <si>
+    <t>Наконечник алюминиевый ТА 240-20-20 (в упак. 10 шт.) REXANT (под заказ)</t>
+  </si>
+  <si>
+    <t>1.3.5 Наконечники кабельные алюмо-медные под опрессовку</t>
+  </si>
+  <si>
+    <t>07-8453</t>
+  </si>
+  <si>
+    <t>Наконечник алюмомедный ТАМ 50-10-9 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-8451</t>
+  </si>
+  <si>
+    <t>Наконечник алюмомедный ТАМ 70-10-12 (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-8456</t>
+  </si>
+  <si>
+    <t>Наконечник алюмомедный ТАМ 25-8-7 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-8454</t>
+  </si>
+  <si>
+    <t>Наконечник алюмомедный ТАМ 35-10-8 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>1.3.6 Наконечники кабельные медные штифтовые плоские луженые под опрессовку</t>
+  </si>
+  <si>
+    <t>07-8463</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой медный луженый НШМЛ 16-5,5х14 (16мм² - Ø5,5мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-8461</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой медный луженый НШМЛ 10-5,5х13 (10мм² - Ø5,5мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-8464</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой медный луженый НШМЛ 16-7х14 (16мм² - Ø7мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-8467</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой медный луженый НШМЛ 50-7х20 (50мм² - Ø7мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-8460</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой медный луженый НШМЛ 6-5,5х12 (6мм² - Ø5,5мм) (в упак.50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-8462</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой медный луженый НШМЛ 10-7х13 (10мм² - Ø7мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-8465</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой медный луженый НШМЛ 25-7х15 (25мм² - Ø7мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-8466</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой медный луженый НШМЛ 35-7х20 (35мм² - Ø7мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>1.3.7 Гильзы кабельные медные луженые под опрессовку (ГМЛ) РФ</t>
+  </si>
+  <si>
+    <t>07-5366</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 35-9 (35мм² - Ø9мм) ГОСТ 23469.3-79 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5354-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 10-5 (10мм² - Ø5мм) ГОСТ 23469.3-79 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5351-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 2,5-2,6 (2,5мм² - Ø2,6мм) ГОСТ 23469.3-79 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5358-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 50-11 (50мм² - Ø11мм) ГОСТ 23469.3-79 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5355-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 16-6 (16мм² - Ø6мм) ГОСТ 23469.3-79 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5354</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 10-5 (10мм² - Ø5мм) ГОСТ 23469.3-79 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5358</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 50-11 (50мм² - Ø11мм) ГОСТ 23469.3-79 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5353-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 6-4 (6мм² - Ø4мм) ГОСТ 23469.3-79 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5356-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 25-8 (25мм² - Ø8мм) ГОСТ 23469.3-79 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5357-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 35-10 (35мм² - Ø10мм) ГОСТ 23469.3-79 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5352</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 4-3 (4мм² - Ø3мм) ГОСТ 23469.3-79 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5353</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 6-4 (6мм² - Ø4мм) ГОСТ 23469.3-79 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5360</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 95-15 (95 мм² - Ø 15 мм) ГОСТ 23469.3-79 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5355</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 16-6 (16мм² - Ø6мм) ГОСТ 23469.3-79 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5356</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 25-8 (25мм² - Ø8мм) ГОСТ 23469.3-79 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5357</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 35-10 (35мм² - Ø 10мм) ГОСТ 23469.3-79 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5352-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 4-3 (4мм² - Ø3мм) ГОСТ 23469.3-79 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5351</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 2,5-2,6 (2,5мм² - Ø2,6мм) ГОСТ 23469.3-79 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>1.3.8 Гильзы кабельные медные луженые под опрессовку</t>
+  </si>
+  <si>
+    <t>08-0712</t>
+  </si>
+  <si>
+    <t>Соединительная гильза L-15мм, 0,5-1,5мм² (ГМЛ (DIN) 1,5) REXANT</t>
+  </si>
+  <si>
+    <t>08-0722</t>
+  </si>
+  <si>
+    <t>Соединительная гильза L-15мм, 1,5-2,5мм² (ГМЛ (DIN) 2,5) REXANT</t>
+  </si>
+  <si>
+    <t>08-0713</t>
+  </si>
+  <si>
+    <t>Соединительная гильза L-21мм, 10мм² (ГМЛ (DIN) 10) REXANT</t>
+  </si>
+  <si>
+    <t>08-0714</t>
+  </si>
+  <si>
+    <t>Соединительная гильза L-26мм, 16мм² (ГМЛ (DIN) 16) REXANT</t>
+  </si>
+  <si>
+    <t>08-0716</t>
+  </si>
+  <si>
+    <t>Соединительная гильза L-32мм, 35мм² (ГМЛ (DIN) 35) REXANT</t>
+  </si>
+  <si>
+    <t>06-0429-A</t>
+  </si>
+  <si>
+    <t>Соединительная гильза L-15мм, 0,5-1,5мм,² (ГМЛ (DIN) 1,5 / BN1.25, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0742</t>
+  </si>
+  <si>
+    <t>Соединительная гильза L-15мм, 4-6мм² (ГМЛ (DIN) 6) REXANT</t>
+  </si>
+  <si>
+    <t>08-0728</t>
+  </si>
+  <si>
+    <t>Соединительная гильза L-15мм, 2,5-4мм² (ГМЛ (DIN) 4) REXANT</t>
+  </si>
+  <si>
+    <t>1.3.9 Гильзы кабельные медные под опрессовку (ГМ)</t>
+  </si>
+  <si>
+    <t>07-5363-4</t>
+  </si>
+  <si>
+    <t>Гильза кабельная медная ГМ 185-21 (185мм² - Ø21мм) (в упак. 10 шт.) REXANT (под заказ)</t>
+  </si>
+  <si>
+    <t>07-5357-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 35-10 (35мм² - Ø 10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5354-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 10-5 (10мм² - Ø5мм) (в упак.100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5351-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 2,5-2,6 (2,5мм² - Ø2,6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5357-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 35-10 (35мм² - Ø10мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5356-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 25-8 (25мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5356-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 25-8 (25мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5355-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 16-6 (16мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5352-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 4-3 (4мм² - Ø3мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5359-4</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 70-13 (70мм² - Ø13мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5361-4</t>
+  </si>
+  <si>
+    <t>Гильза кабельная медная ГМ 120-17 (120мм² - Ø17мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5353-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 6-4 (6мм² - Ø4мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5362-4</t>
+  </si>
+  <si>
+    <t>Гильза кабельная медная ГМ 150-19 (150мм² - Ø19мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5354-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 10-5 (10мм² - Ø5мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5367-4</t>
+  </si>
+  <si>
+    <t>Гильза кабельная медная ГМ 240-24 (240мм² - Ø24мм) (в упак. 5 шт.) REXANT (под заказ)</t>
+  </si>
+  <si>
+    <t>07-5355-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 16-6 (16мм² - Ø6мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5352-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 4-3 (4мм² - Ø3мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5353-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 6-4 (6мм² - Ø4мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>1.3.10 Наконечники кабельные с контактными болтами</t>
+  </si>
+  <si>
+    <t>07-4116</t>
+  </si>
+  <si>
+    <t>Наконечник болтовой 1НБ-0-005 (10-25) (в упак. 20 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>1.3.11 Гильзы соединительные кабельные с контактными болтами</t>
+  </si>
+  <si>
+    <t>07-4123</t>
+  </si>
+  <si>
+    <t>Соединитель болтовой 2СБ-0-005 (10-25) (в упак. 20 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4121</t>
+  </si>
+  <si>
+    <t>Соединитель болтовой 4СБ-2-005 (70-120) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4122</t>
+  </si>
+  <si>
+    <t>Соединитель болтовой 4СБ-3-005 (150-240) (в упак. 3 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4120</t>
+  </si>
+  <si>
+    <t>Соединитель болтовой 4СБ-1-005 (25-50) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>1.3.12 Гильзы кабельные алюминиевые под опрессовку (ГА)</t>
+  </si>
+  <si>
+    <t>07-5359-7</t>
+  </si>
+  <si>
+    <t>Гильза кабельная алюминиевая ГА 70-12 (70мм² - Ø12мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5357-7</t>
+  </si>
+  <si>
+    <t>Гильза кабельная алюминиевая ГА 35-8 (35мм² - Ø8мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5358-7</t>
+  </si>
+  <si>
+    <t>Гильза кабельная алюминиевая ГА 50-9 (50мм² - Ø9мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5355-7</t>
+  </si>
+  <si>
+    <t>Гильза кабельная алюминиевая ГА 16-5,4 (16мм² - Ø5,4мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5356-7</t>
+  </si>
+  <si>
+    <t>Гильза кабельная алюминиевая ГА 25-7 (25мм² - Ø7мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5361-7</t>
+  </si>
+  <si>
+    <t>Гильза кабельная алюминиевая ГА 120-14 (120мм² - Ø14мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>1.3.13 Наконечники кабельные медные луженые под опрессовку угловые (90°)</t>
+  </si>
+  <si>
+    <t>07-4132</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ угловой (90°) 25-8-8 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4130</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ угловой (90°) 10-6-5 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4131</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ угловой (90°) 16-8-6 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>1.3.14 Шайбы медно-алюминиевые</t>
+  </si>
+  <si>
+    <t>07-4153</t>
+  </si>
+  <si>
+    <t>Шайба алюмомедная ШАМ 40/17 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4151</t>
+  </si>
+  <si>
+    <t>Шайба алюмомедная ШАМ 24/11 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4154</t>
+  </si>
+  <si>
+    <t>Шайба алюмомедная ШАМ 40/21 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4150</t>
+  </si>
+  <si>
+    <t>Шайба алюмомедная ШАМ 17/8,5 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4152</t>
+  </si>
+  <si>
+    <t>Шайба алюмомедная ШАМ 28/13 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4151-1</t>
+  </si>
+  <si>
+    <t>Шайба алюмомедная ШАМ 24/11 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4152-1</t>
+  </si>
+  <si>
+    <t>Шайба алюмомедная ШАМ 28/13 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Соединители кабельные</t>
+  </si>
+  <si>
+    <t>1.4.1 Клеммные колодки винтовые</t>
+  </si>
+  <si>
+    <t>07-5025-1</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-25 (10-25 мм²), ток 60 A, полиэтилен белый, индивидуальная упаковка, 1 шт. (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полиэтилен белый (ЗВИ) REXANT </t>
+  </si>
+  <si>
+    <t>07-5016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A, полиэтилен белый (ЗВИ) REXANT </t>
+  </si>
+  <si>
+    <t>07-5010-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5014-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-14 (6-14 мм²), ток 20 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5016-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5025-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-25 (10-25 мм²), ток 60 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5025</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-25 (10-25 мм²), ток 60 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полиэтилен белый REXANT (10 шт./уп.) </t>
+  </si>
+  <si>
+    <t>07-5006-4</t>
+  </si>
+  <si>
+    <t>Колодка клеммная винтовая KВ-6, 6А, 2,5-6мм² полипропилен синий ЗВИ (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5035-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полипропилен черный REXANT (10 шт./уп.) </t>
+  </si>
+  <si>
+    <t>07-5010</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5004-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-4 1,5-4, ток 3 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5012-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-12 4-12, ток 16 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5010-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-10 4-10, ток 10 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5006-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5012-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5012-01</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5006-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-6 2,5-6, ток 6 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5012-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-12 4-12, ток 16 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5040</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-40 (25-40 мм²), ток 100 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5016-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-16 6-16, ток 30 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5040-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-40 25-40, ток 100 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5014-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-14 6-14, ток 20 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5004-2-01</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полипропилен черный (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5010-1</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5006-1</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5016-1</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A, полиэтилен белый, индивидуальная упаковка, 1 шт. (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5012</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5014</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-14 (6-14 мм²), ток 20 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5004-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полиэтилен белый (ЗВИ) REXANT </t>
+  </si>
+  <si>
+    <t>07-5012-9</t>
+  </si>
+  <si>
+    <t>Колодка клеммная КВ-12, 16А, 12 мм², индивидуальная упаковка, (1 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-5010-5</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полиэтилен белый (ЗВИ) СМАРТКИП</t>
+  </si>
+  <si>
+    <t>07-5035-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5004-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полиэтилен белый (ЗВИ) СМАРТКИП </t>
+  </si>
+  <si>
+    <t>07-5006-5</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полиэтилен белый (ЗВИ) СМАРТКИП</t>
+  </si>
+  <si>
+    <t>07-5004-2-9</t>
+  </si>
+  <si>
+    <t>Колодка клеммная КВ-4 PROconnect, 3А, 4 мм², PP (полипропилен), черная, индивидуальная упаковка, 1 шт.</t>
+  </si>
+  <si>
+    <t>07-5006-9</t>
+  </si>
+  <si>
+    <t>Колодка клеммная КВ-6, 6А, 6 мм², индивидуальная упаковка, (1 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-5010-9</t>
+  </si>
+  <si>
+    <t>Колодка клеммная КВ-10, 10А, 10 мм², индивидуальная упаковка, (1 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-5006-2-01</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полипропилен черный (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5004-1</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5010-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-10 4-10, ток 10 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5014-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-14 6-14, ток 20 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5025-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-25 10-25, ток 60 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5004-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-4 1,5-4, ток 3 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5004-9</t>
+  </si>
+  <si>
+    <t>Колодка клеммная КВ-4 PROconnect, 3А, 4 мм², индивидуальная упаковка, 1 шт.</t>
+  </si>
+  <si>
+    <t>07-5010-2-7</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полипропилен черный, индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5014-2-7</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-14 (6-14 мм²), ток 20 A, полипропилен черный, индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5016-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-16 6-16, ток 30 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5025-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-25 10-25, ток 60 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5035-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5040-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-40 25-40, ток 100 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5012-5</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полиэтилен белый (ЗВИ) СМАРТКИП</t>
+  </si>
+  <si>
+    <t>07-5016-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A полиэтилен белый (ЗВИ) СМАРТКИП </t>
+  </si>
+  <si>
+    <t>1.4.2 Соединительные изолирующие зажимы СИЗ</t>
+  </si>
+  <si>
+    <t>08-0756-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-12 ø 11,2 мм (1-12,75 мм²), коричневый (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0232-A5</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-3", 1,5-6 мм², оранжевый, 5 шт.</t>
+  </si>
+  <si>
+    <t>06-0231-B10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-2", 1,0-4,5 мм², синий, 10 шт.</t>
+  </si>
+  <si>
+    <t>08-0782</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-17 ø 17,8 мм (5-32 мм²), синий (50 шт./уп.)</t>
+  </si>
+  <si>
+    <t>08-0750-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-11 ø 9,8 мм (1-8,5 мм²), желтый (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0759-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-15 ø 14,9 мм (4-16 мм²), серый (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0230-A5</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-1", 1,0-3,0 мм², серый, 5 шт.</t>
+  </si>
+  <si>
+    <t>06-0233-A5</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-4", 1,5-9,5 мм², желтый, 5 шт.</t>
+  </si>
+  <si>
+    <t>06-0233-B10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-4", 1,5-9,5 мм², желтый, 10 шт.</t>
+  </si>
+  <si>
+    <t>08-0750</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-11 ø 9,8 мм (1-8,5 мм²), желтый (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5220-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-5, ø 5,4 мм (4,0-13,0 мм²), красный (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0230-A10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-1", 1,0-3,0 мм², серый, 10 шт.</t>
+  </si>
+  <si>
+    <t>06-0232-B10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-3", 1,5-6 мм², оранжевый, 10 шт.</t>
+  </si>
+  <si>
+    <t>08-0758-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-13 ø 13 мм (1,5-16 мм²), красный (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0782-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-17 ø 17,8 мм (5-32 мм²), синий (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5220</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-5, ø 5,4 мм (3,0-17,0 мм²) красный REXANT</t>
+  </si>
+  <si>
+    <t>07-5216</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-1, ø 2,7 мм (1,0-2,75 мм²) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-5217</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-2, ø 3,0 мм (1,0-3,75 мм²) синий REXANT</t>
+  </si>
+  <si>
+    <t>07-5218</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-3, ø 3,3 мм (1,5-5,75 мм²) оранжевый REXANT</t>
+  </si>
+  <si>
+    <t>07-5219</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-4, ø 4,8 мм (1,5-10,5 мм²) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0756</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-12 ø 11,2 мм (1-12,75 мм²), коричневый (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>08-0758</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-13 ø 13 мм (1,5-16 мм²), красный (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>08-0759</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-15 ø 14,9 мм (4-16 мм²), серый (50 шт./уп.)</t>
+  </si>
+  <si>
+    <t>08-0707</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT заземления с лепестками СИЗ-99 ø 12 мм (5-16 мм²), зеленый (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>1.4.3 Концевые изолированные заглушки КИЗ</t>
+  </si>
+  <si>
+    <t>08-0701</t>
+  </si>
+  <si>
+    <t>Концевая изолированная заглушка КИЗ-1, ø 2,8 мм (1,0-2,5 мм²) REXANT</t>
+  </si>
+  <si>
+    <t>08-0702</t>
+  </si>
+  <si>
+    <t>Концевая изолированная заглушка КИЗ-2, ø 3,0 мм (1,5-4,0 мм²) REXANT</t>
+  </si>
+  <si>
+    <t>08-0703</t>
+  </si>
+  <si>
+    <t>Концевая изолированная заглушка КИЗ-5, ø 4,0 мм (2,5-5,5 мм²) REXANT</t>
+  </si>
+  <si>
+    <t>08-0705</t>
+  </si>
+  <si>
+    <t>Концевая изолированная заглушка КИЗ-7, ø 5,5 мм (8,0-10,0 мм²) REXANT</t>
+  </si>
+  <si>
+    <t>08-0704</t>
+  </si>
+  <si>
+    <t>Концевая изолированная заглушка КИЗ-6, ø 4,8 мм (3,0-8,0 мм²) REXANT</t>
+  </si>
+  <si>
+    <t>1.4.4 Клеммники концевые изолированные</t>
+  </si>
+  <si>
+    <t>07-5700</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 1,5 мм²  (5х1) (20 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5701</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 2,5 мм² (5х1) (20 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5703</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 6 мм² (5х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5705</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 16 мм² (5х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5706</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 1,5 мм² (10х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5710</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 10 мм² (10х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5702</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 4 мм²  (5х1) (20 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5704</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 10 мм² (5х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5707</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 2,5 мм² (10х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5708</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 4 мм²  (10х1) (10 шт./уп.)REXANT</t>
+  </si>
+  <si>
+    <t>07-5709</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 6 мм² (10х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5711</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 16 мм² (10х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>1.4.5 Клеммы пружинные соединительные</t>
+  </si>
+  <si>
+    <t>07-6215-2</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 3-полюсная с заземлением и с монтажными ножками (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6214</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 2-полюсная (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6214-1</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 2-полюсная с монтажными ножками (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6215</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 3-полюсная (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6215-1</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 3-полюсная с монтажными ножками (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6216</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 4-полюсная (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6216-1</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 4-полюсная с монтажными ножками (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6216-2</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 4-полюсная с заземлением и с монтажными ножками (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6217</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 5-полюсная (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6217-1</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 5-полюсная с монтажными ножками (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6217-2</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 5-полюсная с заземлением и с монтажными ножками (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>1.4.6 Клеммы для осветительных систем</t>
+  </si>
+  <si>
+    <t>07-2401-10</t>
+  </si>
+  <si>
+    <t>Строительно-монтажная клемма СМК 224-101 для светильника на 1 проводник (1,0-2,5)/(0,5-2,5) мм², серая (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-2411</t>
+  </si>
+  <si>
+    <t>Строительно-монтажная клемма СМК 224-112 для светильника на 2 проводника (0,2-2,5)/(0,14-2,5) мм², белая (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-2411-5</t>
+  </si>
+  <si>
+    <t>Строительно-монтажная клемма СМК 224-112 для светильника на 2 проводника 1.0-2.5/0.5-2.5 мм², белая (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-2402-05</t>
+  </si>
+  <si>
+    <t>Строительно-монтажная клемма СМК 224-201 для светильника на 2 проводника (1,0-2,5)/(0,5-2,5) мм² (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-2401</t>
+  </si>
+  <si>
+    <t>Строительно-монтажная клемма СМК 224-101 для светильника на 1 проводник (0,2-2,5)/(0,14-2,5) мм², серая (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-2402</t>
+  </si>
+  <si>
+    <t>Строительно-монтажная клемма СМК 224-201 для светильника на гибкие проводники (0,2-2,5)/(0,14-2,5) мм² серая (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>1.4.7 Клеммы керамические</t>
+  </si>
+  <si>
+    <t>07-6222</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 10 мм² 2 пары контактов с крепежным отверстием (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6228</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 16 мм² 3 пары контактов с крепежным отверстием REXANT (45 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-6226</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 10 мм² 3 пары контактов с крепежным отверстием (84 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6227</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 12 мм² 3 пары контактов с крепежным отверстием (45 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6221</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 4 мм² 2 пары контактов с крепежным отверстием (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6225</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 4 мм² 3 пары контактов с крепежным отверстием (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6223</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 12 мм² 2 пары контактов с крепежным отверстием (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6224</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 16 мм² 2 пары контактов с крепежным отверстием (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>1.4.8 Ответвители прокалывающие</t>
+  </si>
+  <si>
+    <t>08-0771</t>
+  </si>
+  <si>
+    <t>Ответвитель питания 1.0-2.5 мм² (ОВ-2/ЗПо-1 1,0-2,5) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0781</t>
+  </si>
+  <si>
+    <t>Ответвитель питания 4.0-6.0 мм² (ОВ-3/ЗПо-1 4,0-6,0) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0791</t>
+  </si>
+  <si>
+    <t>Ответвитель питания 0.5-0.75 мм² (ОВ) красный REXANT</t>
+  </si>
+  <si>
+    <t>06-0426-A</t>
+  </si>
+  <si>
+    <t>Ответвитель питания 0.5-1.0 мм² (ОВ-1/ЗПО-1 0,5-1,5) красный, в упак. 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0427-A</t>
+  </si>
+  <si>
+    <t>Ответвитель питания 1.0-2.5 мм² (ОВ-2/ЗПо-1 1,0-2,5) синий, в упак. 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0761</t>
+  </si>
+  <si>
+    <t>Ответвитель питания 0.5-1.0 мм² (ОВ-1/ЗПО-1 0,5-1,5) красный REXANT</t>
+  </si>
+  <si>
+    <t>1.4.9 Сжимы ответвительные (Орехи)</t>
+  </si>
+  <si>
+    <t>07-0731</t>
+  </si>
+  <si>
+    <t>Зажим ответвительный У-731М (4-10/1,5-10 мм²) IP20 (сжим, орех) REXANT</t>
+  </si>
+  <si>
+    <t>07-0733</t>
+  </si>
+  <si>
+    <t>Зажим ответвительный У-733М (16-35/1,5-10 мм²) IP20 (сжим, орех) REXANT</t>
+  </si>
+  <si>
+    <t>07-0859</t>
+  </si>
+  <si>
+    <t>Зажим ответвительный У-859М (50-70/4-35 мм²) IP20 (сжим, орех) REXANT</t>
+  </si>
+  <si>
+    <t>07-0739</t>
+  </si>
+  <si>
+    <t>Зажим ответвительный У-739М (4-10/1,5-2,5 мм²) IP20 (сжим, орех) REXANT</t>
+  </si>
+  <si>
+    <t>07-0734</t>
+  </si>
+  <si>
+    <t>Зажим ответвительный У-734М (16-35/16-25 мм²) IP20 (сжим, орех) REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Герметичные кабельные соединители IP68</t>
+  </si>
+  <si>
+    <t>07-5960</t>
+  </si>
+  <si>
+    <t>Кабельный коннектор I-образный (3PIN  0,5-1,5мм2) IP68 REXANT</t>
+  </si>
+  <si>
+    <t>07-5961</t>
+  </si>
+  <si>
+    <t>Кабельный коннектор I-образный (3PIN 0,5-2,5мм2) IP68 REXANT</t>
+  </si>
+  <si>
+    <t>07-5962</t>
+  </si>
+  <si>
+    <t>Кабельный коннектор T-образный (3PIN 0,5-2,5мм2) IP68 REXANT</t>
+  </si>
+  <si>
+    <t>07-5963</t>
+  </si>
+  <si>
+    <t>Кабельный коннектор I-образный (5PIN) IP68 REXANT</t>
+  </si>
+  <si>
+    <t>1.6 Наборы розничные</t>
+  </si>
+  <si>
+    <t>08-1910</t>
+  </si>
+  <si>
+    <t>Набор втулочных наконечников НШВИ (0.5 мм²; 0.75 мм²; 1 мм²; 1.5 мм²; 2.5 мм²) в боксе (E-400) REXANT</t>
   </si>
   <si>
     <t>08-1950</t>
   </si>
   <si>
     <t>Набор наконечников и клемм универсальный (НКИ, НВИ, РпИп, РпИм IT-300) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...10 lines deleted...]
-  <si>
     <t>08-1930</t>
   </si>
   <si>
     <t>Набор втулочных наконечников двойных НШВи(2) (2х0.75 мм²; 2х1 мм²; 2х1.5 мм²; 2х2.5 мм²) в боксе (ТE-200) REXANT</t>
   </si>
   <si>
-    <t>1.2 Коннекторы с кабелем</t>
+    <t>1.7 Коннекторы с кабелем</t>
+  </si>
+  <si>
+    <t>11-9820</t>
+  </si>
+  <si>
+    <t>Соединительный кабель (2pin) герметичный (IP67) 2х1,0мм²  белый  REXANT</t>
+  </si>
+  <si>
+    <t>11-9322</t>
+  </si>
+  <si>
+    <t>Соединительный кабель (2pin) герметичный (IP67) 2х0.35мм²  прозрачный  REXANT</t>
   </si>
   <si>
     <t>11-9320</t>
   </si>
   <si>
     <t>Соединительный кабель (2pin) герметичный (IP67) 2х0.35 мм² белый REXANT</t>
   </si>
   <si>
     <t>11-9530</t>
   </si>
   <si>
     <t>Соединительный кабель (3pin) герметичный (IP67) 3х0.5мм²  белый  REXANT</t>
   </si>
   <si>
-    <t>11-9820</t>
-[...10 lines deleted...]
-  <si>
     <t>11-9450</t>
   </si>
   <si>
     <t>Соединительный кабель (5pin) герметичный (IP67) 5х0.5мм²  белый  REXANT</t>
   </si>
   <si>
     <t>11-9440</t>
   </si>
   <si>
     <t>Соединительный кабель (4pin) герметичный (IP67) 4х0.75мм²  белый  REXANT</t>
   </si>
   <si>
-    <t>1.3 Наконечники и гильзы кабельные слаботочные</t>
-[...4592 lines deleted...]
-    <t>1.7.1 Клеммы WAGO групповая упаковка</t>
+    <t>1.8 Клеммы WAGO</t>
+  </si>
+  <si>
+    <t>1.8.1 Клеммы WAGO групповая упаковка</t>
+  </si>
+  <si>
+    <t>07-5153</t>
+  </si>
+  <si>
+    <t>222-413 Универсальная клемма, 3-проводная, серая (0,08-2,5/4 мм²) (50 шт/уп) WAGO</t>
+  </si>
+  <si>
+    <t>07-5133</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2273-204 Экспресс-клемма 4-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
+  </si>
+  <si>
+    <t>07-5112</t>
+  </si>
+  <si>
+    <t>224-112 Клемма для осветительного оборудования  (1,0-2,5)X2/(0,5-2,5) мм², белая (100 шт./уп.) WAGO</t>
+  </si>
+  <si>
+    <t>07-5132</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2273-203 Экспресс-клемма 3-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
+  </si>
+  <si>
+    <t>07-5135</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2273-208 Экспресс-клемма 8-проводная до 2,5 мм², (50 шт./уп.) WAGO </t>
+  </si>
+  <si>
+    <t>07-5155</t>
+  </si>
+  <si>
+    <t>222-415 Универсальная клемма, 5-проводная, серая (0,08-2,5/4 мм²) (40 шт/уп) WAGO</t>
+  </si>
+  <si>
+    <t>07-5165</t>
+  </si>
+  <si>
+    <t>221-415 Универсальная компактная клемма 5-контактная до 4,0 мм² (25 шт./уп.) WAGO</t>
+  </si>
+  <si>
+    <t>07-5145</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2273-248 Экспресс-клемма с пастой 8-проводная до 2,5 мм², (50 шт./уп.) WAGO </t>
+  </si>
+  <si>
+    <t>07-5143</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2273-244 Экспресс-клемма с пастой 4-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
+  </si>
+  <si>
+    <t>07-5134</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2273-205 Экспресс-клемма 5-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
+  </si>
+  <si>
+    <t>07-5163</t>
+  </si>
+  <si>
+    <t>221-413 Универсальная компактная клемма 3-контактная до 4,0 мм² (50 шт/уп) WAGO</t>
+  </si>
+  <si>
+    <t>07-5161</t>
+  </si>
+  <si>
+    <t>221-412 Универсальная компактная клемма 2-контактная до 4,0 мм² (100 шт./уп.) WAGO</t>
+  </si>
+  <si>
+    <t>07-5152</t>
+  </si>
+  <si>
+    <t>222-412 Универсальная клемма, 2-проводная, серая (0,08-2,5/4 мм²) (50 шт/уп) WAGO</t>
+  </si>
+  <si>
+    <t>07-5111</t>
+  </si>
+  <si>
+    <t>224-101 Клемма для осветительного оборудования  (1,0-2,5)/(0,5-2,5) мм², серая (100 шт./уп.) WAGO</t>
+  </si>
+  <si>
+    <t>07-5141</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2273-242 Экспресс-клемма с пастой 2-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
+  </si>
+  <si>
+    <t>07-5144</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2273-245 Экспресс-клемма с пастой 5-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
   </si>
   <si>
     <t>07-5131</t>
   </si>
   <si>
     <t xml:space="preserve">2273-202 Экспресс-клемма 2-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
   </si>
   <si>
-    <t>07-5141</t>
-[...95 lines deleted...]
-    <t>1.7.2 Клеммы WAGO розничная фасовка</t>
+    <t>1.8.2 Клеммы WAGO розничная фасовка</t>
+  </si>
+  <si>
+    <t>07-5132-05</t>
+  </si>
+  <si>
+    <t>2273-203 Экcпресс-клемма, 3-проводная до 2,5 мм², (5 шт/уп)  WAGO</t>
+  </si>
+  <si>
+    <t>07-5133-05</t>
+  </si>
+  <si>
+    <t>2273-204 Экcпресс-клемма, 4-проводная до 2,5 мм², (5 шт/уп)  WAGO</t>
+  </si>
+  <si>
+    <t>07-5153-20</t>
+  </si>
+  <si>
+    <t>222-413 Универсальная клемма, 3-проводная, серая (0,08-2,5/4 мм²) (20 шт/уп) WAGO</t>
+  </si>
+  <si>
+    <t>07-5144-06</t>
+  </si>
+  <si>
+    <t>2273-245 Экcпресс-клемма с пастой, 5-проводная до 2,5 мм², (6 шт/уп)  WAGO</t>
+  </si>
+  <si>
+    <t>07-5131-20</t>
+  </si>
+  <si>
+    <t>2273-202 Экcпресс-клемма, 2-проводная до 2,5 мм², (20 шт/уп)  WAGO</t>
+  </si>
+  <si>
+    <t>07-5143-20</t>
+  </si>
+  <si>
+    <t>2273-244 Экcпресс-клемма с пастой, 4-проводная до 2,5 мм², (20 шт/уп)  WAGO</t>
+  </si>
+  <si>
+    <t>07-5134-20</t>
+  </si>
+  <si>
+    <t>2273-205 Экcпресс-клемма, 5-проводная до 2,5 мм², (20 шт/уп)  WAGO</t>
+  </si>
+  <si>
+    <t>07-5363-20</t>
+  </si>
+  <si>
+    <t>221-413 Универсальная компактная клемма 3-контактная до 4,0 мм² (20 шт/уп) WAGO</t>
+  </si>
+  <si>
+    <t>07-5133-20</t>
+  </si>
+  <si>
+    <t>2273-204 Экcпресс-клемма, 4-проводная до 2,5 мм², (20 шт/уп)  WAGO</t>
+  </si>
+  <si>
+    <t>07-5152-20</t>
+  </si>
+  <si>
+    <t>222-412 Универсальная клемма, 2-проводная, серая (0,08-2,5/4 мм²) (20 шт/уп) WAGO</t>
+  </si>
+  <si>
+    <t>07-5161-05</t>
+  </si>
+  <si>
+    <t>221-412 Универсальная компактная клемма 2-контактная до 4,0 мм² (5 шт/уп)  WAGO</t>
+  </si>
+  <si>
+    <t>07-5143-06</t>
+  </si>
+  <si>
+    <t>2273-244 Экcпресс-клемма с пастой, 4-проводная до 2,5 мм², (6 шт/уп)  WAGO</t>
+  </si>
+  <si>
+    <t>07-5133-06</t>
+  </si>
+  <si>
+    <t>2273-204 Экcпресс-клемма, 4-проводная до 2,5 мм², (6 шт/уп)  WAGO</t>
+  </si>
+  <si>
+    <t>07-5163-05</t>
+  </si>
+  <si>
+    <t>221-413 Универсальная компактная клемма 3-контактная до 4,0 мм² (5 шт/уп) WAGO</t>
+  </si>
+  <si>
+    <t>07-5165-05</t>
+  </si>
+  <si>
+    <t>221-415 Универсальная компактная клемма 5-контактная до 4,0 мм² (5 шт/уп) WAGO</t>
+  </si>
+  <si>
+    <t>07-5131-05</t>
+  </si>
+  <si>
+    <t>2273-202 Экcпресс-клемма, 2-проводная до 2,5 мм², (5 шт/уп)  WAGO</t>
+  </si>
+  <si>
+    <t>07-5134-05</t>
+  </si>
+  <si>
+    <t>2273-205 Экcпресс-клемма, 5-проводная до 2,5 мм², (5 шт/уп)  WAGO</t>
+  </si>
+  <si>
+    <t>07-5132-20</t>
+  </si>
+  <si>
+    <t>2273-203 Экcпресс-клемма, 3-проводная до 2,5 мм², (20 шт/уп)  WAGO</t>
+  </si>
+  <si>
+    <t>07-5161-20</t>
+  </si>
+  <si>
+    <t>221-412 Универсальная компактная клемма 2-контактная до 4,0 мм² (20 шт/уп)  WAGO</t>
   </si>
   <si>
     <t>07-5135-06</t>
   </si>
   <si>
     <t>2273-208 Экcпресс-клемма, 8-проводная до 2,5 мм², (6 шт/уп)  WAGO</t>
   </si>
   <si>
-    <t>07-5143-20</t>
-[...20 lines deleted...]
-    <t>2273-203 Экcпресс-клемма, 3-проводная до 2,5 мм², (20 шт/уп)  WAGO</t>
+    <t>07-5145-06</t>
+  </si>
+  <si>
+    <t>2273-248 Экcпресс-клемма с пастой, 8-проводная до 2,5 мм², (6 шт/уп)  WAGO</t>
+  </si>
+  <si>
+    <t>07-5144-20</t>
+  </si>
+  <si>
+    <t>2273-245 Экcпресс-клемма с пастой, 5-проводная до 2,5 мм², (20 шт/уп)  WAGO</t>
   </si>
   <si>
     <t>07-5141-20</t>
   </si>
   <si>
     <t>2273-242 Экcпресс-клемма с пастой, 2-проводная до 2,5 мм², (20 шт/уп)  WAGO</t>
-  </si>
-[...133 lines deleted...]
-    <t>Кабельный коннектор I-образный (3PIN  0,5-1,5мм2) IP68 REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -5406,56 +5364,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nakonechnikov-i-klemm-universalniy-nki-nvi-rpip-rpim-it-300-rexant-8728" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-vtulochnih-nakonechnikov-nshvi-0-5-mm-sup2-0-75-mm-sup2-1-mm-sup2-1-5-mm-sup2-2-5-mm-sup2-v-bokse-e-400-rexant-8727" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-vtulochnih-nakonechnikov-dvoynih-nshvi-2-2h0-75-mm-sup2-2h1-mm-sup2-2h1-5-mm-sup2-2h2-5-mm-sup2-v-bokse-te-200-rexant-8726" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-kabel-2pin-germetichniy-ip67-2h0-35-mm-sup2-beliy-rexant-7862" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-kabel-3pin-germetichniy-ip67-3h0-5mm-sup2-beliy-rexant-7864" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-kabel-2pin-germetichniy-ip67-2h1-0mm-sup2-beliy-rexant-7860" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-kabel-2pin-germetichniy-ip67-2h0-35mm-sup2-prozrachniy-rexant-7863" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-kabel-5pin-germetichniy-ip67-5h0-5mm-sup2-beliy-rexant-7859" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-kabel-4pin-germetichniy-ip67-4h0-75mm-sup2-beliy-rexant-7861" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-2-5-termousajivaemaya-pod-payku-l-40-mm-1-5-2-5-mm-sup2-sinyaya-rexant-15775" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-1-5-termousajivaemaya-pod-payku-l-40-mm-0-5-1-5-mm-sup2-krasnaya-rexant-15774" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-6-0-termousajivaemaya-pod-payku-l-40-mm-4-0-6-0-mm-sup2-jeltaya-rexant-15772" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-0-34-termousajivaemaya-pod-payku-l-26-mm-0-25-0-34-mm-sup2-belaya-rexant-15773" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-16-mm-25-mm-sup2-nshvi-25-16-cherniy-rexant-1638" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-6-5-mm-4-6-mm-sup2-nki-6-0-6-nki5-5-6-jeltiy-rexant-1300" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-4-3-mm-1-5-2-5-mm-sup2-nvi-2-5-4-nvi-2-4-siniy-10sht-up-rexant-28828" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-10-5-mm-1-5-2-5-mm-sup2-nki-2-5-10-siniy-rexant-1297" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-0-75-mm-sup2-nshvi-0-75-18-siniy-rexant-3836" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-6-mm-sup2-nshvi-6-0-12-e-6-0-12-e6012-zeleniy-rexant-1635" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-14-mm-2h10-mm-sup2-nshvi-2-10-14-ngi2-10-14-krasniy-rexant-3844" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-3-2-mm-0-5-1-5-mm-sup2-nvi-1-5-3-nvi-1-25-3-krasniy-rexant-1303" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-4-3-mm-0-5-1-5-mm-sup2-nvi-1-5-4-nvi-1-25-4-krasniy-rexant-1304" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-1-mm-sup2-nshvi-1-0-8-jeltiy-rexant-1629" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-5-3-mm-4-6-mm-sup2-nvi-6-0-5-nvi-5-5-5-jeltiy-rexant-1312" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-14-mm-2h10-mm-sup2-nshvi-2-10-14-gi2-10-14-krasniy-rexant-21029" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-2-5-mm-sup2-nshvi-2-5-12-siniy-rexant-1632" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-20-mm-50-mm-sup2-nshvi-50-20-olivkoviy-rexant-6639" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-5-3-mm-0-5-1-5-mm-sup2-nvi-1-5-5-nvi-1-25-5-krasniy-rexant-1305" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-1-5-mm-sup2-nshvi-1-5-8-cherniy-rexant-1630" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-10-mm-2h2-5-mm-sup2-nshvi-2-2-5-10-ngi2-2-5-10-seriy-rexant-3846" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-5-3-mm-1-5-2-5-mm-sup2-nvi-2-5-5-nvi-2-5-siniy-rexant-1309" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-3-2-mm-0-5-1-5-mm-sup2-nki-1-5-3-nki-1-25-3-krasniy-10sht-up-rexant-28833" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-10-mm-sup2-nshvi-10-12-krasniy-v-upak-10-sht-rexant-18006" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-0-75-mm-sup2-nshvi-0-75-8-siniy-rexant-1628" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-10-mm-sup2-nshvi-10-12-krasniy-rexant-1636" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-4-3-mm-1-5-2-5-mm-sup2-nvi-2-5-4-nvi-2-4-siniy-rexant-1308" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-2h4-mm-sup2-nshvi-2-4-0-12-ngi2-4-0-12-oranjeviy-rexant-3847" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-termousajivaemiy-oslash-4-3-mm-0-5-1-5-mm-sup2-nki-t-1-5-4-nki-t1-25-4-krasniy-rexant-7967" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-10-5-mm-0-5-1-5mm-sup2-nki-1-5-10-krasniy-v-upak-10-sht-rexant-18179" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-1-5-mm-sup2-nshvi-1-5-8-e-1-5-8-e1508-cherniy-v-upak-10-sht-rexant-18011" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-termousajivaemiy-oslash-6-5-mm-4-6-mm-sup2-nki-t-6-0-6-nki-t5-5-6-jeltiy-rexant-7969" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-8-4-mm-0-5-1-5mm-sup2-nki-1-5-8-nki-1-25-8-krasniy-v-upak-10-sht-rexant-18174" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-6-mm-sup2-nshvi-6-0-18-zeleniy-rexant-3840" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-1-mm-sup2-nshvi-1-0-8-e-1-0-8-e1008-krasniy-v-upak-10-sht-rexant-18010" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-4-3-mm-1-5-2-5mm-sup2-nki-2-5-4-nki2-4-siniy-v-upak-10-sht-rexant-18177" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12mm-2h4mm-sup2-nshvi-2-4-0-12-ngi2-4-0-12-oranjeviy-rexant-21027" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-10-mm-sup2-nshvi-10-18-slonovaya-kost-rexant-3838" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-5-3-mm-4-6-mm-sup2-nki-6-0-5-nki5-5-5-jeltiy-rexant-1299" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-6-5-mm-4-6-mm-sup2-nvi-6-0-6-nvi-5-5-6-jeltiy-rexant-1313" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-3-7-mm-0-5-1-5-mm-sup2-nki-1-5-3-5-krasniy-rexant-1285" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-5-3-mm-0-5-1-5-mm-sup2-nki-1-5-5-nki-1-25-5-krasniy-rexant-1287" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-8-4-mm-1-5-2-5mm-sup2-nki-2-5-8-nki2-8-siniy-v-upak-10-sht-rexant-18185" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-5-3-mm-1-5-2-5mm-sup2-nki-2-5-5-nki2-5-siniy-v-upak-10-sht-rexant-18178" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-16-mm-sup2-nshvi-16-18-slonovaya-kost-rexant-3839" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-3-2-mm-0-5-1-5-mm-sup2-nki-1-5-3-nki-1-25-3-krasniy-rexant-1284" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-8-4-mm-0-5-1-5-mm-sup2-nki-1-5-8-nki-1-25-8-krasniy-rexant-1289" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-8-4-mm-1-5-2-5-mm-sup2-nki-2-5-8-nki2-8-siniy-rexant-1296" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-3-2-mm-0-5-1-5-mm-sup2-nvi-1-5-3-nvi-1-25-3-krasniy-v-upak-10-sht-rexant-18009" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-4-3-mm-1-5-2-5-mm-sup2-nki-2-5-4-nki2-4-siniy-rexant-1292" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-6-5-mm-1-5-2-5-mm-sup2-nvi-2-5-6-nvi-2-6-siniy-10sht-up-rexant-28830" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-4-3-mm-4-6-mm-sup2-nvi-6-0-4-nvi-5-5-4-jeltiy-10sht-up-rexant-28831" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-2h0-5-mm-sup2-nshvi-2-0-5-8-ngi2-0-5-8-beliy-rexant-3841" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-2h0-75-mm-sup2-nshvi-2-0-75-8-ngi2-0-75-8-siniy-rexant-3842" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-4-mm-sup2-nshvi-4-0-18-seriy-rexant-1634" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-6-5-mm-0-5-1-5-mm-sup2-nki-1-5-6-nki-1-25-6-krasniy-rexant-1288" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-3-2-mm-1-5-2-5-mm-sup2-nki-2-5-3-nki2-3-siniy-rexant-1291" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-6-5-mm-1-5-2-5-mm-sup2-nki-2-5-6-nki2-6-siniy-rexant-1295" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-4-3-mm-4-6-mm-sup2-nki-6-0-4-nki5-5-4-jeltiy-rexant-1298" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-8-4-mm-4-6-mm-sup2-nki-6-0-8-nki5-5-8-jeltiy-rexant-1301" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-9-mm-4-mm-sup2-nshvi-4-0-9-e-4-0-9-e4009-seriy-v-upak-10-sht-rexant-18019" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-2h1-mm-sup2-nshvi-2-1-0-8-ngi2-1-0-8-krasniy-rexant-7953" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-6-5-mm-0-5-1-5-mm-sup2-nvi-1-5-6-krasniy-10sht-up-rexant-28827" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-5-3-mm-1-5-2-5-mm-sup2-nvi-2-5-5-nvi-2-5-siniy-10sht-up-rexant-28829" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-14-mm-2h6-mm-sup2-nshvi-2-6-0-14-ngi2-6-0-14-zeleniy-rexant-3848" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-termousajivaemiy-oslash-6-5-mm-1-5-2-5-mm-sup2-nki-t-2-5-6-nki-t2-6-siniy-rexant-7968" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-termousajivaemiy-oslash-8-4-mm-4-6-mm-sup2-nki-t-6-0-8-nki-t5-5-8-jeltiy-rexant-7970" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-0-5-mm-sup2-nshvi-0-5-8-e-0-5-8-e0508-beliy-v-upak-10-sht-rexant-18005" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-0-75-mm-sup2-nshvi-0-75-8-e7508-siniy-v-upak-10-sht-rexant-18007" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-2-5-mm-sup2-nshvi-2-5-8-e-2-5-8-e2508-siniy-v-upak-10-sht-rexant-18012" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-6-mm-sup2-nshvi-6-0-12-e-6-0-12-e6012-zeleniy-v-upak-10-sht-rexant-18008" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-4-3-mm-0-5-1-5mm-sup2-nki-1-5-4-nki-1-25-4-krasniy-v-upak-10-sht-rexant-18181" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-6-5-mm-0-5-1-5mm-sup2-nki-1-5-6-nki-1-25-6-krasniy-v-upak-10-sht-rexant-18176" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-6-5mm-1-5-2-5mm-sup2-nki-2-5-6-nki2-6-siniy-v-upak-10-sht-rexant-18180" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-6-5-mm-4-6mm-sup2-nki-6-0-6-nki5-5-6-jeltiy-v-upak-10-sht-rexant-18182" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-14-mm-2h6-mm-sup2-nshvi-2-6-0-14-ngi2-6-0-14-zeleniy-rexant-1-21028" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-2h1-5-mm-sup2-nshvi-2-1-5-8-ngi2-1-5-8-cherniy-rexant-3843" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-14-mm-2h16-mm-sup2-nshvi-2-16-14-ngi2-16-14-slonovaya-kost-rexant-3845" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-1-5-mm-sup2-nshvi-1-5-18-cherniy-rexant-3837" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-2-5-mm-sup2-nshvi-2-5-8-siniy-rexant-1631" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-18-mm-2-5-mm-sup2-nshvi-2-5-18-siniy-rexant-3213" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-12-mm-16-mm-sup2-nshvi-16-12-slonovaya-kost-rexant-1637" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-8-mm-0-5-mm-sup2-nshvi-0-5-8-beliy-rexant-1627" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-16-mm-35-mm-sup2-nshvi-35-16-krasniy-rexant-1639" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-izolirovanniy-f-9-mm-4-mm-sup2-nshvi-4-0-9-seriy-rexant-1633" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-4-3-mm-0-5-1-5-mm-sup2-nki-1-5-4-nki-1-25-4-krasniy-rexant-1286" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-10-5-mm-0-5-1-5-mm-sup2-nki-1-5-10-krasniy-rexant-1290" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-5-3-mm-1-5-2-5-mm-sup2-nki-2-5-5-nki2-5-siniy-rexant-1294" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovanniy-oslash-10-5-mm-4-6-mm-sup2-nki-6-0-10-nki5-5-10-jeltiy-rexant-1302" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-6-5-mm-0-5-1-5-mm-sup2-nvi-1-5-6-krasniy-rexant-1306" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-3-2-mm-1-5-2-5-mm-sup2-nvi-2-5-3-siniy-rexant-1307" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-6-5-mm-1-5-2-5-mm-sup2-nvi-2-5-6-nvi-2-6-siniy-rexant-1310" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-4-3-mm-4-6-mm-sup2-nvi-6-0-4-nvi-5-5-4-jeltiy-rexant-1311" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-izolirovanniy-8-4-mm-4-6-mm-sup2-nvi-6-0-8-jeltiy-rexant-1314" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-6-0-6-3-rpip-5-6-0-8-shteker-6-3-mm-4-6-mm-sup2-jeltaya-10sht-up-rexant-28832" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousajivaemaya-rpi-m-t-6-0-6-3-rpim-t-6-7-0-8-gnezdo-6-6-mm-4-6-mm-sup2-jeltiy-rexant-8725" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-2-8-rpip-1-25-3-0-8-shteker-2-8-mm-0-5-1-5-mm-sup2-krasnaya-10sht-up-rexant-28835" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-6-3-rpimp-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-sup2-rexant-1333" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-4-8-rpimp-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-sup2-rexant-1334" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-6-0-6-3-rpim-n-6-7-0-8-gnezdo-6-6-mm-4-6-mm-sup2-jeltiy-rexant-6635" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-4-8-rpip-2-5-0-8-shteker-4-8-mm-1-5-2-5-mm-sup2-sinyaya-rexant-1329" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekerniy-polnostyu-izolirovanniy-shteker-4-mm-0-5-1-5-mm-sup2-rshpi-p-1-5-4-rshipp-1-25-4-krasniy-rexant-1343" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousajivaemaya-rpi-p-t-6-0-6-3-rpip-t-6-7-0-8-shteker-6-35-mm-4-6-mm-sup2-jeltiy-rexant-9237" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-6-3-rpim-2-250-gnezdo-6-6-mm-1-5-2-5-mm-sup2-rexant-1323" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-2-5-6-3-rpim-n-2-7-0-8-gnezdo-6-6-mm-1-5-2-5-mm-sup2-siniy-rexant-6641" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-2-8-rpim-1-25-250-gnezdo-3-8-mm-0-5-1-5-mm-sup2-rexant-1318" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekerniy-izolirovanniy-shteker-4-mm-1-5-2-5-mm-sup2-rshi-p-2-5-4-rship-2-5-4-siniy-rexant-1341" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousajivaemaya-rpi-m-t-1-5-6-3-rpim-t-1-25-7-0-8-gnezdo-6-6-mm-0-5-1-5-mm-sup2-krasniy-rexant-8721" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousajivaemaya-rpi-p-t-2-5-6-3-rpip-t-2-7-0-8-shteker-6-35-mm-1-5-2-5-mm-sup2-siniy-rexant-8724" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-6-3-rpip-2-6-0-8-shteker-6-3-mm-1-5-2-5-mm-sup2-siniy-v-upak-10-sht-rexant-18119" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-6-3-rpim-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-sup2-v-upak-10-sht-rexant-18114" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-6-3-rpimp-2-250-gnezdo-6-6-mm-1-5-2-5-mm-sup2-v-upak-10-sht-rexant-18132" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-9-0-rpim-2-5-9-0-gnezdo-9-mm-1-5-2-5-mm-sup2-rexant-6640" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-1-5-6-3-rpim-n-1-25-7-0-8-gnezdo-6-6-mm-0-5-1-5-mm-sup2-krasniy-rexant-6634" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousajivaemaya-rpi-p-t-1-5-6-3-rpip-t-1-25-7-0-8-shteker-6-35-mm-0-5-1-5-mm-sup2-krasniy-rexant-8722" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousajivaemaya-rpi-m-t-2-5-6-3-rpim-t-2-7-0-8-gnezdo-6-6-mm-1-5-2-5-mm-sup2-siniy-rexant-8723" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-2-8-rpip-1-25-3-0-8-shteker-2-8-mm-0-5-1-5-mm-sup2-krasnaya-rexant-1325" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-6-0-6-3-rpip-5-6-0-8-shteker-6-3-mm-4-6-mm-sup2-jeltaya-rexant-1331" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekerniy-izolirovanniy-gnezdo-4-mm-0-5-1-5-mm-sup2-rshi-m-1-5-4-rshim-1-25-5-4-krasniy-rexant-1345" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekerniy-polnostyu-izolirovanniy-gnezdo-4-mm-1-5-2-5-mm-sup2-rshpi-m-2-5-4-rshimp-2-5-4-siniy-rexant-1349" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-6-3-rpip-1-25-6-0-8-shteker-6-3-mm-0-5-1-5-mm-sup2-krasniy-v-upak-10-sht-rexant-18131" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-2-8-rpim-2-250-gnezdo-3-8-mm-1-5-2-5-mm-sup2-v-upak-10-sht-rexant-18120" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-6-0-6-3-rpim-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-sup2-v-upak-10-sht-rexant-18115" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-4-8-rpimp-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-sup2-v-upak-10-sht-rexant-18124" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekerniy-izolirovanniy-gnezdo-5-mm-4-6-mm-sup2-rshi-m-6-0-5-rshim-5-5-6-4-jeltiy-rexant-6642" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-6-3-rpim-2-250-gnezdo-6-6-mm-1-5-2-5-mm-sup2-v-upak-10-sht-rexant-18127" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-4-8-rpim-1-25-5-gnezdo-5-6-mm-0-5-1-5-mm-sup2-rexant-1319" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-6-3-rpim-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-sup2-rexant-1320" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-2-8-rpim-2-250-gnezdo-3-8-mm-1-5-2-5-mm-sup2-rexant-1321" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-6-3-rpip-1-25-6-0-8-shteker-6-3-mm-0-5-1-5-mm-sup2-krasnaya-rexant-1327" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-6-3-rpip-2-6-0-8-shteker-6-3-mm-1-5-2-5-mm-sup2-sinyaya-rexant-1330" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-6-3-rpimp-2-250-gnezdo-6-6-mm-1-5-2-5-mm-sup2-rexant-1335" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-6-0-6-3-rpimp-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-sup2-rexant-1336" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekerniy-polnostyu-izolirovanniy-shteker-4-mm-1-5-2-5-mm-sup2-rshpi-p-2-5-4-rshipp-2-5-4-siniy-rexant-1344" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-2-5-6-3-rpio-2-5-7-5-gnezdo-6-6-mm-shteker-6-3-mm-1-5-2-5-mm-sup2-rexant-6760" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-1-1-5-mm-sup2-rp-p-1-5-6-3-kolodka-rexant-13479" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-6-3-mm-1-1-5-mm-sup2-rp-m-1-5-6-3-kolodka-rexant-13485" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-1-5-6-3-rpio-1-5-7-5-gnezdo-6-6-mm-shteker-6-3-mm-0-5-1-5-mm-sup2-rexant-6643" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-6-0-6-3-rpio-6-0-7-5-gnezdo-6-6-mm-shteker-6-3-mm-4-6-mm-sup2-rexant-6644" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-4-8-rpim-2-5-gnezdo-5-6-mm-1-5-2-5-mm-sup2-rexant-1322" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-6-0-6-3-rpim-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-sup2-rexant-1324" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-4-8-rpip-1-25-5-shteker-4-8-mm-0-5-1-5-mm-sup2-krasnaya-rexant-1326" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-2-8-rpip-2-3-0-8-shteker-2-8-mm-1-5-2-5-mm-sup2-sinyaya-rexant-1328" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-4-8-rpimp-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5-mm-sup2-rexant-1332" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekerniy-izolirovanniy-shteker-4-mm-0-5-1-5-mm-sup2-rshi-p-1-5-4-rship-1-25-4-krasniy-rexant-1340" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekerniy-izolirovanniy-shteker-5-mm-4-6-mm-sup2-rshi-p-6-0-5-rship5-5-4-jeltiy-rexant-1342" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekerniy-izolirovanniy-gnezdo-4-mm-1-5-2-5-mm-sup2-rshi-m-2-5-4-rshim-2-5-4-siniy-rexant-1346" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekerniy-polnostyu-izolirovanniy-gnezdo-4-mm-0-5-1-5-mm-sup2-rshpi-m-1-5-4-rshimp-1-25-5-4-krasniy-rexant-1348" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-2-8-rpim-1-25-250-gnezdo-3-8-mm-0-5-1-5-mm-sup2-v-upak-10-sht-rexant-18134" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-4-8-rpim-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5mm-sup2-v-upak-10-sht-rexant-18135" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-4-8-rpim-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-sup2-v-upak-10-sht-rexant-18121" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-4-8-rpimp-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5-mm-sup2-v-upak-10-sht-rexant-18128" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-6-3-rpimp-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-sup2-v-upak-10-sht-rexant-18116" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-8-2mm-1-0-1-5mm-sup2-nk-8-1-0-1-5-v-upak-10-sht-18184" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-5-2-mm-0-5-0-8mm-sup2-nk-5-0-5-0-8-v-upakovke-10-sht-18175" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-8-2-mm-1-0-1-5-mm-sup2-nk-8-1-0-1-5-3209" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-35-20-rexant-20401" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-2-5-12-rexant-20406" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-25-15-rexant-20399" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-16-13-rexant-20404" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-6-0-12-rexant-20405" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-5-2-mm-0-5-0-8-mm-sup2-nk-5-0-5-0-8-3207" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-l-6-mm-0-75-mm-sup2-nshv-0-75-6-ng-0-75-6-rexant-3849" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-1-5-12-rexant-20400" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-10-12-rexant-20402" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-70-25-rexant-20407" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-95-25-rexant-20408" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-4-3-mm-0-5-0-8-mm-sup2-nk-4-0-5-0-8-7957" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-rexant-4-5-mm-1-1-5-mm-sup2-nv-1-5-4-7954" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-6-2-mm-0-5-0-8mm-sup2-nk-6-0-5-0-8-v-upak-10-sht-18183" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-rexant-5-5-mm-1-1-5-mm-sup2-nv-1-5-5-7955" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochniy-rexant-6-5-mm-1-1-5-mm-sup2-nv-1-5-6-7956" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelniy-nshp-50-20-rexant-20403" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-l-7-mm-1-5-mm-sup2-nshv-1-5-8-ng-1-5-7-rexant-3850" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-l-7-mm-2-5-mm-sup2-nshv-2-5-8-ng-2-5-7-rexant-3851" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtirevoy-vtulochniy-l-9-mm-4-mm-sup2-nshv-4-0-9-ng-4-0-9-rexant-3852" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-3-5-mm-0-5-0-8-mm-sup2-nk-3-0-5-0-8-3206" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-oslash-6-2-mm-0-5-0-8-mm-sup2-nk-6-0-5-0-8-3208" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-3-6-mm-0-75-1-5-mm-sup2-rp-m-1-5-2-8-rexant-8718" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-5-6-mm-0-75-1-5-mm-sup2-rp-m-1-5-4-8-rexant-8719" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-4-8-mm-0-75-1-5-mm-sup2-rp-p-1-5-4-8-rexant-8717" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-5-mm-1-2-5-mm-sup2-rp-m-2-5-6-3-rexant-8627" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-sup2-rp-p-1-5-6-3-l-25-5-mm-v-upak-10-sht-rexant-18136" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-7-mm-0-75-1-5-mm-sup2-rp-m-1-5-6-3-v-upak-10-sht-rexant-18133" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-5-6-mm-0-75-1-5-mm-sup2-rp-m-1-5-4-8-v-upak-10-sht-rexant-18123" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-2-8-mm-0-75-1-5-mm-sup2-rp-p-1-5-2-8-rexant-6633" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-7-mm-0-75-1-5-mm-sup2-rp-m-1-5-6-3-rexant-3215" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-sup2-rp-p-1-5-6-3-l-25-5-mm-rexant-3214" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-sup2-rp-p-1-5-6-3-l-20-mm-rexant-6638" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-1-5-mm-0-5-1-mm-sup2-rp-p-1-0-1-5-rexant-16875" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-sup2-rp-p-1-5-6-3-l-20-mm-v-upak-10-sht-rexant-18122" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-3-6-mm-0-75-1-5-mm-sup2-rp-m-1-5-2-8-v-upak-10-sht-rexant-18129" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-5-mm-1-2-5-mm-sup2-rp-m-2-5-6-3-v-upak-10-sht-rexant-18130" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolyator-dlya-ploskoy-klemmi-l-26-mm-rexant-8720" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-0-5-1-5-mm-sup2-gsi-1-5-gsi-0-5-1-5-krasnaya-v-upak-5-sht-rexant-18153" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-32-mm-6-10-mm-sup2-gsi-10-gsi-6-0-10-0-krasnaya-rexant-7944" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousajivaemaya-l-37-mm-1-5-2-5-mm-sup2-gsi-t-2-5-gsi-t-1-5-2-5-sinyaya-rexant-7941" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-0-5-1-5-mm-sup2-gsi-1-5-gsi-0-5-1-5-krasnaya-rexant-1315" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-27-3-mm-neylon-0-5-1-5-mm-sup2-gsi-n-1-5-gsi-n-0-5-1-5-krasnaya-rexant-6630" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-27-3-mm-neylon-1-5-2-5-mm-sup2-gsi-n-2-5-gsi-n-1-5-2-5-sinyaya-rexant-6631" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousajivaemaya-l-52-mm-4-6-mm-sup2-gsi-t-6-0-gsi-t-6-0-4-0-jeltaya-rexant-7942" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-27-3-mm-neylon-4-6-mm-sup2-gsi-n-6-0-gsi-n-4-0-6-0-jeltaya-rexant-6632" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousajivaemaya-l-37-mm-0-5-1-mm-sup2-gsi-t-1-0-gsi-t-0-5-1-0-krasnaya-v-upak-10-sht-rexant-18152" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-1-5-2-5-mm-sup2-gsi-2-5-gsi-1-5-2-5-sinyaya-v-upak-10-sht-rexant-18155" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousajivaemaya-l-37-mm-0-5-1-mm-sup2-gsi-t-1-0-gsi-t-0-5-1-0-krasnaya-rexant-7940" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-2-5-4-mm-sup2-gsi-4-0-gsi-2-5-4-0-chernaya-rexant-7943" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-1-5-2-5-mm-sup2-gsi-2-5-gsi-1-5-2-5-sinyaya-rexant-1316" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-4-6-mm-sup2-gsi-6-0-gsi-4-0-6-0-jeltaya-rexant-1317" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-203r-prohodnaya-razemnaya-3-polyusa-0-5-2-5mm-sup2-50-sht-up-rexant-30420" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-606-s-pastoy-6-provodnaya-0-75-4-mm-sup2-blister-5-sht-up-rexant-31710" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-208-8-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-50-sht-up-rexant-27648" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x3r-prohodnaya-razemnaya-3-polyusa-3h2-provodnaya-0-5-2-5mm-sup2-50-sht-up-rexant-30144" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-8-provodnaya-do-2-5-mm-sup2-prozrachnaya-50-sht-up-773-328-rexant-6872" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-302-2-provodnaya-do-2-5-mm-sup2-seraya-100-sht-up-rexant-6873" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-304-4-provodnaya-do-2-5-mm-sup2-seraya-100-sht-up-rexant-6874" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-204-4-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-5-sht-up-27628" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-246-6-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-100-sht-up-28930" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x3r-prohodnaya-razemnaya-3-polyusa-3h2-provodnaya-0-5-2-5mm-sup2-blister-5-sht-up-rexant-31708" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-202r-prohodnaya-razemnaya-2-polyusa-0-5-2-5mm-sup2-50-sht-up-rexant-30419" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-203r-prohodnaya-razemnaya-3-polyusa-0-5-2-5mm-sup2-blister-5-sht-up-rexant-31706" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-202r-prohodnaya-razemnaya-2-polyusa-0-5-2-5mm-sup2-blister-5-sht-up-rexant-31705" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-174-s-pastoy-4-provodnaya-0-75-6-mm-sup2-blister-5-sht-up-rexant-31711" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-308-8-provodnaya-do-2-5-mm-sup2-seraya-blister-5sht-rexant-18074" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-244-4-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-100-sht-up-27651" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-202-2-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-100-sht-up-27644" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-203-3-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-100-sht-up-27645" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-203-3-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-5-sht-up-27627" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-242-2-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-5-sht-up-27630" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-302-2-provodnaya-do-2-5-mm-sup2-seraya-blister-5sht-rexant-18087" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x2r-prohodnaya-razemnaya-2-polyusa-2h2-provodnaya-0-5-2-5mm-sup2-blister-5-sht-up-rexant-31707" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-602-s-pastoy-2-provodnaya-0-75-4-mm-sup2-blister-5-sht-up-rexant-31709" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-604-s-pastoy-4-provodnaya-0-75-4-mm-sup2-blister-5-sht-up-rexant-31693" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-202-2-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-5-sht-up-27626" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-244-4-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-5-sht-up-27632" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-205-5-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-5-sht-up-27629" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-243-3-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-5-sht-up-27631" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-245-5-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-6-sht-up-27633" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-208-8-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-6-sht-up-27634" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-248-8-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-6-sht-up-27635" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-242-2-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-20-sht-up-27637" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-244-4-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-blister-20-sht-up-27641" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-204-4-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-100-sht-up-27646" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-205-5-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-100-sht-up-27647" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-242-2-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-100-sht-up-27649" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-245-5-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-100-sht-up-27652" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-243-3-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-100-sht-up-27650" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-248-8-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-50-sht-up-27653" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-206-6-provodnaya-0-5-2-5-mm-sup2-prozrachnaya-100-sht-up-28745" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-606-s-pastoy-6-provodnaya-0-75-4-mm-sup2-50-sht-up-rexant-30147" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x2r-prohodnaya-razemnaya-2-polyusa-2h2-provodnaya-0-5-2-5mm-sup2-50-sht-up-rexant-30143" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-174-s-pastoy-4-provodnaya-0-75-6-mm-sup2-50-sht-up-rexant-30148" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-602-s-pastoy-2-provodnaya-0-75-4-mm-sup2-50-sht-up-rexant-30145" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-604-s-pastoy-4-provodnaya-0-75-4-mm-sup2-50-sht-up-rexant-30146" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-304-4-provodnaya-do-2-5-mm-sup2-seraya-blister-5sht-rexant-18089" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-306-6-provodnaya-do-2-5-mm-sup2-seraya-blister-5sht-rexant-18102" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-308-8-provodnaya-do-2-5-mm-sup2-seraya-blister-10sht-rexant-18092" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-306-6-provodnaya-do-2-5-mm-sup2-seraya-50-sht-up-rexant-6875" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-308-8-provodnaya-do-2-5-mm-sup2-seraya-50-sht-up-rexant-6876" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/peremichka-dlya-klemm-smk-222-421d-10pin-rexant-30417" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markeri-dlya-klemm-smk-222-421d-bez-simvolov-rexant-30416" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-dlya-klemm-smk-222-221d-bez-simvolov-2-5-4-mm-rexant.html" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/peremichka-dlya-klemm-smk-222-221d-10pin-rexant-31782" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-621d-prohodnaya-1-polyusnaya-na-din-reyku-1-6-mm-sup2-seraya-60-sht-up-rexant-31773" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-dlya-klemm-smk-bez-simvolov-6-10-mm-rexant.html" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h3d-prohodnaya-razvetvitelnaya-2-polyusa-na-din-reyku-0-08-4-mm-sup2-1-vvod-3-vivoda-na-polyus-seraya-25-sht-up-rexant-31779" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421d-prohodnaya-1-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-sup2-seraya-25-sht-up-rexant-24375" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-2521d-prohodnaya-1-polyusnaya-na-din-reyku-6-25-mm-sup2-seraya-30-sht-up-rexant-31774" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-621-pt-6-3-vivoda-richag-push-in-na-din-reyku-1-6-mm-sup2-seraya-50-sht-up-rexant-31776" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424d-prohodnaya-4-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-sup2-seraya-50-sht-up-rexant-26257" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421d-prohodnaya-1-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-sup2-seraya-5-sht-up-rexant-28578" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h2d-prohodnaya-razvetvitelnaya-2-polyusa-na-din-reyku-0-08-4-mm-sup2-1-vvod-2-vivoda-na-polyus-seraya-25-sht-up-rexant-31778" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/peremichka-dlya-klemm-smk-222-621d-6-mm-sup2-10pin-rexant-31777" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h3d-prohodnaya-razvetvitelnaya-3-polyusa-na-din-reyku-0-08-4-mm-sup2-1-vvod-3-vivoda-na-polyus-seraya-15-sht-up-rexant-31781" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421-pt-4-3-vivoda-richag-push-in-na-din-reyku-0-5-4-mm-sup2-seraya-40-sht-up-rexant-31775" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h2d-prohodnaya-razvetvitelnaya-3-polyusa-na-din-reyku-0-08-4-mm-sup2-1-vvod-2-vivoda-na-polyus-seraya-20-sht-up-rexant-31780" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-221d-222-2411-analog-222-4111d-prohodnaya-1-polyusnaya-na-din-reyku-0-2-2-5-mm-sup2-seraya-60-sht-up-rexant-31772" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423d-prohodnaya-3-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-sup2-seraya-50-sht-up-rexant-26256" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422d-prohodnaya-2-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-sup2-seraya-50-sht-up-rexant-26255" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425d-prohodnaya-5-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-sup2-seraya-20-sht-up-rexant-26258" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422d-prohodnaya-2-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-sup2-seraya-5-sht-up-rexant-28573" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423d-prohodnaya-3-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-sup2-seraya-5-sht-up-rexant-28574" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424d-prohodnaya-4-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-sup2-seraya-4-sht-up-rexant-28575" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425d-prohodnaya-5-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-sup2-seraya-4-sht-up-rexant-28576" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h4-prohodnaya-razvetvitelnaya-3-polyusa-s-montajnoy-ploschadkoy-1-vvod-4-vivoda-na-polyus-25-sht-up-rexant-30418" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-418-8-provodnaya-seraya-0-08-2-5-4mm-sup2-20-sht-up-rexant-30411" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424-prohodnaya-4-polyusa-0-08-4mm-sup2-seraya-25-sht-up-rexant-30412" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-4h2-prohodnaya-razvetvitelnaya-4-polyusa-s-montajnoy-ploschadkoy-1-vvod-2-vivoda-na-polyus-20-sht-up-rexant-30414" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-612-221-612-2-provodnaya-seraya-0-5-4-6-mm-sup2-blister-5-sht-up-rexant-31702" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-613-221-613-3-provodnaya-seraya-0-5-4-6-mm-sup2-blister-5-sht-up-rexant-31703" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-4h2-prohodnaya-razvetvitelnaya-4-polyusa-s-montajnoy-ploschadkoy-1-vvod-2-vivoda-na-polyus-blister-4-sht-up-rexant-31695" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-vlagozaschitnaya-gelevaya-dlya-klemm-smk-5-provodnih-rexant-31944" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h3-prohodnaya-razvetvitelnaya-2-polyusa-s-montajnoy-ploschadkoy-1-vvod-3-vivoda-na-polyus-rexant-26260" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425p-prohodnaya-5-polyusov-s-montajnoy-ploschadkoy-0-08-4-mm-sup2-seraya-20-sht-up-rexant-24382" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423p-prohodnaya-3-polyusa-s-montajnoy-ploschadkoy-0-08-4-mm-sup2-seraya-25-sht-up-rexant-24380" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-prozrachnaya-0-08-2-5-4-mm-sup2-blister-5-sht-up-rexant-18064" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-prozrachnaya-0-08-2-5-4-mm-sup2-blister-10-sht-up-rexant-18095" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-415-5-provodnaya-do-4-0-mm-sup2-blister-5-sht-up-rexant-18662" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-5-4-mm-sup2-blister-5-sht-up-rexant-18078" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425-prohodnaya-5-polyusov-0-08-4mm-sup2-seraya-30-sht-up-rexant-30413" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h2-prohodnaya-razvetvitelnaya-3-polyusa-s-montajnoy-ploschadkoy-1-vvod-2-vivoda-na-polyus-50-sht-up-rexant-26261" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h2-prohodnaya-razvetvitelnaya-2-polyusa-s-montajnoy-ploschadkoy-1-vvod-2-vivoda-na-polyus-50-sht-up-rexant-26259" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421r-prohodnaya-razemnaya-1-polyus-seraya-0-2-2-5-4mm-sup2-blister-5-sht-up-rexant-31697" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-615-221-615-5-provodnaya-seraya-0-5-4-6-mm-sup2-15-sht-up-rexant-30582" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422r-prohodnaya-razemnaya-2-polyusa-seraya-0-2-2-5-4mm-sup2-blister-5-sht-up-rexant-31698" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h3-prohodnaya-razvetvitelnaya-3-polyusa-s-montajnoy-ploschadkoy-1-vvod-3-vivoda-na-polyus-50-sht-up-rexant-26262" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-seraya-0-08-2-5-4-mm-sup2-40-sht-up-rexant-8843" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423r-prohodnaya-razemnaya-3-polyusa-seraya-0-2-2-5-4mm-sup2-40-sht-up-rexant-30140" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-613-221-613-3-provodnaya-seraya-0-5-4-6-mm-sup2-25-sht-up-rexant-30581" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-5-4-mm-sup2-blister-5-sht-up-rexant-18077" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-prozrachnaya-0-08-2-5-4-mm-sup2-blister-10-sht-up-rexant-18085" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-5-4-mm-sup2-50-sht-up-rexant-8841" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423r-prohodnaya-razemnaya-3-polyusa-seraya-0-2-2-5-4mm-sup2-blister-5-sht-up-rexant-31699" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h2-prohodnaya-razvetvitelnaya-3-polyusa-s-montajnoy-ploschadkoy-1-vvod-2-vivoda-na-polyus-5-sht-up-rexant-28571" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424r-prohodnaya-razemnaya-4-polyusa-seraya-0-2-2-5-4mm-sup2-blister-5-sht-up-rexant-31700" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h4-prohodnaya-razvetvitelnaya-3-polyusa-s-montajnoy-ploschadkoy-1-vvod-4-vivoda-na-polyus-blister-4-sht-up-rexant-31696" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422p-prohodnaya-2-polyusa-s-montajnoy-ploschadkoy-0-08-4-mm-sup2-seraya-blister-5-sht-up-rexant-28350" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-5-4-mm-sup2-50-sht-up-rexant-8842" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421-prohodnaya-1-polyus-0-08-4-mm-sup2-seraya-5-sht-up-rexant-28577" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-vlagozaschitnaya-gelevaya-dlya-klemm-smk-2-provodnih-rexant-31942" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-vlagozaschitnaya-gelevaya-dlya-klemm-smk-3-provodnih-rexant-31943" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423-prohodnaya-3-polyusa-0-08-4-mm-sup2-seraya-5-sht-up-rexant-28581" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h4-prohodnaya-razvetvitelnaya-2-polyusa-s-montajnoy-ploschadkoy-1-vvod-4-vivoda-na-polyus-blister-5-sht-up-rexant-31694" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-5-4-mm-sup2-20-sht-up-rexant-27335" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423p-prohodnaya-3-polyusa-s-montajnoy-ploschadkoy-0-08-4-mm-sup2-seraya-blister-5-sht-up-rexant-28351" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-sup2-20-sht-up-rexant-27332" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424p-prohodnaya-4-polyusa-s-montajnoy-ploschadkoy-0-08-4-mm-sup2-seraya-blister-5-sht-up-rexant-28352" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421p-prohodnaya-1-polyus-s-montajnoy-ploschadkoy-0-08-4-mm-sup2-seraya-50-sht-up-rexant-24378" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421r-prohodnaya-razemnaya-1-polyus-seraya-0-2-2-5-4mm-sup2-50-sht-up-rexant-30138" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h2-prohodnaya-razvetvitelnaya-2-polyusa-s-montajnoy-ploschadkoy-1-vvod-2-vivoda-na-polyus-5-sht-up-rexant-28569" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421p-prohodnaya-1-polyus-s-montajnoy-ploschadkoy-0-08-4-mm-sup2-seraya-5-sht-up-rexant-28579" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h3-prohodnaya-razvetvitelnaya-3-polyusa-s-montajnoy-ploschadkoy-1-vvod-3-vivoda-na-polyus-4-sht-up-rexant-29713" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-sup2-blister-5-sht-up-rexant-18921" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-prozrachnaya-0-08-2-5-4-mm-sup2-40-sht-up-rexant-14063" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425r-prohodnaya-razemnaya-5-polyusov-seraya-0-2-2-5-4mm-sup2-blister-3-sht-up-rexant-31701" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-prozrachnaya-0-08-2-5-4-mm-sup2-50-sht-up-rexant-14059" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-prozrachnaya-0-08-2-5-4-mm-sup2-50-sht-up-rexant-14060" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-prozrachnaya-0-08-2-5-4-mm-sup2-blister-5-sht-up-rexant-18086" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-sup2-50-sht-up-rexant-18606" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-prozrachnaya-0-08-2-5-4-mm-sup2-blister-5-sht-up-rexant-18079" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-612-221-612-2-provodnaya-seraya-0-5-4-6-mm-sup2-50-sht-up-rexant-30580" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-415-5-provodnaya-do-4-0-mm-sup2-40-sht-up-rexant-18608" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-seraya-0-08-2-5-4-mm-sup2-blister-10-sht-up-rexant-18076" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-615-221-615-5-provodnaya-seraya-0-5-4-6-mm-sup2-blister-5-sht-up-rexant-31704" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-sup2-blister-5-sht-up-rexant-18922" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421-prohodnaya-1-polyus-0-08-4-mm-sup2-seraya-50-sht-up-rexant-26120" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423-prohodnaya-3-polyusa-0-08-4-mm-sup2-seraya-25-sht-up-rexant-24377" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422p-prohodnaya-2-polyusa-s-montajnoy-ploschadkoy-0-08-4-mm-sup2-seraya-50-sht-up-rexant-24379" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424p-prohodnaya-4-polyusa-s-montajnoy-ploschadkoy-0-08-4-mm-sup2-seraya-25-sht-up-rexant-24381" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-sup2-50-sht-up-rexant-18607" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-seraya-0-08-2-5-4-mm-sup2-blister-5-sht-up-rexant-18081" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-5-4-mm-sup2-blister-10-sht-up-rexant-18082" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-sup2-paket-5-sht-up-rexant-17480" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-414-4-provodnaya-seraya-0-08-2-5-4-mm-sup2-50-sht-up-rexant-29644" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422-prohodnaya-2-polyusa-0-08-4-mm-sup2-seraya-25-sht-up-rexant-24376" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-5-4-mm-sup2-20-sht-up-rexant-27333" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-sup2-20-sht-up-rexant-27334" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425p-prohodnaya-5-polyusov-s-montajnoy-ploschadkoy-0-08-4-mm-sup2-seraya-blister-4-sht-up-rexant-28162" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h3-prohodnaya-razvetvitelnaya-2-polyusa-s-montajnoy-ploschadkoy-1-vvod-3-vivoda-na-polyus-5-sht-up-rexant-28570" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422-prohodnaya-2-polyusa-0-08-4-mm-sup2-seraya-5-sht-up-rexant-28580" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-414-4-provodnaya-seraya-0-08-2-5-4-mm-sup2-blister-5-sht-up-rexant-29915" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-414-4-provodnaya-seraya-0-08-2-5-4-mm-sup2-blister-10-sht-up-rexant-29916" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422r-prohodnaya-razemnaya-2-polyusa-seraya-0-2-2-5-4mm-sup2-50-sht-up-rexant-30139" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424r-prohodnaya-razemnaya-4-polyusa-seraya-0-2-2-5-4mm-sup2-20-sht-up-rexant-30141" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425r-prohodnaya-razemnaya-5-polyusov-seraya-0-2-2-5-4mm-sup2-20-sht-up-rexant-30142" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-5-4-mm-sup2-blister-10-sht-up-rexant-18080" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-prozrachnaya-0-08-2-5-4-mm-sup2-blister-10-sht-up-rexant-18094" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-sup2-blister-10-sht-up-rexant-18920" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-sup2-blister-10-sht-up-rexant-18919" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h4-prohodnaya-razvetvitelnaya-3-polyusa-s-montajnoy-ploschadkoy-1-vvod-4-vivoda-na-polyus-10-sht-up-rexant-30415" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-hk-oslash-3-5-mm-2-5-mm-sup2-tml-din-2-5-4-3835" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-oslash-6-5-mm-10-mm-sup2-tml-din-10-6-7920" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-oslash-8-4-mm-50-mm-sup2-tml-din-50-8-7966" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-oslash-8-4-mm-25-mm-sup2-tml-din-25-8-7971" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-oslash-10-mm-10-mm-sup2-tml-din-10-10-7919" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-oslash-13-mm-150-mm-sup2-tml-din-150-12-6647" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-oslash-13-mm-120-mm-sup2-tml-din-120-12-6646" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-oslash-10-5-mm-50-mm-sup2-tml-din-50-10-3834" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-oslash-5-2-mm-4-mm-sup2-tml-din-4-5-7962" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-oslash-5-2-mm-2-5-mm-sup2-tml-din-2-5-5-7961" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-oslash-5-2-mm-6-mm-sup2-tml-din-6-5-7963" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-oslash-8-4-mm-35-mm-sup2-tml-din-35-8-7965" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-oslash-10-5-mm-25-mm-sup2-tml-din-25-10-9571" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-oslash-10-5-mm-70-mm-sup2-tml-din-70-10-6648" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-35-8-10-35mm-sup2-oslash-8mm-v-upak-5-sht-rexant-15584" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-70-12-13-70mm-sup2-oslash-12mm-v-upak-5-sht-rexant-25318" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-16-6-6-16mm-sup2-oslash-6mm-v-upak-5-sht-rexant-25300" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-35-8-9-35mm-sup2-oslash-8mm-v-upak-5-sht-rexant-25304" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-25-8-7-25mm-sup2-oslash-8mm-v-upak-5-sht-rexant-25302" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-50-10-11-50mm-sup2-oslash-11mm-v-upak-5-sht-rexant-25312" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-25-8-7-25mm-sup2-oslash-8mm-v-upak-100-sht-rexant-25303" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-35-10-10-35mm-sup2-oslash-10mm-v-upak-5-sht-rexant-25308" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-25-10-8-25mm-sup2-oslash-10mm-v-upak-100sht-rexant-25542" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-35-10-9-35mm-sup2-oslash-10mm-v-upak-5-sht-rexant-25307" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-25-8-8-25mm-sup2-oslash-8mm-v-upak-100sht-rexant-25541" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-25-10-8-25mm-sup2-oslash-10mm-v-upak-5-sht-rexant-15579" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-240-16-24-240mm-sup2-oslash-16mm-v-upak-5-sht-rexant-pod-zakaz-25252" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-120-12-17-120mm-sup2-oslash-12mm-v-upak-10-sht-rexant-25244" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-150-16-19-150mm-sup2-oslash-16mm-v-upak-10-sht-rexant-25248" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-6-6-4-6mm-sup2-oslash-6mm-v-upak-10-sht-rexant-15571" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-10-8-5-10mm-sup2-oslash-8mm-v-upak-5-sht-rexant-15581" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-50-12-11-50mm-sup2-oslash-11mm-v-upak-5-sht-rexant-25314" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-35-12-10-35mm-sup2-oslash-8mm-v-upak-50sht-rexant-25544" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-10-6-5-10mm-sup2-oslash-6mm-v-upak-5-sht-rexant-15608" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-16-8-6-16mm-sup2-oslash-8mm-v-upak-5-sht-rexant-15604" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-16-6-6-16mm-sup2-oslash-6mm-v-upak-100-sht-rexant-25301" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-35-10-9-35mm-sup2-oslash-10mm-v-upak-50-sht-rexant-25306" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-35-10-10-35mm-sup2-oslash-10mm-v-upak-50-sht-rexant-25309" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-50-8-11-50mm-sup2-oslash-8mm-v-upak-5-sht-rexant-25310" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-50-10-11-50mm-sup2-oslash-11mm-v-upak-50-sht-rexant-25313" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-50-8-11-50mm-sup2-oslash-8mm-v-upak-50-sht-rexant-25311" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-50-12-11-50mm-sup2-oslash-11mm-v-upak-50-sht-rexant-25315" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-70-10-13-70mm-sup2-oslash-13mm-v-upak-5-sht-rexant-25316" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-70-10-13-70mm-sup2-oslash-13mm-v-upak-25-sht-rexant-25317" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-70-12-13-70mm-sup2-oslash-12mm-v-upak-25-sht-rexant-25319" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-6-6-4-6mm-sup2-oslash-6mm-v-upak-100sht-rexant-25537" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-10-6-5-10mm-sup2-oslash-6mm-v-upak-100sht-rexant-25538" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-16-8-6-16mm-sup2-oslash-8mm-v-upak-100sht-rexant-25540" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-35-8-10-35mm-sup2-oslash-8mm-v-upak-50sht-rexant-25543" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-35-8-9-35mm-sup2-oslash-8mm-v-upak-50-sht-rexant-25305" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-6-5-4-6mm-sup2-oslash-5mm-v-upak-100sht-rexant-25536" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-10-8-5-10mm-sup2-oslash-8mm-v-upak-100sht-rexant-25539" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-6-5-4-6mm-sup2-oslash-5mm-v-upak-10-sht-rexant-15603" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-25-8-8-16mm-sup2-oslash-8mm-v-upak-5-sht-rexant-15601" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-35-12-10-35mm-sup2-oslash-12mm-v-upak-5-sht-rexant-15585" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-tm-95-10-15-95mm-sup2-oslash-10mm-v-upak-25-sht-rexant-25321" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-medniy-lujeniy-nshml-10-7h13-10mm-sup2-oslash-7mm-v-upak-50-sht-rexant-25364" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-medniy-lujeniy-nshml-10-5-5h13-10mm-sup2-oslash-5-5mm-v-upak-50-sht-rexant-25362" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-medniy-lujeniy-nshml-16-7h14-16mm-sup2-oslash-7mm-v-upak-50-sht-rexant-25368" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-medniy-lujeniy-nshml-35-7h20-35mm-sup2-oslash-7mm-v-upak-25-sht-rexant-25372" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-medniy-lujeniy-nshml-50-7h20-50mm-sup2-oslash-7mm-v-upak-10-sht-rexant-25374" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-medniy-lujeniy-nshml-6-5-5h12-6mm-sup2-oslash-5-5mm-v-upak-50-sht-rexant-25200" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-medniy-lujeniy-nshml-16-5-5h14-16mm-sup2-oslash-5-5mm-v-upak-50-sht-rexant-25366" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-medniy-lujeniy-nshml-25-7h15-25mm-sup2-oslash-7mm-v-upak-25-sht-rexant-25370" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-lujenaya-gml-6-4-6mm-sup2-oslash-4mm-gost-23469-3-79-v-upak-100sht-rexant-25576" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-lujenaya-gml-16-6-16mm-sup2-oslash-6mm-gost-23469-3-79-v-upak-5-sht-rexant-10151" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-lujenaya-gml-2-5-2-6-2-5mm-sup2-oslash-2-6mm-gost-23469-3-79-v-upak-10-sht-rexant-10147" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-lujenaya-gml-35-10-35mm-sup2-oslash-10mm-gost-23469-3-79-v-upak-5-sht-rexant-10153" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-lujenaya-gml-16-6-16mm-sup2-oslash-6mm-gost-23469-3-79-v-upak-100sht-rexant-25578" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-lujenaya-gml-35-9-35mm-sup2-oslash-9mm-gost-23469-3-79-v-upak-50-sht-rexant-25265" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-lujenaya-gml-50-11-50mm-sup2-oslash-11mm-gost-23469-3-79-v-upak-5-sht-rexant-10154" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-lujenaya-gml-4-3-4mm-sup2-oslash-3mm-gost-23469-3-79-v-upak-10-sht-rexant-10148" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-lujenaya-gml-6-4-6mm-sup2-oslash-4mm-gost-23469-3-79-v-upak-10-sht-rexant-10149" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-lujenaya-gml-10-5-10mm-sup2-oslash-5mm-gost-23469-3-79-v-upak-5-sht-rexant-10150" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-lujenaya-gml-25-8-25mm-sup2-oslash-8mm-gost-23469-3-79-v-upak-5-sht-rexant-10152" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-lujenaya-gml-2-5-2-6-2-5mm-sup2-oslash-2-6mm-gost-23469-3-79-v-upak-100sht-rexant-25574" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-lujenaya-gml-4-3-4mm-sup2-oslash-3mm-gost-23469-3-79-v-upak-100sht-rexant-25575" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-lujenaya-gml-10-5-10mm-sup2-oslash-5mm-gost-23469-3-79-v-upak-100sht-rexant-25577" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-lujenaya-gml-25-8-25mm-sup2-oslash-8mm-gost-23469-3-79-v-upak-100sht-rexant-25579" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-lujenaya-gml-35-10-35mm-sup2-oslash-10mm-gost-23469-3-79-v-upak-50sht-rexant-25580" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-lujenaya-gml-50-11-50mm-sup2-oslash-11mm-gost-23469-3-79-v-upak-50sht-rexant-25581" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-lujenaya-gml-150-19-150-mm-sup2-oslash-19-mm-gost-23469-3-79-v-upak-2-sht-rexant-10158" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-lujenaya-gml-95-15-95-mm-sup2-oslash-15-mm-gost-23469-3-79-v-upak-2-sht-rexant-10156" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminieviy-lujeniy-nshal-16-14-v-upak-50-sht-rexant-pod-zakaz-25358" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminieviy-ta-240-20-20-v-upak-10-sht-rexant-pod-zakaz-25354" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminieviy-ta-16-8-5-4-v-upak-100-sht-rexant-25345" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminieviy-ta-35-10-8-v-upak-50-sht-rexant-25347" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminieviy-nsha-16-14-v-upak-50-sht-rexant-25355" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminieviy-ta-185-16-19-v-upak-10-sht-rexant-pod-zakaz-25352" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminieviy-ta-25-8-7-v-upak-100-sht-rexant-25346" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminieviy-ta-95-12-13-v-upak-25sht-rexant-25350" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminieviy-ta-70-10-12-v-upak-25-sht-rexant-25349" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminieviy-nsha-35-20-v-upak-30-sht-rexant-25357" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminieviy-lujeniy-nshal-25-15-v-upak-50-sht-rexant-25359" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminieviy-lujeniy-nshal-35-20-v-upak-30-sht-rexant-25360" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-4sb-1-005-25-50-v-upak-5-sht-rexant-25204" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-2sb-0-005-10-25-v-upak-20-sht-rexant-25207" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-4sb-2-005-70-120-v-upak-5-sht-rexant-25205" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-4sb-3-005-150-240-v-upak-3-sht-rexant-25206" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-120-14-120mm-sup2-oslash-14mm-v-upak-25-sht-rexant-25340" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-16-5-4-16mm-sup2-oslash-5-4mm-v-upak-100-sht-rexant-25327" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-70-12-70mm-sup2-oslash-12mm-v-upak-25-sht-rexant-25336" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-25-7-25mm-sup2-oslash-7mm-v-upak-50-sht-rexant-25329" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-35-8-35mm-sup2-oslash-8mm-v-upak-50-sht-rexant-25332" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-50-9-50mm-sup2-oslash-9mm-v-upak-50-sht-rexant-25334" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-28-13-v-upak-10-sht-rexant-25258" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-40-21-v-upak-100-sht-rexant-25261" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-24-11-v-upak-10-sht-rexant-25256" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-17-8-5-v-upak-100-sht-rexant-25253" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-24-11-v-upak-100-sht-rexant-25255" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-28-13-v-upak-100-sht-rexant-25257" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-40-17-v-upak-100-sht-rexant-25259" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyumo-medniy-tam-35-10-8-v-upak-50-sht-rexant-25285" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyumo-medniy-tam-25-8-7-v-upak-100-sht-rexant-25287" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyumo-medniy-tam-70-10-12-v-upak-25-sht-rexant-25282" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyumo-medniy-tam-50-10-9-v-upak-50-sht-rexant-25284" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15-mm-2-5-4-mm-sup2-gml-din-4-rexant-7945" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15-mm-0-5-1-5-mm-sup2-gml-din-1-5-bn1-25-v-upak-10-sht-rexant-18154" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15-mm-1-5-2-5-mm-sup2-gml-din-2-5-rexant-3211" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15-mm-0-5-1-5-mm-sup2-gml-din-1-5-rexant-3210" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15-mm-4-6-mm-sup2-gml-din-6-rexant-3212" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-21-mm-10-mm-sup2-gml-din-10-rexant-6626" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-26-mm-16-mm-sup2-gml-din-16-rexant-6627" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-29-mm-25-mm-sup2-gml-din-25-rexant-6628" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-32-mm-35-mm-sup2-gml-din-35-rexant-6629" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-185-21-185mm-sup2-oslash-21mm-v-upak-10-sht-rexant-pod-zakaz-25324" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-16-6-16mm-sup2-oslash-6mm-v-upak-5-sht-rexant-15583" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-240-24-240mm-sup2-oslash-24mm-v-upak-5-sht-rexant-pod-zakaz-25325" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-150-19-150mm-sup2-oslash-19mm-v-upak-10-sht-rexant-25322" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-25-8-25mm-sup2-oslash-8mm-v-upak-100sht-rexant-25587" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-120-17-120mm-sup2-oslash-17mm-v-upak-10-sht-rexant-25400" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-70-13-70mm-13mm-v-upak-25-sht-rexant.html" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-4-3-4mm-sup2-oslash-3mm-v-upak-10-sht-rexant-15577" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-6-4-6mm-sup2-oslash-4mm-v-upak-10-sht-rexant-15599" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-35-10-35mm-sup2-oslash-10mm-v-upak-50sht-rexant-25586" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-16-6-16mm-sup2-oslash-6mm-v-upak-100sht-rexant-25588" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-6-4-6mm-sup2-oslash-4mm-v-upak-100sht-rexant-25590" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-4-3-4mm-sup2-oslash-3mm-v-upak-100sht-rexant-25591" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-2-5-2-6-2-5mm-sup2-oslash-2-6mm-v-upak-100sht-rexant-25592" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-10-5-10mm-sup2-oslash-5mm-v-upak-100sht-rexant-25589" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-10-5-10mm-sup2-oslash-5mm-v-upak-5-sht-rexant-15572" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-25-8-25mm-sup2-oslash-8mm-v-upak-5-sht-rexant-15595" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-35-10-35mm-sup2-oslash-10mm-v-upak-5-sht-rexant-15609" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-boltovoy-1nb-0-005-10-25-v-upak-20-sht-rexant-25280" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-boltovoy-2nb-1-005-25-50-v-upak-20-sht-rexant-25281" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-35-8-9-35mm-sup2-oslash-8mm-gost-7386-80-v-upak-5-sht-rexant-10118" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-2-5-4-2-6-2-5mm-sup2-oslash-5mm-gost-7386-80-v-upak-100-sht-rexant-25274" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-50-8-11-50mm-sup2-oslash-8mm-gost-7386-80-v-upak-50-sht-rexant-25210" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-50-10-50mm-sup2-oslash-10mm-v-upak-5-sht-rexant-25171" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-10-5-5-10mm-sup2-oslash-5mm-gost-7386-80-v-upak-100-sht-rexant-25551" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-2-5-6-2-6-2-5mm-sup2-oslash-6mm-gost-7386-80-v-upak-10-sht-rexant-10104" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-4-6-3-4mm-sup2-oslash-6mm-gost-7386-80-v-upak-10-sht-rexant-10106" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-50-10-11-50mm-sup2-oslash-10mm-gost-7386-80-v-upak-5-sht-rexant-10125" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-16-8-6-16mm-sup2-oslash-8mm-gost-7386-80-v-upak-100sht-rexant-25555" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-2-5-4-2-5mm-sup2-oslash-4mm-gost-7386-80-v-upak-100-sht-rexant-25218" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-4-6-3-4mm-sup2-oslash-6mm-gost-7386-80-v-upak-100sht-rexant-25548" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-35-8-10-35mm-sup2-oslash-8mm-gost-7386-80-v-upak-50sht-rexant-25561" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-tml-95-10-15-95-mm-sup2-oslash-10-mm-gost-7386-80-v-upak-2-sht-rexant-10129" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-4-6-4mm-sup2-oslash-6mm-v-upak-100-sht-rexant-25227" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-70-10-13-70mm-sup2-oslash-10mm-gost-7386-80-v-upak-25sht-rexant-25566" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-10-6-5-10mm-sup2-oslash-6mm-gost-7386-80-v-upak-100sht-rexant-25552" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-25-10-25mm-sup2-oslash-10mm-v-upak-100-sht-rexant-25166" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-2-5-5-2-5mm-sup2-oslash-5mm-gost-7386-80-v-upak-10-sht-rexant-25220" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-25-8-8-25mm-sup2-oslash-8mm-gost-7386-80-v-upak-100sht-rexant-25557" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-25-8-7-25mm-sup2-oslash-8mm-gost-7386-80-v-upak-100-sht-rexant-25208" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-10-6-10mm-sup2-oslash-6mm-v-upak-100-sht-rexant-25233" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-25-6-25mm-sup2-oslash-6mm-v-upak-100-sht-rexant-25162" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-50-10-11-50mm-sup2-oslash-10mm-gost-7386-80-v-upak-50sht-rexant-25564" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-120-16-17-120mm-sup2-oslash-16mm-gost-7386-80-v-upak-25-sht-rexant-25570" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-10-5-5-10mm-sup2-oslash-5mm-gost-7386-80-v-upak-5-sht-rexant-10109" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-150-12-19-150mm-sup2-oslash-12mm-gost-7386-80-v-upak-2-sht-rexant-10137" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-50-12-11-50mm-sup2-oslash-12mm-gost-7386-80-v-upak-5-sht-rexant-10126" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-185-16-21-185mm-sup2-oslash-16mm-gost-7386-80-v-upak-2-sht-rexant-10141" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-16-6-6-16mm-sup2-oslash-6mm-gost-7386-80-v-upak-5-sht-rexant-10112" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-25-8-8-25mm-sup2-oslash-8mm-gost-7386-80-v-upak-5-sht-rexant-10116" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-2-5-5-2-6-2-5mm-sup2-oslash-5mm-gost-7386-80-v-upak-10-sht-rexant-10103" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-25-8-7-25mm-sup2-oslash-8mm-gost-7386-80-v-upak-10-sht-rexant-25209" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-2-5-6-2-5mm-sup2-oslash-6mm-v-upak-100-sht-rexant-25223" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-4-5-4mm-sup2-oslash-5mm-v-upak-100-sht-rexant-25225" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-6-5-6mm-sup2-oslash-5mm-v-upak-100-sht-rexant-25229" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-6-6-6mm-sup2-oslash-6mm-v-upak-100-sht-rexant-25231" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-6-6-6mm-sup2-oslash-6mm-v-upak-10-sht-rexant-25230" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-10-8-10mm-sup2-oslash-8mm-v-upak-100-sht-rexant-25235" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-16-6-16mm-sup2-oslash-6mm-v-upak-100-sht-rexant-25237" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-16-8-16mm-sup2-oslash-8mm-v-upak-100-sht-rexant-25239" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-25-8-25mm-sup2-oslash-8mm-v-upak-100-sht-rexant-25164" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-35-8-35mm-sup2-oslash-8mm-v-upak-100-sht-rexant-25168" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-35-10-35mm-sup2-oslash-10mm-v-upak-100-sht-rexant-25170" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-50-10-50mm-sup2-oslash-10mm-v-upak-50-sht-rexant-25172" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-95-12-15-95mm-sup2-oslash-12mm-gost-7386-80-v-upak-25sht-rexant-25181" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-2-5-4-2-6-2-5mm-sup2-oslash-5mm-gost-7386-80-v-upak-10-sht-rexant-25275" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-2-5-6-2-6-2-5mm-sup2-oslash-6mm-gost-7386-80-v-upak-100sht-rexant-25546" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-10-8-5-10mm-sup2-oslash-8mm-gost-7386-80-v-upak-100sht-rexant-25553" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-25-6-8-25mm-sup2-oslash-6mm-gost-7386-80-v-upak-100sht-rexant-25556" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-35-8-9-35mm-sup2-oslash-8mm-gost-7386-80-v-upak-100sht-rexant-25559" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-35-10-10-35mm-sup2-oslash-10mm-gost-7386-80-v-upak-50sht-rexant-25562" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-95-10-15-95mm-sup2-oslash-10mm-gost-7386-80-v-upak-25sht-rexant-25568" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-120-12-17-120mm-sup2-oslash-12mm-gost-7386-80-v-upak-25sht-rexant-25569" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-50-8-11-50mm-sup2-oslash-8mm-gost-7386-80-v-upak-5-sht-rexant-25211" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-2-5-4-2-5mm-sup2-oslash-4mm-gost-7386-80-v-upak-10-sht-rexant-25219" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-2-5-6-2-5mm-sup2-oslash-6mm-v-upak-10-sht-rexant-25222" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-4-5-4mm-sup2-oslash-5mm-v-upak-10-sht-rexant-25224" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-4-6-4mm-sup2-oslash-6mm-v-upak-10-sht-rexant-25226" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-6-5-6mm-sup2-oslash-5mm-v-upak-10-sht-rexant-25228" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-10-6-10mm-sup2-oslash-6mm-v-upak-5-sht-rexant-25232" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-10-8-10mm-sup2-oslash-8mm-v-upak-5-sht-rexant-25234" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-16-6-16mm-sup2-oslash-6mm-v-upak-5-sht-rexant-25236" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-16-8-16mm-sup2-oslash-8mm-v-upak-5-sht-rexant-25238" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-25-6-25mm-sup2-oslash-6mm-v-upak-5-sht-rexant-25240" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-25-8-25mm-sup2-oslash-8mm-v-upak-5-sht-rexant-25163" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-25-10-25mm-sup2-oslash-10mm-v-upak-5-sht-rexant-25165" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-r-35-8-35mm-sup2-oslash-8mm-v-upak-5-sht-rexant-25167" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-35-10-9-35mm-sup2-oslash-9mm-gost-7386-80-v-upak-50sht-rexant-25169" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-2-5-5-2-6-2-5mm-sup2-oslash-5mm-gost-7386-80-v-upak-100sht-rexant-25545" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-4-5-3-4mm-sup2-oslash-5mm-gost-7386-80-v-upak-100sht-rexant-25547" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-6-5-4-6mm-sup2-oslash-5mm-gost-7386-80-v-upak-100sht-rexant-25549" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-6-6-4-6mm-sup2-oslash-4mm-gost-7386-80-v-upak-100sht-rexant-25550" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-16-6-6-16mm-sup2-oslash-6mm-gost-7386-80-v-upak-100sht-rexant-25554" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-25-10-8-25mm-sup2-oslash-8mm-gost-7386-80-v-upak-100sht-rexant-25558" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-35-12-10-35mm-sup2-oslash-12mm-gost-7386-80-v-upak-50sht-rexant-25563" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-50-12-11-50mm-sup2-oslash-12mm-gost-7386-80-v-upak-50sht-rexant-25565" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-70-12-13-70mm-sup2-oslash-12mm-gost-7386-80-v-upak-25sht-rexant-25567" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-4-5-3-4mm-sup2-oslash-5mm-gost-7386-80-v-upak-10-sht-rexant-10105" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-6-5-4-6mm-sup2-oslash-5mm-gost-7386-80-v-upak-10-sht-rexant-10107" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-10-8-5-10mm-sup2-oslash-8mm-gost-7386-80-v-upak-5-sht-rexant-10111" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-16-8-6-16mm-sup2-oslash-8mm-gost-7386-80-v-upak-5-sht-rexant-10113" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-25-10-8-25mm-sup2-oslash-10mm-gost-7386-80-v-upak-5-sht-rexant-10117" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-35-12-9-35mm-sup2-oslash-12mm-gost-7386-80-v-upak-5-sht-rexant-10120" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-35-8-10-35mm-sup2-oslash-8mm-gost-7386-80-v-upak-5-sht-rexant-10121" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-35-10-10-35mm-sup2-oslash-10mm-gost-7386-80-v-upak-5-sht-rexant-10122" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-70-10-13-70mm-sup2-oslash-10mm-gost-7386-80-v-upak-2-sht-rexant-10127" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-70-12-13-70mm-sup2-oslash-12mm-gost-7386-80-v-upak-2-sht-rexant-10128" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-120-12-17-120mm-sup2-oslash-12mm-gost-7386-80-v-upak-2-sht-rexant-10133" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-120-16-17-120mm-sup2-oslash-16mm-gost-7386-80-v-upak-2-sht-rexant-10134" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-240-16-24-240mm-sup2-oslash-16mm-gost-7386-80-v-upak-2-sht-rexant-10145" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-6-6-4-6mm-sup2-oslash-6mm-gost-7386-80-v-upak-10-sht-rexant-10108" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-10-6-5-10mm-sup2-oslash-6mm-gost-7386-80-v-upak-5-sht-rexant-10110" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-25-6-8-25mm-sup2-oslash-6mm-gost-7386-80-v-upak-5-sht-rexant-10114" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-35-10-9-35mm-sup2-oslash-10mm-gost-7386-80-v-upak-5-sht-rexant-10119" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-35-12-10-35mm-sup2-oslash-12mm-gost-7386-80-v-upak-5-sht-rexant-10123" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-95-12-15-95mm-sup2-oslash-12mm-gost-7386-80-v-upak-2-sht-rexant-10130" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-150-16-19-150mm-sup2-oslash-16mm-gost-7386-80-v-upak-2-sht-rexant-10138" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-uglovoy-90-10-6-5-v-upak-100-sht-rexant-25290" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-uglovoy-90-16-8-6-v-upak-100-sht-rexant-25291" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-medniy-lujeniy-tml-uglovoy-90-25-8-8-v-upak-100-sht-rexant-25292" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montajnaya-klemma-smk-224-201-dlya-svetilnika-na-gibkie-provodniki-0-2-2-5-0-14-2-5-mm-sup2-seraya-50-sht-up-rexant-24397" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montajnaya-klemma-smk-224-101-dlya-svetilnika-na-1-provodnik-0-2-2-5-0-14-2-5-mm-sup2-seraya-100-sht-up-rexant-24395" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montajnaya-klemma-smk-224-112-dlya-svetilnika-na-2-provodnika-0-2-2-5-0-14-2-5-mm-sup2-belaya-100-sht-up-rexant-24396" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montajnaya-klemma-smk-224-112-dlya-svetilnika-na-2-provodnika-1-0-2-5-0-5-2-5-mm-sup2-belaya-5-sht-up-rexant-27654" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montajnaya-klemma-smk-224-101-dlya-svetilnika-na-1-provodnik-1-0-2-5-0-5-2-5-mm-sup2-seraya-10-sht-up-rexant-28582" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montajnaya-klemma-smk-224-201-dlya-svetilnika-na-2-provodnika-1-0-2-5-0-5-2-5-mm-sup2-5-sht-up-rexant-28566" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-10-mm-sup2-3-pari-kontaktov-s-krepejnim-otverstiem-84-sht-up-rexant-24372" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-10-mm-sup2-2-pari-kontaktov-s-krepejnim-otverstiem-100-sht-up-rexant-24410" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-12-mm-sup2-2-pari-kontaktov-s-krepejnim-otverstiem-50-sht-up-rexant-24412" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-12-mm-sup2-3-pari-kontaktov-s-krepejnim-otverstiem-45-sht-up-rexant-24373" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-16-mm-sup2-3-pari-kontaktov-s-krepejnim-otverstiem-rexant-45-sht-up-24374" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-4-mm-sup2-2-pari-kontaktov-s-krepejnim-otverstiem-100-sht-up-rexant-24411" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-16-mm-sup2-2-pari-kontaktov-s-krepejnim-otverstiem-50-sht-up-rexant-24413" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-4-mm-sup2-3-pari-kontaktov-s-krepejnim-otverstiem-100-sht-up-rexant-24414" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-0-5-0-75-mm-sup2-ov-krasniy-rexant-2222" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-0-5-1-0-mm-sup2-ov-1-zpo-1-0-5-1-5-krasniy-rexant-1338" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-1-0-2-5-mm-sup2-ov-2-zpo-1-1-0-2-5-siniy-rexant-1337" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-4-0-6-0-mm-sup2-ov-3-zpo-1-4-0-6-0-jeltiy-rexant-1339" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-0-5-1-0-mm-sup2-ov-1-zpo-1-0-5-1-5-krasniy-v-upak-5-sht-rexant-18022" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-1-0-2-5-mm-sup2-ov-2-zpo-1-1-0-2-5-siniy-v-upak-5-sht-rexant-18023" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-otvetvitelniy-u-734m-16-35-16-25-mm-sup2-ip20-sjim-oreh-rexant-29073" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-otvetvitelniy-u-733m-16-35-1-5-10-mm-sup2-ip20-sjim-oreh-rexant-29072" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-otvetvitelniy-u-859m-50-70-4-35-mm-sup2-ip20-sjim-oreh-rexant-29075" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-otvetvitelniy-u-731m-4-10-1-5-10-mm-sup2-ip20-sjim-oreh-rexant-29071" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-otvetvitelniy-u-739m-4-10-1-5-2-5-mm-sup2-ip20-sjim-oreh-rexant-29074" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-sup2-tok-3-a-polipropilen-cherniy-zvi-individualnaya-upakovka-1-sht-rexant-31576" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-sup2-tok-6-a-polietilen-beliy-zvi-individualnaya-upakovka-1-sht-rexant-31571" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-sup2-tok-10-a-polietilen-beliy-zvi-individualnaya-upakovka-1-sht-rexant-31569" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-sup2-tok-20-a-polipropilen-cherniy-individualnaya-upakovka-1-sht-rexant-21042" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-40-25-40-mm-sup2-tok-100-a-polietilen-beliy-zvi-rexant-12576" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-6-2-5-6-tok-6-a-polipropilen-jeltiy-rexant-10-sht-up-25001" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-jeltiy-rexant-10-sht-up-25000" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-siniy-rexant-10-sht-up-25011" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-jeltiy-rexant-10-sht-up-25003" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-siniy-rexant-10-sht-up-25012" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-sup2-tok-6-a-polipropilen-cherniy-zvi-individualnaya-upakovka-1-sht-rexant-31577" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-sup2-tok-3-a-polipropilen-cherniy-zvi-rexant-9158" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-sup2-tok-3-a-polietilen-beliy-zvi-individualnaya-upakovka-1-sht-rexant-31570" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-4-proconnect-3a-4-mm-sup2-individualnaya-upakovka-1-sht-11869" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-6-6a-6-mm-sup2-individualnaya-upakovka-1-sht-up-proconnect-11420" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-jeltiy-rexant-10-sht-up-25007" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-sup2-tok-30-a-polietilen-beliy-individualnaya-upakovka-1-sht-zvi-rexant-27988" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-cherniy-rexant-10-sht-up-25019" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-sup2-tok-10-a-polipropilen-cherniy-zvi-rexant-9160" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-10-10a-10-mm-sup2-individualnaya-upakovka-1-sht-up-proconnect-15169" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-sup2-tok-30-a-polipropilen-cherniy-zvi-rexant-9163" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-sup2-tok-30-a-polietilen-beliy-zvi-smartkip-23642" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-sup2-tok-6-a-polipropilen-cherniy-zvi-rexant-9159" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-sup2-tok-16-a-polietilen-beliy-zvi-individualnaya-upakovka-1-sht-rexant-31575" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-sup2-tok-6-a-polietilen-beliy-zvi-smartkip-19185" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-sup2-tok-16-a-polipropilen-cherniy-zvi-rexant-9161" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-sup2-tok-16-a-polietilen-beliy-zvi-rexant-759" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-sup2-tok-20-a-polipropilen-cherniy-zvi-rexant-9162" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-sup2-tok-16-a-polietilen-beliy-zvi-smartkip-19186" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-sup2-tok-60-a-polipropilen-cherniy-zvi-rexant-9164" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-sup2-tok-20-a-polietilen-beliy-zvi-rexant-760" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-sup2-tok-10-a-polietilen-beliy-zvi-rexant-758" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-sup2-tok-3-a-polietilen-beliy-zvi-rexant-393" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-sup2-tok-6-a-polietilen-beliy-zvi-rexant-757" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-12-16a-12-mm-sup2-individualnaya-upakovka-1-sht-up-proconnect-15172" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-sup2-tok-3-a-polietilen-beliy-zvi-smartkip-19184" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-sup2-tok-10-a-polietilen-beliy-zvi-smartkip-19187" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-jeltiy-rexant-10-sht-up-25002" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-jeltiy-rexant-10-sht-up-25005" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-jeltiy-rexant-10-sht-up-25008" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-vintovaya-kv-6-6a-2-5-6mm-sup2-polipropilen-siniy-zvi-10-sht-up-rexant-25010" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-siniy-rexant-10-sht-up-25014" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-siniy-rexant-10-sht-up-25015" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-siniy-rexant-10-sht-up-25017" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polietilen-beliy-rexant-10-sht-up-25018" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-jeltiy-rexant-10-sht-up-25004" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-jeltiy-rexant-10-sht-up-25006" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-siniy-rexant-10-sht-up-25009" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-siniy-rexant-10-sht-up-25013" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-siniy-rexant-10-sht-up-25016" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-sup2-tok-60-a-polietilen-beliy-individualnaya-upakovka-1-sht-zvi-rexant-27989" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-4-proconnect-3a-4-mm-sup2-pp-polipropilen-chernaya-individualnaya-upakovka-1-sht-11421" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-sup2-tok-10-a-polipropilen-cherniy-individualnaya-upakovka-1-sht-rexant-21041" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-sup2-tok-60-a-polietilen-beliy-zvi-rexant-1626" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-sup2-tok-30-a-polietilen-beliy-zvi-rexant-761" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-siz-3-oslash-3-3-mm-1-5-5-75-mm-sup2-oranjeviy-rexant-11840" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-s-lepestkami-siz-13-oslash-13-mm-1-5-16-mm-sup2-krasniy-10-sht-up-rexant-28586" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-4-1-5-9-5-mm-sup2-jeltiy-10-sht-17964" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-s-lepestkami-siz-15-oslash-14-9-mm-4-16-mm-sup2-seriy-10-sht-up-rexant-28587" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-4-1-5-9-5-mm-sup2-jeltiy-5-sht-17960" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-siz-1-oslash-2-7-mm-1-0-2-75-mm-sup2-seriy-rexant-11839" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-3-1-5-6-mm-sup2-oranjeviy-5-sht-17959" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-siz-2-oslash-3-0-mm-1-0-3-75-mm-sup2-siniy-rexant-11833" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-siz-4-oslash-4-8-mm-1-5-10-5-mm-sup2-jeltiy-rexant-11834" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-s-lepestkami-siz-11-oslash-9-8-mm-1-8-5-mm-sup2-jeltiy-100-sht-up-26154" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-s-lepestkami-siz-13-oslash-13-mm-1-5-16-mm-sup2-krasniy-100-sht-up-26156" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-s-lepestkami-siz-15-oslash-14-9-mm-4-16-mm-sup2-seriy-50-sht-up-26157" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-s-lepestkami-siz-17-oslash-17-8-mm-5-32-mm-sup2-siniy-50-sht-up-26158" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-s-lepestkami-siz-12-oslash-11-2-mm-1-12-75-mm-sup2-korichneviy-100-sht-up-26155" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-zazemleniya-s-lepestkami-siz-99-oslash-12-mm-5-16-mm-sup2-zeleniy-100-sht-up-26159" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-siz-5-oslash-5-4-mm-4-0-13-0-mm-sup2-krasniy-10-sht-up-rexant-28568" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-s-lepestkami-siz-11-oslash-9-8-mm-1-8-5-mm-sup2-jeltiy-10-sht-up-rexant-28584" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-s-lepestkami-siz-17-oslash-17-8-mm-5-32-mm-sup2-siniy-10-sht-up-rexant-28588" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-s-lepestkami-siz-12-oslash-11-2-mm-1-12-75-mm-sup2-korichneviy-10-sht-up-rexant-28585" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-siz-5-oslash-5-4-mm-3-0-17-0-mm-sup2-krasniy-rexant-11835" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-1-1-0-3-0-mm-sup2-seriy-5-sht-17958" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-1-1-0-3-0-mm-sup2-seriy-10-sht-17965" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-2-1-0-4-5-mm-sup2-siniy-10-sht-17967" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-3-1-5-6-mm-sup2-oranjeviy-10-sht-17966" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-5-oslash-4-0-mm-2-5-5-5-mm-sup2-rexant-7948" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-2-oslash-3-0-mm-1-5-4-0-mm-sup2-rexant-7947" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-1-oslash-2-8-mm-1-0-2-5-mm-sup2-rexant-7946" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-6-oslash-4-8-mm-3-0-8-0-mm-sup2-rexant-7949" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-7-oslash-5-5-mm-8-0-10-0-mm-sup2-rexant-7950" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-16-mm-sup2-10h1-10-sht-up-rexant-24394" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-16-mm-sup2-5h1-10-sht-up-rexant-24388" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-2-5-mm-sup2-5h1-20-sht-up-rexant-24384" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-6-mm-sup2-5h1-10-sht-up-rexant-24386" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-2-5-mm-sup2-10h1-10-sht-up-rexant-24390" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-6-mm-sup2-10h1-10-sht-up-rexant-24392" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-1-5-mm-sup2-5h1-20-sht-up-rexant-24383" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-4-mm-sup2-5h1-20-sht-up-rexant-24385" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-10-mm-sup2-5h1-10-sht-up-rexant-24387" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-1-5-mm-sup2-10h1-10-sht-up-rexant-24389" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-4-mm-sup2-10h1-10-sht-up-rexant-24391" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-10-mm-sup2-10h1-10-sht-up-rexant-24393" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-5-polyusnaya-s-montajnimi-nojkami-50-sht-up-rexant-24408" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-3-polyusnaya-s-montajnimi-nojkami-100-sht-up-rexant-24402" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-2-polyusnaya-100-sht-up-rexant-24398" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-2-polyusnaya-s-montajnimi-nojkami-100-sht-up-rexant-24399" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-3-polyusnaya-100-sht-up-rexant-24401" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-4-polyusnaya-50-sht-up-rexant-24404" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-4-polyusnaya-s-zazemleniem-i-s-montajnimi-nojkami-50-sht-up-rexant-24406" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-5-polyusnaya-50-sht-up-rexant-24407" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-3-polyusnaya-s-zazemleniem-i-s-montajnimi-nojkami-100-sht-up-rexant-24403" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-4-polyusnaya-s-montajnimi-nojkami-50-sht-up-rexant-24405" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-5-polyusnaya-s-zazemleniem-i-s-montajnimi-nojkami-50-sht-up-rexant-24409" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-202-ekspress-klemma-2-provodnaya-do-2-5-mm-sup2-100-sht-up-wago-4268" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-242-ekspress-klemma-s-pastoy-2-provodnaya-do-2-5-mm-sup2-100-sht-up-wago-4273" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-203-ekspress-klemma-3-provodnaya-do-2-5-mm-sup2-100-sht-up-wago-4269" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-412-universalnaya-klemma-2-provodnaya-seraya-0-08-2-5-4-mm-sup2-50-sht-up-wago-4263" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/224-101-klemma-dlya-osvetitelnogo-oborudovaniya-1-0-2-5-0-5-2-5-mm-sup2-seraya-100-sht-up-wago-4266" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-205-ekspress-klemma-5-provodnaya-do-2-5-mm-sup2-100-sht-up-wago-4271" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-413-universalnaya-klemma-3-provodnaya-seraya-0-08-2-5-4-mm-sup2-50-sht-up-wago-4264" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-415-universalnaya-klemma-5-provodnaya-seraya-0-08-2-5-4-mm-sup2-40-sht-up-wago-4265" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-208-ekspress-klemma-8-provodnaya-do-2-5-mm-sup2-50-sht-up-wago-4272" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-413-universalnaya-kompaktnaya-klemma-3-kontaktnaya-do-4-0-mm-sup2-50-sht-up-wago-11711" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-412-universalnaya-kompaktnaya-klemma-2-kontaktnaya-do-4-0-mm-sup2-100-sht-up-wago-11710" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-415-universalnaya-kompaktnaya-klemma-5-kontaktnaya-do-4-0-mm-sup2-25-sht-up-wago-11709" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/224-112-klemma-dlya-osvetitelnogo-oborudovaniya-1-0-2-5-x2-0-5-2-5-mm-sup2-belaya-100-sht-up-wago-4267" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-204-ekspress-klemma-4-provodnaya-do-2-5-mm-sup2-100-sht-up-wago-4270" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-244-ekspress-klemma-s-pastoy-4-provodnaya-do-2-5-mm-sup2-100-sht-up-wago-4275" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-245-ekspress-klemma-s-pastoy-5-provodnaya-do-2-5-mm-sup2-100-sht-up-wago-4276" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-248-ekspress-klemma-s-pastoy-8-provodnaya-do-2-5-mm-sup2-50-sht-up-wago-4277" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-208-ekcpress-klemma-8-provodnaya-do-2-5-mm-sup2-6-sht-up-wago-19764" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompaktnaya-klemma-4-h-provodnaya-20-shtuk-seriya-2273-244-19757" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-412-universalnaya-kompaktnaya-klemma-2-kontaktnaya-do-4-0-mm-sup2-5-sht-up-wago-19759" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-412-universalnaya-klemma-2-provodnaya-seraya-0-08-2-5-4-mm-sup2-20-sht-up-wago-19758" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-203-ekcpress-klemma-3-provodnaya-do-2-5-mm-sup2-20-sht-up-wago-19744" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-242-ekcpress-klemma-s-pastoy-2-provodnaya-do-2-5-mm-sup2-20-sht-up-wago-19743" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-204-ekcpress-klemma-4-provodnaya-do-2-5-mm-sup2-6-sht-up-wago-19754" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-244-ekcpress-klemma-s-pastoy-4-provodnaya-do-2-5-mm-sup2-6-sht-up-wago-19755" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-413-universalnaya-kompaktnaya-klemma-3-kontaktnaya-do-4-0-mm-sup2-20-sht-up-wago-19749" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-205-ekcpress-klemma-5-provodnaya-do-2-5-mm-sup2-5-sht-up-wago-20393" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-205-ekcpress-klemma-5-provodnaya-do-2-5-mm-sup2-20-sht-up-wago-19746" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-412-universalnaya-kompaktnaya-klemma-2-kontaktnaya-do-4-0-mm-sup2-20-sht-up-wago-19750" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-202-ekcpress-klemma-2-provodnaya-do-2-5-mm-sup2-20-sht-up-wago-19762" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-205-ekcpress-klemma-5-provodnaya-do-2-5-mm-sup2-6-sht-up-wago-19741" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-245-ekcpress-klemma-s-pastoy-5-provodnaya-do-2-5-mm-sup2-6-sht-up-wago-19763" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-248-ekcpress-klemma-s-pastoy-8-provodnaya-do-2-5-mm-sup2-6-sht-up-wago-19761" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-204-ekcpress-klemma-4-provodnaya-do-2-5-mm-sup2-20-sht-up-wago-19756" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-245-ekcpress-klemma-s-pastoy-5-provodnaya-do-2-5-mm-sup2-20-sht-up-wago-19747" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-413-universalnaya-klemma-3-provodnaya-seraya-0-08-2-5-4-mm-sup2-20-sht-up-wago-19748" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-413-universalnaya-kompaktnaya-klemma-3-kontaktnaya-do-4-0-mm-sup2-5-sht-up-wago-19765" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-415-universalnaya-kompaktnaya-klemma-5-kontaktnaya-do-4-0-mm-sup2-5-sht-up-wago-19742" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-202-ekcpress-klemma-2-provodnaya-do-2-5-mm-sup2-5-sht-up-wago-20394" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-203-ekcpress-klemma-3-provodnaya-do-2-5-mm-sup2-5-sht-up-wago-20391" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-204-ekcpress-klemma-4-provodnaya-do-2-5-mm-sup2-5-sht-up-wago-20395" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-konnektor-t-obrazniy-3pin-0-5-2-5mm2-ip68-rexant-24859" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-konnektor-i-obrazniy-3pin-0-5-2-5mm2-ip68-rexant-24858" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-konnektor-i-obrazniy-5pin-ip68-rexant-24860" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-konnektor-i-obrazniy-3pin-0-5-1-5mm2-ip68-rexant-24857" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-4-mm-0-5-1-5-mm-rshi-m-1-5-4-rshim-1-25-5-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-2-8-rpip-1-25-3-0-8-shteker-2-8-mm-0-5-1-5-mm-krasnaya-10sh" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-6-0-6-3-rpip-5-6-0-8-shteker-6-3-mm-4-6-mm-zheltaya-10sht-up-re" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-6-0-6-3-rpim-n-6-7-0-8-gnezdo-6-6-mm-4-6" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-6-0-6-3-rpip-5-6-0-8-shteker-6-3-mm-4-6-mm-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-6-0-6-3-rpimp-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-shteker-4-mm-0-5-1-5-mm-rshpi-p-1-5-4-rshipp-1-25-4-krasnyy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-9-0-rpim-2-5-9-0-gnezdo-9-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-1-5-6-3-rpim-n-1-25-7-0-8-gnezdo-6-6-mm-0" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-4-8-rpimp-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-v-upa" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-6-3-rpip-1-25-6-0-8-shteker-6-3-mm-0-5-1-5-mm-krasnyy-v-upa" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-6-0-6-3-rpim-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-v-upak-10-sht-rexan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-1-5-6-3-rpip-t-1-25-7-0-8-shteker-6-35-mm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-shteker-4-mm-1-5-2-5-mm-rshpi-p-2-5-4-rshipp-2-5-4-siniy-re" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-4-8-rpim-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5mm-v-upak-10-sht-r" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-6-3-rpim-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-v-upak-10-sht-re" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-2-8-rpim-2-250-gnezdo-3-8-mm-1-5-2-5-mm-v-upak-10-sht-rexan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-4-8-rpim-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-v-upak-10-sht-rex" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-6-3-rpim-2-250-gnezdo-6-6-mm-1-5-2-5-mm-v-upak-10-sht-rexan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-2-8-rpim-1-25-250-gnezdo-3-8-mm-0-5-1-5-mm-v-upak-10-sht-re" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-6-3-rpimp-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-v-up" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-6-3-rpimp-2-250-gnezdo-6-6-mm-1-5-2-5-mm-v-upak" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-6-0-6-3-rpip-t-6-7-0-8-shteker-6-35-mm-4-6" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-1-5-6-3-rpim-t-1-25-7-0-8-gnezdo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-2-5-6-3-rpim-t-2-7-0-8-gnezdo-6" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-2-5-6-3-rpip-t-2-7-0-8-shteker-6-35-mm-1-5" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-6-0-6-3-rpim-t-6-7-0-8-gnezdo-6" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-4-8-rpimp-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5-mm-v" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-6-3-rpip-2-6-0-8-shteker-6-3-mm-1-5-2-5-mm-siniy-v-upak-10" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-1-1-5-mm-rp-p-1-5-6-3-kolodka-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-1-5-6-3-rpio-1-5-7-5-gnezdo-6-6-mm-shteker-6-3-mm-0-5-1-5-mm-re" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-6-3-mm-1-1-5-mm-rp-m-1-5-6-3-kolodka-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-2-8-rpim-1-25-250-gnezdo-3-8-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-gnezdo-4-mm-1-5-2-5-mm-rshpi-m-2-5-4-rshimp-2-5-4-siniy-rex" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-2-5-6-3-rpio-2-5-7-5-gnezdo-6-6-mm-shteker-6-3-mm-1-5-2-5-mm-re" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-2-5-6-3-rpim-n-2-7-0-8-gnezdo-6-6-mm-1-5" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-5-mm-4-6-mm-rshi-m-6-0-5-rshim-5-5-6-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-6-0-6-3-rpio-6-0-7-5-gnezdo-6-6-mm-shteker-6-3-mm-4-6-mm-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-4-8-rpim-1-25-5-gnezdo-5-6-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-6-3-rpim-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-2-8-rpim-2-250-gnezdo-3-8-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-4-8-rpim-2-5-gnezdo-5-6-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-6-3-rpim-2-250-gnezdo-6-6-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-6-0-6-3-rpim-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-2-8-rpip-1-25-3-0-8-shteker-2-8-mm-0-5-1-5-mm-krasnaya-rexa" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-4-8-rpip-1-25-5-shteker-4-8-mm-0-5-1-5-mm-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-6-3-rpip-1-25-6-0-8-shteker-6-3-mm-0-5-1-5-mm-krasnaya-rexa" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-2-8-rpip-2-3-0-8-shteker-2-8-mm-1-5-2-5-mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-4-8-rpip-2-5-0-8-shteker-4-8-mm-1-5-2-5-mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-6-3-rpip-2-6-0-8-shteker-6-3-mm-1-5-2-5-mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-4-8-rpimp-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5-mm-re" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-6-3-rpimp-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-rexa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-4-8-rpimp-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-rexan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-6-3-rpimp-2-250-gnezdo-6-6-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-4-mm-0-5-1-5-mm-rshi-p-1-5-4-rship-1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-4-mm-1-5-2-5-mm-rshi-p-2-5-4-rship-2-5-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-5-mm-4-6-mm-rshi-p-6-0-5-rship5-5-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-4-mm-1-5-2-5-mm-rshi-m-2-5-4-rshim-2-5-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-gnezdo-4-mm-0-5-1-5-mm-rshpi-m-1-5-4-rshimp-1-25-5-4-krasny" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-5-6-mm-0-75-1-5-mm-rp-m-1-5-4-8-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-5-mm-1-2-5-mm-rp-m-2-5-6-3-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-7-mm-0-75-1-5-mm-rp-m-1-5-6-3-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-rp-p-1-5-6-3-l-20-mm-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-7-mm-0-75-1-5-mm-rp-m-1-5-6-3-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-3-6-mm-0-75-1-5-mm-rp-m-1-5-2-8-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolyator-dlya-ploskoy-klemmy-l-26-mm-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-rp-p-1-5-6-3-l-25-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-2-8-mm-0-75-1-5-mm-rp-p-1-5-2-8-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-rp-p-1-5-6-3-l-20-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-5-6-mm-0-75-1-5-mm-rp-m-1-5-4-8-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-5-mm-1-2-5-mm-rp-m-2-5-6-3-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-3-6-mm-0-75-1-5-mm-rp-m-1-5-2-8-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-4-8-mm-0-75-1-5-mm-rp-p-1-5-4-8-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-1-5-mm-0-5-1-mm-rp-p-1-0-1-5-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-rp-p-1-5-6-3-l-25-5-mm-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-16-mm-nshvi-16-18-slonovaya-kost-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-1-5-2-5-mm-nvi-2-5-5-nvi-2-5-siniy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-5-mm-nshvi-0-5-8-belyy-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-4-mm-nshvi-4-0-18-seryy-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h0-5-mm-nshvi-2-0-5-8-ngi2-0-5-8-belyy-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-5-mm-nshvi-0-5-8-e-0-5-8-e0508-belyy-v-upak" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-10-mm-nshvi-10-12-krasnyy-v-upak-10-sht-rexan" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-0-5-1-5mm-nki-1-5-6-nki-1-25-6-krasnyy-v-upak-10-sht-rexa" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-1-5-2-5mm-nki-2-5-4-nki2-4-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-1-5-2-5-mm-nki-2-5-6-nki2-6-siniy-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-4-3-mm-0-5-1-5-mm-nki-t-1-5-4-nki-t1-25-4-kras" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2h4-mm-nshvi-2-4-0-12-ngi2-4-0-12-oranzhevyy" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-6-mm-nshvi-6-0-18-zelenyy-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-10-mm-nshvi-10-18-slonovaya-kost-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-16-mm-25-mm-nshvi-25-16-chernyy-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-75-mm-nshvi-0-75-8-siniy-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-mm-nshvi-1-0-8-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-5-mm-nshvi-1-5-8-chernyy-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-1-5-2-5-mm-nvi-2-5-6-nvi-2-6-siniy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-0-5-1-5mm-nki-1-5-4-nki-1-25-4-krasnyy-v-upak-10-sht-rexa" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-0-5-1-5-mm-nki-1-5-4-nki-1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-0-5-1-5-mm-nki-1-5-5-nki-1-25-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-0-5-1-5-mm-nki-1-5-10-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-1-5-2-5-mm-nki-2-5-5-nki2-5-siniy-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-1-5-2-5-mm-nki-2-5-10-siniy-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-4-6-mm-nki-6-0-5-nki5-5-5-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-4-6-mm-nki-6-0-10-nki5-5-10-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-0-5-1-5-mm-nvi-1-5-6-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-1-5-2-5-mm-nvi-2-5-5-nvi-2-5-siniy-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-4-6-mm-nvi-6-0-6-nvi-5-5-6-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-8-4-mm-4-6-mm-nvi-6-0-8-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2-5-mm-nshvi-2-5-8-siniy-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-1-5-2-5-mm-nvi-2-5-4-nvi-2-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-6-5-mm-1-5-2-5-mm-nki-t-2-5-6-nki-t2-6-siniy-r" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-6-5-mm-4-6-mm-nki-t-6-0-6-nki-t5-5-6-zheltyy-r" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2-5-mm-nshvi-2-5-8-e-2-5-8-e2508-siniy-v-upak" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-4-6mm-nki-6-0-6-nki5-5-6-zheltyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-0-75-mm-nshvi-0-75-18-siniy-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-0-5-1-5-mm-nvi-1-5-3-nvi-1-25-3-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-0-5-1-5-mm-nvi-1-5-5-nvi-1-25-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-4-6-mm-nvi-6-0-4-nvi-5-5-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-16-mm-nshvi-16-12-slonovaya-kost-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-10-mm-nshvi-10-12-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-4-6-mm-nvi-6-0-5-nvi-5-5-5-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-9-mm-4-mm-nshvi-4-0-9-e-4-0-9-e4009-seryy-v-upak-10" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-6-mm-nshvi-6-0-12-e-6-0-12-e6012-zelenyy-v-up" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5mm-1-5-2-5mm-nki-2-5-6-nki2-6-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2h4mm-nshvi-2-4-0-12-ngi2-4-0-12-oranzhevyy-r" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h10-mm-nshvi-2-10-14-gi2-10-14-krasnyy-rexan" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h10-mm-nshvi-2-10-14-ngi2-10-14-krasnyy-rexa" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-1-5-mm-nshvi-1-5-18-chernyy-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h6-mm-nshvi-2-6-0-14-ngi2-6-0-14-zelenyy-upa" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-0-5-1-5-mm-nvi-1-5-6-krasnyy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-7-mm-0-5-1-5-mm-nki-1-5-3-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-1-5-2-5-mm-nvi-2-5-6-nvi-2-6-siniy-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-0-5-1-5-mm-nvi-1-5-3-nvi-1-25-3-krasnyy-v-upak-10-sht-rex" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-5-mm-nshvi-1-5-8-e-1-5-8-e1508-chernyy-v-upa" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-1-5-2-5mm-nki-2-5-5-nki2-5-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-1-5-2-5mm-nki-2-5-8-nki2-8-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-75-mm-nshvi-0-75-8-e7508-siniy-v-upak-10-sht" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-1-5-2-5-mm-nvi-2-5-3-siniy-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-2-5-mm-nshvi-2-5-18-siniy-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2-5-mm-nshvi-2-5-12-siniy-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-20-mm-50-mm-nshvi-50-20-olivkovyy-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-0-5-1-5-mm-nvi-1-5-4-nvi-1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-1-5-2-5-mm-nvi-2-5-4-nvi-2-4-siniy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-8-4-mm-4-6-mm-nki-t-6-0-8-nki-t5-5-8-zheltyy-r" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-mm-nshvi-1-0-8-e-1-0-8-e1008-zheltyy-v-upak" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-0-5-1-5mm-nki-1-5-8-nki-1-25-8-krasnyy-v-upak-10-sht-rexa" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-0-5-1-5mm-nki-1-5-10-krasnyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-6-mm-nshvi-6-0-12-e-6-0-12-e6012-zelenyy-rexa" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-16-mm-35-mm-nshvi-35-16-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-9-mm-4-mm-nshvi-4-0-9-seryy-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h1-5-mm-nshvi-2-1-5-8-ngi2-1-5-8-chernyy-rexa" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-10-mm-2h2-5-mm-nshvi-2-2-5-10-ngi2-2-5-10-seryy-rex" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h6-mm-nshvi-2-6-0-14-ngi2-6-0-14-zelenyy-rex" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h16-mm-nshvi-2-16-14-ngi2-16-14-slonovaya-ko" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h0-75-mm-nshvi-2-0-75-8-ngi2-0-75-8-siniy-rex" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-2-mm-0-5-1-5-mm-nki-1-5-3-nki-1-25-3-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-0-5-1-5-mm-nki-1-5-6-nki-1-25-6-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-0-5-1-5-mm-nki-1-5-8-nki-1-25-8-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-2-mm-1-5-2-5-mm-nki-2-5-3-nki2-3-siniy-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-1-5-2-5-mm-nki-2-5-4-nki2-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-1-5-2-5-mm-nki-2-5-8-nki2-8-siniy-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-4-6-mm-nki-6-0-4-nki5-5-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-4-6-mm-nki-6-0-6-nki5-5-6-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-4-6-mm-nki-6-0-8-nki5-5-8-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h1-mm-nshvi-2-1-0-8-ngi2-1-0-8-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-2-mm-0-5-1-5-mm-nki-1-5-3-nki-1-25-3-krasnyy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-4-6-mm-nvi-6-0-4-nvi-5-5-4-zheltyy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-7-mm-1-5-mm-nshv-1-5-8-ng-1-5-7-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-7-mm-2-5-mm-nshv-2-5-8-ng-2-5-7-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-9-mm-4-mm-nshv-4-0-9-ng-4-0-9-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-3-5-mm-0-5-0-8-mm-nk-3-0-5-0-8" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-5-2-mm-0-5-0-8-mm-nk-5-0-5-0-8" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-6-2-mm-0-5-0-8-mm-nk-6-0-5-0-8" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-8-2-mm-1-0-1-5-mm-nk-8-1-0-1-5" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-4-5-mm-1-1-5-mm-nv-1-5-4" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-5-5-mm-1-1-5-mm-nv-1-5-5" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-6-5-mm-1-1-5-mm-nv-1-5-6" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-4-3-mm-0-5-0-8-mm-nk-4-0-5-0-8" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-25-15-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-50-20-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-6-2-mm-0-5-0-8mm-nk-6-0-5-0-8-v-upak-10-sht" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-8-2mm-1-0-1-5mm-nk-8-1-0-1-5-v-upak-10-sht" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-5-2-mm-0-5-0-8mm-nk-5-0-5-0-8-v-upakovke-10-sht" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-6-mm-0-75-mm-nshv-0-75-6-ng-0-75-6-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-1-5-12-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-2-5-12-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-6-0-12-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-10-12-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-16-13-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-35-20-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-70-25-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-95-25-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousazhivaemaya-l-37-mm-0-5-1-mm-gsi-t-1-0-gsi-t-0-5-1-0-kras-2" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousazhivaemaya-l-37-mm-1-5-2-5-mm-gsi-t-2-5-gsi-t-1-5-2-5-si" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-1-5-2-5-mm-gsi-2-5-gsi-1-5-2-5-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-0-5-1-5-mm-gsi-1-5-gsi-0-5-1-5-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-4-6-mm-gsi-6-0-gsi-4-0-6-0-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-1-5-2-5-mm-gsi-2-5-gsi-1-5-2-5-sinyaya-v-upak-10-sht-rex" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-0-5-1-5-mm-gsi-1-5-gsi-0-5-1-5-krasnaya-v-upak-5-sht-rex" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousazhivaemaya-l-37-mm-0-5-1-mm-gsi-t-1-0-gsi-t-0-5-1-0-kras" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-27-3-mm-neylon-0-5-1-5-mm-gsi-n-1-5-gsi-n-0-5-1-5-krasnaya-rex" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-27-3-mm-neylon-1-5-2-5-mm-gsi-n-2-5-gsi-n-1-5-2-5-sinyaya-rexa" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-27-3-mm-neylon-4-6-mm-gsi-n-6-0-gsi-n-4-0-6-0-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousazhivaemaya-l-52-mm-4-6-mm-gsi-t-6-0-gsi-t-6-0-4-0-zhelta" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-2-5-4-mm-gsi-4-0-gsi-2-5-4-0-chernaya-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-32-mm-6-10-mm-gsi-10-gsi-6-0-10-0-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-0-34-termousazhivaemaya-pod-payku-l-26-mm-0-25-0-34-mm-belaya-re" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-2-5-termousazhivaemaya-pod-payku-l-40-mm-1-5-2-5-mm-sinyaya-rexa" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-6-0-termousazhivaemaya-pod-payku-l-40-mm-4-0-6-0-mm-zheltaya-rex" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-1-5-termousazhivaemaya-pod-payku-l-40-mm-0-5-1-5-mm-krasnaya-rex" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-5-4-mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-5-4-mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423p-prohodnaya-3-polyusa-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h2-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploschadkoy-1-vvod-2-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h3-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploschadkoy-1-vvod-3-vyvoda-na-poly-2" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-414-4-provodnaya-seraya-0-08-2-5-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h3-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploschadkoy-1-vvod-3-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h2-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploschadkoy-1-vvod-2-vyvoda-na-poly-2" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h4-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploschadkoy-1-vvod-4-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422-prohodnaya-2-polyusa-0-08-4-mm-seraya-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423-prohodnaya-3-polyusa-0-08-4-mm-seraya-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423r-prohodnaya-razemnaya-3-polyusa-seraya-0-2-2-5-4mm-40-sht-up-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424r-prohodnaya-razemnaya-4-polyusa-seraya-0-2-2-5-4mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-prozrachnaya-0-08-2-5-4-mm-40-sht-up-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-5-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423p-prohodnaya-3-polyusa-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-seraya-0-08-2-5-4-mm-40-sht-up-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425p-prohodnaya-5-polyusov-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-prozrachnaya-0-08-2-5-4-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h3-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploschadkoy-1-vvod-3-vyvoda-na-poly-2" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h4-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploschadkoy-1-vvod-4-vyvoda-na-poly-2" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-4h2-prohodnaya-razvetvitelnaya-4-polyusa-s-montazhnoy-ploschadkoy-1-vvod-2-vyvoda-na-poly-2" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h4-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploschadkoy-1-vvod-4-vyvoda-na-poly-2" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421r-prohodnaya-razemnaya-1-polyus-seraya-0-2-2-5-4mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424r-prohodnaya-razemnaya-4-polyusa-seraya-0-2-2-5-4mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425r-prohodnaya-razemnaya-5-polyusov-seraya-0-2-2-5-4mm-blister-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-612-221-612-2-provodnaya-seraya-0-5-4-6-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-615-221-615-5-provodnaya-seraya-0-5-4-6-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422p-prohodnaya-2-polyusa-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424p-prohodnaya-4-polyusa-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h2-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploschadkoy-1-vvod-2-vyvoda-na-poly-2" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421-prohodnaya-1-polyus-0-08-4-mm-seraya-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421p-prohodnaya-1-polyus-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425-prohodnaya-5-polyusov-0-08-4mm-seraya-30-sht-up-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-4h2-prohodnaya-razvetvitelnaya-4-polyusa-s-montazhnoy-ploschadkoy-1-vvod-2-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-vlagozaschitnaya-gelevaya-dlya-klemm-smk-2-provodnyh-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422r-prohodnaya-razemnaya-2-polyusa-seraya-0-2-2-5-4mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-5-4-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423r-prohodnaya-razemnaya-3-polyusa-seraya-0-2-2-5-4mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h2-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploschadkoy-1-vvod-2-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-vlagozaschitnaya-gelevaya-dlya-klemm-smk-5-provodnyh-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-prozrachnaya-0-08-2-5-4-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-613-221-613-3-provodnaya-seraya-0-5-4-6-mm-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h3-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploschadkoy-1-vvod-3-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-5-4-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-prozrachnaya-0-08-2-5-4-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-414-4-provodnaya-seraya-0-08-2-5-4-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421r-prohodnaya-razemnaya-1-polyus-seraya-0-2-2-5-4mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424-prohodnaya-4-polyusa-0-08-4mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h4-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploschadkoy-1-vvod-4-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-612-221-612-2-provodnaya-seraya-0-5-4-6-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-615-221-615-5-provodnaya-seraya-0-5-4-6-mm-15-sht-up-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-seraya-0-08-2-5-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425p-prohodnaya-5-polyusov-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-blister-4-sht-up" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-5-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-prozrachnaya-0-08-2-5-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425r-prohodnaya-razemnaya-5-polyusov-seraya-0-2-2-5-4mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-seraya-0-08-2-5-4-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-paket-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-613-221-613-3-provodnaya-seraya-0-5-4-6-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-418-8-provodnaya-seraya-0-08-2-5-4mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-prozrachnaya-0-08-2-5-4-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-prozrachnaya-0-08-2-5-4-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-414-4-provodnaya-seraya-0-08-2-5-4-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422r-prohodnaya-razemnaya-2-polyusa-seraya-0-2-2-5-4mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-5-4-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-prozrachnaya-0-08-2-5-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-5-4-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-vlagozaschitnaya-gelevaya-dlya-klemm-smk-3-provodnyh-rexant" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-prozrachnaya-0-08-2-5-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-415-5-provodnaya-do-4-0-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-415-5-provodnaya-do-4-0-mm-40-sht-up-rexant" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421-prohodnaya-1-polyus-0-08-4-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422-prohodnaya-2-polyusa-0-08-4-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423-prohodnaya-3-polyusa-0-08-4-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421p-prohodnaya-1-polyus-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422p-prohodnaya-2-polyusa-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424p-prohodnaya-4-polyusa-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-202-2-provodnaya-0-5-2-5-mm-prozrachnaya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-204-4-provodnaya-0-5-2-5-mm-prozrachnaya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-242-2-provodnaya-0-5-2-5-mm-prozrachnaya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-243-3-provodnaya-0-5-2-5-mm-prozrachnaya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-245-5-provodnaya-0-5-2-5-mm-prozrachnaya-blister-6-sht-up" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-244-4-provodnaya-0-5-2-5-mm-prozrachnaya-blister-20-sht-up" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-244-4-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x3r-prohodnaya-razemnaya-3-polyusa-3h2-provodnaya-0-5-2-5mm-blister-5-sht" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-205-5-provodnaya-0-5-2-5-mm-prozrachnaya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-606-s-pastoy-6-provodnaya-0-75-4-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-302-2-provodnaya-do-2-5-mm-seraya-blister-5sht-rexant" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-306-6-provodnaya-do-2-5-mm-seraya-blister-5sht-rexant" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-308-8-provodnaya-do-2-5-mm-seraya-blister-5sht-rexant" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-174-s-pastoy-4-provodnaya-0-75-6-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-302-2-provodnaya-do-2-5-mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-304-4-provodnaya-do-2-5-mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-306-6-provodnaya-do-2-5-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-308-8-provodnaya-do-2-5-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-203r-prohodnaya-razemnaya-3-polyusa-0-5-2-5mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x2r-prohodnaya-razemnaya-2-polyusa-2h2-provodnaya-0-5-2-5mm-blister-5-sht" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-602-s-pastoy-2-provodnaya-0-75-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-174-s-pastoy-4-provodnaya-0-75-6-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-604-s-pastoy-4-provodnaya-0-75-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-243-3-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-245-5-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x3r-prohodnaya-razemnaya-3-polyusa-3h2-provodnaya-0-5-2-5mm-50-sht-up-rexa" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x2r-prohodnaya-razemnaya-2-polyusa-2h2-provodnaya-0-5-2-5mm-50-sht-up-rexa" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-8-provodnaya-do-2-5-mm-prozrachnaya-50-sht-up-773-328-rexant" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-208-8-provodnaya-0-5-2-5-mm-prozrachnaya-blister-6-sht-up" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-202-2-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-208-8-provodnaya-0-5-2-5-mm-prozrachnaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-248-8-provodnaya-0-5-2-5-mm-prozrachnaya-50-sht-up" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-308-8-provodnaya-do-2-5-mm-seraya-blister-10sht-rexant" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-248-8-provodnaya-0-5-2-5-mm-prozrachnaya-blister-6-sht-up" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-203-3-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-204-4-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-242-2-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-246-6-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-606-s-pastoy-6-provodnaya-0-75-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-202r-prohodnaya-razemnaya-2-polyusa-0-5-2-5mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-203r-prohodnaya-razemnaya-3-polyusa-0-5-2-5mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-205-5-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-206-6-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-304-4-provodnaya-do-2-5-mm-seraya-blister-5sht-rexant" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-602-s-pastoy-2-provodnaya-0-75-4-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-604-s-pastoy-4-provodnaya-0-75-4-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-202r-prohodnaya-razemnaya-2-polyusa-0-5-2-5mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h3d-prohodnaya-razvetvitelnaya-2-polyusa-na-din-reyku-0-08-4-mm-1-vvod-3-vyvoda-na-polyu" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423d-prohodnaya-3-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-seraya-5-sht-up-rexa" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425d-prohodnaya-5-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-seraya-4-sht-up-rexa" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422d-prohodnaya-2-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-seraya-50-sht-up-rex" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-221d-222-2411-analog-222-4111d-prohodnaya-1-polyusnaya-na-din-reyku-0-2-2-5-mm-seraya" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421-pt-4-3-vyvoda-rychag-push-in-na-din-reyku-0-5-4-mm-seraya-40-sht-up-rexant" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/peremychka-dlya-klemm-smk-222-621d-6-mm-10pin-rexant" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421d-prohodnaya-1-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-seraya-5-sht-up-rexa" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h2d-prohodnaya-razvetvitelnaya-2-polyusa-na-din-reyku-0-08-4-mm-1-vvod-2-vyvoda-na-polyu" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/peremychka-dlya-klemm-smk-222-421d-10pin-rexant" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-621-pt-6-3-vyvoda-rychag-push-in-na-din-reyku-1-6-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421d-prohodnaya-1-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-seraya-25-sht-up-rex" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422d-prohodnaya-2-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-seraya-5-sht-up-rexa" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424d-prohodnaya-4-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-seraya-4-sht-up-rexa" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-dlya-klemm-smk-bez-simvolov-6-10-mm-rexant" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h3d-prohodnaya-razvetvitelnaya-3-polyusa-na-din-reyku-0-08-4-mm-1-vvod-3-vyvoda-na-polyu" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425d-prohodnaya-5-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-seraya-20-sht-up-rex" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-dlya-klemm-smk-222-221d-bez-simvolov-2-5-4-mm-rexant" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h2d-prohodnaya-razvetvitelnaya-3-polyusa-na-din-reyku-0-08-4-mm-1-vvod-2-vyvoda-na-polyu" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-dlya-klemm-smk-222-421d-bez-simvolov-rexant" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-621d-prohodnaya-1-polyusnaya-na-din-reyku-1-6-mm-seraya-60-sht-up-rexant" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-2521d-prohodnaya-1-polyusnaya-na-din-reyku-6-25-mm-seraya-30-sht-up-rexant" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/peremychka-dlya-klemm-smk-222-221d-10pin-rexant" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423d-prohodnaya-3-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-seraya-50-sht-up-rex" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424d-prohodnaya-4-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-seraya-50-sht-up-rex" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-6-2-6-2-5mm-6mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-5-5-10mm-5mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-8-5-10mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-16-6-6-16mm-6mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-12-9-35mm-12mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-8-10-35mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-10-10-35mm-10mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-12-10-35mm-12mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-10-11-50mm-10mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-70-12-13-70mm-12mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-120-16-17-120mm-16mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-150-12-19-150mm-12mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-150-16-19-150mm-16mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-4-2-6-2-5mm-4mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-185-16-21-185mm-16mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-240-16-24-240mm-16mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-4-6-4mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-95-12-15-95mm-12mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-6-6-6mm-6mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-5-2-5mm-5mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-6-25mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-4-2-6-2-5mm-4mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-4-5-3-4mm-5mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-12-10-35mm-12mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-10-11-50mm-10mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-70-12-13-70mm-12mm-gost-7386-80-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-6-5-6mm-5mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-10-6-10mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-10-8-10mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-10-8-10mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-16-6-16mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-16-8-16mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-6-25mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-8-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-10-25mm-10mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-35-8-35mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-10-9-35mm-10mm-gost-7386-80-v-upak-50sht-rexant" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-35-10-35mm-10mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-8-7-25mm-8mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-6-5-4-6mm-5mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-6-6-4-6mm-6mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-6-5-10mm-6mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-16-8-6-16mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-8-8-25mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-8-9-35mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-10-9-35mm-10mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-8-9-35mm-8mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-12-11-50mm-12mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-16-8-6-16mm-8mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-4-2-5mm-4mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-6-2-5mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-4-5-4mm-5mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-4-6-4mm-6mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-6-5-6mm-5mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-6-6-6mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-16-8-16mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-8-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-10-25mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-35-8-35mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-50-10-50mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-5-2-6-2-5mm-5mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-5-5-10mm-5mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-8-5-10mm-8mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-6-8-25mm-6mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-10-8-25mm-10mm-gost-7386-80-v-upak-100sht-rexant" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-70-10-13-70mm-10mm-gost-7386-80-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-95-10-15-95mm-10mm-gost-7386-80-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-50-10-50mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-8-7-25mm-8mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-8-11-50mm-8mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-5-2-6-2-5mm-5mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-6-2-5mm-6mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-4-5-4mm-5mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-10-6-10mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-16-6-16mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-8-11-50mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-6-6-4-6mm-6mm-gost-7386-80-v-upak-100sht-rexant" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-120-16-17-120mm-16mm-gost-7386-80-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-4-2-5mm-4mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-95-12-15-95mm-12mm-gost-7386-80-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-4-6-3-4mm-6mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-95-10-15-95-mm-10-mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-4-5-3-4mm-5mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-6-8-25mm-6mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-10-8-25mm-10mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-70-10-13-70mm-10mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-120-12-17-120mm-12mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-6-2-6-2-5mm-6mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-4-6-3-4mm-6mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-6-5-4-6mm-5mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-6-5-10mm-6mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-16-6-6-16mm-6mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-8-8-25mm-8mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-8-10-35mm-8mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-10-10-35mm-10mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-12-11-50mm-12mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-120-12-17-120mm-12mm-gost-7386-80-v-upak-20sht-rexant" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-10-5-mm-50-mm-tml-din-50-10" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-hk-3-5-mm-2-5-mm-tml-din-2-5-4" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-13-mm-120-mm-tml-din-120-12" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-13-mm-150-mm-tml-din-150-12" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-8-4-mm-50-mm-tml-din-50-8" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-5-2-mm-2-5-mm-tml-din-2-5-5" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-8-4-mm-25-mm-tml-din-25-8" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-6-5-mm-10-mm-tml-din-10-6" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-5-2-mm-4-mm-tml-din-4-5" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-10-5-mm-70-mm-tml-din-70-10" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-5-2-mm-6-mm-tml-din-6-5" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-10-mm-10-mm-tml-din-10-10" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-10-5-mm-25-mm-tml-din-25-10" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-8-4-mm-35-mm-tml-din-35-8" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-12-11-50mm-11mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-12-11-50mm-11mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-12-10-35mm-12mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-10-35mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-8-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-7-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-8-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-9-35mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-12-13-70mm-12mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-6-6-16mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-10-11-50mm-11mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-9-35mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-10-35mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-8-11-50mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-10-13-70mm-13mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-12-13-70mm-12mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-6-4-6mm-6mm-v-upak-100sht-rexant" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-10-35mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-5-4-6mm-5mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-6-5-10mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-10-8-25mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-10-35mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-120-12-17-120mm-12mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-150-16-19-150mm-16mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-240-16-24-240mm-16mm-v-upak-5-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-8-5-10mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-8-11-50mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-10-13-70mm-13mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-5-4-6mm-5mm-v-upak-100sht-rexant" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-12-10-35mm-8mm-v-upak-50sht-rexant" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-95-10-15-95mm-10mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-8-5-10mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-6-4-6mm-6mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-6-5-10mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-8-6-16mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-6-6-16mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-7-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-9-35mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-9-35mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-10-11-50mm-11mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-8-6-16mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-10-8-25mm-10mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-luzhenyy-nshal-16-14-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-luzhenyy-nshal-25-15-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-nsha-16-14-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-70-10-12-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-185-16-19-v-upak-10-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-35-10-8-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-nsha-35-20-v-upak-30-sht-rexant" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-16-8-5-4-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-25-8-7-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-95-12-13-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-luzhenyy-nshal-35-20-v-upak-30-sht-rexant" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-240-20-20-v-upak-10-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyumomednyy-tam-50-10-9-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyumomednyy-tam-70-10-12-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyumomednyy-tam-25-8-7-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyumomednyy-tam-35-10-8-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-16-5-5h14-16mm-5-5mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-10-5-5h13-10mm-5-5mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-16-7h14-16mm-7mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-50-7h20-50mm-7mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-6-5-5h12-6mm-5-5mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-10-7h13-10mm-7mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-25-7h15-25mm-7mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-35-7h20-35mm-7mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-35-9-35mm-9mm-gost-23469-3-79-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-10-5-10mm-5mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-2-5-2-6-2-5mm-2-6mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-50-11-50mm-11mm-gost-23469-3-79-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-16-6-16mm-6mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-10-5-10mm-5mm-gost-23469-3-79-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-50-11-50mm-11mm-gost-23469-3-79-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-6-4-6mm-4mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-25-8-25mm-8mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-35-10-35mm-10mm-gost-23469-3-79-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-4-3-4mm-3mm-gost-23469-3-79-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-6-4-6mm-4mm-gost-23469-3-79-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-95-15-95-mm-15-mm-gost-23469-3-79-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-16-6-16mm-6mm-gost-23469-3-79-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-25-8-25mm-8mm-gost-23469-3-79-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-35-10-35mm-10mm-gost-23469-3-79-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-4-3-4mm-3mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-2-5-2-6-2-5mm-2-6mm-gost-23469-3-79-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-0-5-1-5mm-gml-din-1-5-rexant" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-1-5-2-5mm-gml-din-2-5-rexant" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-21mm-10mm-gml-din-10-rexant" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-26mm-16mm-gml-din-16-rexant" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-32mm-35mm-gml-din-35-rexant" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-0-5-1-5mm-gml-din-1-5-bn1-25-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-4-6mm-gml-din-6-rexant" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-2-5-4mm-gml-din-4-rexant" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-185-21-185mm-21mm-v-upak-10-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-35-10-35mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-10-5-10mm-5mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-2-5-2-6-2-5mm-2-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-35-10-35mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-25-8-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-25-8-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-16-6-16mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-4-3-4mm-3mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-70-13-70mm-13mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-120-17-120mm-17mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-6-4-6mm-4mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-150-19-150mm-19mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-10-5-10mm-5mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-240-24-240mm-24mm-v-upak-5-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-16-6-16mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-4-3-4mm-3mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-6-4-6mm-4mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-boltovoy-1nb-0-005-10-25-v-upak-20-sht-rexant" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-2sb-0-005-10-25-v-upak-20-sht-rexant" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-4sb-2-005-70-120-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-4sb-3-005-150-240-v-upak-3-sht-rexant" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-4sb-1-005-25-50-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-70-12-70mm-12mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-35-8-35mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-50-9-50mm-9mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-16-5-4-16mm-5-4mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-25-7-25mm-7mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-120-14-120mm-14mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-uglovoy-90-25-8-8-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-uglovoy-90-10-6-5-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-uglovoy-90-16-8-6-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-40-17-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-24-11-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-40-21-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-17-8-5-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-28-13-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-24-11-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-28-13-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polietilen-belyy-individualnaya-upakovka-1-sht-z" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polietilen-belyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-vintovaya-kv-6-6a-2-5-6mm-polipropilen-siniy-zvi-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-chernyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sh" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-6-2-5-6-tok-6-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-40-25-40-mm-tok-100-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polipropilen-chernyy-zvi-individualnaya-upakovka-1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sh" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-individualnaya-upakovka-1-sht-zv" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-12-16a-12-mm-individualnaya-upakovka-1-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-4-proconnect-3a-4-mm-pp-polipropilen-chernaya-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-6-6a-6-mm-individualnaya-upakovka-1-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-10-10a-10-mm-individualnaya-upakovka-1-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polipropilen-chernyy-zvi-individualnaya-upakovka-1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-4-proconnect-3a-4-mm-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polipropilen-chernyy-individualnaya-upakovka-1-sh" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polipropilen-chernyy-individualnaya-upakovka-1-sh" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-12-11-2-mm-1-12-75-mm-korichnevyy-10-sht-up-rex" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-3-1-5-6-mm-oranzhevyy-5-sht" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-2-1-0-4-5-mm-siniy-10-sht" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-17-17-8-mm-5-32-mm-siniy-50-sht-up" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-11-9-8-mm-1-8-5-mm-zheltyy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-15-14-9-mm-4-16-mm-seryy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-1-1-0-3-0-mm-seryy-5-sht" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-4-1-5-9-5-mm-zheltyy-5-sht" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-4-1-5-9-5-mm-zheltyy-10-sht" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-11-9-8-mm-1-8-5-mm-zheltyy-100-sht-up" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-5-5-4-mm-4-0-13-0-mm-krasnyy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-1-1-0-3-0-mm-seryy-10-sht" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-3-1-5-6-mm-oranzhevyy-10-sht" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-13-13-mm-1-5-16-mm-krasnyy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-17-17-8-mm-5-32-mm-siniy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-5-5-4-mm-3-0-17-0-mm-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-1-2-7-mm-1-0-2-75-mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-2-3-0-mm-1-0-3-75-mm-siniy-rexant" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-3-3-3-mm-1-5-5-75-mm-oranzhevyy-rexant" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-4-4-8-mm-1-5-10-5-mm-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-12-11-2-mm-1-12-75-mm-korichnevyy-100-sh" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-13-13-mm-1-5-16-mm-krasnyy-100-sht-up" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-15-14-9-mm-4-16-mm-seryy-50-sht-up" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-zazemleniya-s-lepestkami-siz-99-12-mm-5-16-mm-zelenyy-100" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-1-2-8-mm-1-0-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-2-3-0-mm-1-5-4-0-mm-rexant" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-5-4-0-mm-2-5-5-5-mm-rexant" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-7-5-5-mm-8-0-10-0-mm-rexant" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-6-4-8-mm-3-0-8-0-mm-rexant" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-1-5-mm-5h1-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-2-5-mm-5h1-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-6-mm-5h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-16-mm-5h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-1-5-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-10-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-4-mm-5h1-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-10-mm-5h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-2-5-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-4-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-6-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-16-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-3-polyusnaya-s-zazemleniem-i-s-montazhnymi-nozhkami-100-sht-up" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-2-polyusnaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-2-polyusnaya-s-montazhnymi-nozhkami-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-3-polyusnaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-3-polyusnaya-s-montazhnymi-nozhkami-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-4-polyusnaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-4-polyusnaya-s-montazhnymi-nozhkami-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-4-polyusnaya-s-zazemleniem-i-s-montazhnymi-nozhkami-50-sht-up" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-5-polyusnaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-5-polyusnaya-s-montazhnymi-nozhkami-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-5-polyusnaya-s-zazemleniem-i-s-montazhnymi-nozhkami-50-sht-up" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-101-dlya-svetilnika-na-1-provodnik-1-0-2-5-0-5-2-5-mm-seraya-1" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-112-dlya-svetilnika-na-2-provodnika-0-2-2-5-0-14-2-5-mm-belaya" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-112-dlya-svetilnika-na-2-provodnika-1-0-2-5-0-5-2-5-mm-belaya" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-201-dlya-svetilnika-na-2-provodnika-1-0-2-5-0-5-2-5-mm-5-sht-u" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-101-dlya-svetilnika-na-1-provodnik-0-2-2-5-0-14-2-5-mm-seraya" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-201-dlya-svetilnika-na-gibkie-provodniki-0-2-2-5-0-14-2-5-mm-s" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-10-mm-2-pary-kontaktov-s-krepezhnym-otverstiem-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-16-mm-3-pary-kontaktov-s-krepezhnym-otverstiem-rexant-45-sht-up" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-10-mm-3-pary-kontaktov-s-krepezhnym-otverstiem-84-sht-up-rexant" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-12-mm-3-pary-kontaktov-s-krepezhnym-otverstiem-45-sht-up-rexant" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-4-mm-2-pary-kontaktov-s-krepezhnym-otverstiem-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-4-mm-3-pary-kontaktov-s-krepezhnym-otverstiem-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-12-mm-2-pary-kontaktov-s-krepezhnym-otverstiem-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-16-mm-2-pary-kontaktov-s-krepezhnym-otverstiem-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-1-0-2-5-mm-ov-2-zpo-1-1-0-2-5-siniy-rexant" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-4-0-6-0-mm-ov-3-zpo-1-4-0-6-0-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-0-5-0-75-mm-ov-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-0-5-1-0-mm-ov-1-zpo-1-0-5-1-5-krasnyy-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-1-0-2-5-mm-ov-2-zpo-1-1-0-2-5-siniy-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-0-5-1-0-mm-ov-1-zpo-1-0-5-1-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-731m-4-10-1-5-10-mm-ip20-szhim-oreh-rexant" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-733m-16-35-1-5-10-mm-ip20-szhim-oreh-rexant" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-859m-50-70-4-35-mm-ip20-szhim-oreh-rexant" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-739m-4-10-1-5-2-5-mm-ip20-szhim-oreh-rexant" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-734m-16-35-16-25-mm-ip20-szhim-oreh-rexant" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-konnektor-i-obraznyy-3pin-0-5-1-5mm2-ip68-rexant" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-konnektor-i-obraznyy-3pin-0-5-2-5mm2-ip68-rexant" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-konnektor-t-obraznyy-3pin-0-5-2-5mm2-ip68-rexant" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-konnektor-i-obraznyy-5pin-ip68-rexant" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-vtulochnyh-nakonechnikov-nshvi-0-5-mm-0-75-mm-1-mm-1-5-mm-2-5-mm-v-bokse-e-400-rexant" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nakonechnikov-i-klemm-universalnyy-nki-nvi-rpip-rpim-it-300-rexant" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-vtulochnyh-nakonechnikov-dvoynyh-nshvi-2-2h0-75-mm-2h1-mm-2h1-5-mm-2h2-5-mm-v-bokse-te-200-rex" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-kabel-2pin-germetichnyy-ip67-2h1-0mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-kabel-2pin-germetichnyy-ip67-2h0-35mm-prozrachnyy-rexant" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-kabel-2pin-germetichnyy-ip67-2h0-35-mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-kabel-3pin-germetichnyy-ip67-3h0-5mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-kabel-5pin-germetichnyy-ip67-5h0-5mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-kabel-4pin-germetichnyy-ip67-4h0-75mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-413-universalnaya-klemma-3-provodnaya-seraya-0-08-2-5-4-mm-50-sht-up-wago" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-204-ekspress-klemma-4-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/224-112-klemma-dlya-osvetitelnogo-oborudovaniya-1-0-2-5-x2-0-5-2-5-mm-belaya-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-203-ekspress-klemma-3-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-208-ekspress-klemma-8-provodnaya-do-2-5-mm-50-sht-up-wago" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-415-universalnaya-klemma-5-provodnaya-seraya-0-08-2-5-4-mm-40-sht-up-wago" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-415-universalnaya-kompaktnaya-klemma-5-kontaktnaya-do-4-0-mm-25-sht-up-wago" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-248-ekspress-klemma-s-pastoy-8-provodnaya-do-2-5-mm-50-sht-up-wago" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-244-ekspress-klemma-s-pastoy-4-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-205-ekspress-klemma-5-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-413-universalnaya-kompaktnaya-klemma-3-kontaktnaya-do-4-0-mm-50-sht-up-wago" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-412-universalnaya-kompaktnaya-klemma-2-kontaktnaya-do-4-0-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-412-universalnaya-klemma-2-provodnaya-seraya-0-08-2-5-4-mm-50-sht-up-wago" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/224-101-klemma-dlya-osvetitelnogo-oborudovaniya-1-0-2-5-0-5-2-5-mm-seraya-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-242-ekspress-klemma-s-pastoy-2-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-245-ekspress-klemma-s-pastoy-5-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-202-ekspress-klemma-2-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-203-ekcpress-klemma-3-provodnaya-do-2-5-mm-5-sht-up-wago" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-204-ekcpress-klemma-4-provodnaya-do-2-5-mm-5-sht-up-wago" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-413-universalnaya-klemma-3-provodnaya-seraya-0-08-2-5-4-mm-20-sht-up-wago" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-245-ekcpress-klemma-s-pastoy-5-provodnaya-do-2-5-mm-6-sht-up-wago" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-202-ekcpress-klemma-2-provodnaya-do-2-5-mm-20-sht-up-wago" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-244-ekcpress-klemma-s-pastoy-4-provodnaya-do-2-5-mm-20-sht-up-wago" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-205-ekcpress-klemma-5-provodnaya-do-2-5-mm-20-sht-up-wago" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-413-universalnaya-kompaktnaya-klemma-3-kontaktnaya-do-4-0-mm-20-sht-up-wago" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-204-ekcpress-klemma-4-provodnaya-do-2-5-mm-20-sht-up-wago" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-412-universalnaya-klemma-2-provodnaya-seraya-0-08-2-5-4-mm-20-sht-up-wago" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-412-universalnaya-kompaktnaya-klemma-2-kontaktnaya-do-4-0-mm-5-sht-up-wago" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-244-ekcpress-klemma-s-pastoy-4-provodnaya-do-2-5-mm-6-sht-up-wago" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-204-ekcpress-klemma-4-provodnaya-do-2-5-mm-6-sht-up-wago" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-413-universalnaya-kompaktnaya-klemma-3-kontaktnaya-do-4-0-mm-5-sht-up-wago" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-415-universalnaya-kompaktnaya-klemma-5-kontaktnaya-do-4-0-mm-5-sht-up-wago" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-202-ekcpress-klemma-2-provodnaya-do-2-5-mm-5-sht-up-wago" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-205-ekcpress-klemma-5-provodnaya-do-2-5-mm-5-sht-up-wago" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-203-ekcpress-klemma-3-provodnaya-do-2-5-mm-20-sht-up-wago" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-412-universalnaya-kompaktnaya-klemma-2-kontaktnaya-do-4-0-mm-20-sht-up-wago" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-208-ekcpress-klemma-8-provodnaya-do-2-5-mm-6-sht-up-wago" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-248-ekcpress-klemma-s-pastoy-8-provodnaya-do-2-5-mm-6-sht-up-wago" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-245-ekcpress-klemma-s-pastoy-5-provodnaya-do-2-5-mm-20-sht-up-wago" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-242-ekcpress-klemma-s-pastoy-2-provodnaya-do-2-5-mm-20-sht-up-wago" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I844"/>
+  <dimension ref="A1:I837"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -5480,24629 +5438,24419 @@
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="B4" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B4" s="2"/>
+      <c r="C4" s="2"/>
+      <c r="D4" s="2"/>
+      <c r="E4" s="2"/>
+      <c r="F4" s="2"/>
+      <c r="G4" s="2"/>
+      <c r="H4" s="2"/>
+      <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>581.25</v>
+        <v>4.6</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>5078</v>
+        <v>136290</v>
       </c>
       <c r="G5" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H5" s="3">
-        <v>80</v>
+        <v>10000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="3" t="s">
+      <c r="C6" s="3">
+        <v>110.4</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="C6" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>645</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H6" s="3">
         <v>80</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="2" t="s">
+      <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="2"/>
-[...6 lines deleted...]
-      <c r="I7" s="2"/>
+      <c r="B7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="3">
+        <v>158.63</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F7" s="3">
+        <v>0</v>
+      </c>
+      <c r="G7" s="3">
+        <v>20</v>
+      </c>
+      <c r="H7" s="3">
+        <v>80</v>
+      </c>
+      <c r="I7" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>175.94</v>
+        <v>7.87</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>1709</v>
+        <v>14100</v>
       </c>
       <c r="G8" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H8" s="3">
-        <v>250</v>
+        <v>10000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>241.56</v>
+        <v>4.2</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>1109</v>
+        <v>35500</v>
       </c>
       <c r="G9" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H9" s="3">
-        <v>250</v>
+        <v>12000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>352.31</v>
+        <v>6.56</v>
       </c>
       <c r="D10" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>1603</v>
+        <v>83200</v>
       </c>
       <c r="G10" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H10" s="3">
-        <v>250</v>
+        <v>10000</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>91.45</v>
+        <v>3.19</v>
       </c>
       <c r="D11" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>500</v>
+        <v>14700</v>
       </c>
       <c r="G11" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H11" s="3">
-        <v>250</v>
+        <v>15000</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>385.69</v>
+        <v>6.74</v>
       </c>
       <c r="D12" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>684</v>
+        <v>20700</v>
       </c>
       <c r="G12" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H12" s="3">
-        <v>250</v>
+        <v>12000</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>176.35</v>
+        <v>6.47</v>
       </c>
       <c r="D13" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>4764</v>
+        <v>31000</v>
       </c>
       <c r="G13" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H13" s="3">
-        <v>250</v>
+        <v>10000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A14" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I14" s="2"/>
+      <c r="A14" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="C14" s="3">
+        <v>124.38</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F14" s="3">
+        <v>300</v>
+      </c>
+      <c r="G14" s="3">
+        <v>1</v>
+      </c>
+      <c r="H14" s="3">
+        <v>10</v>
+      </c>
+      <c r="I14" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A15" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I15" s="2"/>
+      <c r="A15" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C15" s="3">
+        <v>85.78</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F15" s="3">
+        <v>116</v>
+      </c>
+      <c r="G15" s="3">
+        <v>1</v>
+      </c>
+      <c r="H15" s="3">
+        <v>10</v>
+      </c>
+      <c r="I15" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="C16" s="3">
+        <v>122.17</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="C16" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>50900</v>
+        <v>292</v>
       </c>
       <c r="G16" s="3">
+        <v>1</v>
+      </c>
+      <c r="H16" s="3">
         <v>10</v>
       </c>
-      <c r="H16" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>22.41</v>
+        <v>11.25</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>145770</v>
+        <v>11400</v>
       </c>
       <c r="G17" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H17" s="3">
-        <v>10000</v>
+        <v>15000</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>27.31</v>
+        <v>4.2</v>
       </c>
       <c r="D18" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>14870</v>
+        <v>10500</v>
       </c>
       <c r="G18" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H18" s="3">
-        <v>2400</v>
+        <v>6000</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>18.11</v>
+        <v>107.1</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F19" s="3">
-        <v>33920</v>
+        <v>88</v>
       </c>
       <c r="G19" s="3">
+        <v>1</v>
+      </c>
+      <c r="H19" s="3">
         <v>10</v>
       </c>
-      <c r="H19" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A20" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I20" s="2"/>
+      <c r="A20" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C20" s="3">
+        <v>91.38</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F20" s="3">
+        <v>473</v>
+      </c>
+      <c r="G20" s="3">
+        <v>1</v>
+      </c>
+      <c r="H20" s="3">
+        <v>10</v>
+      </c>
+      <c r="I20" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>7.18</v>
+        <v>100.85</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F21" s="3">
-        <v>23100</v>
+        <v>51</v>
       </c>
       <c r="G21" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>6000</v>
+        <v>10</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>6.89</v>
+        <v>111.3</v>
       </c>
       <c r="D22" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F22" s="3">
-        <v>178300</v>
+        <v>126</v>
       </c>
       <c r="G22" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>12000</v>
+        <v>10</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>90.42</v>
+        <v>94.01</v>
       </c>
       <c r="D23" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>467</v>
       </c>
       <c r="G23" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>10.22</v>
+        <v>111.6</v>
       </c>
       <c r="D24" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F24" s="3">
-        <v>131100</v>
+        <v>188</v>
       </c>
       <c r="G24" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>16000</v>
+        <v>10</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>2.75</v>
+        <v>144.96</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F25" s="3">
-        <v>173700</v>
+        <v>158</v>
       </c>
       <c r="G25" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>2.37</v>
+        <v>155.5</v>
       </c>
       <c r="D26" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F26" s="3">
-        <v>276400</v>
+        <v>217</v>
       </c>
       <c r="G26" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>5.89</v>
+        <v>12</v>
       </c>
       <c r="D27" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>27800</v>
+        <v>14200</v>
       </c>
       <c r="G27" s="3">
         <v>100</v>
       </c>
       <c r="H27" s="3">
-        <v>8000</v>
+        <v>4800</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>2.46</v>
+        <v>14</v>
       </c>
       <c r="D28" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>90600</v>
+        <v>14200</v>
       </c>
       <c r="G28" s="3">
         <v>100</v>
       </c>
       <c r="H28" s="3">
-        <v>20000</v>
+        <v>6000</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>2.77</v>
+        <v>15.35</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>70000</v>
+        <v>16800</v>
       </c>
       <c r="G29" s="3">
         <v>100</v>
       </c>
       <c r="H29" s="3">
-        <v>20000</v>
+        <v>6000</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>0.65</v>
+        <v>12.04</v>
       </c>
       <c r="D30" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>87700</v>
+        <v>14800</v>
       </c>
       <c r="G30" s="3">
         <v>100</v>
       </c>
       <c r="H30" s="3">
-        <v>60000</v>
+        <v>10000</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>6.82</v>
+        <v>16.66</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>16900</v>
+        <v>16800</v>
       </c>
       <c r="G31" s="3">
         <v>100</v>
       </c>
       <c r="H31" s="3">
-        <v>10000</v>
+        <v>4800</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>238.23</v>
+        <v>126.05</v>
       </c>
       <c r="D32" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F32" s="3">
-        <v>100</v>
+        <v>127</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>10</v>
       </c>
       <c r="I32" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>1.25</v>
+        <v>87.13</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F33" s="3">
-        <v>261500</v>
+        <v>113</v>
       </c>
       <c r="G33" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>50000</v>
+        <v>10</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>14.38</v>
+        <v>9.11</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>1800</v>
+        <v>14400</v>
       </c>
       <c r="G34" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H34" s="3">
         <v>2000</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>2.99</v>
+        <v>5.45</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>44600</v>
+        <v>7300</v>
       </c>
       <c r="G35" s="3">
         <v>100</v>
       </c>
       <c r="H35" s="3">
-        <v>10000</v>
+        <v>12000</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>0.81</v>
+        <v>9.83</v>
       </c>
       <c r="D36" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>130200</v>
+        <v>11050</v>
       </c>
       <c r="G36" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H36" s="3">
-        <v>60000</v>
+        <v>2000</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>2.59</v>
+        <v>2.3</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>64900</v>
+        <v>352900</v>
       </c>
       <c r="G37" s="3">
         <v>100</v>
       </c>
       <c r="H37" s="3">
         <v>30000</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>3.16</v>
+        <v>4.42</v>
       </c>
       <c r="D38" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>31800</v>
+        <v>7400</v>
       </c>
       <c r="G38" s="3">
         <v>100</v>
       </c>
       <c r="H38" s="3">
-        <v>20000</v>
+        <v>9600</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>102.25</v>
+        <v>5.51</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>0</v>
+        <v>10100</v>
       </c>
       <c r="G39" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H39" s="3">
-        <v>80</v>
+        <v>12000</v>
       </c>
       <c r="I39" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>109.45</v>
+        <v>6.41</v>
       </c>
       <c r="D40" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>190</v>
+        <v>38700</v>
       </c>
       <c r="G40" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H40" s="3">
-        <v>10</v>
+        <v>9600</v>
       </c>
       <c r="I40" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>0.68</v>
+        <v>5.38</v>
       </c>
       <c r="D41" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>223300</v>
+        <v>19600</v>
       </c>
       <c r="G41" s="3">
         <v>100</v>
       </c>
       <c r="H41" s="3">
-        <v>100000</v>
+        <v>7200</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>2.89</v>
+        <v>7.55</v>
       </c>
       <c r="D42" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>79800</v>
+        <v>700</v>
       </c>
       <c r="G42" s="3">
         <v>100</v>
       </c>
       <c r="H42" s="3">
-        <v>20000</v>
+        <v>10000</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>3.27</v>
+        <v>2.56</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>64300</v>
+        <v>122400</v>
       </c>
       <c r="G43" s="3">
         <v>100</v>
       </c>
       <c r="H43" s="3">
         <v>20000</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>3.45</v>
+        <v>2.99</v>
       </c>
       <c r="D44" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>92600</v>
+        <v>238600</v>
       </c>
       <c r="G44" s="3">
         <v>100</v>
       </c>
       <c r="H44" s="3">
         <v>20000</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>5.64</v>
+        <v>3.28</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>400</v>
+        <v>137800</v>
       </c>
       <c r="G45" s="3">
         <v>100</v>
       </c>
       <c r="H45" s="3">
-        <v>12000</v>
+        <v>20000</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>233.18</v>
+        <v>2.82</v>
       </c>
       <c r="D46" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>180</v>
+        <v>162600</v>
       </c>
       <c r="G46" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H46" s="3">
-        <v>10</v>
+        <v>30000</v>
       </c>
       <c r="I46" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C47" s="3">
-        <v>67.15</v>
+        <v>3.3</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>329</v>
+        <v>293101</v>
       </c>
       <c r="G47" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H47" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I47" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>17.58</v>
+        <v>4.05</v>
       </c>
       <c r="D48" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>8200</v>
+        <v>110900</v>
       </c>
       <c r="G48" s="3">
         <v>100</v>
       </c>
       <c r="H48" s="3">
-        <v>4000</v>
+        <v>16000</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C49" s="3">
-        <v>102.5</v>
+        <v>3.04</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>100</v>
+        <v>29500</v>
       </c>
       <c r="G49" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H49" s="3">
-        <v>10</v>
+        <v>24000</v>
       </c>
       <c r="I49" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C50" s="3">
-        <v>3.37</v>
+        <v>2.43</v>
       </c>
       <c r="D50" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>64800</v>
+        <v>35800</v>
       </c>
       <c r="G50" s="3">
         <v>100</v>
       </c>
       <c r="H50" s="3">
-        <v>25000</v>
+        <v>24000</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C51" s="3">
-        <v>63.66</v>
+        <v>2.59</v>
       </c>
       <c r="D51" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>0</v>
+        <v>107400</v>
       </c>
       <c r="G51" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H51" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I51" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C52" s="3">
-        <v>125.75</v>
+        <v>3.32</v>
       </c>
       <c r="D52" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>159</v>
+        <v>104800</v>
       </c>
       <c r="G52" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H52" s="3">
-        <v>10</v>
+        <v>30000</v>
       </c>
       <c r="I52" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C53" s="3">
-        <v>152.89</v>
+        <v>2.83</v>
       </c>
       <c r="D53" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F53" s="3">
-        <v>100</v>
+        <v>88300</v>
       </c>
       <c r="G53" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H53" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I53" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C54" s="3">
-        <v>6.48</v>
+        <v>2.85</v>
       </c>
       <c r="D54" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>91900</v>
+        <v>144400</v>
       </c>
       <c r="G54" s="3">
         <v>100</v>
       </c>
       <c r="H54" s="3">
-        <v>15000</v>
+        <v>20000</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C55" s="3">
-        <v>6.72</v>
+        <v>4.72</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>53200</v>
+        <v>26200</v>
       </c>
       <c r="G55" s="3">
         <v>100</v>
       </c>
       <c r="H55" s="3">
-        <v>16000</v>
+        <v>20000</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C56" s="3">
-        <v>7.01</v>
+        <v>4.34</v>
       </c>
       <c r="D56" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>2100</v>
+        <v>220100</v>
       </c>
       <c r="G56" s="3">
         <v>100</v>
       </c>
       <c r="H56" s="3">
-        <v>15000</v>
+        <v>10000</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C57" s="3">
-        <v>4.51</v>
+        <v>4.99</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>44000</v>
+        <v>36200</v>
       </c>
       <c r="G57" s="3">
         <v>100</v>
       </c>
       <c r="H57" s="3">
-        <v>30000</v>
+        <v>20000</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C58" s="3">
-        <v>2.73</v>
+        <v>4.65</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>87100</v>
+        <v>218200</v>
       </c>
       <c r="G58" s="3">
         <v>100</v>
       </c>
       <c r="H58" s="3">
-        <v>20000</v>
+        <v>16000</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C59" s="3">
-        <v>147.06</v>
+        <v>3.6</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>211</v>
+        <v>129200</v>
       </c>
       <c r="G59" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H59" s="3">
-        <v>10</v>
+        <v>24000</v>
       </c>
       <c r="I59" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="C60" s="3">
-        <v>138.81</v>
+        <v>3.78</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>206</v>
+        <v>19700</v>
       </c>
       <c r="G60" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H60" s="3">
-        <v>10</v>
+        <v>18000</v>
       </c>
       <c r="I60" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C61" s="3">
-        <v>12.75</v>
+        <v>3.98</v>
       </c>
       <c r="D61" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>54100</v>
+        <v>23200</v>
       </c>
       <c r="G61" s="3">
         <v>100</v>
       </c>
       <c r="H61" s="3">
-        <v>10000</v>
+        <v>16000</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="C62" s="3">
-        <v>1.6</v>
+        <v>4.72</v>
       </c>
       <c r="D62" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>97200</v>
+        <v>74300</v>
       </c>
       <c r="G62" s="3">
         <v>100</v>
       </c>
       <c r="H62" s="3">
-        <v>30000</v>
+        <v>9600</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C63" s="3">
-        <v>6.94</v>
+        <v>4.08</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>120300</v>
+        <v>12700</v>
       </c>
       <c r="G63" s="3">
         <v>100</v>
       </c>
       <c r="H63" s="3">
-        <v>20000</v>
+        <v>9600</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A64" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A64" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="B64" s="2"/>
+      <c r="C64" s="2"/>
+      <c r="D64" s="2"/>
+      <c r="E64" s="2"/>
+      <c r="F64" s="2"/>
+      <c r="G64" s="2"/>
+      <c r="H64" s="2"/>
+      <c r="I64" s="2"/>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C65" s="3">
-        <v>111.52</v>
+        <v>2.07</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>217</v>
+        <v>310500</v>
       </c>
       <c r="G65" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H65" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I65" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C66" s="3">
-        <v>3.13</v>
+        <v>3.41</v>
       </c>
       <c r="D66" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>62300</v>
+        <v>297600</v>
       </c>
       <c r="G66" s="3">
         <v>100</v>
       </c>
       <c r="H66" s="3">
-        <v>30000</v>
+        <v>20000</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C67" s="3">
-        <v>117.33</v>
+        <v>5.19</v>
       </c>
       <c r="D67" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>0</v>
+        <v>455900</v>
       </c>
       <c r="G67" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H67" s="3">
-        <v>80</v>
+        <v>40000</v>
       </c>
       <c r="I67" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C68" s="3">
-        <v>140.31</v>
+        <v>4.88</v>
       </c>
       <c r="D68" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>518</v>
+        <v>141100</v>
       </c>
       <c r="G68" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H68" s="3">
-        <v>80</v>
+        <v>20000</v>
       </c>
       <c r="I68" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C69" s="3">
-        <v>1.31</v>
+        <v>110.23</v>
       </c>
       <c r="D69" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F69" s="3">
-        <v>25700</v>
+        <v>0</v>
       </c>
       <c r="G69" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>50000</v>
+        <v>10</v>
       </c>
       <c r="I69" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C70" s="3">
-        <v>1.38</v>
+        <v>1.86</v>
       </c>
       <c r="D70" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>76100</v>
+        <v>219800</v>
       </c>
       <c r="G70" s="3">
         <v>100</v>
       </c>
       <c r="H70" s="3">
-        <v>20000</v>
+        <v>60000</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C71" s="3">
-        <v>2.63</v>
+        <v>2.36</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>53700</v>
+        <v>36500</v>
       </c>
       <c r="G71" s="3">
         <v>100</v>
       </c>
       <c r="H71" s="3">
         <v>20000</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C72" s="3">
-        <v>3.89</v>
+        <v>138.35</v>
       </c>
       <c r="D72" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F72" s="3">
-        <v>59800</v>
+        <v>19</v>
       </c>
       <c r="G72" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I72" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C73" s="3">
-        <v>4.2</v>
+        <v>2.82</v>
       </c>
       <c r="D73" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>48100</v>
+        <v>163400</v>
       </c>
       <c r="G73" s="3">
         <v>100</v>
       </c>
       <c r="H73" s="3">
         <v>20000</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C74" s="3">
-        <v>4.2</v>
+        <v>101.39</v>
       </c>
       <c r="D74" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F74" s="3">
-        <v>68300</v>
+        <v>44</v>
       </c>
       <c r="G74" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I74" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C75" s="3">
-        <v>5.59</v>
+        <v>88.17</v>
       </c>
       <c r="D75" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F75" s="3">
-        <v>8700</v>
+        <v>73</v>
       </c>
       <c r="G75" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>16000</v>
+        <v>10</v>
       </c>
       <c r="I75" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C76" s="3">
-        <v>7.91</v>
+        <v>110.02</v>
       </c>
       <c r="D76" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F76" s="3">
-        <v>147600</v>
+        <v>453</v>
       </c>
       <c r="G76" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I76" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C77" s="3">
-        <v>80.05</v>
+        <v>113.01</v>
       </c>
       <c r="D77" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F77" s="3">
-        <v>128</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>10</v>
       </c>
       <c r="I77" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C78" s="3">
-        <v>1.58</v>
+        <v>2.27</v>
       </c>
       <c r="D78" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>36800</v>
+        <v>99900</v>
       </c>
       <c r="G78" s="3">
         <v>100</v>
       </c>
       <c r="H78" s="3">
         <v>20000</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C79" s="3">
-        <v>105.72</v>
+        <v>3.77</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>0</v>
+        <v>4500</v>
       </c>
       <c r="G79" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H79" s="3">
-        <v>80</v>
+        <v>4000</v>
       </c>
       <c r="I79" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C80" s="3">
-        <v>114.65</v>
+        <v>7.76</v>
       </c>
       <c r="D80" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>0</v>
+        <v>164900</v>
       </c>
       <c r="G80" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H80" s="3">
-        <v>80</v>
+        <v>20000</v>
       </c>
       <c r="I80" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A81" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A81" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="B81" s="2"/>
+      <c r="C81" s="2"/>
+      <c r="D81" s="2"/>
+      <c r="E81" s="2"/>
+      <c r="F81" s="2"/>
+      <c r="G81" s="2"/>
+      <c r="H81" s="2"/>
+      <c r="I81" s="2"/>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C82" s="3">
-        <v>11.09</v>
+        <v>12.97</v>
       </c>
       <c r="D82" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>3900</v>
+        <v>52800</v>
       </c>
       <c r="G82" s="3">
         <v>100</v>
       </c>
       <c r="H82" s="3">
-        <v>4000</v>
+        <v>10000</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C83" s="3">
-        <v>12.57</v>
+        <v>116.6</v>
       </c>
       <c r="D83" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F83" s="3">
-        <v>23700</v>
+        <v>0</v>
       </c>
       <c r="G83" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H83" s="3">
-        <v>12000</v>
+        <v>80</v>
       </c>
       <c r="I83" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C84" s="3">
-        <v>55.74</v>
+        <v>0.56</v>
       </c>
       <c r="D84" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F84" s="3">
-        <v>0</v>
+        <v>62201</v>
       </c>
       <c r="G84" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H84" s="3">
-        <v>10</v>
+        <v>100000</v>
       </c>
       <c r="I84" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C85" s="3">
-        <v>62.78</v>
+        <v>2.81</v>
       </c>
       <c r="D85" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>294</v>
+        <v>46400</v>
       </c>
       <c r="G85" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H85" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I85" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C86" s="3">
-        <v>68.32</v>
+        <v>1.33</v>
       </c>
       <c r="D86" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F86" s="3">
-        <v>401</v>
+        <v>64500</v>
       </c>
       <c r="G86" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H86" s="3">
-        <v>10</v>
+        <v>50000</v>
       </c>
       <c r="I86" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C87" s="3">
-        <v>99.73</v>
+        <v>56.69</v>
       </c>
       <c r="D87" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F87" s="3">
-        <v>333</v>
+        <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
         <v>10</v>
       </c>
       <c r="I87" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C88" s="3">
-        <v>123.59</v>
+        <v>111.31</v>
       </c>
       <c r="D88" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F88" s="3">
-        <v>101</v>
+        <v>177</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
         <v>10</v>
       </c>
       <c r="I88" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C89" s="3">
-        <v>154.02</v>
+        <v>156.64</v>
       </c>
       <c r="D89" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F89" s="3">
-        <v>172</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
         <v>10</v>
       </c>
       <c r="I89" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C90" s="3">
-        <v>138.75</v>
+        <v>127.89</v>
       </c>
       <c r="D90" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F90" s="3">
-        <v>126</v>
+        <v>41</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
         <v>10</v>
       </c>
       <c r="I90" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C91" s="3">
-        <v>238.23</v>
+        <v>4.48</v>
       </c>
       <c r="D91" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>294</v>
+        <v>94300</v>
       </c>
       <c r="G91" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H91" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I91" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C92" s="3">
-        <v>180.77</v>
+        <v>5.74</v>
       </c>
       <c r="D92" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>61</v>
+        <v>300</v>
       </c>
       <c r="G92" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H92" s="3">
-        <v>10</v>
+        <v>12000</v>
       </c>
       <c r="I92" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C93" s="3">
-        <v>1.79</v>
+        <v>3.51</v>
       </c>
       <c r="D93" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>103900</v>
+        <v>80300</v>
       </c>
       <c r="G93" s="3">
         <v>100</v>
       </c>
       <c r="H93" s="3">
-        <v>40000</v>
+        <v>20000</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C94" s="3">
-        <v>8.31</v>
+        <v>3.43</v>
       </c>
       <c r="D94" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>19500</v>
+        <v>54800</v>
       </c>
       <c r="G94" s="3">
         <v>100</v>
       </c>
       <c r="H94" s="3">
-        <v>2400</v>
+        <v>25000</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C95" s="3">
-        <v>1.69</v>
+        <v>6.59</v>
       </c>
       <c r="D95" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>42600</v>
+        <v>68600</v>
       </c>
       <c r="G95" s="3">
         <v>100</v>
       </c>
       <c r="H95" s="3">
-        <v>50000</v>
+        <v>15000</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C96" s="3">
-        <v>0.75</v>
+        <v>7.67</v>
       </c>
       <c r="D96" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>258800</v>
+        <v>5900</v>
       </c>
       <c r="G96" s="3">
         <v>100</v>
       </c>
       <c r="H96" s="3">
-        <v>60000</v>
+        <v>6000</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C97" s="3">
-        <v>1.89</v>
+        <v>0.69</v>
       </c>
       <c r="D97" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>111500</v>
+        <v>139000</v>
       </c>
       <c r="G97" s="3">
         <v>100</v>
       </c>
       <c r="H97" s="3">
-        <v>24000</v>
+        <v>100000</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C98" s="3">
-        <v>3.69</v>
+        <v>0.66</v>
       </c>
       <c r="D98" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>44000</v>
+        <v>68500</v>
       </c>
       <c r="G98" s="3">
         <v>100</v>
       </c>
       <c r="H98" s="3">
-        <v>10000</v>
+        <v>60000</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C99" s="3">
-        <v>0.55</v>
+        <v>0.82</v>
       </c>
       <c r="D99" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>98600</v>
+        <v>284501</v>
       </c>
       <c r="G99" s="3">
         <v>100</v>
       </c>
       <c r="H99" s="3">
-        <v>100000</v>
+        <v>60000</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C100" s="3">
-        <v>7.66</v>
+        <v>119.32</v>
       </c>
       <c r="D100" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F100" s="3">
-        <v>5700</v>
+        <v>0</v>
       </c>
       <c r="G100" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>5000</v>
+        <v>80</v>
       </c>
       <c r="I100" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C101" s="3">
-        <v>1.09</v>
+        <v>125.69</v>
       </c>
       <c r="D101" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F101" s="3">
-        <v>191300</v>
+        <v>132</v>
       </c>
       <c r="G101" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>50000</v>
+        <v>10</v>
       </c>
       <c r="I101" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C102" s="3">
-        <v>1.86</v>
+        <v>1.89</v>
       </c>
       <c r="D102" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>136000</v>
+        <v>111700</v>
       </c>
       <c r="G102" s="3">
         <v>100</v>
       </c>
       <c r="H102" s="3">
         <v>24000</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C103" s="3">
-        <v>4.6</v>
+        <v>2.92</v>
       </c>
       <c r="D103" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F103" s="3">
-        <v>92900</v>
+        <v>76200</v>
       </c>
       <c r="G103" s="3">
         <v>100</v>
       </c>
       <c r="H103" s="3">
-        <v>16000</v>
+        <v>20000</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C104" s="3">
-        <v>2.69</v>
+        <v>4.91</v>
       </c>
       <c r="D104" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>87600</v>
+        <v>89300</v>
       </c>
       <c r="G104" s="3">
         <v>100</v>
       </c>
       <c r="H104" s="3">
-        <v>20000</v>
+        <v>16000</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C105" s="3">
-        <v>11.15</v>
+        <v>3.01</v>
       </c>
       <c r="D105" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F105" s="3">
-        <v>71900</v>
+        <v>26100</v>
       </c>
       <c r="G105" s="3">
         <v>100</v>
       </c>
       <c r="H105" s="3">
-        <v>10000</v>
+        <v>20000</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C106" s="3">
-        <v>5.92</v>
+        <v>10.39</v>
       </c>
       <c r="D106" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F106" s="3">
-        <v>64200</v>
+        <v>111000</v>
       </c>
       <c r="G106" s="3">
         <v>100</v>
       </c>
       <c r="H106" s="3">
-        <v>20000</v>
+        <v>16000</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C107" s="3">
-        <v>5.57</v>
+        <v>6.83</v>
       </c>
       <c r="D107" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>102300</v>
+        <v>1700</v>
       </c>
       <c r="G107" s="3">
         <v>100</v>
       </c>
       <c r="H107" s="3">
-        <v>20000</v>
+        <v>16000</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C108" s="3">
-        <v>3.7</v>
+        <v>11.34</v>
       </c>
       <c r="D108" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F108" s="3">
-        <v>24600</v>
+        <v>24000</v>
       </c>
       <c r="G108" s="3">
         <v>100</v>
       </c>
       <c r="H108" s="3">
-        <v>20000</v>
+        <v>10000</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C109" s="3">
-        <v>6.69</v>
+        <v>6.02</v>
       </c>
       <c r="D109" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F109" s="3">
-        <v>24400</v>
+        <v>37300</v>
       </c>
       <c r="G109" s="3">
         <v>100</v>
       </c>
       <c r="H109" s="3">
-        <v>10000</v>
+        <v>20000</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C110" s="3">
-        <v>13.86</v>
+        <v>3.21</v>
       </c>
       <c r="D110" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F110" s="3">
-        <v>18200</v>
+        <v>27700</v>
       </c>
       <c r="G110" s="3">
         <v>100</v>
       </c>
       <c r="H110" s="3">
-        <v>7200</v>
+        <v>20000</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A111" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I111" s="2"/>
+      <c r="A111" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="B111" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="C111" s="3">
+        <v>7.13</v>
+      </c>
+      <c r="D111" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F111" s="3">
+        <v>600</v>
+      </c>
+      <c r="G111" s="3">
+        <v>100</v>
+      </c>
+      <c r="H111" s="3">
+        <v>15000</v>
+      </c>
+      <c r="I111" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C112" s="3">
-        <v>155.98</v>
+        <v>14.1</v>
       </c>
       <c r="D112" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="F112" s="3">
-        <v>0</v>
+        <v>16500</v>
       </c>
       <c r="G112" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H112" s="3">
-        <v>80</v>
+        <v>7200</v>
       </c>
       <c r="I112" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C113" s="3">
-        <v>16.38</v>
+        <v>0.76</v>
       </c>
       <c r="D113" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F113" s="3">
-        <v>16900</v>
+        <v>273501</v>
       </c>
       <c r="G113" s="3">
         <v>100</v>
       </c>
       <c r="H113" s="3">
-        <v>4800</v>
+        <v>60000</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C114" s="3">
-        <v>108.55</v>
+        <v>3.33</v>
       </c>
       <c r="D114" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="F114" s="3">
-        <v>0</v>
+        <v>59600</v>
       </c>
       <c r="G114" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H114" s="3">
-        <v>80</v>
+        <v>20000</v>
       </c>
       <c r="I114" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C115" s="3">
-        <v>4.27</v>
+        <v>11.28</v>
       </c>
       <c r="D115" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F115" s="3">
-        <v>208900</v>
+        <v>2900</v>
       </c>
       <c r="G115" s="3">
         <v>100</v>
       </c>
       <c r="H115" s="3">
-        <v>10000</v>
+        <v>4000</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C116" s="3">
-        <v>4.67</v>
+        <v>18.77</v>
       </c>
       <c r="D116" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F116" s="3">
-        <v>20300</v>
+        <v>7600</v>
       </c>
       <c r="G116" s="3">
         <v>100</v>
       </c>
       <c r="H116" s="3">
-        <v>20000</v>
+        <v>4000</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C117" s="3">
-        <v>7.37</v>
+        <v>69.48</v>
       </c>
       <c r="D117" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F117" s="3">
-        <v>15700</v>
+        <v>219</v>
       </c>
       <c r="G117" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I117" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C118" s="3">
-        <v>2.78</v>
+        <v>242.28</v>
       </c>
       <c r="D118" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F118" s="3">
-        <v>82600</v>
+        <v>310</v>
       </c>
       <c r="G118" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I118" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C119" s="3">
-        <v>3.48</v>
+        <v>2.8</v>
       </c>
       <c r="D119" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F119" s="3">
-        <v>15300</v>
+        <v>170000</v>
       </c>
       <c r="G119" s="3">
         <v>100</v>
       </c>
       <c r="H119" s="3">
-        <v>15000</v>
+        <v>20000</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C120" s="3">
-        <v>13.11</v>
+        <v>2.5</v>
       </c>
       <c r="D120" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F120" s="3">
-        <v>14500</v>
+        <v>79300</v>
       </c>
       <c r="G120" s="3">
         <v>100</v>
       </c>
       <c r="H120" s="3">
-        <v>4800</v>
+        <v>20000</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C121" s="3">
-        <v>3.24</v>
+        <v>3.04</v>
       </c>
       <c r="D121" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F121" s="3">
-        <v>275700</v>
+        <v>41000</v>
       </c>
       <c r="G121" s="3">
         <v>100</v>
       </c>
       <c r="H121" s="3">
-        <v>20000</v>
+        <v>10000</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C122" s="3">
-        <v>6</v>
+        <v>7.14</v>
       </c>
       <c r="D122" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F122" s="3">
-        <v>40700</v>
+        <v>23400</v>
       </c>
       <c r="G122" s="3">
         <v>100</v>
       </c>
       <c r="H122" s="3">
-        <v>9600</v>
+        <v>10000</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C123" s="3">
-        <v>2.26</v>
+        <v>3.75</v>
       </c>
       <c r="D123" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F123" s="3">
-        <v>373300</v>
+        <v>36200</v>
       </c>
       <c r="G123" s="3">
         <v>100</v>
       </c>
       <c r="H123" s="3">
-        <v>30000</v>
+        <v>10000</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C124" s="3">
-        <v>3.72</v>
+        <v>2.94</v>
       </c>
       <c r="D124" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>23400</v>
+        <v>92600</v>
       </c>
       <c r="G124" s="3">
         <v>100</v>
       </c>
       <c r="H124" s="3">
-        <v>18000</v>
+        <v>20000</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="C125" s="3">
-        <v>13.77</v>
+        <v>6.94</v>
       </c>
       <c r="D125" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F125" s="3">
-        <v>15600</v>
+        <v>15500</v>
       </c>
       <c r="G125" s="3">
         <v>100</v>
       </c>
       <c r="H125" s="3">
-        <v>6000</v>
+        <v>10000</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="C126" s="3">
-        <v>11.84</v>
+        <v>81.41</v>
       </c>
       <c r="D126" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F126" s="3">
-        <v>16000</v>
+        <v>122</v>
       </c>
       <c r="G126" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I126" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="C127" s="3">
-        <v>85.67</v>
+        <v>101.43</v>
       </c>
       <c r="D127" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F127" s="3">
-        <v>177</v>
+        <v>166</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
         <v>10</v>
       </c>
       <c r="I127" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C128" s="3">
-        <v>89.85</v>
+        <v>141.11</v>
       </c>
       <c r="D128" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F128" s="3">
-        <v>299</v>
+        <v>113</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
         <v>10</v>
       </c>
       <c r="I128" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="C129" s="3">
-        <v>152.9</v>
+        <v>155.49</v>
       </c>
       <c r="D129" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F129" s="3">
-        <v>302</v>
+        <v>151</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
         <v>10</v>
       </c>
       <c r="I129" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="C130" s="3">
-        <v>6.63</v>
+        <v>242.28</v>
       </c>
       <c r="D130" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F130" s="3">
-        <v>23300</v>
+        <v>119</v>
       </c>
       <c r="G130" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>12000</v>
+        <v>10</v>
       </c>
       <c r="I130" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C131" s="3">
-        <v>6.06</v>
+        <v>5.99</v>
       </c>
       <c r="D131" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F131" s="3">
-        <v>33000</v>
+        <v>20000</v>
       </c>
       <c r="G131" s="3">
         <v>100</v>
       </c>
       <c r="H131" s="3">
-        <v>10000</v>
+        <v>8000</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="C132" s="3">
-        <v>11.06</v>
+        <v>1.8</v>
       </c>
       <c r="D132" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F132" s="3">
-        <v>12100</v>
+        <v>34400</v>
       </c>
       <c r="G132" s="3">
         <v>100</v>
       </c>
       <c r="H132" s="3">
-        <v>15000</v>
+        <v>50000</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C133" s="3">
-        <v>15.09</v>
+        <v>183.84</v>
       </c>
       <c r="D133" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F133" s="3">
-        <v>17500</v>
+        <v>258</v>
       </c>
       <c r="G133" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>6000</v>
+        <v>10</v>
       </c>
       <c r="I133" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C134" s="3">
-        <v>2.85</v>
+        <v>107.52</v>
       </c>
       <c r="D134" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F134" s="3">
-        <v>36300</v>
+        <v>0</v>
       </c>
       <c r="G134" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H134" s="3">
-        <v>24000</v>
+        <v>80</v>
       </c>
       <c r="I134" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C135" s="3">
-        <v>3.82</v>
+        <v>4.59</v>
       </c>
       <c r="D135" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F135" s="3">
-        <v>39400</v>
+        <v>39100</v>
       </c>
       <c r="G135" s="3">
         <v>100</v>
       </c>
       <c r="H135" s="3">
-        <v>12000</v>
+        <v>30000</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C136" s="3">
-        <v>4.19</v>
+        <v>3.76</v>
       </c>
       <c r="D136" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F136" s="3">
-        <v>140790</v>
+        <v>22200</v>
       </c>
       <c r="G136" s="3">
         <v>100</v>
       </c>
       <c r="H136" s="3">
-        <v>10000</v>
+        <v>20000</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="C137" s="3">
-        <v>4.35</v>
+        <v>113.42</v>
       </c>
       <c r="D137" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F137" s="3">
-        <v>8100</v>
+        <v>0</v>
       </c>
       <c r="G137" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>9600</v>
+        <v>10</v>
       </c>
       <c r="I137" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="C138" s="3">
-        <v>84.35</v>
+        <v>68.29</v>
       </c>
       <c r="D138" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F138" s="3">
-        <v>123</v>
+        <v>244</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
         <v>10</v>
       </c>
       <c r="I138" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="C139" s="3">
-        <v>99.16</v>
+        <v>141.17</v>
       </c>
       <c r="D139" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F139" s="3">
-        <v>65</v>
+        <v>11</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
         <v>10</v>
       </c>
       <c r="I139" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="C140" s="3">
-        <v>120.13</v>
+        <v>149.56</v>
       </c>
       <c r="D140" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F140" s="3">
-        <v>121</v>
+        <v>77</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
         <v>10</v>
       </c>
       <c r="I140" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C141" s="3">
-        <v>122.3</v>
+        <v>63.85</v>
       </c>
       <c r="D141" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F141" s="3">
-        <v>100</v>
+        <v>292</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
         <v>10</v>
       </c>
       <c r="I141" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="C142" s="3">
-        <v>5.57</v>
+        <v>5.66</v>
       </c>
       <c r="D142" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F142" s="3">
-        <v>21000</v>
+        <v>82500</v>
       </c>
       <c r="G142" s="3">
         <v>100</v>
       </c>
       <c r="H142" s="3">
-        <v>7200</v>
+        <v>20000</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C143" s="3">
-        <v>92.44</v>
+        <v>2.02</v>
       </c>
       <c r="D143" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F143" s="3">
-        <v>110</v>
+        <v>93300</v>
       </c>
       <c r="G143" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H143" s="3">
-        <v>10</v>
+        <v>24000</v>
       </c>
       <c r="I143" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="C144" s="3">
-        <v>2.52</v>
+        <v>1.33</v>
       </c>
       <c r="D144" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F144" s="3">
-        <v>143500</v>
+        <v>128700</v>
       </c>
       <c r="G144" s="3">
         <v>100</v>
       </c>
       <c r="H144" s="3">
-        <v>20000</v>
+        <v>50000</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="C145" s="3">
-        <v>2.94</v>
+        <v>14.62</v>
       </c>
       <c r="D145" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F145" s="3">
-        <v>239100</v>
+        <v>1700</v>
       </c>
       <c r="G145" s="3">
         <v>100</v>
       </c>
       <c r="H145" s="3">
-        <v>20000</v>
+        <v>2000</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C146" s="3">
-        <v>3.23</v>
+        <v>3.38</v>
       </c>
       <c r="D146" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F146" s="3">
-        <v>148200</v>
+        <v>83300</v>
       </c>
       <c r="G146" s="3">
         <v>100</v>
       </c>
       <c r="H146" s="3">
         <v>20000</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C147" s="3">
-        <v>2.55</v>
+        <v>91.96</v>
       </c>
       <c r="D147" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F147" s="3">
-        <v>140100</v>
+        <v>0</v>
       </c>
       <c r="G147" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H147" s="3">
-        <v>20000</v>
+        <v>80</v>
       </c>
       <c r="I147" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C148" s="3">
-        <v>2.8</v>
+        <v>12.78</v>
       </c>
       <c r="D148" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F148" s="3">
-        <v>165500</v>
+        <v>21800</v>
       </c>
       <c r="G148" s="3">
         <v>100</v>
       </c>
       <c r="H148" s="3">
-        <v>20000</v>
+        <v>12000</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C149" s="3">
-        <v>4.57</v>
+        <v>64.74</v>
       </c>
       <c r="D149" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F149" s="3">
-        <v>210100</v>
+        <v>0</v>
       </c>
       <c r="G149" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>16000</v>
+        <v>10</v>
       </c>
       <c r="I149" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="C150" s="3">
-        <v>6.14</v>
+        <v>104.24</v>
       </c>
       <c r="D150" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F150" s="3">
-        <v>94800</v>
+        <v>187</v>
       </c>
       <c r="G150" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I150" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="C151" s="3">
-        <v>4.59</v>
+        <v>237.14</v>
       </c>
       <c r="D151" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F151" s="3">
-        <v>10800</v>
+        <v>99</v>
       </c>
       <c r="G151" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>6000</v>
+        <v>10</v>
       </c>
       <c r="I151" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C152" s="3">
-        <v>5.42</v>
+        <v>2.41</v>
       </c>
       <c r="D152" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F152" s="3">
-        <v>12800</v>
+        <v>185201</v>
       </c>
       <c r="G152" s="3">
         <v>100</v>
       </c>
       <c r="H152" s="3">
-        <v>12000</v>
+        <v>20000</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C153" s="3">
-        <v>9.95</v>
+        <v>8.18</v>
       </c>
       <c r="D153" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F153" s="3">
-        <v>15150</v>
+        <v>5100</v>
       </c>
       <c r="G153" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H153" s="3">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C154" s="3">
-        <v>10.17</v>
+        <v>1.16</v>
       </c>
       <c r="D154" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F154" s="3">
-        <v>11650</v>
+        <v>102201</v>
       </c>
       <c r="G154" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H154" s="3">
-        <v>2000</v>
+        <v>50000</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C155" s="3">
-        <v>5.36</v>
+        <v>1.82</v>
       </c>
       <c r="D155" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F155" s="3">
-        <v>8300</v>
+        <v>87200</v>
       </c>
       <c r="G155" s="3">
         <v>100</v>
       </c>
       <c r="H155" s="3">
-        <v>12000</v>
+        <v>40000</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C156" s="3">
-        <v>7.07</v>
+        <v>2.77</v>
       </c>
       <c r="D156" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F156" s="3">
-        <v>3100</v>
+        <v>54000</v>
       </c>
       <c r="G156" s="3">
         <v>100</v>
       </c>
       <c r="H156" s="3">
-        <v>10000</v>
+        <v>30000</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="C157" s="3">
-        <v>2.77</v>
+        <v>4.3</v>
       </c>
       <c r="D157" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F157" s="3">
-        <v>165300</v>
+        <v>70200</v>
       </c>
       <c r="G157" s="3">
         <v>100</v>
       </c>
       <c r="H157" s="3">
-        <v>30000</v>
+        <v>10000</v>
       </c>
       <c r="I157" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C158" s="3">
-        <v>3.98</v>
+        <v>8.03</v>
       </c>
       <c r="D158" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F158" s="3">
-        <v>141700</v>
+        <v>18800</v>
       </c>
       <c r="G158" s="3">
         <v>100</v>
       </c>
       <c r="H158" s="3">
-        <v>16000</v>
+        <v>2400</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="C159" s="3">
-        <v>2.39</v>
+        <v>1.4</v>
       </c>
       <c r="D159" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F159" s="3">
-        <v>44100</v>
+        <v>57800</v>
       </c>
       <c r="G159" s="3">
         <v>100</v>
       </c>
       <c r="H159" s="3">
-        <v>24000</v>
+        <v>20000</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="C160" s="3">
-        <v>3.11</v>
+        <v>1.63</v>
       </c>
       <c r="D160" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F160" s="3">
-        <v>107700</v>
+        <v>113800</v>
       </c>
       <c r="G160" s="3">
         <v>100</v>
       </c>
       <c r="H160" s="3">
         <v>30000</v>
       </c>
       <c r="I160" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="C161" s="3">
-        <v>4.22</v>
+        <v>4.15</v>
       </c>
       <c r="D161" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F161" s="3">
-        <v>41400</v>
+        <v>41800</v>
       </c>
       <c r="G161" s="3">
         <v>100</v>
       </c>
       <c r="H161" s="3">
         <v>20000</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="C162" s="3">
-        <v>3.54</v>
+        <v>7.06</v>
       </c>
       <c r="D162" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F162" s="3">
-        <v>135500</v>
+        <v>127700</v>
       </c>
       <c r="G162" s="3">
         <v>100</v>
       </c>
       <c r="H162" s="3">
-        <v>24000</v>
+        <v>20000</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="C163" s="3">
-        <v>4.12</v>
+        <v>4.48</v>
       </c>
       <c r="D163" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F163" s="3">
-        <v>23900</v>
+        <v>41500</v>
       </c>
       <c r="G163" s="3">
         <v>100</v>
       </c>
       <c r="H163" s="3">
-        <v>16000</v>
+        <v>20000</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="C164" s="3">
-        <v>4.26</v>
+        <v>3.18</v>
       </c>
       <c r="D164" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F164" s="3">
-        <v>78600</v>
+        <v>82400</v>
       </c>
       <c r="G164" s="3">
         <v>100</v>
       </c>
       <c r="H164" s="3">
-        <v>9600</v>
+        <v>30000</v>
       </c>
       <c r="I164" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="C165" s="3">
-        <v>4.22</v>
+        <v>5.88</v>
       </c>
       <c r="D165" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F165" s="3">
-        <v>14000</v>
+        <v>105000</v>
       </c>
       <c r="G165" s="3">
         <v>100</v>
       </c>
       <c r="H165" s="3">
-        <v>9600</v>
+        <v>20000</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="C166" s="3">
-        <v>109.73</v>
+        <v>5.97</v>
       </c>
       <c r="D166" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F166" s="3">
-        <v>100</v>
+        <v>12200</v>
       </c>
       <c r="G166" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H166" s="3">
-        <v>10</v>
+        <v>16000</v>
       </c>
       <c r="I166" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="C167" s="3">
-        <v>105.31</v>
+        <v>7.01</v>
       </c>
       <c r="D167" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F167" s="3">
-        <v>113</v>
+        <v>69100</v>
       </c>
       <c r="G167" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H167" s="3">
-        <v>10</v>
+        <v>12000</v>
       </c>
       <c r="I167" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="C168" s="3">
-        <v>109.44</v>
+        <v>8.04</v>
       </c>
       <c r="D168" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F168" s="3">
-        <v>6</v>
+        <v>35700</v>
       </c>
       <c r="G168" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H168" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I168" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="C169" s="3">
-        <v>123.94</v>
+        <v>1.61</v>
       </c>
       <c r="D169" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F169" s="3">
-        <v>44</v>
+        <v>92200</v>
       </c>
       <c r="G169" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H169" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I169" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="C170" s="3">
-        <v>142.54</v>
+        <v>103.99</v>
       </c>
       <c r="D170" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>68</v>
+        <v>18</v>
       </c>
       <c r="F170" s="3">
-        <v>127</v>
+        <v>0</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="I170" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A171" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I171" s="2"/>
+      <c r="A171" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="B171" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="C171" s="3">
+        <v>135.56</v>
+      </c>
+      <c r="D171" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F171" s="3">
+        <v>516</v>
+      </c>
+      <c r="G171" s="3">
+        <v>1</v>
+      </c>
+      <c r="H171" s="3">
+        <v>80</v>
+      </c>
+      <c r="I171" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A172" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A172" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="B172" s="2"/>
+      <c r="C172" s="2"/>
+      <c r="D172" s="2"/>
+      <c r="E172" s="2"/>
+      <c r="F172" s="2"/>
+      <c r="G172" s="2"/>
+      <c r="H172" s="2"/>
+      <c r="I172" s="2"/>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="C173" s="3">
-        <v>122.59</v>
+        <v>0.6</v>
       </c>
       <c r="D173" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F173" s="3">
-        <v>53</v>
+        <v>199200</v>
       </c>
       <c r="G173" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H173" s="3">
-        <v>10</v>
+        <v>120000</v>
       </c>
       <c r="I173" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C174" s="3">
-        <v>4.22</v>
+        <v>0.75</v>
       </c>
       <c r="D174" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F174" s="3">
-        <v>208000</v>
+        <v>203100</v>
       </c>
       <c r="G174" s="3">
         <v>100</v>
       </c>
       <c r="H174" s="3">
-        <v>20000</v>
+        <v>120000</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="C175" s="3">
-        <v>136.5</v>
+        <v>1.16</v>
       </c>
       <c r="D175" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F175" s="3">
-        <v>0</v>
+        <v>51700</v>
       </c>
       <c r="G175" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H175" s="3">
-        <v>2000</v>
+        <v>72000</v>
       </c>
       <c r="I175" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="C176" s="3">
-        <v>7.18</v>
+        <v>2.53</v>
       </c>
       <c r="D176" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F176" s="3">
-        <v>13900</v>
+        <v>104700</v>
       </c>
       <c r="G176" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H176" s="3">
-        <v>12000</v>
+        <v>40000</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="C177" s="3">
-        <v>79.18</v>
+        <v>3.49</v>
       </c>
       <c r="D177" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F177" s="3">
-        <v>20</v>
+        <v>92900</v>
       </c>
       <c r="G177" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H177" s="3">
-        <v>3000</v>
+        <v>20000</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="C178" s="3">
-        <v>52.01</v>
+        <v>2.77</v>
       </c>
       <c r="D178" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F178" s="3">
-        <v>0</v>
+        <v>188000</v>
       </c>
       <c r="G178" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H178" s="3">
-        <v>5000</v>
+        <v>20000</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="C179" s="3">
-        <v>15.99</v>
+        <v>4.29</v>
       </c>
       <c r="D179" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F179" s="3">
-        <v>0</v>
+        <v>192100</v>
       </c>
       <c r="G179" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H179" s="3">
-        <v>12000</v>
+        <v>20000</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="C180" s="3">
-        <v>3.43</v>
+        <v>3.57</v>
       </c>
       <c r="D180" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F180" s="3">
-        <v>121800</v>
+        <v>82600</v>
       </c>
       <c r="G180" s="3">
         <v>100</v>
       </c>
       <c r="H180" s="3">
-        <v>20000</v>
+        <v>60000</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="C181" s="3">
-        <v>0.48</v>
+        <v>4.11</v>
       </c>
       <c r="D181" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F181" s="3">
-        <v>199900</v>
+        <v>16000</v>
       </c>
       <c r="G181" s="3">
         <v>100</v>
       </c>
       <c r="H181" s="3">
-        <v>192000</v>
+        <v>20000</v>
       </c>
       <c r="I181" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="C182" s="3">
-        <v>4.54</v>
+        <v>5.6</v>
       </c>
       <c r="D182" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F182" s="3">
-        <v>69800</v>
+        <v>500</v>
       </c>
       <c r="G182" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H182" s="3">
-        <v>25000</v>
+        <v>48000</v>
       </c>
       <c r="I182" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="C183" s="3">
-        <v>35.68</v>
+        <v>3.02</v>
       </c>
       <c r="D183" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F183" s="3">
-        <v>2960</v>
+        <v>62000</v>
       </c>
       <c r="G183" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H183" s="3">
-        <v>10000</v>
+        <v>20000</v>
       </c>
       <c r="I183" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="C184" s="3">
-        <v>340.43</v>
+        <v>80.53</v>
       </c>
       <c r="D184" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F184" s="3">
         <v>0</v>
       </c>
       <c r="G184" s="3">
         <v>10</v>
       </c>
       <c r="H184" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I184" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C185" s="3">
-        <v>484.35</v>
+        <v>226.52</v>
       </c>
       <c r="D185" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F185" s="3">
-        <v>1390</v>
+        <v>1640</v>
       </c>
       <c r="G185" s="3">
         <v>10</v>
       </c>
       <c r="H185" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I185" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="C186" s="3">
-        <v>2.97</v>
+        <v>113.42</v>
       </c>
       <c r="D186" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F186" s="3">
-        <v>67600</v>
+        <v>43</v>
       </c>
       <c r="G186" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I186" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="C187" s="3">
-        <v>3.51</v>
+        <v>117.31</v>
       </c>
       <c r="D187" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F187" s="3">
-        <v>89900</v>
+        <v>0</v>
       </c>
       <c r="G187" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H187" s="3">
-        <v>60000</v>
+        <v>10</v>
       </c>
       <c r="I187" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="C188" s="3">
-        <v>111.52</v>
+        <v>124.67</v>
       </c>
       <c r="D188" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F188" s="3">
-        <v>40</v>
+        <v>99</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
         <v>10</v>
       </c>
       <c r="I188" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="C189" s="3">
-        <v>4.04</v>
+        <v>0.49</v>
       </c>
       <c r="D189" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F189" s="3">
-        <v>17000</v>
+        <v>189400</v>
       </c>
       <c r="G189" s="3">
         <v>100</v>
       </c>
       <c r="H189" s="3">
-        <v>20000</v>
+        <v>192000</v>
       </c>
       <c r="I189" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="C190" s="3">
-        <v>5.51</v>
+        <v>4.16</v>
       </c>
       <c r="D190" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F190" s="3">
-        <v>2000</v>
+        <v>69300</v>
       </c>
       <c r="G190" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H190" s="3">
-        <v>48000</v>
+        <v>25000</v>
       </c>
       <c r="I190" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="C191" s="3">
-        <v>212.13</v>
+        <v>7.3</v>
       </c>
       <c r="D191" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F191" s="3">
-        <v>0</v>
+        <v>12800</v>
       </c>
       <c r="G191" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H191" s="3">
-        <v>1000</v>
+        <v>12000</v>
       </c>
       <c r="I191" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="C192" s="3">
-        <v>0.56</v>
+        <v>16.26</v>
       </c>
       <c r="D192" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F192" s="3">
-        <v>219600</v>
+        <v>11340</v>
       </c>
       <c r="G192" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H192" s="3">
-        <v>120000</v>
+        <v>12000</v>
       </c>
       <c r="I192" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="C193" s="3">
-        <v>0.74</v>
+        <v>36.29</v>
       </c>
       <c r="D193" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F193" s="3">
-        <v>55700</v>
+        <v>0</v>
       </c>
       <c r="G193" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H193" s="3">
-        <v>120000</v>
+        <v>10000</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="C194" s="3">
-        <v>1.14</v>
+        <v>52.89</v>
       </c>
       <c r="D194" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F194" s="3">
-        <v>75800</v>
+        <v>6180</v>
       </c>
       <c r="G194" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H194" s="3">
-        <v>72000</v>
+        <v>5000</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="C195" s="3">
-        <v>2.49</v>
+        <v>138.82</v>
       </c>
       <c r="D195" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F195" s="3">
-        <v>110100</v>
+        <v>2840</v>
       </c>
       <c r="G195" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H195" s="3">
-        <v>40000</v>
+        <v>2000</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="C196" s="3">
-        <v>2.72</v>
+        <v>346.22</v>
       </c>
       <c r="D196" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F196" s="3">
-        <v>178100</v>
+        <v>0</v>
       </c>
       <c r="G196" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H196" s="3">
-        <v>20000</v>
+        <v>500</v>
       </c>
       <c r="I196" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A197" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I197" s="2"/>
+      <c r="A197" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="B197" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="C197" s="3">
+        <v>517.21</v>
+      </c>
+      <c r="D197" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E197" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F197" s="3">
+        <v>2290</v>
+      </c>
+      <c r="G197" s="3">
+        <v>10</v>
+      </c>
+      <c r="H197" s="3">
+        <v>500</v>
+      </c>
+      <c r="I197" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A198" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A198" s="2" t="s">
+        <v>399</v>
+      </c>
+      <c r="B198" s="2"/>
+      <c r="C198" s="2"/>
+      <c r="D198" s="2"/>
+      <c r="E198" s="2"/>
+      <c r="F198" s="2"/>
+      <c r="G198" s="2"/>
+      <c r="H198" s="2"/>
+      <c r="I198" s="2"/>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="C199" s="3">
-        <v>1.94</v>
+        <v>14.8</v>
       </c>
       <c r="D199" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F199" s="3">
-        <v>296200</v>
+        <v>129700</v>
       </c>
       <c r="G199" s="3">
         <v>100</v>
       </c>
       <c r="H199" s="3">
-        <v>20000</v>
+        <v>12500</v>
       </c>
       <c r="I199" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="C200" s="3">
-        <v>2.13</v>
+        <v>17.27</v>
       </c>
       <c r="D200" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F200" s="3">
-        <v>104800</v>
+        <v>82200</v>
       </c>
       <c r="G200" s="3">
         <v>100</v>
       </c>
       <c r="H200" s="3">
-        <v>20000</v>
+        <v>6000</v>
       </c>
       <c r="I200" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="C201" s="3">
-        <v>3.19</v>
+        <v>5.08</v>
       </c>
       <c r="D201" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F201" s="3">
-        <v>467400</v>
+        <v>149500</v>
       </c>
       <c r="G201" s="3">
         <v>100</v>
       </c>
       <c r="H201" s="3">
-        <v>20000</v>
+        <v>16000</v>
       </c>
       <c r="I201" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="C202" s="3">
-        <v>136.04</v>
+        <v>4.62</v>
       </c>
       <c r="D202" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F202" s="3">
-        <v>128</v>
+        <v>196900</v>
       </c>
       <c r="G202" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H202" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I202" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="C203" s="3">
-        <v>108.39</v>
+        <v>9.41</v>
       </c>
       <c r="D203" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F203" s="3">
-        <v>86</v>
+        <v>33800</v>
       </c>
       <c r="G203" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H203" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I203" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C204" s="3">
-        <v>86.7</v>
+        <v>165.51</v>
       </c>
       <c r="D204" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F204" s="3">
-        <v>110</v>
+        <v>151</v>
       </c>
       <c r="G204" s="3">
         <v>1</v>
       </c>
       <c r="H204" s="3">
         <v>10</v>
       </c>
       <c r="I204" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C205" s="3">
-        <v>2.77</v>
+        <v>67.09</v>
       </c>
       <c r="D205" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F205" s="3">
-        <v>172200</v>
+        <v>210</v>
       </c>
       <c r="G205" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H205" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I205" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="C206" s="3">
-        <v>5.1</v>
+        <v>266.49</v>
       </c>
       <c r="D206" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F206" s="3">
-        <v>455300</v>
+        <v>170</v>
       </c>
       <c r="G206" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H206" s="3">
-        <v>40000</v>
+        <v>10</v>
       </c>
       <c r="I206" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C207" s="3">
-        <v>7.63</v>
+        <v>8.44</v>
       </c>
       <c r="D207" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F207" s="3">
-        <v>178500</v>
+        <v>38700</v>
       </c>
       <c r="G207" s="3">
         <v>100</v>
       </c>
       <c r="H207" s="3">
-        <v>20000</v>
+        <v>12000</v>
       </c>
       <c r="I207" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="C208" s="3">
-        <v>4.8</v>
+        <v>8.13</v>
       </c>
       <c r="D208" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F208" s="3">
-        <v>117100</v>
+        <v>46800</v>
       </c>
       <c r="G208" s="3">
         <v>100</v>
       </c>
       <c r="H208" s="3">
-        <v>20000</v>
+        <v>10000</v>
       </c>
       <c r="I208" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="C209" s="3">
-        <v>3.71</v>
+        <v>9.53</v>
       </c>
       <c r="D209" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F209" s="3">
-        <v>5000</v>
+        <v>20300</v>
       </c>
       <c r="G209" s="3">
         <v>100</v>
       </c>
       <c r="H209" s="3">
-        <v>4000</v>
+        <v>10000</v>
       </c>
       <c r="I209" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="C210" s="3">
-        <v>99.7</v>
+        <v>24.36</v>
       </c>
       <c r="D210" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F210" s="3">
-        <v>41</v>
+        <v>19300</v>
       </c>
       <c r="G210" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H210" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I210" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="C211" s="3">
-        <v>111.12</v>
+        <v>10.74</v>
       </c>
       <c r="D211" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F211" s="3">
-        <v>29</v>
+        <v>21500</v>
       </c>
       <c r="G211" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H211" s="3">
-        <v>10</v>
+        <v>7200</v>
       </c>
       <c r="I211" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="C212" s="3">
-        <v>108.18</v>
+        <v>26.3</v>
       </c>
       <c r="D212" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F212" s="3">
+        <v>7400</v>
+      </c>
+      <c r="G212" s="3">
+        <v>100</v>
+      </c>
+      <c r="H212" s="3">
+        <v>4000</v>
+      </c>
+      <c r="I212" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="213" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A213" s="2" t="s">
         <v>428</v>
       </c>
-      <c r="G212" s="3">
-[...2 lines deleted...]
-      <c r="H212" s="3">
+      <c r="B213" s="2"/>
+      <c r="C213" s="2"/>
+      <c r="D213" s="2"/>
+      <c r="E213" s="2"/>
+      <c r="F213" s="2"/>
+      <c r="G213" s="2"/>
+      <c r="H213" s="2"/>
+      <c r="I213" s="2"/>
+    </row>
+    <row r="214" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A214" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="B214" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="C214" s="3">
+        <v>20.26</v>
+      </c>
+      <c r="D214" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E214" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F214" s="3">
+        <v>31160</v>
+      </c>
+      <c r="G214" s="3">
         <v>10</v>
       </c>
-      <c r="I212" s="3">
-[...43 lines deleted...]
-      <c r="I214" s="2"/>
+      <c r="H214" s="3">
+        <v>10000</v>
+      </c>
+      <c r="I214" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="C215" s="3">
-        <v>65.97</v>
+        <v>27.86</v>
       </c>
       <c r="D215" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F215" s="3">
-        <v>199</v>
+        <v>43740</v>
       </c>
       <c r="G215" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H215" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I215" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="C216" s="3">
-        <v>24.63</v>
+        <v>30.55</v>
       </c>
       <c r="D216" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F216" s="3">
-        <v>7900</v>
+        <v>3370</v>
       </c>
       <c r="G216" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H216" s="3">
-        <v>4000</v>
+        <v>2400</v>
       </c>
       <c r="I216" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C217" s="3">
-        <v>16.98</v>
+        <v>25.07</v>
       </c>
       <c r="D217" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F217" s="3">
-        <v>96000</v>
+        <v>121420</v>
       </c>
       <c r="G217" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H217" s="3">
-        <v>6000</v>
+        <v>10000</v>
       </c>
       <c r="I217" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A218" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A218" s="2" t="s">
+        <v>437</v>
+      </c>
+      <c r="B218" s="2"/>
+      <c r="C218" s="2"/>
+      <c r="D218" s="2"/>
+      <c r="E218" s="2"/>
+      <c r="F218" s="2"/>
+      <c r="G218" s="2"/>
+      <c r="H218" s="2"/>
+      <c r="I218" s="2"/>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A219" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B219" s="3" t="s">
+      <c r="A219" s="2" t="s">
         <v>438</v>
       </c>
-      <c r="C219" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B219" s="2"/>
+      <c r="C219" s="2"/>
+      <c r="D219" s="2"/>
+      <c r="E219" s="2"/>
+      <c r="F219" s="2"/>
+      <c r="G219" s="2"/>
+      <c r="H219" s="2"/>
+      <c r="I219" s="2"/>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
         <v>439</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>440</v>
       </c>
       <c r="C220" s="3">
-        <v>7.99</v>
+        <v>445.57</v>
       </c>
       <c r="D220" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F220" s="3">
-        <v>50900</v>
+        <v>102</v>
       </c>
       <c r="G220" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H220" s="3">
-        <v>10000</v>
+        <v>60</v>
       </c>
       <c r="I220" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
         <v>441</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>442</v>
       </c>
       <c r="C221" s="3">
-        <v>23.95</v>
+        <v>586.44</v>
       </c>
       <c r="D221" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F221" s="3">
-        <v>22900</v>
+        <v>35</v>
       </c>
       <c r="G221" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H221" s="3">
-        <v>10000</v>
+        <v>60</v>
       </c>
       <c r="I221" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
         <v>443</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>444</v>
       </c>
       <c r="C222" s="3">
-        <v>9.86</v>
+        <v>413.7</v>
       </c>
       <c r="D222" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F222" s="3">
-        <v>20500</v>
+        <v>137</v>
       </c>
       <c r="G222" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H222" s="3">
-        <v>10000</v>
+        <v>60</v>
       </c>
       <c r="I222" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
         <v>445</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>446</v>
       </c>
       <c r="C223" s="3">
-        <v>262.04</v>
+        <v>49.25</v>
       </c>
       <c r="D223" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F223" s="3">
-        <v>145</v>
+        <v>0</v>
       </c>
       <c r="G223" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H223" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I223" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
         <v>447</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>448</v>
       </c>
       <c r="C224" s="3">
-        <v>162.74</v>
+        <v>917.89</v>
       </c>
       <c r="D224" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F224" s="3">
-        <v>120</v>
+        <v>0</v>
       </c>
       <c r="G224" s="3">
         <v>1</v>
       </c>
       <c r="H224" s="3">
         <v>10</v>
       </c>
       <c r="I224" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
         <v>449</v>
       </c>
       <c r="B225" s="3" t="s">
         <v>450</v>
       </c>
       <c r="C225" s="3">
-        <v>14.55</v>
+        <v>237.14</v>
       </c>
       <c r="D225" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F225" s="3">
-        <v>158400</v>
+        <v>0</v>
       </c>
       <c r="G225" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H225" s="3">
-        <v>12500</v>
+        <v>10</v>
       </c>
       <c r="I225" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
         <v>451</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>452</v>
       </c>
       <c r="C226" s="3">
-        <v>10.56</v>
+        <v>337.59</v>
       </c>
       <c r="D226" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F226" s="3">
-        <v>23700</v>
+        <v>8100</v>
       </c>
       <c r="G226" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H226" s="3">
-        <v>7200</v>
+        <v>1000</v>
       </c>
       <c r="I226" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
         <v>453</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>454</v>
       </c>
       <c r="C227" s="3">
-        <v>5</v>
+        <v>422.18</v>
       </c>
       <c r="D227" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F227" s="3">
-        <v>160800</v>
+        <v>100</v>
       </c>
       <c r="G227" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H227" s="3">
-        <v>16000</v>
+        <v>60</v>
       </c>
       <c r="I227" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
         <v>455</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>456</v>
       </c>
       <c r="C228" s="3">
-        <v>9.25</v>
+        <v>1092.98</v>
       </c>
       <c r="D228" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F228" s="3">
-        <v>36600</v>
+        <v>54</v>
       </c>
       <c r="G228" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H228" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I228" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A229" s="2" t="s">
+      <c r="A229" s="3" t="s">
         <v>457</v>
       </c>
-      <c r="B229" s="2"/>
-[...6 lines deleted...]
-      <c r="I229" s="2"/>
+      <c r="B229" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="C229" s="3">
+        <v>132.42</v>
+      </c>
+      <c r="D229" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E229" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F229" s="3">
+        <v>0</v>
+      </c>
+      <c r="G229" s="3">
+        <v>25</v>
+      </c>
+      <c r="H229" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I229" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A230" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I230" s="2"/>
+      <c r="A230" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="B230" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="C230" s="3">
+        <v>310.52</v>
+      </c>
+      <c r="D230" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E230" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F230" s="3">
+        <v>91</v>
+      </c>
+      <c r="G230" s="3">
+        <v>1</v>
+      </c>
+      <c r="H230" s="3">
+        <v>10</v>
+      </c>
+      <c r="I230" s="3">
+        <v>5</v>
+      </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="C231" s="3">
-        <v>120.53</v>
+        <v>415.99</v>
       </c>
       <c r="D231" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F231" s="3">
-        <v>4750</v>
+        <v>0</v>
       </c>
       <c r="G231" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H231" s="3">
-        <v>2500</v>
+        <v>10</v>
       </c>
       <c r="I231" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="C232" s="3">
-        <v>205.93</v>
+        <v>148.74</v>
       </c>
       <c r="D232" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F232" s="3">
-        <v>121</v>
+        <v>2040</v>
       </c>
       <c r="G232" s="3">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="H232" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I232" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="C233" s="3">
-        <v>17.98</v>
+        <v>170.26</v>
       </c>
       <c r="D233" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F233" s="3">
-        <v>44800</v>
+        <v>3380</v>
       </c>
       <c r="G233" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H233" s="3">
-        <v>2500</v>
+        <v>1000</v>
       </c>
       <c r="I233" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="C234" s="3">
-        <v>150.46</v>
+        <v>26.85</v>
       </c>
       <c r="D234" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F234" s="3">
-        <v>1700</v>
+        <v>12720</v>
       </c>
       <c r="G234" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="H234" s="3">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="I234" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="C235" s="3">
-        <v>21.25</v>
+        <v>114.06</v>
       </c>
       <c r="D235" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F235" s="3">
-        <v>0</v>
+        <v>296</v>
       </c>
       <c r="G235" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H235" s="3">
-        <v>2500</v>
+        <v>10</v>
       </c>
       <c r="I235" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="C236" s="3">
-        <v>7.92</v>
+        <v>66.02</v>
       </c>
       <c r="D236" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F236" s="3">
-        <v>27000</v>
+        <v>7325</v>
       </c>
       <c r="G236" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H236" s="3">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="I236" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="C237" s="3">
-        <v>9.78</v>
+        <v>26.98</v>
       </c>
       <c r="D237" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F237" s="3">
-        <v>29600</v>
+        <v>21040</v>
       </c>
       <c r="G237" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="H237" s="3">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="I237" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="C238" s="3">
-        <v>72.08</v>
+        <v>127.63</v>
       </c>
       <c r="D238" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F238" s="3">
-        <v>10</v>
+        <v>5700</v>
       </c>
       <c r="G238" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H238" s="3">
-        <v>60</v>
+        <v>1000</v>
       </c>
       <c r="I238" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="C239" s="3">
-        <v>16.88</v>
+        <v>228.83</v>
       </c>
       <c r="D239" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F239" s="3">
-        <v>12700</v>
+        <v>161</v>
       </c>
       <c r="G239" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H239" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I239" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="C240" s="3">
-        <v>658.59</v>
+        <v>526.17</v>
       </c>
       <c r="D240" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F240" s="3">
-        <v>42</v>
+        <v>96</v>
       </c>
       <c r="G240" s="3">
         <v>1</v>
       </c>
       <c r="H240" s="3">
         <v>10</v>
       </c>
       <c r="I240" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="C241" s="3">
-        <v>55.21</v>
+        <v>684.67</v>
       </c>
       <c r="D241" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F241" s="3">
-        <v>5850</v>
+        <v>0</v>
       </c>
       <c r="G241" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H241" s="3">
-        <v>2500</v>
+        <v>10</v>
       </c>
       <c r="I241" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="C242" s="3">
-        <v>559.06</v>
+        <v>859.41</v>
       </c>
       <c r="D242" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F242" s="3">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
         <v>10</v>
       </c>
       <c r="I242" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="C243" s="3">
-        <v>494.07</v>
+        <v>1024.69</v>
       </c>
       <c r="D243" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F243" s="3">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="G243" s="3">
         <v>1</v>
       </c>
       <c r="H243" s="3">
         <v>10</v>
       </c>
       <c r="I243" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="C244" s="3">
-        <v>295.12</v>
+        <v>324.39</v>
       </c>
       <c r="D244" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F244" s="3">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="G244" s="3">
         <v>1</v>
       </c>
       <c r="H244" s="3">
         <v>10</v>
       </c>
       <c r="I244" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="C245" s="3">
-        <v>105.98</v>
+        <v>768.23</v>
       </c>
       <c r="D245" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F245" s="3">
-        <v>152</v>
+        <v>53</v>
       </c>
       <c r="G245" s="3">
         <v>1</v>
       </c>
       <c r="H245" s="3">
         <v>10</v>
       </c>
       <c r="I245" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="C246" s="3">
-        <v>11.09</v>
+        <v>803.84</v>
       </c>
       <c r="D246" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F246" s="3">
-        <v>148600</v>
+        <v>53</v>
       </c>
       <c r="G246" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H246" s="3">
-        <v>5000</v>
+        <v>10</v>
       </c>
       <c r="I246" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="C247" s="3">
-        <v>6.2</v>
+        <v>262.9</v>
       </c>
       <c r="D247" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F247" s="3">
-        <v>183200</v>
+        <v>79</v>
       </c>
       <c r="G247" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H247" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I247" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="C248" s="3">
-        <v>8.94</v>
+        <v>556.99</v>
       </c>
       <c r="D248" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F248" s="3">
+        <v>64</v>
+      </c>
+      <c r="G248" s="3">
+        <v>1</v>
+      </c>
+      <c r="H248" s="3">
+        <v>10</v>
+      </c>
+      <c r="I248" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="C249" s="3">
-        <v>76</v>
+        <v>311.79</v>
       </c>
       <c r="D249" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F249" s="3">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="G249" s="3">
         <v>1</v>
       </c>
       <c r="H249" s="3">
         <v>60</v>
       </c>
       <c r="I249" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="C250" s="3">
-        <v>73.55</v>
+        <v>647.47</v>
       </c>
       <c r="D250" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F250" s="3">
-        <v>200</v>
+        <v>59</v>
       </c>
       <c r="G250" s="3">
         <v>1</v>
       </c>
       <c r="H250" s="3">
         <v>60</v>
       </c>
       <c r="I250" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="C251" s="3">
-        <v>176.58</v>
+        <v>508.88</v>
       </c>
       <c r="D251" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F251" s="3">
-        <v>8</v>
+        <v>115</v>
       </c>
       <c r="G251" s="3">
         <v>1</v>
       </c>
       <c r="H251" s="3">
         <v>10</v>
       </c>
       <c r="I251" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="C252" s="3">
-        <v>443.41</v>
+        <v>250.87</v>
       </c>
       <c r="D252" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F252" s="3">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="G252" s="3">
         <v>1</v>
       </c>
       <c r="H252" s="3">
         <v>10</v>
       </c>
       <c r="I252" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="C253" s="3">
-        <v>119.18</v>
+        <v>257.2</v>
       </c>
       <c r="D253" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F253" s="3">
-        <v>86</v>
+        <v>194</v>
       </c>
       <c r="G253" s="3">
         <v>1</v>
       </c>
       <c r="H253" s="3">
         <v>10</v>
       </c>
       <c r="I253" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="C254" s="3">
-        <v>141.1</v>
+        <v>104.25</v>
       </c>
       <c r="D254" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F254" s="3">
-        <v>120</v>
+        <v>2700</v>
       </c>
       <c r="G254" s="3">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="H254" s="3">
-        <v>10</v>
+        <v>1200</v>
       </c>
       <c r="I254" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="C255" s="3">
-        <v>46.44</v>
+        <v>135.07</v>
       </c>
       <c r="D255" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F255" s="3">
-        <v>100</v>
+        <v>3880</v>
       </c>
       <c r="G255" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H255" s="3">
-        <v>60</v>
+        <v>1000</v>
       </c>
       <c r="I255" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="C256" s="3">
-        <v>100.55</v>
+        <v>489.12</v>
       </c>
       <c r="D256" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F256" s="3">
-        <v>60</v>
+        <v>5431</v>
       </c>
       <c r="G256" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H256" s="3">
-        <v>60</v>
+        <v>240</v>
       </c>
       <c r="I256" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="C257" s="3">
-        <v>63.27</v>
+        <v>450.95</v>
       </c>
       <c r="D257" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F257" s="3">
-        <v>775</v>
+        <v>50</v>
       </c>
       <c r="G257" s="3">
         <v>1</v>
       </c>
       <c r="H257" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I257" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="C258" s="3">
-        <v>78.61</v>
+        <v>13.5</v>
       </c>
       <c r="D258" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F258" s="3">
-        <v>300</v>
+        <v>3250</v>
       </c>
       <c r="G258" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H258" s="3">
-        <v>60</v>
+        <v>4000</v>
       </c>
       <c r="I258" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="C259" s="3">
-        <v>104.82</v>
+        <v>607.46</v>
       </c>
       <c r="D259" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F259" s="3">
+        <v>59</v>
+      </c>
+      <c r="G259" s="3">
+        <v>1</v>
+      </c>
+      <c r="H259" s="3">
+        <v>10</v>
+      </c>
+      <c r="I259" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="C260" s="3">
-        <v>121.4</v>
+        <v>116.62</v>
       </c>
       <c r="D260" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F260" s="3">
-        <v>28</v>
+        <v>4550</v>
       </c>
       <c r="G260" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H260" s="3">
-        <v>60</v>
+        <v>1500</v>
       </c>
       <c r="I260" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C261" s="3">
-        <v>184.39</v>
+        <v>743.69</v>
       </c>
       <c r="D261" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F261" s="3">
-        <v>49</v>
+        <v>4957</v>
       </c>
       <c r="G261" s="3">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="H261" s="3">
-        <v>60</v>
+        <v>147</v>
       </c>
       <c r="I261" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C262" s="3">
-        <v>198.33</v>
+        <v>19.36</v>
       </c>
       <c r="D262" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F262" s="3">
-        <v>2</v>
+        <v>78950</v>
       </c>
       <c r="G262" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H262" s="3">
-        <v>60</v>
+        <v>4000</v>
       </c>
       <c r="I262" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="C263" s="3">
-        <v>304.92</v>
+        <v>41.08</v>
       </c>
       <c r="D263" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F263" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G263" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H263" s="3">
-        <v>60</v>
+        <v>2000</v>
       </c>
       <c r="I263" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="C264" s="3">
-        <v>11.4</v>
+        <v>89.79</v>
       </c>
       <c r="D264" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F264" s="3">
-        <v>47700</v>
+        <v>4020</v>
       </c>
       <c r="G264" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H264" s="3">
-        <v>6000</v>
+        <v>1500</v>
       </c>
       <c r="I264" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="C265" s="3">
-        <v>12.58</v>
+        <v>301.58</v>
       </c>
       <c r="D265" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F265" s="3">
-        <v>143300</v>
+        <v>290</v>
       </c>
       <c r="G265" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H265" s="3">
-        <v>5000</v>
+        <v>10</v>
       </c>
       <c r="I265" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="C266" s="3">
-        <v>8.16</v>
+        <v>356.73</v>
       </c>
       <c r="D266" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F266" s="3">
-        <v>63700</v>
+        <v>4</v>
       </c>
       <c r="G266" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H266" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I266" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="C267" s="3">
-        <v>12.32</v>
+        <v>39.43</v>
       </c>
       <c r="D267" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F267" s="3">
-        <v>46300</v>
+        <v>27800</v>
       </c>
       <c r="G267" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H267" s="3">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="I267" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="C268" s="3">
-        <v>10.85</v>
+        <v>57.21</v>
       </c>
       <c r="D268" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F268" s="3">
-        <v>30400</v>
+        <v>5000</v>
       </c>
       <c r="G268" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H268" s="3">
-        <v>10000</v>
+        <v>2500</v>
       </c>
       <c r="I268" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="C269" s="3">
-        <v>20.99</v>
+        <v>86.14</v>
       </c>
       <c r="D269" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F269" s="3">
-        <v>22250</v>
+        <v>625</v>
       </c>
       <c r="G269" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H269" s="3">
-        <v>2500</v>
+        <v>1000</v>
       </c>
       <c r="I269" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="C270" s="3">
-        <v>12.38</v>
+        <v>157.57</v>
       </c>
       <c r="D270" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F270" s="3">
-        <v>24600</v>
+        <v>4070</v>
       </c>
       <c r="G270" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H270" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I270" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="C271" s="3">
-        <v>31.1</v>
+        <v>37.94</v>
       </c>
       <c r="D271" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F271" s="3">
-        <v>350</v>
+        <v>7700</v>
       </c>
       <c r="G271" s="3">
         <v>50</v>
       </c>
       <c r="H271" s="3">
-        <v>2500</v>
+        <v>3000</v>
       </c>
       <c r="I271" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="C272" s="3">
-        <v>82</v>
+        <v>54.62</v>
       </c>
       <c r="D272" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F272" s="3">
-        <v>3550</v>
+        <v>4200</v>
       </c>
       <c r="G272" s="3">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="H272" s="3">
-        <v>2500</v>
+        <v>1500</v>
       </c>
       <c r="I272" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="C273" s="3">
-        <v>37.59</v>
+        <v>514.88</v>
       </c>
       <c r="D273" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F273" s="3">
-        <v>7200</v>
+        <v>0</v>
       </c>
       <c r="G273" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H273" s="3">
-        <v>2500</v>
+        <v>60</v>
       </c>
       <c r="I273" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="3" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="C274" s="3">
-        <v>16.08</v>
+        <v>264.59</v>
       </c>
       <c r="D274" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F274" s="3">
-        <v>8850</v>
+        <v>0</v>
       </c>
       <c r="G274" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H274" s="3">
-        <v>5000</v>
+        <v>10</v>
       </c>
       <c r="I274" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="C275" s="3">
-        <v>20.71</v>
+        <v>608.42</v>
       </c>
       <c r="D275" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F275" s="3">
-        <v>13100</v>
+        <v>80</v>
       </c>
       <c r="G275" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H275" s="3">
-        <v>2500</v>
+        <v>60</v>
       </c>
       <c r="I275" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="C276" s="3">
-        <v>220.91</v>
+        <v>150.8</v>
       </c>
       <c r="D276" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F276" s="3">
-        <v>159</v>
+        <v>0</v>
       </c>
       <c r="G276" s="3">
         <v>1</v>
       </c>
       <c r="H276" s="3">
         <v>10</v>
       </c>
       <c r="I276" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="C277" s="3">
-        <v>237.26</v>
+        <v>114.41</v>
       </c>
       <c r="D277" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F277" s="3">
-        <v>98</v>
+        <v>0</v>
       </c>
       <c r="G277" s="3">
         <v>1</v>
       </c>
       <c r="H277" s="3">
         <v>10</v>
       </c>
       <c r="I277" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="C278" s="3">
-        <v>270.67</v>
+        <v>132.66</v>
       </c>
       <c r="D278" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F278" s="3">
-        <v>141</v>
+        <v>3820</v>
       </c>
       <c r="G278" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H278" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I278" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="C279" s="3">
-        <v>14.15</v>
+        <v>356.73</v>
       </c>
       <c r="D279" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F279" s="3">
-        <v>21550</v>
+        <v>75</v>
       </c>
       <c r="G279" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H279" s="3">
-        <v>3000</v>
+        <v>10</v>
       </c>
       <c r="I279" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="C280" s="3">
-        <v>16.99</v>
+        <v>134.5</v>
       </c>
       <c r="D280" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F280" s="3">
-        <v>6800</v>
+        <v>0</v>
       </c>
       <c r="G280" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H280" s="3">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="I280" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A281" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I281" s="2"/>
+      <c r="A281" s="3" t="s">
+        <v>561</v>
+      </c>
+      <c r="B281" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="C281" s="3">
+        <v>345.06</v>
+      </c>
+      <c r="D281" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E281" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F281" s="3">
+        <v>10</v>
+      </c>
+      <c r="G281" s="3">
+        <v>1</v>
+      </c>
+      <c r="H281" s="3">
+        <v>10</v>
+      </c>
+      <c r="I281" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="C282" s="3">
-        <v>65.56</v>
+        <v>54.76</v>
       </c>
       <c r="D282" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F282" s="3">
-        <v>1890</v>
+        <v>9540</v>
       </c>
       <c r="G282" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H282" s="3">
-        <v>1000</v>
+        <v>2400</v>
       </c>
       <c r="I282" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="C283" s="3">
-        <v>9.05</v>
+        <v>14.18</v>
       </c>
       <c r="D283" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F283" s="3">
-        <v>4000</v>
+        <v>34900</v>
       </c>
       <c r="G283" s="3">
         <v>50</v>
       </c>
       <c r="H283" s="3">
         <v>4000</v>
       </c>
       <c r="I283" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="C284" s="3">
-        <v>14.44</v>
+        <v>301.58</v>
       </c>
       <c r="D284" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F284" s="3">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="G284" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H284" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="I284" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="C285" s="3">
-        <v>116.37</v>
+        <v>361.44</v>
       </c>
       <c r="D285" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F285" s="3">
-        <v>1150</v>
+        <v>48</v>
       </c>
       <c r="G285" s="3">
+        <v>1</v>
+      </c>
+      <c r="H285" s="3">
         <v>10</v>
       </c>
-      <c r="H285" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I285" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="C286" s="3">
-        <v>94.14</v>
+        <v>459.35</v>
       </c>
       <c r="D286" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F286" s="3">
-        <v>1380</v>
+        <v>79</v>
       </c>
       <c r="G286" s="3">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="H286" s="3">
-        <v>1800</v>
+        <v>10</v>
       </c>
       <c r="I286" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="C287" s="3">
-        <v>17.34</v>
+        <v>100.12</v>
       </c>
       <c r="D287" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F287" s="3">
-        <v>0</v>
+        <v>9100</v>
       </c>
       <c r="G287" s="3">
         <v>50</v>
       </c>
       <c r="H287" s="3">
-        <v>0</v>
+        <v>2500</v>
       </c>
       <c r="I287" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="C288" s="3">
-        <v>137.08</v>
+        <v>20.27</v>
       </c>
       <c r="D288" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F288" s="3">
-        <v>3175</v>
+        <v>0</v>
       </c>
       <c r="G288" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H288" s="3">
-        <v>1250</v>
+        <v>4000</v>
       </c>
       <c r="I288" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="C289" s="3">
-        <v>31.9</v>
+        <v>150.8</v>
       </c>
       <c r="D289" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F289" s="3">
-        <v>16975</v>
+        <v>65</v>
       </c>
       <c r="G289" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H289" s="3">
-        <v>1500</v>
+        <v>10</v>
       </c>
       <c r="I289" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="3" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="C290" s="3">
-        <v>291.84</v>
+        <v>228.83</v>
       </c>
       <c r="D290" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F290" s="3">
-        <v>2100</v>
+        <v>0</v>
       </c>
       <c r="G290" s="3">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="H290" s="3">
-        <v>900</v>
+        <v>10</v>
       </c>
       <c r="I290" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="3" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="C291" s="3">
-        <v>151.59</v>
+        <v>600.66</v>
       </c>
       <c r="D291" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F291" s="3">
-        <v>5000</v>
+        <v>6497</v>
       </c>
       <c r="G291" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H291" s="3">
-        <v>1500</v>
+        <v>240</v>
       </c>
       <c r="I291" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="C292" s="3">
-        <v>111.24</v>
+        <v>255.89</v>
       </c>
       <c r="D292" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F292" s="3">
-        <v>5900</v>
+        <v>143</v>
       </c>
       <c r="G292" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H292" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I292" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="C293" s="3">
-        <v>287.56</v>
+        <v>322.73</v>
       </c>
       <c r="D293" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F293" s="3">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="G293" s="3">
         <v>1</v>
       </c>
       <c r="H293" s="3">
         <v>10</v>
       </c>
       <c r="I293" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="3" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="C294" s="3">
-        <v>66.75</v>
+        <v>180.71</v>
       </c>
       <c r="D294" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F294" s="3">
-        <v>2575</v>
+        <v>0</v>
       </c>
       <c r="G294" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H294" s="3">
-        <v>1250</v>
+        <v>10</v>
       </c>
       <c r="I294" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="3" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="C295" s="3">
-        <v>117.86</v>
+        <v>213.8</v>
       </c>
       <c r="D295" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F295" s="3">
-        <v>1150</v>
+        <v>0</v>
       </c>
       <c r="G295" s="3">
+        <v>1</v>
+      </c>
+      <c r="H295" s="3">
         <v>10</v>
       </c>
-      <c r="H295" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I295" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" s="3" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="C296" s="3">
-        <v>298.29</v>
+        <v>106.91</v>
       </c>
       <c r="D296" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F296" s="3">
-        <v>1965</v>
+        <v>0</v>
       </c>
       <c r="G296" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="H296" s="3">
-        <v>750</v>
+        <v>10</v>
       </c>
       <c r="I296" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="3" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="B297" s="3" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="C297" s="3">
-        <v>124.02</v>
+        <v>14.75</v>
       </c>
       <c r="D297" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F297" s="3">
-        <v>4520</v>
+        <v>36850</v>
       </c>
       <c r="G297" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="H297" s="3">
-        <v>2000</v>
+        <v>4000</v>
       </c>
       <c r="I297" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="C298" s="3">
-        <v>141.31</v>
+        <v>18.09</v>
       </c>
       <c r="D298" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F298" s="3">
-        <v>2420</v>
+        <v>0</v>
       </c>
       <c r="G298" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H298" s="3">
-        <v>1000</v>
+        <v>4000</v>
       </c>
       <c r="I298" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="3" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="C299" s="3">
-        <v>48.64</v>
+        <v>26.48</v>
       </c>
       <c r="D299" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F299" s="3">
+        <v>36440</v>
+      </c>
+      <c r="G299" s="3">
         <v>40</v>
       </c>
-      <c r="G299" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="H299" s="3">
-        <v>2500</v>
+        <v>4000</v>
       </c>
       <c r="I299" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="C300" s="3">
-        <v>74.06</v>
+        <v>23.95</v>
       </c>
       <c r="D300" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F300" s="3">
-        <v>12750</v>
+        <v>8531</v>
       </c>
       <c r="G300" s="3">
         <v>50</v>
       </c>
       <c r="H300" s="3">
-        <v>1200</v>
+        <v>2500</v>
       </c>
       <c r="I300" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="3" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="C301" s="3">
-        <v>57.02</v>
+        <v>37.97</v>
       </c>
       <c r="D301" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F301" s="3">
-        <v>9650</v>
+        <v>16101</v>
       </c>
       <c r="G301" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H301" s="3">
-        <v>1500</v>
+        <v>2500</v>
       </c>
       <c r="I301" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="C302" s="3">
-        <v>172.78</v>
+        <v>50.99</v>
       </c>
       <c r="D302" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F302" s="3">
-        <v>5260</v>
+        <v>2975</v>
       </c>
       <c r="G302" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="H302" s="3">
-        <v>800</v>
+        <v>1500</v>
       </c>
       <c r="I302" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A303" s="3" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="B303" s="3" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="C303" s="3">
-        <v>417.74</v>
+        <v>46.46</v>
       </c>
       <c r="D303" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F303" s="3">
-        <v>8</v>
+        <v>16250</v>
       </c>
       <c r="G303" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H303" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I303" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" s="3" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="C304" s="3">
-        <v>530.32</v>
+        <v>43.43</v>
       </c>
       <c r="D304" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F304" s="3">
-        <v>0</v>
+        <v>8500</v>
       </c>
       <c r="G304" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H304" s="3">
-        <v>10</v>
+        <v>1500</v>
       </c>
       <c r="I304" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="C305" s="3">
-        <v>761.45</v>
+        <v>106.3</v>
       </c>
       <c r="D305" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F305" s="3">
-        <v>1</v>
+        <v>4325</v>
       </c>
       <c r="G305" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H305" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I305" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A306" s="3" t="s">
-[...14 lines deleted...]
-      <c r="F306" s="3">
+      <c r="A306" s="2" t="s">
+        <v>611</v>
+      </c>
+      <c r="B306" s="2"/>
+      <c r="C306" s="2"/>
+      <c r="D306" s="2"/>
+      <c r="E306" s="2"/>
+      <c r="F306" s="2"/>
+      <c r="G306" s="2"/>
+      <c r="H306" s="2"/>
+      <c r="I306" s="2"/>
+    </row>
+    <row r="307" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A307" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="B307" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="C307" s="3">
+        <v>47.23</v>
+      </c>
+      <c r="D307" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E307" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F307" s="3">
         <v>0</v>
       </c>
-      <c r="G306" s="3">
-[...20 lines deleted...]
-      <c r="I307" s="2"/>
+      <c r="G307" s="3">
+        <v>1</v>
+      </c>
+      <c r="H307" s="3">
+        <v>60</v>
+      </c>
+      <c r="I307" s="3">
+        <v>5</v>
+      </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="3" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="C308" s="3">
-        <v>130.21</v>
+        <v>73.31</v>
       </c>
       <c r="D308" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F308" s="3">
-        <v>0</v>
+        <v>103</v>
       </c>
       <c r="G308" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H308" s="3">
-        <v>1000</v>
+        <v>60</v>
       </c>
       <c r="I308" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" s="3" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="C309" s="3">
-        <v>53.84</v>
+        <v>83.78</v>
       </c>
       <c r="D309" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F309" s="3">
-        <v>10800</v>
+        <v>2</v>
       </c>
       <c r="G309" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H309" s="3">
-        <v>2400</v>
+        <v>60</v>
       </c>
       <c r="I309" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" s="3" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="C310" s="3">
-        <v>84.7</v>
+        <v>91.94</v>
       </c>
       <c r="D310" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F310" s="3">
-        <v>2375</v>
+        <v>465</v>
       </c>
       <c r="G310" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H310" s="3">
-        <v>1000</v>
+        <v>60</v>
       </c>
       <c r="I310" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="3" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="C311" s="3">
-        <v>132.81</v>
+        <v>106.6</v>
       </c>
       <c r="D311" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F311" s="3">
-        <v>4440</v>
+        <v>0</v>
       </c>
       <c r="G311" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H311" s="3">
-        <v>1000</v>
+        <v>60</v>
       </c>
       <c r="I311" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A312" s="3" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="C312" s="3">
-        <v>258.51</v>
+        <v>310.1</v>
       </c>
       <c r="D312" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F312" s="3">
-        <v>101</v>
+        <v>1</v>
       </c>
       <c r="G312" s="3">
         <v>1</v>
       </c>
       <c r="H312" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I312" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="C313" s="3">
-        <v>339.29</v>
+        <v>13.53</v>
       </c>
       <c r="D313" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F313" s="3">
-        <v>100</v>
+        <v>124900</v>
       </c>
       <c r="G313" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H313" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I313" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A314" s="3" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="C314" s="3">
-        <v>845.04</v>
+        <v>669.79</v>
       </c>
       <c r="D314" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F314" s="3">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G314" s="3">
         <v>1</v>
       </c>
       <c r="H314" s="3">
         <v>10</v>
       </c>
       <c r="I314" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A315" s="3" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="B315" s="3" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="C315" s="3">
-        <v>731.26</v>
+        <v>61.13</v>
       </c>
       <c r="D315" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F315" s="3">
-        <v>4972</v>
+        <v>770</v>
       </c>
       <c r="G315" s="3">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="H315" s="3">
-        <v>147</v>
+        <v>60</v>
       </c>
       <c r="I315" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A316" s="3" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="C316" s="3">
-        <v>88.29</v>
+        <v>31.63</v>
       </c>
       <c r="D316" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F316" s="3">
-        <v>7650</v>
+        <v>350</v>
       </c>
       <c r="G316" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H316" s="3">
-        <v>1500</v>
+        <v>2500</v>
       </c>
       <c r="I316" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A317" s="3" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="C317" s="3">
-        <v>125.5</v>
+        <v>179.58</v>
       </c>
       <c r="D317" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F317" s="3">
-        <v>6920</v>
+        <v>81</v>
       </c>
       <c r="G317" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H317" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I317" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="3" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="C318" s="3">
-        <v>64.92</v>
+        <v>241.29</v>
       </c>
       <c r="D318" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F318" s="3">
-        <v>10075</v>
+        <v>94</v>
       </c>
       <c r="G318" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H318" s="3">
-        <v>2000</v>
+        <v>10</v>
       </c>
       <c r="I318" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A319" s="3" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="C319" s="3">
-        <v>251.61</v>
+        <v>107.78</v>
       </c>
       <c r="D319" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F319" s="3">
-        <v>220</v>
+        <v>149</v>
       </c>
       <c r="G319" s="3">
         <v>1</v>
       </c>
       <c r="H319" s="3">
         <v>10</v>
       </c>
       <c r="I319" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A320" s="3" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="C320" s="3">
-        <v>296.54</v>
+        <v>38.23</v>
       </c>
       <c r="D320" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F320" s="3">
+        <v>6800</v>
+      </c>
+      <c r="G320" s="3">
+        <v>50</v>
+      </c>
+      <c r="H320" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I320" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A321" s="3" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="C321" s="3">
-        <v>317.34</v>
+        <v>9.75</v>
       </c>
       <c r="D321" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F321" s="3">
-        <v>100</v>
+        <v>15000</v>
       </c>
       <c r="G321" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H321" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I321" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="322" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A322" s="3" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="C322" s="3">
-        <v>112.15</v>
+        <v>12.63</v>
       </c>
       <c r="D322" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F322" s="3">
-        <v>53</v>
+        <v>17500</v>
       </c>
       <c r="G322" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H322" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I322" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A323" s="3" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="C323" s="3">
-        <v>102.51</v>
+        <v>17.99</v>
       </c>
       <c r="D323" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F323" s="3">
-        <v>3120</v>
+        <v>20950</v>
       </c>
       <c r="G323" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="H323" s="3">
-        <v>1200</v>
+        <v>3000</v>
       </c>
       <c r="I323" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="324" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A324" s="3" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="B324" s="3" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="C324" s="3">
-        <v>114.67</v>
+        <v>17.28</v>
       </c>
       <c r="D324" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F324" s="3">
-        <v>10050</v>
+        <v>6700</v>
       </c>
       <c r="G324" s="3">
         <v>50</v>
       </c>
       <c r="H324" s="3">
-        <v>1500</v>
+        <v>3000</v>
       </c>
       <c r="I324" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="325" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A325" s="3" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="B325" s="3" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="C325" s="3">
-        <v>48.43</v>
+        <v>568.56</v>
       </c>
       <c r="D325" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F325" s="3">
-        <v>7850</v>
+        <v>60</v>
       </c>
       <c r="G325" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H325" s="3">
-        <v>2000</v>
+        <v>10</v>
       </c>
       <c r="I325" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A326" s="3" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="C326" s="3">
-        <v>318.97</v>
+        <v>450.95</v>
       </c>
       <c r="D326" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F326" s="3">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="G326" s="3">
         <v>1</v>
       </c>
       <c r="H326" s="3">
         <v>10</v>
       </c>
       <c r="I326" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A327" s="3" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="B327" s="3" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="C327" s="3">
-        <v>53.71</v>
+        <v>121.21</v>
       </c>
       <c r="D327" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F327" s="3">
-        <v>4515</v>
+        <v>76</v>
       </c>
       <c r="G327" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="H327" s="3">
-        <v>1500</v>
+        <v>10</v>
       </c>
       <c r="I327" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A328" s="3" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="B328" s="3" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="C328" s="3">
-        <v>443.41</v>
+        <v>300.14</v>
       </c>
       <c r="D328" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F328" s="3">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="G328" s="3">
         <v>1</v>
       </c>
       <c r="H328" s="3">
         <v>10</v>
       </c>
       <c r="I328" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A329" s="3" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="B329" s="3" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="C329" s="3">
-        <v>331.95</v>
+        <v>143.5</v>
       </c>
       <c r="D329" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F329" s="3">
-        <v>8150</v>
+        <v>110</v>
       </c>
       <c r="G329" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H329" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I329" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A330" s="3" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="B330" s="3" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="C330" s="3">
-        <v>26.53</v>
+        <v>11.81</v>
       </c>
       <c r="D330" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F330" s="3">
-        <v>41840</v>
+        <v>31700</v>
       </c>
       <c r="G330" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="H330" s="3">
-        <v>2000</v>
+        <v>10000</v>
       </c>
       <c r="I330" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="331" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A331" s="3" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="B331" s="3" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="C331" s="3">
-        <v>146.25</v>
+        <v>14.41</v>
       </c>
       <c r="D331" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F331" s="3">
-        <v>2280</v>
+        <v>24200</v>
       </c>
       <c r="G331" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="H331" s="3">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="I331" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="332" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A332" s="3" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="B332" s="3" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="C332" s="3">
-        <v>40.39</v>
+        <v>153.02</v>
       </c>
       <c r="D332" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F332" s="3">
-        <v>0</v>
+        <v>1650</v>
       </c>
       <c r="G332" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H332" s="3">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="I332" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="333" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A333" s="3" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="B333" s="3" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="C333" s="3">
-        <v>148.28</v>
+        <v>83.39</v>
       </c>
       <c r="D333" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F333" s="3">
+        <v>3550</v>
+      </c>
+      <c r="G333" s="3">
+        <v>50</v>
+      </c>
+      <c r="H333" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I333" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="334" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A334" s="3" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="B334" s="3" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="C334" s="3">
-        <v>350.77</v>
+        <v>19.45</v>
       </c>
       <c r="D334" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F334" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G334" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H334" s="3">
-        <v>10</v>
+        <v>2500</v>
       </c>
       <c r="I334" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="335" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A335" s="3" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="B335" s="3" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="C335" s="3">
-        <v>13.27</v>
+        <v>123.46</v>
       </c>
       <c r="D335" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F335" s="3">
-        <v>309720</v>
+        <v>28</v>
       </c>
       <c r="G335" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H335" s="3">
-        <v>4000</v>
+        <v>60</v>
       </c>
       <c r="I335" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="336" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A336" s="3" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="B336" s="3" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="C336" s="3">
-        <v>597.31</v>
+        <v>6.87</v>
       </c>
       <c r="D336" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F336" s="3">
-        <v>47</v>
+        <v>174200</v>
       </c>
       <c r="G336" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H336" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I336" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="337" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A337" s="3" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="B337" s="3" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="C337" s="3">
-        <v>1074.71</v>
+        <v>19.2</v>
       </c>
       <c r="D337" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F337" s="3">
-        <v>0</v>
+        <v>41400</v>
       </c>
       <c r="G337" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H337" s="3">
-        <v>10</v>
+        <v>2500</v>
       </c>
       <c r="I337" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="338" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A338" s="3" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="B338" s="3" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="C338" s="3">
-        <v>755.39</v>
+        <v>24.76</v>
       </c>
       <c r="D338" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F338" s="3">
-        <v>41</v>
+        <v>21850</v>
       </c>
       <c r="G338" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H338" s="3">
-        <v>10</v>
+        <v>2500</v>
       </c>
       <c r="I338" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="339" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A339" s="3" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="B339" s="3" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="C339" s="3">
-        <v>1007.56</v>
+        <v>247.74</v>
       </c>
       <c r="D339" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F339" s="3">
-        <v>23</v>
+        <v>140</v>
       </c>
       <c r="G339" s="3">
         <v>1</v>
       </c>
       <c r="H339" s="3">
         <v>10</v>
       </c>
       <c r="I339" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="340" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A340" s="3" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="B340" s="3" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="C340" s="3">
-        <v>306.58</v>
+        <v>187.52</v>
       </c>
       <c r="D340" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E340" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F340" s="3">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
       <c r="G340" s="3">
         <v>1</v>
       </c>
       <c r="H340" s="3">
         <v>60</v>
       </c>
       <c r="I340" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="341" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A341" s="3" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="B341" s="3" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="C341" s="3">
-        <v>19.93</v>
+        <v>10</v>
       </c>
       <c r="D341" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F341" s="3">
-        <v>0</v>
+        <v>109600</v>
       </c>
       <c r="G341" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H341" s="3">
-        <v>4000</v>
+        <v>6000</v>
       </c>
       <c r="I341" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="342" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A342" s="3" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="B342" s="3" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="C342" s="3">
-        <v>246.68</v>
+        <v>11.59</v>
       </c>
       <c r="D342" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F342" s="3">
-        <v>93</v>
+        <v>84200</v>
       </c>
       <c r="G342" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H342" s="3">
-        <v>10</v>
+        <v>6000</v>
       </c>
       <c r="I342" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="343" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A343" s="3" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="B343" s="3" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="C343" s="3">
-        <v>480.94</v>
+        <v>9.96</v>
       </c>
       <c r="D343" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F343" s="3">
-        <v>5455</v>
+        <v>61400</v>
       </c>
       <c r="G343" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="H343" s="3">
-        <v>240</v>
+        <v>10000</v>
       </c>
       <c r="I343" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="344" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A344" s="3" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="B344" s="3" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="C344" s="3">
-        <v>590.62</v>
+        <v>19.74</v>
       </c>
       <c r="D344" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F344" s="3">
-        <v>6549</v>
+        <v>12200</v>
       </c>
       <c r="G344" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H344" s="3">
-        <v>240</v>
+        <v>10000</v>
       </c>
       <c r="I344" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="345" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A345" s="3" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="B345" s="3" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="C345" s="3">
-        <v>409.04</v>
+        <v>209.43</v>
       </c>
       <c r="D345" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F345" s="3">
-        <v>0</v>
+        <v>110</v>
       </c>
       <c r="G345" s="3">
         <v>1</v>
       </c>
       <c r="H345" s="3">
         <v>10</v>
       </c>
       <c r="I345" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="346" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A346" s="3" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="B346" s="3" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="C346" s="3">
-        <v>673.23</v>
+        <v>56.15</v>
       </c>
       <c r="D346" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F346" s="3">
-        <v>22</v>
+        <v>5850</v>
       </c>
       <c r="G346" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H346" s="3">
-        <v>10</v>
+        <v>2500</v>
       </c>
       <c r="I346" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="347" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A347" s="3" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="B347" s="3" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="C347" s="3">
-        <v>576.64</v>
+        <v>122.58</v>
       </c>
       <c r="D347" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F347" s="3">
+        <v>4700</v>
+      </c>
+      <c r="G347" s="3">
+        <v>50</v>
+      </c>
+      <c r="H347" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I347" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="348" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A348" s="3" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="B348" s="3" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="C348" s="3">
-        <v>406.78</v>
+        <v>13.69</v>
       </c>
       <c r="D348" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F348" s="3">
-        <v>118</v>
+        <v>128600</v>
       </c>
       <c r="G348" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H348" s="3">
-        <v>60</v>
+        <v>5000</v>
       </c>
       <c r="I348" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="349" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A349" s="3" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="B349" s="3" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="C349" s="3">
-        <v>415.12</v>
+        <v>12.59</v>
       </c>
       <c r="D349" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F349" s="3">
-        <v>112</v>
+        <v>18600</v>
       </c>
       <c r="G349" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H349" s="3">
-        <v>60</v>
+        <v>3000</v>
       </c>
       <c r="I349" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="350" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A350" s="3" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="B350" s="3" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="C350" s="3">
-        <v>636.65</v>
+        <v>224.67</v>
       </c>
       <c r="D350" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F350" s="3">
-        <v>82</v>
+        <v>109</v>
       </c>
       <c r="G350" s="3">
         <v>1</v>
       </c>
       <c r="H350" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I350" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="351" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A351" s="3" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="B351" s="3" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="C351" s="3">
-        <v>45.68</v>
+        <v>16.35</v>
       </c>
       <c r="D351" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F351" s="3">
-        <v>12950</v>
+        <v>8850</v>
       </c>
       <c r="G351" s="3">
         <v>50</v>
       </c>
       <c r="H351" s="3">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="I351" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="352" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A352" s="3" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="B352" s="3" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="C352" s="3">
-        <v>56.25</v>
+        <v>21.06</v>
       </c>
       <c r="D352" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F352" s="3">
-        <v>5250</v>
+        <v>0</v>
       </c>
       <c r="G352" s="3">
         <v>50</v>
       </c>
       <c r="H352" s="3">
         <v>2500</v>
       </c>
       <c r="I352" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="353" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A353" s="3" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="B353" s="3" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="C353" s="3">
-        <v>500.37</v>
+        <v>502.47</v>
       </c>
       <c r="D353" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F353" s="3">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="G353" s="3">
         <v>1</v>
       </c>
       <c r="H353" s="3">
         <v>10</v>
       </c>
       <c r="I353" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="354" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A354" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A354" s="2" t="s">
+        <v>706</v>
+      </c>
+      <c r="B354" s="2"/>
+      <c r="C354" s="2"/>
+      <c r="D354" s="2"/>
+      <c r="E354" s="2"/>
+      <c r="F354" s="2"/>
+      <c r="G354" s="2"/>
+      <c r="H354" s="2"/>
+      <c r="I354" s="2"/>
     </row>
     <row r="355" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A355" s="3" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="B355" s="3" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="C355" s="3">
-        <v>902.55</v>
+        <v>139.41</v>
       </c>
       <c r="D355" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F355" s="3">
-        <v>0</v>
+        <v>3000</v>
       </c>
       <c r="G355" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H355" s="3">
-        <v>10</v>
+        <v>1250</v>
       </c>
       <c r="I355" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="356" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A356" s="3" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="B356" s="3" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="C356" s="3">
-        <v>177.69</v>
+        <v>539.34</v>
       </c>
       <c r="D356" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F356" s="3">
-        <v>0</v>
+        <v>74</v>
       </c>
       <c r="G356" s="3">
         <v>1</v>
       </c>
       <c r="H356" s="3">
         <v>10</v>
       </c>
       <c r="I356" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="357" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A357" s="3" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="B357" s="3" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="C357" s="3">
-        <v>26.4</v>
+        <v>934.3</v>
       </c>
       <c r="D357" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F357" s="3">
-        <v>15840</v>
+        <v>37</v>
       </c>
       <c r="G357" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="H357" s="3">
-        <v>2000</v>
+        <v>10</v>
       </c>
       <c r="I357" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="358" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A358" s="3" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="B358" s="3" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="C358" s="3">
-        <v>790.4</v>
+        <v>57.99</v>
       </c>
       <c r="D358" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F358" s="3">
-        <v>41</v>
+        <v>10600</v>
       </c>
       <c r="G358" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H358" s="3">
-        <v>10</v>
+        <v>1500</v>
       </c>
       <c r="I358" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="359" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A359" s="3" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="B359" s="3" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="C359" s="3">
-        <v>13.94</v>
+        <v>49.47</v>
       </c>
       <c r="D359" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F359" s="3">
-        <v>84650</v>
+        <v>5860</v>
       </c>
       <c r="G359" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="H359" s="3">
-        <v>4000</v>
+        <v>2500</v>
       </c>
       <c r="I359" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="360" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A360" s="3" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="B360" s="3" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="C360" s="3">
-        <v>19.04</v>
+        <v>126.13</v>
       </c>
       <c r="D360" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E360" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F360" s="3">
-        <v>151350</v>
+        <v>4480</v>
       </c>
       <c r="G360" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="H360" s="3">
-        <v>4000</v>
+        <v>2000</v>
       </c>
       <c r="I360" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="361" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A361" s="3" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="B361" s="3" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="C361" s="3">
-        <v>148.28</v>
+        <v>119.86</v>
       </c>
       <c r="D361" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E361" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F361" s="3">
+        <v>1030</v>
+      </c>
+      <c r="G361" s="3">
+        <v>10</v>
+      </c>
+      <c r="H361" s="3">
+        <v>1500</v>
+      </c>
+      <c r="I361" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="362" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A362" s="3" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="B362" s="3" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="C362" s="3">
-        <v>16.17</v>
+        <v>292.45</v>
       </c>
       <c r="D362" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F362" s="3">
-        <v>5950</v>
+        <v>124</v>
       </c>
       <c r="G362" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H362" s="3">
-        <v>4000</v>
+        <v>10</v>
       </c>
       <c r="I362" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="363" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A363" s="3" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="B363" s="3" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="C363" s="3">
-        <v>112.5</v>
+        <v>67.88</v>
       </c>
       <c r="D363" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E363" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F363" s="3">
-        <v>476</v>
+        <v>2475</v>
       </c>
       <c r="G363" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H363" s="3">
-        <v>10</v>
+        <v>1250</v>
       </c>
       <c r="I363" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="364" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A364" s="3" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="B364" s="3" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="C364" s="3">
-        <v>37.31</v>
+        <v>66.67</v>
       </c>
       <c r="D364" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F364" s="3">
-        <v>6050</v>
+        <v>1680</v>
       </c>
       <c r="G364" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H364" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I364" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="365" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A365" s="3" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="B365" s="3" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="C365" s="3">
-        <v>26.04</v>
+        <v>154.17</v>
       </c>
       <c r="D365" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E365" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F365" s="3">
-        <v>53400</v>
+        <v>5000</v>
       </c>
       <c r="G365" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="H365" s="3">
-        <v>4000</v>
+        <v>1500</v>
       </c>
       <c r="I365" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="366" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A366" s="3" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="B366" s="3" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="C366" s="3">
-        <v>350.77</v>
+        <v>32.44</v>
       </c>
       <c r="D366" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E366" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F366" s="3">
-        <v>12</v>
+        <v>13825</v>
       </c>
       <c r="G366" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H366" s="3">
-        <v>10</v>
+        <v>1500</v>
       </c>
       <c r="I366" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="367" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A367" s="3" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="B367" s="3" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="C367" s="3">
-        <v>547.68</v>
+        <v>424.84</v>
       </c>
       <c r="D367" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E367" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F367" s="3">
-        <v>134</v>
+        <v>82</v>
       </c>
       <c r="G367" s="3">
         <v>1</v>
       </c>
       <c r="H367" s="3">
         <v>10</v>
       </c>
       <c r="I367" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="368" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A368" s="3" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="B368" s="3" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="C368" s="3">
-        <v>105.12</v>
+        <v>774.39</v>
       </c>
       <c r="D368" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E368" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F368" s="3">
         <v>0</v>
       </c>
       <c r="G368" s="3">
         <v>1</v>
       </c>
       <c r="H368" s="3">
         <v>10</v>
       </c>
       <c r="I368" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="369" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A369" s="3" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="B369" s="3" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="C369" s="3">
-        <v>23.55</v>
+        <v>17.63</v>
       </c>
       <c r="D369" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E369" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F369" s="3">
-        <v>21900</v>
+        <v>1450</v>
       </c>
       <c r="G369" s="3">
         <v>50</v>
       </c>
       <c r="H369" s="3">
-        <v>2500</v>
+        <v>0</v>
       </c>
       <c r="I369" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="370" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A370" s="3" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="B370" s="3" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="C370" s="3">
-        <v>50.14</v>
+        <v>303.36</v>
       </c>
       <c r="D370" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E370" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F370" s="3">
-        <v>12025</v>
+        <v>1935</v>
       </c>
       <c r="G370" s="3">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="H370" s="3">
-        <v>1500</v>
+        <v>750</v>
       </c>
       <c r="I370" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="371" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A371" s="3" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="B371" s="3" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="C371" s="3">
-        <v>42.7</v>
+        <v>175.72</v>
       </c>
       <c r="D371" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E371" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F371" s="3">
-        <v>19250</v>
+        <v>6560</v>
       </c>
       <c r="G371" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H371" s="3">
-        <v>1500</v>
+        <v>800</v>
       </c>
       <c r="I371" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="372" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A372" s="3" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="B372" s="3" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="C372" s="3">
-        <v>104.52</v>
+        <v>14.69</v>
       </c>
       <c r="D372" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E372" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F372" s="3">
-        <v>7600</v>
+        <v>1450</v>
       </c>
       <c r="G372" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H372" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="I372" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="373" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A373" s="3" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="B373" s="3" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="C373" s="3">
-        <v>14.5</v>
+        <v>143.71</v>
       </c>
       <c r="D373" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E373" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F373" s="3">
-        <v>42850</v>
+        <v>2420</v>
       </c>
       <c r="G373" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H373" s="3">
-        <v>4000</v>
+        <v>1000</v>
       </c>
       <c r="I373" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="374" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A374" s="3" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="B374" s="3" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="C374" s="3">
-        <v>260.17</v>
+        <v>9.2</v>
       </c>
       <c r="D374" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E374" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F374" s="3">
-        <v>28</v>
+        <v>3800</v>
       </c>
       <c r="G374" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H374" s="3">
-        <v>10</v>
+        <v>4000</v>
       </c>
       <c r="I374" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="375" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A375" s="3" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="B375" s="3" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="C375" s="3">
-        <v>225</v>
+        <v>95.74</v>
       </c>
       <c r="D375" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E375" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F375" s="3">
-        <v>42</v>
+        <v>4680</v>
       </c>
       <c r="G375" s="3">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="H375" s="3">
-        <v>10</v>
+        <v>1800</v>
       </c>
       <c r="I375" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="376" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A376" s="3" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="B376" s="3" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="C376" s="3">
-        <v>132.25</v>
+        <v>296.8</v>
       </c>
       <c r="D376" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E376" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F376" s="3">
-        <v>0</v>
+        <v>3840</v>
       </c>
       <c r="G376" s="3">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="H376" s="3">
-        <v>5000</v>
+        <v>900</v>
       </c>
       <c r="I376" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="377" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A377" s="3" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="B377" s="3" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="C377" s="3">
-        <v>38.77</v>
+        <v>118.35</v>
       </c>
       <c r="D377" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E377" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F377" s="3">
-        <v>97400</v>
+        <v>1030</v>
       </c>
       <c r="G377" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H377" s="3">
-        <v>3000</v>
+        <v>1500</v>
       </c>
       <c r="I377" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="378" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A378" s="3" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="B378" s="3" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="C378" s="3">
-        <v>37.34</v>
+        <v>75.32</v>
       </c>
       <c r="D378" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E378" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F378" s="3">
-        <v>0</v>
+        <v>10850</v>
       </c>
       <c r="G378" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H378" s="3">
-        <v>2500</v>
+        <v>1200</v>
       </c>
       <c r="I378" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="379" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A379" s="3" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="B379" s="3" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="C379" s="3">
-        <v>438.12</v>
+        <v>113.13</v>
       </c>
       <c r="D379" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E379" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F379" s="3">
-        <v>0</v>
+        <v>2550</v>
       </c>
       <c r="G379" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H379" s="3">
-        <v>60</v>
+        <v>1000</v>
       </c>
       <c r="I379" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="380" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A380" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A380" s="2" t="s">
+        <v>757</v>
+      </c>
+      <c r="B380" s="2"/>
+      <c r="C380" s="2"/>
+      <c r="D380" s="2"/>
+      <c r="E380" s="2"/>
+      <c r="F380" s="2"/>
+      <c r="G380" s="2"/>
+      <c r="H380" s="2"/>
+      <c r="I380" s="2"/>
     </row>
     <row r="381" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A381" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B381" s="3" t="s">
+      <c r="A381" s="2" t="s">
         <v>758</v>
       </c>
-      <c r="C381" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B381" s="2"/>
+      <c r="C381" s="2"/>
+      <c r="D381" s="2"/>
+      <c r="E381" s="2"/>
+      <c r="F381" s="2"/>
+      <c r="G381" s="2"/>
+      <c r="H381" s="2"/>
+      <c r="I381" s="2"/>
     </row>
     <row r="382" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A382" s="3" t="s">
         <v>759</v>
       </c>
       <c r="B382" s="3" t="s">
         <v>760</v>
       </c>
       <c r="C382" s="3">
-        <v>517.37</v>
+        <v>20.66</v>
       </c>
       <c r="D382" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E382" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F382" s="3">
-        <v>0</v>
+        <v>2360</v>
       </c>
       <c r="G382" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H382" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I382" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="383" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A383" s="3" t="s">
         <v>761</v>
       </c>
       <c r="B383" s="3" t="s">
         <v>762</v>
       </c>
       <c r="C383" s="3">
-        <v>305.33</v>
+        <v>53.96</v>
       </c>
       <c r="D383" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E383" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F383" s="3">
         <v>0</v>
       </c>
       <c r="G383" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H383" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I383" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="384" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A384" s="3" t="s">
         <v>763</v>
       </c>
       <c r="B384" s="3" t="s">
         <v>764</v>
       </c>
       <c r="C384" s="3">
-        <v>233.18</v>
+        <v>54.62</v>
       </c>
       <c r="D384" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E384" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F384" s="3">
-        <v>0</v>
+        <v>1455</v>
       </c>
       <c r="G384" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H384" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I384" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="385" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A385" s="3" t="s">
         <v>765</v>
       </c>
       <c r="B385" s="3" t="s">
         <v>766</v>
       </c>
       <c r="C385" s="3">
-        <v>451.67</v>
+        <v>64.82</v>
       </c>
       <c r="D385" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E385" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F385" s="3">
-        <v>8</v>
+        <v>590</v>
       </c>
       <c r="G385" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H385" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I385" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="386" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A386" s="3" t="s">
         <v>767</v>
       </c>
       <c r="B386" s="3" t="s">
         <v>768</v>
       </c>
       <c r="C386" s="3">
-        <v>98.45</v>
+        <v>123.18</v>
       </c>
       <c r="D386" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E386" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F386" s="3">
-        <v>9900</v>
+        <v>0</v>
       </c>
       <c r="G386" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H386" s="3">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="I386" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="387" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A387" s="3" t="s">
         <v>769</v>
       </c>
       <c r="B387" s="3" t="s">
         <v>770</v>
       </c>
       <c r="C387" s="3">
-        <v>167.41</v>
+        <v>140.59</v>
       </c>
       <c r="D387" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E387" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F387" s="3">
-        <v>3460</v>
+        <v>0</v>
       </c>
       <c r="G387" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="H387" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I387" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="388" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A388" s="3" t="s">
         <v>771</v>
       </c>
       <c r="B388" s="3" t="s">
         <v>772</v>
       </c>
       <c r="C388" s="3">
-        <v>130.44</v>
+        <v>139.3</v>
       </c>
       <c r="D388" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E388" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F388" s="3">
-        <v>3880</v>
+        <v>0</v>
       </c>
       <c r="G388" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="H388" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I388" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="389" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A389" s="3" t="s">
         <v>773</v>
       </c>
       <c r="B389" s="3" t="s">
         <v>774</v>
       </c>
       <c r="C389" s="3">
-        <v>296.54</v>
+        <v>141.97</v>
       </c>
       <c r="D389" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E389" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F389" s="3">
-        <v>0</v>
+        <v>85</v>
       </c>
       <c r="G389" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H389" s="3">
-        <v>10</v>
+        <v>250</v>
       </c>
       <c r="I389" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="390" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A390" s="3" t="s">
         <v>775</v>
       </c>
       <c r="B390" s="3" t="s">
         <v>776</v>
       </c>
       <c r="C390" s="3">
-        <v>225</v>
+        <v>159.94</v>
       </c>
       <c r="D390" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E390" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F390" s="3">
-        <v>74</v>
+        <v>0</v>
       </c>
       <c r="G390" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H390" s="3">
-        <v>10</v>
+        <v>250</v>
       </c>
       <c r="I390" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="391" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A391" s="3" t="s">
         <v>777</v>
       </c>
       <c r="B391" s="3" t="s">
         <v>778</v>
       </c>
       <c r="C391" s="3">
-        <v>210.23</v>
+        <v>195.89</v>
       </c>
       <c r="D391" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E391" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F391" s="3">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="G391" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H391" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I391" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="392" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A392" s="3" t="s">
         <v>779</v>
       </c>
       <c r="B392" s="3" t="s">
         <v>780</v>
       </c>
       <c r="C392" s="3">
-        <v>355.4</v>
+        <v>493.41</v>
       </c>
       <c r="D392" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E392" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F392" s="3">
         <v>0</v>
       </c>
       <c r="G392" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H392" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I392" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="393" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A393" s="3" t="s">
         <v>781</v>
       </c>
       <c r="B393" s="3" t="s">
         <v>782</v>
       </c>
       <c r="C393" s="3">
-        <v>154.94</v>
+        <v>635.67</v>
       </c>
       <c r="D393" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E393" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F393" s="3">
-        <v>4150</v>
+        <v>0</v>
       </c>
       <c r="G393" s="3">
+        <v>2</v>
+      </c>
+      <c r="H393" s="3">
+        <v>100</v>
+      </c>
+      <c r="I393" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="394" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A394" s="3" t="s">
+        <v>783</v>
+      </c>
+      <c r="B394" s="3" t="s">
+        <v>784</v>
+      </c>
+      <c r="C394" s="3">
+        <v>670.29</v>
+      </c>
+      <c r="D394" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E394" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F394" s="3">
+        <v>2</v>
+      </c>
+      <c r="G394" s="3">
+        <v>2</v>
+      </c>
+      <c r="H394" s="3">
+        <v>100</v>
+      </c>
+      <c r="I394" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="395" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A395" s="3" t="s">
+        <v>785</v>
+      </c>
+      <c r="B395" s="3" t="s">
+        <v>786</v>
+      </c>
+      <c r="C395" s="3">
+        <v>18.71</v>
+      </c>
+      <c r="D395" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E395" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F395" s="3">
+        <v>440</v>
+      </c>
+      <c r="G395" s="3">
         <v>10</v>
       </c>
-      <c r="H393" s="3">
-[...30 lines deleted...]
-      <c r="I395" s="2"/>
+      <c r="H395" s="3">
+        <v>100</v>
+      </c>
+      <c r="I395" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="396" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A396" s="3" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="B396" s="3" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="C396" s="3">
-        <v>4.85</v>
+        <v>792.89</v>
       </c>
       <c r="D396" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E396" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F396" s="3">
         <v>0</v>
       </c>
       <c r="G396" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="H396" s="3">
-        <v>24000</v>
+        <v>100</v>
       </c>
       <c r="I396" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="397" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A397" s="3" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="B397" s="3" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="C397" s="3">
-        <v>11.12</v>
+        <v>1362.92</v>
       </c>
       <c r="D397" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E397" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F397" s="3">
         <v>0</v>
       </c>
       <c r="G397" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="H397" s="3">
-        <v>9600</v>
+        <v>100</v>
       </c>
       <c r="I397" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="398" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A398" s="3" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="B398" s="3" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="C398" s="3">
-        <v>52.71</v>
+        <v>15.28</v>
       </c>
       <c r="D398" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E398" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F398" s="3">
         <v>0</v>
       </c>
       <c r="G398" s="3">
         <v>100</v>
       </c>
       <c r="H398" s="3">
-        <v>1200</v>
+        <v>100</v>
       </c>
       <c r="I398" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="399" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A399" s="3" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="B399" s="3" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="C399" s="3">
-        <v>24.58</v>
+        <v>316.2</v>
       </c>
       <c r="D399" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E399" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F399" s="3">
         <v>0</v>
       </c>
       <c r="G399" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="H399" s="3">
-        <v>2400</v>
+        <v>100</v>
       </c>
       <c r="I399" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="400" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A400" s="3" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="B400" s="3" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="C400" s="3">
-        <v>11.94</v>
+        <v>19.77</v>
       </c>
       <c r="D400" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E400" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F400" s="3">
         <v>0</v>
       </c>
       <c r="G400" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H400" s="3">
-        <v>4800</v>
+        <v>1000</v>
       </c>
       <c r="I400" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="401" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A401" s="3" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="B401" s="3" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="C401" s="3">
-        <v>288.56</v>
+        <v>12.76</v>
       </c>
       <c r="D401" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E401" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F401" s="3">
         <v>0</v>
       </c>
       <c r="G401" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="H401" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I401" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="402" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A402" s="3" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="B402" s="3" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="C402" s="3">
-        <v>208.64</v>
+        <v>62.28</v>
       </c>
       <c r="D402" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E402" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F402" s="3">
-        <v>0</v>
+        <v>599</v>
       </c>
       <c r="G402" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H402" s="3">
-        <v>600</v>
+        <v>100</v>
       </c>
       <c r="I402" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="403" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A403" s="3" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="B403" s="3" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="C403" s="3">
-        <v>47.37</v>
+        <v>18.24</v>
       </c>
       <c r="D403" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E403" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F403" s="3">
-        <v>0</v>
+        <v>1700</v>
       </c>
       <c r="G403" s="3">
         <v>100</v>
       </c>
       <c r="H403" s="3">
-        <v>1200</v>
+        <v>100</v>
       </c>
       <c r="I403" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="404" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A404" s="3" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="B404" s="3" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="C404" s="3">
-        <v>12.1</v>
+        <v>18.27</v>
       </c>
       <c r="D404" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E404" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F404" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="G404" s="3">
         <v>100</v>
       </c>
       <c r="H404" s="3">
-        <v>24000</v>
+        <v>3500</v>
       </c>
       <c r="I404" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="405" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A405" s="3" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="B405" s="3" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="C405" s="3">
-        <v>8.3</v>
+        <v>134.65</v>
       </c>
       <c r="D405" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E405" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F405" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="G405" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H405" s="3">
-        <v>24000</v>
+        <v>500</v>
       </c>
       <c r="I405" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="406" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A406" s="3" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="B406" s="3" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="C406" s="3">
-        <v>9.88</v>
+        <v>141.15</v>
       </c>
       <c r="D406" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E406" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F406" s="3">
         <v>0</v>
       </c>
       <c r="G406" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H406" s="3">
-        <v>12000</v>
+        <v>400</v>
       </c>
       <c r="I406" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="407" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A407" s="3" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="B407" s="3" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="C407" s="3">
-        <v>32.45</v>
+        <v>169.68</v>
       </c>
       <c r="D407" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E407" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F407" s="3">
         <v>0</v>
       </c>
       <c r="G407" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H407" s="3">
-        <v>2400</v>
+        <v>350</v>
       </c>
       <c r="I407" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="408" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A408" s="3" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="B408" s="3" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="C408" s="3">
-        <v>28.13</v>
+        <v>18.83</v>
       </c>
       <c r="D408" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E408" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F408" s="3">
-        <v>0</v>
+        <v>1420</v>
       </c>
       <c r="G408" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H408" s="3">
-        <v>3600</v>
+        <v>100</v>
       </c>
       <c r="I408" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="409" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A409" s="3" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="B409" s="3" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="C409" s="3">
-        <v>85.62</v>
+        <v>34.63</v>
       </c>
       <c r="D409" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E409" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F409" s="3">
         <v>0</v>
       </c>
       <c r="G409" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H409" s="3">
-        <v>1200</v>
+        <v>100</v>
       </c>
       <c r="I409" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="410" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A410" s="3" t="s">
+        <v>815</v>
+      </c>
+      <c r="B410" s="3" t="s">
+        <v>816</v>
+      </c>
+      <c r="C410" s="3">
+        <v>41.1</v>
+      </c>
+      <c r="D410" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E410" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F410" s="3">
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I410" s="2"/>
+      <c r="G410" s="3">
+        <v>5</v>
+      </c>
+      <c r="H410" s="3">
+        <v>1</v>
+      </c>
+      <c r="I410" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="411" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A411" s="3" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="B411" s="3" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="C411" s="3">
-        <v>119.96</v>
+        <v>33.74</v>
       </c>
       <c r="D411" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E411" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F411" s="3">
-        <v>460</v>
+        <v>0</v>
       </c>
       <c r="G411" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H411" s="3">
-        <v>250</v>
+        <v>1</v>
       </c>
       <c r="I411" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="412" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A412" s="3" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="B412" s="3" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="C412" s="3">
-        <v>150.95</v>
+        <v>43.77</v>
       </c>
       <c r="D412" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E412" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F412" s="3">
-        <v>900</v>
+        <v>1099</v>
       </c>
       <c r="G412" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H412" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I412" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="413" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A413" s="3" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="B413" s="3" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="C413" s="3">
-        <v>50.88</v>
+        <v>44.87</v>
       </c>
       <c r="D413" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E413" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F413" s="3">
-        <v>0</v>
+        <v>3899</v>
       </c>
       <c r="G413" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H413" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I413" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="414" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A414" s="3" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="B414" s="3" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="C414" s="3">
-        <v>104.76</v>
+        <v>65.86</v>
       </c>
       <c r="D414" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E414" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F414" s="3">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="G414" s="3">
         <v>5</v>
       </c>
       <c r="H414" s="3">
         <v>500</v>
       </c>
       <c r="I414" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="415" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A415" s="3" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="B415" s="3" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="C415" s="3">
-        <v>63.89</v>
+        <v>69.15</v>
       </c>
       <c r="D415" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E415" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F415" s="3">
-        <v>595</v>
+        <v>1035</v>
       </c>
       <c r="G415" s="3">
         <v>5</v>
       </c>
       <c r="H415" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I415" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="416" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A416" s="3" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="B416" s="3" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="C416" s="3">
-        <v>130.81</v>
+        <v>63.43</v>
       </c>
       <c r="D416" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E416" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F416" s="3">
-        <v>925</v>
+        <v>1399</v>
       </c>
       <c r="G416" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H416" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I416" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="417" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A417" s="3" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="B417" s="3" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="C417" s="3">
-        <v>60.3</v>
+        <v>91.48</v>
       </c>
       <c r="D417" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E417" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F417" s="3">
-        <v>1800</v>
+        <v>0</v>
       </c>
       <c r="G417" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H417" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I417" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="418" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A418" s="3" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="B418" s="3" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="C418" s="3">
-        <v>119.96</v>
+        <v>118.96</v>
       </c>
       <c r="D418" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E418" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F418" s="3">
-        <v>580</v>
+        <v>250</v>
       </c>
       <c r="G418" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H418" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I418" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="419" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A419" s="3" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="B419" s="3" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="C419" s="3">
-        <v>73.67</v>
+        <v>84.22</v>
       </c>
       <c r="D419" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E419" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F419" s="3">
-        <v>700</v>
+        <v>1899</v>
       </c>
       <c r="G419" s="3">
         <v>100</v>
       </c>
       <c r="H419" s="3">
-        <v>700</v>
+        <v>800</v>
       </c>
       <c r="I419" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="420" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A420" s="3" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="B420" s="3" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="C420" s="3">
-        <v>109.06</v>
+        <v>75.76</v>
       </c>
       <c r="D420" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E420" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F420" s="3">
-        <v>120</v>
+        <v>0</v>
       </c>
       <c r="G420" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H420" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I420" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="421" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A421" s="3" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="B421" s="3" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="C421" s="3">
-        <v>64.83</v>
+        <v>21.06</v>
       </c>
       <c r="D421" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E421" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F421" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G421" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H421" s="3">
-        <v>700</v>
+        <v>1000</v>
       </c>
       <c r="I421" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="422" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A422" s="3" t="s">
-        <v>836</v>
+        <v>839</v>
       </c>
       <c r="B422" s="3" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="C422" s="3">
-        <v>81.22</v>
+        <v>29.67</v>
       </c>
       <c r="D422" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E422" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F422" s="3">
-        <v>1075</v>
+        <v>10</v>
       </c>
       <c r="G422" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H422" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I422" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="423" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A423" s="3" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
       <c r="B423" s="3" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="C423" s="3">
-        <v>1096.98</v>
+        <v>54.71</v>
       </c>
       <c r="D423" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E423" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F423" s="3">
         <v>0</v>
       </c>
       <c r="G423" s="3">
         <v>5</v>
       </c>
       <c r="H423" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I423" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="424" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A424" s="3" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="B424" s="3" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="C424" s="3">
-        <v>408.75</v>
+        <v>64.99</v>
       </c>
       <c r="D424" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E424" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F424" s="3">
-        <v>0</v>
+        <v>1594</v>
       </c>
       <c r="G424" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H424" s="3">
-        <v>120</v>
+        <v>500</v>
       </c>
       <c r="I424" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="425" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A425" s="3" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="B425" s="3" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
       <c r="C425" s="3">
-        <v>613.98</v>
+        <v>95.13</v>
       </c>
       <c r="D425" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E425" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F425" s="3">
         <v>0</v>
       </c>
       <c r="G425" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H425" s="3">
-        <v>90</v>
+        <v>500</v>
       </c>
       <c r="I425" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="426" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A426" s="3" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
       <c r="B426" s="3" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
       <c r="C426" s="3">
-        <v>18.94</v>
+        <v>123.84</v>
       </c>
       <c r="D426" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E426" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F426" s="3">
-        <v>1850</v>
+        <v>700</v>
       </c>
       <c r="G426" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H426" s="3">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="I426" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="427" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A427" s="3" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="B427" s="3" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="C427" s="3">
-        <v>44.3</v>
+        <v>123.17</v>
       </c>
       <c r="D427" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E427" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F427" s="3">
-        <v>510</v>
+        <v>5</v>
       </c>
       <c r="G427" s="3">
         <v>5</v>
       </c>
       <c r="H427" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I427" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="428" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A428" s="3" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="B428" s="3" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="C428" s="3">
-        <v>130.81</v>
+        <v>112.19</v>
       </c>
       <c r="D428" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E428" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F428" s="3">
-        <v>215</v>
+        <v>0</v>
       </c>
       <c r="G428" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H428" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I428" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="429" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A429" s="3" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="B429" s="3" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="C429" s="3">
-        <v>114.24</v>
+        <v>153.78</v>
       </c>
       <c r="D429" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E429" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F429" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="G429" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H429" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I429" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="430" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A430" s="3" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="B430" s="3" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="C430" s="3">
-        <v>44.21</v>
+        <v>57.66</v>
       </c>
       <c r="D430" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E430" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F430" s="3">
-        <v>815</v>
+        <v>0</v>
       </c>
       <c r="G430" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H430" s="3">
-        <v>500</v>
+        <v>1100</v>
       </c>
       <c r="I430" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="431" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A431" s="3" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="B431" s="3" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="C431" s="3">
-        <v>50.83</v>
+        <v>14.44</v>
       </c>
       <c r="D431" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E431" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F431" s="3">
-        <v>1155</v>
+        <v>5600</v>
       </c>
       <c r="G431" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H431" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I431" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="432" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A432" s="3" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="B432" s="3" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="C432" s="3">
-        <v>48.47</v>
+        <v>14.13</v>
       </c>
       <c r="D432" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E432" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F432" s="3">
-        <v>0</v>
+        <v>99</v>
       </c>
       <c r="G432" s="3">
         <v>100</v>
       </c>
       <c r="H432" s="3">
-        <v>800</v>
+        <v>100</v>
       </c>
       <c r="I432" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="433" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A433" s="3" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="B433" s="3" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="C433" s="3">
-        <v>103.87</v>
+        <v>15.03</v>
       </c>
       <c r="D433" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E433" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F433" s="3">
-        <v>1050</v>
+        <v>0</v>
       </c>
       <c r="G433" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H433" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I433" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="434" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A434" s="3" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="B434" s="3" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="C434" s="3">
-        <v>114.24</v>
+        <v>17.36</v>
       </c>
       <c r="D434" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E434" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F434" s="3">
-        <v>750</v>
+        <v>0</v>
       </c>
       <c r="G434" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H434" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I434" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="435" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A435" s="3" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
       <c r="B435" s="3" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="C435" s="3">
-        <v>130.81</v>
+        <v>17.97</v>
       </c>
       <c r="D435" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E435" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F435" s="3">
-        <v>560</v>
+        <v>799</v>
       </c>
       <c r="G435" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H435" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I435" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="436" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A436" s="3" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="B436" s="3" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="C436" s="3">
-        <v>124.58</v>
+        <v>18.38</v>
       </c>
       <c r="D436" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E436" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F436" s="3">
+        <v>0</v>
+      </c>
+      <c r="G436" s="3">
+        <v>100</v>
+      </c>
+      <c r="H436" s="3">
         <v>500</v>
-      </c>
-[...4 lines deleted...]
-        <v>400</v>
       </c>
       <c r="I436" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="437" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A437" s="3" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="B437" s="3" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="C437" s="3">
-        <v>124.58</v>
+        <v>48.7</v>
       </c>
       <c r="D437" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E437" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F437" s="3">
-        <v>550</v>
+        <v>1190</v>
       </c>
       <c r="G437" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H437" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I437" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="438" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A438" s="3" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="B438" s="3" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="C438" s="3">
-        <v>124.58</v>
+        <v>62.27</v>
       </c>
       <c r="D438" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E438" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F438" s="3">
-        <v>850</v>
+        <v>0</v>
       </c>
       <c r="G438" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H438" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I438" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="439" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A439" s="3" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="B439" s="3" t="s">
-        <v>871</v>
+        <v>874</v>
       </c>
       <c r="C439" s="3">
-        <v>150.96</v>
+        <v>71.76</v>
       </c>
       <c r="D439" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E439" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F439" s="3">
-        <v>0</v>
+        <v>1695</v>
       </c>
       <c r="G439" s="3">
         <v>5</v>
       </c>
       <c r="H439" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I439" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="440" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A440" s="3" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
       <c r="B440" s="3" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="C440" s="3">
-        <v>143.76</v>
+        <v>82</v>
       </c>
       <c r="D440" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E440" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F440" s="3">
-        <v>1500</v>
+        <v>0</v>
       </c>
       <c r="G440" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H440" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I440" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="441" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A441" s="3" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="B441" s="3" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="C441" s="3">
-        <v>143.76</v>
+        <v>116.88</v>
       </c>
       <c r="D441" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E441" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F441" s="3">
-        <v>775</v>
+        <v>0</v>
       </c>
       <c r="G441" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="H441" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I441" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="442" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A442" s="3" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="B442" s="3" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="C442" s="3">
-        <v>18.05</v>
+        <v>17.83</v>
       </c>
       <c r="D442" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E442" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F442" s="3">
         <v>200</v>
       </c>
       <c r="G442" s="3">
         <v>100</v>
       </c>
       <c r="H442" s="3">
-        <v>3500</v>
+        <v>4000</v>
       </c>
       <c r="I442" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="443" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A443" s="3" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="B443" s="3" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="C443" s="3">
-        <v>42.3</v>
+        <v>48.03</v>
       </c>
       <c r="D443" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E443" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F443" s="3">
-        <v>1200</v>
+        <v>1600</v>
       </c>
       <c r="G443" s="3">
         <v>100</v>
       </c>
       <c r="H443" s="3">
         <v>1300</v>
       </c>
       <c r="I443" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="444" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A444" s="3" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="B444" s="3" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="C444" s="3">
-        <v>48.47</v>
+        <v>48.48</v>
       </c>
       <c r="D444" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E444" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F444" s="3">
         <v>0</v>
       </c>
       <c r="G444" s="3">
         <v>100</v>
       </c>
       <c r="H444" s="3">
-        <v>1100</v>
+        <v>1300</v>
       </c>
       <c r="I444" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="445" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A445" s="3" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="B445" s="3" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="C445" s="3">
-        <v>114.25</v>
+        <v>87.36</v>
       </c>
       <c r="D445" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E445" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F445" s="3">
-        <v>350</v>
+        <v>0</v>
       </c>
       <c r="G445" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H445" s="3">
-        <v>500</v>
+        <v>700</v>
       </c>
       <c r="I445" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="446" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A446" s="3" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
       <c r="B446" s="3" t="s">
-        <v>885</v>
+        <v>888</v>
       </c>
       <c r="C446" s="3">
-        <v>103.87</v>
+        <v>84.12</v>
       </c>
       <c r="D446" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E446" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F446" s="3">
-        <v>3950</v>
+        <v>0</v>
       </c>
       <c r="G446" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H446" s="3">
-        <v>400</v>
+        <v>700</v>
       </c>
       <c r="I446" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="447" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A447" s="3" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
       <c r="B447" s="3" t="s">
-        <v>887</v>
+        <v>890</v>
       </c>
       <c r="C447" s="3">
-        <v>18.05</v>
+        <v>169.68</v>
       </c>
       <c r="D447" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E447" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F447" s="3">
-        <v>1000</v>
+        <v>1275</v>
       </c>
       <c r="G447" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H447" s="3">
-        <v>3500</v>
+        <v>350</v>
       </c>
       <c r="I447" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="448" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A448" s="3" t="s">
-        <v>888</v>
+        <v>891</v>
       </c>
       <c r="B448" s="3" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="C448" s="3">
-        <v>42.19</v>
+        <v>295.22</v>
       </c>
       <c r="D448" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E448" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F448" s="3">
-        <v>1400</v>
+        <v>0</v>
       </c>
       <c r="G448" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H448" s="3">
-        <v>1300</v>
+        <v>200</v>
       </c>
       <c r="I448" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="449" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A449" s="3" t="s">
-        <v>890</v>
+        <v>893</v>
       </c>
       <c r="B449" s="3" t="s">
-        <v>891</v>
+        <v>894</v>
       </c>
       <c r="C449" s="3">
-        <v>20.6</v>
+        <v>108.93</v>
       </c>
       <c r="D449" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E449" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F449" s="3">
-        <v>3330</v>
+        <v>1399</v>
       </c>
       <c r="G449" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H449" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I449" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="450" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A450" s="3" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="B450" s="3" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="C450" s="3">
-        <v>68.46</v>
+        <v>79.54</v>
       </c>
       <c r="D450" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E450" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F450" s="3">
-        <v>350</v>
+        <v>190</v>
       </c>
       <c r="G450" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H450" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I450" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="451" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A451" s="3" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
       <c r="B451" s="3" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="C451" s="3">
-        <v>109.65</v>
+        <v>141.51</v>
       </c>
       <c r="D451" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E451" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F451" s="3">
-        <v>1205</v>
+        <v>0</v>
       </c>
       <c r="G451" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H451" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I451" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="452" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A452" s="3" t="s">
-        <v>896</v>
+        <v>899</v>
       </c>
       <c r="B452" s="3" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="C452" s="3">
-        <v>264.63</v>
+        <v>20.43</v>
       </c>
       <c r="D452" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E452" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F452" s="3">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="G452" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="H452" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I452" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="453" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A453" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I453" s="2"/>
+      <c r="A453" s="3" t="s">
+        <v>901</v>
+      </c>
+      <c r="B453" s="3" t="s">
+        <v>902</v>
+      </c>
+      <c r="C453" s="3">
+        <v>14.47</v>
+      </c>
+      <c r="D453" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E453" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F453" s="3">
+        <v>510</v>
+      </c>
+      <c r="G453" s="3">
+        <v>10</v>
+      </c>
+      <c r="H453" s="3">
+        <v>100</v>
+      </c>
+      <c r="I453" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="454" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A454" s="3" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="B454" s="3" t="s">
-        <v>900</v>
+        <v>904</v>
       </c>
       <c r="C454" s="3">
-        <v>35.79</v>
+        <v>15.19</v>
       </c>
       <c r="D454" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E454" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F454" s="3">
-        <v>250</v>
+        <v>0</v>
       </c>
       <c r="G454" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H454" s="3">
-        <v>1800</v>
+        <v>100</v>
       </c>
       <c r="I454" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="455" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A455" s="3" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
       <c r="B455" s="3" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="C455" s="3">
-        <v>36.45</v>
+        <v>43.02</v>
       </c>
       <c r="D455" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E455" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F455" s="3">
-        <v>950</v>
+        <v>0</v>
       </c>
       <c r="G455" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H455" s="3">
-        <v>1800</v>
+        <v>500</v>
       </c>
       <c r="I455" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="456" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A456" s="3" t="s">
-        <v>903</v>
+        <v>907</v>
       </c>
       <c r="B456" s="3" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="C456" s="3">
-        <v>43.19</v>
+        <v>52.45</v>
       </c>
       <c r="D456" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E456" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F456" s="3">
-        <v>300</v>
+        <v>1880</v>
       </c>
       <c r="G456" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H456" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I456" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="457" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A457" s="3" t="s">
-        <v>905</v>
+        <v>909</v>
       </c>
       <c r="B457" s="3" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="C457" s="3">
-        <v>117.46</v>
+        <v>152.34</v>
       </c>
       <c r="D457" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E457" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F457" s="3">
-        <v>0</v>
+        <v>645</v>
       </c>
       <c r="G457" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="H457" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I457" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="458" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A458" s="3" t="s">
-        <v>907</v>
+        <v>911</v>
       </c>
       <c r="B458" s="3" t="s">
-        <v>908</v>
+        <v>912</v>
       </c>
       <c r="C458" s="3">
-        <v>172.06</v>
+        <v>22.25</v>
       </c>
       <c r="D458" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E458" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F458" s="3">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="G458" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H458" s="3">
-        <v>800</v>
+        <v>3500</v>
       </c>
       <c r="I458" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="459" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A459" s="3" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="B459" s="3" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="C459" s="3">
-        <v>19.17</v>
+        <v>466.79</v>
       </c>
       <c r="D459" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E459" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F459" s="3">
         <v>0</v>
       </c>
       <c r="G459" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H459" s="3">
-        <v>3500</v>
+        <v>120</v>
       </c>
       <c r="I459" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="460" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A460" s="3" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="B460" s="3" t="s">
-        <v>912</v>
+        <v>916</v>
       </c>
       <c r="C460" s="3">
-        <v>43.26</v>
+        <v>14.48</v>
       </c>
       <c r="D460" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E460" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F460" s="3">
-        <v>850</v>
+        <v>1010</v>
       </c>
       <c r="G460" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H460" s="3">
-        <v>1500</v>
+        <v>100</v>
       </c>
       <c r="I460" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="461" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A461" s="3" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="B461" s="3" t="s">
-        <v>914</v>
+        <v>918</v>
       </c>
       <c r="C461" s="3">
-        <v>68.16</v>
+        <v>302.58</v>
       </c>
       <c r="D461" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E461" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F461" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="G461" s="3">
         <v>25</v>
       </c>
       <c r="H461" s="3">
-        <v>1200</v>
+        <v>200</v>
       </c>
       <c r="I461" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="462" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A462" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I462" s="2"/>
+      <c r="A462" s="3" t="s">
+        <v>919</v>
+      </c>
+      <c r="B462" s="3" t="s">
+        <v>920</v>
+      </c>
+      <c r="C462" s="3">
+        <v>21.67</v>
+      </c>
+      <c r="D462" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E462" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F462" s="3">
+        <v>0</v>
+      </c>
+      <c r="G462" s="3">
+        <v>10</v>
+      </c>
+      <c r="H462" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I462" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="463" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A463" s="3" t="s">
-        <v>916</v>
+        <v>921</v>
       </c>
       <c r="B463" s="3" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="C463" s="3">
-        <v>20.69</v>
+        <v>222.14</v>
       </c>
       <c r="D463" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E463" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F463" s="3">
         <v>0</v>
       </c>
       <c r="G463" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="H463" s="3">
-        <v>3000</v>
+        <v>100</v>
       </c>
       <c r="I463" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="464" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A464" s="3" t="s">
-        <v>918</v>
+        <v>923</v>
       </c>
       <c r="B464" s="3" t="s">
-        <v>919</v>
+        <v>924</v>
       </c>
       <c r="C464" s="3">
-        <v>47.72</v>
+        <v>22.85</v>
       </c>
       <c r="D464" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E464" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F464" s="3">
-        <v>4135</v>
+        <v>1660</v>
       </c>
       <c r="G464" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H464" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I464" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="465" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A465" s="3" t="s">
-        <v>920</v>
+        <v>925</v>
       </c>
       <c r="B465" s="3" t="s">
-        <v>921</v>
+        <v>926</v>
       </c>
       <c r="C465" s="3">
-        <v>15.69</v>
+        <v>94.97</v>
       </c>
       <c r="D465" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E465" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F465" s="3">
-        <v>0</v>
+        <v>590</v>
       </c>
       <c r="G465" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H465" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I465" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="466" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A466" s="3" t="s">
-        <v>922</v>
+        <v>927</v>
       </c>
       <c r="B466" s="3" t="s">
-        <v>923</v>
+        <v>928</v>
       </c>
       <c r="C466" s="3">
-        <v>107.43</v>
+        <v>91.61</v>
       </c>
       <c r="D466" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E466" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F466" s="3">
         <v>0</v>
       </c>
       <c r="G466" s="3">
         <v>5</v>
       </c>
       <c r="H466" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I466" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="467" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A467" s="3" t="s">
-        <v>924</v>
+        <v>929</v>
       </c>
       <c r="B467" s="3" t="s">
-        <v>925</v>
+        <v>930</v>
       </c>
       <c r="C467" s="3">
-        <v>42.93</v>
+        <v>179.43</v>
       </c>
       <c r="D467" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E467" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F467" s="3">
-        <v>0</v>
+        <v>298</v>
       </c>
       <c r="G467" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="H467" s="3">
-        <v>1300</v>
+        <v>100</v>
       </c>
       <c r="I467" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="468" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A468" s="3" t="s">
-        <v>926</v>
+        <v>931</v>
       </c>
       <c r="B468" s="3" t="s">
-        <v>927</v>
+        <v>932</v>
       </c>
       <c r="C468" s="3">
-        <v>100.61</v>
+        <v>500.64</v>
       </c>
       <c r="D468" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E468" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F468" s="3">
-        <v>700</v>
+        <v>0</v>
       </c>
       <c r="G468" s="3">
-        <v>50</v>
+        <v>2</v>
       </c>
       <c r="H468" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I468" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="469" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A469" s="3" t="s">
-        <v>928</v>
+        <v>933</v>
       </c>
       <c r="B469" s="3" t="s">
-        <v>929</v>
+        <v>934</v>
       </c>
       <c r="C469" s="3">
-        <v>119.16</v>
+        <v>17.82</v>
       </c>
       <c r="D469" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E469" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F469" s="3">
-        <v>710</v>
+        <v>0</v>
       </c>
       <c r="G469" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H469" s="3">
-        <v>100</v>
+        <v>4000</v>
       </c>
       <c r="I469" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="470" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A470" s="3" t="s">
-        <v>930</v>
+        <v>935</v>
       </c>
       <c r="B470" s="3" t="s">
-        <v>931</v>
+        <v>936</v>
       </c>
       <c r="C470" s="3">
-        <v>23.18</v>
+        <v>18.74</v>
       </c>
       <c r="D470" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E470" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F470" s="3">
         <v>0</v>
       </c>
       <c r="G470" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H470" s="3">
-        <v>1000</v>
+        <v>3500</v>
       </c>
       <c r="I470" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="471" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A471" s="3" t="s">
-        <v>932</v>
+        <v>937</v>
       </c>
       <c r="B471" s="3" t="s">
-        <v>933</v>
+        <v>938</v>
       </c>
       <c r="C471" s="3">
-        <v>21.74</v>
+        <v>22.4</v>
       </c>
       <c r="D471" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E471" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F471" s="3">
         <v>0</v>
       </c>
       <c r="G471" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H471" s="3">
-        <v>1000</v>
+        <v>3500</v>
       </c>
       <c r="I471" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="472" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A472" s="3" t="s">
-        <v>934</v>
+        <v>939</v>
       </c>
       <c r="B472" s="3" t="s">
-        <v>935</v>
+        <v>940</v>
       </c>
       <c r="C472" s="3">
-        <v>42.13</v>
+        <v>50.43</v>
       </c>
       <c r="D472" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E472" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F472" s="3">
         <v>0</v>
       </c>
       <c r="G472" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H472" s="3">
-        <v>500</v>
+        <v>1300</v>
       </c>
       <c r="I472" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="473" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A473" s="3" t="s">
-        <v>936</v>
+        <v>941</v>
       </c>
       <c r="B473" s="3" t="s">
-        <v>937</v>
+        <v>942</v>
       </c>
       <c r="C473" s="3">
-        <v>75.78</v>
+        <v>57.26</v>
       </c>
       <c r="D473" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E473" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F473" s="3">
         <v>0</v>
       </c>
       <c r="G473" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H473" s="3">
-        <v>500</v>
+        <v>1100</v>
       </c>
       <c r="I473" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="474" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A474" s="3" t="s">
-        <v>938</v>
+        <v>943</v>
       </c>
       <c r="B474" s="3" t="s">
-        <v>939</v>
+        <v>944</v>
       </c>
       <c r="C474" s="3">
-        <v>12.41</v>
+        <v>88.75</v>
       </c>
       <c r="D474" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E474" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F474" s="3">
         <v>0</v>
       </c>
       <c r="G474" s="3">
         <v>100</v>
       </c>
       <c r="H474" s="3">
-        <v>5000</v>
+        <v>700</v>
       </c>
       <c r="I474" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="475" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A475" s="3" t="s">
-        <v>940</v>
+        <v>945</v>
       </c>
       <c r="B475" s="3" t="s">
-        <v>941</v>
+        <v>946</v>
       </c>
       <c r="C475" s="3">
-        <v>18.31</v>
+        <v>128.23</v>
       </c>
       <c r="D475" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E475" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F475" s="3">
         <v>0</v>
       </c>
       <c r="G475" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H475" s="3">
-        <v>4000</v>
+        <v>500</v>
       </c>
       <c r="I475" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="476" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A476" s="3" t="s">
-        <v>942</v>
+        <v>947</v>
       </c>
       <c r="B476" s="3" t="s">
-        <v>943</v>
+        <v>948</v>
       </c>
       <c r="C476" s="3">
-        <v>39.2</v>
+        <v>129.42</v>
       </c>
       <c r="D476" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E476" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F476" s="3">
         <v>0</v>
       </c>
       <c r="G476" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H476" s="3">
-        <v>1500</v>
+        <v>500</v>
       </c>
       <c r="I476" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="477" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A477" s="3" t="s">
-        <v>944</v>
+        <v>949</v>
       </c>
       <c r="B477" s="3" t="s">
-        <v>945</v>
+        <v>950</v>
       </c>
       <c r="C477" s="3">
-        <v>72.16</v>
+        <v>141.51</v>
       </c>
       <c r="D477" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E477" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F477" s="3">
         <v>0</v>
       </c>
       <c r="G477" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H477" s="3">
-        <v>800</v>
+        <v>400</v>
       </c>
       <c r="I477" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="478" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A478" s="3" t="s">
-        <v>946</v>
+        <v>951</v>
       </c>
       <c r="B478" s="3" t="s">
-        <v>947</v>
+        <v>952</v>
       </c>
       <c r="C478" s="3">
-        <v>102.29</v>
+        <v>449.67</v>
       </c>
       <c r="D478" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E478" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F478" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G478" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H478" s="3">
-        <v>500</v>
+        <v>120</v>
       </c>
       <c r="I478" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="479" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A479" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A479" s="2" t="s">
+        <v>953</v>
+      </c>
+      <c r="B479" s="2"/>
+      <c r="C479" s="2"/>
+      <c r="D479" s="2"/>
+      <c r="E479" s="2"/>
+      <c r="F479" s="2"/>
+      <c r="G479" s="2"/>
+      <c r="H479" s="2"/>
+      <c r="I479" s="2"/>
     </row>
     <row r="480" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A480" s="3" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="B480" s="3" t="s">
-        <v>951</v>
+        <v>955</v>
       </c>
       <c r="C480" s="3">
-        <v>283.45</v>
+        <v>45.77</v>
       </c>
       <c r="D480" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E480" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F480" s="3">
         <v>0</v>
       </c>
       <c r="G480" s="3">
-        <v>2</v>
+        <v>100</v>
       </c>
       <c r="H480" s="3">
-        <v>100</v>
+        <v>1200</v>
       </c>
       <c r="I480" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="481" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A481" s="3" t="s">
-        <v>952</v>
+        <v>956</v>
       </c>
       <c r="B481" s="3" t="s">
-        <v>953</v>
+        <v>957</v>
       </c>
       <c r="C481" s="3">
-        <v>159.9</v>
+        <v>4.93</v>
       </c>
       <c r="D481" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E481" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F481" s="3">
         <v>0</v>
       </c>
       <c r="G481" s="3">
-        <v>2</v>
+        <v>100</v>
       </c>
       <c r="H481" s="3">
-        <v>100</v>
+        <v>24000</v>
       </c>
       <c r="I481" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="482" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A482" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I482" s="2"/>
+      <c r="A482" s="3" t="s">
+        <v>958</v>
+      </c>
+      <c r="B482" s="3" t="s">
+        <v>959</v>
+      </c>
+      <c r="C482" s="3">
+        <v>201.58</v>
+      </c>
+      <c r="D482" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E482" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F482" s="3">
+        <v>0</v>
+      </c>
+      <c r="G482" s="3">
+        <v>50</v>
+      </c>
+      <c r="H482" s="3">
+        <v>600</v>
+      </c>
+      <c r="I482" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="483" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A483" s="3" t="s">
-        <v>955</v>
+        <v>960</v>
       </c>
       <c r="B483" s="3" t="s">
-        <v>956</v>
+        <v>961</v>
       </c>
       <c r="C483" s="3">
-        <v>32.27</v>
+        <v>264.12</v>
       </c>
       <c r="D483" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E483" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F483" s="3">
         <v>0</v>
       </c>
       <c r="G483" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H483" s="3">
-        <v>1000</v>
+        <v>300</v>
       </c>
       <c r="I483" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="484" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A484" s="3" t="s">
-        <v>957</v>
+        <v>962</v>
       </c>
       <c r="B484" s="3" t="s">
-        <v>958</v>
+        <v>963</v>
       </c>
       <c r="C484" s="3">
-        <v>175.1</v>
+        <v>48.25</v>
       </c>
       <c r="D484" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E484" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F484" s="3">
-        <v>4630</v>
+        <v>0</v>
       </c>
       <c r="G484" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H484" s="3">
-        <v>110</v>
+        <v>1200</v>
       </c>
       <c r="I484" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="485" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A485" s="3" t="s">
-        <v>959</v>
+        <v>964</v>
       </c>
       <c r="B485" s="3" t="s">
-        <v>960</v>
+        <v>965</v>
       </c>
       <c r="C485" s="3">
-        <v>21.94</v>
+        <v>8.44</v>
       </c>
       <c r="D485" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E485" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F485" s="3">
-        <v>1800</v>
+        <v>0</v>
       </c>
       <c r="G485" s="3">
         <v>100</v>
       </c>
       <c r="H485" s="3">
-        <v>600</v>
+        <v>24000</v>
       </c>
       <c r="I485" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="486" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A486" s="3" t="s">
-        <v>961</v>
+        <v>966</v>
       </c>
       <c r="B486" s="3" t="s">
-        <v>962</v>
+        <v>967</v>
       </c>
       <c r="C486" s="3">
-        <v>32.36</v>
+        <v>22.5</v>
       </c>
       <c r="D486" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E486" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F486" s="3">
         <v>0</v>
       </c>
       <c r="G486" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H486" s="3">
-        <v>1</v>
+        <v>2400</v>
       </c>
       <c r="I486" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="487" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A487" s="3" t="s">
-        <v>963</v>
+        <v>968</v>
       </c>
       <c r="B487" s="3" t="s">
-        <v>964</v>
+        <v>969</v>
       </c>
       <c r="C487" s="3">
-        <v>27.54</v>
+        <v>11.31</v>
       </c>
       <c r="D487" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E487" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F487" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G487" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H487" s="3">
-        <v>50</v>
+        <v>9600</v>
       </c>
       <c r="I487" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="488" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A488" s="3" t="s">
-        <v>965</v>
+        <v>970</v>
       </c>
       <c r="B488" s="3" t="s">
-        <v>966</v>
+        <v>971</v>
       </c>
       <c r="C488" s="3">
-        <v>136.39</v>
+        <v>12.31</v>
       </c>
       <c r="D488" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E488" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F488" s="3">
-        <v>4630</v>
+        <v>0</v>
       </c>
       <c r="G488" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H488" s="3">
-        <v>170</v>
+        <v>24000</v>
       </c>
       <c r="I488" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="489" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A489" s="3" t="s">
-        <v>967</v>
+        <v>972</v>
       </c>
       <c r="B489" s="3" t="s">
-        <v>968</v>
+        <v>973</v>
       </c>
       <c r="C489" s="3">
-        <v>27.84</v>
+        <v>87.08</v>
       </c>
       <c r="D489" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E489" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F489" s="3">
         <v>0</v>
       </c>
       <c r="G489" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H489" s="3">
-        <v>400</v>
+        <v>1200</v>
       </c>
       <c r="I489" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="490" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A490" s="3" t="s">
-        <v>969</v>
+        <v>974</v>
       </c>
       <c r="B490" s="3" t="s">
-        <v>970</v>
+        <v>975</v>
       </c>
       <c r="C490" s="3">
-        <v>65.7</v>
+        <v>10.05</v>
       </c>
       <c r="D490" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E490" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F490" s="3">
-        <v>5025</v>
+        <v>0</v>
       </c>
       <c r="G490" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H490" s="3">
-        <v>1</v>
+        <v>12000</v>
       </c>
       <c r="I490" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="491" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A491" s="3" t="s">
-        <v>971</v>
+        <v>976</v>
       </c>
       <c r="B491" s="3" t="s">
-        <v>972</v>
+        <v>977</v>
       </c>
       <c r="C491" s="3">
-        <v>53.14</v>
+        <v>12.14</v>
       </c>
       <c r="D491" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E491" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F491" s="3">
-        <v>375</v>
+        <v>0</v>
       </c>
       <c r="G491" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H491" s="3">
-        <v>1</v>
+        <v>4800</v>
       </c>
       <c r="I491" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="492" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A492" s="3" t="s">
-        <v>973</v>
+        <v>978</v>
       </c>
       <c r="B492" s="3" t="s">
-        <v>974</v>
+        <v>979</v>
       </c>
       <c r="C492" s="3">
-        <v>64.64</v>
+        <v>28.61</v>
       </c>
       <c r="D492" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E492" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F492" s="3">
         <v>0</v>
       </c>
       <c r="G492" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="H492" s="3">
-        <v>600</v>
+        <v>3600</v>
       </c>
       <c r="I492" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="493" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A493" s="3" t="s">
-        <v>975</v>
+        <v>980</v>
       </c>
       <c r="B493" s="3" t="s">
-        <v>976</v>
+        <v>981</v>
       </c>
       <c r="C493" s="3">
-        <v>47.58</v>
+        <v>33</v>
       </c>
       <c r="D493" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E493" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F493" s="3">
-        <v>850</v>
+        <v>0</v>
       </c>
       <c r="G493" s="3">
+        <v>100</v>
+      </c>
+      <c r="H493" s="3">
+        <v>2400</v>
+      </c>
+      <c r="I493" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="494" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A494" s="2" t="s">
+        <v>982</v>
+      </c>
+      <c r="B494" s="2"/>
+      <c r="C494" s="2"/>
+      <c r="D494" s="2"/>
+      <c r="E494" s="2"/>
+      <c r="F494" s="2"/>
+      <c r="G494" s="2"/>
+      <c r="H494" s="2"/>
+      <c r="I494" s="2"/>
+    </row>
+    <row r="495" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A495" s="3" t="s">
+        <v>983</v>
+      </c>
+      <c r="B495" s="3" t="s">
+        <v>984</v>
+      </c>
+      <c r="C495" s="3">
+        <v>151.66</v>
+      </c>
+      <c r="D495" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E495" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F495" s="3">
+        <v>40</v>
+      </c>
+      <c r="G495" s="3">
+        <v>5</v>
+      </c>
+      <c r="H495" s="3">
         <v>50</v>
       </c>
-      <c r="H493" s="3">
-[...46 lines deleted...]
-      <c r="I495" s="2"/>
+      <c r="I495" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="496" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A496" s="3" t="s">
-        <v>980</v>
+        <v>985</v>
       </c>
       <c r="B496" s="3" t="s">
-        <v>981</v>
+        <v>986</v>
       </c>
       <c r="C496" s="3">
-        <v>363.27</v>
+        <v>144.44</v>
       </c>
       <c r="D496" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E496" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F496" s="3">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="G496" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H496" s="3">
         <v>200</v>
       </c>
       <c r="I496" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="497" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A497" s="3" t="s">
-        <v>982</v>
+        <v>987</v>
       </c>
       <c r="B497" s="3" t="s">
-        <v>983</v>
+        <v>988</v>
       </c>
       <c r="C497" s="3">
-        <v>228.54</v>
+        <v>133.82</v>
       </c>
       <c r="D497" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E497" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F497" s="3">
-        <v>0</v>
+        <v>360</v>
       </c>
       <c r="G497" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="H497" s="3">
-        <v>210</v>
+        <v>250</v>
       </c>
       <c r="I497" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="498" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A498" s="3" t="s">
-        <v>984</v>
+        <v>989</v>
       </c>
       <c r="B498" s="3" t="s">
-        <v>985</v>
+        <v>990</v>
       </c>
       <c r="C498" s="3">
-        <v>635.08</v>
+        <v>128.1</v>
       </c>
       <c r="D498" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E498" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F498" s="3">
-        <v>0</v>
+        <v>265</v>
       </c>
       <c r="G498" s="3">
         <v>5</v>
       </c>
       <c r="H498" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I498" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="499" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A499" s="3" t="s">
-        <v>986</v>
+        <v>991</v>
       </c>
       <c r="B499" s="3" t="s">
-        <v>987</v>
+        <v>992</v>
       </c>
       <c r="C499" s="3">
-        <v>1019.3</v>
+        <v>86.33</v>
       </c>
       <c r="D499" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E499" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F499" s="3">
-        <v>0</v>
+        <v>690</v>
       </c>
       <c r="G499" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H499" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I499" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="500" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A500" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I500" s="2"/>
+      <c r="A500" s="3" t="s">
+        <v>993</v>
+      </c>
+      <c r="B500" s="3" t="s">
+        <v>994</v>
+      </c>
+      <c r="C500" s="3">
+        <v>76.02</v>
+      </c>
+      <c r="D500" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E500" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F500" s="3">
+        <v>245</v>
+      </c>
+      <c r="G500" s="3">
+        <v>5</v>
+      </c>
+      <c r="H500" s="3">
+        <v>500</v>
+      </c>
+      <c r="I500" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="501" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A501" s="3" t="s">
-        <v>989</v>
+        <v>995</v>
       </c>
       <c r="B501" s="3" t="s">
-        <v>990</v>
+        <v>996</v>
       </c>
       <c r="C501" s="3">
-        <v>98</v>
+        <v>79.78</v>
       </c>
       <c r="D501" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E501" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F501" s="3">
-        <v>0</v>
+        <v>1600</v>
       </c>
       <c r="G501" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H501" s="3">
-        <v>25</v>
+        <v>700</v>
       </c>
       <c r="I501" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="502" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A502" s="3" t="s">
-        <v>991</v>
+        <v>997</v>
       </c>
       <c r="B502" s="3" t="s">
-        <v>992</v>
+        <v>998</v>
       </c>
       <c r="C502" s="3">
-        <v>23.03</v>
+        <v>120.39</v>
       </c>
       <c r="D502" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E502" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F502" s="3">
-        <v>5100</v>
+        <v>780</v>
       </c>
       <c r="G502" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H502" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I502" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="503" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A503" s="3" t="s">
-        <v>993</v>
+        <v>999</v>
       </c>
       <c r="B503" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="C503" s="3">
-        <v>50.88</v>
+        <v>176.54</v>
       </c>
       <c r="D503" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E503" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F503" s="3">
-        <v>600</v>
+        <v>795</v>
       </c>
       <c r="G503" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="H503" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I503" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="504" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A504" s="3" t="s">
-        <v>995</v>
+        <v>1001</v>
       </c>
       <c r="B504" s="3" t="s">
-        <v>996</v>
+        <v>1002</v>
       </c>
       <c r="C504" s="3">
-        <v>21.93</v>
+        <v>61.58</v>
       </c>
       <c r="D504" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E504" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F504" s="3">
         <v>0</v>
       </c>
       <c r="G504" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H504" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="I504" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="505" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A505" s="3" t="s">
-        <v>997</v>
+        <v>1003</v>
       </c>
       <c r="B505" s="3" t="s">
-        <v>998</v>
+        <v>1004</v>
       </c>
       <c r="C505" s="3">
-        <v>32.93</v>
+        <v>151.66</v>
       </c>
       <c r="D505" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E505" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F505" s="3">
-        <v>0</v>
+        <v>670</v>
       </c>
       <c r="G505" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H505" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="I505" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="506" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A506" s="3" t="s">
-        <v>999</v>
+        <v>1005</v>
       </c>
       <c r="B506" s="3" t="s">
-        <v>1000</v>
+        <v>1006</v>
       </c>
       <c r="C506" s="3">
-        <v>42.08</v>
+        <v>116.46</v>
       </c>
       <c r="D506" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E506" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F506" s="3">
-        <v>0</v>
+        <v>220</v>
       </c>
       <c r="G506" s="3">
+        <v>5</v>
+      </c>
+      <c r="H506" s="3">
         <v>50</v>
       </c>
-      <c r="H506" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I506" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="507" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A507" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I507" s="2"/>
+      <c r="A507" s="3" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B507" s="3" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C507" s="3">
+        <v>132.45</v>
+      </c>
+      <c r="D507" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E507" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F507" s="3">
+        <v>500</v>
+      </c>
+      <c r="G507" s="3">
+        <v>50</v>
+      </c>
+      <c r="H507" s="3">
+        <v>200</v>
+      </c>
+      <c r="I507" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="508" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A508" s="3" t="s">
-        <v>1002</v>
+        <v>1009</v>
       </c>
       <c r="B508" s="3" t="s">
-        <v>1003</v>
+        <v>1010</v>
       </c>
       <c r="C508" s="3">
-        <v>167.66</v>
+        <v>151.66</v>
       </c>
       <c r="D508" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E508" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F508" s="3">
-        <v>490</v>
+        <v>400</v>
       </c>
       <c r="G508" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H508" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I508" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="509" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A509" s="3" t="s">
-        <v>1004</v>
+        <v>1011</v>
       </c>
       <c r="B509" s="3" t="s">
-        <v>1005</v>
+        <v>1012</v>
       </c>
       <c r="C509" s="3">
-        <v>110.65</v>
+        <v>176.56</v>
       </c>
       <c r="D509" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E509" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F509" s="3">
-        <v>0</v>
+        <v>140</v>
       </c>
       <c r="G509" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H509" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I509" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="510" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A510" s="3" t="s">
-        <v>1006</v>
+        <v>1013</v>
       </c>
       <c r="B510" s="3" t="s">
-        <v>1007</v>
+        <v>1014</v>
       </c>
       <c r="C510" s="3">
-        <v>118.94</v>
+        <v>168.13</v>
       </c>
       <c r="D510" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E510" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F510" s="3">
-        <v>1070</v>
+        <v>700</v>
       </c>
       <c r="G510" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="H510" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I510" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="511" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A511" s="3" t="s">
-        <v>1008</v>
+        <v>1015</v>
       </c>
       <c r="B511" s="3" t="s">
-        <v>1009</v>
+        <v>1016</v>
       </c>
       <c r="C511" s="3">
-        <v>62.78</v>
+        <v>21.66</v>
       </c>
       <c r="D511" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E511" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F511" s="3">
-        <v>0</v>
+        <v>3500</v>
       </c>
       <c r="G511" s="3">
         <v>100</v>
       </c>
       <c r="H511" s="3">
-        <v>1000</v>
+        <v>3500</v>
       </c>
       <c r="I511" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="512" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A512" s="3" t="s">
-        <v>1010</v>
+        <v>1017</v>
       </c>
       <c r="B512" s="3" t="s">
-        <v>1011</v>
+        <v>1018</v>
       </c>
       <c r="C512" s="3">
-        <v>120.43</v>
+        <v>128.97</v>
       </c>
       <c r="D512" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E512" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F512" s="3">
+        <v>150</v>
+      </c>
+      <c r="G512" s="3">
+        <v>50</v>
+      </c>
+      <c r="H512" s="3">
         <v>500</v>
-      </c>
-[...4 lines deleted...]
-        <v>2500</v>
       </c>
       <c r="I512" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="513" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A513" s="3" t="s">
-        <v>1012</v>
+        <v>1019</v>
       </c>
       <c r="B513" s="3" t="s">
-        <v>1013</v>
+        <v>1020</v>
       </c>
       <c r="C513" s="3">
-        <v>125.85</v>
+        <v>20.95</v>
       </c>
       <c r="D513" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E513" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F513" s="3">
-        <v>0</v>
+        <v>3050</v>
       </c>
       <c r="G513" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H513" s="3">
-        <v>2500</v>
+        <v>1000</v>
       </c>
       <c r="I513" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="514" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A514" s="3" t="s">
-        <v>1014</v>
+        <v>1021</v>
       </c>
       <c r="B514" s="3" t="s">
-        <v>1015</v>
+        <v>1022</v>
       </c>
       <c r="C514" s="3">
-        <v>205.52</v>
+        <v>48.18</v>
       </c>
       <c r="D514" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E514" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F514" s="3">
-        <v>700</v>
+        <v>7400</v>
       </c>
       <c r="G514" s="3">
         <v>100</v>
       </c>
       <c r="H514" s="3">
+        <v>1300</v>
+      </c>
+      <c r="I514" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="515" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A515" s="3" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B515" s="3" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C515" s="3">
+        <v>99.12</v>
+      </c>
+      <c r="D515" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E515" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F515" s="3">
+        <v>320</v>
+      </c>
+      <c r="G515" s="3">
+        <v>5</v>
+      </c>
+      <c r="H515" s="3">
         <v>500</v>
       </c>
-      <c r="I514" s="3">
-[...14 lines deleted...]
-      <c r="I515" s="2"/>
+      <c r="I515" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="516" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A516" s="3" t="s">
-        <v>1017</v>
+        <v>1025</v>
       </c>
       <c r="B516" s="3" t="s">
-        <v>1018</v>
+        <v>1026</v>
       </c>
       <c r="C516" s="3">
-        <v>67.23</v>
+        <v>140.3</v>
       </c>
       <c r="D516" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E516" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F516" s="3">
-        <v>200</v>
+        <v>275</v>
       </c>
       <c r="G516" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H516" s="3">
-        <v>1</v>
+        <v>250</v>
       </c>
       <c r="I516" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="517" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A517" s="3" t="s">
-        <v>1019</v>
+        <v>1027</v>
       </c>
       <c r="B517" s="3" t="s">
-        <v>1020</v>
+        <v>1028</v>
       </c>
       <c r="C517" s="3">
-        <v>45.98</v>
+        <v>415.7</v>
       </c>
       <c r="D517" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E517" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F517" s="3">
+        <v>110</v>
+      </c>
+      <c r="G517" s="3">
+        <v>10</v>
+      </c>
+      <c r="H517" s="3">
+        <v>120</v>
+      </c>
+      <c r="I517" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="518" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A518" s="3" t="s">
-        <v>1021</v>
+        <v>1029</v>
       </c>
       <c r="B518" s="3" t="s">
-        <v>1022</v>
+        <v>1030</v>
       </c>
       <c r="C518" s="3">
-        <v>130.85</v>
+        <v>624.42</v>
       </c>
       <c r="D518" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E518" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F518" s="3">
-        <v>200</v>
+        <v>740</v>
       </c>
       <c r="G518" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="H518" s="3">
-        <v>450</v>
+        <v>90</v>
       </c>
       <c r="I518" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="519" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A519" s="3" t="s">
-        <v>1023</v>
+        <v>1031</v>
       </c>
       <c r="B519" s="3" t="s">
-        <v>1024</v>
+        <v>1032</v>
       </c>
       <c r="C519" s="3">
-        <v>100.45</v>
+        <v>1227.19</v>
       </c>
       <c r="D519" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E519" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F519" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="G519" s="3">
+        <v>5</v>
+      </c>
+      <c r="H519" s="3">
         <v>50</v>
       </c>
-      <c r="H519" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I519" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="520" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A520" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I520" s="2"/>
+      <c r="A520" s="3" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B520" s="3" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C520" s="3">
+        <v>48.06</v>
+      </c>
+      <c r="D520" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E520" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F520" s="3">
+        <v>1400</v>
+      </c>
+      <c r="G520" s="3">
+        <v>100</v>
+      </c>
+      <c r="H520" s="3">
+        <v>1300</v>
+      </c>
+      <c r="I520" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="521" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A521" s="3" t="s">
-        <v>1026</v>
+        <v>1035</v>
       </c>
       <c r="B521" s="3" t="s">
-        <v>1027</v>
+        <v>1036</v>
       </c>
       <c r="C521" s="3">
-        <v>14.09</v>
+        <v>144.44</v>
       </c>
       <c r="D521" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E521" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F521" s="3">
-        <v>22500</v>
+        <v>1650</v>
       </c>
       <c r="G521" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H521" s="3">
-        <v>20000</v>
+        <v>100</v>
       </c>
       <c r="I521" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="522" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A522" s="3" t="s">
-        <v>1028</v>
+        <v>1037</v>
       </c>
       <c r="B522" s="3" t="s">
-        <v>1029</v>
+        <v>1038</v>
       </c>
       <c r="C522" s="3">
-        <v>120.67</v>
+        <v>168.13</v>
       </c>
       <c r="D522" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E522" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F522" s="3">
-        <v>209</v>
+        <v>4975</v>
       </c>
       <c r="G522" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H522" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I522" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="523" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A523" s="3" t="s">
-        <v>1030</v>
+        <v>1039</v>
       </c>
       <c r="B523" s="3" t="s">
-        <v>1031</v>
+        <v>1040</v>
       </c>
       <c r="C523" s="3">
-        <v>8.77</v>
+        <v>21.48</v>
       </c>
       <c r="D523" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E523" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F523" s="3">
-        <v>45700</v>
+        <v>4000</v>
       </c>
       <c r="G523" s="3">
         <v>100</v>
       </c>
       <c r="H523" s="3">
-        <v>10000</v>
+        <v>3500</v>
       </c>
       <c r="I523" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="524" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A524" s="3" t="s">
-        <v>1032</v>
+        <v>1041</v>
       </c>
       <c r="B524" s="3" t="s">
-        <v>1033</v>
+        <v>1042</v>
       </c>
       <c r="C524" s="3">
-        <v>7.63</v>
+        <v>133.61</v>
       </c>
       <c r="D524" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E524" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F524" s="3">
-        <v>111900</v>
+        <v>1000</v>
       </c>
       <c r="G524" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H524" s="3">
-        <v>20000</v>
+        <v>500</v>
       </c>
       <c r="I524" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="525" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A525" s="3" t="s">
-        <v>1034</v>
+        <v>1043</v>
       </c>
       <c r="B525" s="3" t="s">
-        <v>1035</v>
+        <v>1044</v>
       </c>
       <c r="C525" s="3">
-        <v>13.26</v>
+        <v>290.66</v>
       </c>
       <c r="D525" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E525" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F525" s="3">
-        <v>1500</v>
+        <v>300</v>
       </c>
       <c r="G525" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H525" s="3">
-        <v>20000</v>
+        <v>200</v>
       </c>
       <c r="I525" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="526" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A526" s="3" t="s">
-        <v>1036</v>
+        <v>1045</v>
       </c>
       <c r="B526" s="3" t="s">
-        <v>1037</v>
+        <v>1046</v>
       </c>
       <c r="C526" s="3">
-        <v>25.27</v>
+        <v>52.71</v>
       </c>
       <c r="D526" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E526" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F526" s="3">
-        <v>10800</v>
+        <v>80</v>
       </c>
       <c r="G526" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H526" s="3">
-        <v>4000</v>
+        <v>500</v>
       </c>
       <c r="I526" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="527" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A527" s="3" t="s">
-        <v>1038</v>
+        <v>1047</v>
       </c>
       <c r="B527" s="3" t="s">
-        <v>1039</v>
+        <v>1048</v>
       </c>
       <c r="C527" s="3">
-        <v>45.44</v>
+        <v>19.26</v>
       </c>
       <c r="D527" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E527" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F527" s="3">
-        <v>1500</v>
+        <v>1300</v>
       </c>
       <c r="G527" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H527" s="3">
-        <v>1600</v>
+        <v>1000</v>
       </c>
       <c r="I527" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="528" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A528" s="3" t="s">
-        <v>1040</v>
+        <v>1049</v>
       </c>
       <c r="B528" s="3" t="s">
-        <v>1041</v>
+        <v>1050</v>
       </c>
       <c r="C528" s="3">
-        <v>27.23</v>
+        <v>53.95</v>
       </c>
       <c r="D528" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E528" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F528" s="3">
-        <v>0</v>
+        <v>125</v>
       </c>
       <c r="G528" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H528" s="3">
-        <v>800</v>
+        <v>500</v>
       </c>
       <c r="I528" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="529" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A529" s="3" t="s">
-        <v>1042</v>
+        <v>1051</v>
       </c>
       <c r="B529" s="3" t="s">
-        <v>1043</v>
+        <v>1052</v>
       </c>
       <c r="C529" s="3">
-        <v>70.34</v>
+        <v>61</v>
       </c>
       <c r="D529" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E529" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F529" s="3">
-        <v>0</v>
+        <v>185</v>
       </c>
       <c r="G529" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="H529" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I529" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="530" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A530" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I530" s="2"/>
+      <c r="A530" s="3" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B530" s="3" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C530" s="3">
+        <v>55.21</v>
+      </c>
+      <c r="D530" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E530" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F530" s="3">
+        <v>4100</v>
+      </c>
+      <c r="G530" s="3">
+        <v>100</v>
+      </c>
+      <c r="H530" s="3">
+        <v>800</v>
+      </c>
+      <c r="I530" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="531" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A531" s="3" t="s">
-        <v>1045</v>
+        <v>1055</v>
       </c>
       <c r="B531" s="3" t="s">
-        <v>1046</v>
+        <v>1056</v>
       </c>
       <c r="C531" s="3">
-        <v>613.65</v>
+        <v>68.68</v>
       </c>
       <c r="D531" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E531" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F531" s="3">
-        <v>30</v>
+        <v>6900</v>
       </c>
       <c r="G531" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H531" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I531" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="532" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A532" s="3" t="s">
-        <v>1047</v>
+        <v>1057</v>
       </c>
       <c r="B532" s="3" t="s">
-        <v>1048</v>
+        <v>1058</v>
       </c>
       <c r="C532" s="3">
-        <v>43.52</v>
+        <v>110.92</v>
       </c>
       <c r="D532" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E532" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F532" s="3">
-        <v>3315</v>
+        <v>0</v>
       </c>
       <c r="G532" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H532" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I532" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="533" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A533" s="3" t="s">
-        <v>1049</v>
+        <v>1059</v>
       </c>
       <c r="B533" s="3" t="s">
-        <v>1050</v>
+        <v>1060</v>
       </c>
       <c r="C533" s="3">
-        <v>978.88</v>
+        <v>110.92</v>
       </c>
       <c r="D533" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E533" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F533" s="3">
-        <v>0</v>
+        <v>2200</v>
       </c>
       <c r="G533" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H533" s="3">
-        <v>5</v>
+        <v>400</v>
       </c>
       <c r="I533" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="534" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A534" s="3" t="s">
-        <v>1051</v>
+        <v>1061</v>
       </c>
       <c r="B534" s="3" t="s">
-        <v>1052</v>
+        <v>1062</v>
       </c>
       <c r="C534" s="3">
-        <v>492.62</v>
+        <v>144.44</v>
       </c>
       <c r="D534" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E534" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F534" s="3">
-        <v>0</v>
+        <v>600</v>
       </c>
       <c r="G534" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H534" s="3">
-        <v>10</v>
+        <v>400</v>
       </c>
       <c r="I534" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="535" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A535" s="3" t="s">
-        <v>1053</v>
+        <v>1063</v>
       </c>
       <c r="B535" s="3" t="s">
-        <v>1054</v>
+        <v>1064</v>
       </c>
       <c r="C535" s="3">
-        <v>69.73</v>
+        <v>55.21</v>
       </c>
       <c r="D535" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E535" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F535" s="3">
-        <v>0</v>
+        <v>1100</v>
       </c>
       <c r="G535" s="3">
         <v>100</v>
       </c>
       <c r="H535" s="3">
-        <v>800</v>
+        <v>1100</v>
       </c>
       <c r="I535" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="536" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A536" s="3" t="s">
-        <v>1055</v>
+        <v>1065</v>
       </c>
       <c r="B536" s="3" t="s">
-        <v>1056</v>
+        <v>1066</v>
       </c>
       <c r="C536" s="3">
-        <v>355.63</v>
+        <v>86.16</v>
       </c>
       <c r="D536" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E536" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F536" s="3">
-        <v>0</v>
+        <v>1000</v>
       </c>
       <c r="G536" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H536" s="3">
-        <v>10</v>
+        <v>700</v>
       </c>
       <c r="I536" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="537" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A537" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A537" s="2" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B537" s="2"/>
+      <c r="C537" s="2"/>
+      <c r="D537" s="2"/>
+      <c r="E537" s="2"/>
+      <c r="F537" s="2"/>
+      <c r="G537" s="2"/>
+      <c r="H537" s="2"/>
+      <c r="I537" s="2"/>
     </row>
     <row r="538" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A538" s="3" t="s">
-        <v>1059</v>
+        <v>1068</v>
       </c>
       <c r="B538" s="3" t="s">
-        <v>1060</v>
+        <v>1069</v>
       </c>
       <c r="C538" s="3">
-        <v>19.86</v>
+        <v>32.82</v>
       </c>
       <c r="D538" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E538" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F538" s="3">
-        <v>820</v>
+        <v>0</v>
       </c>
       <c r="G538" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H538" s="3">
         <v>1000</v>
       </c>
       <c r="I538" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="539" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A539" s="3" t="s">
-        <v>1061</v>
+        <v>1070</v>
       </c>
       <c r="B539" s="3" t="s">
-        <v>1062</v>
+        <v>1071</v>
       </c>
       <c r="C539" s="3">
-        <v>21.65</v>
+        <v>50.81</v>
       </c>
       <c r="D539" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E539" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F539" s="3">
-        <v>3690</v>
+        <v>1100</v>
       </c>
       <c r="G539" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H539" s="3">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="I539" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="540" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A540" s="3" t="s">
-        <v>1063</v>
+        <v>1072</v>
       </c>
       <c r="B540" s="3" t="s">
-        <v>1064</v>
+        <v>1073</v>
       </c>
       <c r="C540" s="3">
-        <v>95.06</v>
+        <v>28.01</v>
       </c>
       <c r="D540" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E540" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F540" s="3">
-        <v>1400</v>
+        <v>5900</v>
       </c>
       <c r="G540" s="3">
         <v>50</v>
       </c>
       <c r="H540" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I540" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="541" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A541" s="3" t="s">
-        <v>1065</v>
+        <v>1074</v>
       </c>
       <c r="B541" s="3" t="s">
-        <v>1066</v>
+        <v>1075</v>
       </c>
       <c r="C541" s="3">
-        <v>40.73</v>
+        <v>62.15</v>
       </c>
       <c r="D541" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E541" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F541" s="3">
         <v>0</v>
       </c>
       <c r="G541" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H541" s="3">
-        <v>1300</v>
+        <v>1</v>
       </c>
       <c r="I541" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="542" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A542" s="3" t="s">
-        <v>1067</v>
+        <v>1076</v>
       </c>
       <c r="B542" s="3" t="s">
-        <v>1068</v>
+        <v>1077</v>
       </c>
       <c r="C542" s="3">
-        <v>18.6</v>
+        <v>145.64</v>
       </c>
       <c r="D542" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E542" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F542" s="3">
-        <v>9000</v>
+        <v>4870</v>
       </c>
       <c r="G542" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H542" s="3">
-        <v>3000</v>
+        <v>170</v>
       </c>
       <c r="I542" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="543" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A543" s="3" t="s">
-        <v>1069</v>
+        <v>1078</v>
       </c>
       <c r="B543" s="3" t="s">
-        <v>1070</v>
+        <v>1079</v>
       </c>
       <c r="C543" s="3">
-        <v>15.39</v>
+        <v>37.52</v>
       </c>
       <c r="D543" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E543" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F543" s="3">
-        <v>3200</v>
+        <v>1550</v>
       </c>
       <c r="G543" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H543" s="3">
-        <v>4000</v>
+        <v>1</v>
       </c>
       <c r="I543" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="544" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A544" s="3" t="s">
-        <v>1071</v>
+        <v>1080</v>
       </c>
       <c r="B544" s="3" t="s">
-        <v>1072</v>
+        <v>1081</v>
       </c>
       <c r="C544" s="3">
-        <v>12.44</v>
+        <v>65.74</v>
       </c>
       <c r="D544" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E544" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F544" s="3">
-        <v>3400</v>
+        <v>0</v>
       </c>
       <c r="G544" s="3">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="H544" s="3">
-        <v>5000</v>
+        <v>600</v>
       </c>
       <c r="I544" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="545" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A545" s="3" t="s">
-        <v>1073</v>
+        <v>1082</v>
       </c>
       <c r="B545" s="3" t="s">
-        <v>1074</v>
+        <v>1083</v>
       </c>
       <c r="C545" s="3">
-        <v>36.08</v>
+        <v>23.43</v>
       </c>
       <c r="D545" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E545" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F545" s="3">
-        <v>0</v>
+        <v>3000</v>
       </c>
       <c r="G545" s="3">
         <v>100</v>
       </c>
       <c r="H545" s="3">
-        <v>1500</v>
+        <v>600</v>
       </c>
       <c r="I545" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="546" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A546" s="3" t="s">
-        <v>1075</v>
+        <v>1084</v>
       </c>
       <c r="B546" s="3" t="s">
-        <v>1076</v>
+        <v>1085</v>
       </c>
       <c r="C546" s="3">
-        <v>37.22</v>
+        <v>29.73</v>
       </c>
       <c r="D546" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E546" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F546" s="3">
-        <v>3430</v>
+        <v>7900</v>
       </c>
       <c r="G546" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H546" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I546" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="547" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A547" s="3" t="s">
-        <v>1077</v>
+        <v>1086</v>
       </c>
       <c r="B547" s="3" t="s">
-        <v>1078</v>
+        <v>1087</v>
       </c>
       <c r="C547" s="3">
-        <v>76.18</v>
+        <v>70.83</v>
       </c>
       <c r="D547" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E547" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F547" s="3">
-        <v>0</v>
+        <v>4950</v>
       </c>
       <c r="G547" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="H547" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="I547" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="548" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A548" s="3" t="s">
-        <v>1079</v>
+        <v>1088</v>
       </c>
       <c r="B548" s="3" t="s">
-        <v>1080</v>
+        <v>1089</v>
       </c>
       <c r="C548" s="3">
-        <v>99.81</v>
+        <v>81.07</v>
       </c>
       <c r="D548" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E548" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F548" s="3">
-        <v>340</v>
+        <v>0</v>
       </c>
       <c r="G548" s="3">
-        <v>5</v>
+        <v>30</v>
       </c>
       <c r="H548" s="3">
-        <v>250</v>
+        <v>600</v>
       </c>
       <c r="I548" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="549" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A549" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I549" s="2"/>
+      <c r="A549" s="3" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B549" s="3" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C549" s="3">
+        <v>178.08</v>
+      </c>
+      <c r="D549" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E549" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F549" s="3">
+        <v>5000</v>
+      </c>
+      <c r="G549" s="3">
+        <v>10</v>
+      </c>
+      <c r="H549" s="3">
+        <v>110</v>
+      </c>
+      <c r="I549" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="550" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A550" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A550" s="2" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B550" s="2"/>
+      <c r="C550" s="2"/>
+      <c r="D550" s="2"/>
+      <c r="E550" s="2"/>
+      <c r="F550" s="2"/>
+      <c r="G550" s="2"/>
+      <c r="H550" s="2"/>
+      <c r="I550" s="2"/>
     </row>
     <row r="551" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A551" s="3" t="s">
-        <v>1084</v>
+        <v>1093</v>
       </c>
       <c r="B551" s="3" t="s">
-        <v>1085</v>
+        <v>1094</v>
       </c>
       <c r="C551" s="3">
-        <v>312.14</v>
+        <v>102.16</v>
       </c>
       <c r="D551" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E551" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F551" s="3">
         <v>0</v>
       </c>
       <c r="G551" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H551" s="3">
-        <v>500</v>
+        <v>450</v>
       </c>
       <c r="I551" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="552" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A552" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I552" s="2"/>
+      <c r="A552" s="3" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B552" s="3" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C552" s="3">
+        <v>133.07</v>
+      </c>
+      <c r="D552" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E552" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F552" s="3">
+        <v>75</v>
+      </c>
+      <c r="G552" s="3">
+        <v>25</v>
+      </c>
+      <c r="H552" s="3">
+        <v>450</v>
+      </c>
+      <c r="I552" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="553" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A553" s="3" t="s">
-        <v>1087</v>
+        <v>1097</v>
       </c>
       <c r="B553" s="3" t="s">
-        <v>1088</v>
+        <v>1098</v>
       </c>
       <c r="C553" s="3">
-        <v>113.8</v>
+        <v>42.09</v>
       </c>
       <c r="D553" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E553" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F553" s="3">
-        <v>1170</v>
+        <v>0</v>
       </c>
       <c r="G553" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H553" s="3">
-        <v>250</v>
+        <v>1</v>
       </c>
       <c r="I553" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="554" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A554" s="3" t="s">
-        <v>1089</v>
+        <v>1099</v>
       </c>
       <c r="B554" s="3" t="s">
-        <v>1090</v>
+        <v>1100</v>
       </c>
       <c r="C554" s="3">
-        <v>17.08</v>
+        <v>68.37</v>
       </c>
       <c r="D554" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E554" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F554" s="3">
-        <v>1800</v>
+        <v>100</v>
       </c>
       <c r="G554" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H554" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I554" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="555" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A555" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A555" s="2" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B555" s="2"/>
+      <c r="C555" s="2"/>
+      <c r="D555" s="2"/>
+      <c r="E555" s="2"/>
+      <c r="F555" s="2"/>
+      <c r="G555" s="2"/>
+      <c r="H555" s="2"/>
+      <c r="I555" s="2"/>
     </row>
     <row r="556" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A556" s="3" t="s">
-        <v>1093</v>
+        <v>1102</v>
       </c>
       <c r="B556" s="3" t="s">
-        <v>1094</v>
+        <v>1103</v>
       </c>
       <c r="C556" s="3">
-        <v>106.41</v>
+        <v>44</v>
       </c>
       <c r="D556" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E556" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F556" s="3">
-        <v>895</v>
+        <v>0</v>
       </c>
       <c r="G556" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H556" s="3">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="I556" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="557" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A557" s="3" t="s">
-        <v>1095</v>
+        <v>1104</v>
       </c>
       <c r="B557" s="3" t="s">
-        <v>1096</v>
+        <v>1105</v>
       </c>
       <c r="C557" s="3">
-        <v>44.98</v>
+        <v>37.07</v>
       </c>
       <c r="D557" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E557" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F557" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G557" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H557" s="3">
-        <v>1300</v>
+        <v>1800</v>
       </c>
       <c r="I557" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="558" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A558" s="3" t="s">
-        <v>1097</v>
+        <v>1106</v>
       </c>
       <c r="B558" s="3" t="s">
-        <v>1098</v>
+        <v>1107</v>
       </c>
       <c r="C558" s="3">
-        <v>18.47</v>
+        <v>43.92</v>
       </c>
       <c r="D558" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E558" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F558" s="3">
-        <v>2410</v>
+        <v>0</v>
       </c>
       <c r="G558" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H558" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I558" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="559" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A559" s="3" t="s">
-        <v>1099</v>
+        <v>1108</v>
       </c>
       <c r="B559" s="3" t="s">
-        <v>1100</v>
+        <v>1109</v>
       </c>
       <c r="C559" s="3">
-        <v>19.37</v>
+        <v>174.99</v>
       </c>
       <c r="D559" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E559" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F559" s="3">
         <v>0</v>
       </c>
       <c r="G559" s="3">
         <v>10</v>
       </c>
       <c r="H559" s="3">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="I559" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="560" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A560" s="3" t="s">
-        <v>1101</v>
+        <v>1110</v>
       </c>
       <c r="B560" s="3" t="s">
-        <v>1102</v>
+        <v>1111</v>
       </c>
       <c r="C560" s="3">
-        <v>149.78</v>
+        <v>19.5</v>
       </c>
       <c r="D560" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E560" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F560" s="3">
-        <v>0</v>
+        <v>3300</v>
       </c>
       <c r="G560" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H560" s="3">
-        <v>250</v>
+        <v>3500</v>
       </c>
       <c r="I560" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="561" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A561" s="3" t="s">
-        <v>1103</v>
+        <v>1112</v>
       </c>
       <c r="B561" s="3" t="s">
-        <v>1104</v>
+        <v>1113</v>
       </c>
       <c r="C561" s="3">
-        <v>54</v>
+        <v>36.4</v>
       </c>
       <c r="D561" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E561" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F561" s="3">
         <v>0</v>
       </c>
       <c r="G561" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H561" s="3">
-        <v>1100</v>
+        <v>1800</v>
       </c>
       <c r="I561" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="562" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A562" s="3" t="s">
-        <v>1105</v>
+        <v>1114</v>
       </c>
       <c r="B562" s="3" t="s">
-        <v>1106</v>
+        <v>1115</v>
       </c>
       <c r="C562" s="3">
-        <v>13.52</v>
+        <v>69.32</v>
       </c>
       <c r="D562" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E562" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F562" s="3">
-        <v>1500</v>
+        <v>0</v>
       </c>
       <c r="G562" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H562" s="3">
-        <v>100</v>
+        <v>1200</v>
       </c>
       <c r="I562" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="563" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A563" s="3" t="s">
-        <v>1107</v>
+        <v>1116</v>
       </c>
       <c r="B563" s="3" t="s">
-        <v>1108</v>
+        <v>1117</v>
       </c>
       <c r="C563" s="3">
-        <v>17.55</v>
+        <v>119.46</v>
       </c>
       <c r="D563" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E563" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F563" s="3">
-        <v>0</v>
+        <v>1725</v>
       </c>
       <c r="G563" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H563" s="3">
-        <v>3500</v>
+        <v>1000</v>
       </c>
       <c r="I563" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="564" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A564" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A564" s="2" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B564" s="2"/>
+      <c r="C564" s="2"/>
+      <c r="D564" s="2"/>
+      <c r="E564" s="2"/>
+      <c r="F564" s="2"/>
+      <c r="G564" s="2"/>
+      <c r="H564" s="2"/>
+      <c r="I564" s="2"/>
     </row>
     <row r="565" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A565" s="3" t="s">
-        <v>1111</v>
+        <v>1119</v>
       </c>
       <c r="B565" s="3" t="s">
-        <v>1112</v>
+        <v>1120</v>
       </c>
       <c r="C565" s="3">
-        <v>218.43</v>
+        <v>107.44</v>
       </c>
       <c r="D565" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E565" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F565" s="3">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="G565" s="3">
-        <v>2</v>
+        <v>50</v>
       </c>
       <c r="H565" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I565" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="566" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A566" s="3" t="s">
-        <v>1113</v>
+        <v>1121</v>
       </c>
       <c r="B566" s="3" t="s">
-        <v>1114</v>
+        <v>1122</v>
       </c>
       <c r="C566" s="3">
-        <v>15.02</v>
+        <v>47.44</v>
       </c>
       <c r="D566" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E566" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F566" s="3">
         <v>0</v>
       </c>
       <c r="G566" s="3">
         <v>100</v>
       </c>
       <c r="H566" s="3">
-        <v>100</v>
+        <v>1500</v>
       </c>
       <c r="I566" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="567" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A567" s="3" t="s">
-        <v>1115</v>
+        <v>1123</v>
       </c>
       <c r="B567" s="3" t="s">
-        <v>1116</v>
+        <v>1124</v>
       </c>
       <c r="C567" s="3">
-        <v>158.9</v>
+        <v>14.89</v>
       </c>
       <c r="D567" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E567" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F567" s="3">
-        <v>1025</v>
+        <v>27200</v>
       </c>
       <c r="G567" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H567" s="3">
-        <v>350</v>
+        <v>5000</v>
       </c>
       <c r="I567" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="568" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A568" s="3" t="s">
-        <v>1117</v>
+        <v>1125</v>
       </c>
       <c r="B568" s="3" t="s">
-        <v>1118</v>
+        <v>1126</v>
       </c>
       <c r="C568" s="3">
-        <v>47.23</v>
+        <v>129.04</v>
       </c>
       <c r="D568" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E568" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F568" s="3">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="G568" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H568" s="3">
-        <v>1300</v>
+        <v>500</v>
       </c>
       <c r="I568" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="569" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A569" s="3" t="s">
-        <v>1119</v>
+        <v>1127</v>
       </c>
       <c r="B569" s="3" t="s">
-        <v>1120</v>
+        <v>1128</v>
       </c>
       <c r="C569" s="3">
-        <v>62.37</v>
+        <v>43.66</v>
       </c>
       <c r="D569" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E569" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F569" s="3">
         <v>0</v>
       </c>
       <c r="G569" s="3">
         <v>100</v>
       </c>
       <c r="H569" s="3">
-        <v>100</v>
+        <v>1300</v>
       </c>
       <c r="I569" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="570" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A570" s="3" t="s">
-        <v>1121</v>
+        <v>1129</v>
       </c>
       <c r="B570" s="3" t="s">
-        <v>1122</v>
+        <v>1130</v>
       </c>
       <c r="C570" s="3">
-        <v>12.55</v>
+        <v>50.99</v>
       </c>
       <c r="D570" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E570" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F570" s="3">
         <v>0</v>
       </c>
       <c r="G570" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H570" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I570" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="571" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A571" s="3" t="s">
-        <v>1123</v>
+        <v>1131</v>
       </c>
       <c r="B571" s="3" t="s">
-        <v>1124</v>
+        <v>1132</v>
       </c>
       <c r="C571" s="3">
-        <v>79.33</v>
+        <v>133.3</v>
       </c>
       <c r="D571" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E571" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F571" s="3">
-        <v>500</v>
+        <v>345</v>
       </c>
       <c r="G571" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H571" s="3">
-        <v>700</v>
+        <v>100</v>
       </c>
       <c r="I571" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="572" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A572" s="3" t="s">
-        <v>1125</v>
+        <v>1133</v>
       </c>
       <c r="B572" s="3" t="s">
-        <v>1126</v>
+        <v>1134</v>
       </c>
       <c r="C572" s="3">
-        <v>66.51</v>
+        <v>23.78</v>
       </c>
       <c r="D572" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E572" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F572" s="3">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="G572" s="3">
         <v>100</v>
       </c>
       <c r="H572" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I572" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="573" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A573" s="3" t="s">
-        <v>1127</v>
+        <v>1135</v>
       </c>
       <c r="B573" s="3" t="s">
-        <v>1128</v>
+        <v>1136</v>
       </c>
       <c r="C573" s="3">
-        <v>34.05</v>
+        <v>73.39</v>
       </c>
       <c r="D573" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E573" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F573" s="3">
         <v>500</v>
       </c>
       <c r="G573" s="3">
         <v>100</v>
       </c>
       <c r="H573" s="3">
-        <v>100</v>
+        <v>800</v>
       </c>
       <c r="I573" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="574" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A574" s="3" t="s">
-        <v>1129</v>
+        <v>1137</v>
       </c>
       <c r="B574" s="3" t="s">
-        <v>1130</v>
+        <v>1138</v>
       </c>
       <c r="C574" s="3">
-        <v>61.24</v>
+        <v>104.03</v>
       </c>
       <c r="D574" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E574" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F574" s="3">
         <v>0</v>
       </c>
       <c r="G574" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H574" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I574" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="575" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A575" s="3" t="s">
-        <v>1131</v>
+        <v>1139</v>
       </c>
       <c r="B575" s="3" t="s">
-        <v>1132</v>
+        <v>1140</v>
       </c>
       <c r="C575" s="3">
-        <v>138.79</v>
+        <v>25.93</v>
       </c>
       <c r="D575" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E575" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F575" s="3">
         <v>0</v>
       </c>
       <c r="G575" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H575" s="3">
-        <v>400</v>
+        <v>1000</v>
       </c>
       <c r="I575" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="576" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A576" s="3" t="s">
-        <v>1133</v>
+        <v>1141</v>
       </c>
       <c r="B576" s="3" t="s">
-        <v>1134</v>
+        <v>1142</v>
       </c>
       <c r="C576" s="3">
-        <v>437.13</v>
+        <v>24.98</v>
       </c>
       <c r="D576" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E576" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F576" s="3">
         <v>0</v>
       </c>
       <c r="G576" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="H576" s="3">
-        <v>120</v>
+        <v>1000</v>
       </c>
       <c r="I576" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="577" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A577" s="3" t="s">
-        <v>1135</v>
+        <v>1143</v>
       </c>
       <c r="B577" s="3" t="s">
-        <v>1136</v>
+        <v>1144</v>
       </c>
       <c r="C577" s="3">
-        <v>49.59</v>
+        <v>146.36</v>
       </c>
       <c r="D577" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E577" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F577" s="3">
-        <v>585</v>
+        <v>0</v>
       </c>
       <c r="G577" s="3">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="H577" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I577" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="578" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A578" s="3" t="s">
-        <v>1137</v>
+        <v>1145</v>
       </c>
       <c r="B578" s="3" t="s">
-        <v>1138</v>
+        <v>1146</v>
       </c>
       <c r="C578" s="3">
-        <v>625.04</v>
+        <v>53.38</v>
       </c>
       <c r="D578" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E578" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F578" s="3">
         <v>0</v>
       </c>
       <c r="G578" s="3">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="H578" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I578" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="579" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A579" s="3" t="s">
-        <v>1139</v>
+        <v>1147</v>
       </c>
       <c r="B579" s="3" t="s">
-        <v>1140</v>
+        <v>1148</v>
       </c>
       <c r="C579" s="3">
-        <v>142.65</v>
+        <v>92.48</v>
       </c>
       <c r="D579" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E579" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F579" s="3">
-        <v>159</v>
+        <v>0</v>
       </c>
       <c r="G579" s="3">
         <v>5</v>
       </c>
       <c r="H579" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I579" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="580" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A580" s="3" t="s">
-        <v>1141</v>
+        <v>1149</v>
       </c>
       <c r="B580" s="3" t="s">
-        <v>1142</v>
+        <v>1150</v>
       </c>
       <c r="C580" s="3">
-        <v>742.51</v>
+        <v>114.72</v>
       </c>
       <c r="D580" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E580" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F580" s="3">
-        <v>210</v>
+        <v>0</v>
       </c>
       <c r="G580" s="3">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="H580" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I580" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="581" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A581" s="3" t="s">
-        <v>1143</v>
+        <v>1151</v>
       </c>
       <c r="B581" s="3" t="s">
-        <v>1144</v>
+        <v>1152</v>
       </c>
       <c r="C581" s="3">
-        <v>55.91</v>
+        <v>20.48</v>
       </c>
       <c r="D581" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E581" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F581" s="3">
-        <v>2460</v>
+        <v>0</v>
       </c>
       <c r="G581" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H581" s="3">
-        <v>500</v>
+        <v>4000</v>
       </c>
       <c r="I581" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="582" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A582" s="3" t="s">
-        <v>1145</v>
+        <v>1153</v>
       </c>
       <c r="B582" s="3" t="s">
-        <v>1146</v>
+        <v>1154</v>
       </c>
       <c r="C582" s="3">
-        <v>86.61</v>
+        <v>19.15</v>
       </c>
       <c r="D582" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E582" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F582" s="3">
-        <v>1785</v>
+        <v>7080</v>
       </c>
       <c r="G582" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H582" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I582" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="583" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A583" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A583" s="2" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B583" s="2"/>
+      <c r="C583" s="2"/>
+      <c r="D583" s="2"/>
+      <c r="E583" s="2"/>
+      <c r="F583" s="2"/>
+      <c r="G583" s="2"/>
+      <c r="H583" s="2"/>
+      <c r="I583" s="2"/>
     </row>
     <row r="584" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A584" s="3" t="s">
-        <v>1149</v>
+        <v>1156</v>
       </c>
       <c r="B584" s="3" t="s">
-        <v>1150</v>
+        <v>1157</v>
       </c>
       <c r="C584" s="3">
-        <v>69.83</v>
+        <v>7.76</v>
       </c>
       <c r="D584" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E584" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F584" s="3">
-        <v>730</v>
+        <v>74000</v>
       </c>
       <c r="G584" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H584" s="3">
-        <v>1000</v>
+        <v>20000</v>
       </c>
       <c r="I584" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="585" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A585" s="3" t="s">
-        <v>1151</v>
+        <v>1158</v>
       </c>
       <c r="B585" s="3" t="s">
-        <v>1152</v>
+        <v>1159</v>
       </c>
       <c r="C585" s="3">
-        <v>13.89</v>
+        <v>8.92</v>
       </c>
       <c r="D585" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E585" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F585" s="3">
-        <v>800</v>
+        <v>48100</v>
       </c>
       <c r="G585" s="3">
         <v>100</v>
       </c>
       <c r="H585" s="3">
-        <v>100</v>
+        <v>10000</v>
       </c>
       <c r="I585" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="586" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A586" s="3" t="s">
-        <v>1153</v>
+        <v>1160</v>
       </c>
       <c r="B586" s="3" t="s">
-        <v>1154</v>
+        <v>1161</v>
       </c>
       <c r="C586" s="3">
-        <v>14.94</v>
+        <v>25.7</v>
       </c>
       <c r="D586" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E586" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F586" s="3">
-        <v>0</v>
+        <v>9450</v>
       </c>
       <c r="G586" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H586" s="3">
-        <v>100</v>
+        <v>4000</v>
       </c>
       <c r="I586" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="587" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A587" s="3" t="s">
-        <v>1155</v>
+        <v>1162</v>
       </c>
       <c r="B587" s="3" t="s">
-        <v>1156</v>
+        <v>1163</v>
       </c>
       <c r="C587" s="3">
-        <v>17.67</v>
+        <v>46.21</v>
       </c>
       <c r="D587" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E587" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F587" s="3">
-        <v>1800</v>
+        <v>900</v>
       </c>
       <c r="G587" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H587" s="3">
-        <v>100</v>
+        <v>1600</v>
       </c>
       <c r="I587" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="588" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A588" s="3" t="s">
-        <v>1157</v>
+        <v>1164</v>
       </c>
       <c r="B588" s="3" t="s">
-        <v>1158</v>
+        <v>1165</v>
       </c>
       <c r="C588" s="3">
-        <v>17.21</v>
+        <v>71.54</v>
       </c>
       <c r="D588" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E588" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F588" s="3">
         <v>0</v>
       </c>
       <c r="G588" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H588" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I588" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="589" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A589" s="3" t="s">
-        <v>1159</v>
+        <v>1166</v>
       </c>
       <c r="B589" s="3" t="s">
-        <v>1160</v>
+        <v>1167</v>
       </c>
       <c r="C589" s="3">
-        <v>18.51</v>
+        <v>122.72</v>
       </c>
       <c r="D589" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E589" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F589" s="3">
-        <v>3</v>
+        <v>57</v>
       </c>
       <c r="G589" s="3">
+        <v>1</v>
+      </c>
+      <c r="H589" s="3">
         <v>10</v>
       </c>
-      <c r="H589" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I589" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="590" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A590" s="3" t="s">
-        <v>1161</v>
+        <v>1168</v>
       </c>
       <c r="B590" s="3" t="s">
-        <v>1162</v>
+        <v>1169</v>
       </c>
       <c r="C590" s="3">
-        <v>33.18</v>
+        <v>13.49</v>
       </c>
       <c r="D590" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E590" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F590" s="3">
         <v>0</v>
       </c>
       <c r="G590" s="3">
         <v>100</v>
       </c>
       <c r="H590" s="3">
-        <v>1</v>
+        <v>20000</v>
       </c>
       <c r="I590" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="591" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A591" s="3" t="s">
-        <v>1163</v>
+        <v>1170</v>
       </c>
       <c r="B591" s="3" t="s">
-        <v>1164</v>
+        <v>1171</v>
       </c>
       <c r="C591" s="3">
-        <v>43.04</v>
+        <v>14.33</v>
       </c>
       <c r="D591" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E591" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F591" s="3">
-        <v>0</v>
+        <v>15700</v>
       </c>
       <c r="G591" s="3">
         <v>100</v>
       </c>
       <c r="H591" s="3">
-        <v>100</v>
+        <v>20000</v>
       </c>
       <c r="I591" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="592" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A592" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A592" s="2" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B592" s="2"/>
+      <c r="C592" s="2"/>
+      <c r="D592" s="2"/>
+      <c r="E592" s="2"/>
+      <c r="F592" s="2"/>
+      <c r="G592" s="2"/>
+      <c r="H592" s="2"/>
+      <c r="I592" s="2"/>
     </row>
     <row r="593" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A593" s="3" t="s">
-        <v>1167</v>
+        <v>1173</v>
       </c>
       <c r="B593" s="3" t="s">
-        <v>1168</v>
+        <v>1174</v>
       </c>
       <c r="C593" s="3">
-        <v>61.23</v>
+        <v>717.69</v>
       </c>
       <c r="D593" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E593" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F593" s="3">
+        <v>210</v>
+      </c>
+      <c r="G593" s="3">
+        <v>10</v>
+      </c>
+      <c r="H593" s="3">
+        <v>10</v>
+      </c>
+      <c r="I593" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="594" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A594" s="3" t="s">
-        <v>1169</v>
+        <v>1175</v>
       </c>
       <c r="B594" s="3" t="s">
-        <v>1170</v>
+        <v>1176</v>
       </c>
       <c r="C594" s="3">
-        <v>80.63</v>
+        <v>106.58</v>
       </c>
       <c r="D594" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E594" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F594" s="3">
-        <v>0</v>
+        <v>495</v>
       </c>
       <c r="G594" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H594" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I594" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="595" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A595" s="3" t="s">
-        <v>1171</v>
+        <v>1177</v>
       </c>
       <c r="B595" s="3" t="s">
-        <v>1172</v>
+        <v>1178</v>
       </c>
       <c r="C595" s="3">
-        <v>78.87</v>
+        <v>36.69</v>
       </c>
       <c r="D595" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E595" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F595" s="3">
-        <v>0</v>
+        <v>6000</v>
       </c>
       <c r="G595" s="3">
         <v>100</v>
       </c>
       <c r="H595" s="3">
-        <v>800</v>
+        <v>1500</v>
       </c>
       <c r="I595" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="596" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A596" s="3" t="s">
-        <v>1173</v>
+        <v>1179</v>
       </c>
       <c r="B596" s="3" t="s">
-        <v>1174</v>
+        <v>1180</v>
       </c>
       <c r="C596" s="3">
-        <v>107.11</v>
+        <v>13.92</v>
       </c>
       <c r="D596" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E596" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F596" s="3">
-        <v>600</v>
+        <v>5600</v>
       </c>
       <c r="G596" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H596" s="3">
-        <v>50</v>
+        <v>5000</v>
       </c>
       <c r="I596" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="597" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A597" s="3" t="s">
-        <v>1175</v>
+        <v>1181</v>
       </c>
       <c r="B597" s="3" t="s">
-        <v>1176</v>
+        <v>1182</v>
       </c>
       <c r="C597" s="3">
-        <v>283.35</v>
+        <v>101.51</v>
       </c>
       <c r="D597" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E597" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F597" s="3">
+        <v>1900</v>
+      </c>
+      <c r="G597" s="3">
         <v>50</v>
       </c>
-      <c r="G597" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="H597" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I597" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="598" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A598" s="3" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="B598" s="3" t="s">
-        <v>1178</v>
+        <v>1184</v>
       </c>
       <c r="C598" s="3">
-        <v>18.4</v>
+        <v>81.35</v>
       </c>
       <c r="D598" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E598" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F598" s="3">
-        <v>840</v>
+        <v>1205</v>
       </c>
       <c r="G598" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H598" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I598" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="599" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A599" s="3" t="s">
-        <v>1179</v>
+        <v>1185</v>
       </c>
       <c r="B599" s="3" t="s">
-        <v>1180</v>
+        <v>1186</v>
       </c>
       <c r="C599" s="3">
-        <v>16.69</v>
+        <v>74.46</v>
       </c>
       <c r="D599" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E599" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F599" s="3">
-        <v>0</v>
+        <v>3200</v>
       </c>
       <c r="G599" s="3">
         <v>100</v>
       </c>
       <c r="H599" s="3">
-        <v>4000</v>
+        <v>800</v>
       </c>
       <c r="I599" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="600" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A600" s="3" t="s">
-        <v>1181</v>
+        <v>1187</v>
       </c>
       <c r="B600" s="3" t="s">
-        <v>1182</v>
+        <v>1188</v>
       </c>
       <c r="C600" s="3">
-        <v>45.4</v>
+        <v>43.49</v>
       </c>
       <c r="D600" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E600" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F600" s="3">
-        <v>0</v>
+        <v>9800</v>
       </c>
       <c r="G600" s="3">
         <v>100</v>
       </c>
       <c r="H600" s="3">
         <v>1300</v>
       </c>
       <c r="I600" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="601" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A601" s="3" t="s">
-        <v>1183</v>
+        <v>1189</v>
       </c>
       <c r="B601" s="3" t="s">
-        <v>1184</v>
+        <v>1190</v>
       </c>
       <c r="C601" s="3">
-        <v>66.08</v>
+        <v>19.25</v>
       </c>
       <c r="D601" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E601" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F601" s="3">
-        <v>0</v>
+        <v>12000</v>
       </c>
       <c r="G601" s="3">
         <v>100</v>
       </c>
       <c r="H601" s="3">
-        <v>700</v>
+        <v>4000</v>
       </c>
       <c r="I601" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="602" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A602" s="3" t="s">
-        <v>1185</v>
+        <v>1191</v>
       </c>
       <c r="B602" s="3" t="s">
-        <v>1186</v>
+        <v>1192</v>
       </c>
       <c r="C602" s="3">
-        <v>110.31</v>
+        <v>145.1</v>
       </c>
       <c r="D602" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E602" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F602" s="3">
+        <v>675</v>
+      </c>
+      <c r="G602" s="3">
+        <v>25</v>
+      </c>
+      <c r="H602" s="3">
+        <v>25</v>
+      </c>
+      <c r="I602" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="603" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A603" s="3" t="s">
-        <v>1187</v>
+        <v>1193</v>
       </c>
       <c r="B603" s="3" t="s">
-        <v>1188</v>
+        <v>1194</v>
       </c>
       <c r="C603" s="3">
-        <v>127.26</v>
+        <v>397.84</v>
       </c>
       <c r="D603" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E603" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F603" s="3">
+        <v>90</v>
+      </c>
+      <c r="G603" s="3">
+        <v>10</v>
+      </c>
+      <c r="H603" s="3">
+        <v>10</v>
+      </c>
+      <c r="I603" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="604" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A604" s="3" t="s">
-        <v>1189</v>
+        <v>1195</v>
       </c>
       <c r="B604" s="3" t="s">
-        <v>1190</v>
+        <v>1196</v>
       </c>
       <c r="C604" s="3">
-        <v>276.46</v>
+        <v>23.27</v>
       </c>
       <c r="D604" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E604" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F604" s="3">
-        <v>100</v>
+        <v>16000</v>
       </c>
       <c r="G604" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H604" s="3">
-        <v>200</v>
+        <v>3000</v>
       </c>
       <c r="I604" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="605" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A605" s="3" t="s">
-        <v>1191</v>
+        <v>1197</v>
       </c>
       <c r="B605" s="3" t="s">
-        <v>1192</v>
+        <v>1198</v>
       </c>
       <c r="C605" s="3">
-        <v>387.85</v>
+        <v>551.09</v>
       </c>
       <c r="D605" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E605" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F605" s="3">
+        <v>140</v>
+      </c>
+      <c r="G605" s="3">
+        <v>10</v>
+      </c>
+      <c r="H605" s="3">
+        <v>10</v>
+      </c>
+      <c r="I605" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="606" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A606" s="3" t="s">
-        <v>1193</v>
+        <v>1199</v>
       </c>
       <c r="B606" s="3" t="s">
-        <v>1194</v>
+        <v>1200</v>
       </c>
       <c r="C606" s="3">
-        <v>142.66</v>
+        <v>39.75</v>
       </c>
       <c r="D606" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E606" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F606" s="3">
-        <v>0</v>
+        <v>2995</v>
       </c>
       <c r="G606" s="3">
         <v>5</v>
       </c>
       <c r="H606" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I606" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="607" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A607" s="3" t="s">
-        <v>1195</v>
+        <v>1201</v>
       </c>
       <c r="B607" s="3" t="s">
-        <v>1196</v>
+        <v>1202</v>
       </c>
       <c r="C607" s="3">
-        <v>14.24</v>
+        <v>1144.85</v>
       </c>
       <c r="D607" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E607" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F607" s="3">
-        <v>1560</v>
+        <v>120</v>
       </c>
       <c r="G607" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H607" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="I607" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="608" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A608" s="3" t="s">
-        <v>1197</v>
+        <v>1203</v>
       </c>
       <c r="B608" s="3" t="s">
-        <v>1198</v>
+        <v>1204</v>
       </c>
       <c r="C608" s="3">
-        <v>14.23</v>
+        <v>49.57</v>
       </c>
       <c r="D608" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E608" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F608" s="3">
-        <v>820</v>
+        <v>1780</v>
       </c>
       <c r="G608" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H608" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I608" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="609" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A609" s="3" t="s">
-        <v>1199</v>
+        <v>1205</v>
       </c>
       <c r="B609" s="3" t="s">
-        <v>1200</v>
+        <v>1206</v>
       </c>
       <c r="C609" s="3">
-        <v>14.78</v>
+        <v>22.22</v>
       </c>
       <c r="D609" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E609" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F609" s="3">
         <v>0</v>
       </c>
       <c r="G609" s="3">
         <v>10</v>
       </c>
       <c r="H609" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I609" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="610" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A610" s="3" t="s">
-        <v>1201</v>
+        <v>1207</v>
       </c>
       <c r="B610" s="3" t="s">
-        <v>1202</v>
+        <v>1208</v>
       </c>
       <c r="C610" s="3">
-        <v>15.52</v>
+        <v>22.02</v>
       </c>
       <c r="D610" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E610" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F610" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="G610" s="3">
         <v>10</v>
       </c>
       <c r="H610" s="3">
         <v>1000</v>
       </c>
       <c r="I610" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="611" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A611" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A611" s="2" t="s">
+        <v>1209</v>
+      </c>
+      <c r="B611" s="2"/>
+      <c r="C611" s="2"/>
+      <c r="D611" s="2"/>
+      <c r="E611" s="2"/>
+      <c r="F611" s="2"/>
+      <c r="G611" s="2"/>
+      <c r="H611" s="2"/>
+      <c r="I611" s="2"/>
     </row>
     <row r="612" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A612" s="3" t="s">
-        <v>1205</v>
+        <v>1210</v>
       </c>
       <c r="B612" s="3" t="s">
-        <v>1206</v>
+        <v>1211</v>
       </c>
       <c r="C612" s="3">
-        <v>40.29</v>
+        <v>168.44</v>
       </c>
       <c r="D612" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E612" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F612" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="G612" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="H612" s="3">
         <v>500</v>
       </c>
       <c r="I612" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="613" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A613" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A613" s="2" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B613" s="2"/>
+      <c r="C613" s="2"/>
+      <c r="D613" s="2"/>
+      <c r="E613" s="2"/>
+      <c r="F613" s="2"/>
+      <c r="G613" s="2"/>
+      <c r="H613" s="2"/>
+      <c r="I613" s="2"/>
     </row>
     <row r="614" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A614" s="3" t="s">
-        <v>1209</v>
+        <v>1213</v>
       </c>
       <c r="B614" s="3" t="s">
-        <v>1210</v>
+        <v>1214</v>
       </c>
       <c r="C614" s="3">
-        <v>49.12</v>
+        <v>232.43</v>
       </c>
       <c r="D614" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E614" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F614" s="3">
         <v>0</v>
       </c>
       <c r="G614" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="H614" s="3">
-        <v>500</v>
+        <v>210</v>
       </c>
       <c r="I614" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="615" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A615" s="3" t="s">
-        <v>1211</v>
+        <v>1215</v>
       </c>
       <c r="B615" s="3" t="s">
-        <v>1212</v>
+        <v>1216</v>
       </c>
       <c r="C615" s="3">
-        <v>44.75</v>
+        <v>645.88</v>
       </c>
       <c r="D615" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E615" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F615" s="3">
-        <v>3805</v>
+        <v>0</v>
       </c>
       <c r="G615" s="3">
         <v>5</v>
       </c>
       <c r="H615" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="I615" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="616" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A616" s="3" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="B616" s="3" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="C616" s="3">
-        <v>64.76</v>
+        <v>1036.63</v>
       </c>
       <c r="D616" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E616" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F616" s="3">
-        <v>1425</v>
+        <v>0</v>
       </c>
       <c r="G616" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H616" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I616" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="617" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A617" s="3" t="s">
-        <v>1215</v>
+        <v>1219</v>
       </c>
       <c r="B617" s="3" t="s">
-        <v>1216</v>
+        <v>1220</v>
       </c>
       <c r="C617" s="3">
-        <v>64.76</v>
+        <v>369.45</v>
       </c>
       <c r="D617" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E617" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F617" s="3">
         <v>0</v>
       </c>
       <c r="G617" s="3">
         <v>5</v>
       </c>
       <c r="H617" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I617" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="618" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A618" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A618" s="2" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B618" s="2"/>
+      <c r="C618" s="2"/>
+      <c r="D618" s="2"/>
+      <c r="E618" s="2"/>
+      <c r="F618" s="2"/>
+      <c r="G618" s="2"/>
+      <c r="H618" s="2"/>
+      <c r="I618" s="2"/>
     </row>
     <row r="619" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A619" s="3" t="s">
-        <v>1219</v>
+        <v>1222</v>
       </c>
       <c r="B619" s="3" t="s">
-        <v>1220</v>
+        <v>1223</v>
       </c>
       <c r="C619" s="3">
-        <v>85.67</v>
+        <v>62.09</v>
       </c>
       <c r="D619" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E619" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F619" s="3">
-        <v>0</v>
+        <v>475</v>
       </c>
       <c r="G619" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="H619" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="I619" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="620" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A620" s="3" t="s">
-        <v>1221</v>
+        <v>1224</v>
       </c>
       <c r="B620" s="3" t="s">
-        <v>1222</v>
+        <v>1225</v>
       </c>
       <c r="C620" s="3">
-        <v>111.4</v>
+        <v>38.51</v>
       </c>
       <c r="D620" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E620" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F620" s="3">
         <v>600</v>
       </c>
       <c r="G620" s="3">
         <v>50</v>
       </c>
       <c r="H620" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="I620" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="621" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A621" s="3" t="s">
-        <v>1223</v>
+        <v>1226</v>
       </c>
       <c r="B621" s="3" t="s">
-        <v>1224</v>
+        <v>1227</v>
       </c>
       <c r="C621" s="3">
-        <v>16.7</v>
+        <v>51.35</v>
       </c>
       <c r="D621" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E621" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F621" s="3">
-        <v>500</v>
+        <v>3500</v>
       </c>
       <c r="G621" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H621" s="3">
-        <v>4000</v>
+        <v>1</v>
       </c>
       <c r="I621" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="622" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A622" s="3" t="s">
-        <v>1225</v>
+        <v>1228</v>
       </c>
       <c r="B622" s="3" t="s">
-        <v>1226</v>
+        <v>1229</v>
       </c>
       <c r="C622" s="3">
-        <v>17.96</v>
+        <v>23.42</v>
       </c>
       <c r="D622" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E622" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F622" s="3">
-        <v>1000</v>
+        <v>1100</v>
       </c>
       <c r="G622" s="3">
         <v>100</v>
       </c>
       <c r="H622" s="3">
-        <v>3500</v>
+        <v>100</v>
       </c>
       <c r="I622" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="623" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A623" s="3" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
       <c r="B623" s="3" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
       <c r="C623" s="3">
-        <v>19.67</v>
+        <v>27.88</v>
       </c>
       <c r="D623" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E623" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F623" s="3">
-        <v>0</v>
+        <v>6300</v>
       </c>
       <c r="G623" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H623" s="3">
-        <v>3500</v>
+        <v>1</v>
       </c>
       <c r="I623" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="624" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A624" s="3" t="s">
-        <v>1229</v>
+        <v>1232</v>
       </c>
       <c r="B624" s="3" t="s">
-        <v>1230</v>
+        <v>1233</v>
       </c>
       <c r="C624" s="3">
-        <v>19.53</v>
+        <v>107.64</v>
       </c>
       <c r="D624" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E624" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F624" s="3">
+        <v>1900</v>
+      </c>
+      <c r="G624" s="3">
+        <v>25</v>
+      </c>
+      <c r="H624" s="3">
+        <v>25</v>
+      </c>
+      <c r="I624" s="3">
         <v>0</v>
       </c>
-      <c r="G624" s="3">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="625" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A625" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A625" s="2" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B625" s="2"/>
+      <c r="C625" s="2"/>
+      <c r="D625" s="2"/>
+      <c r="E625" s="2"/>
+      <c r="F625" s="2"/>
+      <c r="G625" s="2"/>
+      <c r="H625" s="2"/>
+      <c r="I625" s="2"/>
     </row>
     <row r="626" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A626" s="3" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
       <c r="B626" s="3" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="C626" s="3">
-        <v>82.71</v>
+        <v>153.12</v>
       </c>
       <c r="D626" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E626" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F626" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="G626" s="3">
         <v>100</v>
       </c>
       <c r="H626" s="3">
-        <v>700</v>
+        <v>1</v>
       </c>
       <c r="I626" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="627" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A627" s="3" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
       <c r="B627" s="3" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="C627" s="3">
-        <v>126.09</v>
+        <v>72.62</v>
       </c>
       <c r="D627" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E627" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F627" s="3">
-        <v>150</v>
+        <v>0</v>
       </c>
       <c r="G627" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H627" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="I627" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="628" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A628" s="3" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="B628" s="3" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="C628" s="3">
-        <v>139.14</v>
+        <v>106</v>
       </c>
       <c r="D628" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E628" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F628" s="3">
         <v>0</v>
       </c>
       <c r="G628" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H628" s="3">
-        <v>400</v>
+        <v>1</v>
       </c>
       <c r="I628" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="629" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A629" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A629" s="2" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B629" s="2"/>
+      <c r="C629" s="2"/>
+      <c r="D629" s="2"/>
+      <c r="E629" s="2"/>
+      <c r="F629" s="2"/>
+      <c r="G629" s="2"/>
+      <c r="H629" s="2"/>
+      <c r="I629" s="2"/>
     </row>
     <row r="630" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A630" s="3" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="B630" s="3" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="C630" s="3">
-        <v>18.42</v>
+        <v>250.82</v>
       </c>
       <c r="D630" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E630" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F630" s="3">
-        <v>2110</v>
+        <v>0</v>
       </c>
       <c r="G630" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H630" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I630" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="631" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A631" s="3" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="B631" s="3" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="C631" s="3">
-        <v>20.71</v>
+        <v>149.42</v>
       </c>
       <c r="D631" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E631" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F631" s="3">
-        <v>340</v>
+        <v>0</v>
       </c>
       <c r="G631" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H631" s="3">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="I631" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="632" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A632" s="3" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="B632" s="3" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="C632" s="3">
-        <v>49.73</v>
+        <v>101.28</v>
       </c>
       <c r="D632" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E632" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F632" s="3">
-        <v>3145</v>
+        <v>0</v>
       </c>
       <c r="G632" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H632" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="I632" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="633" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A633" s="3" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="B633" s="3" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="C633" s="3">
-        <v>55.57</v>
+        <v>63.85</v>
       </c>
       <c r="D633" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E633" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F633" s="3">
-        <v>3254</v>
+        <v>0</v>
       </c>
       <c r="G633" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H633" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I633" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="634" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A634" s="3" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="B634" s="3" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="C634" s="3">
-        <v>85.79</v>
+        <v>153.59</v>
       </c>
       <c r="D634" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E634" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F634" s="3">
-        <v>675</v>
+        <v>0</v>
       </c>
       <c r="G634" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H634" s="3">
-        <v>500</v>
+        <v>2500</v>
       </c>
       <c r="I634" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="635" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A635" s="3" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="B635" s="3" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="C635" s="3">
-        <v>115.35</v>
+        <v>108.87</v>
       </c>
       <c r="D635" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E635" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F635" s="3">
-        <v>0</v>
+        <v>1060</v>
       </c>
       <c r="G635" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H635" s="3">
-        <v>250</v>
+        <v>1</v>
       </c>
       <c r="I635" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="636" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A636" s="3" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="B636" s="3" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="C636" s="3">
-        <v>131.66</v>
+        <v>170.51</v>
       </c>
       <c r="D636" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E636" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F636" s="3">
-        <v>0</v>
+        <v>450</v>
       </c>
       <c r="G636" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H636" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I636" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="637" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A637" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B637" s="3" t="s">
+      <c r="A637" s="2" t="s">
         <v>1256</v>
       </c>
-      <c r="C637" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B637" s="2"/>
+      <c r="C637" s="2"/>
+      <c r="D637" s="2"/>
+      <c r="E637" s="2"/>
+      <c r="F637" s="2"/>
+      <c r="G637" s="2"/>
+      <c r="H637" s="2"/>
+      <c r="I637" s="2"/>
     </row>
     <row r="638" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A638" s="3" t="s">
+      <c r="A638" s="2" t="s">
         <v>1257</v>
       </c>
-      <c r="B638" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B638" s="2"/>
+      <c r="C638" s="2"/>
+      <c r="D638" s="2"/>
+      <c r="E638" s="2"/>
+      <c r="F638" s="2"/>
+      <c r="G638" s="2"/>
+      <c r="H638" s="2"/>
+      <c r="I638" s="2"/>
     </row>
     <row r="639" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A639" s="3" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B639" s="3" t="s">
         <v>1259</v>
       </c>
-      <c r="B639" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C639" s="3">
-        <v>167.49</v>
+        <v>482.82</v>
       </c>
       <c r="D639" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E639" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F639" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G639" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H639" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I639" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="640" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A640" s="3" t="s">
+        <v>1260</v>
+      </c>
+      <c r="B640" s="3" t="s">
         <v>1261</v>
       </c>
-      <c r="B640" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C640" s="3">
-        <v>431.82</v>
+        <v>51.38</v>
       </c>
       <c r="D640" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E640" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F640" s="3">
-        <v>0</v>
+        <v>21350</v>
       </c>
       <c r="G640" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H640" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I640" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="641" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A641" s="3" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B641" s="3" t="s">
         <v>1263</v>
       </c>
-      <c r="B641" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C641" s="3">
-        <v>462.06</v>
+        <v>118.01</v>
       </c>
       <c r="D641" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E641" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F641" s="3">
-        <v>14</v>
+        <v>2290</v>
       </c>
       <c r="G641" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H641" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I641" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="642" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A642" s="3" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B642" s="3" t="s">
         <v>1265</v>
       </c>
-      <c r="B642" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C642" s="3">
-        <v>1276.32</v>
+        <v>77.37</v>
       </c>
       <c r="D642" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E642" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F642" s="3">
-        <v>32</v>
+        <v>2270</v>
       </c>
       <c r="G642" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H642" s="3">
-        <v>100</v>
+        <v>800</v>
       </c>
       <c r="I642" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="643" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A643" s="3" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B643" s="3" t="s">
         <v>1267</v>
       </c>
-      <c r="B643" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C643" s="3">
-        <v>29.17</v>
+        <v>102.36</v>
       </c>
       <c r="D643" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E643" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F643" s="3">
-        <v>2440</v>
+        <v>1650</v>
       </c>
       <c r="G643" s="3">
         <v>10</v>
       </c>
       <c r="H643" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I643" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="644" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A644" s="3" t="s">
+        <v>1268</v>
+      </c>
+      <c r="B644" s="3" t="s">
         <v>1269</v>
       </c>
-      <c r="B644" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C644" s="3">
-        <v>49.81</v>
+        <v>125.13</v>
       </c>
       <c r="D644" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E644" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F644" s="3">
-        <v>0</v>
+        <v>1600</v>
       </c>
       <c r="G644" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H644" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I644" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="645" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A645" s="3" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B645" s="3" t="s">
         <v>1271</v>
       </c>
-      <c r="B645" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C645" s="3">
-        <v>77.82</v>
+        <v>242.09</v>
       </c>
       <c r="D645" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E645" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F645" s="3">
-        <v>1145</v>
+        <v>1780</v>
       </c>
       <c r="G645" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H645" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I645" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="646" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A646" s="3" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B646" s="3" t="s">
         <v>1273</v>
       </c>
-      <c r="B646" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C646" s="3">
-        <v>113.19</v>
+        <v>247.96</v>
       </c>
       <c r="D646" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E646" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F646" s="3">
-        <v>295</v>
+        <v>2810</v>
       </c>
       <c r="G646" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H646" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I646" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="647" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A647" s="3" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B647" s="3" t="s">
         <v>1275</v>
       </c>
-      <c r="B647" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C647" s="3">
-        <v>130.46</v>
+        <v>317.61</v>
       </c>
       <c r="D647" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E647" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F647" s="3">
-        <v>635</v>
+        <v>420</v>
       </c>
       <c r="G647" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H647" s="3">
-        <v>250</v>
+        <v>120</v>
       </c>
       <c r="I647" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="648" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A648" s="3" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B648" s="3" t="s">
         <v>1277</v>
       </c>
-      <c r="B648" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C648" s="3">
-        <v>290.57</v>
+        <v>55.52</v>
       </c>
       <c r="D648" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E648" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F648" s="3">
-        <v>34</v>
+        <v>2530</v>
       </c>
       <c r="G648" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H648" s="3">
-        <v>100</v>
+        <v>1200</v>
       </c>
       <c r="I648" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="649" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A649" s="3" t="s">
+        <v>1278</v>
+      </c>
+      <c r="B649" s="3" t="s">
         <v>1279</v>
       </c>
-      <c r="B649" s="3" t="s">
+      <c r="C649" s="3">
+        <v>256.54</v>
+      </c>
+      <c r="D649" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E649" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F649" s="3">
+        <v>1290</v>
+      </c>
+      <c r="G649" s="3">
+        <v>10</v>
+      </c>
+      <c r="H649" s="3">
+        <v>100</v>
+      </c>
+      <c r="I649" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="650" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A650" s="3" t="s">
         <v>1280</v>
       </c>
-      <c r="C649" s="3">
-[...22 lines deleted...]
-      <c r="A650" s="2" t="s">
+      <c r="B650" s="3" t="s">
         <v>1281</v>
       </c>
-      <c r="B650" s="2"/>
-[...6 lines deleted...]
-      <c r="I650" s="2"/>
+      <c r="C650" s="3">
+        <v>87.55</v>
+      </c>
+      <c r="D650" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E650" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F650" s="3">
+        <v>3070</v>
+      </c>
+      <c r="G650" s="3">
+        <v>10</v>
+      </c>
+      <c r="H650" s="3">
+        <v>500</v>
+      </c>
+      <c r="I650" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="651" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A651" s="3" t="s">
         <v>1282</v>
       </c>
       <c r="B651" s="3" t="s">
         <v>1283</v>
       </c>
       <c r="C651" s="3">
-        <v>71.41</v>
+        <v>50.79</v>
       </c>
       <c r="D651" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E651" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F651" s="3">
-        <v>0</v>
+        <v>5520</v>
       </c>
       <c r="G651" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H651" s="3">
-        <v>1</v>
+        <v>1200</v>
       </c>
       <c r="I651" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="652" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A652" s="3" t="s">
         <v>1284</v>
       </c>
       <c r="B652" s="3" t="s">
         <v>1285</v>
       </c>
       <c r="C652" s="3">
-        <v>104.23</v>
+        <v>105.77</v>
       </c>
       <c r="D652" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E652" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F652" s="3">
-        <v>0</v>
+        <v>620</v>
       </c>
       <c r="G652" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H652" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="I652" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="653" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A653" s="3" t="s">
         <v>1286</v>
       </c>
       <c r="B653" s="3" t="s">
         <v>1287</v>
       </c>
       <c r="C653" s="3">
-        <v>150.56</v>
+        <v>86.54</v>
       </c>
       <c r="D653" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E653" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F653" s="3">
-        <v>0</v>
+        <v>3360</v>
       </c>
       <c r="G653" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H653" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="I653" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="654" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A654" s="2" t="s">
+      <c r="A654" s="3" t="s">
         <v>1288</v>
       </c>
-      <c r="B654" s="2"/>
-[...6 lines deleted...]
-      <c r="I654" s="2"/>
+      <c r="B654" s="3" t="s">
+        <v>1289</v>
+      </c>
+      <c r="C654" s="3">
+        <v>57.32</v>
+      </c>
+      <c r="D654" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E654" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F654" s="3">
+        <v>18380</v>
+      </c>
+      <c r="G654" s="3">
+        <v>10</v>
+      </c>
+      <c r="H654" s="3">
+        <v>1200</v>
+      </c>
+      <c r="I654" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="655" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A655" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I655" s="2"/>
+      <c r="A655" s="3" t="s">
+        <v>1290</v>
+      </c>
+      <c r="B655" s="3" t="s">
+        <v>1291</v>
+      </c>
+      <c r="C655" s="3">
+        <v>106.93</v>
+      </c>
+      <c r="D655" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E655" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F655" s="3">
+        <v>2240</v>
+      </c>
+      <c r="G655" s="3">
+        <v>10</v>
+      </c>
+      <c r="H655" s="3">
+        <v>500</v>
+      </c>
+      <c r="I655" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="656" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A656" s="3" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="B656" s="3" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="C656" s="3">
-        <v>57.31</v>
+        <v>196.23</v>
       </c>
       <c r="D656" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E656" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F656" s="3">
-        <v>7350</v>
+        <v>0</v>
       </c>
       <c r="G656" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H656" s="3">
-        <v>2000</v>
+        <v>250</v>
       </c>
       <c r="I656" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="657" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A657" s="3" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="B657" s="3" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="C657" s="3">
-        <v>15.64</v>
+        <v>36.9</v>
       </c>
       <c r="D657" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E657" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F657" s="3">
-        <v>27200</v>
+        <v>8370</v>
       </c>
       <c r="G657" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H657" s="3">
-        <v>6000</v>
+        <v>1200</v>
       </c>
       <c r="I657" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="658" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A658" s="3" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="B658" s="3" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
       <c r="C658" s="3">
-        <v>14.93</v>
+        <v>105.21</v>
       </c>
       <c r="D658" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E658" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F658" s="3">
-        <v>21700</v>
+        <v>1540</v>
       </c>
       <c r="G658" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H658" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I658" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="659" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A659" s="3" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
       <c r="B659" s="3" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="C659" s="3">
-        <v>137.25</v>
+        <v>573.51</v>
       </c>
       <c r="D659" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E659" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F659" s="3">
-        <v>15</v>
+        <v>270</v>
       </c>
       <c r="G659" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H659" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I659" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="660" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A660" s="3" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="B660" s="3" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="C660" s="3">
-        <v>158.61</v>
+        <v>125.42</v>
       </c>
       <c r="D660" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E660" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F660" s="3">
-        <v>100</v>
+        <v>3090</v>
       </c>
       <c r="G660" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H660" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I660" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="661" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A661" s="3" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="B661" s="3" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="C661" s="3">
-        <v>455.87</v>
+        <v>322.46</v>
       </c>
       <c r="D661" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E661" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F661" s="3">
-        <v>1</v>
+        <v>1510</v>
       </c>
       <c r="G661" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H661" s="3">
+        <v>100</v>
+      </c>
+      <c r="I661" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="662" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A662" s="3" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B662" s="3" t="s">
+        <v>1305</v>
+      </c>
+      <c r="C662" s="3">
+        <v>105.46</v>
+      </c>
+      <c r="D662" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E662" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F662" s="3">
+        <v>1570</v>
+      </c>
+      <c r="G662" s="3">
         <v>10</v>
       </c>
-      <c r="I661" s="3">
-[...14 lines deleted...]
-      <c r="I662" s="2"/>
+      <c r="H662" s="3">
+        <v>500</v>
+      </c>
+      <c r="I662" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="663" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A663" s="3" t="s">
-        <v>1303</v>
+        <v>1306</v>
       </c>
       <c r="B663" s="3" t="s">
-        <v>1304</v>
+        <v>1307</v>
       </c>
       <c r="C663" s="3">
-        <v>114.51</v>
+        <v>80.13</v>
       </c>
       <c r="D663" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E663" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F663" s="3">
-        <v>8736</v>
+        <v>173</v>
       </c>
       <c r="G663" s="3">
-        <v>84</v>
+        <v>1</v>
       </c>
       <c r="H663" s="3">
-        <v>840</v>
+        <v>50</v>
       </c>
       <c r="I663" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="664" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A664" s="3" t="s">
-        <v>1305</v>
+        <v>1308</v>
       </c>
       <c r="B664" s="3" t="s">
-        <v>1306</v>
+        <v>1309</v>
       </c>
       <c r="C664" s="3">
-        <v>91.26</v>
+        <v>137.18</v>
       </c>
       <c r="D664" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E664" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F664" s="3">
-        <v>28400</v>
+        <v>0</v>
       </c>
       <c r="G664" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H664" s="3">
-        <v>800</v>
+        <v>300</v>
       </c>
       <c r="I664" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="665" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A665" s="3" t="s">
-        <v>1307</v>
+        <v>1310</v>
       </c>
       <c r="B665" s="3" t="s">
-        <v>1308</v>
+        <v>1311</v>
       </c>
       <c r="C665" s="3">
-        <v>114.93</v>
+        <v>94.14</v>
       </c>
       <c r="D665" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E665" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F665" s="3">
-        <v>11700</v>
+        <v>117</v>
       </c>
       <c r="G665" s="3">
+        <v>1</v>
+      </c>
+      <c r="H665" s="3">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
       <c r="I665" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="666" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A666" s="3" t="s">
-        <v>1309</v>
+        <v>1312</v>
       </c>
       <c r="B666" s="3" t="s">
-        <v>1310</v>
+        <v>1313</v>
       </c>
       <c r="C666" s="3">
-        <v>166.08</v>
+        <v>193.46</v>
       </c>
       <c r="D666" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E666" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F666" s="3">
-        <v>14175</v>
+        <v>10</v>
       </c>
       <c r="G666" s="3">
-        <v>45</v>
+        <v>1</v>
       </c>
       <c r="H666" s="3">
-        <v>450</v>
+        <v>50</v>
       </c>
       <c r="I666" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="667" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A667" s="3" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
       <c r="B667" s="3" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="C667" s="3">
-        <v>202.69</v>
+        <v>105.72</v>
       </c>
       <c r="D667" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E667" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F667" s="3">
-        <v>8100</v>
+        <v>10000</v>
       </c>
       <c r="G667" s="3">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="H667" s="3">
-        <v>450</v>
+        <v>500</v>
       </c>
       <c r="I667" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="668" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A668" s="3" t="s">
-        <v>1313</v>
+        <v>1316</v>
       </c>
       <c r="B668" s="3" t="s">
-        <v>1314</v>
+        <v>1317</v>
       </c>
       <c r="C668" s="3">
-        <v>60.8</v>
+        <v>125.37</v>
       </c>
       <c r="D668" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E668" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F668" s="3">
-        <v>35150</v>
+        <v>3470</v>
       </c>
       <c r="G668" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H668" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I668" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="669" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A669" s="3" t="s">
-        <v>1315</v>
+        <v>1318</v>
       </c>
       <c r="B669" s="3" t="s">
-        <v>1316</v>
+        <v>1319</v>
       </c>
       <c r="C669" s="3">
-        <v>128.43</v>
+        <v>50.79</v>
       </c>
       <c r="D669" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E669" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F669" s="3">
-        <v>13300</v>
+        <v>8050</v>
       </c>
       <c r="G669" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H669" s="3">
-        <v>500</v>
+        <v>1200</v>
       </c>
       <c r="I669" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="670" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A670" s="3" t="s">
-        <v>1317</v>
+        <v>1320</v>
       </c>
       <c r="B670" s="3" t="s">
-        <v>1318</v>
+        <v>1321</v>
       </c>
       <c r="C670" s="3">
-        <v>95.82</v>
+        <v>63.36</v>
       </c>
       <c r="D670" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E670" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F670" s="3">
-        <v>22700</v>
+        <v>4700</v>
       </c>
       <c r="G670" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H670" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I670" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="671" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A671" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I671" s="2"/>
+      <c r="A671" s="3" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B671" s="3" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C671" s="3">
+        <v>259.72</v>
+      </c>
+      <c r="D671" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E671" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F671" s="3">
+        <v>34</v>
+      </c>
+      <c r="G671" s="3">
+        <v>1</v>
+      </c>
+      <c r="H671" s="3">
+        <v>250</v>
+      </c>
+      <c r="I671" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="672" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A672" s="3" t="s">
-        <v>1320</v>
+        <v>1324</v>
       </c>
       <c r="B672" s="3" t="s">
-        <v>1321</v>
+        <v>1325</v>
       </c>
       <c r="C672" s="3">
-        <v>18.2</v>
+        <v>79.8</v>
       </c>
       <c r="D672" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E672" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F672" s="3">
-        <v>14100</v>
+        <v>6000</v>
       </c>
       <c r="G672" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H672" s="3">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="I672" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="673" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A673" s="3" t="s">
-        <v>1322</v>
+        <v>1326</v>
       </c>
       <c r="B673" s="3" t="s">
-        <v>1323</v>
+        <v>1327</v>
       </c>
       <c r="C673" s="3">
-        <v>5.49</v>
+        <v>256.54</v>
       </c>
       <c r="D673" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E673" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F673" s="3">
-        <v>197900</v>
+        <v>1010</v>
       </c>
       <c r="G673" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H673" s="3">
-        <v>10000</v>
+        <v>120</v>
       </c>
       <c r="I673" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="674" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A674" s="3" t="s">
-        <v>1324</v>
+        <v>1328</v>
       </c>
       <c r="B674" s="3" t="s">
-        <v>1325</v>
+        <v>1329</v>
       </c>
       <c r="C674" s="3">
-        <v>5.5</v>
+        <v>44.09</v>
       </c>
       <c r="D674" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E674" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F674" s="3">
-        <v>128900</v>
+        <v>3870</v>
       </c>
       <c r="G674" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H674" s="3">
-        <v>10000</v>
+        <v>1200</v>
       </c>
       <c r="I674" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="675" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A675" s="3" t="s">
-        <v>1326</v>
+        <v>1330</v>
       </c>
       <c r="B675" s="3" t="s">
-        <v>1327</v>
+        <v>1331</v>
       </c>
       <c r="C675" s="3">
-        <v>9.2</v>
+        <v>48.63</v>
       </c>
       <c r="D675" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E675" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F675" s="3">
-        <v>25500</v>
+        <v>3450</v>
       </c>
       <c r="G675" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H675" s="3">
-        <v>4000</v>
+        <v>1200</v>
       </c>
       <c r="I675" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="676" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A676" s="3" t="s">
-        <v>1328</v>
+        <v>1332</v>
       </c>
       <c r="B676" s="3" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="C676" s="3">
-        <v>117.67</v>
+        <v>142.7</v>
       </c>
       <c r="D676" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E676" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F676" s="3">
-        <v>105</v>
+        <v>714</v>
       </c>
       <c r="G676" s="3">
         <v>1</v>
       </c>
       <c r="H676" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I676" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="677" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A677" s="3" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="B677" s="3" t="s">
-        <v>1331</v>
+        <v>1335</v>
       </c>
       <c r="C677" s="3">
-        <v>113.05</v>
+        <v>170.64</v>
       </c>
       <c r="D677" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E677" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F677" s="3">
-        <v>204</v>
+        <v>329</v>
       </c>
       <c r="G677" s="3">
         <v>1</v>
       </c>
       <c r="H677" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I677" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="678" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A678" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I678" s="2"/>
+      <c r="A678" s="3" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B678" s="3" t="s">
+        <v>1337</v>
+      </c>
+      <c r="C678" s="3">
+        <v>221.32</v>
+      </c>
+      <c r="D678" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E678" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F678" s="3">
+        <v>59</v>
+      </c>
+      <c r="G678" s="3">
+        <v>1</v>
+      </c>
+      <c r="H678" s="3">
+        <v>300</v>
+      </c>
+      <c r="I678" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="679" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A679" s="3" t="s">
-        <v>1333</v>
+        <v>1338</v>
       </c>
       <c r="B679" s="3" t="s">
-        <v>1334</v>
+        <v>1339</v>
       </c>
       <c r="C679" s="3">
-        <v>56.41</v>
+        <v>128.17</v>
       </c>
       <c r="D679" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E679" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F679" s="3">
-        <v>786</v>
+        <v>1896</v>
       </c>
       <c r="G679" s="3">
         <v>1</v>
       </c>
       <c r="H679" s="3">
-        <v>360</v>
+        <v>50</v>
       </c>
       <c r="I679" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="680" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A680" s="3" t="s">
-        <v>1335</v>
+        <v>1340</v>
       </c>
       <c r="B680" s="3" t="s">
-        <v>1336</v>
+        <v>1341</v>
       </c>
       <c r="C680" s="3">
-        <v>52.69</v>
+        <v>72.21</v>
       </c>
       <c r="D680" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E680" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F680" s="3">
-        <v>0</v>
+        <v>767</v>
       </c>
       <c r="G680" s="3">
         <v>1</v>
       </c>
       <c r="H680" s="3">
-        <v>360</v>
+        <v>50</v>
       </c>
       <c r="I680" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="681" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A681" s="3" t="s">
-        <v>1337</v>
+        <v>1342</v>
       </c>
       <c r="B681" s="3" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="C681" s="3">
-        <v>168.85</v>
+        <v>73.31</v>
       </c>
       <c r="D681" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E681" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F681" s="3">
-        <v>0</v>
+        <v>5260</v>
       </c>
       <c r="G681" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H681" s="3">
-        <v>120</v>
+        <v>500</v>
       </c>
       <c r="I681" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="682" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A682" s="3" t="s">
-        <v>1339</v>
+        <v>1344</v>
       </c>
       <c r="B682" s="3" t="s">
-        <v>1340</v>
+        <v>1345</v>
       </c>
       <c r="C682" s="3">
-        <v>51.02</v>
+        <v>73.31</v>
       </c>
       <c r="D682" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E682" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F682" s="3">
-        <v>590</v>
+        <v>4030</v>
       </c>
       <c r="G682" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H682" s="3">
-        <v>360</v>
+        <v>500</v>
       </c>
       <c r="I682" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="683" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A683" s="3" t="s">
-        <v>1341</v>
+        <v>1346</v>
       </c>
       <c r="B683" s="3" t="s">
-        <v>1342</v>
+        <v>1347</v>
       </c>
       <c r="C683" s="3">
-        <v>52.69</v>
+        <v>144.48</v>
       </c>
       <c r="D683" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E683" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F683" s="3">
-        <v>0</v>
+        <v>3490</v>
       </c>
       <c r="G683" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H683" s="3">
-        <v>360</v>
+        <v>200</v>
       </c>
       <c r="I683" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="684" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A684" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I684" s="2"/>
+      <c r="A684" s="3" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B684" s="3" t="s">
+        <v>1349</v>
+      </c>
+      <c r="C684" s="3">
+        <v>43.44</v>
+      </c>
+      <c r="D684" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E684" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F684" s="3">
+        <v>10210</v>
+      </c>
+      <c r="G684" s="3">
+        <v>10</v>
+      </c>
+      <c r="H684" s="3">
+        <v>1200</v>
+      </c>
+      <c r="I684" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="685" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A685" s="3" t="s">
-        <v>1344</v>
+        <v>1350</v>
       </c>
       <c r="B685" s="3" t="s">
-        <v>1345</v>
+        <v>1351</v>
       </c>
       <c r="C685" s="3">
-        <v>78.79</v>
+        <v>126.87</v>
       </c>
       <c r="D685" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E685" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F685" s="3">
-        <v>224</v>
+        <v>0</v>
       </c>
       <c r="G685" s="3">
         <v>1</v>
       </c>
       <c r="H685" s="3">
         <v>50</v>
       </c>
       <c r="I685" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="686" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A686" s="3" t="s">
-        <v>1346</v>
+        <v>1352</v>
       </c>
       <c r="B686" s="3" t="s">
-        <v>1347</v>
+        <v>1353</v>
       </c>
       <c r="C686" s="3">
-        <v>92.57</v>
+        <v>199.3</v>
       </c>
       <c r="D686" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E686" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F686" s="3">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="G686" s="3">
         <v>1</v>
       </c>
       <c r="H686" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I686" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="687" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A687" s="3" t="s">
-        <v>1348</v>
+        <v>1354</v>
       </c>
       <c r="B687" s="3" t="s">
-        <v>1349</v>
+        <v>1355</v>
       </c>
       <c r="C687" s="3">
-        <v>134.89</v>
+        <v>281.55</v>
       </c>
       <c r="D687" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E687" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F687" s="3">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="G687" s="3">
         <v>1</v>
       </c>
       <c r="H687" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I687" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="688" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A688" s="3" t="s">
-        <v>1350</v>
+        <v>1356</v>
       </c>
       <c r="B688" s="3" t="s">
-        <v>1351</v>
+        <v>1357</v>
       </c>
       <c r="C688" s="3">
-        <v>276.84</v>
+        <v>150.9</v>
       </c>
       <c r="D688" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E688" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F688" s="3">
-        <v>200</v>
+        <v>2010</v>
       </c>
       <c r="G688" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H688" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I688" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="689" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A689" s="3" t="s">
-        <v>1352</v>
+        <v>1358</v>
       </c>
       <c r="B689" s="3" t="s">
-        <v>1353</v>
+        <v>1359</v>
       </c>
       <c r="C689" s="3">
-        <v>563.92</v>
+        <v>192.64</v>
       </c>
       <c r="D689" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E689" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F689" s="3">
-        <v>280</v>
+        <v>1780</v>
       </c>
       <c r="G689" s="3">
         <v>10</v>
       </c>
       <c r="H689" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I689" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="690" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A690" s="3" t="s">
-        <v>1354</v>
+        <v>1360</v>
       </c>
       <c r="B690" s="3" t="s">
-        <v>1355</v>
+        <v>1361</v>
       </c>
       <c r="C690" s="3">
-        <v>40.32</v>
+        <v>319.37</v>
       </c>
       <c r="D690" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E690" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F690" s="3">
-        <v>8560</v>
+        <v>297</v>
       </c>
       <c r="G690" s="3">
         <v>10</v>
       </c>
       <c r="H690" s="3">
-        <v>1200</v>
+        <v>120</v>
       </c>
       <c r="I690" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="691" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A691" s="3" t="s">
-        <v>1356</v>
+        <v>1362</v>
       </c>
       <c r="B691" s="3" t="s">
-        <v>1357</v>
+        <v>1363</v>
       </c>
       <c r="C691" s="3">
-        <v>49.94</v>
+        <v>322.46</v>
       </c>
       <c r="D691" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E691" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F691" s="3">
-        <v>12160</v>
+        <v>1450</v>
       </c>
       <c r="G691" s="3">
         <v>10</v>
       </c>
       <c r="H691" s="3">
-        <v>1200</v>
+        <v>100</v>
       </c>
       <c r="I691" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="692" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A692" s="3" t="s">
-        <v>1358</v>
+        <v>1364</v>
       </c>
       <c r="B692" s="3" t="s">
-        <v>1359</v>
+        <v>1365</v>
       </c>
       <c r="C692" s="3">
-        <v>85.09</v>
+        <v>96.36</v>
       </c>
       <c r="D692" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E692" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F692" s="3">
-        <v>3820</v>
+        <v>4750</v>
       </c>
       <c r="G692" s="3">
         <v>10</v>
       </c>
       <c r="H692" s="3">
         <v>500</v>
       </c>
       <c r="I692" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="693" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A693" s="3" t="s">
-        <v>1360</v>
+        <v>1366</v>
       </c>
       <c r="B693" s="3" t="s">
-        <v>1361</v>
+        <v>1367</v>
       </c>
       <c r="C693" s="3">
-        <v>104</v>
+        <v>141.75</v>
       </c>
       <c r="D693" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E693" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F693" s="3">
-        <v>710</v>
+        <v>950</v>
       </c>
       <c r="G693" s="3">
         <v>10</v>
       </c>
       <c r="H693" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I693" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="694" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A694" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A694" s="2" t="s">
+        <v>1368</v>
+      </c>
+      <c r="B694" s="2"/>
+      <c r="C694" s="2"/>
+      <c r="D694" s="2"/>
+      <c r="E694" s="2"/>
+      <c r="F694" s="2"/>
+      <c r="G694" s="2"/>
+      <c r="H694" s="2"/>
+      <c r="I694" s="2"/>
     </row>
     <row r="695" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A695" s="3" t="s">
-        <v>1364</v>
+        <v>1369</v>
       </c>
       <c r="B695" s="3" t="s">
-        <v>1365</v>
+        <v>1370</v>
       </c>
       <c r="C695" s="3">
-        <v>126.03</v>
+        <v>74.42</v>
       </c>
       <c r="D695" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E695" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F695" s="3">
-        <v>1901</v>
+        <v>18</v>
       </c>
       <c r="G695" s="3">
         <v>1</v>
       </c>
       <c r="H695" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I695" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="696" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A696" s="3" t="s">
-        <v>1366</v>
+        <v>1371</v>
       </c>
       <c r="B696" s="3" t="s">
-        <v>1367</v>
+        <v>1372</v>
       </c>
       <c r="C696" s="3">
-        <v>49.94</v>
+        <v>62.73</v>
       </c>
       <c r="D696" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E696" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F696" s="3">
-        <v>8310</v>
+        <v>93</v>
       </c>
       <c r="G696" s="3">
+        <v>1</v>
+      </c>
+      <c r="H696" s="3">
         <v>10</v>
       </c>
-      <c r="H696" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I696" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="697" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A697" s="3" t="s">
-        <v>1368</v>
+        <v>1373</v>
       </c>
       <c r="B697" s="3" t="s">
-        <v>1369</v>
+        <v>1374</v>
       </c>
       <c r="C697" s="3">
-        <v>71</v>
+        <v>66.27</v>
       </c>
       <c r="D697" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E697" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F697" s="3">
-        <v>0</v>
+        <v>215</v>
       </c>
       <c r="G697" s="3">
         <v>1</v>
       </c>
       <c r="H697" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I697" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="698" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A698" s="3" t="s">
-        <v>1370</v>
+        <v>1375</v>
       </c>
       <c r="B698" s="3" t="s">
-        <v>1371</v>
+        <v>1376</v>
       </c>
       <c r="C698" s="3">
-        <v>124.75</v>
+        <v>9.05</v>
       </c>
       <c r="D698" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E698" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F698" s="3">
-        <v>0</v>
+        <v>13200</v>
       </c>
       <c r="G698" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H698" s="3">
-        <v>50</v>
+        <v>1500</v>
       </c>
       <c r="I698" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="699" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A699" s="3" t="s">
-        <v>1372</v>
+        <v>1377</v>
       </c>
       <c r="B699" s="3" t="s">
-        <v>1373</v>
+        <v>1378</v>
       </c>
       <c r="C699" s="3">
-        <v>167.79</v>
+        <v>65.71</v>
       </c>
       <c r="D699" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E699" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F699" s="3">
-        <v>385</v>
+        <v>100</v>
       </c>
       <c r="G699" s="3">
         <v>1</v>
       </c>
       <c r="H699" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I699" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="700" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A700" s="3" t="s">
-        <v>1374</v>
+        <v>1379</v>
       </c>
       <c r="B700" s="3" t="s">
-        <v>1375</v>
+        <v>1380</v>
       </c>
       <c r="C700" s="3">
-        <v>280.28</v>
+        <v>142.72</v>
       </c>
       <c r="D700" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E700" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F700" s="3">
-        <v>1010</v>
+        <v>6</v>
       </c>
       <c r="G700" s="3">
+        <v>1</v>
+      </c>
+      <c r="H700" s="3">
         <v>10</v>
       </c>
-      <c r="H700" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I700" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="701" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A701" s="3" t="s">
-        <v>1376</v>
+        <v>1381</v>
       </c>
       <c r="B701" s="3" t="s">
-        <v>1377</v>
+        <v>1382</v>
       </c>
       <c r="C701" s="3">
-        <v>190.23</v>
+        <v>61.96</v>
       </c>
       <c r="D701" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E701" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F701" s="3">
-        <v>79</v>
+        <v>0</v>
       </c>
       <c r="G701" s="3">
         <v>1</v>
       </c>
       <c r="H701" s="3">
+        <v>10</v>
+      </c>
+      <c r="I701" s="3">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="702" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A702" s="3" t="s">
-        <v>1378</v>
+        <v>1383</v>
       </c>
       <c r="B702" s="3" t="s">
-        <v>1379</v>
+        <v>1384</v>
       </c>
       <c r="C702" s="3">
-        <v>280.28</v>
+        <v>73.31</v>
       </c>
       <c r="D702" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E702" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F702" s="3">
-        <v>1290</v>
+        <v>0</v>
       </c>
       <c r="G702" s="3">
+        <v>1</v>
+      </c>
+      <c r="H702" s="3">
         <v>10</v>
       </c>
-      <c r="H702" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I702" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="703" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A703" s="3" t="s">
-        <v>1380</v>
+        <v>1385</v>
       </c>
       <c r="B703" s="3" t="s">
-        <v>1381</v>
+        <v>1386</v>
       </c>
       <c r="C703" s="3">
-        <v>76.08</v>
+        <v>93.47</v>
       </c>
       <c r="D703" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E703" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F703" s="3">
-        <v>4650</v>
+        <v>231</v>
       </c>
       <c r="G703" s="3">
+        <v>1</v>
+      </c>
+      <c r="H703" s="3">
         <v>10</v>
       </c>
-      <c r="H703" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I703" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="704" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A704" s="3" t="s">
-        <v>1382</v>
+        <v>1387</v>
       </c>
       <c r="B704" s="3" t="s">
-        <v>1383</v>
+        <v>1388</v>
       </c>
       <c r="C704" s="3">
-        <v>217.62</v>
+        <v>2.57</v>
       </c>
       <c r="D704" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E704" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F704" s="3">
-        <v>255</v>
+        <v>73600</v>
       </c>
       <c r="G704" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H704" s="3">
-        <v>300</v>
+        <v>5000</v>
       </c>
       <c r="I704" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="705" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A705" s="3" t="s">
-        <v>1384</v>
+        <v>1389</v>
       </c>
       <c r="B705" s="3" t="s">
-        <v>1385</v>
+        <v>1390</v>
       </c>
       <c r="C705" s="3">
-        <v>123.04</v>
+        <v>133.48</v>
       </c>
       <c r="D705" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E705" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F705" s="3">
-        <v>3020</v>
+        <v>254</v>
       </c>
       <c r="G705" s="3">
+        <v>1</v>
+      </c>
+      <c r="H705" s="3">
         <v>10</v>
       </c>
-      <c r="H705" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I705" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="706" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A706" s="3" t="s">
-        <v>1386</v>
+        <v>1391</v>
       </c>
       <c r="B706" s="3" t="s">
-        <v>1387</v>
+        <v>1392</v>
       </c>
       <c r="C706" s="3">
-        <v>139.38</v>
+        <v>52.53</v>
       </c>
       <c r="D706" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E706" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F706" s="3">
-        <v>1670</v>
+        <v>59</v>
       </c>
       <c r="G706" s="3">
+        <v>1</v>
+      </c>
+      <c r="H706" s="3">
         <v>10</v>
       </c>
-      <c r="H706" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I706" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="707" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A707" s="3" t="s">
-        <v>1388</v>
+        <v>1393</v>
       </c>
       <c r="B707" s="3" t="s">
-        <v>1389</v>
+        <v>1394</v>
       </c>
       <c r="C707" s="3">
-        <v>56.36</v>
+        <v>88.83</v>
       </c>
       <c r="D707" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E707" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F707" s="3">
-        <v>16100</v>
+        <v>258</v>
       </c>
       <c r="G707" s="3">
+        <v>1</v>
+      </c>
+      <c r="H707" s="3">
         <v>10</v>
       </c>
-      <c r="H707" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I707" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="708" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A708" s="3" t="s">
-        <v>1390</v>
+        <v>1395</v>
       </c>
       <c r="B708" s="3" t="s">
-        <v>1391</v>
+        <v>1396</v>
       </c>
       <c r="C708" s="3">
-        <v>192.95</v>
+        <v>136.51</v>
       </c>
       <c r="D708" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E708" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F708" s="3">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="G708" s="3">
         <v>1</v>
       </c>
       <c r="H708" s="3">
-        <v>250</v>
+        <v>10</v>
       </c>
       <c r="I708" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="709" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A709" s="3" t="s">
-        <v>1392</v>
+        <v>1397</v>
       </c>
       <c r="B709" s="3" t="s">
-        <v>1393</v>
+        <v>1398</v>
       </c>
       <c r="C709" s="3">
-        <v>47.82</v>
+        <v>195.42</v>
       </c>
       <c r="D709" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E709" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F709" s="3">
-        <v>7400</v>
+        <v>136</v>
       </c>
       <c r="G709" s="3">
+        <v>1</v>
+      </c>
+      <c r="H709" s="3">
         <v>10</v>
       </c>
-      <c r="H709" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I709" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="710" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A710" s="3" t="s">
-        <v>1394</v>
+        <v>1399</v>
       </c>
       <c r="B710" s="3" t="s">
-        <v>1395</v>
+        <v>1400</v>
       </c>
       <c r="C710" s="3">
-        <v>105.14</v>
+        <v>6.01</v>
       </c>
       <c r="D710" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E710" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F710" s="3">
-        <v>2350</v>
+        <v>41500</v>
       </c>
       <c r="G710" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H710" s="3">
-        <v>500</v>
+        <v>4000</v>
       </c>
       <c r="I710" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="711" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A711" s="3" t="s">
-        <v>1396</v>
+        <v>1401</v>
       </c>
       <c r="B711" s="3" t="s">
-        <v>1397</v>
+        <v>1402</v>
       </c>
       <c r="C711" s="3">
-        <v>103.95</v>
+        <v>1.56</v>
       </c>
       <c r="D711" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E711" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F711" s="3">
-        <v>10640</v>
+        <v>139100</v>
       </c>
       <c r="G711" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H711" s="3">
-        <v>500</v>
+        <v>13000</v>
       </c>
       <c r="I711" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="712" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A712" s="3" t="s">
-        <v>1398</v>
+        <v>1403</v>
       </c>
       <c r="B712" s="3" t="s">
-        <v>1399</v>
+        <v>1404</v>
       </c>
       <c r="C712" s="3">
-        <v>105.95</v>
+        <v>2.01</v>
       </c>
       <c r="D712" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E712" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F712" s="3">
-        <v>1740</v>
+        <v>570400</v>
       </c>
       <c r="G712" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H712" s="3">
-        <v>500</v>
+        <v>8000</v>
       </c>
       <c r="I712" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="713" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A713" s="3" t="s">
-        <v>1400</v>
+        <v>1405</v>
       </c>
       <c r="B713" s="3" t="s">
-        <v>1401</v>
+        <v>1406</v>
       </c>
       <c r="C713" s="3">
-        <v>94.75</v>
+        <v>3.25</v>
       </c>
       <c r="D713" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E713" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F713" s="3">
-        <v>4980</v>
+        <v>67700</v>
       </c>
       <c r="G713" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H713" s="3">
-        <v>500</v>
+        <v>4800</v>
       </c>
       <c r="I713" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="714" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A714" s="3" t="s">
-        <v>1402</v>
+        <v>1407</v>
       </c>
       <c r="B714" s="3" t="s">
-        <v>1403</v>
+        <v>1408</v>
       </c>
       <c r="C714" s="3">
-        <v>238.04</v>
+        <v>4.17</v>
       </c>
       <c r="D714" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E714" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F714" s="3">
-        <v>1910</v>
+        <v>99900</v>
       </c>
       <c r="G714" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H714" s="3">
-        <v>200</v>
+        <v>4800</v>
       </c>
       <c r="I714" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="715" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A715" s="3" t="s">
-        <v>1404</v>
+        <v>1409</v>
       </c>
       <c r="B715" s="3" t="s">
-        <v>1405</v>
+        <v>1410</v>
       </c>
       <c r="C715" s="3">
-        <v>123.27</v>
+        <v>3.98</v>
       </c>
       <c r="D715" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E715" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F715" s="3">
-        <v>3640</v>
+        <v>124200</v>
       </c>
       <c r="G715" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H715" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I715" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="716" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A716" s="3" t="s">
-        <v>1406</v>
+        <v>1411</v>
       </c>
       <c r="B716" s="3" t="s">
-        <v>1407</v>
+        <v>1412</v>
       </c>
       <c r="C716" s="3">
-        <v>86.09</v>
+        <v>4.36</v>
       </c>
       <c r="D716" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E716" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F716" s="3">
-        <v>4550</v>
+        <v>50300</v>
       </c>
       <c r="G716" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H716" s="3">
-        <v>500</v>
+        <v>4500</v>
       </c>
       <c r="I716" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="717" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A717" s="3" t="s">
-        <v>1408</v>
+        <v>1413</v>
       </c>
       <c r="B717" s="3" t="s">
-        <v>1409</v>
+        <v>1414</v>
       </c>
       <c r="C717" s="3">
-        <v>50.52</v>
+        <v>6.28</v>
       </c>
       <c r="D717" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E717" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F717" s="3">
-        <v>24900</v>
+        <v>63100</v>
       </c>
       <c r="G717" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H717" s="3">
-        <v>500</v>
+        <v>2500</v>
       </c>
       <c r="I717" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="718" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A718" s="3" t="s">
-        <v>1410</v>
+        <v>1415</v>
       </c>
       <c r="B718" s="3" t="s">
-        <v>1411</v>
+        <v>1416</v>
       </c>
       <c r="C718" s="3">
-        <v>62.3</v>
+        <v>4.84</v>
       </c>
       <c r="D718" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E718" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F718" s="3">
-        <v>19990</v>
+        <v>1400</v>
       </c>
       <c r="G718" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H718" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I718" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="719" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A719" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A719" s="2" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B719" s="2"/>
+      <c r="C719" s="2"/>
+      <c r="D719" s="2"/>
+      <c r="E719" s="2"/>
+      <c r="F719" s="2"/>
+      <c r="G719" s="2"/>
+      <c r="H719" s="2"/>
+      <c r="I719" s="2"/>
     </row>
     <row r="720" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A720" s="3" t="s">
-        <v>1414</v>
+        <v>1418</v>
       </c>
       <c r="B720" s="3" t="s">
-        <v>1415</v>
+        <v>1419</v>
       </c>
       <c r="C720" s="3">
-        <v>43.35</v>
+        <v>1.44</v>
       </c>
       <c r="D720" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E720" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F720" s="3">
-        <v>4980</v>
+        <v>14000</v>
       </c>
       <c r="G720" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H720" s="3">
-        <v>1200</v>
+        <v>20000</v>
       </c>
       <c r="I720" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="721" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A721" s="3" t="s">
-        <v>1416</v>
+        <v>1420</v>
       </c>
       <c r="B721" s="3" t="s">
-        <v>1417</v>
+        <v>1421</v>
       </c>
       <c r="C721" s="3">
-        <v>78.47</v>
+        <v>1.61</v>
       </c>
       <c r="D721" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E721" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F721" s="3">
-        <v>6180</v>
+        <v>25800</v>
       </c>
       <c r="G721" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H721" s="3">
-        <v>1000</v>
+        <v>20000</v>
       </c>
       <c r="I721" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="722" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A722" s="3" t="s">
-        <v>1418</v>
+        <v>1422</v>
       </c>
       <c r="B722" s="3" t="s">
-        <v>1419</v>
+        <v>1423</v>
       </c>
       <c r="C722" s="3">
-        <v>72.08</v>
+        <v>2.76</v>
       </c>
       <c r="D722" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E722" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F722" s="3">
-        <v>5270</v>
+        <v>32500</v>
       </c>
       <c r="G722" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H722" s="3">
-        <v>500</v>
+        <v>10000</v>
       </c>
       <c r="I722" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="723" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A723" s="3" t="s">
-        <v>1420</v>
+        <v>1424</v>
       </c>
       <c r="B723" s="3" t="s">
-        <v>1421</v>
+        <v>1425</v>
       </c>
       <c r="C723" s="3">
-        <v>123.32</v>
+        <v>4.86</v>
       </c>
       <c r="D723" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E723" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F723" s="3">
-        <v>3120</v>
+        <v>27000</v>
       </c>
       <c r="G723" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H723" s="3">
-        <v>300</v>
+        <v>5000</v>
       </c>
       <c r="I723" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="724" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A724" s="3" t="s">
-        <v>1422</v>
+        <v>1426</v>
       </c>
       <c r="B724" s="3" t="s">
-        <v>1423</v>
+        <v>1427</v>
       </c>
       <c r="C724" s="3">
-        <v>352.3</v>
+        <v>14.31</v>
       </c>
       <c r="D724" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E724" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F724" s="3">
-        <v>1610</v>
+        <v>26200</v>
       </c>
       <c r="G724" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H724" s="3">
-        <v>100</v>
+        <v>20000</v>
       </c>
       <c r="I724" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="725" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A725" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A725" s="2" t="s">
+        <v>1428</v>
+      </c>
+      <c r="B725" s="2"/>
+      <c r="C725" s="2"/>
+      <c r="D725" s="2"/>
+      <c r="E725" s="2"/>
+      <c r="F725" s="2"/>
+      <c r="G725" s="2"/>
+      <c r="H725" s="2"/>
+      <c r="I725" s="2"/>
     </row>
     <row r="726" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A726" s="3" t="s">
-        <v>1426</v>
+        <v>1429</v>
       </c>
       <c r="B726" s="3" t="s">
-        <v>1427</v>
+        <v>1430</v>
       </c>
       <c r="C726" s="3">
-        <v>148.38</v>
+        <v>22.5</v>
       </c>
       <c r="D726" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E726" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F726" s="3">
-        <v>2190</v>
+        <v>1660</v>
       </c>
       <c r="G726" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H726" s="3">
-        <v>300</v>
+        <v>1600</v>
       </c>
       <c r="I726" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="727" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A727" s="3" t="s">
-        <v>1428</v>
+        <v>1431</v>
       </c>
       <c r="B727" s="3" t="s">
-        <v>1429</v>
+        <v>1432</v>
       </c>
       <c r="C727" s="3">
-        <v>157.85</v>
+        <v>49.33</v>
       </c>
       <c r="D727" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E727" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F727" s="3">
-        <v>1870</v>
+        <v>2320</v>
       </c>
       <c r="G727" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H727" s="3">
-        <v>200</v>
+        <v>1600</v>
       </c>
       <c r="I727" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="728" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A728" s="3" t="s">
-        <v>1430</v>
+        <v>1433</v>
       </c>
       <c r="B728" s="3" t="s">
-        <v>1431</v>
+        <v>1434</v>
       </c>
       <c r="C728" s="3">
-        <v>352.3</v>
+        <v>91.29</v>
       </c>
       <c r="D728" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E728" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F728" s="3">
-        <v>1480</v>
+        <v>4150</v>
       </c>
       <c r="G728" s="3">
         <v>10</v>
       </c>
       <c r="H728" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I728" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="729" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A729" s="3" t="s">
-        <v>1432</v>
+        <v>1435</v>
       </c>
       <c r="B729" s="3" t="s">
-        <v>1433</v>
+        <v>1436</v>
       </c>
       <c r="C729" s="3">
-        <v>260.25</v>
+        <v>272.72</v>
       </c>
       <c r="D729" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E729" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F729" s="3">
-        <v>570</v>
+        <v>1530</v>
       </c>
       <c r="G729" s="3">
         <v>10</v>
       </c>
       <c r="H729" s="3">
-        <v>120</v>
+        <v>320</v>
       </c>
       <c r="I729" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="730" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A730" s="3" t="s">
-        <v>1434</v>
+        <v>1437</v>
       </c>
       <c r="B730" s="3" t="s">
-        <v>1435</v>
+        <v>1438</v>
       </c>
       <c r="C730" s="3">
-        <v>80.09</v>
+        <v>43.76</v>
       </c>
       <c r="D730" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E730" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F730" s="3">
-        <v>4070</v>
+        <v>1970</v>
       </c>
       <c r="G730" s="3">
         <v>10</v>
       </c>
       <c r="H730" s="3">
-        <v>500</v>
+        <v>800</v>
       </c>
       <c r="I730" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="731" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A731" s="3" t="s">
-        <v>1436</v>
+        <v>1439</v>
       </c>
       <c r="B731" s="3" t="s">
-        <v>1437</v>
+        <v>1440</v>
       </c>
       <c r="C731" s="3">
-        <v>157.85</v>
+        <v>255.12</v>
       </c>
       <c r="D731" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E731" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F731" s="3">
-        <v>3510</v>
+        <v>2010</v>
       </c>
       <c r="G731" s="3">
         <v>10</v>
       </c>
       <c r="H731" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I731" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="732" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A732" s="3" t="s">
-        <v>1438</v>
+        <v>1441</v>
       </c>
       <c r="B732" s="3" t="s">
-        <v>1439</v>
+        <v>1442</v>
       </c>
       <c r="C732" s="3">
-        <v>42.71</v>
+        <v>61.52</v>
       </c>
       <c r="D732" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E732" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F732" s="3">
-        <v>10490</v>
+        <v>1760</v>
       </c>
       <c r="G732" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H732" s="3">
-        <v>1200</v>
+        <v>1600</v>
       </c>
       <c r="I732" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="733" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A733" s="3" t="s">
-        <v>1440</v>
+        <v>1443</v>
       </c>
       <c r="B733" s="3" t="s">
-        <v>1441</v>
+        <v>1444</v>
       </c>
       <c r="C733" s="3">
-        <v>103.7</v>
+        <v>145.89</v>
       </c>
       <c r="D733" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E733" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F733" s="3">
-        <v>1690</v>
+        <v>2360</v>
       </c>
       <c r="G733" s="3">
         <v>10</v>
       </c>
       <c r="H733" s="3">
         <v>500</v>
       </c>
       <c r="I733" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="734" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A734" s="3" t="s">
-        <v>1442</v>
+        <v>1445</v>
       </c>
       <c r="B734" s="3" t="s">
-        <v>1443</v>
+        <v>1446</v>
       </c>
       <c r="C734" s="3">
-        <v>314.03</v>
+        <v>78.42</v>
       </c>
       <c r="D734" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E734" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F734" s="3">
-        <v>297</v>
+        <v>2440</v>
       </c>
       <c r="G734" s="3">
         <v>10</v>
       </c>
       <c r="H734" s="3">
-        <v>120</v>
+        <v>800</v>
       </c>
       <c r="I734" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="735" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A735" s="3" t="s">
-        <v>1444</v>
+        <v>1447</v>
       </c>
       <c r="B735" s="3" t="s">
-        <v>1445</v>
+        <v>1448</v>
       </c>
       <c r="C735" s="3">
-        <v>474.75</v>
+        <v>108.02</v>
       </c>
       <c r="D735" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E735" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F735" s="3">
-        <v>0</v>
+        <v>3650</v>
       </c>
       <c r="G735" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H735" s="3">
-        <v>50</v>
+        <v>800</v>
       </c>
       <c r="I735" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="736" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A736" s="3" t="s">
-        <v>1446</v>
+        <v>1449</v>
       </c>
       <c r="B736" s="3" t="s">
-        <v>1447</v>
+        <v>1450</v>
       </c>
       <c r="C736" s="3">
-        <v>140.31</v>
+        <v>179.53</v>
       </c>
       <c r="D736" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E736" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F736" s="3">
-        <v>919</v>
+        <v>2100</v>
       </c>
       <c r="G736" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H736" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I736" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="737" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A737" s="3" t="s">
-        <v>1448</v>
+        <v>1451</v>
       </c>
       <c r="B737" s="3" t="s">
-        <v>1449</v>
+        <v>1452</v>
       </c>
       <c r="C737" s="3">
-        <v>195.97</v>
+        <v>529.95</v>
       </c>
       <c r="D737" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E737" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F737" s="3">
-        <v>0</v>
+        <v>730</v>
       </c>
       <c r="G737" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H737" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I737" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="738" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A738" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A738" s="2" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B738" s="2"/>
+      <c r="C738" s="2"/>
+      <c r="D738" s="2"/>
+      <c r="E738" s="2"/>
+      <c r="F738" s="2"/>
+      <c r="G738" s="2"/>
+      <c r="H738" s="2"/>
+      <c r="I738" s="2"/>
     </row>
     <row r="739" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A739" s="3" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="B739" s="3" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
       <c r="C739" s="3">
-        <v>105.49</v>
+        <v>63.1</v>
       </c>
       <c r="D739" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E739" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F739" s="3">
-        <v>3440</v>
+        <v>0</v>
       </c>
       <c r="G739" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H739" s="3">
-        <v>300</v>
+        <v>1000</v>
       </c>
       <c r="I739" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="740" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A740" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I740" s="2"/>
+      <c r="A740" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="B740" s="3" t="s">
+        <v>1457</v>
+      </c>
+      <c r="C740" s="3">
+        <v>46.05</v>
+      </c>
+      <c r="D740" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E740" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F740" s="3">
+        <v>3100</v>
+      </c>
+      <c r="G740" s="3">
+        <v>100</v>
+      </c>
+      <c r="H740" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I740" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="741" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A741" s="3" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B741" s="3" t="s">
-        <v>1456</v>
+        <v>1459</v>
       </c>
       <c r="C741" s="3">
-        <v>3.2</v>
+        <v>35.64</v>
       </c>
       <c r="D741" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E741" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F741" s="3">
-        <v>100900</v>
+        <v>7100</v>
       </c>
       <c r="G741" s="3">
         <v>100</v>
       </c>
       <c r="H741" s="3">
-        <v>4800</v>
+        <v>2000</v>
       </c>
       <c r="I741" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="742" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A742" s="3" t="s">
-        <v>1457</v>
+        <v>1460</v>
       </c>
       <c r="B742" s="3" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="C742" s="3">
-        <v>134.23</v>
+        <v>59.26</v>
       </c>
       <c r="D742" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E742" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F742" s="3">
-        <v>56</v>
+        <v>3400</v>
       </c>
       <c r="G742" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H742" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I742" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="743" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A743" s="3" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="B743" s="3" t="s">
-        <v>1460</v>
+        <v>1463</v>
       </c>
       <c r="C743" s="3">
-        <v>91.91</v>
+        <v>53.24</v>
       </c>
       <c r="D743" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E743" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F743" s="3">
-        <v>4</v>
+        <v>8800</v>
       </c>
       <c r="G743" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H743" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I743" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="744" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A744" s="3" t="s">
-        <v>1461</v>
+        <v>1464</v>
       </c>
       <c r="B744" s="3" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="C744" s="3">
-        <v>140.33</v>
+        <v>56.4</v>
       </c>
       <c r="D744" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E744" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F744" s="3">
-        <v>7</v>
+        <v>300</v>
       </c>
       <c r="G744" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H744" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I744" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="745" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A745" s="3" t="s">
-        <v>1463</v>
+        <v>1466</v>
       </c>
       <c r="B745" s="3" t="s">
-        <v>1464</v>
+        <v>1467</v>
       </c>
       <c r="C745" s="3">
-        <v>72.08</v>
+        <v>77.22</v>
       </c>
       <c r="D745" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E745" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F745" s="3">
-        <v>362</v>
+        <v>50</v>
       </c>
       <c r="G745" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H745" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I745" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="746" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A746" s="3" t="s">
-        <v>1465</v>
+        <v>1468</v>
       </c>
       <c r="B746" s="3" t="s">
-        <v>1466</v>
+        <v>1469</v>
       </c>
       <c r="C746" s="3">
-        <v>1.53</v>
+        <v>58.91</v>
       </c>
       <c r="D746" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E746" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F746" s="3">
-        <v>150800</v>
+        <v>4250</v>
       </c>
       <c r="G746" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H746" s="3">
-        <v>13000</v>
+        <v>1000</v>
       </c>
       <c r="I746" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="747" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A747" s="3" t="s">
-        <v>1467</v>
+        <v>1470</v>
       </c>
       <c r="B747" s="3" t="s">
-        <v>1468</v>
+        <v>1471</v>
       </c>
       <c r="C747" s="3">
-        <v>61.68</v>
+        <v>83.87</v>
       </c>
       <c r="D747" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E747" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F747" s="3">
-        <v>289</v>
+        <v>2400</v>
       </c>
       <c r="G747" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H747" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I747" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="748" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A748" s="3" t="s">
-        <v>1469</v>
+        <v>1472</v>
       </c>
       <c r="B748" s="3" t="s">
-        <v>1470</v>
+        <v>1473</v>
       </c>
       <c r="C748" s="3">
-        <v>1.98</v>
+        <v>63.61</v>
       </c>
       <c r="D748" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E748" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F748" s="3">
-        <v>604200</v>
+        <v>4750</v>
       </c>
       <c r="G748" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H748" s="3">
-        <v>8000</v>
+        <v>1000</v>
       </c>
       <c r="I748" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="749" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A749" s="3" t="s">
-        <v>1471</v>
+        <v>1474</v>
       </c>
       <c r="B749" s="3" t="s">
-        <v>1472</v>
+        <v>1475</v>
       </c>
       <c r="C749" s="3">
-        <v>4.1</v>
+        <v>91.87</v>
       </c>
       <c r="D749" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E749" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F749" s="3">
-        <v>125900</v>
+        <v>2450</v>
       </c>
       <c r="G749" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H749" s="3">
-        <v>4800</v>
+        <v>1000</v>
       </c>
       <c r="I749" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="750" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A750" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A750" s="2" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B750" s="2"/>
+      <c r="C750" s="2"/>
+      <c r="D750" s="2"/>
+      <c r="E750" s="2"/>
+      <c r="F750" s="2"/>
+      <c r="G750" s="2"/>
+      <c r="H750" s="2"/>
+      <c r="I750" s="2"/>
     </row>
     <row r="751" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A751" s="3" t="s">
-        <v>1475</v>
+        <v>1477</v>
       </c>
       <c r="B751" s="3" t="s">
-        <v>1476</v>
+        <v>1478</v>
       </c>
       <c r="C751" s="3">
-        <v>4.76</v>
+        <v>161.31</v>
       </c>
       <c r="D751" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E751" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F751" s="3">
-        <v>50800</v>
+        <v>74</v>
       </c>
       <c r="G751" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H751" s="3">
-        <v>4500</v>
+        <v>10</v>
       </c>
       <c r="I751" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="752" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A752" s="3" t="s">
-        <v>1477</v>
+        <v>1479</v>
       </c>
       <c r="B752" s="3" t="s">
-        <v>1478</v>
+        <v>1480</v>
       </c>
       <c r="C752" s="3">
-        <v>6.86</v>
+        <v>14.42</v>
       </c>
       <c r="D752" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E752" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F752" s="3">
-        <v>63400</v>
+        <v>21300</v>
       </c>
       <c r="G752" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H752" s="3">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="I752" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="753" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A753" s="3" t="s">
-        <v>1479</v>
+        <v>1481</v>
       </c>
       <c r="B753" s="3" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="C753" s="3">
-        <v>9.89</v>
+        <v>139.58</v>
       </c>
       <c r="D753" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E753" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F753" s="3">
-        <v>14750</v>
+        <v>12</v>
       </c>
       <c r="G753" s="3">
+        <v>1</v>
+      </c>
+      <c r="H753" s="3">
+        <v>60</v>
+      </c>
+      <c r="I753" s="3">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="754" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A754" s="3" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="B754" s="3" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="C754" s="3">
-        <v>3.06</v>
+        <v>463.62</v>
       </c>
       <c r="D754" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E754" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F754" s="3">
-        <v>125000</v>
+        <v>1</v>
       </c>
       <c r="G754" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H754" s="3">
-        <v>5000</v>
+        <v>10</v>
       </c>
       <c r="I754" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="755" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A755" s="3" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="B755" s="3" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="C755" s="3">
-        <v>4.76</v>
+        <v>17.5</v>
       </c>
       <c r="D755" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E755" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F755" s="3">
-        <v>1900</v>
+        <v>26900</v>
       </c>
       <c r="G755" s="3">
         <v>100</v>
       </c>
       <c r="H755" s="3">
-        <v>5000</v>
+        <v>6000</v>
       </c>
       <c r="I755" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="756" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A756" s="3" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="B756" s="3" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="C756" s="3">
-        <v>131.25</v>
+        <v>58.28</v>
       </c>
       <c r="D756" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E756" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F756" s="3">
-        <v>0</v>
+        <v>11300</v>
       </c>
       <c r="G756" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H756" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I756" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="757" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A757" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A757" s="2" t="s">
+        <v>1489</v>
+      </c>
+      <c r="B757" s="2"/>
+      <c r="C757" s="2"/>
+      <c r="D757" s="2"/>
+      <c r="E757" s="2"/>
+      <c r="F757" s="2"/>
+      <c r="G757" s="2"/>
+      <c r="H757" s="2"/>
+      <c r="I757" s="2"/>
     </row>
     <row r="758" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A758" s="3" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="B758" s="3" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="C758" s="3">
-        <v>192.15</v>
+        <v>92.81</v>
       </c>
       <c r="D758" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E758" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F758" s="3">
-        <v>38</v>
+        <v>22000</v>
       </c>
       <c r="G758" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H758" s="3">
-        <v>10</v>
+        <v>800</v>
       </c>
       <c r="I758" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="759" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A759" s="3" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="B759" s="3" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="C759" s="3">
-        <v>73.18</v>
+        <v>206.14</v>
       </c>
       <c r="D759" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E759" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F759" s="3">
-        <v>20</v>
+        <v>10665</v>
       </c>
       <c r="G759" s="3">
-        <v>1</v>
+        <v>45</v>
       </c>
       <c r="H759" s="3">
-        <v>10</v>
+        <v>450</v>
       </c>
       <c r="I759" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="760" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A760" s="3" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="B760" s="3" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="C760" s="3">
-        <v>5.91</v>
+        <v>116.46</v>
       </c>
       <c r="D760" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E760" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F760" s="3">
-        <v>61200</v>
+        <v>0</v>
       </c>
       <c r="G760" s="3">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="H760" s="3">
-        <v>4000</v>
+        <v>840</v>
       </c>
       <c r="I760" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="761" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A761" s="3" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="B761" s="3" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="C761" s="3">
-        <v>60.92</v>
+        <v>168.9</v>
       </c>
       <c r="D761" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E761" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F761" s="3">
-        <v>0</v>
+        <v>13500</v>
       </c>
       <c r="G761" s="3">
-        <v>1</v>
+        <v>45</v>
       </c>
       <c r="H761" s="3">
-        <v>10</v>
+        <v>450</v>
       </c>
       <c r="I761" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="762" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A762" s="3" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="B762" s="3" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="C762" s="3">
-        <v>51.65</v>
+        <v>61.83</v>
       </c>
       <c r="D762" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E762" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F762" s="3">
-        <v>19</v>
+        <v>19150</v>
       </c>
       <c r="G762" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H762" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I762" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="763" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A763" s="3" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="B763" s="3" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="C763" s="3">
-        <v>65.16</v>
+        <v>97.45</v>
       </c>
       <c r="D763" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E763" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F763" s="3">
-        <v>79</v>
+        <v>7600</v>
       </c>
       <c r="G763" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H763" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I763" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="764" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A764" s="3" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="B764" s="3" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="C764" s="3">
-        <v>87.35</v>
+        <v>116.88</v>
       </c>
       <c r="D764" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E764" s="3" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="F764" s="3">
-        <v>68</v>
+        <v>9500</v>
       </c>
       <c r="G764" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H764" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I764" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="765" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A765" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I765" s="2"/>
+      <c r="A765" s="3" t="s">
+        <v>1504</v>
+      </c>
+      <c r="B765" s="3" t="s">
+        <v>1505</v>
+      </c>
+      <c r="C765" s="3">
+        <v>130.61</v>
+      </c>
+      <c r="D765" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E765" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F765" s="3">
+        <v>6300</v>
+      </c>
+      <c r="G765" s="3">
+        <v>50</v>
+      </c>
+      <c r="H765" s="3">
+        <v>500</v>
+      </c>
+      <c r="I765" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="766" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A766" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A766" s="2" t="s">
+        <v>1506</v>
+      </c>
+      <c r="B766" s="2"/>
+      <c r="C766" s="2"/>
+      <c r="D766" s="2"/>
+      <c r="E766" s="2"/>
+      <c r="F766" s="2"/>
+      <c r="G766" s="2"/>
+      <c r="H766" s="2"/>
+      <c r="I766" s="2"/>
     </row>
     <row r="767" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A767" s="3" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="B767" s="3" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="C767" s="3">
-        <v>1.58</v>
+        <v>5.59</v>
       </c>
       <c r="D767" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E767" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F767" s="3">
-        <v>35100</v>
+        <v>122100</v>
       </c>
       <c r="G767" s="3">
         <v>100</v>
       </c>
       <c r="H767" s="3">
-        <v>20000</v>
+        <v>10000</v>
       </c>
       <c r="I767" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="768" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A768" s="3" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="B768" s="3" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="C768" s="3">
-        <v>1.42</v>
+        <v>10.66</v>
       </c>
       <c r="D768" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E768" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F768" s="3">
-        <v>0</v>
+        <v>24300</v>
       </c>
       <c r="G768" s="3">
         <v>100</v>
       </c>
       <c r="H768" s="3">
-        <v>20000</v>
+        <v>4000</v>
       </c>
       <c r="I768" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="769" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A769" s="3" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="B769" s="3" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="C769" s="3">
-        <v>14.07</v>
+        <v>18.51</v>
       </c>
       <c r="D769" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E769" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F769" s="3">
-        <v>13000</v>
+        <v>8600</v>
       </c>
       <c r="G769" s="3">
         <v>100</v>
       </c>
       <c r="H769" s="3">
-        <v>20000</v>
+        <v>5000</v>
       </c>
       <c r="I769" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="770" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A770" s="3" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="B770" s="3" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="C770" s="3">
-        <v>4.78</v>
+        <v>119.67</v>
       </c>
       <c r="D770" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E770" s="3" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F770" s="3">
-        <v>1000</v>
+        <v>3</v>
       </c>
       <c r="G770" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H770" s="3">
-        <v>5000</v>
+        <v>10</v>
       </c>
       <c r="I770" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="771" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A771" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I771" s="2"/>
+      <c r="A771" s="3" t="s">
+        <v>1515</v>
+      </c>
+      <c r="B771" s="3" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C771" s="3">
+        <v>114.97</v>
+      </c>
+      <c r="D771" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E771" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F771" s="3">
+        <v>94</v>
+      </c>
+      <c r="G771" s="3">
+        <v>1</v>
+      </c>
+      <c r="H771" s="3">
+        <v>10</v>
+      </c>
+      <c r="I771" s="3">
+        <v>50</v>
+      </c>
     </row>
     <row r="772" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A772" s="3" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
       <c r="B772" s="3" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
       <c r="C772" s="3">
-        <v>496.28</v>
+        <v>5.58</v>
       </c>
       <c r="D772" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E772" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F772" s="3">
-        <v>840</v>
+        <v>191200</v>
       </c>
       <c r="G772" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H772" s="3">
-        <v>120</v>
+        <v>10000</v>
       </c>
       <c r="I772" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="773" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A773" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A773" s="2" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B773" s="2"/>
+      <c r="C773" s="2"/>
+      <c r="D773" s="2"/>
+      <c r="E773" s="2"/>
+      <c r="F773" s="2"/>
+      <c r="G773" s="2"/>
+      <c r="H773" s="2"/>
+      <c r="I773" s="2"/>
     </row>
     <row r="774" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A774" s="3" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="B774" s="3" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="C774" s="3">
-        <v>41.5</v>
+        <v>59.15</v>
       </c>
       <c r="D774" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E774" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F774" s="3">
-        <v>2400</v>
+        <v>1548</v>
       </c>
       <c r="G774" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H774" s="3">
-        <v>1600</v>
+        <v>360</v>
       </c>
       <c r="I774" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="775" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A775" s="3" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="B775" s="3" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="C775" s="3">
-        <v>78.67</v>
+        <v>59.48</v>
       </c>
       <c r="D775" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E775" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F775" s="3">
-        <v>6430</v>
+        <v>236</v>
       </c>
       <c r="G775" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H775" s="3">
-        <v>1000</v>
+        <v>360</v>
       </c>
       <c r="I775" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="776" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A776" s="3" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="B776" s="3" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="C776" s="3">
-        <v>64.26</v>
+        <v>194.04</v>
       </c>
       <c r="D776" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E776" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F776" s="3">
-        <v>3700</v>
+        <v>0</v>
       </c>
       <c r="G776" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H776" s="3">
-        <v>800</v>
+        <v>120</v>
       </c>
       <c r="I776" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="777" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A777" s="3" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="B777" s="3" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="C777" s="3">
-        <v>149.03</v>
+        <v>58.94</v>
       </c>
       <c r="D777" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E777" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F777" s="3">
-        <v>2420</v>
+        <v>0</v>
       </c>
       <c r="G777" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H777" s="3">
-        <v>500</v>
+        <v>360</v>
       </c>
       <c r="I777" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="778" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A778" s="3" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="B778" s="3" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="C778" s="3">
-        <v>22.12</v>
+        <v>61.38</v>
       </c>
       <c r="D778" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E778" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F778" s="3">
-        <v>1720</v>
+        <v>432</v>
       </c>
       <c r="G778" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H778" s="3">
-        <v>1600</v>
+        <v>360</v>
       </c>
       <c r="I778" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="779" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A779" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B779" s="3" t="s">
+      <c r="A779" s="2" t="s">
         <v>1530</v>
       </c>
-      <c r="C779" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B779" s="2"/>
+      <c r="C779" s="2"/>
+      <c r="D779" s="2"/>
+      <c r="E779" s="2"/>
+      <c r="F779" s="2"/>
+      <c r="G779" s="2"/>
+      <c r="H779" s="2"/>
+      <c r="I779" s="2"/>
     </row>
     <row r="780" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A780" s="3" t="s">
         <v>1531</v>
       </c>
       <c r="B780" s="3" t="s">
         <v>1532</v>
       </c>
       <c r="C780" s="3">
-        <v>122.95</v>
+        <v>443.61</v>
       </c>
       <c r="D780" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E780" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F780" s="3">
-        <v>2950</v>
+        <v>1183</v>
       </c>
       <c r="G780" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H780" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I780" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="781" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A781" s="3" t="s">
         <v>1533</v>
       </c>
       <c r="B781" s="3" t="s">
         <v>1534</v>
       </c>
       <c r="C781" s="3">
-        <v>43.03</v>
+        <v>513.91</v>
       </c>
       <c r="D781" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E781" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F781" s="3">
-        <v>2010</v>
+        <v>938</v>
       </c>
       <c r="G781" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H781" s="3">
-        <v>800</v>
+        <v>300</v>
       </c>
       <c r="I781" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="782" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A782" s="3" t="s">
         <v>1535</v>
       </c>
       <c r="B782" s="3" t="s">
         <v>1536</v>
       </c>
       <c r="C782" s="3">
-        <v>96.56</v>
+        <v>571.98</v>
       </c>
       <c r="D782" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E782" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F782" s="3">
-        <v>4000</v>
+        <v>539</v>
       </c>
       <c r="G782" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H782" s="3">
-        <v>800</v>
+        <v>120</v>
       </c>
       <c r="I782" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="783" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A783" s="3" t="s">
         <v>1537</v>
       </c>
       <c r="B783" s="3" t="s">
         <v>1538</v>
       </c>
       <c r="C783" s="3">
-        <v>209.05</v>
+        <v>350.57</v>
       </c>
       <c r="D783" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E783" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F783" s="3">
-        <v>2270</v>
+        <v>1</v>
       </c>
       <c r="G783" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H783" s="3">
         <v>300</v>
       </c>
       <c r="I783" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="784" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A784" s="2" t="s">
         <v>1539</v>
       </c>
       <c r="B784" s="2"/>
       <c r="C784" s="2"/>
       <c r="D784" s="2"/>
       <c r="E784" s="2"/>
       <c r="F784" s="2"/>
       <c r="G784" s="2"/>
       <c r="H784" s="2"/>
       <c r="I784" s="2"/>
     </row>
     <row r="785" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A785" s="3" t="s">
         <v>1540</v>
       </c>
       <c r="B785" s="3" t="s">
         <v>1541</v>
       </c>
       <c r="C785" s="3">
-        <v>69.5</v>
+        <v>650.24</v>
       </c>
       <c r="D785" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E785" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F785" s="3">
-        <v>5250</v>
+        <v>3031</v>
       </c>
       <c r="G785" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H785" s="3">
-        <v>1000</v>
+        <v>80</v>
       </c>
       <c r="I785" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="786" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A786" s="3" t="s">
         <v>1542</v>
       </c>
       <c r="B786" s="3" t="s">
         <v>1543</v>
       </c>
       <c r="C786" s="3">
-        <v>52.35</v>
+        <v>2608.66</v>
       </c>
       <c r="D786" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E786" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F786" s="3">
-        <v>13000</v>
+        <v>854</v>
       </c>
       <c r="G786" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H786" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I786" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="787" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A787" s="3" t="s">
         <v>1544</v>
       </c>
       <c r="B787" s="3" t="s">
         <v>1545</v>
       </c>
       <c r="C787" s="3">
-        <v>45.28</v>
+        <v>751.23</v>
       </c>
       <c r="D787" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E787" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F787" s="3">
-        <v>5100</v>
+        <v>746</v>
       </c>
       <c r="G787" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H787" s="3">
-        <v>2000</v>
+        <v>80</v>
       </c>
       <c r="I787" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="788" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A788" s="3" t="s">
+      <c r="A788" s="2" t="s">
         <v>1546</v>
       </c>
-      <c r="B788" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B788" s="2"/>
+      <c r="C788" s="2"/>
+      <c r="D788" s="2"/>
+      <c r="E788" s="2"/>
+      <c r="F788" s="2"/>
+      <c r="G788" s="2"/>
+      <c r="H788" s="2"/>
+      <c r="I788" s="2"/>
     </row>
     <row r="789" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A789" s="3" t="s">
+        <v>1547</v>
+      </c>
+      <c r="B789" s="3" t="s">
         <v>1548</v>
       </c>
-      <c r="B789" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C789" s="3">
-        <v>58.27</v>
+        <v>358.3</v>
       </c>
       <c r="D789" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E789" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F789" s="3">
-        <v>6400</v>
+        <v>829</v>
       </c>
       <c r="G789" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H789" s="3">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="I789" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="790" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A790" s="3" t="s">
+        <v>1549</v>
+      </c>
+      <c r="B790" s="3" t="s">
         <v>1550</v>
       </c>
-      <c r="B790" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C790" s="3">
-        <v>55.46</v>
+        <v>93</v>
       </c>
       <c r="D790" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E790" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F790" s="3">
-        <v>500</v>
+        <v>487</v>
       </c>
       <c r="G790" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H790" s="3">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="I790" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="791" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A791" s="3" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B791" s="3" t="s">
         <v>1552</v>
       </c>
-      <c r="B791" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C791" s="3">
-        <v>57.93</v>
+        <v>178.93</v>
       </c>
       <c r="D791" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E791" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F791" s="3">
-        <v>4250</v>
+        <v>1490</v>
       </c>
       <c r="G791" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H791" s="3">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="I791" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="792" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A792" s="3" t="s">
+        <v>1553</v>
+      </c>
+      <c r="B792" s="3" t="s">
         <v>1554</v>
       </c>
-      <c r="B792" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C792" s="3">
-        <v>82.47</v>
+        <v>245.67</v>
       </c>
       <c r="D792" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E792" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F792" s="3">
-        <v>4400</v>
+        <v>978</v>
       </c>
       <c r="G792" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H792" s="3">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="I792" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="793" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A793" s="3" t="s">
+        <v>1555</v>
+      </c>
+      <c r="B793" s="3" t="s">
         <v>1556</v>
       </c>
-      <c r="B793" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C793" s="3">
-        <v>62.05</v>
+        <v>392.25</v>
       </c>
       <c r="D793" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E793" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F793" s="3">
-        <v>7700</v>
+        <v>661</v>
       </c>
       <c r="G793" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H793" s="3">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="I793" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="794" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A794" s="3" t="s">
+        <v>1557</v>
+      </c>
+      <c r="B794" s="3" t="s">
         <v>1558</v>
       </c>
-      <c r="B794" s="3" t="s">
+      <c r="C794" s="3">
+        <v>179.35</v>
+      </c>
+      <c r="D794" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E794" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F794" s="3">
+        <v>4655</v>
+      </c>
+      <c r="G794" s="3">
+        <v>1</v>
+      </c>
+      <c r="H794" s="3">
+        <v>250</v>
+      </c>
+      <c r="I794" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="795" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A795" s="2" t="s">
         <v>1559</v>
       </c>
-      <c r="C794" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B795" s="2"/>
+      <c r="C795" s="2"/>
+      <c r="D795" s="2"/>
+      <c r="E795" s="2"/>
+      <c r="F795" s="2"/>
+      <c r="G795" s="2"/>
+      <c r="H795" s="2"/>
+      <c r="I795" s="2"/>
     </row>
     <row r="796" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A796" s="2" t="s">
-        <v>1562</v>
+        <v>1560</v>
       </c>
       <c r="B796" s="2"/>
       <c r="C796" s="2"/>
       <c r="D796" s="2"/>
       <c r="E796" s="2"/>
       <c r="F796" s="2"/>
       <c r="G796" s="2"/>
       <c r="H796" s="2"/>
       <c r="I796" s="2"/>
     </row>
     <row r="797" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A797" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I797" s="2"/>
+      <c r="A797" s="3" t="s">
+        <v>1561</v>
+      </c>
+      <c r="B797" s="3" t="s">
+        <v>1562</v>
+      </c>
+      <c r="C797" s="3">
+        <v>100.33</v>
+      </c>
+      <c r="D797" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E797" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F797" s="3">
+        <v>27000</v>
+      </c>
+      <c r="G797" s="3">
+        <v>50</v>
+      </c>
+      <c r="H797" s="3">
+        <v>5000</v>
+      </c>
+      <c r="I797" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="798" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A798" s="3" t="s">
+        <v>1563</v>
+      </c>
+      <c r="B798" s="3" t="s">
         <v>1564</v>
       </c>
-      <c r="B798" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C798" s="3">
-        <v>27.13</v>
+        <v>34.55</v>
       </c>
       <c r="D798" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E798" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F798" s="3">
-        <v>4100</v>
+        <v>5900</v>
       </c>
       <c r="G798" s="3">
         <v>100</v>
       </c>
       <c r="H798" s="3">
-        <v>1100</v>
+        <v>1000</v>
       </c>
       <c r="I798" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="799" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A799" s="3" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B799" s="3" t="s">
         <v>1566</v>
       </c>
-      <c r="B799" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C799" s="3">
-        <v>40.73</v>
+        <v>82.16</v>
       </c>
       <c r="D799" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E799" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F799" s="3">
         <v>0</v>
       </c>
       <c r="G799" s="3">
         <v>100</v>
       </c>
       <c r="H799" s="3">
         <v>1000</v>
       </c>
       <c r="I799" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="800" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A800" s="3" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B800" s="3" t="s">
         <v>1568</v>
       </c>
-      <c r="B800" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C800" s="3">
-        <v>27.14</v>
+        <v>33.12</v>
       </c>
       <c r="D800" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E800" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F800" s="3">
-        <v>0</v>
+        <v>800</v>
       </c>
       <c r="G800" s="3">
         <v>100</v>
       </c>
       <c r="H800" s="3">
         <v>1800</v>
       </c>
       <c r="I800" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="801" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A801" s="3" t="s">
+        <v>1569</v>
+      </c>
+      <c r="B801" s="3" t="s">
         <v>1570</v>
       </c>
-      <c r="B801" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C801" s="3">
-        <v>57.04</v>
+        <v>53.2</v>
       </c>
       <c r="D801" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E801" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F801" s="3">
-        <v>17950</v>
+        <v>8400</v>
       </c>
       <c r="G801" s="3">
         <v>50</v>
       </c>
       <c r="H801" s="3">
-        <v>50</v>
+        <v>6000</v>
       </c>
       <c r="I801" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="802" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A802" s="3" t="s">
+        <v>1571</v>
+      </c>
+      <c r="B802" s="3" t="s">
         <v>1572</v>
       </c>
-      <c r="B802" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C802" s="3">
-        <v>72.46</v>
+        <v>162.51</v>
       </c>
       <c r="D802" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E802" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F802" s="3">
-        <v>0</v>
+        <v>10480</v>
       </c>
       <c r="G802" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="H802" s="3">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="I802" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="803" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A803" s="3" t="s">
+        <v>1573</v>
+      </c>
+      <c r="B803" s="3" t="s">
         <v>1574</v>
       </c>
-      <c r="B803" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C803" s="3">
-        <v>30.87</v>
+        <v>152.99</v>
       </c>
       <c r="D803" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E803" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F803" s="3">
-        <v>32200</v>
+        <v>3777</v>
       </c>
       <c r="G803" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H803" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I803" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="804" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A804" s="3" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B804" s="3" t="s">
         <v>1576</v>
       </c>
-      <c r="B804" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C804" s="3">
-        <v>89.68</v>
+        <v>96.23</v>
       </c>
       <c r="D804" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E804" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F804" s="3">
-        <v>20450</v>
+        <v>0</v>
       </c>
       <c r="G804" s="3">
         <v>50</v>
       </c>
       <c r="H804" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I804" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="805" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A805" s="3" t="s">
+        <v>1577</v>
+      </c>
+      <c r="B805" s="3" t="s">
         <v>1578</v>
       </c>
-      <c r="B805" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C805" s="3">
-        <v>133.16</v>
+        <v>54.13</v>
       </c>
       <c r="D805" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E805" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F805" s="3">
-        <v>7520</v>
+        <v>0</v>
       </c>
       <c r="G805" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="H805" s="3">
-        <v>400</v>
+        <v>1000</v>
       </c>
       <c r="I805" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="806" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A806" s="3" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B806" s="3" t="s">
         <v>1580</v>
       </c>
-      <c r="B806" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C806" s="3">
-        <v>55.06</v>
+        <v>37.67</v>
       </c>
       <c r="D806" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E806" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F806" s="3">
-        <v>8600</v>
+        <v>30200</v>
       </c>
       <c r="G806" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H806" s="3">
-        <v>6000</v>
+        <v>1000</v>
       </c>
       <c r="I806" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="807" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A807" s="3" t="s">
+        <v>1581</v>
+      </c>
+      <c r="B807" s="3" t="s">
         <v>1582</v>
       </c>
-      <c r="B807" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C807" s="3">
-        <v>101.63</v>
+        <v>113.69</v>
       </c>
       <c r="D807" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E807" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F807" s="3">
-        <v>4000</v>
+        <v>6800</v>
       </c>
       <c r="G807" s="3">
         <v>50</v>
       </c>
       <c r="H807" s="3">
         <v>6000</v>
       </c>
       <c r="I807" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="808" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A808" s="3" t="s">
+        <v>1583</v>
+      </c>
+      <c r="B808" s="3" t="s">
         <v>1584</v>
       </c>
-      <c r="B808" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C808" s="3">
-        <v>80.69</v>
+        <v>90.27</v>
       </c>
       <c r="D808" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E808" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F808" s="3">
-        <v>3200</v>
+        <v>2500</v>
       </c>
       <c r="G808" s="3">
         <v>100</v>
       </c>
       <c r="H808" s="3">
         <v>2200</v>
       </c>
       <c r="I808" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="809" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A809" s="3" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B809" s="3" t="s">
         <v>1586</v>
       </c>
-      <c r="B809" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C809" s="3">
-        <v>125.36</v>
+        <v>69.61</v>
       </c>
       <c r="D809" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E809" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F809" s="3">
-        <v>1902</v>
+        <v>23500</v>
       </c>
       <c r="G809" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H809" s="3">
-        <v>3000</v>
+        <v>50</v>
       </c>
       <c r="I809" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="810" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A810" s="3" t="s">
+        <v>1587</v>
+      </c>
+      <c r="B810" s="3" t="s">
         <v>1588</v>
       </c>
-      <c r="B810" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C810" s="3">
-        <v>80.79</v>
+        <v>73.69</v>
       </c>
       <c r="D810" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E810" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F810" s="3">
         <v>0</v>
       </c>
       <c r="G810" s="3">
         <v>100</v>
       </c>
       <c r="H810" s="3">
         <v>1000</v>
       </c>
       <c r="I810" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="811" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A811" s="3" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B811" s="3" t="s">
         <v>1590</v>
       </c>
-      <c r="B811" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C811" s="3">
-        <v>28.31</v>
+        <v>39.35</v>
       </c>
       <c r="D811" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E811" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F811" s="3">
-        <v>5300</v>
+        <v>0</v>
       </c>
       <c r="G811" s="3">
         <v>100</v>
       </c>
       <c r="H811" s="3">
         <v>1000</v>
       </c>
       <c r="I811" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="812" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A812" s="3" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B812" s="3" t="s">
         <v>1592</v>
       </c>
-      <c r="B812" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C812" s="3">
-        <v>53.23</v>
+        <v>65.29</v>
       </c>
       <c r="D812" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E812" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F812" s="3">
         <v>0</v>
       </c>
       <c r="G812" s="3">
         <v>100</v>
       </c>
       <c r="H812" s="3">
         <v>1000</v>
       </c>
       <c r="I812" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="813" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A813" s="3" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B813" s="3" t="s">
         <v>1594</v>
       </c>
-      <c r="B813" s="3" t="s">
+      <c r="C813" s="3">
+        <v>33.11</v>
+      </c>
+      <c r="D813" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E813" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F813" s="3">
+        <v>8600</v>
+      </c>
+      <c r="G813" s="3">
+        <v>100</v>
+      </c>
+      <c r="H813" s="3">
+        <v>1100</v>
+      </c>
+      <c r="I813" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="814" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A814" s="2" t="s">
         <v>1595</v>
       </c>
-      <c r="C813" s="3">
-[...22 lines deleted...]
-      <c r="A814" s="3" t="s">
+      <c r="B814" s="2"/>
+      <c r="C814" s="2"/>
+      <c r="D814" s="2"/>
+      <c r="E814" s="2"/>
+      <c r="F814" s="2"/>
+      <c r="G814" s="2"/>
+      <c r="H814" s="2"/>
+      <c r="I814" s="2"/>
+    </row>
+    <row r="815" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A815" s="3" t="s">
         <v>1596</v>
       </c>
-      <c r="B814" s="3" t="s">
+      <c r="B815" s="3" t="s">
         <v>1597</v>
       </c>
-      <c r="C814" s="3">
-[...32 lines deleted...]
-      <c r="I815" s="2"/>
+      <c r="C815" s="3">
+        <v>230.98</v>
+      </c>
+      <c r="D815" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E815" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F815" s="3">
+        <v>171</v>
+      </c>
+      <c r="G815" s="3">
+        <v>1</v>
+      </c>
+      <c r="H815" s="3">
+        <v>60</v>
+      </c>
+      <c r="I815" s="3">
+        <v>25</v>
+      </c>
     </row>
     <row r="816" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A816" s="3" t="s">
+        <v>1598</v>
+      </c>
+      <c r="B816" s="3" t="s">
         <v>1599</v>
       </c>
-      <c r="B816" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C816" s="3">
-        <v>505.31</v>
+        <v>249.35</v>
       </c>
       <c r="D816" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E816" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F816" s="3">
         <v>100</v>
       </c>
       <c r="G816" s="3">
         <v>1</v>
       </c>
       <c r="H816" s="3">
         <v>60</v>
       </c>
       <c r="I816" s="3">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="817" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A817" s="3" t="s">
+        <v>1600</v>
+      </c>
+      <c r="B817" s="3" t="s">
         <v>1601</v>
       </c>
-      <c r="B817" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C817" s="3">
-        <v>817.68</v>
+        <v>1917.16</v>
       </c>
       <c r="D817" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E817" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F817" s="3">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="G817" s="3">
+        <v>1</v>
+      </c>
+      <c r="H817" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="I817" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="818" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A818" s="3" t="s">
+        <v>1602</v>
+      </c>
+      <c r="B818" s="3" t="s">
         <v>1603</v>
       </c>
-      <c r="B818" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C818" s="3">
-        <v>423.51</v>
+        <v>278.15</v>
       </c>
       <c r="D818" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E818" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F818" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G818" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H818" s="3">
         <v>60</v>
       </c>
       <c r="I818" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="819" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A819" s="3" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B819" s="3" t="s">
         <v>1605</v>
       </c>
-      <c r="B819" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C819" s="3">
-        <v>1431.62</v>
+        <v>566.75</v>
       </c>
       <c r="D819" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E819" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F819" s="3">
-        <v>563</v>
+        <v>18</v>
       </c>
       <c r="G819" s="3">
         <v>1</v>
       </c>
       <c r="H819" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I819" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="820" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A820" s="3" t="s">
+        <v>1606</v>
+      </c>
+      <c r="B820" s="3" t="s">
         <v>1607</v>
       </c>
-      <c r="B820" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C820" s="3">
-        <v>745.36</v>
+        <v>831.58</v>
       </c>
       <c r="D820" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E820" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F820" s="3">
-        <v>273</v>
+        <v>0</v>
       </c>
       <c r="G820" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H820" s="3">
         <v>60</v>
       </c>
       <c r="I820" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="821" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A821" s="3" t="s">
+        <v>1608</v>
+      </c>
+      <c r="B821" s="3" t="s">
         <v>1609</v>
       </c>
-      <c r="B821" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C821" s="3">
-        <v>658.83</v>
+        <v>904.01</v>
       </c>
       <c r="D821" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E821" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F821" s="3">
-        <v>1</v>
+        <v>51</v>
       </c>
       <c r="G821" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H821" s="3">
         <v>60</v>
       </c>
       <c r="I821" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="822" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A822" s="3" t="s">
+        <v>1610</v>
+      </c>
+      <c r="B822" s="3" t="s">
         <v>1611</v>
       </c>
-      <c r="B822" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C822" s="3">
-        <v>298.98</v>
+        <v>2430.02</v>
       </c>
       <c r="D822" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E822" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F822" s="3">
-        <v>0</v>
+        <v>119</v>
       </c>
       <c r="G822" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H822" s="3">
         <v>60</v>
       </c>
       <c r="I822" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="823" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A823" s="3" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B823" s="3" t="s">
         <v>1613</v>
       </c>
-      <c r="B823" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C823" s="3">
-        <v>240.39</v>
+        <v>948.23</v>
       </c>
       <c r="D823" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E823" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F823" s="3">
-        <v>3</v>
+        <v>56</v>
       </c>
       <c r="G823" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H823" s="3">
         <v>60</v>
       </c>
       <c r="I823" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="824" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A824" s="3" t="s">
+        <v>1614</v>
+      </c>
+      <c r="B824" s="3" t="s">
         <v>1615</v>
       </c>
-      <c r="B824" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C824" s="3">
-        <v>2172.18</v>
+        <v>1601.55</v>
       </c>
       <c r="D824" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E824" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F824" s="3">
-        <v>42</v>
+        <v>435</v>
       </c>
       <c r="G824" s="3">
         <v>1</v>
       </c>
       <c r="H824" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I824" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="825" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A825" s="3" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B825" s="3" t="s">
         <v>1617</v>
       </c>
-      <c r="B825" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C825" s="3">
-        <v>247.9</v>
+        <v>473.78</v>
       </c>
       <c r="D825" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E825" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F825" s="3">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="G825" s="3">
         <v>1</v>
       </c>
       <c r="H825" s="3">
         <v>60</v>
       </c>
       <c r="I825" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="826" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A826" s="3" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B826" s="3" t="s">
         <v>1619</v>
       </c>
-      <c r="B826" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C826" s="3">
-        <v>846.57</v>
+        <v>220.03</v>
       </c>
       <c r="D826" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E826" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F826" s="3">
-        <v>55</v>
+        <v>3</v>
       </c>
       <c r="G826" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H826" s="3">
         <v>60</v>
       </c>
       <c r="I826" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="827" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A827" s="3" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B827" s="3" t="s">
         <v>1621</v>
       </c>
-      <c r="B827" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C827" s="3">
-        <v>1721.78</v>
+        <v>304.06</v>
       </c>
       <c r="D827" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E827" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F827" s="3">
         <v>0</v>
       </c>
       <c r="G827" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H827" s="3">
         <v>60</v>
       </c>
       <c r="I827" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="828" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A828" s="3" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B828" s="3" t="s">
         <v>1623</v>
       </c>
-      <c r="B828" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C828" s="3">
-        <v>557.28</v>
+        <v>628.25</v>
       </c>
       <c r="D828" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E828" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F828" s="3">
-        <v>30</v>
+        <v>150</v>
       </c>
       <c r="G828" s="3">
         <v>1</v>
       </c>
       <c r="H828" s="3">
         <v>60</v>
       </c>
       <c r="I828" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
     </row>
     <row r="829" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A829" s="3" t="s">
+        <v>1624</v>
+      </c>
+      <c r="B829" s="3" t="s">
         <v>1625</v>
       </c>
-      <c r="B829" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C829" s="3">
-        <v>309.71</v>
+        <v>929.87</v>
       </c>
       <c r="D829" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E829" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F829" s="3">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="G829" s="3">
         <v>1</v>
       </c>
       <c r="H829" s="3">
         <v>60</v>
       </c>
       <c r="I829" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="830" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A830" s="3" t="s">
+        <v>1626</v>
+      </c>
+      <c r="B830" s="3" t="s">
         <v>1627</v>
       </c>
-      <c r="B830" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C830" s="3">
-        <v>303.89</v>
+        <v>193.13</v>
       </c>
       <c r="D830" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E830" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F830" s="3">
-        <v>4</v>
+        <v>153</v>
       </c>
       <c r="G830" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H830" s="3">
         <v>60</v>
       </c>
       <c r="I830" s="3">
-        <v>60</v>
+        <v>5</v>
       </c>
     </row>
     <row r="831" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A831" s="3" t="s">
+        <v>1628</v>
+      </c>
+      <c r="B831" s="3" t="s">
         <v>1629</v>
       </c>
-      <c r="B831" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C831" s="3">
-        <v>548.96</v>
+        <v>252.11</v>
       </c>
       <c r="D831" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E831" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F831" s="3">
-        <v>7</v>
+        <v>85</v>
       </c>
       <c r="G831" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H831" s="3">
         <v>60</v>
       </c>
       <c r="I831" s="3">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="832" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A832" s="3" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B832" s="3" t="s">
         <v>1631</v>
       </c>
-      <c r="B832" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C832" s="3">
-        <v>887.98</v>
+        <v>795.93</v>
       </c>
       <c r="D832" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E832" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F832" s="3">
-        <v>0</v>
+        <v>173</v>
       </c>
       <c r="G832" s="3">
         <v>1</v>
       </c>
       <c r="H832" s="3">
         <v>60</v>
       </c>
       <c r="I832" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="833" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A833" s="3" t="s">
+        <v>1632</v>
+      </c>
+      <c r="B833" s="3" t="s">
         <v>1633</v>
       </c>
-      <c r="B833" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C833" s="3">
-        <v>595.43</v>
+        <v>1838.6</v>
       </c>
       <c r="D833" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E833" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F833" s="3">
-        <v>1</v>
+        <v>102</v>
       </c>
       <c r="G833" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H833" s="3">
         <v>60</v>
       </c>
       <c r="I833" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="834" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A834" s="3" t="s">
+        <v>1634</v>
+      </c>
+      <c r="B834" s="3" t="s">
         <v>1635</v>
       </c>
-      <c r="B834" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C834" s="3">
-        <v>1713.74</v>
+        <v>513.9</v>
       </c>
       <c r="D834" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E834" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F834" s="3">
-        <v>0</v>
+        <v>94</v>
       </c>
       <c r="G834" s="3">
         <v>1</v>
       </c>
       <c r="H834" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I834" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="835" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A835" s="3" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B835" s="3" t="s">
         <v>1637</v>
       </c>
-      <c r="B835" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C835" s="3">
-        <v>617.75</v>
+        <v>558.29</v>
       </c>
       <c r="D835" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E835" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F835" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G835" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H835" s="3">
         <v>60</v>
       </c>
       <c r="I835" s="3">
-        <v>5</v>
+        <v>60</v>
       </c>
     </row>
     <row r="836" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A836" s="3" t="s">
+        <v>1638</v>
+      </c>
+      <c r="B836" s="3" t="s">
         <v>1639</v>
       </c>
-      <c r="B836" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C836" s="3">
-        <v>831.21</v>
+        <v>605.55</v>
       </c>
       <c r="D836" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E836" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F836" s="3">
-        <v>158</v>
+        <v>1</v>
       </c>
       <c r="G836" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H836" s="3">
         <v>60</v>
       </c>
       <c r="I836" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="837" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A837" s="3" t="s">
+        <v>1640</v>
+      </c>
+      <c r="B837" s="3" t="s">
         <v>1641</v>
       </c>
-      <c r="B837" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C837" s="3">
-        <v>165.13</v>
+        <v>603.03</v>
       </c>
       <c r="D837" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E837" s="3" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="F837" s="3">
-        <v>129</v>
+        <v>1</v>
       </c>
       <c r="G837" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H837" s="3">
         <v>60</v>
       </c>
       <c r="I837" s="3">
-        <v>5</v>
-[...186 lines deleted...]
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="43">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A7:I7"/>
-[...34 lines deleted...]
-    <mergeCell ref="A771:I771"/>
+    <mergeCell ref="A4:I4"/>
+    <mergeCell ref="A64:I64"/>
+    <mergeCell ref="A81:I81"/>
+    <mergeCell ref="A172:I172"/>
+    <mergeCell ref="A198:I198"/>
+    <mergeCell ref="A213:I213"/>
+    <mergeCell ref="A218:I218"/>
+    <mergeCell ref="A219:I219"/>
+    <mergeCell ref="A306:I306"/>
+    <mergeCell ref="A354:I354"/>
+    <mergeCell ref="A380:I380"/>
+    <mergeCell ref="A381:I381"/>
+    <mergeCell ref="A479:I479"/>
+    <mergeCell ref="A494:I494"/>
+    <mergeCell ref="A537:I537"/>
+    <mergeCell ref="A550:I550"/>
+    <mergeCell ref="A555:I555"/>
+    <mergeCell ref="A564:I564"/>
+    <mergeCell ref="A583:I583"/>
+    <mergeCell ref="A592:I592"/>
+    <mergeCell ref="A611:I611"/>
+    <mergeCell ref="A613:I613"/>
+    <mergeCell ref="A618:I618"/>
+    <mergeCell ref="A625:I625"/>
+    <mergeCell ref="A629:I629"/>
+    <mergeCell ref="A637:I637"/>
+    <mergeCell ref="A638:I638"/>
+    <mergeCell ref="A694:I694"/>
+    <mergeCell ref="A719:I719"/>
+    <mergeCell ref="A725:I725"/>
+    <mergeCell ref="A738:I738"/>
+    <mergeCell ref="A750:I750"/>
+    <mergeCell ref="A757:I757"/>
+    <mergeCell ref="A766:I766"/>
+    <mergeCell ref="A773:I773"/>
+    <mergeCell ref="A779:I779"/>
     <mergeCell ref="A784:I784"/>
+    <mergeCell ref="A788:I788"/>
+    <mergeCell ref="A795:I795"/>
     <mergeCell ref="A796:I796"/>
-    <mergeCell ref="A797:I797"/>
-[...1 lines deleted...]
-    <mergeCell ref="A840:I840"/>
+    <mergeCell ref="A814:I814"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D4" r:id="rId1"/>
-[...1 lines deleted...]
-    <hyperlink ref="D6" r:id="rId3"/>
+    <hyperlink ref="D5" r:id="rId1"/>
+    <hyperlink ref="D6" r:id="rId2"/>
+    <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
-    <hyperlink ref="D16" r:id="rId10"/>
-[...197 lines deleted...]
-    <hyperlink ref="D219" r:id="rId208"/>
+    <hyperlink ref="D14" r:id="rId10"/>
+    <hyperlink ref="D15" r:id="rId11"/>
+    <hyperlink ref="D16" r:id="rId12"/>
+    <hyperlink ref="D17" r:id="rId13"/>
+    <hyperlink ref="D18" r:id="rId14"/>
+    <hyperlink ref="D19" r:id="rId15"/>
+    <hyperlink ref="D20" r:id="rId16"/>
+    <hyperlink ref="D21" r:id="rId17"/>
+    <hyperlink ref="D22" r:id="rId18"/>
+    <hyperlink ref="D23" r:id="rId19"/>
+    <hyperlink ref="D24" r:id="rId20"/>
+    <hyperlink ref="D25" r:id="rId21"/>
+    <hyperlink ref="D26" r:id="rId22"/>
+    <hyperlink ref="D27" r:id="rId23"/>
+    <hyperlink ref="D28" r:id="rId24"/>
+    <hyperlink ref="D29" r:id="rId25"/>
+    <hyperlink ref="D30" r:id="rId26"/>
+    <hyperlink ref="D31" r:id="rId27"/>
+    <hyperlink ref="D32" r:id="rId28"/>
+    <hyperlink ref="D33" r:id="rId29"/>
+    <hyperlink ref="D34" r:id="rId30"/>
+    <hyperlink ref="D35" r:id="rId31"/>
+    <hyperlink ref="D36" r:id="rId32"/>
+    <hyperlink ref="D37" r:id="rId33"/>
+    <hyperlink ref="D38" r:id="rId34"/>
+    <hyperlink ref="D39" r:id="rId35"/>
+    <hyperlink ref="D40" r:id="rId36"/>
+    <hyperlink ref="D41" r:id="rId37"/>
+    <hyperlink ref="D42" r:id="rId38"/>
+    <hyperlink ref="D43" r:id="rId39"/>
+    <hyperlink ref="D44" r:id="rId40"/>
+    <hyperlink ref="D45" r:id="rId41"/>
+    <hyperlink ref="D46" r:id="rId42"/>
+    <hyperlink ref="D47" r:id="rId43"/>
+    <hyperlink ref="D48" r:id="rId44"/>
+    <hyperlink ref="D49" r:id="rId45"/>
+    <hyperlink ref="D50" r:id="rId46"/>
+    <hyperlink ref="D51" r:id="rId47"/>
+    <hyperlink ref="D52" r:id="rId48"/>
+    <hyperlink ref="D53" r:id="rId49"/>
+    <hyperlink ref="D54" r:id="rId50"/>
+    <hyperlink ref="D55" r:id="rId51"/>
+    <hyperlink ref="D56" r:id="rId52"/>
+    <hyperlink ref="D57" r:id="rId53"/>
+    <hyperlink ref="D58" r:id="rId54"/>
+    <hyperlink ref="D59" r:id="rId55"/>
+    <hyperlink ref="D60" r:id="rId56"/>
+    <hyperlink ref="D61" r:id="rId57"/>
+    <hyperlink ref="D62" r:id="rId58"/>
+    <hyperlink ref="D63" r:id="rId59"/>
+    <hyperlink ref="D65" r:id="rId60"/>
+    <hyperlink ref="D66" r:id="rId61"/>
+    <hyperlink ref="D67" r:id="rId62"/>
+    <hyperlink ref="D68" r:id="rId63"/>
+    <hyperlink ref="D69" r:id="rId64"/>
+    <hyperlink ref="D70" r:id="rId65"/>
+    <hyperlink ref="D71" r:id="rId66"/>
+    <hyperlink ref="D72" r:id="rId67"/>
+    <hyperlink ref="D73" r:id="rId68"/>
+    <hyperlink ref="D74" r:id="rId69"/>
+    <hyperlink ref="D75" r:id="rId70"/>
+    <hyperlink ref="D76" r:id="rId71"/>
+    <hyperlink ref="D77" r:id="rId72"/>
+    <hyperlink ref="D78" r:id="rId73"/>
+    <hyperlink ref="D79" r:id="rId74"/>
+    <hyperlink ref="D80" r:id="rId75"/>
+    <hyperlink ref="D82" r:id="rId76"/>
+    <hyperlink ref="D83" r:id="rId77"/>
+    <hyperlink ref="D84" r:id="rId78"/>
+    <hyperlink ref="D85" r:id="rId79"/>
+    <hyperlink ref="D86" r:id="rId80"/>
+    <hyperlink ref="D87" r:id="rId81"/>
+    <hyperlink ref="D88" r:id="rId82"/>
+    <hyperlink ref="D89" r:id="rId83"/>
+    <hyperlink ref="D90" r:id="rId84"/>
+    <hyperlink ref="D91" r:id="rId85"/>
+    <hyperlink ref="D92" r:id="rId86"/>
+    <hyperlink ref="D93" r:id="rId87"/>
+    <hyperlink ref="D94" r:id="rId88"/>
+    <hyperlink ref="D95" r:id="rId89"/>
+    <hyperlink ref="D96" r:id="rId90"/>
+    <hyperlink ref="D97" r:id="rId91"/>
+    <hyperlink ref="D98" r:id="rId92"/>
+    <hyperlink ref="D99" r:id="rId93"/>
+    <hyperlink ref="D100" r:id="rId94"/>
+    <hyperlink ref="D101" r:id="rId95"/>
+    <hyperlink ref="D102" r:id="rId96"/>
+    <hyperlink ref="D103" r:id="rId97"/>
+    <hyperlink ref="D104" r:id="rId98"/>
+    <hyperlink ref="D105" r:id="rId99"/>
+    <hyperlink ref="D106" r:id="rId100"/>
+    <hyperlink ref="D107" r:id="rId101"/>
+    <hyperlink ref="D108" r:id="rId102"/>
+    <hyperlink ref="D109" r:id="rId103"/>
+    <hyperlink ref="D110" r:id="rId104"/>
+    <hyperlink ref="D111" r:id="rId105"/>
+    <hyperlink ref="D112" r:id="rId106"/>
+    <hyperlink ref="D113" r:id="rId107"/>
+    <hyperlink ref="D114" r:id="rId108"/>
+    <hyperlink ref="D115" r:id="rId109"/>
+    <hyperlink ref="D116" r:id="rId110"/>
+    <hyperlink ref="D117" r:id="rId111"/>
+    <hyperlink ref="D118" r:id="rId112"/>
+    <hyperlink ref="D119" r:id="rId113"/>
+    <hyperlink ref="D120" r:id="rId114"/>
+    <hyperlink ref="D121" r:id="rId115"/>
+    <hyperlink ref="D122" r:id="rId116"/>
+    <hyperlink ref="D123" r:id="rId117"/>
+    <hyperlink ref="D124" r:id="rId118"/>
+    <hyperlink ref="D125" r:id="rId119"/>
+    <hyperlink ref="D126" r:id="rId120"/>
+    <hyperlink ref="D127" r:id="rId121"/>
+    <hyperlink ref="D128" r:id="rId122"/>
+    <hyperlink ref="D129" r:id="rId123"/>
+    <hyperlink ref="D130" r:id="rId124"/>
+    <hyperlink ref="D131" r:id="rId125"/>
+    <hyperlink ref="D132" r:id="rId126"/>
+    <hyperlink ref="D133" r:id="rId127"/>
+    <hyperlink ref="D134" r:id="rId128"/>
+    <hyperlink ref="D135" r:id="rId129"/>
+    <hyperlink ref="D136" r:id="rId130"/>
+    <hyperlink ref="D137" r:id="rId131"/>
+    <hyperlink ref="D138" r:id="rId132"/>
+    <hyperlink ref="D139" r:id="rId133"/>
+    <hyperlink ref="D140" r:id="rId134"/>
+    <hyperlink ref="D141" r:id="rId135"/>
+    <hyperlink ref="D142" r:id="rId136"/>
+    <hyperlink ref="D143" r:id="rId137"/>
+    <hyperlink ref="D144" r:id="rId138"/>
+    <hyperlink ref="D145" r:id="rId139"/>
+    <hyperlink ref="D146" r:id="rId140"/>
+    <hyperlink ref="D147" r:id="rId141"/>
+    <hyperlink ref="D148" r:id="rId142"/>
+    <hyperlink ref="D149" r:id="rId143"/>
+    <hyperlink ref="D150" r:id="rId144"/>
+    <hyperlink ref="D151" r:id="rId145"/>
+    <hyperlink ref="D152" r:id="rId146"/>
+    <hyperlink ref="D153" r:id="rId147"/>
+    <hyperlink ref="D154" r:id="rId148"/>
+    <hyperlink ref="D155" r:id="rId149"/>
+    <hyperlink ref="D156" r:id="rId150"/>
+    <hyperlink ref="D157" r:id="rId151"/>
+    <hyperlink ref="D158" r:id="rId152"/>
+    <hyperlink ref="D159" r:id="rId153"/>
+    <hyperlink ref="D160" r:id="rId154"/>
+    <hyperlink ref="D161" r:id="rId155"/>
+    <hyperlink ref="D162" r:id="rId156"/>
+    <hyperlink ref="D163" r:id="rId157"/>
+    <hyperlink ref="D164" r:id="rId158"/>
+    <hyperlink ref="D165" r:id="rId159"/>
+    <hyperlink ref="D166" r:id="rId160"/>
+    <hyperlink ref="D167" r:id="rId161"/>
+    <hyperlink ref="D168" r:id="rId162"/>
+    <hyperlink ref="D169" r:id="rId163"/>
+    <hyperlink ref="D170" r:id="rId164"/>
+    <hyperlink ref="D171" r:id="rId165"/>
+    <hyperlink ref="D173" r:id="rId166"/>
+    <hyperlink ref="D174" r:id="rId167"/>
+    <hyperlink ref="D175" r:id="rId168"/>
+    <hyperlink ref="D176" r:id="rId169"/>
+    <hyperlink ref="D177" r:id="rId170"/>
+    <hyperlink ref="D178" r:id="rId171"/>
+    <hyperlink ref="D179" r:id="rId172"/>
+    <hyperlink ref="D180" r:id="rId173"/>
+    <hyperlink ref="D181" r:id="rId174"/>
+    <hyperlink ref="D182" r:id="rId175"/>
+    <hyperlink ref="D183" r:id="rId176"/>
+    <hyperlink ref="D184" r:id="rId177"/>
+    <hyperlink ref="D185" r:id="rId178"/>
+    <hyperlink ref="D186" r:id="rId179"/>
+    <hyperlink ref="D187" r:id="rId180"/>
+    <hyperlink ref="D188" r:id="rId181"/>
+    <hyperlink ref="D189" r:id="rId182"/>
+    <hyperlink ref="D190" r:id="rId183"/>
+    <hyperlink ref="D191" r:id="rId184"/>
+    <hyperlink ref="D192" r:id="rId185"/>
+    <hyperlink ref="D193" r:id="rId186"/>
+    <hyperlink ref="D194" r:id="rId187"/>
+    <hyperlink ref="D195" r:id="rId188"/>
+    <hyperlink ref="D196" r:id="rId189"/>
+    <hyperlink ref="D197" r:id="rId190"/>
+    <hyperlink ref="D199" r:id="rId191"/>
+    <hyperlink ref="D200" r:id="rId192"/>
+    <hyperlink ref="D201" r:id="rId193"/>
+    <hyperlink ref="D202" r:id="rId194"/>
+    <hyperlink ref="D203" r:id="rId195"/>
+    <hyperlink ref="D204" r:id="rId196"/>
+    <hyperlink ref="D205" r:id="rId197"/>
+    <hyperlink ref="D206" r:id="rId198"/>
+    <hyperlink ref="D207" r:id="rId199"/>
+    <hyperlink ref="D208" r:id="rId200"/>
+    <hyperlink ref="D209" r:id="rId201"/>
+    <hyperlink ref="D210" r:id="rId202"/>
+    <hyperlink ref="D211" r:id="rId203"/>
+    <hyperlink ref="D212" r:id="rId204"/>
+    <hyperlink ref="D214" r:id="rId205"/>
+    <hyperlink ref="D215" r:id="rId206"/>
+    <hyperlink ref="D216" r:id="rId207"/>
+    <hyperlink ref="D217" r:id="rId208"/>
     <hyperlink ref="D220" r:id="rId209"/>
     <hyperlink ref="D221" r:id="rId210"/>
     <hyperlink ref="D222" r:id="rId211"/>
     <hyperlink ref="D223" r:id="rId212"/>
     <hyperlink ref="D224" r:id="rId213"/>
     <hyperlink ref="D225" r:id="rId214"/>
     <hyperlink ref="D226" r:id="rId215"/>
     <hyperlink ref="D227" r:id="rId216"/>
     <hyperlink ref="D228" r:id="rId217"/>
-    <hyperlink ref="D231" r:id="rId218"/>
-[...147 lines deleted...]
-    <hyperlink ref="D381" r:id="rId366"/>
+    <hyperlink ref="D229" r:id="rId218"/>
+    <hyperlink ref="D230" r:id="rId219"/>
+    <hyperlink ref="D231" r:id="rId220"/>
+    <hyperlink ref="D232" r:id="rId221"/>
+    <hyperlink ref="D233" r:id="rId222"/>
+    <hyperlink ref="D234" r:id="rId223"/>
+    <hyperlink ref="D235" r:id="rId224"/>
+    <hyperlink ref="D236" r:id="rId225"/>
+    <hyperlink ref="D237" r:id="rId226"/>
+    <hyperlink ref="D238" r:id="rId227"/>
+    <hyperlink ref="D239" r:id="rId228"/>
+    <hyperlink ref="D240" r:id="rId229"/>
+    <hyperlink ref="D241" r:id="rId230"/>
+    <hyperlink ref="D242" r:id="rId231"/>
+    <hyperlink ref="D243" r:id="rId232"/>
+    <hyperlink ref="D244" r:id="rId233"/>
+    <hyperlink ref="D245" r:id="rId234"/>
+    <hyperlink ref="D246" r:id="rId235"/>
+    <hyperlink ref="D247" r:id="rId236"/>
+    <hyperlink ref="D248" r:id="rId237"/>
+    <hyperlink ref="D249" r:id="rId238"/>
+    <hyperlink ref="D250" r:id="rId239"/>
+    <hyperlink ref="D251" r:id="rId240"/>
+    <hyperlink ref="D252" r:id="rId241"/>
+    <hyperlink ref="D253" r:id="rId242"/>
+    <hyperlink ref="D254" r:id="rId243"/>
+    <hyperlink ref="D255" r:id="rId244"/>
+    <hyperlink ref="D256" r:id="rId245"/>
+    <hyperlink ref="D257" r:id="rId246"/>
+    <hyperlink ref="D258" r:id="rId247"/>
+    <hyperlink ref="D259" r:id="rId248"/>
+    <hyperlink ref="D260" r:id="rId249"/>
+    <hyperlink ref="D261" r:id="rId250"/>
+    <hyperlink ref="D262" r:id="rId251"/>
+    <hyperlink ref="D263" r:id="rId252"/>
+    <hyperlink ref="D264" r:id="rId253"/>
+    <hyperlink ref="D265" r:id="rId254"/>
+    <hyperlink ref="D266" r:id="rId255"/>
+    <hyperlink ref="D267" r:id="rId256"/>
+    <hyperlink ref="D268" r:id="rId257"/>
+    <hyperlink ref="D269" r:id="rId258"/>
+    <hyperlink ref="D270" r:id="rId259"/>
+    <hyperlink ref="D271" r:id="rId260"/>
+    <hyperlink ref="D272" r:id="rId261"/>
+    <hyperlink ref="D273" r:id="rId262"/>
+    <hyperlink ref="D274" r:id="rId263"/>
+    <hyperlink ref="D275" r:id="rId264"/>
+    <hyperlink ref="D276" r:id="rId265"/>
+    <hyperlink ref="D277" r:id="rId266"/>
+    <hyperlink ref="D278" r:id="rId267"/>
+    <hyperlink ref="D279" r:id="rId268"/>
+    <hyperlink ref="D280" r:id="rId269"/>
+    <hyperlink ref="D281" r:id="rId270"/>
+    <hyperlink ref="D282" r:id="rId271"/>
+    <hyperlink ref="D283" r:id="rId272"/>
+    <hyperlink ref="D284" r:id="rId273"/>
+    <hyperlink ref="D285" r:id="rId274"/>
+    <hyperlink ref="D286" r:id="rId275"/>
+    <hyperlink ref="D287" r:id="rId276"/>
+    <hyperlink ref="D288" r:id="rId277"/>
+    <hyperlink ref="D289" r:id="rId278"/>
+    <hyperlink ref="D290" r:id="rId279"/>
+    <hyperlink ref="D291" r:id="rId280"/>
+    <hyperlink ref="D292" r:id="rId281"/>
+    <hyperlink ref="D293" r:id="rId282"/>
+    <hyperlink ref="D294" r:id="rId283"/>
+    <hyperlink ref="D295" r:id="rId284"/>
+    <hyperlink ref="D296" r:id="rId285"/>
+    <hyperlink ref="D297" r:id="rId286"/>
+    <hyperlink ref="D298" r:id="rId287"/>
+    <hyperlink ref="D299" r:id="rId288"/>
+    <hyperlink ref="D300" r:id="rId289"/>
+    <hyperlink ref="D301" r:id="rId290"/>
+    <hyperlink ref="D302" r:id="rId291"/>
+    <hyperlink ref="D303" r:id="rId292"/>
+    <hyperlink ref="D304" r:id="rId293"/>
+    <hyperlink ref="D305" r:id="rId294"/>
+    <hyperlink ref="D307" r:id="rId295"/>
+    <hyperlink ref="D308" r:id="rId296"/>
+    <hyperlink ref="D309" r:id="rId297"/>
+    <hyperlink ref="D310" r:id="rId298"/>
+    <hyperlink ref="D311" r:id="rId299"/>
+    <hyperlink ref="D312" r:id="rId300"/>
+    <hyperlink ref="D313" r:id="rId301"/>
+    <hyperlink ref="D314" r:id="rId302"/>
+    <hyperlink ref="D315" r:id="rId303"/>
+    <hyperlink ref="D316" r:id="rId304"/>
+    <hyperlink ref="D317" r:id="rId305"/>
+    <hyperlink ref="D318" r:id="rId306"/>
+    <hyperlink ref="D319" r:id="rId307"/>
+    <hyperlink ref="D320" r:id="rId308"/>
+    <hyperlink ref="D321" r:id="rId309"/>
+    <hyperlink ref="D322" r:id="rId310"/>
+    <hyperlink ref="D323" r:id="rId311"/>
+    <hyperlink ref="D324" r:id="rId312"/>
+    <hyperlink ref="D325" r:id="rId313"/>
+    <hyperlink ref="D326" r:id="rId314"/>
+    <hyperlink ref="D327" r:id="rId315"/>
+    <hyperlink ref="D328" r:id="rId316"/>
+    <hyperlink ref="D329" r:id="rId317"/>
+    <hyperlink ref="D330" r:id="rId318"/>
+    <hyperlink ref="D331" r:id="rId319"/>
+    <hyperlink ref="D332" r:id="rId320"/>
+    <hyperlink ref="D333" r:id="rId321"/>
+    <hyperlink ref="D334" r:id="rId322"/>
+    <hyperlink ref="D335" r:id="rId323"/>
+    <hyperlink ref="D336" r:id="rId324"/>
+    <hyperlink ref="D337" r:id="rId325"/>
+    <hyperlink ref="D338" r:id="rId326"/>
+    <hyperlink ref="D339" r:id="rId327"/>
+    <hyperlink ref="D340" r:id="rId328"/>
+    <hyperlink ref="D341" r:id="rId329"/>
+    <hyperlink ref="D342" r:id="rId330"/>
+    <hyperlink ref="D343" r:id="rId331"/>
+    <hyperlink ref="D344" r:id="rId332"/>
+    <hyperlink ref="D345" r:id="rId333"/>
+    <hyperlink ref="D346" r:id="rId334"/>
+    <hyperlink ref="D347" r:id="rId335"/>
+    <hyperlink ref="D348" r:id="rId336"/>
+    <hyperlink ref="D349" r:id="rId337"/>
+    <hyperlink ref="D350" r:id="rId338"/>
+    <hyperlink ref="D351" r:id="rId339"/>
+    <hyperlink ref="D352" r:id="rId340"/>
+    <hyperlink ref="D353" r:id="rId341"/>
+    <hyperlink ref="D355" r:id="rId342"/>
+    <hyperlink ref="D356" r:id="rId343"/>
+    <hyperlink ref="D357" r:id="rId344"/>
+    <hyperlink ref="D358" r:id="rId345"/>
+    <hyperlink ref="D359" r:id="rId346"/>
+    <hyperlink ref="D360" r:id="rId347"/>
+    <hyperlink ref="D361" r:id="rId348"/>
+    <hyperlink ref="D362" r:id="rId349"/>
+    <hyperlink ref="D363" r:id="rId350"/>
+    <hyperlink ref="D364" r:id="rId351"/>
+    <hyperlink ref="D365" r:id="rId352"/>
+    <hyperlink ref="D366" r:id="rId353"/>
+    <hyperlink ref="D367" r:id="rId354"/>
+    <hyperlink ref="D368" r:id="rId355"/>
+    <hyperlink ref="D369" r:id="rId356"/>
+    <hyperlink ref="D370" r:id="rId357"/>
+    <hyperlink ref="D371" r:id="rId358"/>
+    <hyperlink ref="D372" r:id="rId359"/>
+    <hyperlink ref="D373" r:id="rId360"/>
+    <hyperlink ref="D374" r:id="rId361"/>
+    <hyperlink ref="D375" r:id="rId362"/>
+    <hyperlink ref="D376" r:id="rId363"/>
+    <hyperlink ref="D377" r:id="rId364"/>
+    <hyperlink ref="D378" r:id="rId365"/>
+    <hyperlink ref="D379" r:id="rId366"/>
     <hyperlink ref="D382" r:id="rId367"/>
     <hyperlink ref="D383" r:id="rId368"/>
     <hyperlink ref="D384" r:id="rId369"/>
     <hyperlink ref="D385" r:id="rId370"/>
     <hyperlink ref="D386" r:id="rId371"/>
     <hyperlink ref="D387" r:id="rId372"/>
     <hyperlink ref="D388" r:id="rId373"/>
     <hyperlink ref="D389" r:id="rId374"/>
     <hyperlink ref="D390" r:id="rId375"/>
     <hyperlink ref="D391" r:id="rId376"/>
     <hyperlink ref="D392" r:id="rId377"/>
     <hyperlink ref="D393" r:id="rId378"/>
-    <hyperlink ref="D396" r:id="rId379"/>
-[...240 lines deleted...]
-    <hyperlink ref="D649" r:id="rId620"/>
+    <hyperlink ref="D394" r:id="rId379"/>
+    <hyperlink ref="D395" r:id="rId380"/>
+    <hyperlink ref="D396" r:id="rId381"/>
+    <hyperlink ref="D397" r:id="rId382"/>
+    <hyperlink ref="D398" r:id="rId383"/>
+    <hyperlink ref="D399" r:id="rId384"/>
+    <hyperlink ref="D400" r:id="rId385"/>
+    <hyperlink ref="D401" r:id="rId386"/>
+    <hyperlink ref="D402" r:id="rId387"/>
+    <hyperlink ref="D403" r:id="rId388"/>
+    <hyperlink ref="D404" r:id="rId389"/>
+    <hyperlink ref="D405" r:id="rId390"/>
+    <hyperlink ref="D406" r:id="rId391"/>
+    <hyperlink ref="D407" r:id="rId392"/>
+    <hyperlink ref="D408" r:id="rId393"/>
+    <hyperlink ref="D409" r:id="rId394"/>
+    <hyperlink ref="D410" r:id="rId395"/>
+    <hyperlink ref="D411" r:id="rId396"/>
+    <hyperlink ref="D412" r:id="rId397"/>
+    <hyperlink ref="D413" r:id="rId398"/>
+    <hyperlink ref="D414" r:id="rId399"/>
+    <hyperlink ref="D415" r:id="rId400"/>
+    <hyperlink ref="D416" r:id="rId401"/>
+    <hyperlink ref="D417" r:id="rId402"/>
+    <hyperlink ref="D418" r:id="rId403"/>
+    <hyperlink ref="D419" r:id="rId404"/>
+    <hyperlink ref="D420" r:id="rId405"/>
+    <hyperlink ref="D421" r:id="rId406"/>
+    <hyperlink ref="D422" r:id="rId407"/>
+    <hyperlink ref="D423" r:id="rId408"/>
+    <hyperlink ref="D424" r:id="rId409"/>
+    <hyperlink ref="D425" r:id="rId410"/>
+    <hyperlink ref="D426" r:id="rId411"/>
+    <hyperlink ref="D427" r:id="rId412"/>
+    <hyperlink ref="D428" r:id="rId413"/>
+    <hyperlink ref="D429" r:id="rId414"/>
+    <hyperlink ref="D430" r:id="rId415"/>
+    <hyperlink ref="D431" r:id="rId416"/>
+    <hyperlink ref="D432" r:id="rId417"/>
+    <hyperlink ref="D433" r:id="rId418"/>
+    <hyperlink ref="D434" r:id="rId419"/>
+    <hyperlink ref="D435" r:id="rId420"/>
+    <hyperlink ref="D436" r:id="rId421"/>
+    <hyperlink ref="D437" r:id="rId422"/>
+    <hyperlink ref="D438" r:id="rId423"/>
+    <hyperlink ref="D439" r:id="rId424"/>
+    <hyperlink ref="D440" r:id="rId425"/>
+    <hyperlink ref="D441" r:id="rId426"/>
+    <hyperlink ref="D442" r:id="rId427"/>
+    <hyperlink ref="D443" r:id="rId428"/>
+    <hyperlink ref="D444" r:id="rId429"/>
+    <hyperlink ref="D445" r:id="rId430"/>
+    <hyperlink ref="D446" r:id="rId431"/>
+    <hyperlink ref="D447" r:id="rId432"/>
+    <hyperlink ref="D448" r:id="rId433"/>
+    <hyperlink ref="D449" r:id="rId434"/>
+    <hyperlink ref="D450" r:id="rId435"/>
+    <hyperlink ref="D451" r:id="rId436"/>
+    <hyperlink ref="D452" r:id="rId437"/>
+    <hyperlink ref="D453" r:id="rId438"/>
+    <hyperlink ref="D454" r:id="rId439"/>
+    <hyperlink ref="D455" r:id="rId440"/>
+    <hyperlink ref="D456" r:id="rId441"/>
+    <hyperlink ref="D457" r:id="rId442"/>
+    <hyperlink ref="D458" r:id="rId443"/>
+    <hyperlink ref="D459" r:id="rId444"/>
+    <hyperlink ref="D460" r:id="rId445"/>
+    <hyperlink ref="D461" r:id="rId446"/>
+    <hyperlink ref="D462" r:id="rId447"/>
+    <hyperlink ref="D463" r:id="rId448"/>
+    <hyperlink ref="D464" r:id="rId449"/>
+    <hyperlink ref="D465" r:id="rId450"/>
+    <hyperlink ref="D466" r:id="rId451"/>
+    <hyperlink ref="D467" r:id="rId452"/>
+    <hyperlink ref="D468" r:id="rId453"/>
+    <hyperlink ref="D469" r:id="rId454"/>
+    <hyperlink ref="D470" r:id="rId455"/>
+    <hyperlink ref="D471" r:id="rId456"/>
+    <hyperlink ref="D472" r:id="rId457"/>
+    <hyperlink ref="D473" r:id="rId458"/>
+    <hyperlink ref="D474" r:id="rId459"/>
+    <hyperlink ref="D475" r:id="rId460"/>
+    <hyperlink ref="D476" r:id="rId461"/>
+    <hyperlink ref="D477" r:id="rId462"/>
+    <hyperlink ref="D478" r:id="rId463"/>
+    <hyperlink ref="D480" r:id="rId464"/>
+    <hyperlink ref="D481" r:id="rId465"/>
+    <hyperlink ref="D482" r:id="rId466"/>
+    <hyperlink ref="D483" r:id="rId467"/>
+    <hyperlink ref="D484" r:id="rId468"/>
+    <hyperlink ref="D485" r:id="rId469"/>
+    <hyperlink ref="D486" r:id="rId470"/>
+    <hyperlink ref="D487" r:id="rId471"/>
+    <hyperlink ref="D488" r:id="rId472"/>
+    <hyperlink ref="D489" r:id="rId473"/>
+    <hyperlink ref="D490" r:id="rId474"/>
+    <hyperlink ref="D491" r:id="rId475"/>
+    <hyperlink ref="D492" r:id="rId476"/>
+    <hyperlink ref="D493" r:id="rId477"/>
+    <hyperlink ref="D495" r:id="rId478"/>
+    <hyperlink ref="D496" r:id="rId479"/>
+    <hyperlink ref="D497" r:id="rId480"/>
+    <hyperlink ref="D498" r:id="rId481"/>
+    <hyperlink ref="D499" r:id="rId482"/>
+    <hyperlink ref="D500" r:id="rId483"/>
+    <hyperlink ref="D501" r:id="rId484"/>
+    <hyperlink ref="D502" r:id="rId485"/>
+    <hyperlink ref="D503" r:id="rId486"/>
+    <hyperlink ref="D504" r:id="rId487"/>
+    <hyperlink ref="D505" r:id="rId488"/>
+    <hyperlink ref="D506" r:id="rId489"/>
+    <hyperlink ref="D507" r:id="rId490"/>
+    <hyperlink ref="D508" r:id="rId491"/>
+    <hyperlink ref="D509" r:id="rId492"/>
+    <hyperlink ref="D510" r:id="rId493"/>
+    <hyperlink ref="D511" r:id="rId494"/>
+    <hyperlink ref="D512" r:id="rId495"/>
+    <hyperlink ref="D513" r:id="rId496"/>
+    <hyperlink ref="D514" r:id="rId497"/>
+    <hyperlink ref="D515" r:id="rId498"/>
+    <hyperlink ref="D516" r:id="rId499"/>
+    <hyperlink ref="D517" r:id="rId500"/>
+    <hyperlink ref="D518" r:id="rId501"/>
+    <hyperlink ref="D519" r:id="rId502"/>
+    <hyperlink ref="D520" r:id="rId503"/>
+    <hyperlink ref="D521" r:id="rId504"/>
+    <hyperlink ref="D522" r:id="rId505"/>
+    <hyperlink ref="D523" r:id="rId506"/>
+    <hyperlink ref="D524" r:id="rId507"/>
+    <hyperlink ref="D525" r:id="rId508"/>
+    <hyperlink ref="D526" r:id="rId509"/>
+    <hyperlink ref="D527" r:id="rId510"/>
+    <hyperlink ref="D528" r:id="rId511"/>
+    <hyperlink ref="D529" r:id="rId512"/>
+    <hyperlink ref="D530" r:id="rId513"/>
+    <hyperlink ref="D531" r:id="rId514"/>
+    <hyperlink ref="D532" r:id="rId515"/>
+    <hyperlink ref="D533" r:id="rId516"/>
+    <hyperlink ref="D534" r:id="rId517"/>
+    <hyperlink ref="D535" r:id="rId518"/>
+    <hyperlink ref="D536" r:id="rId519"/>
+    <hyperlink ref="D538" r:id="rId520"/>
+    <hyperlink ref="D539" r:id="rId521"/>
+    <hyperlink ref="D540" r:id="rId522"/>
+    <hyperlink ref="D541" r:id="rId523"/>
+    <hyperlink ref="D542" r:id="rId524"/>
+    <hyperlink ref="D543" r:id="rId525"/>
+    <hyperlink ref="D544" r:id="rId526"/>
+    <hyperlink ref="D545" r:id="rId527"/>
+    <hyperlink ref="D546" r:id="rId528"/>
+    <hyperlink ref="D547" r:id="rId529"/>
+    <hyperlink ref="D548" r:id="rId530"/>
+    <hyperlink ref="D549" r:id="rId531"/>
+    <hyperlink ref="D551" r:id="rId532"/>
+    <hyperlink ref="D552" r:id="rId533"/>
+    <hyperlink ref="D553" r:id="rId534"/>
+    <hyperlink ref="D554" r:id="rId535"/>
+    <hyperlink ref="D556" r:id="rId536"/>
+    <hyperlink ref="D557" r:id="rId537"/>
+    <hyperlink ref="D558" r:id="rId538"/>
+    <hyperlink ref="D559" r:id="rId539"/>
+    <hyperlink ref="D560" r:id="rId540"/>
+    <hyperlink ref="D561" r:id="rId541"/>
+    <hyperlink ref="D562" r:id="rId542"/>
+    <hyperlink ref="D563" r:id="rId543"/>
+    <hyperlink ref="D565" r:id="rId544"/>
+    <hyperlink ref="D566" r:id="rId545"/>
+    <hyperlink ref="D567" r:id="rId546"/>
+    <hyperlink ref="D568" r:id="rId547"/>
+    <hyperlink ref="D569" r:id="rId548"/>
+    <hyperlink ref="D570" r:id="rId549"/>
+    <hyperlink ref="D571" r:id="rId550"/>
+    <hyperlink ref="D572" r:id="rId551"/>
+    <hyperlink ref="D573" r:id="rId552"/>
+    <hyperlink ref="D574" r:id="rId553"/>
+    <hyperlink ref="D575" r:id="rId554"/>
+    <hyperlink ref="D576" r:id="rId555"/>
+    <hyperlink ref="D577" r:id="rId556"/>
+    <hyperlink ref="D578" r:id="rId557"/>
+    <hyperlink ref="D579" r:id="rId558"/>
+    <hyperlink ref="D580" r:id="rId559"/>
+    <hyperlink ref="D581" r:id="rId560"/>
+    <hyperlink ref="D582" r:id="rId561"/>
+    <hyperlink ref="D584" r:id="rId562"/>
+    <hyperlink ref="D585" r:id="rId563"/>
+    <hyperlink ref="D586" r:id="rId564"/>
+    <hyperlink ref="D587" r:id="rId565"/>
+    <hyperlink ref="D588" r:id="rId566"/>
+    <hyperlink ref="D589" r:id="rId567"/>
+    <hyperlink ref="D590" r:id="rId568"/>
+    <hyperlink ref="D591" r:id="rId569"/>
+    <hyperlink ref="D593" r:id="rId570"/>
+    <hyperlink ref="D594" r:id="rId571"/>
+    <hyperlink ref="D595" r:id="rId572"/>
+    <hyperlink ref="D596" r:id="rId573"/>
+    <hyperlink ref="D597" r:id="rId574"/>
+    <hyperlink ref="D598" r:id="rId575"/>
+    <hyperlink ref="D599" r:id="rId576"/>
+    <hyperlink ref="D600" r:id="rId577"/>
+    <hyperlink ref="D601" r:id="rId578"/>
+    <hyperlink ref="D602" r:id="rId579"/>
+    <hyperlink ref="D603" r:id="rId580"/>
+    <hyperlink ref="D604" r:id="rId581"/>
+    <hyperlink ref="D605" r:id="rId582"/>
+    <hyperlink ref="D606" r:id="rId583"/>
+    <hyperlink ref="D607" r:id="rId584"/>
+    <hyperlink ref="D608" r:id="rId585"/>
+    <hyperlink ref="D609" r:id="rId586"/>
+    <hyperlink ref="D610" r:id="rId587"/>
+    <hyperlink ref="D612" r:id="rId588"/>
+    <hyperlink ref="D614" r:id="rId589"/>
+    <hyperlink ref="D615" r:id="rId590"/>
+    <hyperlink ref="D616" r:id="rId591"/>
+    <hyperlink ref="D617" r:id="rId592"/>
+    <hyperlink ref="D619" r:id="rId593"/>
+    <hyperlink ref="D620" r:id="rId594"/>
+    <hyperlink ref="D621" r:id="rId595"/>
+    <hyperlink ref="D622" r:id="rId596"/>
+    <hyperlink ref="D623" r:id="rId597"/>
+    <hyperlink ref="D624" r:id="rId598"/>
+    <hyperlink ref="D626" r:id="rId599"/>
+    <hyperlink ref="D627" r:id="rId600"/>
+    <hyperlink ref="D628" r:id="rId601"/>
+    <hyperlink ref="D630" r:id="rId602"/>
+    <hyperlink ref="D631" r:id="rId603"/>
+    <hyperlink ref="D632" r:id="rId604"/>
+    <hyperlink ref="D633" r:id="rId605"/>
+    <hyperlink ref="D634" r:id="rId606"/>
+    <hyperlink ref="D635" r:id="rId607"/>
+    <hyperlink ref="D636" r:id="rId608"/>
+    <hyperlink ref="D639" r:id="rId609"/>
+    <hyperlink ref="D640" r:id="rId610"/>
+    <hyperlink ref="D641" r:id="rId611"/>
+    <hyperlink ref="D642" r:id="rId612"/>
+    <hyperlink ref="D643" r:id="rId613"/>
+    <hyperlink ref="D644" r:id="rId614"/>
+    <hyperlink ref="D645" r:id="rId615"/>
+    <hyperlink ref="D646" r:id="rId616"/>
+    <hyperlink ref="D647" r:id="rId617"/>
+    <hyperlink ref="D648" r:id="rId618"/>
+    <hyperlink ref="D649" r:id="rId619"/>
+    <hyperlink ref="D650" r:id="rId620"/>
     <hyperlink ref="D651" r:id="rId621"/>
     <hyperlink ref="D652" r:id="rId622"/>
     <hyperlink ref="D653" r:id="rId623"/>
-    <hyperlink ref="D656" r:id="rId624"/>
-[...115 lines deleted...]
-    <hyperlink ref="D779" r:id="rId740"/>
+    <hyperlink ref="D654" r:id="rId624"/>
+    <hyperlink ref="D655" r:id="rId625"/>
+    <hyperlink ref="D656" r:id="rId626"/>
+    <hyperlink ref="D657" r:id="rId627"/>
+    <hyperlink ref="D658" r:id="rId628"/>
+    <hyperlink ref="D659" r:id="rId629"/>
+    <hyperlink ref="D660" r:id="rId630"/>
+    <hyperlink ref="D661" r:id="rId631"/>
+    <hyperlink ref="D662" r:id="rId632"/>
+    <hyperlink ref="D663" r:id="rId633"/>
+    <hyperlink ref="D664" r:id="rId634"/>
+    <hyperlink ref="D665" r:id="rId635"/>
+    <hyperlink ref="D666" r:id="rId636"/>
+    <hyperlink ref="D667" r:id="rId637"/>
+    <hyperlink ref="D668" r:id="rId638"/>
+    <hyperlink ref="D669" r:id="rId639"/>
+    <hyperlink ref="D670" r:id="rId640"/>
+    <hyperlink ref="D671" r:id="rId641"/>
+    <hyperlink ref="D672" r:id="rId642"/>
+    <hyperlink ref="D673" r:id="rId643"/>
+    <hyperlink ref="D674" r:id="rId644"/>
+    <hyperlink ref="D675" r:id="rId645"/>
+    <hyperlink ref="D676" r:id="rId646"/>
+    <hyperlink ref="D677" r:id="rId647"/>
+    <hyperlink ref="D678" r:id="rId648"/>
+    <hyperlink ref="D679" r:id="rId649"/>
+    <hyperlink ref="D680" r:id="rId650"/>
+    <hyperlink ref="D681" r:id="rId651"/>
+    <hyperlink ref="D682" r:id="rId652"/>
+    <hyperlink ref="D683" r:id="rId653"/>
+    <hyperlink ref="D684" r:id="rId654"/>
+    <hyperlink ref="D685" r:id="rId655"/>
+    <hyperlink ref="D686" r:id="rId656"/>
+    <hyperlink ref="D687" r:id="rId657"/>
+    <hyperlink ref="D688" r:id="rId658"/>
+    <hyperlink ref="D689" r:id="rId659"/>
+    <hyperlink ref="D690" r:id="rId660"/>
+    <hyperlink ref="D691" r:id="rId661"/>
+    <hyperlink ref="D692" r:id="rId662"/>
+    <hyperlink ref="D693" r:id="rId663"/>
+    <hyperlink ref="D695" r:id="rId664"/>
+    <hyperlink ref="D696" r:id="rId665"/>
+    <hyperlink ref="D697" r:id="rId666"/>
+    <hyperlink ref="D698" r:id="rId667"/>
+    <hyperlink ref="D699" r:id="rId668"/>
+    <hyperlink ref="D700" r:id="rId669"/>
+    <hyperlink ref="D701" r:id="rId670"/>
+    <hyperlink ref="D702" r:id="rId671"/>
+    <hyperlink ref="D703" r:id="rId672"/>
+    <hyperlink ref="D704" r:id="rId673"/>
+    <hyperlink ref="D705" r:id="rId674"/>
+    <hyperlink ref="D706" r:id="rId675"/>
+    <hyperlink ref="D707" r:id="rId676"/>
+    <hyperlink ref="D708" r:id="rId677"/>
+    <hyperlink ref="D709" r:id="rId678"/>
+    <hyperlink ref="D710" r:id="rId679"/>
+    <hyperlink ref="D711" r:id="rId680"/>
+    <hyperlink ref="D712" r:id="rId681"/>
+    <hyperlink ref="D713" r:id="rId682"/>
+    <hyperlink ref="D714" r:id="rId683"/>
+    <hyperlink ref="D715" r:id="rId684"/>
+    <hyperlink ref="D716" r:id="rId685"/>
+    <hyperlink ref="D717" r:id="rId686"/>
+    <hyperlink ref="D718" r:id="rId687"/>
+    <hyperlink ref="D720" r:id="rId688"/>
+    <hyperlink ref="D721" r:id="rId689"/>
+    <hyperlink ref="D722" r:id="rId690"/>
+    <hyperlink ref="D723" r:id="rId691"/>
+    <hyperlink ref="D724" r:id="rId692"/>
+    <hyperlink ref="D726" r:id="rId693"/>
+    <hyperlink ref="D727" r:id="rId694"/>
+    <hyperlink ref="D728" r:id="rId695"/>
+    <hyperlink ref="D729" r:id="rId696"/>
+    <hyperlink ref="D730" r:id="rId697"/>
+    <hyperlink ref="D731" r:id="rId698"/>
+    <hyperlink ref="D732" r:id="rId699"/>
+    <hyperlink ref="D733" r:id="rId700"/>
+    <hyperlink ref="D734" r:id="rId701"/>
+    <hyperlink ref="D735" r:id="rId702"/>
+    <hyperlink ref="D736" r:id="rId703"/>
+    <hyperlink ref="D737" r:id="rId704"/>
+    <hyperlink ref="D739" r:id="rId705"/>
+    <hyperlink ref="D740" r:id="rId706"/>
+    <hyperlink ref="D741" r:id="rId707"/>
+    <hyperlink ref="D742" r:id="rId708"/>
+    <hyperlink ref="D743" r:id="rId709"/>
+    <hyperlink ref="D744" r:id="rId710"/>
+    <hyperlink ref="D745" r:id="rId711"/>
+    <hyperlink ref="D746" r:id="rId712"/>
+    <hyperlink ref="D747" r:id="rId713"/>
+    <hyperlink ref="D748" r:id="rId714"/>
+    <hyperlink ref="D749" r:id="rId715"/>
+    <hyperlink ref="D751" r:id="rId716"/>
+    <hyperlink ref="D752" r:id="rId717"/>
+    <hyperlink ref="D753" r:id="rId718"/>
+    <hyperlink ref="D754" r:id="rId719"/>
+    <hyperlink ref="D755" r:id="rId720"/>
+    <hyperlink ref="D756" r:id="rId721"/>
+    <hyperlink ref="D758" r:id="rId722"/>
+    <hyperlink ref="D759" r:id="rId723"/>
+    <hyperlink ref="D760" r:id="rId724"/>
+    <hyperlink ref="D761" r:id="rId725"/>
+    <hyperlink ref="D762" r:id="rId726"/>
+    <hyperlink ref="D763" r:id="rId727"/>
+    <hyperlink ref="D764" r:id="rId728"/>
+    <hyperlink ref="D765" r:id="rId729"/>
+    <hyperlink ref="D767" r:id="rId730"/>
+    <hyperlink ref="D768" r:id="rId731"/>
+    <hyperlink ref="D769" r:id="rId732"/>
+    <hyperlink ref="D770" r:id="rId733"/>
+    <hyperlink ref="D771" r:id="rId734"/>
+    <hyperlink ref="D772" r:id="rId735"/>
+    <hyperlink ref="D774" r:id="rId736"/>
+    <hyperlink ref="D775" r:id="rId737"/>
+    <hyperlink ref="D776" r:id="rId738"/>
+    <hyperlink ref="D777" r:id="rId739"/>
+    <hyperlink ref="D778" r:id="rId740"/>
     <hyperlink ref="D780" r:id="rId741"/>
     <hyperlink ref="D781" r:id="rId742"/>
     <hyperlink ref="D782" r:id="rId743"/>
     <hyperlink ref="D783" r:id="rId744"/>
     <hyperlink ref="D785" r:id="rId745"/>
     <hyperlink ref="D786" r:id="rId746"/>
     <hyperlink ref="D787" r:id="rId747"/>
-    <hyperlink ref="D788" r:id="rId748"/>
-[...51 lines deleted...]
-    <hyperlink ref="D844" r:id="rId800"/>
+    <hyperlink ref="D789" r:id="rId748"/>
+    <hyperlink ref="D790" r:id="rId749"/>
+    <hyperlink ref="D791" r:id="rId750"/>
+    <hyperlink ref="D792" r:id="rId751"/>
+    <hyperlink ref="D793" r:id="rId752"/>
+    <hyperlink ref="D794" r:id="rId753"/>
+    <hyperlink ref="D797" r:id="rId754"/>
+    <hyperlink ref="D798" r:id="rId755"/>
+    <hyperlink ref="D799" r:id="rId756"/>
+    <hyperlink ref="D800" r:id="rId757"/>
+    <hyperlink ref="D801" r:id="rId758"/>
+    <hyperlink ref="D802" r:id="rId759"/>
+    <hyperlink ref="D803" r:id="rId760"/>
+    <hyperlink ref="D804" r:id="rId761"/>
+    <hyperlink ref="D805" r:id="rId762"/>
+    <hyperlink ref="D806" r:id="rId763"/>
+    <hyperlink ref="D807" r:id="rId764"/>
+    <hyperlink ref="D808" r:id="rId765"/>
+    <hyperlink ref="D809" r:id="rId766"/>
+    <hyperlink ref="D810" r:id="rId767"/>
+    <hyperlink ref="D811" r:id="rId768"/>
+    <hyperlink ref="D812" r:id="rId769"/>
+    <hyperlink ref="D813" r:id="rId770"/>
+    <hyperlink ref="D815" r:id="rId771"/>
+    <hyperlink ref="D816" r:id="rId772"/>
+    <hyperlink ref="D817" r:id="rId773"/>
+    <hyperlink ref="D818" r:id="rId774"/>
+    <hyperlink ref="D819" r:id="rId775"/>
+    <hyperlink ref="D820" r:id="rId776"/>
+    <hyperlink ref="D821" r:id="rId777"/>
+    <hyperlink ref="D822" r:id="rId778"/>
+    <hyperlink ref="D823" r:id="rId779"/>
+    <hyperlink ref="D824" r:id="rId780"/>
+    <hyperlink ref="D825" r:id="rId781"/>
+    <hyperlink ref="D826" r:id="rId782"/>
+    <hyperlink ref="D827" r:id="rId783"/>
+    <hyperlink ref="D828" r:id="rId784"/>
+    <hyperlink ref="D829" r:id="rId785"/>
+    <hyperlink ref="D830" r:id="rId786"/>
+    <hyperlink ref="D831" r:id="rId787"/>
+    <hyperlink ref="D832" r:id="rId788"/>
+    <hyperlink ref="D833" r:id="rId789"/>
+    <hyperlink ref="D834" r:id="rId790"/>
+    <hyperlink ref="D835" r:id="rId791"/>
+    <hyperlink ref="D836" r:id="rId792"/>
+    <hyperlink ref="D837" r:id="rId793"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>