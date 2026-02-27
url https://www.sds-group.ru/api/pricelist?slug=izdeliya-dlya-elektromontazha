--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -8,4978 +8,4795 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3224" uniqueCount="1642">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3103" uniqueCount="1581">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Изделия для электромонтажа</t>
   </si>
   <si>
     <t>1.1 Наконечники и гильзы кабельные слаботочные</t>
   </si>
   <si>
     <t>1.1.1 Разъемы изолированные</t>
   </si>
   <si>
+    <t>08-0614</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная термоусаживаемая РПи-м-т 1.5-(6.3)/РпИм-т 1,25-7-0,8 гнездо 6.6 мм 0.5-1.5 мм² красный REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>08-0634</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная термоусаживаемая РПи-м-т 2.5-(6.3)/РпИм-т 2-7-0,8 гнездо 6.6 мм 1.5-2.5 мм² синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0334</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная термоусаживаемая РПи-п-т 2.5-(6.3)/РпИп-т 2-7-0,8 штекер 6.35 мм 1.5-2.5 мм² синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0654</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная термоусаживаемая РПи-м-т 6.0-(6.3)/РпИм-т 6-7-0,8 гнездо 6.6 мм 4-6 мм² желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0354</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная термоусаживаемая РПи-п-т 6.0-(6.3)/РпИп-т 6-7-0,8 штекер 6.35 мм 4-6 мм² желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0571</t>
+  </si>
+  <si>
+    <t>Разъем штекерный полностью изолированный штекер 4 мм 1.5-2.5 мм² (РШПи-п 2.5-4/РшИпп 2-5-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>06-0383-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(6.3)/РпИп 1,25-6-0,8 штекер 6.3 мм 0.5-1.5 мм², красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>06-0386-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(4.8)/РпИм 1,25-5-0,8 гнездо - 5.6 мм, 0.5-1.5мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0391-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 6.0-(6.3)/РпИм 5,5-6-0,5 гнездо 6.6 мм, 4-6 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0951</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 6.3 мм 1-1.5 мм² (РП-п 1.5-(6.3)) + колодка REXANT</t>
+  </si>
+  <si>
+    <t>08-0981</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 6.3 мм 1-1.5 мм² (РП-м 1.5-(6.3)) + колодка REXANT</t>
+  </si>
+  <si>
+    <t>08-0314</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная термоусаживаемая РПи-п-т 1.5-(6.3)/РпИп-т 1,25-7-0,8 штекер 6.35 мм 0.5-1.5 мм² красный   REXANT</t>
+  </si>
+  <si>
+    <t>06-0384-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 2.5-(6.3)/РпИп 2-6-0,8 штекер 6.3 мм 1.5-2.5 мм², синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0385-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(2.8)/РпИм 1,25-250 гнездо 3.8 мм, 0.5-1.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0388-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(2.8)/РпИм 2-250 гнездо 3.8 мм, 1.5-2.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0389-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(4.8)/РпИм 2-5-0,8 гнездо - 5.6 мм, 1.5-2.5 мм², в упак. 10 шт.REXANT</t>
+  </si>
+  <si>
+    <t>06-0390-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(6.3)/РпИм 2-250 гнездо 6.6 мм, 1.5-2.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0392-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 1.5-(4.8)/РпИмп 1,25-5-0,8 гнездо 5.6 мм 0.5-1.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0393-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 1.5-(6.3)/РпИмп 1,25-250 гнездо 6.6 мм 0.5-1.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0394-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 2.5-(4.8)/РпИмп 2-5-0,8 гнездо 5.6 мм 1.5-2.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0395-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 2.5-(6.3)/РпИмп 2-250 гнездо 6.6 мм 1.5-2.5 мм², в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0613</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная в нейлоне РПи-м(н) 1.5-(6.3)/РпИм-н 1,25-7-0,8 гнездо 6.6 мм, 0.5-1.5 мм², красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0633</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная в нейлоне РПи-м(н) 2.5-(6.3)/РпИм-н 2-7-0,8 гнездо 6.6 мм, 1.5-2.5 мм², синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0652</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная в нейлоне РПи-м(н) 6.0-(6.3)/РпИм-н 6-7-0,8 гнездо 6.6 мм, 4-6 мм², желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0232</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный гнездо 5 мм 4-6 мм² (РШи-м 6.0-5/РШИм 5,5-6-4) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0452</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-О 6.0-(6.3)/РпИо 6.0-7.5 гнездо 6.6 мм + штекер - 6.3 мм 4-6 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0411</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(2.8)/РпИм 1,25-250 гнездо 3.8 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0412</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(4.8)/РпИм 1,25-5 гнездо 5.6 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0413</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(6.3)/РпИм 1,25-250 гнездо 6.6 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0431</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(2.8)/РпИм 2-250 гнездо 3.8 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0432</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(4.8)/РпИм 2-5 гнездо 5.6 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0433</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(6.3)/РпИм 2-250 гнездо 6.6 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0312</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(4.8)/РПИп 1,25-5 штекер 4.8 мм 0.5-1.5 мм² красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0331</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 2.5-(2.8)/РпИп 2-3-0,8 штекер 2.8 мм 1.5-2.5 мм² синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0333</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 2.5-(6.3)/РпИп 2-6-0,8 штекер 6.3 мм 1.5-2.5 мм² синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0611</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 1.5-(4.8)/РпИмп 1,25-5-0,8 гнездо 5.6 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0612</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 1.5-(6.3)/РпИмп 1,25-250 гнездо 6.6 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0631</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 2.5-(4.8)/РпИмп 2-5-0,8 гнездо 5.6 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0632</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 2.5-(6.3)/РпИмп 2-250 гнездо 6.6 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0521</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный штекер 4 мм 1.5-2.5 мм² (РШи-п 2.5-4/РШИп 2-5-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0531</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный штекер 5 мм 4-6 мм² (РШи-п 6.0-5/РшИп5.5-4) желтый REXANT</t>
+  </si>
+  <si>
     <t>08-0211</t>
   </si>
   <si>
     <t>Разъем штекерный изолированный гнездо 4 мм 0.5-1.5 мм² (РШи-м 1.5-4/РШИм 1,25-5-4) красный REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>08-0221</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный гнездо 4 мм 1.5-2.5 мм² (РШи-м 2.5-4/РШИм 2-5-4 ) синий REXANT</t>
+  </si>
+  <si>
+    <t>06-0387-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 1.5-(6.3)/РпИм 1,25-250 гнездо - 6.6 мм, 0.5-1.5 мм²,  в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0424</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-О 2.5-(6.3)/РпИо 2.5-7.5 гнездо 6.6 мм + штекер - 6.3 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0434</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 2.5-(9.0)/РпИм 2.5-9.0 гнездо 9 мм 1.5-2.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0451</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-м 6.0-(6.3)/РпИм 5,5-6-0,5 гнездо 6.6 мм 4-6 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0311</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(2.8)/РпИп 1,25-3-0,8 штекер 2.8 мм 0.5-1.5 мм² красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0313</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 1.5-(6.3)/РпИп 1,25-6-0,8 штекер 6.3 мм 0.5-1.5 мм² красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0332</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 2.5-(4.8)/РПИп 2-5-0,8 штекер 4.8 мм 1.5-2.5 мм² синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0511</t>
+  </si>
+  <si>
+    <t>Разъем штекерный изолированный штекер 4 мм 0.5-1.5 мм² (РШи-п 1.5-4/РШИп 1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0261</t>
+  </si>
+  <si>
+    <t>Разъем штекерный полностью изолированный гнездо 4 мм 0.5-1.5 мм² (РШПи-м 1.5-4/РшИмп 1,25-5-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0351-10</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 6.0-(6.3)/РпИп 5-6-0,8 штекер 6.3 мм 4-6 мм² желтая (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>блистер</t>
+  </si>
+  <si>
+    <t>08-0351</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-п 6.0-(6.3)/РпИп 5-6-0,8 штекер 6.3 мм 4-6 мм² желтая REXANT</t>
+  </si>
+  <si>
+    <t>08-0651</t>
+  </si>
+  <si>
+    <t>Клемма плоская полностью изолированная РППи-м 6.0-(6.3)/РпИмп 5,5-6-0,5 гнездо 6.6 мм 4-6 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0561</t>
+  </si>
+  <si>
+    <t>Разъем штекерный полностью изолированный штекер 4 мм 0.5-1.5 мм² (РШПи-п 1.5-4/РшИпп 1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0414</t>
+  </si>
+  <si>
+    <t>Клемма плоская изолированная РПи-О 1.5-(6.3)/РпИо 1.5-7.5 гнездо 6.6 мм + штекер - 6.3 мм 0.5-1.5 мм² REXANT</t>
+  </si>
+  <si>
+    <t>08-0271</t>
+  </si>
+  <si>
+    <t>Разъем штекерный полностью изолированный гнездо 4 мм 1.5-2.5 мм² (РШПи-м 2.5-4/РшИмп 2-5-4) синий REXANT</t>
   </si>
   <si>
     <t>08-0311-10</t>
   </si>
   <si>
     <t>Клемма плоская изолированная РПи-п 1.5-(2.8)/РпИп 1,25-3-0,8 штекер 2.8 мм 0.5-1.5 мм² красная (10шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>блистер</t>
-[...346 lines deleted...]
-  <si>
     <t>1.1.2 Разъемы неизолированные</t>
   </si>
   <si>
+    <t>08-0955</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 1.5 мм 0.5-1 мм² (РП-п 1.0-(1.5)) REXANT</t>
+  </si>
+  <si>
+    <t>06-0396-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 6.3 мм, 0.75-1.5 мм², (РП-п 1.5-(6.3) L = 25,5 мм) в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0397-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 7.7 мм 0.75-1.5 мм² (РП-м 1.5-(6.3)), в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0400-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 5,6 мм 0.75-1.5 мм² (РП-м 1.5-(4.8)), в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0398-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 6.3 мм 0.75-1.5 мм² (РП-п 1.5-(6.3) L = 20 мм) в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0399-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 3.6 мм 0.75-1.5 мм² (РП-м 1.5-(2.8)), в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0401-A</t>
+  </si>
+  <si>
+    <t>Клемма плоская гнездо 7.5 мм 1-2.5 мм² (РП-м 2.5-(6.3)) в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
     <t>08-0920</t>
   </si>
   <si>
     <t>Клемма плоская гнездо 5,6 мм 0.75-1.5 мм² (РП-м 1.5-(4.8)) REXANT</t>
   </si>
   <si>
     <t>08-0921</t>
   </si>
   <si>
     <t>Клемма плоская гнездо 7.5 мм 1-2.5 мм² (РП-м 2.5-(6.3)) REXANT</t>
   </si>
   <si>
+    <t>08-0900</t>
+  </si>
+  <si>
+    <t>Изолятор для плоской клеммы  (L - 26 мм) REXANT</t>
+  </si>
+  <si>
     <t>08-0912</t>
   </si>
   <si>
     <t>Клемма плоская гнездо 7.7 мм 0.75-1.5 мм² (РП-м 1.5-(6.3)) REXANT</t>
   </si>
   <si>
     <t>08-0913</t>
   </si>
   <si>
     <t>Клемма плоская штекер 6.3 мм 0.75-1.5 мм² (РП-п 1.5-(6.3) L = 20 мм) REXANT</t>
   </si>
   <si>
-    <t>06-0397-A</t>
-[...4 lines deleted...]
-  <si>
     <t>08-0919</t>
   </si>
   <si>
     <t>Клемма плоская гнездо 3.6 мм 0.75-1.5 мм² (РП-м 1.5-(2.8)) REXANT</t>
   </si>
   <si>
-    <t>08-0900</t>
-[...10 lines deleted...]
-  <si>
     <t>08-0909</t>
   </si>
   <si>
     <t>Клемма плоская штекер 2.8 мм 0.75-1.5 мм² (РП-п 1.5-(2.8)) REXANT</t>
   </si>
   <si>
-    <t>06-0398-A</t>
-[...20 lines deleted...]
-    <t>Клемма плоская гнездо 3.6 мм 0.75-1.5 мм² (РП-м 1.5-(2.8)), в упак. 10 шт. REXANT</t>
+    <t>08-0911</t>
+  </si>
+  <si>
+    <t>Клемма плоская штекер 6.3 мм 0.75-1.5 мм² (РП-п 1.5-(6.3) L = 25,5 мм) REXANT</t>
   </si>
   <si>
     <t>08-0910</t>
   </si>
   <si>
     <t>Клемма плоская штекер 4.8 мм 0.75-1.5 мм² (РП-п 1.5-(4.8)) REXANT</t>
   </si>
   <si>
-    <t>08-0955</t>
-[...10 lines deleted...]
-  <si>
     <t>1.1.3 Наконечники изолированные</t>
   </si>
   <si>
     <t>08-1828</t>
   </si>
   <si>
     <t>Наконечник штыревой втулочный изолированный F-18 мм 16 мм² (НШВи 16-18) слоновая кость REXANT</t>
   </si>
   <si>
-    <t>08-0133-10</t>
-[...2 lines deleted...]
-    <t>Наконечник вилочный изолированный 5.3 мм 1.5-2.5 мм² (НВи 2.5-5/НВи 2-5) синий (10шт./уп.) REXANT</t>
+    <t>06-0405-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1 мм² (НШВи 1.0-8/Е 1,0-8/E1008) желтый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0417-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 0.5-1.5мм² (НКи 1.5-10) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-1816</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 1.5 мм² (НШВи 1.5-18) черный REXANT</t>
+  </si>
+  <si>
+    <t>08-0818</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 2.5 мм² (НШВи 2.5-18) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0832</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 16 мм² (НШВи 16-12) слоновая кость REXANT</t>
+  </si>
+  <si>
+    <t>08-0814</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1.5 мм² (НШВи 1.5-8) черный REXANT</t>
+  </si>
+  <si>
+    <t>08-0816</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 2.5 мм² (НШВи 2.5-12) синий REXANT</t>
+  </si>
+  <si>
+    <t>06-0402-A</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 3.2 мм 0.5-1.5 мм² (НВи 1.5-3/НВи 1,25-3) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0421-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 1.5-2.5мм² (НКи 2.5-8/НКи2-8) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0406-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1.5 мм² (НШВи 1.5-8 / Е 1,5-8 / E1508) черный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0408-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-9 мм 4 мм² (НШВи 4.0-9 / Е 4,0-9 / Е4009) серый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0419-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 1.5-2.5мм² (НКи 2.5-5/НКи2-5) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0032</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 1.5-2.5 мм² (НКи 2.5-4/НКи2-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0011</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 3.2 мм 0.5-1.5 мм² (НКи 1.5-3/НКи 1,25-3) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0015</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 0.5-1.5 мм² (НКи 1.5-6/НКи 1,25-6) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0016</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 0.5-1.5 мм² (НКи 1.5-8/НКи 1,25-8) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0031</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 3.2 мм 1.5-2.5 мм² (НКи 2.5-3/НКи2-3) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0035</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 1.5-2.5 мм² (НКи 2.5-6/НКи2-6) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0036</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 1.5-2.5 мм² (НКи 2.5-8/НКи2-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0051</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 4-6 мм² (НКи 6.0-4/НКи5,5-4) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0053</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 4-6 мм² (НКи 6.0-6/НКи5,5-6) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0054</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 4-6 мм² (НКи 6.0-8/НКи5,5-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-2803</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2х1 мм² (НШВи(2) 1.0-8/НГи2 1,0-8) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0013</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 0.5-1.5 мм² (НКи 1.5-4/НКи 1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0014</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 0.5-1.5 мм² (НКи 1.5-5/НКи 1,25-5) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0052</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 4-6 мм² (НКи 6.0-5/НКи5,5-5) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0112</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 0.5-1.5 мм² (НВи 1.5-4/НВи 1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0133</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 5.3 мм 1.5-2.5 мм² (НВи 2.5-5/НВи 2-5) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0152</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 5.3 мм 4-6 мм² (НВи 6.0-5/НВи 5,5-5) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0009</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 4.3 мм 0.5-1.5 мм² (НКи-т 1.5-4/НКи-т1,25-4) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0039</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 6.5 мм 1.5-2.5 мм² (НКи-т 2.5-6/НКи-т2-6) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0058</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 6.5 мм 4-6 мм² (НКи-т 6.0-6/НКи-т5,5-6) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0059</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный термоусаживаемый ø 8.4 мм 4-6 мм² (НКи-т 6.0-8/НКи-т5,5-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>06-0410-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 10 мм² (НШВи 10-12) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0415-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5 мм 0.5-1.5мм² (НКи 1.5-6/НКи 1,25-6) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0416-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 8.4 мм 0.5-1.5мм² (НКи 1.5-8/НКи 1,25-8) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0418-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 1.5-2.5мм² (НКи 2.5-4/НКи2-4), синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0412-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х6 мм² (НШВи(2) 6.0-14/НГи2 6,0-14) зеленый упак.10 шт REXANT</t>
+  </si>
+  <si>
+    <t>08-0833</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-16 мм 25 мм² (НШВи 25-16) черный  REXANT</t>
+  </si>
+  <si>
+    <t>08-0012</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 3.7 мм 0.5-1.5 мм² (НКи 1.5-3.5) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0017</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 0.5-1.5 мм² (НКи 1.5-10) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0034</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 5.3 мм 1.5-2.5 мм² (НКи 2.5-5/НКи2-5) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0037</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 1.5-2.5 мм² (НКи 2.5-10) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0055</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 10.5 мм 4-6 мм² (НКи 6.0-10/НКи5,5-10) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0111</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 3.2 мм 0.5-1.5 мм² (НВи 1.5-3/НВи 1,25-3) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0113</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 5.3 мм 0.5-1.5 мм² (НВи 1.5-5/НВи 1,25-5) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0114</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 0.5-1.5 мм² (НВи 1.5-6) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0131</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 3.2 мм 1.5-2.5 мм² (НВи 2.5-3) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0132</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 1.5-2.5 мм² (НВи 2.5-4/НВи 2-4) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0134</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 1.5-2.5 мм² (НВи 2.5-6/НВи 2-6) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0151</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 4-6 мм² (НВи 6.0-4/НВи 5,5-4) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0153</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 6.5 мм 4-6 мм ² (НВи 6.0-6 / НВи 5,5-6) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0154</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 8.4 мм 4-6 мм² (НВи 6.0-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-2802</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2х0.75 мм² (НШВи(2) 0.75-8/НГи2 0,75-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0151-10</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный изолированный 4.3 мм 4-6 мм² (НВи 6.0-4/НВи 5,5-4) желтый (10шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0414-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 4.3 мм 0.5-1.5мм² (НКи 1.5-4/НКи 1,25-4) красный, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0411-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 2х4мм² (НШВи(2) 4.0-12/НГи2 4,0-12) оранжевый REXANT</t>
+  </si>
+  <si>
+    <t>06-0413-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х10 мм² (НШВи(2) 10-14/ Ги2 10-14) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-2806</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2х1.5 мм² (НШВи(2) 1.5-8/НГи2 1,5-8) черный REXANT</t>
+  </si>
+  <si>
+    <t>08-2808</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-10 мм 2х2.5 мм² (НШВи(2) 2.5-10/НГи2 2,5-10) серый REXANT</t>
+  </si>
+  <si>
+    <t>08-2811</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х6 мм² (НШВи(2) 6.0-14/НГи2 6,0-14) зеленый REXANT</t>
+  </si>
+  <si>
+    <t>08-2812</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х10 мм² (НШВи(2) 10-14/НГи2 10-14) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-2813</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-14 мм 2х16 мм² (НШВи(2) 16-14/НГи2 16-14) слоновая кость REXANT</t>
   </si>
   <si>
     <t>08-0811</t>
   </si>
   <si>
     <t>Наконечник штыревой втулочный изолированный F-8 мм 0.5 мм² (НШВи 0.5-8) белый REXANT</t>
   </si>
   <si>
+    <t>08-0815</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 2.5 мм² (НШВи 2.5-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0812</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 0.75 мм² (НШВи 0.75-8) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0823</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 6 мм² (НШВи 6.0-12 / Е 6,0-12/E6012) зеленый REXANT</t>
+  </si>
+  <si>
+    <t>08-0813</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-8 мм 1 мм² (НШВи 1.0-8) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0821</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-9 мм 4 мм² (НШВи 4.0-9) серый REXANT</t>
+  </si>
+  <si>
+    <t>06-0409-A</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-12 мм 6 мм² (НШВи 6.0-12 / Е 6,0-12 / E6012) зеленый, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
     <t>08-0822</t>
   </si>
   <si>
     <t>Наконечник штыревой втулочный изолированный F-18 мм 4 мм² (НШВи 4.0-18) серый REXANT</t>
   </si>
   <si>
     <t>08-2801</t>
   </si>
   <si>
     <t>Наконечник штыревой втулочный изолированный F-8 мм 2х0.5 мм² (НШВи(2) 0.5-8/НГи2 0,5-8) белый REXANT</t>
   </si>
   <si>
-    <t>06-0403-A</t>
-[...32 lines deleted...]
-    <t>Наконечник кольцевой изолированный термоусаживаемый ø 4.3 мм 0.5-1.5 мм² (НКи-т 1.5-4/НКи-т1,25-4) красный REXANT</t>
+    <t>08-1824</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 6 мм² (НШВи 6.0-18) зеленый REXANT</t>
+  </si>
+  <si>
+    <t>08-1826</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 10 мм² (НШВи 10-18) слоновая кость REXANT</t>
+  </si>
+  <si>
+    <t>08-0836</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-20 мм 50 мм² (НШВи 50-20) оливковый REXANT</t>
   </si>
   <si>
     <t>08-2810</t>
   </si>
   <si>
     <t>Наконечник штыревой втулочный изолированный F-12 мм 2х4 мм² (НШВи(2) 4.0-12/НГи2 4,0-12) оранжевый REXANT</t>
   </si>
   <si>
-    <t>08-1824</t>
-[...134 lines deleted...]
-    <t>Наконечник кольцевой изолированный термоусаживаемый ø 6.5 мм 4-6 мм² (НКи-т 6.0-6/НКи-т5,5-6) желтый REXANT</t>
+    <t>08-1809</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-18 мм 0.75 мм² (НШВи 0.75-18) синий REXANT</t>
   </si>
   <si>
     <t>06-0407-A</t>
   </si>
   <si>
     <t>Наконечник штыревой втулочный изолированный F-8 мм 2.5 мм² (НШВи 2.5-8 / Е 2,5-8 / E2508) синий, в упак. 10 шт. REXANT</t>
   </si>
   <si>
     <t>06-0422-A</t>
   </si>
   <si>
     <t>Наконечник кольцевой изолированный ø 6.5 мм 4-6мм² (НКи 6.0-6/НКи5,5-6) желтый, в упак. 10 шт. REXANT</t>
   </si>
   <si>
-    <t>08-1809</t>
-[...26 lines deleted...]
-    <t>Наконечник штыревой втулочный изолированный F-12 мм 16 мм² (НШВи 16-12) слоновая кость REXANT</t>
+    <t>06-0420-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой изолированный ø 6.5мм 1.5-2.5мм² (НКи 2.5-6/НКи2-6) синий, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0834</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный изолированный F-16 мм 35 мм² (НШВи 35-16)  красный REXANT</t>
   </si>
   <si>
     <t>08-0831</t>
   </si>
   <si>
     <t>Наконечник штыревой втулочный изолированный F-12 мм 10 мм² (НШВи 10-12) красный REXANT</t>
   </si>
   <si>
-    <t>08-0152</t>
-[...94 lines deleted...]
-  <si>
     <t>06-0404-A</t>
   </si>
   <si>
     <t>Наконечник штыревой втулочный изолированный F-8 мм 0.75 мм² (НШВи 0.75-8 / E7508) синий, в упак. 10 шт. REXANT</t>
   </si>
   <si>
-    <t>08-0131</t>
-[...178 lines deleted...]
-  <si>
     <t>1.1.4 Наконечники неизолированные</t>
   </si>
   <si>
+    <t>06-0425-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT ø8.2мм, 1.0-1.5мм², НК 8-1,0-1,5, в упак. 10 шт.</t>
+  </si>
+  <si>
+    <t>08-0072</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø3.5 мм, 0.5-0.8 мм² (НК 3-0,5-0,8)</t>
+  </si>
+  <si>
+    <t>08-0073</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø5.2 мм, 0.5-0.8 мм² (НК 5-0,5-0,8)</t>
+  </si>
+  <si>
+    <t>08-0075</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT, ø8.2 мм, 1.0-1.5 мм² (НК 8-1,0-1,5)</t>
+  </si>
+  <si>
+    <t>08-0807</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный L-7 мм 2.5 мм² (НШВ 2.5-8/НГ 2.5-7) REXANT</t>
+  </si>
+  <si>
+    <t>06-0424-A</t>
+  </si>
+  <si>
+    <t>Наконечник кольцевой REXANT ø6.2 мм, 0.5-0.8мм², НК 6-0,5-0,8, в упак. 10 шт.</t>
+  </si>
+  <si>
+    <t>08-1713</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 6.0–12 REXANT</t>
+  </si>
+  <si>
+    <t>08-0172</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный REXANT 5.5 мм, 1-1.5 мм² (НВ 1.5-5)</t>
+  </si>
+  <si>
+    <t>08-0173</t>
+  </si>
+  <si>
+    <t>Наконечник вилочный REXANT 6.5 мм, 1-1.5 мм² (НВ 1.5-6)</t>
+  </si>
+  <si>
+    <t>08-0809</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный L-9 мм 4 мм² (НШВ 4.0-9/НГ 4,0-9) REXANT</t>
+  </si>
+  <si>
     <t>08-0805</t>
   </si>
   <si>
     <t>Наконечник штыревой втулочный L-7 мм 1.5 мм² (НШВ 1.5-8/НГ 1.5-7) REXANT</t>
   </si>
   <si>
-    <t>08-0807</t>
-[...22 lines deleted...]
-  <si>
     <t>08-0074</t>
   </si>
   <si>
     <t>Наконечник кольцевой REXANT, ø6.2 мм, 0.5-0.8 мм² (НК 6-0,5-0,8)</t>
   </si>
   <si>
-    <t>08-0075</t>
-[...4 lines deleted...]
-  <si>
     <t>08-0171</t>
   </si>
   <si>
     <t>Наконечник вилочный REXANT 4.5 мм, 1-1.5 мм² (НВ 1.5-4)</t>
   </si>
   <si>
-    <t>08-0172</t>
-[...10 lines deleted...]
-  <si>
     <t>08-0076</t>
   </si>
   <si>
     <t>Наконечник кольцевой REXANT, ø4.3 мм, 0.5-0.8 мм² (НК 4-0,5-0,8)</t>
   </si>
   <si>
+    <t>08-0802</t>
+  </si>
+  <si>
+    <t>Наконечник штыревой втулочный L-6 мм 0.75 мм² (НШВ 0.75-6/НГ 0.75-6) REXANT</t>
+  </si>
+  <si>
     <t>08-1730</t>
   </si>
   <si>
     <t>Наконечник штифтовой плоский кабельный (НШП) 25–15 REXANT</t>
   </si>
   <si>
     <t>08-1740</t>
   </si>
   <si>
     <t>Наконечник штифтовой плоский кабельный (НШП) 50–20 REXANT</t>
   </si>
   <si>
-    <t>06-0424-A</t>
-[...10 lines deleted...]
-  <si>
     <t>06-0423-A</t>
   </si>
   <si>
     <t>Наконечник кольцевой REXANT ø 5.2 мм, 0.5-0.8мм², НК 5-0,5-0,8, в упаковке 10 шт.</t>
   </si>
   <si>
-    <t>08-0802</t>
-[...4 lines deleted...]
-  <si>
     <t>08-1705</t>
   </si>
   <si>
     <t>Наконечник штифтовой плоский кабельный (НШП) 1.5–12 REXANT</t>
   </si>
   <si>
     <t>08-1708</t>
   </si>
   <si>
     <t>Наконечник штифтовой плоский кабельный (НШП) 2.5–12 REXANT</t>
   </si>
   <si>
-    <t>08-1713</t>
-[...4 lines deleted...]
-  <si>
     <t>08-1718</t>
   </si>
   <si>
     <t>Наконечник штифтовой плоский кабельный (НШП) 10–12 REXANT</t>
   </si>
   <si>
     <t>08-1725</t>
   </si>
   <si>
     <t>Наконечник штифтовой плоский кабельный (НШП) 16–13 REXANT</t>
   </si>
   <si>
+    <t>08-1750</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой плоский кабельный (НШП) 95–25 REXANT</t>
+  </si>
+  <si>
     <t>08-1735</t>
   </si>
   <si>
     <t>Наконечник штифтовой плоский кабельный (НШП) 35–20 REXANT</t>
   </si>
   <si>
     <t>08-1745</t>
   </si>
   <si>
     <t>Наконечник штифтовой плоский кабельный (НШП) 70–25 REXANT</t>
   </si>
   <si>
-    <t>08-1750</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.5 Гильзы изолированные</t>
   </si>
   <si>
+    <t>06-0430-A</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная термоусаживаемая L-37 мм 0.5-1 мм² (ГСИ-т 1.0/ГСИ-т 0,5-1,0) красная, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0431-A</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-26 мм 1.5-2.5 мм² (ГСИ 2.5/ГСИ 1,5-2,5) синяя, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0717</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-27.3 мм нейлон 0.5-1.5 мм² (ГСИ(н) 1.5/ГСИ-н 0,5-1,5) красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0723</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-27.3 мм нейлон 1.5-2.5 мм² (ГСИ(н) 2.5/ГСИ-н 1,5-2,5) синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0721</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-26 мм 1.5-2.5 мм² (ГСИ 2.5/ГСИ 1,5-2,5) синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0711</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-26 мм 0.5-1.5 мм² (ГСИ 1.5/ГСИ 0,5-1,5) красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0731</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-26 мм 4-6 мм² (ГСИ 6.0/ГСИ 4,0-6,0) желтая REXANT</t>
+  </si>
+  <si>
+    <t>08-0732</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-27.3 мм нейлон 4-6 мм² (ГСИ(н) 6.0/ГСИ-н 4,0-6,0) желтая REXANT</t>
+  </si>
+  <si>
+    <t>08-0724</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная термоусаживаемая L-37 мм 1.5-2.5 мм² (ГСИ-т 2.5/ГСИ-т 1,5-2,5) синяя REXANT</t>
+  </si>
+  <si>
+    <t>08-0725</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-26 мм 2.5-4 мм² (ГСИ 4.0/ГСИ 2,5-4,0) черная REXANT</t>
+  </si>
+  <si>
+    <t>08-0735</t>
+  </si>
+  <si>
+    <t>Соединительная гильза изолированная L-32 мм 6-10 мм² (ГСИ 10/ГСИ 6,0-10,0) красная REXANT</t>
+  </si>
+  <si>
     <t>08-0718</t>
   </si>
   <si>
     <t>Соединительная гильза изолированная термоусаживаемая L-37 мм 0.5-1 мм² (ГСИ-т 1.0/ГСИ-т 0,5-1,0) красная REXANT</t>
   </si>
   <si>
-    <t>08-0724</t>
-[...28 lines deleted...]
-  <si>
     <t>06-0428-A</t>
   </si>
   <si>
     <t>Соединительная гильза изолированная L-26 мм 0.5-1.5 мм² (ГСИ 1.5/ГСИ 0,5-1,5) красная, в упак. 5 шт. REXANT</t>
   </si>
   <si>
-    <t>06-0430-A</t>
-[...22 lines deleted...]
-  <si>
     <t>08-0733</t>
   </si>
   <si>
     <t>Соединительная гильза изолированная термоусаживаемая L-52 мм 4-6 мм² (ГСИ-т 6.0 / ГСИ-т 6,0-4,0) желтая REXANT</t>
   </si>
   <si>
-    <t>08-0725</t>
-[...10 lines deleted...]
-  <si>
     <t>1.1.6 Термоусаживаемые гильзы под пайку</t>
   </si>
   <si>
     <t>08-0751</t>
   </si>
   <si>
     <t>Гильза кабельная изолированная ПК-т 0.34 термоусаживаемая под пайку L-26 мм 0.25-0.34 мм² белая REXANT</t>
   </si>
   <si>
+    <t>08-0752</t>
+  </si>
+  <si>
+    <t>Гильза кабельная изолированная ПК-т 1.5 термоусаживаемая под пайку L-40 мм 0.5-1.5 мм² красная REXANT</t>
+  </si>
+  <si>
+    <t>08-0754</t>
+  </si>
+  <si>
+    <t>Гильза кабельная изолированная ПК-т 6.0 термоусаживаемая под пайку L-40 мм 4.0-6.0 мм² желтая REXANT</t>
+  </si>
+  <si>
     <t>08-0753</t>
   </si>
   <si>
     <t>Гильза кабельная изолированная ПК-т 2.5 термоусаживаемая под пайку L-40 мм 1.5-2.5 мм² синяя REXANT</t>
   </si>
   <si>
-    <t>08-0754</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2 Строительно-монтажные клеммы СМК</t>
   </si>
   <si>
     <t>1.2.1 Рычажковые клеммы СМК</t>
   </si>
   <si>
+    <t>07-5252-4</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-412, 2-проводная серая 0,08-2,5/4 мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5255-4</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-415, 5-проводная серая 0,08-2,5/4 мм² (40 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-6263-2</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-422 проходная 2 полюса (0,08-4 мм²), серая (25 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6263-3</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-423 проходная 3 полюса (0,08-4 мм²), серая (25 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5240</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-421 проходная 1 полюс (0,08-4 мм²), серая (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6265-4</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-425P проходная 5 полюсов, с монтажной площадкой (0,08-4 мм²), серая (блистер 4 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5254-4-10</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-414, 4-проводная серая 0,08-2,5/4 мм² (блистер 10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5264</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-424R проходная разъемная 4 полюса серая 0,2-2,5/4мм² (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5203</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-413, 3-проводная до 4,0 мм² (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5202</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-412, 2-проводная до 4,0 мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5205</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-415, 5-проводная до 4,0 мм² (40 шт./уп.) REXANT</t>
+  </si>
+  <si>
     <t>07-5252-4-20</t>
   </si>
   <si>
     <t>Универсальная клемма СМК 222-412, 2-проводная серая 0,08-2,5/4 мм² (20 шт./уп.) REXANT</t>
   </si>
   <si>
+    <t>06-0202-B5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-415, 5-проводная серая 0,08-2,5/4 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0203-A5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-412, 2-проводная прозрачная 0,08-2,5/4 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0202-C10</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-415, 5-проводная серая 0,08-2,5/4 мм² (блистер 10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5248</t>
+  </si>
+  <si>
+    <t>Клемма СМК 3х4 проходная разветвительная 3 полюса, с монтажной площадкой (1 ввод, 4 вывода на полюс) (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5270</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-612/221-612, 2-проводная серая 0,5-4/6 мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0217-A5</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-413, 3-проводная до 4,0 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5254-4</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-414, 4-проводная серая 0,08-2,5/4 мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-6262</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-422P проходная 2 полюса, с монтажной площадкой (0,08-4 мм²), серая (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6264</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-424P проходная 4 полюса, с монтажной площадкой (0,08-4 мм²), серая (25 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6263-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-423P проходная 3 полюса, с монтажной площадкой (0,08-4 мм²), серая (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5232-04</t>
+  </si>
+  <si>
+    <t>Клемма СМК 3х3 проходная разветвительная 3 полюса, с монтажной площадкой (1 ввод, 3 вывода на полюс), (4 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5265</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-425R проходная разъемная 5 полюсов серая 0,2-2,5/4мм² (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0205-B5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-415, 5-проводная прозрачная 0,08-2,5/4 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0205-C10</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-415, 5-проводная прозрачная 0,08-2,5/4 мм² (блистер 10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0216-A5</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-412, 2-проводная до 4,0 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5231</t>
+  </si>
+  <si>
+    <t>Клемма СМК 2х4 проходная разветвительная 2 полюса, с монтажной площадкой (1 ввод, 4 вывода на полюс) (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5273-5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-615/221-615, 5-проводная серая 0,5-4/6 мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5231-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 2х4 проходная разветвительная 2 полюса, с монтажной площадкой (1 ввод, 4 вывода на полюс) (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5247-4</t>
+  </si>
+  <si>
+    <t>Клемма СМК 4х2 проходная разветвительная 4 полюса, с монтажной площадкой (1 ввод, 2 вывода на полюс) (блистер 4 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5248-4</t>
+  </si>
+  <si>
+    <t>Клемма СМК 3х4 проходная разветвительная 3 полюса, с монтажной площадкой (1 ввод, 4 вывода на полюс) (блистер 4 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5261-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-421R проходная разъемная 1 полюс серая 0,2-2,5/4мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5262-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-422R проходная разъемная 2 полюса серая 0,2-2,5/4мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5263-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-423R проходная разъемная 3 полюса серая 0,2-2,5/4мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5264-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-424R проходная разъемная 4 полюса серая 0,2-2,5/4мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5265-3</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-425R проходная разъемная 5 полюсов серая 0,2-2,5/4мм² (блистер 3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5270-5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-612/221-612, 2-проводная серая 0,5-4/6 мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5271-5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-613/221-613, 3-проводная серая 0,5-4/6 мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5255-1</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-415, 5-проводная прозрачная 0,08-2,5/4 мм² (40 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5233-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 3х2 проходная разветвительная 3 полюса, с монтажной площадкой (1 ввод, 2 вывода на полюс), (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6263-3-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-423 проходная 3 полюса (0,08-4 мм²), серая (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0200-A5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-412, 2-проводная серая 0,08-2,5/4 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0203-B10</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-412, 2-проводная прозрачная 0,08-2,5/4 мм² (блистер 10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5235</t>
+  </si>
+  <si>
+    <t>Клемма СМК 2х2 проходная разветвительная 2 полюса, с монтажной площадкой (1 ввод, 2 вывода на полюс) (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6261</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-421P проходная 1 полюс, с монтажной площадкой (0,08-4 мм²), серая (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6264-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-424P проходная 4 полюса, с монтажной площадкой (0,08-4 мм²), серая (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5254-4-05</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-414, 4-проводная серая 0,08-2,5/4 мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0201-B5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-413, 3-проводная серая 0,08-2,5/4 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0204-B10</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-413, 3-проводная прозрачная 0,08-2,5/4 мм² (блистер 10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5245</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-425 проходная 5 полюсов (0,08-4мм²), серая (30 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5247</t>
+  </si>
+  <si>
+    <t>Клемма СМК 4х2 проходная разветвительная 4 полюса, с монтажной площадкой (1 ввод, 2 вывода на полюс) (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5273</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-615/221-615, 5-проводная серая 0,5-4/6 мм² (15 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5233</t>
+  </si>
+  <si>
+    <t>Клемма СМК 3х2 проходная разветвительная 3 полюса, с монтажной площадкой (1 ввод, 2 вывода на полюс) (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5000-3</t>
+  </si>
+  <si>
+    <t>Коробка влагозащитная гелевая для клемм СМК 5-проводных REXANT</t>
+  </si>
+  <si>
+    <t>07-5263</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-423R проходная разъемная 3 полюса серая 0,2-2,5/4мм² (40 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0201-B10</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-413, 3-проводная серая 0,08-2,5/4 мм² (блистер 10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5271</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-613/221-613, 3-проводная серая 0,5-4/6 мм² (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5258-4</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-418, 8-проводная серая 0,08-2,5/4мм² (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5203-20</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-413, 3-проводная до 4,0 мм² (20 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5234-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 2х3 проходная разветвительная 2 полюса, с монтажной площадкой (1 ввод, 3 вывода на полюс), (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0217-A10</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-413, 3-проводная до 4,0 мм² (блистер 10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6262-5</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-422P проходная 2 полюса, с монтажной площадкой (0,08-4 мм²), серая (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0215-A5</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-415, 5-прoводная до 4,0 мм² (блистер 5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0216-A10</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-412, 2-проводная до 4,0 мм² (блистер 10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5235-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 2х2 проходная разветвительная 2 полюса, с монтажной площадкой (1 ввод, 2 вывода на полюс), (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5240-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-421 проходная 1 полюс (0,08-4 мм²), серая (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6261-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-421P проходная 1 полюс, с монтажной площадкой (0,08-4 мм²), серая (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5000-1</t>
+  </si>
+  <si>
+    <t>Коробка влагозащитная гелевая для клемм СМК 2-проводных REXANT</t>
+  </si>
+  <si>
+    <t>07-5253-1</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-413, 3-проводная прозрачная 0,08-2,5/4 мм² (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5234</t>
+  </si>
+  <si>
+    <t>Клемма СМК 2х3 проходная разветвительная 2 полюса, с монтажной площадкой (1 ввод, 3 вывода на полюс) REXANT</t>
+  </si>
+  <si>
+    <t>07-5261</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-421R проходная разъемная 1 полюс серая 0,2-2,5/4мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5246</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-424 проходная 4 полюса (0,08-4мм²), серая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5252-1</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-412, 2-проводная прозрачная 0,08-2,5/4 мм² (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5262</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-422R проходная разъемная 2 полюса серая 0,2-2,5/4мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5000-2</t>
+  </si>
+  <si>
+    <t>Коробка влагозащитная гелевая для клемм СМК 3-проводных REXANT</t>
+  </si>
+  <si>
+    <t>06-0200-B10</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-412, 2-проводная серая 0,08-2,5/4 мм² (блистер 10 шт./уп.) REXANT</t>
+  </si>
+  <si>
     <t>07-5253-4-20</t>
   </si>
   <si>
     <t>Универсальная клемма СМК 222-413, 3-проводная серая 0,08-2,5/4 мм² (20 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>07-6263-5</t>
-[...20 lines deleted...]
-    <t>Универсальная клемма СМК 222-414, 4-проводная серая 0,08-2,5/4 мм² (блистер 5 шт/уп) REXANT</t>
+    <t>07-5202-20</t>
+  </si>
+  <si>
+    <t>Универсальная компактная клемма СМК 221-412, 2-проводная до 4,0 мм² (20 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6263-2-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-422 проходная 2 полюса (0,08-4 мм²), серая (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5253-4</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-413, 3-проводная серая 0,08-2,5/4 мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-6263</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-423P проходная 3 полюса, с монтажной площадкой (0,08-4 мм²), серая (25 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6265</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-425P проходная 5 полюсов, с монтажной площадкой (0,08-4 мм²), серая (20 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0204-B5</t>
+  </si>
+  <si>
+    <t>Универсальная клемма СМК 222-413, 3-проводная прозрачная 0,08-2,5/4 мм² (блистер 5 шт./уп.) REXANT</t>
   </si>
   <si>
     <t>07-5232</t>
   </si>
   <si>
     <t>Клемма СМК 3х3 проходная разветвительная 3 полюса, с монтажной площадкой (1 ввод, 3 вывода на полюс) (50 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>07-5202-20</t>
-[...472 lines deleted...]
-  <si>
     <t>1.2.2 Экспресс клеммы СМК</t>
   </si>
   <si>
+    <t>07-3212</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма REXANT СМК 2273-203, 3-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3217</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-243, 3-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3209</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма REXANT СМК 2273-206, 6-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3210</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-246, 6-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>06-0208-B5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой СМК 773-306, 6-проводная до 2,5 мм² серая, (блистер 5шт.)  REXANT</t>
+  </si>
+  <si>
+    <t>07-3218</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-244, 4-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3080</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой СМК 773-308, 8-проводная до 2,5 мм², серая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5242</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-203R проходная разъемная 3 полюса 0,5-2,5мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0207-A5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой СМК 773-304, 4-проводная до 2,5 мм² серая, (блистер 5шт.)  REXANT</t>
+  </si>
+  <si>
+    <t>07-3216-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-242, 2-проводная 0.5-2.5 мм², прозрачная, блистер (5 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3217-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-243, 3-проводная 0.5-2.5 мм², прозрачная, блистер (5 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3215</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-208, 8-проводная 0,5-2,5 мм², прозрачная (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5241</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-202R проходная разъемная 2 полюса 0,5-2,5мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-3211-5</t>
   </si>
   <si>
     <t>Экспресс-клемма REXANT СМК 2273-202, 2-проводная 0.5-2.5 мм², прозрачная, блистер (5 шт./уп.)</t>
   </si>
   <si>
     <t>07-3213-5</t>
   </si>
   <si>
     <t>Экспресс-клемма REXANT СМК 2273-204, 4-проводная 0.5-2.5 мм², прозрачная, блистер (5 шт./уп.)</t>
   </si>
   <si>
-    <t>07-3216-5</t>
-[...8 lines deleted...]
-    <t>Экспресс-клемма с пастой REXANT СМК 2273-243, 3-проводная 0.5-2.5 мм², прозрачная, блистер (5 шт./уп.)</t>
+    <t>07-3214-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма REXANT СМК 2273-205, 5-проводная 0.5-2.5 мм², прозрачная, блистер (5 шт./уп.)</t>
   </si>
   <si>
     <t>07-3219-6</t>
   </si>
   <si>
     <t>Экспресс-клемма с пастой REXANT СМК 2273-245, 5-проводная 0.5-2.5 мм², прозрачная, блистер (6 шт./уп.)</t>
   </si>
   <si>
+    <t>07-3215-6</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма REXANT СМК 2273-208, 8-проводная 0.5-2.5 мм², прозрачная, блистер (6 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5230-6</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-248, 8-проводная 0.5-2.5 мм², прозрачная, блистер (6 шт./уп.)</t>
+  </si>
+  <si>
     <t>07-3218-20</t>
   </si>
   <si>
     <t>Экспресс-клемма с пастой REXANT СМК 2273-244, 4-проводная 0.5-2.5 мм², прозрачная, блистер (20 шт./уп.)</t>
   </si>
   <si>
-    <t>07-3218</t>
-[...2 lines deleted...]
-    <t>Экспресс-клемма с пастой REXANT СМК 2273-244, 4-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+    <t>07-5242-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-203R проходная разъемная 3 полюса 0,5-2,5мм² (блистер 5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-3216</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-242, 2-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>06-0209-B5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой СМК 773-308, 8-проводная до 2,5 мм² серая, (блистер 5шт.)  REXANT</t>
+  </si>
+  <si>
+    <t>06-0209-B10</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой СМК 773-308, 8-проводная до 2,5 мм² серая, (блистер 10шт) REXANT</t>
+  </si>
+  <si>
+    <t>07-3219</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-245, 5-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-3040</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой СМК 773-304, 4-проводная до 2,5 мм², серая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-3060</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой СМК 773-306, 6-проводная до 2,5 мм², серая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5230</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма с пастой REXANT СМК 2273-248, 8-проводная 0.5-2.5 мм², прозрачная (50 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5276</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 773-606 с пастой, 6-проводная 0,75-4 мм² (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5241-5</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 2273-202R проходная разъемная 2 полюса 0,5-2,5мм² (блистер 5 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-5244-5</t>
   </si>
   <si>
     <t>Экспресс-клемма СМК 2273-2x3R проходная разъемная 3 полюса 3х2-проводная 0,5-2,5мм² (блистер 5 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-3214-5</t>
-[...10 lines deleted...]
-  <si>
     <t>06-0206-A5</t>
   </si>
   <si>
     <t>Экспресс-клемма с пастой СМК 773-302, 2-проводная до 2,5 мм² серая, (блистер 5шт.)  REXANT</t>
   </si>
   <si>
-    <t>06-0208-B5</t>
-[...10 lines deleted...]
-  <si>
     <t>07-5279</t>
   </si>
   <si>
     <t>Экспресс-клемма СМК 773-174 с пастой, 4-проводная 0,75-6 мм² (50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-3020</t>
   </si>
   <si>
     <t>Экспресс-клемма с пастой СМК 773-302, 2-проводная до 2,5 мм², серая (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-3040</t>
-[...22 lines deleted...]
-  <si>
     <t>07-5243-5</t>
   </si>
   <si>
     <t>Экспресс-клемма СМК 2273-2x2R проходная разъемная 2 полюса 2х2-проводная 0,5-2,5мм² (блистер 5 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-5274-5</t>
   </si>
   <si>
     <t>Экспресс-клемма СМК 773-602 с пастой, 2-проводная 0,75-4 мм² (блистер 5 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-5279-5</t>
   </si>
   <si>
     <t>Экспресс-клемма СМК 773-174 с пастой, 4-проводная 0,75-6 мм² (блистер 5 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-5275-5</t>
   </si>
   <si>
     <t>Экспресс-клемма СМК 773-604 с пастой, 4-проводная 0,75-4 мм² (блистер 5 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-3217</t>
-[...8 lines deleted...]
-    <t>Экспресс-клемма с пастой REXANT СМК 2273-245, 5-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
+    <t>07-5274</t>
+  </si>
+  <si>
+    <t>Экспресс-клемма СМК 773-602 с пастой, 2-проводная 0,75-4 мм² (50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-5244</t>
   </si>
   <si>
     <t>Экспресс-клемма СМК 2273-2x3R проходная разъемная 3 полюса 3х2-проводная 0,5-2,5мм² (50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-5243</t>
   </si>
   <si>
     <t>Экспресс-клемма СМК 2273-2x2R проходная разъемная 2 полюса 2х2-проводная 0,5-2,5мм² (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-3280</t>
-[...10 lines deleted...]
-  <si>
     <t>07-3211</t>
   </si>
   <si>
     <t>Экспресс-клемма REXANT СМК 2273-202, 2-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
   </si>
   <si>
-    <t>07-3215</t>
-[...28 lines deleted...]
-  <si>
     <t>07-3213</t>
   </si>
   <si>
     <t>Экспресс-клемма REXANT СМК 2273-204, 4-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
   </si>
   <si>
-    <t>07-3216</t>
-[...10 lines deleted...]
-  <si>
     <t>07-5276-5</t>
   </si>
   <si>
     <t>Экспресс-клемма СМК 773-606 с пастой, 6-проводная 0,75-4 мм² (блистер 5 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-5241</t>
-[...10 lines deleted...]
-  <si>
     <t>07-3214</t>
   </si>
   <si>
     <t>Экспресс-клемма REXANT СМК 2273-205, 5-проводная 0.5-2.5 мм², прозрачная (100 шт./уп.)</t>
   </si>
   <si>
-    <t>07-3209</t>
-[...16 lines deleted...]
-  <si>
     <t>07-5275</t>
   </si>
   <si>
     <t>Экспресс-клемма СМК 773-604 с пастой, 4-проводная 0,75-4 мм² (50 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-5241-5</t>
-[...4 lines deleted...]
-  <si>
     <t>1.2.3 Клеммы СМК на DIN- рейку</t>
   </si>
   <si>
+    <t>07-5226</t>
+  </si>
+  <si>
+    <t>Перемычка для клемм СМК 222-621D 6 мм² 10PIN REXANT</t>
+  </si>
+  <si>
+    <t>07-5280</t>
+  </si>
+  <si>
+    <t>Клемма СМК 2х2D проходная разветвительная 2 полюса на DIN-рейку (0,08-4 мм²) (1 ввод, 2 вывода на полюс) серая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5298</t>
+  </si>
+  <si>
+    <t>Перемычка для клемм СМК 222-221D 10PIN REXANT</t>
+  </si>
+  <si>
+    <t>07-6263-1</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-421D проходная 1-полюсная, с креплением на DIN-рейку (0,08-4 мм²) серая (25 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5237</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-424D проходная 4-полюсная, с креплением на DIN-рейку (0,08-4 мм²) серая (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5236-04</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-425D проходная 5-полюсная, с креплением на DIN-рейку (0,08-4 мм²), серая (4 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5283</t>
+  </si>
+  <si>
+    <t>Клемма СМК 3х2D проходная разветвительная 3 полюса на DIN-рейку (0,08-4 мм²) (1 ввод, 2 вывода на полюс) серая (20 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5250</t>
+  </si>
+  <si>
+    <t>Перемычка для клемм СМК 222-421D 10PIN REXANT</t>
+  </si>
+  <si>
     <t>07-5281</t>
   </si>
   <si>
     <t>Клемма СМК 2х3D проходная разветвительная 2 полюса на DIN-рейку (0,08-4 мм²) (1 ввод, 3 вывода на полюс) серая (25 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>07-5294</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-621-PT-6 3 вывода рычаг-push-in на DIN-рейку (1-6 мм²) серая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5237-04</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-424D проходная 4-полюсная, с креплением на DIN-рейку (0,08-4 мм²), серая (4 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5249</t>
+  </si>
+  <si>
+    <t>Маркеры для клемм СМК 222-421D без символов REXANT</t>
+  </si>
+  <si>
+    <t>07-5227</t>
+  </si>
+  <si>
+    <t>Маркеры для клемм СМК без символов 6-10 мм² REXANT</t>
+  </si>
+  <si>
+    <t>07-5239</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-422D проходная 2-полюсная, с креплением на DIN-рейку (0,08-4 мм²) серая (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5289</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-221D/222-2411 (аналог 222-4111D) проходная 1-полюсная на DIN-рейку (0,2-2,5 мм²) серая (60 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5293</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-421-PT-4 3 вывода рычаг-push-in на DIN-рейку (0,5-4 мм²) серая (40 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-6263-1-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-421D проходная 1-полюсная, с креплением на DIN-рейку (0,08-4 мм²), серая (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5284</t>
+  </si>
+  <si>
+    <t>Клемма СМК 3х3D проходная разветвительная 3 полюса на DIN-рейку (0,08-4 мм²) (1 ввод, 3 вывода на полюс) серая (15 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5236</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-425D проходная 5-полюсная, с креплением на DIN-рейку (0,08-4 мм²) серая (20 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5299</t>
+  </si>
+  <si>
+    <t>Маркеры для клемм СМК 222-221D без символов 2,5-4 мм² REXANT</t>
+  </si>
+  <si>
+    <t>07-5291</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-621D проходная 1-полюсная на DIN-рейку (1-6 мм²) серая (60 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5292</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-2521D проходная 1-полюсная на DIN-рейку (6-25 мм²) серая (30 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5238</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-423D проходная 3-полюсная, с креплением на DIN-рейку (0,08-4 мм²) серая (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5239-05</t>
+  </si>
+  <si>
+    <t>Клемма СМК 222-422D проходная 2-полюсная, с креплением на DIN-рейку (0,08-4 мм²), серая (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
     <t>07-5238-05</t>
   </si>
   <si>
     <t>Клемма СМК 222-423D проходная 3-полюсная, с креплением на DIN-рейку (0,08-4 мм²), серая (5 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>07-5236-04</t>
-[...136 lines deleted...]
-  <si>
     <t>1.3 Наконечники и гильзы кабельные силовые</t>
   </si>
   <si>
     <t>1.3.1 Наконечники кабельные медные луженые под опрессовку (ТМЛ/ТМЛ-Р/ТМЛо) РФ</t>
   </si>
   <si>
+    <t>07-5300-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 2,5–4–2,6 (2,5мм² - Ø4мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5307-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 10-5-5 (10мм² - Ø 5мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5314-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–8–8 (25мм² - Ø8мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5315-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–10–8 (25мм² - Ø10мм) ГОСТ 7386-80 (в упак. 100шт) REXANT</t>
+  </si>
+  <si>
+    <t>07-5319-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 35–8–10 (35мм² - Ø8мм) ГОСТ 7386-80 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5324-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 50–12–11 (50мм² - Ø12мм) ГОСТ 7386-80 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5325-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 70–10–13 (70мм² - Ø10мм) ГОСТ 7386-80 (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5326-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 70–12–13 (70мм² - Ø12мм) ГОСТ 7386-80 (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5332-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 120–16–17 (120мм² - Ø16мм) ГОСТ 7386-80 (в упак. 25 шт) REXANT</t>
+  </si>
+  <si>
+    <t>07-5301</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 2,5–5–2,6 (2,5мм² - Ø5мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5309</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 10–8–5 (10мм² - Ø8мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5312</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–6–8 (25мм² - Ø6мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5315</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–10–8 (25мм² - Ø10мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5323</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 50–10–11 (50мм² - Ø10мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5339</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 185–16–21 (185мм² - Ø16мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5313-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–8–7 (25мм² - Ø8мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5300-4</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 2,5–4 (2,5мм² - Ø4мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5305-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 6–5 (6мм² - Ø5мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5309-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 10–8 (10мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5312-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 25–6 (25мм² - Ø6мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5314-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 25–8 (25мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5317-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 35–10–9 (35мм² - Ø10мм) ГОСТ 7386-80 (в упак. 50шт) REXANT</t>
+  </si>
+  <si>
+    <t>07-5328-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 95–12–15 (95мм² - Ø12мм) ГОСТ 7386-80 (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5313-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–8–7 (25мм² - Ø8мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5322-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 50–8–11 (50мм² - Ø8мм) ГОСТ 7386-80 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5322-4</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 50–8–11 (50мм² - Ø8мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5300-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 2,5–4 (2,5мм² - Ø4мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5301-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 2,5–5 (2,5мм² - Ø5мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5302-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 2,5–6 (2,5мм² - Ø6мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5302-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 2,5–6 (2,5мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5303-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 4–5 (4мм² - Ø5мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5304-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 4–6 (4мм² - Ø6мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5304-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 4–6 (4мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5305-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 6–5 (6мм² - Ø5мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5306-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 6–6 (6мм² - Ø6мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5306-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 6–6 (6мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5308-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 10–6 (10мм² - Ø6мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5308-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 10–6 (10мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5309-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 10–8 (10мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5310-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 16–6 (16мм² - Ø6мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5310-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 16–6 (16мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5311-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 16–8 (16мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5311-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 16–8 (16мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5312-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 25–6 (25мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5314-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 25–8 (25мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5315-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 25–10 (25мм² - Ø10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5315-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 25–10 (25мм² - Ø10мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5316-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 35–8 (35мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5316-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 35–8 (35мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5317-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 35–10 (35мм² - Ø10мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5323-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 50–10 (50мм² - Ø10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5323-6</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ-Р 50–10 (50мм² - Ø10мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5302-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 2,5–6–2,6 (2,5мм² - Ø6мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5309-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 10-8-5 (10мм² - Ø8мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5310-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 16-6-6 (16мм² - Ø6мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5331-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 120–12–17 (120мм² - Ø12мм) ГОСТ 7386-80 (в упак. 20шт) REXANT</t>
+  </si>
+  <si>
     <t>07-5302</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 2,5–6–2,6 (2,5мм² - Ø6мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
   </si>
   <si>
+    <t>07-5304</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 4–6–3 (4мм² - Ø6мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5305</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 6–5–4 (6мм² - Ø5мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5311</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 16–8–6 (16мм² - Ø8мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5314</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–8–8 (25мм² - Ø8мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5316</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 35–8–9 (35мм² - Ø8мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5324</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 50–12–11 (50мм² - Ø12мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5328</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 95–12–15 (95мм² - Ø12мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5335</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 150–12–19 (150мм² - Ø12мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-5307</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 10–5–5 (10мм² - Ø5мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5309</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5310</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 16–6–6 (16мм² - Ø6мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5318</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 35–12–9 (35мм² - Ø12мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5319</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 35–8–10 (35мм² - Ø8мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5320</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 35–10–10 (35мм² - Ø10мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5321</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 35–12–10 (35мм² - Ø12мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5323</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5326</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 70–12–13 (70мм² - Ø12мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
   </si>
   <si>
+    <t>07-5321-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 35–12–10 (35мм² - Ø12мм) ГОСТ 7386-80 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-5332</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 120–16–17 (120мм² - Ø16мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5335</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5336</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 150–16–19 (150мм² - Ø16мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5300-3</t>
-[...10 lines deleted...]
-  <si>
     <t>07-5343</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 240–16–24 (240мм² - Ø16мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5304-6</t>
-[...26 lines deleted...]
-    <t>Наконечник медный луженый ТМЛ-Р 25–6 (25мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+    <t>07-5308</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 10–6–5 (10мм² - Ø6мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5325</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 70–10–13 (70мм² - Ø10мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5306-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 6-6-4 (6мм² - Ø6мм) ГОСТ 7386-80 (в упак. 100шт) REXANT</t>
   </si>
   <si>
     <t>07-5300</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 2,5–4–2,6 (2,5мм² - Ø4мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5303-5</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 4–5–3 (4мм² - Ø5мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5321-5</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5323-5</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 50–10–11 (50мм² - Ø10мм) ГОСТ 7386-80 (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5326-5</t>
-[...86 lines deleted...]
-    <t>Наконечник медный луженый ТМЛ 6–5–4 (6мм² - Ø5мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
+    <t>07-5312-5</t>
+  </si>
+  <si>
+    <t>Наконечник медный луженый ТМЛ 25–6–8 (25мм² - Ø6мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5306</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 6–6–4 (6мм² - Ø6мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5308</t>
-[...22 lines deleted...]
-  <si>
     <t>07-5317</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 35–10–9 (35мм² - Ø10мм) ГОСТ 7386-80 (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5316-5</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 35–8–9 (35мм² - Ø8мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5324</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5311-5</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 16-8-6 (16мм² - Ø8мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5300-4</t>
-[...64 lines deleted...]
-  <si>
     <t>07-5301-5</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 2,5–5–2,6 (2,5мм² - Ø5мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5307-5</t>
-[...28 lines deleted...]
-  <si>
     <t>07-5327-5</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 95–10–15 (95мм² - Ø10мм) ГОСТ 7386-80 (в упак. 25 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5323-6</t>
-[...88 lines deleted...]
-  <si>
     <t>07-5303</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 4–5–3 (4мм² - Ø5мм) ГОСТ 7386-80 (в упак. 10 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5312</t>
-[...16 lines deleted...]
-  <si>
     <t>07-5331</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 120–12–17 (120мм² - Ø12мм) ГОСТ 7386-80 (в упак. 2 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5302-5</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5304-5</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 4–6–3 (4мм² - Ø6мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5305-5</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 6–5–4 (6мм² - Ø5мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5308-5</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 10-6-5 (10мм² - Ø6мм) ГОСТ 7386-80 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5310-5</t>
-[...16 lines deleted...]
-  <si>
     <t>07-5320-5</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ 35–10–10 (35мм² - Ø10мм) ГОСТ 7386-80 (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5324-5</t>
-[...10 lines deleted...]
-  <si>
     <t>1.3.2 Наконечники кабельные медные луженые под опрессовку</t>
   </si>
   <si>
-    <t>08-2117</t>
-[...10 lines deleted...]
-  <si>
     <t>08-0066</t>
   </si>
   <si>
     <t>Наконечник кольцевой REXANT НК,  ø13 мм, 120 мм², ТМЛ (DIN) 120-12</t>
   </si>
   <si>
     <t>08-0067</t>
   </si>
   <si>
     <t>Наконечник кольцевой REXANT НК, ø13 мм, 150 мм², ТМЛ (DIN) 150-12</t>
   </si>
   <si>
     <t>08-2118</t>
   </si>
   <si>
     <t>Наконечник кольцевой REXANT НК, ø8.4 мм, 50 мм², ТМЛ (DIN) 50-8</t>
   </si>
   <si>
-    <t>08-2103</t>
-[...52 lines deleted...]
-  <si>
     <t>1.3.3 Наконечники кабельные медные под опрессовку (ТМ/ТМо)</t>
   </si>
   <si>
+    <t>07-5313-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 25-8-7 (25мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5316-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-8-9 (35мм² - Ø8мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5317-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-10-9 (35мм² - Ø10мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5320-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-10-10 (35мм² - Ø10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5322-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 50-8-11 (50мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5322-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 50-8-11 (50мм² - Ø8мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5325-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 70-10-13 (70мм² - Ø13мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5325-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 70-10-13 (70мм² - Ø13мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5309-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 10-8-5 (10мм² - Ø8мм) (в упак 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5315-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 25-10-8 (25мм² - Ø10мм) (в упак 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5319-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-8-10 (35мм² - Ø8мм) (в упак 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5306-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 6–6–4 (6мм² - Ø 6мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5308-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 10–6–5 (10мм² - Ø 6мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5309-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 10–8–5 (10мм² - Ø 8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5311-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 16–8–6 (16мм² - Ø 8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5305-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 6-5-4 (6мм² - Ø5мм) (в упак 100шт), REXANT</t>
+  </si>
+  <si>
+    <t>07-5320-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-10-10 (35мм² - Ø10мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-5324-1</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 50-12-11 (50мм² - Ø11мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5324-2</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 50-12-11 (50мм² - Ø11мм) (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
+    <t>07-5308-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 10-6-5 (10мм² - Ø6мм) (в упак 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5305-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 6–5–4 (6мм² - Ø 5мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5315-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 25–10–8 (25мм² - Ø 10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5319-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35–8–10 (35мм² - Ø 8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5310-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 16-6-6 (16мм² - Ø6мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5311-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 16-8-6 (16мм² - Ø8мм) (в упак 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5317-1</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 35-10-9 (35мм² - Ø10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5326-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 70-12-13 (70мм² - Ø12мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5306-3</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 6-6-4 (6мм² - Ø6мм) (в упак 100шт), REXANT</t>
+  </si>
+  <si>
     <t>07-5321-1</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 35–12–10 (35мм² - Ø 12мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5320-1</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5314-1</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 25–8–8 (25мм² - Ø 8мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
+    <t>07-5331-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 120-12-17 (120мм² - Ø12мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5336-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 150-16-19 (150мм² - Ø16мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5343-2</t>
+  </si>
+  <si>
+    <t>Наконечник медный ТМ 240-16-24 (240мм² - Ø16мм) (в упак. 5 шт.) REXANT (под заказ)</t>
+  </si>
+  <si>
     <t>07-5313-1</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 25-8-7 (25мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5314-3</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 25-8-8 (25мм² - Ø8мм) (в упак 100 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5316-1</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 35-8-9 (35мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5326-1</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 70-12-13 (70мм² - Ø12мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5310-1</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5323-1</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 50-10-11 (50мм² - Ø11мм) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5317-1</t>
-[...106 lines deleted...]
-  <si>
     <t>07-5321-3</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 35-12-10 (35мм² - Ø8мм) (в упак 50шт), REXANT</t>
   </si>
   <si>
     <t>07-5327-2</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 95-10-15 (95мм² - Ø10мм) (в упак. 25 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5309-1</t>
-[...22 lines deleted...]
-  <si>
     <t>07-5310-2</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 16-6-6 (16мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5313-2</t>
-[...16 lines deleted...]
-  <si>
     <t>07-5323-2</t>
   </si>
   <si>
     <t>Наконечник медный ТМ 50-10-11 (50мм² - Ø11мм) (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5311-3</t>
-[...10 lines deleted...]
-  <si>
     <t>1.3.4 Наконечники кабельные алюминиевые под опрессовку</t>
   </si>
   <si>
+    <t>07-4402</t>
+  </si>
+  <si>
+    <t>Наконечник алюминиевый ТА 35-10-8 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4414</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой алюминиевый НША 35-20 (в упак. 30 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4414-1</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой алюминиевый луженый НШАЛ 35-20 (в упак. 30 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4410</t>
+  </si>
+  <si>
+    <t>Наконечник алюминиевый ТА 240-20-20 (в упак. 10 шт.) REXANT (под заказ)</t>
+  </si>
+  <si>
+    <t>07-4400</t>
+  </si>
+  <si>
+    <t>Наконечник алюминиевый ТА 16-8-5,4 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4408</t>
+  </si>
+  <si>
+    <t>Наконечник алюминиевый ТА 185-16-19 (в упак.10 шт.) REXANT (под заказ)</t>
+  </si>
+  <si>
+    <t>07-4404</t>
+  </si>
+  <si>
+    <t>Наконечник алюминиевый ТА 70-10-12 (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-4411-1</t>
   </si>
   <si>
     <t>Наконечник штифтовой алюминиевый луженый НШАЛ 16-14 (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
     <t>07-4413-1</t>
   </si>
   <si>
     <t>Наконечник штифтовой алюминиевый луженый НШАЛ 25-15 (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
+    <t>07-4401</t>
+  </si>
+  <si>
+    <t>Наконечник алюминиевый ТА 25-8-7 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4415</t>
+  </si>
+  <si>
+    <t>Наконечник алюминиевый ТА 95-12-13 (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-4411</t>
   </si>
   <si>
     <t>Наконечник штифтовой алюминиевый НША 16-14 (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-4404</t>
-[...52 lines deleted...]
-  <si>
     <t>1.3.5 Наконечники кабельные алюмо-медные под опрессовку</t>
   </si>
   <si>
     <t>07-8453</t>
   </si>
   <si>
     <t>Наконечник алюмомедный ТАМ 50-10-9 (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
     <t>07-8451</t>
   </si>
   <si>
     <t>Наконечник алюмомедный ТАМ 70-10-12 (в упак. 25 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-8456</t>
-[...4 lines deleted...]
-  <si>
     <t>07-8454</t>
   </si>
   <si>
     <t>Наконечник алюмомедный ТАМ 35-10-8 (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
-    <t>1.3.6 Наконечники кабельные медные штифтовые плоские луженые под опрессовку</t>
+    <t>1.3.6 Гильзы кабельные медные луженые под опрессовку (ГМЛ) РФ</t>
+  </si>
+  <si>
+    <t>07-5366</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 35-9 (35мм² - Ø9мм) ГОСТ 23469.3-79 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5352-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 4-3 (4мм² - Ø3мм) ГОСТ 23469.3-79 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5354-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 10-5 (10мм² - Ø5мм) ГОСТ 23469.3-79 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5353</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 6-4 (6мм² - Ø4мм) ГОСТ 23469.3-79 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5360</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 95-15 (95 мм² - Ø 15 мм) ГОСТ 23469.3-79 (в упак. 2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5352</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 4-3 (4мм² - Ø3мм) ГОСТ 23469.3-79 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5356-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 25-8 (25мм² - Ø8мм) ГОСТ 23469.3-79 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5357-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 35-10 (35мм² - Ø10мм) ГОСТ 23469.3-79 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5351-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 2,5-2,6 (2,5мм² - Ø2,6мм) ГОСТ 23469.3-79 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5358-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 50-11 (50мм² - Ø11мм) ГОСТ 23469.3-79 (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5355-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 16-6 (16мм² - Ø6мм) ГОСТ 23469.3-79 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5354</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 10-5 (10мм² - Ø5мм) ГОСТ 23469.3-79 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5358</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 50-11 (50мм² - Ø11мм) ГОСТ 23469.3-79 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5353-2</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 6-4 (6мм² - Ø4мм) ГОСТ 23469.3-79 (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5351</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 2,5-2,6 (2,5мм² - Ø2,6мм) ГОСТ 23469.3-79 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5355</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 16-6 (16мм² - Ø6мм) ГОСТ 23469.3-79 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5356</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 25-8 (25мм² - Ø8мм) ГОСТ 23469.3-79 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5357</t>
+  </si>
+  <si>
+    <t>Гильза медная луженая ГМЛ 35-10 (35мм² - Ø 10мм) ГОСТ 23469.3-79 (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>1.3.7 Гильзы кабельные медные луженые под опрессовку</t>
+  </si>
+  <si>
+    <t>08-0713</t>
+  </si>
+  <si>
+    <t>Соединительная гильза L-21мм, 10мм² (ГМЛ (DIN) 10) REXANT</t>
+  </si>
+  <si>
+    <t>08-0712</t>
+  </si>
+  <si>
+    <t>Соединительная гильза L-15мм, 0,5-1,5мм² (ГМЛ (DIN) 1,5) REXANT</t>
+  </si>
+  <si>
+    <t>08-0722</t>
+  </si>
+  <si>
+    <t>Соединительная гильза L-15мм, 1,5-2,5мм² (ГМЛ (DIN) 2,5) REXANT</t>
+  </si>
+  <si>
+    <t>08-0714</t>
+  </si>
+  <si>
+    <t>Соединительная гильза L-26мм, 16мм² (ГМЛ (DIN) 16) REXANT</t>
+  </si>
+  <si>
+    <t>06-0429-A</t>
+  </si>
+  <si>
+    <t>Соединительная гильза L-15мм, 0,5-1,5мм,² (ГМЛ (DIN) 1,5 / BN1.25, в упак. 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0742</t>
+  </si>
+  <si>
+    <t>Соединительная гильза L-15мм, 4-6мм² (ГМЛ (DIN) 6) REXANT</t>
+  </si>
+  <si>
+    <t>08-0728</t>
+  </si>
+  <si>
+    <t>Соединительная гильза L-15мм, 2,5-4мм² (ГМЛ (DIN) 4) REXANT</t>
+  </si>
+  <si>
+    <t>1.3.8 Гильзы кабельные медные под опрессовку (ГМ)</t>
+  </si>
+  <si>
+    <t>07-5357-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 35-10 (35мм² - Ø10мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5351-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 2,5-2,6 (2,5мм² - Ø2,6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5352-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 4-3 (4мм² - Ø3мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5353-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 6-4 (6мм² - Ø4мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5355-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 16-6 (16мм² - Ø6мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5359-4</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 70-13 (70мм² - Ø13мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5354-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 10-5 (10мм² - Ø5мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5363-4</t>
+  </si>
+  <si>
+    <t>Гильза кабельная медная ГМ 185-21 (185мм² - Ø21мм) (в упак. 10 шт.) REXANT (под заказ)</t>
+  </si>
+  <si>
+    <t>07-5361-4</t>
+  </si>
+  <si>
+    <t>Гильза кабельная медная ГМ 120-17 (120мм² - Ø17мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5357-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 35-10 (35мм² - Ø 10мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5362-4</t>
+  </si>
+  <si>
+    <t>Гильза кабельная медная ГМ 150-19 (150мм² - Ø19мм) (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5356-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 25-8 (25мм² - Ø8мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5355-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 16-6 (16мм² - Ø6мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5354-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 10-5 (10мм² - Ø5мм) (в упак.100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5356-1</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 25-8 (25мм² - Ø8мм) (в упак. 5 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5352-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 4-3 (4мм² - Ø3мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5353-3</t>
+  </si>
+  <si>
+    <t>Гильза медная ГМ 6-4 (6мм² - Ø4мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5367-4</t>
+  </si>
+  <si>
+    <t>Гильза кабельная медная ГМ 240-24 (240мм² - Ø24мм) (в упак. 5 шт.) REXANT (под заказ)</t>
+  </si>
+  <si>
+    <t>1.3.9 Наконечники кабельные медные штифтовые плоские луженые под опрессовку</t>
+  </si>
+  <si>
+    <t>07-8462</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой медный луженый НШМЛ 10-7х13 (10мм² - Ø7мм) (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
     <t>07-8463</t>
   </si>
   <si>
     <t>Наконечник штифтовой медный луженый НШМЛ 16-5,5х14 (16мм² - Ø5,5мм) (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
+    <t>07-8464</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой медный луженый НШМЛ 16-7х14 (16мм² - Ø7мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-8466</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой медный луженый НШМЛ 35-7х20 (35мм² - Ø7мм) (в упак. 25 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-8460</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой медный луженый НШМЛ 6-5,5х12 (6мм² - Ø5,5мм) (в упак.50 шт.) REXANT</t>
+  </si>
+  <si>
     <t>07-8461</t>
   </si>
   <si>
     <t>Наконечник штифтовой медный луженый НШМЛ 10-5,5х13 (10мм² - Ø5,5мм) (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-8464</t>
-[...2 lines deleted...]
-    <t>Наконечник штифтовой медный луженый НШМЛ 16-7х14 (16мм² - Ø7мм) (в упак. 50 шт.) REXANT</t>
+    <t>07-8465</t>
+  </si>
+  <si>
+    <t>Наконечник штифтовой медный луженый НШМЛ 25-7х15 (25мм² - Ø7мм) (в упак. 25 шт.) REXANT</t>
   </si>
   <si>
     <t>07-8467</t>
   </si>
   <si>
     <t>Наконечник штифтовой медный луженый НШМЛ 50-7х20 (50мм² - Ø7мм) (в упак. 10 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-8460</t>
-[...305 lines deleted...]
-    <t>1.3.11 Гильзы соединительные кабельные с контактными болтами</t>
+    <t>1.3.10 Гильзы соединительные кабельные с контактными болтами</t>
+  </si>
+  <si>
+    <t>07-4120</t>
+  </si>
+  <si>
+    <t>Соединитель болтовой 4СБ-1-005 (25-50) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
     <t>07-4123</t>
   </si>
   <si>
     <t>Соединитель болтовой 2СБ-0-005 (10-25) (в упак. 20 шт.) REXANT</t>
   </si>
   <si>
     <t>07-4121</t>
   </si>
   <si>
     <t>Соединитель болтовой 4СБ-2-005 (70-120) (в упак. 5 шт.) REXANT</t>
   </si>
   <si>
     <t>07-4122</t>
   </si>
   <si>
     <t>Соединитель болтовой 4СБ-3-005 (150-240) (в упак. 3 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-4120</t>
-[...5 lines deleted...]
-    <t>1.3.12 Гильзы кабельные алюминиевые под опрессовку (ГА)</t>
+    <t>1.3.11 Гильзы кабельные алюминиевые под опрессовку (ГА)</t>
+  </si>
+  <si>
+    <t>07-5355-7</t>
+  </si>
+  <si>
+    <t>Гильза кабельная алюминиевая ГА 16-5,4 (16мм² - Ø5,4мм) (в упак. 100 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5356-7</t>
+  </si>
+  <si>
+    <t>Гильза кабельная алюминиевая ГА 25-7 (25мм² - Ø7мм) (в упак. 50 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5361-7</t>
+  </si>
+  <si>
+    <t>Гильза кабельная алюминиевая ГА 120-14 (120мм² - Ø14мм) (в упак. 25 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5359-7</t>
   </si>
   <si>
     <t>Гильза кабельная алюминиевая ГА 70-12 (70мм² - Ø12мм) (в упак. 25 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5357-7</t>
   </si>
   <si>
     <t>Гильза кабельная алюминиевая ГА 35-8 (35мм² - Ø8мм) (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
     <t>07-5358-7</t>
   </si>
   <si>
     <t>Гильза кабельная алюминиевая ГА 50-9 (50мм² - Ø9мм) (в упак. 50 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-5355-7</t>
-[...17 lines deleted...]
-    <t>1.3.13 Наконечники кабельные медные луженые под опрессовку угловые (90°)</t>
+    <t>1.3.12 Наконечники кабельные медные луженые под опрессовку угловые (90°)</t>
   </si>
   <si>
     <t>07-4132</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ угловой (90°) 25-8-8 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-4130</t>
-[...4 lines deleted...]
-  <si>
     <t>07-4131</t>
   </si>
   <si>
     <t>Наконечник медный луженый ТМЛ угловой (90°) 16-8-6 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>1.3.14 Шайбы медно-алюминиевые</t>
+    <t>1.3.13 Шайбы медно-алюминиевые</t>
+  </si>
+  <si>
+    <t>07-4151-1</t>
+  </si>
+  <si>
+    <t>Шайба алюмомедная ШАМ 24/11 (в упак. 10 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>07-4152-1</t>
+  </si>
+  <si>
+    <t>Шайба алюмомедная ШАМ 28/13 (в упак. 10 шт.) REXANT</t>
   </si>
   <si>
     <t>07-4153</t>
   </si>
   <si>
     <t>Шайба алюмомедная ШАМ 40/17 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
     <t>07-4151</t>
   </si>
   <si>
     <t>Шайба алюмомедная ШАМ 24/11 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
     <t>07-4154</t>
   </si>
   <si>
     <t>Шайба алюмомедная ШАМ 40/21 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-4150</t>
-[...4 lines deleted...]
-  <si>
     <t>07-4152</t>
   </si>
   <si>
     <t>Шайба алюмомедная ШАМ 28/13 (в упак. 100 шт.) REXANT</t>
   </si>
   <si>
-    <t>07-4151-1</t>
-[...10 lines deleted...]
-  <si>
     <t>1.4 Соединители кабельные</t>
   </si>
   <si>
     <t>1.4.1 Клеммные колодки винтовые</t>
   </si>
   <si>
+    <t>07-5010</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5016-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-16 6-16, ток 30 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5040-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-40 25-40, ток 100 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5004-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-4 1,5-4, ток 3 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5035-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5040-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-40 25-40, ток 100 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5004-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5006-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5012-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5016-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5025-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-25 (10-25 мм²), ток 60 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5006-9</t>
+  </si>
+  <si>
+    <t>Колодка клеммная КВ-6, 6А, 6 мм², индивидуальная упаковка, (1 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-5004-2-9</t>
+  </si>
+  <si>
+    <t>Колодка клеммная КВ-4 PROconnect, 3А, 4 мм², PP (полипропилен), черная, индивидуальная упаковка, 1 шт.</t>
+  </si>
+  <si>
+    <t>07-5010-9</t>
+  </si>
+  <si>
+    <t>Колодка клеммная КВ-10, 10А, 10 мм², индивидуальная упаковка, (1 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-5012-9</t>
+  </si>
+  <si>
+    <t>Колодка клеммная КВ-12, 16А, 12 мм², индивидуальная упаковка, (1 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-5004-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полиэтилен белый (ЗВИ) СМАРТКИП </t>
+  </si>
+  <si>
+    <t>07-5006-5</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полиэтилен белый (ЗВИ) СМАРТКИП</t>
+  </si>
+  <si>
+    <t>07-5010-5</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полиэтилен белый (ЗВИ) СМАРТКИП</t>
+  </si>
+  <si>
+    <t>07-5012-5</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полиэтилен белый (ЗВИ) СМАРТКИП</t>
+  </si>
+  <si>
+    <t>07-5014-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-14 6-14, ток 20 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
     <t>07-5025-1</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-25 (10-25 мм²), ток 60 A, полиэтилен белый, индивидуальная упаковка, 1 шт. (ЗВИ) REXANT</t>
   </si>
   <si>
+    <t>07-5016-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A полиэтилен белый (ЗВИ) СМАРТКИП </t>
+  </si>
+  <si>
+    <t>07-5014</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-14 (6-14 мм²), ток 20 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5040</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-40 (25-40 мм²), ток 100 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5006-2-01</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полипропилен черный (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5006-1</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
     <t>07-5004</t>
   </si>
   <si>
     <t xml:space="preserve">Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полиэтилен белый (ЗВИ) REXANT </t>
   </si>
   <si>
+    <t>07-5016-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-16 6-16, ток 30 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5006-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-6 2,5-6, ток 6 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5025</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-25 (10-25 мм²), ток 60 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5004-2-01</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полипропилен черный (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5010-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5014-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-14 (6-14 мм²), ток 20 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полиэтилен белый REXANT (10 шт./уп.) </t>
+  </si>
+  <si>
+    <t>07-5006-4</t>
+  </si>
+  <si>
+    <t>Колодка клеммная винтовая KВ-6, 6А, 2,5-6мм² полипропилен синий ЗВИ (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5035-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полипропилен черный REXANT (10 шт./уп.) </t>
+  </si>
+  <si>
+    <t>07-5012-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-12 4-12, ток 16 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5010-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-10 4-10, ток 10 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5012-01</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
     <t>07-5016</t>
   </si>
   <si>
     <t xml:space="preserve">Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A, полиэтилен белый (ЗВИ) REXANT </t>
   </si>
   <si>
-    <t>07-5010-2</t>
-[...50 lines deleted...]
-    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полиэтилен белый (ЗВИ) REXANT</t>
+    <t>07-5010-1</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5016-1</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A, полиэтилен белый, индивидуальная упаковка, 1 шт. (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5035-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5012</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5004-1</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5010-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-10 4-10, ток 10 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5014-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-14 6-14, ток 20 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5025-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-25 10-25, ток 60 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5010-2-7</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полипропилен черный, индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5014-2-7</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-14 (6-14 мм²), ток 20 A, полипропилен черный, индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5025-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-25 10-25, ток 60 A, полипропилен синий REXANT (10 шт./уп.)</t>
   </si>
   <si>
     <t>07-5004-3</t>
   </si>
   <si>
     <t>Клеммная винтовая колодка KВ-4 1,5-4, ток 3 A, полипропилен желтый REXANT (10 шт./уп.)</t>
   </si>
   <si>
-    <t>07-5012-3</t>
-[...34 lines deleted...]
-  <si>
     <t>07-5012-4</t>
   </si>
   <si>
     <t>Клеммная винтовая колодка KВ-12 4-12, ток 16 A, полипропилен синий REXANT (10 шт./уп.)</t>
   </si>
   <si>
-    <t>07-5040</t>
-[...64 lines deleted...]
-  <si>
     <t>07-5006</t>
   </si>
   <si>
     <t xml:space="preserve">Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полиэтилен белый (ЗВИ) REXANT </t>
   </si>
   <si>
-    <t>07-5012-9</t>
-[...136 lines deleted...]
-  <si>
     <t>1.4.2 Соединительные изолирующие зажимы СИЗ</t>
   </si>
   <si>
+    <t>07-5216</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-1, ø 2,7 мм (1,0-2,75 мм²) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-5217</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-2, ø 3,0 мм (1,0-3,75 мм²) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0750</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-11 ø 9,8 мм (1-8,5 мм²), желтый (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>08-0759</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-15 ø 14,9 мм (4-16 мм²), серый (50 шт./уп.)</t>
+  </si>
+  <si>
+    <t>08-0707</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT заземления с лепестками СИЗ-99 ø 12 мм (5-16 мм²), зеленый (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>08-0750-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-11 ø 9,8 мм (1-8,5 мм²), желтый (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5220</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-5, ø 5,4 мм (3,0-17,0 мм²) красный REXANT</t>
+  </si>
+  <si>
+    <t>07-5218</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-3, ø 3,3 мм (1,5-5,75 мм²) оранжевый REXANT</t>
+  </si>
+  <si>
+    <t>07-5219</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-4, ø 4,8 мм (1,5-10,5 мм²) желтый REXANT</t>
+  </si>
+  <si>
+    <t>06-0231-B10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-2", 1,0-4,5 мм², синий, 10 шт.</t>
+  </si>
+  <si>
+    <t>06-0233-B10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-4", 1,5-9,5 мм², желтый, 10 шт.</t>
+  </si>
+  <si>
+    <t>07-5220-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-5, ø 5,4 мм (4,0-13,0 мм²), красный (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
     <t>08-0756-10</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим с лепестками СИЗ-12 ø 11,2 мм (1-12,75 мм²), коричневый (10 шт./уп.) REXANT</t>
   </si>
   <si>
+    <t>08-0758-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-13 ø 13 мм (1,5-16 мм²), красный (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0782-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-17 ø 17,8 мм (5-32 мм²), синий (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0758</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-13 ø 13 мм (1,5-16 мм²), красный (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>06-0230-A5</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-1", 1,0-3,0 мм², серый, 5 шт.</t>
+  </si>
+  <si>
+    <t>06-0233-A5</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-4", 1,5-9,5 мм², желтый, 5 шт.</t>
+  </si>
+  <si>
     <t>06-0232-A5</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим REXANT "СИЗ-3", 1,5-6 мм², оранжевый, 5 шт.</t>
   </si>
   <si>
-    <t>06-0231-B10</t>
-[...2 lines deleted...]
-    <t>Соединительный изолирующий зажим REXANT "СИЗ-2", 1,0-4,5 мм², синий, 10 шт.</t>
+    <t>06-0230-A10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-1", 1,0-3,0 мм², серый, 10 шт.</t>
   </si>
   <si>
     <t>08-0782</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-17 ø 17,8 мм (5-32 мм²), синий (50 шт./уп.)</t>
   </si>
   <si>
-    <t>08-0750-10</t>
-[...4 lines deleted...]
-  <si>
     <t>08-0759-10</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим с лепестками СИЗ-15 ø 14,9 мм (4-16 мм²), серый (10 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>06-0230-A5</t>
-[...34 lines deleted...]
-  <si>
     <t>06-0232-B10</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим REXANT "СИЗ-3", 1,5-6 мм², оранжевый, 10 шт.</t>
   </si>
   <si>
-    <t>08-0758-10</t>
-[...40 lines deleted...]
-  <si>
     <t>08-0756</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-12 ø 11,2 мм (1-12,75 мм²), коричневый (100 шт./уп.)</t>
   </si>
   <si>
-    <t>08-0758</t>
-[...16 lines deleted...]
-  <si>
     <t>1.4.3 Концевые изолированные заглушки КИЗ</t>
   </si>
   <si>
     <t>08-0701</t>
   </si>
   <si>
     <t>Концевая изолированная заглушка КИЗ-1, ø 2,8 мм (1,0-2,5 мм²) REXANT</t>
   </si>
   <si>
+    <t>08-0703</t>
+  </si>
+  <si>
+    <t>Концевая изолированная заглушка КИЗ-5, ø 4,0 мм (2,5-5,5 мм²) REXANT</t>
+  </si>
+  <si>
+    <t>08-0704</t>
+  </si>
+  <si>
+    <t>Концевая изолированная заглушка КИЗ-6, ø 4,8 мм (3,0-8,0 мм²) REXANT</t>
+  </si>
+  <si>
     <t>08-0702</t>
   </si>
   <si>
     <t>Концевая изолированная заглушка КИЗ-2, ø 3,0 мм (1,5-4,0 мм²) REXANT</t>
   </si>
   <si>
-    <t>08-0703</t>
-[...4 lines deleted...]
-  <si>
     <t>08-0705</t>
   </si>
   <si>
     <t>Концевая изолированная заглушка КИЗ-7, ø 5,5 мм (8,0-10,0 мм²) REXANT</t>
   </si>
   <si>
-    <t>08-0704</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4.4 Клеммники концевые изолированные</t>
   </si>
   <si>
+    <t>07-5704</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 10 мм² (5х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5705</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 16 мм² (5х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5708</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 4 мм²  (10х1) (10 шт./уп.)REXANT</t>
+  </si>
+  <si>
+    <t>07-5709</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 6 мм² (10х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5702</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 4 мм² (5х1) (20 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5707</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 2,5 мм² (10х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5711</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 16 мм² (10х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
     <t>07-5700</t>
   </si>
   <si>
-    <t>Концевой зажим винтовой изолированный КЗВИ 1,5 мм²  (5х1) (20 шт./уп.) REXANT</t>
+    <t>Концевой зажим винтовой изолированный КЗВИ 1,5 мм² (5х1) (20 шт./уп.) REXANT</t>
   </si>
   <si>
     <t>07-5701</t>
   </si>
   <si>
     <t>Концевой зажим винтовой изолированный КЗВИ 2,5 мм² (5х1) (20 шт./уп.) REXANT</t>
   </si>
   <si>
     <t>07-5703</t>
   </si>
   <si>
     <t>Концевой зажим винтовой изолированный КЗВИ 6 мм² (5х1) (10 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>07-5705</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5706</t>
   </si>
   <si>
     <t>Концевой зажим винтовой изолированный КЗВИ 1,5 мм² (10х1) (10 шт./уп.) REXANT</t>
   </si>
   <si>
     <t>07-5710</t>
   </si>
   <si>
     <t>Концевой зажим винтовой изолированный КЗВИ 10 мм² (10х1) (10 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>07-5702</t>
-[...35 lines deleted...]
-    <t>1.4.5 Клеммы пружинные соединительные</t>
+    <t>1.4.5 Клеммы для осветительных систем</t>
+  </si>
+  <si>
+    <t>07-2401</t>
+  </si>
+  <si>
+    <t>Строительно-монтажная клемма СМК 224-101 для светильника на 1 проводник (0,2-2,5)/(0,14-2,5) мм², серая (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-2411</t>
+  </si>
+  <si>
+    <t>Строительно-монтажная клемма СМК 224-112 для светильника на 2 проводника (0,2-2,5)/(0,14-2,5) мм², белая (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-2402</t>
+  </si>
+  <si>
+    <t>Строительно-монтажная клемма СМК 224-201 для светильника на гибкие проводники (0,2-2,5)/(0,14-2,5) мм² серая (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-2411-5</t>
+  </si>
+  <si>
+    <t>Строительно-монтажная клемма СМК 224-112 для светильника на 2 проводника 1.0-2.5/0.5-2.5 мм², белая (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-2401-10</t>
+  </si>
+  <si>
+    <t>Строительно-монтажная клемма СМК 224-101 для светильника на 1 проводник (1,0-2,5)/(0,5-2,5) мм², серая (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-2402-05</t>
+  </si>
+  <si>
+    <t>Строительно-монтажная клемма СМК 224-201 для светильника на 2 проводника (1,0-2,5)/(0,5-2,5) мм² (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>1.4.6 Клеммы керамические</t>
+  </si>
+  <si>
+    <t>07-6221</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 4 мм² 2 пары контактов с крепежным отверстием (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6226</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 10 мм² 3 пары контактов с крепежным отверстием (84 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6223</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 12 мм² 2 пары контактов с крепежным отверстием (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6228</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 16 мм² 3 пары контактов с крепежным отверстием REXANT (45 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-6222</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 10 мм² 2 пары контактов с крепежным отверстием (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6227</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 12 мм² 3 пары контактов с крепежным отверстием (45 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6224</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 16 мм² 2 пары контактов с крепежным отверстием (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6225</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 4 мм² 3 пары контактов с крепежным отверстием (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>1.4.7 Ответвители прокалывающие</t>
+  </si>
+  <si>
+    <t>08-0791</t>
+  </si>
+  <si>
+    <t>Ответвитель питания 0.5-0.75 мм² (ОВ) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0761</t>
+  </si>
+  <si>
+    <t>Ответвитель питания 0.5-1.0 мм² (ОВ-1/ЗПО-1 0,5-1,5) красный REXANT</t>
+  </si>
+  <si>
+    <t>06-0427-A</t>
+  </si>
+  <si>
+    <t>Ответвитель питания 1.0-2.5 мм² (ОВ-2/ЗПо-1 1,0-2,5) синий, в упак. 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0781</t>
+  </si>
+  <si>
+    <t>Ответвитель питания 4.0-6.0 мм² (ОВ-3/ЗПо-1 4,0-6,0) желтый REXANT</t>
+  </si>
+  <si>
+    <t>06-0426-A</t>
+  </si>
+  <si>
+    <t>Ответвитель питания 0.5-1.0 мм² (ОВ-1/ЗПО-1 0,5-1,5) красный, в упак. 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0771</t>
+  </si>
+  <si>
+    <t>Ответвитель питания 1.0-2.5 мм² (ОВ-2/ЗПо-1 1,0-2,5) синий REXANT</t>
+  </si>
+  <si>
+    <t>1.4.8 Сжимы ответвительные (Орехи)</t>
+  </si>
+  <si>
+    <t>07-0731</t>
+  </si>
+  <si>
+    <t>Зажим ответвительный У-731М (4-10/1,5-10 мм²) IP20 (сжим, орех) REXANT</t>
+  </si>
+  <si>
+    <t>07-0733</t>
+  </si>
+  <si>
+    <t>Зажим ответвительный У-733М (16-35/1,5-10 мм²) IP20 (сжим, орех) REXANT</t>
+  </si>
+  <si>
+    <t>07-0859</t>
+  </si>
+  <si>
+    <t>Зажим ответвительный У-859М (50-70/4-35 мм²) IP20 (сжим, орех) REXANT</t>
+  </si>
+  <si>
+    <t>07-0739</t>
+  </si>
+  <si>
+    <t>Зажим ответвительный У-739М (4-10/1,5-2,5 мм²) IP20 (сжим, орех) REXANT</t>
+  </si>
+  <si>
+    <t>07-0734</t>
+  </si>
+  <si>
+    <t>Зажим ответвительный У-734М (16-35/16-25 мм²) IP20 (сжим, орех) REXANT</t>
+  </si>
+  <si>
+    <t>1.4.9 Клеммы пружинные соединительные</t>
+  </si>
+  <si>
+    <t>07-6215</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 3-полюсная (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6216-1</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 4-полюсная с монтажными ножками (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6217</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 5-полюсная (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6216-2</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 4-полюсная с заземлением и с монтажными ножками (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6217-2</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 5-полюсная с заземлением и с монтажными ножками (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6214</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 2-полюсная (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6214-1</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 2-полюсная с монтажными ножками (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6215-1</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 3-полюсная с монтажными ножками (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6216</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 4-полюсная (50 шт./уп.) REXANT</t>
   </si>
   <si>
     <t>07-6215-2</t>
   </si>
   <si>
     <t>Клемма пружинная соединительная КСП 3-полюсная с заземлением и с монтажными ножками (100 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>07-6214</t>
-[...46 lines deleted...]
-  <si>
     <t>07-6217-1</t>
   </si>
   <si>
     <t>Клемма пружинная соединительная КСП 5-полюсная с монтажными ножками (50 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>07-6217-2</t>
-[...166 lines deleted...]
-  <si>
     <t>1.5 Герметичные кабельные соединители IP68</t>
   </si>
   <si>
     <t>07-5960</t>
   </si>
   <si>
     <t>Кабельный коннектор I-образный (3PIN  0,5-1,5мм2) IP68 REXANT</t>
   </si>
   <si>
     <t>07-5961</t>
   </si>
   <si>
     <t>Кабельный коннектор I-образный (3PIN 0,5-2,5мм2) IP68 REXANT</t>
   </si>
   <si>
     <t>07-5962</t>
   </si>
   <si>
     <t>Кабельный коннектор T-образный (3PIN 0,5-2,5мм2) IP68 REXANT</t>
   </si>
   <si>
     <t>07-5963</t>
   </si>
   <si>
     <t>Кабельный коннектор I-образный (5PIN) IP68 REXANT</t>
   </si>
   <si>
     <t>1.6 Наборы розничные</t>
   </si>
   <si>
+    <t>08-1930</t>
+  </si>
+  <si>
+    <t>Набор втулочных наконечников двойных НШВи(2) (2х0.75 мм²; 2х1 мм²; 2х1.5 мм²; 2х2.5 мм²) в боксе (ТE-200) REXANT</t>
+  </si>
+  <si>
     <t>08-1910</t>
   </si>
   <si>
     <t>Набор втулочных наконечников НШВИ (0.5 мм²; 0.75 мм²; 1 мм²; 1.5 мм²; 2.5 мм²) в боксе (E-400) REXANT</t>
   </si>
   <si>
     <t>08-1950</t>
   </si>
   <si>
     <t>Набор наконечников и клемм универсальный (НКИ, НВИ, РпИп, РпИм IT-300) REXANT</t>
   </si>
   <si>
-    <t>08-1930</t>
-[...4 lines deleted...]
-  <si>
     <t>1.7 Коннекторы с кабелем</t>
   </si>
   <si>
     <t>11-9820</t>
   </si>
   <si>
     <t>Соединительный кабель (2pin) герметичный (IP67) 2х1,0мм²  белый  REXANT</t>
   </si>
   <si>
     <t>11-9322</t>
   </si>
   <si>
     <t>Соединительный кабель (2pin) герметичный (IP67) 2х0.35мм²  прозрачный  REXANT</t>
   </si>
   <si>
+    <t>11-9530</t>
+  </si>
+  <si>
+    <t>Соединительный кабель (3pin) герметичный (IP67) 3х0.5мм²  белый  REXANT</t>
+  </si>
+  <si>
     <t>11-9320</t>
   </si>
   <si>
     <t>Соединительный кабель (2pin) герметичный (IP67) 2х0.35 мм² белый REXANT</t>
   </si>
   <si>
-    <t>11-9530</t>
-[...4 lines deleted...]
-  <si>
     <t>11-9450</t>
   </si>
   <si>
     <t>Соединительный кабель (5pin) герметичный (IP67) 5х0.5мм²  белый  REXANT</t>
   </si>
   <si>
     <t>11-9440</t>
   </si>
   <si>
     <t>Соединительный кабель (4pin) герметичный (IP67) 4х0.75мм²  белый  REXANT</t>
   </si>
   <si>
     <t>1.8 Клеммы WAGO</t>
   </si>
   <si>
     <t>1.8.1 Клеммы WAGO групповая упаковка</t>
   </si>
   <si>
+    <t>07-5135</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2273-208 Экспресс-клемма 8-проводная до 2,5 мм², (50 шт./уп.) WAGO </t>
+  </si>
+  <si>
     <t>07-5153</t>
   </si>
   <si>
     <t>222-413 Универсальная клемма, 3-проводная, серая (0,08-2,5/4 мм²) (50 шт/уп) WAGO</t>
   </si>
   <si>
+    <t>07-5165</t>
+  </si>
+  <si>
+    <t>221-415 Универсальная компактная клемма 5-контактная до 4,0 мм² (25 шт./уп.) WAGO</t>
+  </si>
+  <si>
+    <t>07-5145</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2273-248 Экспресс-клемма с пастой 8-проводная до 2,5 мм², (50 шт./уп.) WAGO </t>
+  </si>
+  <si>
+    <t>07-5131</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2273-202 Экспресс-клемма 2-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
+  </si>
+  <si>
+    <t>07-5152</t>
+  </si>
+  <si>
+    <t>222-412 Универсальная клемма, 2-проводная, серая (0,08-2,5/4 мм²) (50 шт/уп) WAGO</t>
+  </si>
+  <si>
+    <t>07-5163</t>
+  </si>
+  <si>
+    <t>221-413 Универсальная компактная клемма 3-контактная до 4,0 мм² (50 шт/уп) WAGO</t>
+  </si>
+  <si>
     <t>07-5133</t>
   </si>
   <si>
     <t xml:space="preserve">2273-204 Экспресс-клемма 4-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
   </si>
   <si>
-    <t>07-5112</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5132</t>
   </si>
   <si>
     <t xml:space="preserve">2273-203 Экспресс-клемма 3-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
   </si>
   <si>
-    <t>07-5135</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">2273-208 Экспресс-клемма 8-проводная до 2,5 мм², (50 шт./уп.) WAGO </t>
+    <t>07-5134</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2273-205 Экспресс-клемма 5-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
   </si>
   <si>
     <t>07-5155</t>
   </si>
   <si>
     <t>222-415 Универсальная клемма, 5-проводная, серая (0,08-2,5/4 мм²) (40 шт/уп) WAGO</t>
   </si>
   <si>
-    <t>07-5165</t>
-[...10 lines deleted...]
-  <si>
     <t>07-5143</t>
   </si>
   <si>
     <t xml:space="preserve">2273-244 Экспресс-клемма с пастой 4-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
   </si>
   <si>
-    <t>07-5134</t>
-[...8 lines deleted...]
-    <t>221-413 Универсальная компактная клемма 3-контактная до 4,0 мм² (50 шт/уп) WAGO</t>
+    <t>07-5144</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2273-245 Экспресс-клемма с пастой 5-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
   </si>
   <si>
     <t>07-5161</t>
   </si>
   <si>
     <t>221-412 Универсальная компактная клемма 2-контактная до 4,0 мм² (100 шт./уп.) WAGO</t>
   </si>
   <si>
-    <t>07-5152</t>
-[...28 lines deleted...]
-  <si>
     <t>1.8.2 Клеммы WAGO розничная фасовка</t>
   </si>
   <si>
+    <t>07-5134-20</t>
+  </si>
+  <si>
+    <t>2273-205 Экcпресс-клемма, 5-проводная до 2,5 мм², (20 шт/уп) WAGO</t>
+  </si>
+  <si>
+    <t>07-5143-20</t>
+  </si>
+  <si>
+    <t>2273-244 Экcпресс-клемма с пастой, 4-проводная до 2,5 мм², (20 шт/уп)  WAGO</t>
+  </si>
+  <si>
+    <t>07-5131-05</t>
+  </si>
+  <si>
+    <t>2273-202 Экcпресс-клемма, 2-проводная до 2,5 мм², (5 шт/уп) WAGO</t>
+  </si>
+  <si>
     <t>07-5132-05</t>
   </si>
   <si>
-    <t>2273-203 Экcпресс-клемма, 3-проводная до 2,5 мм², (5 шт/уп)  WAGO</t>
+    <t>2273-203 Экcпресс-клемма, 3-проводная до 2,5 мм², (5 шт/уп) WAGO</t>
   </si>
   <si>
     <t>07-5133-05</t>
   </si>
   <si>
-    <t>2273-204 Экcпресс-клемма, 4-проводная до 2,5 мм², (5 шт/уп)  WAGO</t>
+    <t>2273-204 Экcпресс-клемма, 4-проводная до 2,5 мм², (5 шт/уп) WAGO</t>
+  </si>
+  <si>
+    <t>07-5134-05</t>
+  </si>
+  <si>
+    <t>2273-205 Экcпресс-клемма, 5-проводная до 2,5 мм², (5 шт/уп) WAGO</t>
+  </si>
+  <si>
+    <t>07-5165-05</t>
+  </si>
+  <si>
+    <t>221-415 Универсальная компактная клемма 5-контактная до 4,0 мм² (5 шт/уп) WAGO</t>
+  </si>
+  <si>
+    <t>07-5161-05</t>
+  </si>
+  <si>
+    <t>221-412 Универсальная компактная клемма 2-контактная до 4,0 мм² (5 шт/уп) WAGO</t>
+  </si>
+  <si>
+    <t>07-5145-06</t>
+  </si>
+  <si>
+    <t>2273-248 Экcпресс-клемма с пастой, 8-проводная до 2,5 мм², (6 шт/уп)  WAGO</t>
+  </si>
+  <si>
+    <t>07-5144-20</t>
+  </si>
+  <si>
+    <t>2273-245 Экcпресс-клемма с пастой, 5-проводная до 2,5 мм², (20 шт/уп)  WAGO</t>
+  </si>
+  <si>
+    <t>07-5144-06</t>
+  </si>
+  <si>
+    <t>2273-245 Экcпресс-клемма с пастой, 5-проводная до 2,5 мм², (6 шт/уп)  WAGO</t>
+  </si>
+  <si>
+    <t>07-5131-20</t>
+  </si>
+  <si>
+    <t>2273-202 Экcпресс-клемма, 2-проводная до 2,5 мм², (20 шт/уп) WAGO</t>
+  </si>
+  <si>
+    <t>07-5363-20</t>
+  </si>
+  <si>
+    <t>221-413 Универсальная компактная клемма 3-контактная до 4,0 мм² (20 шт/уп) WAGO</t>
+  </si>
+  <si>
+    <t>07-5141-20</t>
+  </si>
+  <si>
+    <t>2273-242 Экcпресс-клемма с пастой, 2-проводная до 2,5 мм², (20 шт/уп)  WAGO</t>
+  </si>
+  <si>
+    <t>07-5133-20</t>
+  </si>
+  <si>
+    <t>2273-204 Экcпресс-клемма, 4-проводная до 2,5 мм², (20 шт/уп) WAGO</t>
   </si>
   <si>
     <t>07-5153-20</t>
   </si>
   <si>
     <t>222-413 Универсальная клемма, 3-проводная, серая (0,08-2,5/4 мм²) (20 шт/уп) WAGO</t>
   </si>
   <si>
-    <t>07-5144-06</t>
-[...32 lines deleted...]
-    <t>2273-204 Экcпресс-клемма, 4-проводная до 2,5 мм², (20 шт/уп)  WAGO</t>
+    <t>07-5143-06</t>
+  </si>
+  <si>
+    <t>2273-244 Экcпресс-клемма с пастой, 4-проводная до 2,5 мм², (6 шт/уп) WAGO</t>
+  </si>
+  <si>
+    <t>07-5132-20</t>
+  </si>
+  <si>
+    <t>2273-203 Экcпресс-клемма, 3-проводная до 2,5 мм², (20 шт/уп) WAGO</t>
+  </si>
+  <si>
+    <t>07-5161-20</t>
+  </si>
+  <si>
+    <t>221-412 Универсальная компактная клемма 2-контактная до 4,0 мм² (20 шт/уп) WAGO</t>
+  </si>
+  <si>
+    <t>07-5163-05</t>
+  </si>
+  <si>
+    <t>221-413 Универсальная компактная клемма 3-контактная до 4,0 мм² (5 шт/уп) WAGO</t>
   </si>
   <si>
     <t>07-5152-20</t>
   </si>
   <si>
     <t>222-412 Универсальная клемма, 2-проводная, серая (0,08-2,5/4 мм²) (20 шт/уп) WAGO</t>
   </si>
   <si>
-    <t>07-5161-05</t>
-[...10 lines deleted...]
-  <si>
     <t>07-5133-06</t>
   </si>
   <si>
-    <t>2273-204 Экcпресс-клемма, 4-проводная до 2,5 мм², (6 шт/уп)  WAGO</t>
-[...35 lines deleted...]
-    <t>221-412 Универсальная компактная клемма 2-контактная до 4,0 мм² (20 шт/уп)  WAGO</t>
+    <t>2273-204 Экcпресс-клемма, 4-проводная до 2,5 мм², (6 шт/уп) WAGO</t>
   </si>
   <si>
     <t>07-5135-06</t>
   </si>
   <si>
     <t>2273-208 Экcпресс-клемма, 8-проводная до 2,5 мм², (6 шт/уп)  WAGO</t>
-  </si>
-[...16 lines deleted...]
-    <t>2273-242 Экcпресс-клемма с пастой, 2-проводная до 2,5 мм², (20 шт/уп)  WAGO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -5364,56 +5181,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-4-mm-0-5-1-5-mm-rshi-m-1-5-4-rshim-1-25-5-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-2-8-rpip-1-25-3-0-8-shteker-2-8-mm-0-5-1-5-mm-krasnaya-10sh" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-6-0-6-3-rpip-5-6-0-8-shteker-6-3-mm-4-6-mm-zheltaya-10sht-up-re" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-6-0-6-3-rpim-n-6-7-0-8-gnezdo-6-6-mm-4-6" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-6-0-6-3-rpip-5-6-0-8-shteker-6-3-mm-4-6-mm-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-6-0-6-3-rpimp-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-shteker-4-mm-0-5-1-5-mm-rshpi-p-1-5-4-rshipp-1-25-4-krasnyy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-9-0-rpim-2-5-9-0-gnezdo-9-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-1-5-6-3-rpim-n-1-25-7-0-8-gnezdo-6-6-mm-0" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-4-8-rpimp-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-v-upa" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-6-3-rpip-1-25-6-0-8-shteker-6-3-mm-0-5-1-5-mm-krasnyy-v-upa" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-6-0-6-3-rpim-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-v-upak-10-sht-rexan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-1-5-6-3-rpip-t-1-25-7-0-8-shteker-6-35-mm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-shteker-4-mm-1-5-2-5-mm-rshpi-p-2-5-4-rshipp-2-5-4-siniy-re" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-4-8-rpim-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5mm-v-upak-10-sht-r" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-6-3-rpim-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-v-upak-10-sht-re" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-2-8-rpim-2-250-gnezdo-3-8-mm-1-5-2-5-mm-v-upak-10-sht-rexan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-4-8-rpim-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-v-upak-10-sht-rex" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-6-3-rpim-2-250-gnezdo-6-6-mm-1-5-2-5-mm-v-upak-10-sht-rexan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-2-8-rpim-1-25-250-gnezdo-3-8-mm-0-5-1-5-mm-v-upak-10-sht-re" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-6-3-rpimp-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-v-up" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-6-3-rpimp-2-250-gnezdo-6-6-mm-1-5-2-5-mm-v-upak" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-6-0-6-3-rpip-t-6-7-0-8-shteker-6-35-mm-4-6" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-1-5-6-3-rpim-t-1-25-7-0-8-gnezdo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-2-5-6-3-rpim-t-2-7-0-8-gnezdo-6" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-2-5-6-3-rpip-t-2-7-0-8-shteker-6-35-mm-1-5" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-6-0-6-3-rpim-t-6-7-0-8-gnezdo-6" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-4-8-rpimp-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5-mm-v" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-6-3-rpip-2-6-0-8-shteker-6-3-mm-1-5-2-5-mm-siniy-v-upak-10" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-1-1-5-mm-rp-p-1-5-6-3-kolodka-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-1-5-6-3-rpio-1-5-7-5-gnezdo-6-6-mm-shteker-6-3-mm-0-5-1-5-mm-re" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-6-3-mm-1-1-5-mm-rp-m-1-5-6-3-kolodka-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-2-8-rpim-1-25-250-gnezdo-3-8-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-gnezdo-4-mm-1-5-2-5-mm-rshpi-m-2-5-4-rshimp-2-5-4-siniy-rex" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-2-5-6-3-rpio-2-5-7-5-gnezdo-6-6-mm-shteker-6-3-mm-1-5-2-5-mm-re" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-m-n-2-5-6-3-rpim-n-2-7-0-8-gnezdo-6-6-mm-1-5" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-5-mm-4-6-mm-rshi-m-6-0-5-rshim-5-5-6-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-6-0-6-3-rpio-6-0-7-5-gnezdo-6-6-mm-shteker-6-3-mm-4-6-mm-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-4-8-rpim-1-25-5-gnezdo-5-6-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-6-3-rpim-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-2-8-rpim-2-250-gnezdo-3-8-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-4-8-rpim-2-5-gnezdo-5-6-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-6-3-rpim-2-250-gnezdo-6-6-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-6-0-6-3-rpim-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-2-8-rpip-1-25-3-0-8-shteker-2-8-mm-0-5-1-5-mm-krasnaya-rexa" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-4-8-rpip-1-25-5-shteker-4-8-mm-0-5-1-5-mm-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-6-3-rpip-1-25-6-0-8-shteker-6-3-mm-0-5-1-5-mm-krasnaya-rexa" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-2-8-rpip-2-3-0-8-shteker-2-8-mm-1-5-2-5-mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-4-8-rpip-2-5-0-8-shteker-4-8-mm-1-5-2-5-mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-6-3-rpip-2-6-0-8-shteker-6-3-mm-1-5-2-5-mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-4-8-rpimp-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5-mm-re" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-6-3-rpimp-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-rexa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-4-8-rpimp-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-rexan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-6-3-rpimp-2-250-gnezdo-6-6-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-4-mm-0-5-1-5-mm-rshi-p-1-5-4-rship-1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-4-mm-1-5-2-5-mm-rshi-p-2-5-4-rship-2-5-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-5-mm-4-6-mm-rshi-p-6-0-5-rship5-5-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-4-mm-1-5-2-5-mm-rshi-m-2-5-4-rshim-2-5-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-gnezdo-4-mm-0-5-1-5-mm-rshpi-m-1-5-4-rshimp-1-25-5-4-krasny" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-5-6-mm-0-75-1-5-mm-rp-m-1-5-4-8-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-5-mm-1-2-5-mm-rp-m-2-5-6-3-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-7-mm-0-75-1-5-mm-rp-m-1-5-6-3-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-rp-p-1-5-6-3-l-20-mm-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-7-mm-0-75-1-5-mm-rp-m-1-5-6-3-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-3-6-mm-0-75-1-5-mm-rp-m-1-5-2-8-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolyator-dlya-ploskoy-klemmy-l-26-mm-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-rp-p-1-5-6-3-l-25-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-2-8-mm-0-75-1-5-mm-rp-p-1-5-2-8-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-rp-p-1-5-6-3-l-20-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-5-6-mm-0-75-1-5-mm-rp-m-1-5-4-8-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-5-mm-1-2-5-mm-rp-m-2-5-6-3-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-3-6-mm-0-75-1-5-mm-rp-m-1-5-2-8-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-4-8-mm-0-75-1-5-mm-rp-p-1-5-4-8-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-1-5-mm-0-5-1-mm-rp-p-1-0-1-5-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-rp-p-1-5-6-3-l-25-5-mm-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-16-mm-nshvi-16-18-slonovaya-kost-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-1-5-2-5-mm-nvi-2-5-5-nvi-2-5-siniy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-5-mm-nshvi-0-5-8-belyy-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-4-mm-nshvi-4-0-18-seryy-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h0-5-mm-nshvi-2-0-5-8-ngi2-0-5-8-belyy-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-5-mm-nshvi-0-5-8-e-0-5-8-e0508-belyy-v-upak" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-10-mm-nshvi-10-12-krasnyy-v-upak-10-sht-rexan" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-0-5-1-5mm-nki-1-5-6-nki-1-25-6-krasnyy-v-upak-10-sht-rexa" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-1-5-2-5mm-nki-2-5-4-nki2-4-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-1-5-2-5-mm-nki-2-5-6-nki2-6-siniy-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-4-3-mm-0-5-1-5-mm-nki-t-1-5-4-nki-t1-25-4-kras" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2h4-mm-nshvi-2-4-0-12-ngi2-4-0-12-oranzhevyy" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-6-mm-nshvi-6-0-18-zelenyy-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-10-mm-nshvi-10-18-slonovaya-kost-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-16-mm-25-mm-nshvi-25-16-chernyy-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-75-mm-nshvi-0-75-8-siniy-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-mm-nshvi-1-0-8-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-5-mm-nshvi-1-5-8-chernyy-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-1-5-2-5-mm-nvi-2-5-6-nvi-2-6-siniy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-0-5-1-5mm-nki-1-5-4-nki-1-25-4-krasnyy-v-upak-10-sht-rexa" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-0-5-1-5-mm-nki-1-5-4-nki-1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-0-5-1-5-mm-nki-1-5-5-nki-1-25-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-0-5-1-5-mm-nki-1-5-10-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-1-5-2-5-mm-nki-2-5-5-nki2-5-siniy-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-1-5-2-5-mm-nki-2-5-10-siniy-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-4-6-mm-nki-6-0-5-nki5-5-5-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-4-6-mm-nki-6-0-10-nki5-5-10-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-0-5-1-5-mm-nvi-1-5-6-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-1-5-2-5-mm-nvi-2-5-5-nvi-2-5-siniy-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-4-6-mm-nvi-6-0-6-nvi-5-5-6-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-8-4-mm-4-6-mm-nvi-6-0-8-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2-5-mm-nshvi-2-5-8-siniy-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-1-5-2-5-mm-nvi-2-5-4-nvi-2-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-6-5-mm-1-5-2-5-mm-nki-t-2-5-6-nki-t2-6-siniy-r" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-6-5-mm-4-6-mm-nki-t-6-0-6-nki-t5-5-6-zheltyy-r" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2-5-mm-nshvi-2-5-8-e-2-5-8-e2508-siniy-v-upak" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-4-6mm-nki-6-0-6-nki5-5-6-zheltyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-0-75-mm-nshvi-0-75-18-siniy-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-0-5-1-5-mm-nvi-1-5-3-nvi-1-25-3-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-0-5-1-5-mm-nvi-1-5-5-nvi-1-25-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-4-6-mm-nvi-6-0-4-nvi-5-5-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-16-mm-nshvi-16-12-slonovaya-kost-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-10-mm-nshvi-10-12-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-4-6-mm-nvi-6-0-5-nvi-5-5-5-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-9-mm-4-mm-nshvi-4-0-9-e-4-0-9-e4009-seryy-v-upak-10" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-6-mm-nshvi-6-0-12-e-6-0-12-e6012-zelenyy-v-up" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5mm-1-5-2-5mm-nki-2-5-6-nki2-6-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2h4mm-nshvi-2-4-0-12-ngi2-4-0-12-oranzhevyy-r" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h10-mm-nshvi-2-10-14-gi2-10-14-krasnyy-rexan" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h10-mm-nshvi-2-10-14-ngi2-10-14-krasnyy-rexa" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-1-5-mm-nshvi-1-5-18-chernyy-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h6-mm-nshvi-2-6-0-14-ngi2-6-0-14-zelenyy-upa" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-0-5-1-5-mm-nvi-1-5-6-krasnyy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-7-mm-0-5-1-5-mm-nki-1-5-3-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-1-5-2-5-mm-nvi-2-5-6-nvi-2-6-siniy-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-0-5-1-5-mm-nvi-1-5-3-nvi-1-25-3-krasnyy-v-upak-10-sht-rex" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-5-mm-nshvi-1-5-8-e-1-5-8-e1508-chernyy-v-upa" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-1-5-2-5mm-nki-2-5-5-nki2-5-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-1-5-2-5mm-nki-2-5-8-nki2-8-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-75-mm-nshvi-0-75-8-e7508-siniy-v-upak-10-sht" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-1-5-2-5-mm-nvi-2-5-3-siniy-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-2-5-mm-nshvi-2-5-18-siniy-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2-5-mm-nshvi-2-5-12-siniy-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-20-mm-50-mm-nshvi-50-20-olivkovyy-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-0-5-1-5-mm-nvi-1-5-4-nvi-1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-1-5-2-5-mm-nvi-2-5-4-nvi-2-4-siniy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-8-4-mm-4-6-mm-nki-t-6-0-8-nki-t5-5-8-zheltyy-r" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-mm-nshvi-1-0-8-e-1-0-8-e1008-zheltyy-v-upak" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-0-5-1-5mm-nki-1-5-8-nki-1-25-8-krasnyy-v-upak-10-sht-rexa" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-0-5-1-5mm-nki-1-5-10-krasnyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-6-mm-nshvi-6-0-12-e-6-0-12-e6012-zelenyy-rexa" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-16-mm-35-mm-nshvi-35-16-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-9-mm-4-mm-nshvi-4-0-9-seryy-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h1-5-mm-nshvi-2-1-5-8-ngi2-1-5-8-chernyy-rexa" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-10-mm-2h2-5-mm-nshvi-2-2-5-10-ngi2-2-5-10-seryy-rex" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h6-mm-nshvi-2-6-0-14-ngi2-6-0-14-zelenyy-rex" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h16-mm-nshvi-2-16-14-ngi2-16-14-slonovaya-ko" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h0-75-mm-nshvi-2-0-75-8-ngi2-0-75-8-siniy-rex" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-2-mm-0-5-1-5-mm-nki-1-5-3-nki-1-25-3-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-0-5-1-5-mm-nki-1-5-6-nki-1-25-6-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-0-5-1-5-mm-nki-1-5-8-nki-1-25-8-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-2-mm-1-5-2-5-mm-nki-2-5-3-nki2-3-siniy-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-1-5-2-5-mm-nki-2-5-4-nki2-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-1-5-2-5-mm-nki-2-5-8-nki2-8-siniy-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-4-6-mm-nki-6-0-4-nki5-5-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-4-6-mm-nki-6-0-6-nki5-5-6-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-4-6-mm-nki-6-0-8-nki5-5-8-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h1-mm-nshvi-2-1-0-8-ngi2-1-0-8-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-2-mm-0-5-1-5-mm-nki-1-5-3-nki-1-25-3-krasnyy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-4-6-mm-nvi-6-0-4-nvi-5-5-4-zheltyy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-7-mm-1-5-mm-nshv-1-5-8-ng-1-5-7-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-7-mm-2-5-mm-nshv-2-5-8-ng-2-5-7-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-9-mm-4-mm-nshv-4-0-9-ng-4-0-9-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-3-5-mm-0-5-0-8-mm-nk-3-0-5-0-8" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-5-2-mm-0-5-0-8-mm-nk-5-0-5-0-8" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-6-2-mm-0-5-0-8-mm-nk-6-0-5-0-8" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-8-2-mm-1-0-1-5-mm-nk-8-1-0-1-5" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-4-5-mm-1-1-5-mm-nv-1-5-4" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-5-5-mm-1-1-5-mm-nv-1-5-5" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-6-5-mm-1-1-5-mm-nv-1-5-6" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-4-3-mm-0-5-0-8-mm-nk-4-0-5-0-8" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-25-15-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-50-20-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-6-2-mm-0-5-0-8mm-nk-6-0-5-0-8-v-upak-10-sht" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-8-2mm-1-0-1-5mm-nk-8-1-0-1-5-v-upak-10-sht" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-5-2-mm-0-5-0-8mm-nk-5-0-5-0-8-v-upakovke-10-sht" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-6-mm-0-75-mm-nshv-0-75-6-ng-0-75-6-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-1-5-12-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-2-5-12-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-6-0-12-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-10-12-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-16-13-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-35-20-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-70-25-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-95-25-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousazhivaemaya-l-37-mm-0-5-1-mm-gsi-t-1-0-gsi-t-0-5-1-0-kras-2" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousazhivaemaya-l-37-mm-1-5-2-5-mm-gsi-t-2-5-gsi-t-1-5-2-5-si" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-1-5-2-5-mm-gsi-2-5-gsi-1-5-2-5-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-0-5-1-5-mm-gsi-1-5-gsi-0-5-1-5-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-4-6-mm-gsi-6-0-gsi-4-0-6-0-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-1-5-2-5-mm-gsi-2-5-gsi-1-5-2-5-sinyaya-v-upak-10-sht-rex" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-0-5-1-5-mm-gsi-1-5-gsi-0-5-1-5-krasnaya-v-upak-5-sht-rex" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousazhivaemaya-l-37-mm-0-5-1-mm-gsi-t-1-0-gsi-t-0-5-1-0-kras" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-27-3-mm-neylon-0-5-1-5-mm-gsi-n-1-5-gsi-n-0-5-1-5-krasnaya-rex" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-27-3-mm-neylon-1-5-2-5-mm-gsi-n-2-5-gsi-n-1-5-2-5-sinyaya-rexa" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-27-3-mm-neylon-4-6-mm-gsi-n-6-0-gsi-n-4-0-6-0-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousazhivaemaya-l-52-mm-4-6-mm-gsi-t-6-0-gsi-t-6-0-4-0-zhelta" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-2-5-4-mm-gsi-4-0-gsi-2-5-4-0-chernaya-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-32-mm-6-10-mm-gsi-10-gsi-6-0-10-0-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-0-34-termousazhivaemaya-pod-payku-l-26-mm-0-25-0-34-mm-belaya-re" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-2-5-termousazhivaemaya-pod-payku-l-40-mm-1-5-2-5-mm-sinyaya-rexa" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-6-0-termousazhivaemaya-pod-payku-l-40-mm-4-0-6-0-mm-zheltaya-rex" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-1-5-termousazhivaemaya-pod-payku-l-40-mm-0-5-1-5-mm-krasnaya-rex" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-5-4-mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-5-4-mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423p-prohodnaya-3-polyusa-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h2-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploschadkoy-1-vvod-2-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h3-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploschadkoy-1-vvod-3-vyvoda-na-poly-2" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-414-4-provodnaya-seraya-0-08-2-5-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h3-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploschadkoy-1-vvod-3-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h2-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploschadkoy-1-vvod-2-vyvoda-na-poly-2" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h4-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploschadkoy-1-vvod-4-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422-prohodnaya-2-polyusa-0-08-4-mm-seraya-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423-prohodnaya-3-polyusa-0-08-4-mm-seraya-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423r-prohodnaya-razemnaya-3-polyusa-seraya-0-2-2-5-4mm-40-sht-up-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424r-prohodnaya-razemnaya-4-polyusa-seraya-0-2-2-5-4mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-prozrachnaya-0-08-2-5-4-mm-40-sht-up-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-5-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423p-prohodnaya-3-polyusa-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-seraya-0-08-2-5-4-mm-40-sht-up-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425p-prohodnaya-5-polyusov-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-prozrachnaya-0-08-2-5-4-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h3-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploschadkoy-1-vvod-3-vyvoda-na-poly-2" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h4-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploschadkoy-1-vvod-4-vyvoda-na-poly-2" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-4h2-prohodnaya-razvetvitelnaya-4-polyusa-s-montazhnoy-ploschadkoy-1-vvod-2-vyvoda-na-poly-2" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h4-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploschadkoy-1-vvod-4-vyvoda-na-poly-2" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421r-prohodnaya-razemnaya-1-polyus-seraya-0-2-2-5-4mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424r-prohodnaya-razemnaya-4-polyusa-seraya-0-2-2-5-4mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425r-prohodnaya-razemnaya-5-polyusov-seraya-0-2-2-5-4mm-blister-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-612-221-612-2-provodnaya-seraya-0-5-4-6-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-615-221-615-5-provodnaya-seraya-0-5-4-6-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422p-prohodnaya-2-polyusa-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424p-prohodnaya-4-polyusa-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h2-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploschadkoy-1-vvod-2-vyvoda-na-poly-2" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421-prohodnaya-1-polyus-0-08-4-mm-seraya-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421p-prohodnaya-1-polyus-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425-prohodnaya-5-polyusov-0-08-4mm-seraya-30-sht-up-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-4h2-prohodnaya-razvetvitelnaya-4-polyusa-s-montazhnoy-ploschadkoy-1-vvod-2-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-vlagozaschitnaya-gelevaya-dlya-klemm-smk-2-provodnyh-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422r-prohodnaya-razemnaya-2-polyusa-seraya-0-2-2-5-4mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-5-4-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423r-prohodnaya-razemnaya-3-polyusa-seraya-0-2-2-5-4mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h2-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploschadkoy-1-vvod-2-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-vlagozaschitnaya-gelevaya-dlya-klemm-smk-5-provodnyh-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-prozrachnaya-0-08-2-5-4-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-613-221-613-3-provodnaya-seraya-0-5-4-6-mm-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h3-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploschadkoy-1-vvod-3-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-5-4-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-prozrachnaya-0-08-2-5-4-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-414-4-provodnaya-seraya-0-08-2-5-4-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421r-prohodnaya-razemnaya-1-polyus-seraya-0-2-2-5-4mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424-prohodnaya-4-polyusa-0-08-4mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h4-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploschadkoy-1-vvod-4-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-612-221-612-2-provodnaya-seraya-0-5-4-6-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-615-221-615-5-provodnaya-seraya-0-5-4-6-mm-15-sht-up-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-seraya-0-08-2-5-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425p-prohodnaya-5-polyusov-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-blister-4-sht-up" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-5-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-prozrachnaya-0-08-2-5-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425r-prohodnaya-razemnaya-5-polyusov-seraya-0-2-2-5-4mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-seraya-0-08-2-5-4-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-paket-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-613-221-613-3-provodnaya-seraya-0-5-4-6-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-418-8-provodnaya-seraya-0-08-2-5-4mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-prozrachnaya-0-08-2-5-4-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-prozrachnaya-0-08-2-5-4-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-414-4-provodnaya-seraya-0-08-2-5-4-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422r-prohodnaya-razemnaya-2-polyusa-seraya-0-2-2-5-4mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-5-4-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-prozrachnaya-0-08-2-5-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-5-4-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-vlagozaschitnaya-gelevaya-dlya-klemm-smk-3-provodnyh-rexant" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-prozrachnaya-0-08-2-5-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-415-5-provodnaya-do-4-0-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-415-5-provodnaya-do-4-0-mm-40-sht-up-rexant" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421-prohodnaya-1-polyus-0-08-4-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422-prohodnaya-2-polyusa-0-08-4-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423-prohodnaya-3-polyusa-0-08-4-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421p-prohodnaya-1-polyus-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422p-prohodnaya-2-polyusa-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424p-prohodnaya-4-polyusa-s-montazhnoy-ploschadkoy-0-08-4-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-202-2-provodnaya-0-5-2-5-mm-prozrachnaya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-204-4-provodnaya-0-5-2-5-mm-prozrachnaya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-242-2-provodnaya-0-5-2-5-mm-prozrachnaya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-243-3-provodnaya-0-5-2-5-mm-prozrachnaya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-245-5-provodnaya-0-5-2-5-mm-prozrachnaya-blister-6-sht-up" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-244-4-provodnaya-0-5-2-5-mm-prozrachnaya-blister-20-sht-up" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-244-4-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x3r-prohodnaya-razemnaya-3-polyusa-3h2-provodnaya-0-5-2-5mm-blister-5-sht" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-205-5-provodnaya-0-5-2-5-mm-prozrachnaya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-606-s-pastoy-6-provodnaya-0-75-4-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-302-2-provodnaya-do-2-5-mm-seraya-blister-5sht-rexant" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-306-6-provodnaya-do-2-5-mm-seraya-blister-5sht-rexant" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-308-8-provodnaya-do-2-5-mm-seraya-blister-5sht-rexant" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-174-s-pastoy-4-provodnaya-0-75-6-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-302-2-provodnaya-do-2-5-mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-304-4-provodnaya-do-2-5-mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-306-6-provodnaya-do-2-5-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-308-8-provodnaya-do-2-5-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-203r-prohodnaya-razemnaya-3-polyusa-0-5-2-5mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x2r-prohodnaya-razemnaya-2-polyusa-2h2-provodnaya-0-5-2-5mm-blister-5-sht" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-602-s-pastoy-2-provodnaya-0-75-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-174-s-pastoy-4-provodnaya-0-75-6-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-604-s-pastoy-4-provodnaya-0-75-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-243-3-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-245-5-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x3r-prohodnaya-razemnaya-3-polyusa-3h2-provodnaya-0-5-2-5mm-50-sht-up-rexa" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x2r-prohodnaya-razemnaya-2-polyusa-2h2-provodnaya-0-5-2-5mm-50-sht-up-rexa" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-8-provodnaya-do-2-5-mm-prozrachnaya-50-sht-up-773-328-rexant" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-208-8-provodnaya-0-5-2-5-mm-prozrachnaya-blister-6-sht-up" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-202-2-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-208-8-provodnaya-0-5-2-5-mm-prozrachnaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-248-8-provodnaya-0-5-2-5-mm-prozrachnaya-50-sht-up" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-308-8-provodnaya-do-2-5-mm-seraya-blister-10sht-rexant" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-248-8-provodnaya-0-5-2-5-mm-prozrachnaya-blister-6-sht-up" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-203-3-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-204-4-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-242-2-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-246-6-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-606-s-pastoy-6-provodnaya-0-75-4-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-202r-prohodnaya-razemnaya-2-polyusa-0-5-2-5mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-203r-prohodnaya-razemnaya-3-polyusa-0-5-2-5mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-205-5-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-206-6-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-304-4-provodnaya-do-2-5-mm-seraya-blister-5sht-rexant" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-602-s-pastoy-2-provodnaya-0-75-4-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-604-s-pastoy-4-provodnaya-0-75-4-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-202r-prohodnaya-razemnaya-2-polyusa-0-5-2-5mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h3d-prohodnaya-razvetvitelnaya-2-polyusa-na-din-reyku-0-08-4-mm-1-vvod-3-vyvoda-na-polyu" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423d-prohodnaya-3-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-seraya-5-sht-up-rexa" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425d-prohodnaya-5-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-seraya-4-sht-up-rexa" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422d-prohodnaya-2-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-seraya-50-sht-up-rex" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-221d-222-2411-analog-222-4111d-prohodnaya-1-polyusnaya-na-din-reyku-0-2-2-5-mm-seraya" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421-pt-4-3-vyvoda-rychag-push-in-na-din-reyku-0-5-4-mm-seraya-40-sht-up-rexant" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/peremychka-dlya-klemm-smk-222-621d-6-mm-10pin-rexant" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421d-prohodnaya-1-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-seraya-5-sht-up-rexa" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h2d-prohodnaya-razvetvitelnaya-2-polyusa-na-din-reyku-0-08-4-mm-1-vvod-2-vyvoda-na-polyu" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/peremychka-dlya-klemm-smk-222-421d-10pin-rexant" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-621-pt-6-3-vyvoda-rychag-push-in-na-din-reyku-1-6-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421d-prohodnaya-1-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-seraya-25-sht-up-rex" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422d-prohodnaya-2-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-seraya-5-sht-up-rexa" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424d-prohodnaya-4-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-seraya-4-sht-up-rexa" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-dlya-klemm-smk-bez-simvolov-6-10-mm-rexant" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h3d-prohodnaya-razvetvitelnaya-3-polyusa-na-din-reyku-0-08-4-mm-1-vvod-3-vyvoda-na-polyu" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425d-prohodnaya-5-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-seraya-20-sht-up-rex" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-dlya-klemm-smk-222-221d-bez-simvolov-2-5-4-mm-rexant" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h2d-prohodnaya-razvetvitelnaya-3-polyusa-na-din-reyku-0-08-4-mm-1-vvod-2-vyvoda-na-polyu" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-dlya-klemm-smk-222-421d-bez-simvolov-rexant" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-621d-prohodnaya-1-polyusnaya-na-din-reyku-1-6-mm-seraya-60-sht-up-rexant" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-2521d-prohodnaya-1-polyusnaya-na-din-reyku-6-25-mm-seraya-30-sht-up-rexant" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/peremychka-dlya-klemm-smk-222-221d-10pin-rexant" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423d-prohodnaya-3-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-seraya-50-sht-up-rex" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424d-prohodnaya-4-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-seraya-50-sht-up-rex" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-6-2-6-2-5mm-6mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-5-5-10mm-5mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-8-5-10mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-16-6-6-16mm-6mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-12-9-35mm-12mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-8-10-35mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-10-10-35mm-10mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-12-10-35mm-12mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-10-11-50mm-10mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-70-12-13-70mm-12mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-120-16-17-120mm-16mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-150-12-19-150mm-12mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-150-16-19-150mm-16mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-4-2-6-2-5mm-4mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-185-16-21-185mm-16mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-240-16-24-240mm-16mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-4-6-4mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-95-12-15-95mm-12mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-6-6-6mm-6mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-5-2-5mm-5mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-6-25mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-4-2-6-2-5mm-4mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-4-5-3-4mm-5mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-12-10-35mm-12mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-10-11-50mm-10mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-70-12-13-70mm-12mm-gost-7386-80-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-6-5-6mm-5mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-10-6-10mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-10-8-10mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-10-8-10mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-16-6-16mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-16-8-16mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-6-25mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-8-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-10-25mm-10mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-35-8-35mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-10-9-35mm-10mm-gost-7386-80-v-upak-50sht-rexant" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-35-10-35mm-10mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-8-7-25mm-8mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-6-5-4-6mm-5mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-6-6-4-6mm-6mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-6-5-10mm-6mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-16-8-6-16mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-8-8-25mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-8-9-35mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-10-9-35mm-10mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-8-9-35mm-8mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-12-11-50mm-12mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-16-8-6-16mm-8mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-4-2-5mm-4mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-6-2-5mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-4-5-4mm-5mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-4-6-4mm-6mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-6-5-6mm-5mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-6-6-6mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-16-8-16mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-8-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-10-25mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-35-8-35mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-50-10-50mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-5-2-6-2-5mm-5mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-5-5-10mm-5mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-8-5-10mm-8mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-6-8-25mm-6mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-10-8-25mm-10mm-gost-7386-80-v-upak-100sht-rexant" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-70-10-13-70mm-10mm-gost-7386-80-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-95-10-15-95mm-10mm-gost-7386-80-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-50-10-50mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-8-7-25mm-8mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-8-11-50mm-8mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-5-2-6-2-5mm-5mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-6-2-5mm-6mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-4-5-4mm-5mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-10-6-10mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-16-6-16mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-8-11-50mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-6-6-4-6mm-6mm-gost-7386-80-v-upak-100sht-rexant" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-120-16-17-120mm-16mm-gost-7386-80-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-4-2-5mm-4mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-95-12-15-95mm-12mm-gost-7386-80-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-4-6-3-4mm-6mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-95-10-15-95-mm-10-mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-4-5-3-4mm-5mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-6-8-25mm-6mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-10-8-25mm-10mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-70-10-13-70mm-10mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-120-12-17-120mm-12mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-6-2-6-2-5mm-6mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-4-6-3-4mm-6mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-6-5-4-6mm-5mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-6-5-10mm-6mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-16-6-6-16mm-6mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-8-8-25mm-8mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-8-10-35mm-8mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-10-10-35mm-10mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-12-11-50mm-12mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-120-12-17-120mm-12mm-gost-7386-80-v-upak-20sht-rexant" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-10-5-mm-50-mm-tml-din-50-10" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-hk-3-5-mm-2-5-mm-tml-din-2-5-4" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-13-mm-120-mm-tml-din-120-12" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-13-mm-150-mm-tml-din-150-12" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-8-4-mm-50-mm-tml-din-50-8" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-5-2-mm-2-5-mm-tml-din-2-5-5" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-8-4-mm-25-mm-tml-din-25-8" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-6-5-mm-10-mm-tml-din-10-6" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-5-2-mm-4-mm-tml-din-4-5" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-10-5-mm-70-mm-tml-din-70-10" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-5-2-mm-6-mm-tml-din-6-5" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-10-mm-10-mm-tml-din-10-10" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-10-5-mm-25-mm-tml-din-25-10" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-8-4-mm-35-mm-tml-din-35-8" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-12-11-50mm-11mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-12-11-50mm-11mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-12-10-35mm-12mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-10-35mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-8-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-7-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-8-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-9-35mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-12-13-70mm-12mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-6-6-16mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-10-11-50mm-11mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-9-35mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-10-35mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-8-11-50mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-10-13-70mm-13mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-12-13-70mm-12mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-6-4-6mm-6mm-v-upak-100sht-rexant" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-10-35mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-5-4-6mm-5mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-6-5-10mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-10-8-25mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-10-35mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-120-12-17-120mm-12mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-150-16-19-150mm-16mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-240-16-24-240mm-16mm-v-upak-5-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-8-5-10mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-8-11-50mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-10-13-70mm-13mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-5-4-6mm-5mm-v-upak-100sht-rexant" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-12-10-35mm-8mm-v-upak-50sht-rexant" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-95-10-15-95mm-10mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-8-5-10mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-6-4-6mm-6mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-6-5-10mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-8-6-16mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-6-6-16mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-7-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-9-35mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-9-35mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-10-11-50mm-11mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-8-6-16mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-10-8-25mm-10mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-luzhenyy-nshal-16-14-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-luzhenyy-nshal-25-15-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-nsha-16-14-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-70-10-12-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-185-16-19-v-upak-10-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-35-10-8-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-nsha-35-20-v-upak-30-sht-rexant" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-16-8-5-4-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-25-8-7-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-95-12-13-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-luzhenyy-nshal-35-20-v-upak-30-sht-rexant" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-240-20-20-v-upak-10-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyumomednyy-tam-50-10-9-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyumomednyy-tam-70-10-12-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyumomednyy-tam-25-8-7-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyumomednyy-tam-35-10-8-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-16-5-5h14-16mm-5-5mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-10-5-5h13-10mm-5-5mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-16-7h14-16mm-7mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-50-7h20-50mm-7mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-6-5-5h12-6mm-5-5mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-10-7h13-10mm-7mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-25-7h15-25mm-7mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-35-7h20-35mm-7mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-35-9-35mm-9mm-gost-23469-3-79-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-10-5-10mm-5mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-2-5-2-6-2-5mm-2-6mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-50-11-50mm-11mm-gost-23469-3-79-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-16-6-16mm-6mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-10-5-10mm-5mm-gost-23469-3-79-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-50-11-50mm-11mm-gost-23469-3-79-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-6-4-6mm-4mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-25-8-25mm-8mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-35-10-35mm-10mm-gost-23469-3-79-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-4-3-4mm-3mm-gost-23469-3-79-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-6-4-6mm-4mm-gost-23469-3-79-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-95-15-95-mm-15-mm-gost-23469-3-79-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-16-6-16mm-6mm-gost-23469-3-79-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-25-8-25mm-8mm-gost-23469-3-79-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-35-10-35mm-10mm-gost-23469-3-79-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-4-3-4mm-3mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-2-5-2-6-2-5mm-2-6mm-gost-23469-3-79-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-0-5-1-5mm-gml-din-1-5-rexant" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-1-5-2-5mm-gml-din-2-5-rexant" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-21mm-10mm-gml-din-10-rexant" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-26mm-16mm-gml-din-16-rexant" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-32mm-35mm-gml-din-35-rexant" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-0-5-1-5mm-gml-din-1-5-bn1-25-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-4-6mm-gml-din-6-rexant" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-2-5-4mm-gml-din-4-rexant" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-185-21-185mm-21mm-v-upak-10-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-35-10-35mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-10-5-10mm-5mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-2-5-2-6-2-5mm-2-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-35-10-35mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-25-8-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-25-8-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-16-6-16mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-4-3-4mm-3mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-70-13-70mm-13mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-120-17-120mm-17mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-6-4-6mm-4mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-150-19-150mm-19mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-10-5-10mm-5mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-240-24-240mm-24mm-v-upak-5-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-16-6-16mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-4-3-4mm-3mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-6-4-6mm-4mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-boltovoy-1nb-0-005-10-25-v-upak-20-sht-rexant" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-2sb-0-005-10-25-v-upak-20-sht-rexant" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-4sb-2-005-70-120-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-4sb-3-005-150-240-v-upak-3-sht-rexant" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-4sb-1-005-25-50-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-70-12-70mm-12mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-35-8-35mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-50-9-50mm-9mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-16-5-4-16mm-5-4mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-25-7-25mm-7mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-120-14-120mm-14mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-uglovoy-90-25-8-8-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-uglovoy-90-10-6-5-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-uglovoy-90-16-8-6-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-40-17-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-24-11-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-40-21-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-17-8-5-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-28-13-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-24-11-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-28-13-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polietilen-belyy-individualnaya-upakovka-1-sht-z" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polietilen-belyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-vintovaya-kv-6-6a-2-5-6mm-polipropilen-siniy-zvi-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-chernyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sh" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-6-2-5-6-tok-6-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-40-25-40-mm-tok-100-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polipropilen-chernyy-zvi-individualnaya-upakovka-1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sh" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-individualnaya-upakovka-1-sht-zv" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-12-16a-12-mm-individualnaya-upakovka-1-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-4-proconnect-3a-4-mm-pp-polipropilen-chernaya-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-6-6a-6-mm-individualnaya-upakovka-1-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-10-10a-10-mm-individualnaya-upakovka-1-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polipropilen-chernyy-zvi-individualnaya-upakovka-1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-4-proconnect-3a-4-mm-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polipropilen-chernyy-individualnaya-upakovka-1-sh" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polipropilen-chernyy-individualnaya-upakovka-1-sh" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-12-11-2-mm-1-12-75-mm-korichnevyy-10-sht-up-rex" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-3-1-5-6-mm-oranzhevyy-5-sht" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-2-1-0-4-5-mm-siniy-10-sht" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-17-17-8-mm-5-32-mm-siniy-50-sht-up" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-11-9-8-mm-1-8-5-mm-zheltyy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-15-14-9-mm-4-16-mm-seryy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-1-1-0-3-0-mm-seryy-5-sht" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-4-1-5-9-5-mm-zheltyy-5-sht" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-4-1-5-9-5-mm-zheltyy-10-sht" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-11-9-8-mm-1-8-5-mm-zheltyy-100-sht-up" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-5-5-4-mm-4-0-13-0-mm-krasnyy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-1-1-0-3-0-mm-seryy-10-sht" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-3-1-5-6-mm-oranzhevyy-10-sht" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-13-13-mm-1-5-16-mm-krasnyy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-17-17-8-mm-5-32-mm-siniy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-5-5-4-mm-3-0-17-0-mm-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-1-2-7-mm-1-0-2-75-mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-2-3-0-mm-1-0-3-75-mm-siniy-rexant" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-3-3-3-mm-1-5-5-75-mm-oranzhevyy-rexant" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-4-4-8-mm-1-5-10-5-mm-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-12-11-2-mm-1-12-75-mm-korichnevyy-100-sh" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-13-13-mm-1-5-16-mm-krasnyy-100-sht-up" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-15-14-9-mm-4-16-mm-seryy-50-sht-up" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-zazemleniya-s-lepestkami-siz-99-12-mm-5-16-mm-zelenyy-100" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-1-2-8-mm-1-0-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-2-3-0-mm-1-5-4-0-mm-rexant" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-5-4-0-mm-2-5-5-5-mm-rexant" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-7-5-5-mm-8-0-10-0-mm-rexant" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-6-4-8-mm-3-0-8-0-mm-rexant" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-1-5-mm-5h1-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-2-5-mm-5h1-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-6-mm-5h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-16-mm-5h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-1-5-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-10-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-4-mm-5h1-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-10-mm-5h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-2-5-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-4-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-6-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-16-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-3-polyusnaya-s-zazemleniem-i-s-montazhnymi-nozhkami-100-sht-up" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-2-polyusnaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-2-polyusnaya-s-montazhnymi-nozhkami-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-3-polyusnaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-3-polyusnaya-s-montazhnymi-nozhkami-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-4-polyusnaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-4-polyusnaya-s-montazhnymi-nozhkami-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-4-polyusnaya-s-zazemleniem-i-s-montazhnymi-nozhkami-50-sht-up" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-5-polyusnaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-5-polyusnaya-s-montazhnymi-nozhkami-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-5-polyusnaya-s-zazemleniem-i-s-montazhnymi-nozhkami-50-sht-up" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-101-dlya-svetilnika-na-1-provodnik-1-0-2-5-0-5-2-5-mm-seraya-1" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-112-dlya-svetilnika-na-2-provodnika-0-2-2-5-0-14-2-5-mm-belaya" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-112-dlya-svetilnika-na-2-provodnika-1-0-2-5-0-5-2-5-mm-belaya" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-201-dlya-svetilnika-na-2-provodnika-1-0-2-5-0-5-2-5-mm-5-sht-u" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-101-dlya-svetilnika-na-1-provodnik-0-2-2-5-0-14-2-5-mm-seraya" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-201-dlya-svetilnika-na-gibkie-provodniki-0-2-2-5-0-14-2-5-mm-s" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-10-mm-2-pary-kontaktov-s-krepezhnym-otverstiem-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-16-mm-3-pary-kontaktov-s-krepezhnym-otverstiem-rexant-45-sht-up" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-10-mm-3-pary-kontaktov-s-krepezhnym-otverstiem-84-sht-up-rexant" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-12-mm-3-pary-kontaktov-s-krepezhnym-otverstiem-45-sht-up-rexant" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-4-mm-2-pary-kontaktov-s-krepezhnym-otverstiem-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-4-mm-3-pary-kontaktov-s-krepezhnym-otverstiem-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-12-mm-2-pary-kontaktov-s-krepezhnym-otverstiem-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-16-mm-2-pary-kontaktov-s-krepezhnym-otverstiem-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-1-0-2-5-mm-ov-2-zpo-1-1-0-2-5-siniy-rexant" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-4-0-6-0-mm-ov-3-zpo-1-4-0-6-0-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-0-5-0-75-mm-ov-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-0-5-1-0-mm-ov-1-zpo-1-0-5-1-5-krasnyy-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-1-0-2-5-mm-ov-2-zpo-1-1-0-2-5-siniy-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-0-5-1-0-mm-ov-1-zpo-1-0-5-1-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-731m-4-10-1-5-10-mm-ip20-szhim-oreh-rexant" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-733m-16-35-1-5-10-mm-ip20-szhim-oreh-rexant" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-859m-50-70-4-35-mm-ip20-szhim-oreh-rexant" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-739m-4-10-1-5-2-5-mm-ip20-szhim-oreh-rexant" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-734m-16-35-16-25-mm-ip20-szhim-oreh-rexant" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-konnektor-i-obraznyy-3pin-0-5-1-5mm2-ip68-rexant" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-konnektor-i-obraznyy-3pin-0-5-2-5mm2-ip68-rexant" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-konnektor-t-obraznyy-3pin-0-5-2-5mm2-ip68-rexant" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-konnektor-i-obraznyy-5pin-ip68-rexant" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-vtulochnyh-nakonechnikov-nshvi-0-5-mm-0-75-mm-1-mm-1-5-mm-2-5-mm-v-bokse-e-400-rexant" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nakonechnikov-i-klemm-universalnyy-nki-nvi-rpip-rpim-it-300-rexant" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-vtulochnyh-nakonechnikov-dvoynyh-nshvi-2-2h0-75-mm-2h1-mm-2h1-5-mm-2h2-5-mm-v-bokse-te-200-rex" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-kabel-2pin-germetichnyy-ip67-2h1-0mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-kabel-2pin-germetichnyy-ip67-2h0-35mm-prozrachnyy-rexant" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-kabel-2pin-germetichnyy-ip67-2h0-35-mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-kabel-3pin-germetichnyy-ip67-3h0-5mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-kabel-5pin-germetichnyy-ip67-5h0-5mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-kabel-4pin-germetichnyy-ip67-4h0-75mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-413-universalnaya-klemma-3-provodnaya-seraya-0-08-2-5-4-mm-50-sht-up-wago" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-204-ekspress-klemma-4-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/224-112-klemma-dlya-osvetitelnogo-oborudovaniya-1-0-2-5-x2-0-5-2-5-mm-belaya-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-203-ekspress-klemma-3-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-208-ekspress-klemma-8-provodnaya-do-2-5-mm-50-sht-up-wago" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-415-universalnaya-klemma-5-provodnaya-seraya-0-08-2-5-4-mm-40-sht-up-wago" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-415-universalnaya-kompaktnaya-klemma-5-kontaktnaya-do-4-0-mm-25-sht-up-wago" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-248-ekspress-klemma-s-pastoy-8-provodnaya-do-2-5-mm-50-sht-up-wago" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-244-ekspress-klemma-s-pastoy-4-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-205-ekspress-klemma-5-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-413-universalnaya-kompaktnaya-klemma-3-kontaktnaya-do-4-0-mm-50-sht-up-wago" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-412-universalnaya-kompaktnaya-klemma-2-kontaktnaya-do-4-0-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-412-universalnaya-klemma-2-provodnaya-seraya-0-08-2-5-4-mm-50-sht-up-wago" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/224-101-klemma-dlya-osvetitelnogo-oborudovaniya-1-0-2-5-0-5-2-5-mm-seraya-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-242-ekspress-klemma-s-pastoy-2-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-245-ekspress-klemma-s-pastoy-5-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-202-ekspress-klemma-2-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-203-ekcpress-klemma-3-provodnaya-do-2-5-mm-5-sht-up-wago" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-204-ekcpress-klemma-4-provodnaya-do-2-5-mm-5-sht-up-wago" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-413-universalnaya-klemma-3-provodnaya-seraya-0-08-2-5-4-mm-20-sht-up-wago" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-245-ekcpress-klemma-s-pastoy-5-provodnaya-do-2-5-mm-6-sht-up-wago" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-202-ekcpress-klemma-2-provodnaya-do-2-5-mm-20-sht-up-wago" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-244-ekcpress-klemma-s-pastoy-4-provodnaya-do-2-5-mm-20-sht-up-wago" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-205-ekcpress-klemma-5-provodnaya-do-2-5-mm-20-sht-up-wago" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-413-universalnaya-kompaktnaya-klemma-3-kontaktnaya-do-4-0-mm-20-sht-up-wago" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-204-ekcpress-klemma-4-provodnaya-do-2-5-mm-20-sht-up-wago" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-412-universalnaya-klemma-2-provodnaya-seraya-0-08-2-5-4-mm-20-sht-up-wago" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-412-universalnaya-kompaktnaya-klemma-2-kontaktnaya-do-4-0-mm-5-sht-up-wago" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-244-ekcpress-klemma-s-pastoy-4-provodnaya-do-2-5-mm-6-sht-up-wago" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-204-ekcpress-klemma-4-provodnaya-do-2-5-mm-6-sht-up-wago" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-413-universalnaya-kompaktnaya-klemma-3-kontaktnaya-do-4-0-mm-5-sht-up-wago" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-415-universalnaya-kompaktnaya-klemma-5-kontaktnaya-do-4-0-mm-5-sht-up-wago" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-202-ekcpress-klemma-2-provodnaya-do-2-5-mm-5-sht-up-wago" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-205-ekcpress-klemma-5-provodnaya-do-2-5-mm-5-sht-up-wago" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-203-ekcpress-klemma-3-provodnaya-do-2-5-mm-20-sht-up-wago" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-412-universalnaya-kompaktnaya-klemma-2-kontaktnaya-do-4-0-mm-20-sht-up-wago" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-208-ekcpress-klemma-8-provodnaya-do-2-5-mm-6-sht-up-wago" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-248-ekcpress-klemma-s-pastoy-8-provodnaya-do-2-5-mm-6-sht-up-wago" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-245-ekcpress-klemma-s-pastoy-5-provodnaya-do-2-5-mm-20-sht-up-wago" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-242-ekcpress-klemma-s-pastoy-2-provodnaya-do-2-5-mm-20-sht-up-wago" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-1-5-6-3rpim-t-1-25-7-0-8-gnezdo-6-6-mm-0-5-1-5-mm-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-2-5-6-3rpim-t-2-7-0-8-gnezdo-6-6-mm-1-5-2-5-mm-siniy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-2-5-6-3rpip-t-2-7-0-8-shteker-6-35-mm-1-5-2-5-mm-siniy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-termousazhivaemaya-rpi-m-t-6-0-6-3rpim-t-6-7-0-8-gnezdo-6-6-mm-4-6-mm-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-6-0-6-3rpip-t-6-7-0-8-shteker-6-35-mm-4-6-mm-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-shteker-4-mm-1-5-2-5-mm-rshpi-p-2-5-4rshipp-2-5-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-6-3rpip-1-25-6-0-8-shteker-6-3-mm-0-5-1-5-mm-krasnyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-4-8rpim-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-6-0-6-3rpim-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-1-1-5-mm-rp-p-1-5-6-3-kolodka-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-6-3-mm-1-1-5-mm-rp-m-1-5-6-3-kolodka-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-termousazhivaemaya-rpi-p-t-1-5-6-3rpip-t-1-25-7-0-8-shteker-6-35-mm-0-5-1-5-mm-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-6-3rpip-2-6-0-8-shteker-6-3-mm-1-5-2-5-mm-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-2-8rpim-1-25-250-gnezdo-3-8-mm-0-5-1-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-2-8rpim-2-250-gnezdo-3-8-mm-1-5-2-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-4-8rpim-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-6-3rpim-2-250-gnezdo-6-6-mm-1-5-2-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-4-8rpimp-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-6-3rpimp-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-4-8rpimp-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-6-3rpimp-2-250-gnezdo-6-6-mm-1-5-2-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-mn-1-5-6-3rpim-n-1-25-7-0-8-gnezdo-6-6-mm-0-5-1-5-mm-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-mn-2-5-6-3rpim-n-2-7-0-8-gnezdo-6-6-mm-1-5-2-5-mm-siniy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-v-neylone-rpi-mn-6-0-6-3rpim-n-6-7-0-8-gnezdo-6-6-mm-4-6-mm-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-5-mm-4-6-mm-rshi-m-6-0-5rshim-5-5-6-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-6-0-6-3rpio-6-0-7-5-gnezdo-6-6-mm-shteker-6-3-mm-4-6-mm-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-2-8rpim-1-25-250-gnezdo-3-8-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-4-8rpim-1-25-5-gnezdo-5-6-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-6-3rpim-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-2-8rpim-2-250-gnezdo-3-8-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-4-8rpim-2-5-gnezdo-5-6-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-6-3rpim-2-250-gnezdo-6-6-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-4-8rpip-1-25-5-shteker-4-8-mm-0-5-1-5-mm-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-2-8rpip-2-3-0-8-shteker-2-8-mm-1-5-2-5-mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-6-3rpip-2-6-0-8-shteker-6-3-mm-1-5-2-5-mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-4-8rpimp-1-25-5-0-8-gnezdo-5-6-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-1-5-6-3rpimp-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-4-8rpimp-2-5-0-8-gnezdo-5-6-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-2-5-6-3rpimp-2-250-gnezdo-6-6-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-4-mm-1-5-2-5-mm-rshi-p-2-5-4rship-2-5-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-5-mm-4-6-mm-rshi-p-6-0-5rship5-5-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-4-mm-0-5-1-5-mm-rshi-m-1-5-4rshim-1-25-5-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-gnezdo-4-mm-1-5-2-5-mm-rshi-m-2-5-4rshim-2-5-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-1-5-6-3rpim-1-25-250-gnezdo-6-6-mm-0-5-1-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-2-5-6-3rpio-2-5-7-5-gnezdo-6-6-mm-shteker-6-3-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-2-5-9-0rpim-2-5-9-0-gnezdo-9-mm-1-5-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-m-6-0-6-3rpim-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-2-8rpip-1-25-3-0-8-shteker-2-8-mm-0-5-1-5-mm-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-6-3rpip-1-25-6-0-8-shteker-6-3-mm-0-5-1-5-mm-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-2-5-4-8rpip-2-5-0-8-shteker-4-8-mm-1-5-2-5-mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-izolirovannyy-shteker-4-mm-0-5-1-5-mm-rshi-p-1-5-4rship-1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-gnezdo-4-mm-0-5-1-5-mm-rshpi-m-1-5-4rshimp-1-25-5-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-6-0-6-3rpip-5-6-0-8-shteker-6-3-mm-4-6-mm-zheltaya-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-6-0-6-3rpip-5-6-0-8-shteker-6-3-mm-4-6-mm-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-polnostyu-izolirovannaya-rppi-m-6-0-6-3rpimp-5-5-6-0-5-gnezdo-6-6-mm-4-6-mm-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-shteker-4-mm-0-5-1-5-mm-rshpi-p-1-5-4rshipp-1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-o-1-5-6-3rpio-1-5-7-5-gnezdo-6-6-mm-shteker-6-3-mm-0-5-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-shtekernyy-polnostyu-izolirovannyy-gnezdo-4-mm-1-5-2-5-mm-rshpi-m-2-5-4rshimp-2-5-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-izolirovannaya-rpi-p-1-5-2-8rpip-1-25-3-0-8-shteker-2-8-mm-0-5-1-5-mm-krasnaya-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-1-5-mm-0-5-1-mm-rp-p-1-0-1-5-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-rp-p-1-5-6-3-l-25-5-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-7-mm-0-75-1-5-mm-rp-m-1-5-6-3-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-5-6-mm-0-75-1-5-mm-rp-m-1-5-4-8-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-rp-p-1-5-6-3-l-20-mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-3-6-mm-0-75-1-5-mm-rp-m-1-5-2-8-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-5-mm-1-2-5-mm-rp-m-2-5-6-3-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-5-6-mm-0-75-1-5-mm-rp-m-1-5-4-8-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-5-mm-1-2-5-mm-rp-m-2-5-6-3-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolyator-dlya-ploskoy-klemmy-l-26-mm-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-7-7-mm-0-75-1-5-mm-rp-m-1-5-6-3-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-rp-p-1-5-6-3-l-20-mm-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-gnezdo-3-6-mm-0-75-1-5-mm-rp-m-1-5-2-8-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-2-8-mm-0-75-1-5-mm-rp-p-1-5-2-8-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-6-3-mm-0-75-1-5-mm-rp-p-1-5-6-3-l-25-5-mm-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-ploskaya-shteker-4-8-mm-0-75-1-5-mm-rp-p-1-5-4-8-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-16-mm-nshvi-16-18-slonovaya-kost-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-mm-nshvi-1-0-8e-1-0-8e1008-zheltyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-0-5-1-5mm-nki-1-5-10-krasnyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-1-5-mm-nshvi-1-5-18-chernyy-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-2-5-mm-nshvi-2-5-18-siniy-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-16-mm-nshvi-16-12-slonovaya-kost-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-5-mm-nshvi-1-5-8-chernyy-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2-5-mm-nshvi-2-5-12-siniy-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-0-5-1-5-mm-nvi-1-5-3nvi-1-25-3-krasnyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-1-5-2-5mm-nki-2-5-8nki2-8-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-5-mm-nshvi-1-5-8-e-1-5-8-e1508-chernyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-9-mm-4-mm-nshvi-4-0-9-e-4-0-9-e4009-seryy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-1-5-2-5mm-nki-2-5-5nki2-5-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-1-5-2-5-mm-nki-2-5-4nki2-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-2-mm-0-5-1-5-mm-nki-1-5-3nki-1-25-3-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-0-5-1-5-mm-nki-1-5-6nki-1-25-6-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-0-5-1-5-mm-nki-1-5-8nki-1-25-8-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-2-mm-1-5-2-5-mm-nki-2-5-3nki2-3-siniy-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-1-5-2-5-mm-nki-2-5-6nki2-6-siniy-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-1-5-2-5-mm-nki-2-5-8nki2-8-siniy-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-4-6-mm-nki-6-0-4nki5-5-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-4-6-mm-nki-6-0-6nki5-5-6-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-4-6-mm-nki-6-0-8nki5-5-8-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h1-mm-nshvi2-1-0-8ngi2-1-0-8-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-0-5-1-5-mm-nki-1-5-4-nki-1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-0-5-1-5-mm-nki-1-5-5-nki-1-25-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-4-6-mm-nki-6-0-5-nki5-5-5-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-0-5-1-5-mm-nvi-1-5-4-nvi-1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-1-5-2-5-mm-nvi-2-5-5-nvi-2-5-siniy-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-4-6-mm-nvi-6-0-5-nvi-5-5-5-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-4-3-mm-0-5-1-5-mm-nki-t-1-5-4nki-t1-25-4-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-6-5-mm-1-5-2-5-mm-nki-t-2-5-6nki-t2-6-siniy-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-6-5-mm-4-6-mm-nki-t-6-0-6nki-t5-5-6-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-termousazhivaemyy-8-4-mm-4-6-mm-nki-t-6-0-8nki-t5-5-8-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-10-mm-nshvi-10-12-krasnyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-0-5-1-5mm-nki-1-5-6nki-1-25-6-krasnyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-8-4-mm-0-5-1-5mm-nki-1-5-8nki-1-25-8-krasnyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-1-5-2-5mm-nki-2-5-4nki2-4-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h6-mm-nshvi2-6-0-14ngi2-6-0-14-zelenyy-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-16-mm-25-mm-nshvi-25-16-chernyy-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-3-7-mm-0-5-1-5-mm-nki-1-5-3-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-0-5-1-5-mm-nki-1-5-10-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-5-3-mm-1-5-2-5-mm-nki-2-5-5-nki2-5-siniy-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-1-5-2-5-mm-nki-2-5-10-siniy-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-10-5-mm-4-6-mm-nki-6-0-10-nki5-5-10-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-0-5-1-5-mm-nvi-1-5-3-nvi-1-25-3-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-5-3-mm-0-5-1-5-mm-nvi-1-5-5-nvi-1-25-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-0-5-1-5-mm-nvi-1-5-6-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-3-2-mm-1-5-2-5-mm-nvi-2-5-3-siniy-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-1-5-2-5-mm-nvi-2-5-4-nvi-2-4-siniy-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-1-5-2-5-mm-nvi-2-5-6-nvi-2-6-siniy-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-4-6-mm-nvi-6-0-4-nvi-5-5-4-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-6-5-mm-4-6-mm-nvi-6-0-6-nvi-5-5-6-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-8-4-mm-4-6-mm-nvi-6-0-8-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h0-75-mm-nshvi2-0-75-8ngi2-0-75-8-siniy-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-izolirovannyy-4-3-mm-4-6-mm-nvi-6-0-4nvi-5-5-4-zheltyy-10sht-up-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-4-3-mm-0-5-1-5mm-nki-1-5-4nki-1-25-4-krasnyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2h4mm-nshvi2-4-0-12ngi2-4-0-12-oranzhevyy-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h10-mm-nshvi2-10-14-gi2-10-14-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h1-5-mm-nshvi2-1-5-8ngi2-1-5-8-chernyy-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-10-mm-2h2-5-mm-nshvi2-2-5-10ngi2-2-5-10-seryy-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h6-mm-nshvi2-6-0-14ngi2-6-0-14-zelenyy-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h10-mm-nshvi2-10-14ngi2-10-14-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-14-mm-2h16-mm-nshvi2-16-14ngi2-16-14-slonovaya-kost-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-5-mm-nshvi-0-5-8-belyy-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2-5-mm-nshvi-2-5-8-siniy-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-75-mm-nshvi-0-75-8-siniy-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-6-mm-nshvi-6-0-12-e-6-0-12-e6012-zelenyy-rexa" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-1-mm-nshvi-1-0-8-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-9-mm-4-mm-nshvi-4-0-9-seryy-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-6-mm-nshvi-6-0-12-e-6-0-12-e6012-zelenyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-4-mm-nshvi-4-0-18-seryy-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2h0-5-mm-nshvi2-0-5-8ngi2-0-5-8-belyy-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-6-mm-nshvi-6-0-18-zelenyy-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-10-mm-nshvi-10-18-slonovaya-kost-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-20-mm-50-mm-nshvi-50-20-olivkovyy-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-2h4-mm-nshvi2-4-0-12ngi2-4-0-12-oranzhevyy-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-18-mm-0-75-mm-nshvi-0-75-18-siniy-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-2-5-mm-nshvi-2-5-8-e-2-5-8-e2508-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5-mm-4-6mm-nki-6-0-6nki5-5-6-zheltyy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-izolirovannyy-6-5mm-1-5-2-5mm-nki-2-5-6nki2-6-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-16-mm-35-mm-nshvi-35-16-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-12-mm-10-mm-nshvi-10-12-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-izolirovannyy-f-8-mm-0-75-mm-nshvi-0-75-8-e7508-siniy-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-8-2mm-1-0-1-5mm-nk-8-1-0-1-5-v-upak-10-sht" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-3-5-mm-0-5-0-8-mm-nk-3-0-5-0-8" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-5-2-mm-0-5-0-8-mm-nk-5-0-5-0-8" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-8-2-mm-1-0-1-5-mm-nk-8-1-0-1-5" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-7-mm-2-5-mm-nshv-2-5-8ng-2-5-7-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-6-2-mm-0-5-0-8mm-nk-6-0-5-0-8-v-upak-10-sht" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-6-0-12-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-5-5-mm-1-1-5-mm-nv-1-5-5" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-6-5-mm-1-1-5-mm-nv-1-5-6" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-9-mm-4-mm-nshv-4-0-9ng-4-0-9-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-7-mm-1-5-mm-nshv-1-5-8ng-1-5-7-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-6-2-mm-0-5-0-8-mm-nk-6-0-5-0-8" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-vilochnyy-rexant-4-5-mm-1-1-5-mm-nv-1-5-4" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-4-3-mm-0-5-0-8-mm-nk-4-0-5-0-8" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtyrevoy-vtulochnyy-l-6-mm-0-75-mm-nshv-0-75-6ng-0-75-6-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-25-15-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-50-20-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-5-2-mm-0-5-0-8mm-nk-5-0-5-0-8-v-upakovke-10-sht" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-1-5-12-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-2-5-12-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-10-12-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-16-13-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-95-25-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-35-20-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-ploskiy-kabelnyy-nshp-70-25-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousazhivaemaya-l-37-mm-0-5-1-mm-gsi-t-1-0gsi-t-0-5-1-0-krasnaya-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-1-5-2-5-mm-gsi-2-5gsi-1-5-2-5-sinyaya-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-27-3-mm-neylon-0-5-1-5-mm-gsin-1-5gsi-n-0-5-1-5-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-27-3-mm-neylon-1-5-2-5-mm-gsin-2-5gsi-n-1-5-2-5-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-1-5-2-5-mm-gsi-2-5-gsi-1-5-2-5-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-0-5-1-5-mm-gsi-1-5-gsi-0-5-1-5-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-4-6-mm-gsi-6-0-gsi-4-0-6-0-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-27-3-mm-neylon-4-6-mm-gsin-6-0gsi-n-4-0-6-0-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousazhivaemaya-l-37-mm-1-5-2-5-mm-gsi-t-2-5gsi-t-1-5-2-5-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-2-5-4-mm-gsi-4-0gsi-2-5-4-0-chernaya-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-32-mm-6-10-mm-gsi-10gsi-6-0-10-0-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousazhivaemaya-l-37-mm-0-5-1-mm-gsi-t-1-0gsi-t-0-5-1-0-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-l-26-mm-0-5-1-5-mm-gsi-1-5gsi-0-5-1-5-krasnaya-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-izolirovannaya-termousazhivaemaya-l-52-mm-4-6-mm-gsi-t-6-0-gsi-t-6-0-4-0-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-0-34-termousazhivaemaya-pod-payku-l-26-mm-0-25-0-34-mm-belaya-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-1-5-termousazhivaemaya-pod-payku-l-40-mm-0-5-1-5-mm-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-6-0-termousazhivaemaya-pod-payku-l-40-mm-4-0-6-0-mm-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-izolirovannaya-pk-t-2-5-termousazhivaemaya-pod-payku-l-40-mm-1-5-2-5-mm-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-54-mm-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-seraya-0-08-2-54-mm-40-shtup-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422-prohodnaya-2-polyusa-0-08-4-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423-prohodnaya-3-polyusa-0-08-4-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421-prohodnaya-1-polyus-0-08-4-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425p-prohodnaya-5-polyusov-s-montazhnoy-ploshchadkoy-0-08-4-mm-seraya-blister-4-sht-up-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-414-4-provodnaya-seraya-0-08-2-54-mm-blister-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424r-prohodnaya-razemnaya-4-polyusa-seraya-0-2-2-54mm-20-shtup-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-415-5-provodnaya-do-4-0-mm-40-sht-up-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-54-mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-seraya-0-08-2-54-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-prozrachnaya-0-08-2-54-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-seraya-0-08-2-54-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h4-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploschadkoy-1-vvod-4-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-612-221-612-2-provodnaya-seraya-0-5-4-6-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-414-4-provodnaya-seraya-0-08-2-54-mm-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422p-prohodnaya-2-polyusa-s-montazhnoy-ploshchadkoy-0-08-4-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424p-prohodnaya-4-polyusa-s-montazhnoy-ploshchadkoy-0-08-4-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423p-prohodnaya-3-polyusa-s-montazhnoy-ploshchadkoy-0-08-4-mm-seraya-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h3-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploshchadkoy-1-vvod-3-vyvoda-na-polyus-4-shtup-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425r-prohodnaya-razemnaya-5-polyusov-seraya-0-2-2-54mm-20-shtup-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-prozrachnaya-0-08-2-54-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-prozrachnaya-0-08-2-54-mm-blister-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h4-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploschadkoy-1-vvod-4-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-615221-615-5-provodnaya-seraya-0-5-46-mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h4-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploshchadkoy-1-vvod-4-vyvoda-na-polyus-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-4h2-prohodnaya-razvetvitelnaya-4-polyusa-s-montazhnoy-ploshchadkoy-1-vvod-2-vyvoda-na-polyus-blister-4-shtup-rexant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h4-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploshchadkoy-1-vvod-4-vyvoda-na-polyus-blister-4-shtup-rexant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421r-prohodnaya-razemnaya-1-polyus-seraya-0-2-2-54mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422r-prohodnaya-razemnaya-2-polyusa-seraya-0-2-2-54mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423r-prohodnaya-razemnaya-3-polyusa-seraya-0-2-2-54mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424r-prohodnaya-razemnaya-4-polyusa-seraya-0-2-2-54mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425r-prohodnaya-razemnaya-5-polyusov-seraya-0-2-2-54mm-blister-3-shtup-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-612221-612-2-provodnaya-seraya-0-5-46-mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-613221-613-3-provodnaya-seraya-0-5-46-mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-415-5-provodnaya-prozrachnaya-0-08-2-54-mm-40-sht-up-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h2-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploshchadkoy-1-vvod-2-vyvoda-na-polyus-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423-prohodnaya-3-polyusa-0-08-4-mm-seraya-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-54-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-prozrachnaya-0-08-2-54-mm-blister-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h2-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploshchadkoy-1-vvod-2-vyvoda-na-polyus-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421p-prohodnaya-1-polyus-s-montazhnoy-ploshchadkoy-0-08-4-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424p-prohodnaya-4-polyusa-s-montazhnoy-ploshchadkoy-0-08-4-mm-seraya-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-414-4-provodnaya-seraya-0-08-2-54-mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-54-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-prozrachnaya-0-08-2-54-mm-blister-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425-prohodnaya-5-polyusov-0-08-4mm-seraya-30-sht-up-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-4h2-prohodnaya-razvetvitelnaya-4-polyusa-s-montazhnoy-ploschadkoy-1-vvod-2-vyvoda-na-poly" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-615-221-615-5-provodnaya-seraya-0-5-4-6-mm-15-sht-up-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h2-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploshchadkoy-1-vvod-2-vyvoda-na-polyus-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-vlagozashchitnaya-gelevaya-dlya-klemm-smk-5-provodnyh-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423r-prohodnaya-razemnaya-3-polyusa-seraya-0-2-2-54mm-40-shtup-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-54-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-613-221-613-3-provodnaya-seraya-0-5-4-6-mm-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-418-8-provodnaya-seraya-0-08-2-5-4mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h3-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploshchadkoy-1-vvod-3-vyvoda-na-polyus-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-413-3-provodnaya-do-4-0-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422p-prohodnaya-2-polyusa-s-montazhnoy-ploshchadkoy-0-08-4-mm-seraya-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-415-5-provodnaya-do-4-0-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h2-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploshchadkoy-1-vvod-2-vyvoda-na-polyus-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421-prohodnaya-1-polyus-0-08-4-mm-seraya-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421p-prohodnaya-1-polyus-s-montazhnoy-ploshchadkoy-0-08-4-mm-seraya-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-vlagozashchitnaya-gelevaya-dlya-klemm-smk-2-provodnyh-rexant" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-prozrachnaya-0-08-2-54-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h3-prohodnaya-razvetvitelnaya-2-polyusa-s-montazhnoy-ploshchadkoy-1-vvod-3-vyvoda-na-polyus-rexant" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421r-prohodnaya-razemnaya-1-polyus-seraya-0-2-2-54mm-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424-prohodnaya-4-polyusa-0-08-4mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-prozrachnaya-0-08-2-54-mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422r-prohodnaya-razemnaya-2-polyusa-seraya-0-2-2-54mm-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-vlagozashchitnaya-gelevaya-dlya-klemm-smk-3-provodnyh-rexant" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-412-2-provodnaya-seraya-0-08-2-54-mm-blister-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-54-mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-kompaktnaya-klemma-smk-221-412-2-provodnaya-do-4-0-mm-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422-prohodnaya-2-polyusa-0-08-4-mm-seraya-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-seraya-0-08-2-54-mm-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423p-prohodnaya-3-polyusa-s-montazhnoy-ploshchadkoy-0-08-4-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425p-prohodnaya-5-polyusov-s-montazhnoy-ploshchadkoy-0-08-4-mm-seraya-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnaya-klemma-smk-222-413-3-provodnaya-prozrachnaya-0-08-2-54-mm-blister-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h3-prohodnaya-razvetvitelnaya-3-polyusa-s-montazhnoy-ploshchadkoy-1-vvod-3-vyvoda-na-polyus-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-203-3-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-243-3-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-206-6-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-246-6-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-306-6-provodnaya-do-2-5-mm-seraya-blister-5sht-rexant" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-244-4-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-308-8-provodnaya-do-2-5-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-203r-prohodnaya-razemnaya-3-polyusa-0-5-2-5mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-304-4-provodnaya-do-2-5-mm-seraya-blister-5sht-rexant" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-242-2-provodnaya-0-5-2-5-mm-prozrachnaya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-243-3-provodnaya-0-5-2-5-mm-prozrachnaya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-208-8-provodnaya-0-5-2-5-mm-prozrachnaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-202r-prohodnaya-razemnaya-2-polyusa-0-5-2-5mm-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-202-2-provodnaya-0-5-2-5-mm-prozrachnaya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-204-4-provodnaya-0-5-2-5-mm-prozrachnaya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-205-5-provodnaya-0-5-2-5-mm-prozrachnaya-blister-5-sht-up" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-245-5-provodnaya-0-5-2-5-mm-prozrachnaya-blister-6-sht-up" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-208-8-provodnaya-0-5-2-5-mm-prozrachnaya-blister-6-sht-up" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-248-8-provodnaya-0-5-2-5-mm-prozrachnaya-blister-6-sht-up" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-244-4-provodnaya-0-5-2-5-mm-prozrachnaya-blister-20-sht-up" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-203r-prohodnaya-razemnaya-3-polyusa-0-5-2-5mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-242-2-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-308-8-provodnaya-do-2-5-mm-seraya-blister-5sht-rexant" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-308-8-provodnaya-do-2-5-mm-seraya-blister-10sht-rexant" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-245-5-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-304-4-provodnaya-do-2-5-mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-306-6-provodnaya-do-2-5-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-rexant-smk-2273-248-8-provodnaya-0-5-2-5-mm-prozrachnaya-50-sht-up" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-606-s-pastoy-6-provodnaya-0-75-4-mm-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-202r-prohodnaya-razemnaya-2-polyusa-0-5-2-5mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x3r-prohodnaya-razemnaya-3-polyusa-3h2-provodnaya-0-5-2-5mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-302-2-provodnaya-do-2-5-mm-seraya-blister-5sht-rexant" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-174-s-pastoy-4-provodnaya-0-75-6-mm-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-s-pastoy-smk-773-302-2-provodnaya-do-2-5-mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x2r-prohodnaya-razemnaya-2-polyusa-2h2-provodnaya-0-5-2-5mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-602-s-pastoy-2-provodnaya-0-75-4-mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-174-s-pastoy-4-provodnaya-0-75-6-mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-604-s-pastoy-4-provodnaya-0-75-4-mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-602-s-pastoy-2-provodnaya-0-75-4-mm-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x3r-prohodnaya-razemnaya-3-polyusa-3h2-provodnaya-0-5-2-5mm-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-2273-2x2r-prohodnaya-razemnaya-2-polyusa-2h2-provodnaya-0-5-2-5mm-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-202-2-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-204-4-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-606-s-pastoy-6-provodnaya-0-75-4-mm-blister-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-rexant-smk-2273-205-5-provodnaya-0-5-2-5-mm-prozrachnaya-100-sht-up" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ekspress-klemma-smk-773-604-s-pastoy-4-provodnaya-0-75-4-mm-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/peremychka-dlya-klemm-smk-222-621d-6-mm-10pin-rexant" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h2d-prohodnaya-razvetvitelnaya-2-polyusa-na-din-reyku-0-08-4-mm-1-vvod-2-vyvoda-na-polyus-seraya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/peremychka-dlya-klemm-smk-222-221d-10pin-rexant" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421d-prohodnaya-1-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424d-prohodnaya-4-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425d-prohodnaya-5-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-seraya-4-sht-up-rexant" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h2d-prohodnaya-razvetvitelnaya-3-polyusa-na-din-reyku-0-08-4-mm-1-vvod-2-vyvoda-na-polyus-seraya-20-shtup-rexant" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/peremychka-dlya-klemm-smk-222-421d-10pin-rexant" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-2h3d-prohodnaya-razvetvitelnaya-2-polyusa-na-din-reyku-0-08-4-mm-1-vvod-3-vyvoda-na-polyus-seraya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-621-pt-6-3-vyvoda-rychag-push-in-na-din-reyku-1-6-mm-seraya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-424d-prohodnaya-4-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-seraya-4-sht-up-rexant" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-dlya-klemm-smk-222-421d-bez-simvolov-rexant" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-dlya-klemm-smk-bez-simvolov-6-10-mm-rexant" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422d-prohodnaya-2-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-221d222-2411-analog-222-4111d-prohodnaya-1-polyusnaya-na-din-reyku-0-2-2-5-mm-seraya-60-sht-up-rexant" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421-pt-4-3-vyvoda-rychag-push-in-na-din-reyku-0-5-4-mm-seraya-40-shtup-rexant" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-421d-prohodnaya-1-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-seraya-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-3h3d-prohodnaya-razvetvitelnaya-3-polyusa-na-din-reyku-0-08-4-mm-1-vvod-3-vyvoda-na-polyus-seraya-15-shtup-rexant" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-425d-prohodnaya-5-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-seraya-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/markery-dlya-klemm-smk-222-221d-bez-simvolov-2-5-4-mm-rexant" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-621d-prohodnaya-1-polyusnaya-na-din-reyku-1-6-mm-seraya-60-shtup-rexant" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-2521d-prohodnaya-1-polyusnaya-na-din-reyku-6-25-mm-seraya-30-shtup-rexant" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423d-prohodnaya-3-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-422d-prohodnaya-2-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-seraya-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-smk-222-423d-prohodnaya-3-polyusnaya-s-krepleniem-na-din-reyku-0-08-4-mm-seraya-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-4-2-6-2-5mm-4mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-5-5-10mm-5mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-8-8-25mm-8mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-10-8-25mm-10mm-gost-7386-80-v-upak-100sht-rexant" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-8-10-35mm-8mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-12-11-50mm-12mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-70-10-13-70mm-10mm-gost-7386-80-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-70-12-13-70mm-12mm-gost-7386-80-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-120-16-17-120mm-16mm-gost-7386-80-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-5-2-6-2-5mm-5mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-8-5-10mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-6-8-25mm-6mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-10-8-25mm-10mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-10-11-50mm-10mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-185-16-21-185mm-16mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-8-7-25mm-8mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-4-2-5mm-4mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-6-5-6mm-5mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-10-8-10mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-6-25mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-8-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-10-9-35mm-10mm-gost-7386-80-v-upak-50sht-rexant" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-95-12-15-95mm-12mm-gost-7386-80-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-8-7-25mm-8mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-8-11-50mm-8mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-8-11-50mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-4-2-5mm-4mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-5-2-5mm-5mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-6-2-5mm-6mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-2-5-6-2-5mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-4-5-4mm-5mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-4-6-4mm-6mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-4-6-4mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-6-5-6mm-5mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-6-6-6mm-6mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-6-6-6mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-10-6-10mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-10-6-10mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-10-8-10mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-16-6-16mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-16-6-16mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-16-8-16mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-16-8-16mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-6-25mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-8-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-10-25mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-25-10-25mm-10mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-35-8-35mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-35-8-35mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-35-10-35mm-10mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-50-10-50mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-r-50-10-50mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-6-2-6-2-5mm-6mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-8-5-10mm-8mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-16-6-6-16mm-6mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-120-12-17-120mm-12mm-gost-7386-80-v-upak-20sht-rexant" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-6-2-6-2-5mm-6mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-4-6-3-4mm-6mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-6-5-4-6mm-5mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-16-8-6-16mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-8-8-25mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-8-9-35mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-12-11-50mm-12mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-95-12-15-95mm-12mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-150-12-19-150mm-12mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-5-5-10mm-5mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-16-6-6-16mm-6mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-12-9-35mm-12mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-8-10-35mm-8mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-10-10-35mm-10mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-12-10-35mm-12mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-70-12-13-70mm-12mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-12-10-35mm-12mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-120-16-17-120mm-16mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-150-16-19-150mm-16mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-240-16-24-240mm-16mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-6-5-10mm-6mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-70-10-13-70mm-10mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-6-6-4-6mm-6mm-gost-7386-80-v-upak-100sht-rexant" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-4-2-6-2-5mm-4mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-4-5-3-4mm-5mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-50-10-11-50mm-10mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-25-6-8-25mm-6mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-6-6-4-6mm-6mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-10-9-35mm-10mm-gost-7386-80-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-8-9-35mm-8mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-16-8-6-16mm-8mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-2-5-5-2-6-2-5mm-5mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-95-10-15-95mm-10mm-gost-7386-80-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-4-5-3-4mm-5mm-gost-7386-80-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-120-12-17-120mm-12mm-gost-7386-80-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-4-6-3-4mm-6mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-6-5-4-6mm-5mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-10-6-5-10mm-6mm-gost-7386-80-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-35-10-10-35mm-10mm-gost-7386-80-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-13-mm-120-mm-tml-din-120-12" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-13-mm-150-mm-tml-din-150-12" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-koltsevoy-rexant-nk-8-4-mm-50-mm-tml-din-50-8" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-7-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-9-35mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-9-35mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-10-35mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-8-11-50mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-8-11-50mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-10-13-70mm-13mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-10-13-70mm-13mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-8-5-10mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-10-8-25mm-10mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-10-35mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-6-4-6mm-6mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-6-5-10mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-8-5-10mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-8-6-16mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-5-4-6mm-5mm-v-upak-100sht-rexant" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-10-35mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-12-11-50mm-11mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-12-11-50mm-11mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-10-6-5-10mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-5-4-6mm-5mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-10-8-25mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-10-35mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-6-6-16mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-8-6-16mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-10-9-35mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-12-13-70mm-12mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-6-6-4-6mm-6mm-v-upak-100sht-rexant" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-12-10-35mm-12mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-8-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-120-12-17-120mm-12mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-150-16-19-150mm-16mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-240-16-24-240mm-16mm-v-upak-5-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-7-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-25-8-8-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-8-9-35mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-70-12-13-70mm-12mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-10-11-50mm-11mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-35-12-10-35mm-8mm-v-upak-50sht-rexant" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-95-10-15-95mm-10mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-16-6-6-16mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-tm-50-10-11-50mm-11mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-35-10-8-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-nsha-35-20-v-upak-30-sht-rexant" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-luzhenyy-nshal-35-20-v-upak-30-sht-rexant" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-240-20-20-v-upak-10-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-16-8-5-4-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-185-16-19-v-upak-10-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-70-10-12-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-luzhenyy-nshal-16-14-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-luzhenyy-nshal-25-15-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-25-8-7-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyuminievyy-ta-95-12-13-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-alyuminievyy-nsha-16-14-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyumomednyy-tam-50-10-9-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyumomednyy-tam-70-10-12-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-alyumomednyy-tam-35-10-8-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-35-9-35mm-9mm-gost-23469-3-79-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-4-3-4mm-3mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-10-5-10mm-5mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-6-4-6mm-4mm-gost-23469-3-79-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-95-15-95-mm-15-mm-gost-23469-3-79-v-upak-2-sht-rexant" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-4-3-4mm-3mm-gost-23469-3-79-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-25-8-25mm-8mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-35-10-35mm-10mm-gost-23469-3-79-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-2-5-2-6-2-5mm-2-6mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-50-11-50mm-11mm-gost-23469-3-79-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-16-6-16mm-6mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-10-5-10mm-5mm-gost-23469-3-79-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-50-11-50mm-11mm-gost-23469-3-79-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-6-4-6mm-4mm-gost-23469-3-79-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-2-5-2-6-2-5mm-2-6mm-gost-23469-3-79-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-16-6-16mm-6mm-gost-23469-3-79-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-25-8-25mm-8mm-gost-23469-3-79-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-luzhenaya-gml-35-10-35mm-10mm-gost-23469-3-79-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-21mm-10mm-gml-din-10-rexant" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-0-5-1-5mm-gml-din-1-5-rexant" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-1-5-2-5mm-gml-din-2-5-rexant" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-26mm-16mm-gml-din-16-rexant" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-0-5-1-5mm-gml-din-1-5-bn1-25-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-4-6mm-gml-din-6-rexant" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnaya-gilza-l-15mm-2-5-4mm-gml-din-4-rexant" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-35-10-35mm-10mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-2-5-2-6-2-5mm-2-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-4-3-4mm-3mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-6-4-6mm-4mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-16-6-16mm-6mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-70-13-70mm-13mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-10-5-10mm-5mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-185-21-185mm-21mm-v-upak-10-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-120-17-120mm-17mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-35-10-35mm-10mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-150-19-150mm-19mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-25-8-25mm-8mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-16-6-16mm-6mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-10-5-10mm-5mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-25-8-25mm-8mm-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-4-3-4mm-3mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-mednaya-gm-6-4-6mm-4mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-mednaya-gm-240-24-240mm-24mm-v-upak-5-sht-rexant-pod-zakaz" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-10-7h13-10mm-7mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-16-5-5h14-16mm-5-5mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-16-7h14-16mm-7mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-35-7h20-35mm-7mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-6-5-5h12-6mm-5-5mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-10-5-5h13-10mm-5-5mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-25-7h15-25mm-7mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-shtiftovoy-mednyy-luzhenyy-nshml-50-7h20-50mm-7mm-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-4sb-1-005-25-50-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-2sb-0-005-10-25-v-upak-20-sht-rexant" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-4sb-2-005-70-120-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-boltovoy-4sb-3-005-150-240-v-upak-3-sht-rexant" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-16-5-4-16mm-5-4mm-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-25-7-25mm-7mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-120-14-120mm-14mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-70-12-70mm-12mm-v-upak-25-sht-rexant" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-35-8-35mm-8mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/gilza-kabelnaya-alyuminievaya-ga-50-9-50mm-9mm-v-upak-50-sht-rexant" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-uglovoy-90-25-8-8-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakonechnik-mednyy-luzhenyy-tml-uglovoy-90-16-8-6-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-2411-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-2813-v-upak-10-sht-rexant" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-4017-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-2411-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-4021-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shayba-alyumomednaya-sham-2813-v-upak-100-sht-rexant" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-6-6a-6-mm-individualnaya-upakovka-1-shtup-proconnect" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-4-proconnect-3a-4-mm-pp-polipropilen-chernaya-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-10-10a-10-mm-individualnaya-upakovka-1-shtup-proconnect" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-12-16a-12-mm-individualnaya-upakovka-1-shtup-proconnect" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polietilen-belyy-individualnaya-upakovka-1-sht-zvi-rexant" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-40-25-40-mm-tok-100-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polipropilen-chernyy-zvi-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-6-2-5-6-tok-6-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polipropilen-chernyy-zvi-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polietilen-belyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-vintovaya-kv-6-6a-2-5-6mm-polipropilen-siniy-zvi-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-chernyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-individualnaya-upakovka-1-sht-zvi-rexant" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polipropilen-chernyy-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polipropilen-chernyy-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-siz-1-2-7-mm-1-0-2-75-mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-siz-2-3-0-mm-1-0-3-75-mm-siniy-rexant" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-11-9-8-mm-1-8-5-mm-zheltyy-100-sht-up" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-15-14-9-mm-4-16-mm-seryy-50-sht-up" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-zazemleniya-s-lepestkami-siz-99-12-mm-5-16-mm-zelenyy-100" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-s-lepestkami-siz-11-9-8-mm-1-8-5-mm-zheltyy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-siz-5-5-4-mm-3-0-17-0-mm-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-siz-3-3-3-mm-1-5-5-75-mm-oranzhevyy-rexant" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-siz-4-4-8-mm-1-5-10-5-mm-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-2-1-0-4-5-mm-siniy-10-sht" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-4-1-5-9-5-mm-zheltyy-10-sht" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-siz-5-5-4-mm-4-0-13-0-mm-krasnyy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-s-lepestkami-siz-12-11-2-mm-1-12-75-mm-korichnevyy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-s-lepestkami-siz-13-13-mm-1-5-16-mm-krasnyy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-s-lepestkami-siz-17-17-8-mm-5-32-mm-siniy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-13-13-mm-1-5-16-mm-krasnyy-100-sht-up" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-1-1-0-3-0-mm-seryy-5-sht" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-4-1-5-9-5-mm-zheltyy-5-sht" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-3-1-5-6-mm-oranzhevyy-5-sht" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-1-1-0-3-0-mm-seryy-10-sht" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-17-17-8-mm-5-32-mm-siniy-50-sht-up" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-s-lepestkami-siz-15-14-9-mm-4-16-mm-seryy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-3-1-5-6-mm-oranzhevyy-10-sht" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-12-11-2-mm-1-12-75-mm-korichnevyy-100-sh" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-1-2-8-mm-1-0-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-5-4-0-mm-2-5-5-5-mm-rexant" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-6-4-8-mm-3-0-8-0-mm-rexant" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-2-3-0-mm-1-5-4-0-mm-rexant" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-7-5-5-mm-8-0-10-0-mm-rexant" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-10-mm-5h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-16-mm-5h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-4-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-6-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-4-mm-5h1-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-2-5-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-16-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-1-5-mm-5h1-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-2-5-mm-5h1-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-6-mm-5h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-1-5-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-10-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-101-dlya-svetilnika-na-1-provodnik-0-2-2-50-14-2-5-mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-112-dlya-svetilnika-na-2-provodnika-0-2-2-50-14-2-5-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-201-dlya-svetilnika-na-gibkie-provodniki-0-2-2-50-14-2-5-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-112-dlya-svetilnika-na-2-provodnika-1-0-2-50-5-2-5-mm-belaya-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-101-dlya-svetilnika-na-1-provodnik-1-0-2-50-5-2-5-mm-seraya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-201-dlya-svetilnika-na-2-provodnika-1-0-2-50-5-2-5-mm-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-4-mm-2-pary-kontaktov-s-krepezhnym-otverstiem-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-10-mm-3-pary-kontaktov-s-krepezhnym-otverstiem-84-sht-up-rexant" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-12-mm-2-pary-kontaktov-s-krepezhnym-otverstiem-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-16-mm-3-pary-kontaktov-s-krepezhnym-otverstiem-rexant-45-sht-up" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-10-mm-2-pary-kontaktov-s-krepezhnym-otverstiem-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-12-mm-3-pary-kontaktov-s-krepezhnym-otverstiem-45-sht-up-rexant" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-16-mm-2-pary-kontaktov-s-krepezhnym-otverstiem-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-4-mm-3-pary-kontaktov-s-krepezhnym-otverstiem-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-0-5-0-75-mm-ov-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-0-5-1-0-mm-ov-1-zpo-1-0-5-1-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-1-0-2-5-mm-ov-2zpo-1-1-0-2-5-siniy-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-4-0-6-0-mm-ov-3-zpo-1-4-0-6-0-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-0-5-1-0-mm-ov-1zpo-1-0-5-1-5-krasnyy-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-1-0-2-5-mm-ov-2-zpo-1-1-0-2-5-siniy-rexant" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-731m-4-101-5-10-mm-ip20-szhim-oreh-rexant" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-733m-16-351-5-10-mm-ip20-szhim-oreh-rexant" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-859m-50-704-35-mm-ip20-szhim-oreh-rexant" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-739m-4-101-5-2-5-mm-ip20-szhim-oreh-rexant" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-734m-16-3516-25-mm-ip20-szhim-oreh-rexant" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-3-polyusnaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-4-polyusnaya-s-montazhnymi-nozhkami-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-5-polyusnaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-4-polyusnaya-s-zazemleniem-i-s-montazhnymi-nozhkami-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-5-polyusnaya-s-zazemleniem-i-s-montazhnymi-nozhkami-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-2-polyusnaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-2-polyusnaya-s-montazhnymi-nozhkami-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-3-polyusnaya-s-montazhnymi-nozhkami-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-4-polyusnaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-3-polyusnaya-s-zazemleniem-i-s-montazhnymi-nozhkami-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-5-polyusnaya-s-montazhnymi-nozhkami-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-konnektor-i-obraznyy-3pin-0-5-1-5mm2-ip68-rexant" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-konnektor-i-obraznyy-3pin-0-5-2-5mm2-ip68-rexant" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-konnektor-t-obraznyy-3pin-0-5-2-5mm2-ip68-rexant" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-konnektor-i-obraznyy-5pin-ip68-rexant" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-vtulochnyh-nakonechnikov-dvoynyh-nshvi2-2h0-75-mm-2h1-mm-2h1-5-mm-2h2-5-mm-v-bokse-te-200-rexant" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-vtulochnyh-nakonechnikov-nshvi-0-5-mm-0-75-mm-1-mm-1-5-mm-2-5-mm-v-bokse-e-400-rexant" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-nakonechnikov-i-klemm-universalnyy-nki-nvi-rpip-rpim-it-300-rexant" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-kabel-2pin-germetichnyy-ip67-2h1-0mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-kabel-2pin-germetichnyy-ip67-2h0-35mm-prozrachnyy-rexant" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-kabel-3pin-germetichnyy-ip67-3h0-5mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-kabel-2pin-germetichnyy-ip67-2h0-35-mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-kabel-5pin-germetichnyy-ip67-5h0-5mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-kabel-4pin-germetichnyy-ip67-4h0-75mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-208-ekspress-klemma-8-provodnaya-do-2-5-mm-50-sht-up-wago" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-413-universalnaya-klemma-3-provodnaya-seraya-0-08-2-54-mm-50-shtup-wago" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-415-universalnaya-kompaktnaya-klemma-5-kontaktnaya-do-4-0-mm-25-sht-up-wago" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-248-ekspress-klemma-s-pastoy-8-provodnaya-do-2-5-mm-50-sht-up-wago" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-202-ekspress-klemma-2-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-412-universalnaya-klemma-2-provodnaya-seraya-0-08-2-5-4-mm-50-sht-up-wago" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-413-universalnaya-kompaktnaya-klemma-3-kontaktnaya-do-4-0-mm-50-shtup-wago" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-204-ekspress-klemma-4-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-203-ekspress-klemma-3-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-205-ekspress-klemma-5-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-415-universalnaya-klemma-5-provodnaya-seraya-0-08-2-54-mm-40-shtup-wago" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-244-ekspress-klemma-s-pastoy-4-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-245-ekspress-klemma-s-pastoy-5-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-412-universalnaya-kompaktnaya-klemma-2-kontaktnaya-do-4-0-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-205-ekcpress-klemma-5-provodnaya-do-2-5-mm-20-shtup-wago" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-244-ekcpress-klemma-s-pastoy-4-provodnaya-do-2-5-mm-20-shtup-wago" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-202-ekcpress-klemma-2-provodnaya-do-2-5-mm-5-sht-up-wago" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-203-ekcpress-klemma-3-provodnaya-do-2-5-mm-5-sht-up-wago" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-204-ekcpress-klemma-4-provodnaya-do-2-5-mm-5-sht-up-wago" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-205-ekcpress-klemma-5-provodnaya-do-2-5-mm-5-sht-up-wago" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-415-universalnaya-kompaktnaya-klemma-5-kontaktnaya-do-4-0-mm-5-shtup-wago" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-412-universalnaya-kompaktnaya-klemma-2-kontaktnaya-do-4-0-mm-5-shtup-wago" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-248-ekcpress-klemma-s-pastoy-8-provodnaya-do-2-5-mm-6-shtup-wago" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-245-ekcpress-klemma-s-pastoy-5-provodnaya-do-2-5-mm-20-shtup-wago" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-245-ekcpress-klemma-s-pastoy-5-provodnaya-do-2-5-mm-6-shtup-wago" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-202-ekcpress-klemma-2-provodnaya-do-2-5-mm-20-shtup-wago" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-413-universalnaya-kompaktnaya-klemma-3-kontaktnaya-do-4-0-mm-20-shtup-wago" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-242-ekcpress-klemma-s-pastoy-2-provodnaya-do-2-5-mm-20-shtup-wago" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-204-ekcpress-klemma-4-provodnaya-do-2-5-mm-20-shtup-wago" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-413-universalnaya-klemma-3-provodnaya-seraya-0-08-2-54-mm-20-shtup-wago" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-244-ekcpress-klemma-s-pastoy-4-provodnaya-do-2-5-mm-6-shtup-wago" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-203-ekcpress-klemma-3-provodnaya-do-2-5-mm-20-shtup-wago" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-412-universalnaya-kompaktnaya-klemma-2-kontaktnaya-do-4-0-mm-20-shtup-wago" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-413-universalnaya-kompaktnaya-klemma-3-kontaktnaya-do-4-0-mm-5-shtup-wago" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-412-universalnaya-klemma-2-provodnaya-seraya-0-08-2-54-mm-20-shtup-wago" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-204-ekcpress-klemma-4-provodnaya-do-2-5-mm-6-shtup-wago" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-208-ekcpress-klemma-8-provodnaya-do-2-5-mm-6-shtup-wago" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I837"/>
+  <dimension ref="A1:I806"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -5458,23604 +5275,22720 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>4.6</v>
+        <v>14</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>136290</v>
+        <v>12700</v>
       </c>
       <c r="G5" s="3">
         <v>100</v>
       </c>
       <c r="H5" s="3">
-        <v>10000</v>
+        <v>6000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>110.4</v>
+        <v>15.35</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>14300</v>
       </c>
       <c r="G6" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H6" s="3">
-        <v>80</v>
+        <v>6000</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="3">
-        <v>158.63</v>
+        <v>12.04</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>13800</v>
       </c>
       <c r="G7" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H7" s="3">
-        <v>80</v>
+        <v>10000</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>7.87</v>
+        <v>16.66</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>14100</v>
+        <v>15700</v>
       </c>
       <c r="G8" s="3">
         <v>100</v>
       </c>
       <c r="H8" s="3">
-        <v>10000</v>
+        <v>4800</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>4.2</v>
+        <v>12</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>35500</v>
+        <v>13600</v>
       </c>
       <c r="G9" s="3">
         <v>100</v>
       </c>
       <c r="H9" s="3">
-        <v>12000</v>
+        <v>4800</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>6.56</v>
+        <v>4.2</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>83200</v>
+        <v>10400</v>
       </c>
       <c r="G10" s="3">
         <v>100</v>
       </c>
       <c r="H10" s="3">
-        <v>10000</v>
+        <v>6000</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B11" s="3" t="s">
+      <c r="C11" s="3">
+        <v>85.78</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="C11" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>14700</v>
+        <v>49</v>
       </c>
       <c r="G11" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>15000</v>
+        <v>10</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>6.74</v>
+        <v>107.1</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F12" s="3">
-        <v>20700</v>
+        <v>157</v>
       </c>
       <c r="G12" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>12000</v>
+        <v>10</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>6.47</v>
+        <v>122.17</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F13" s="3">
-        <v>31000</v>
+        <v>247</v>
       </c>
       <c r="G13" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>124.38</v>
+        <v>9.11</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>300</v>
+        <v>13850</v>
       </c>
       <c r="G14" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H14" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I14" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>85.78</v>
+        <v>9.83</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>116</v>
+        <v>10900</v>
       </c>
       <c r="G15" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H15" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I15" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>122.17</v>
+        <v>11.25</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>292</v>
+        <v>10300</v>
       </c>
       <c r="G16" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H16" s="3">
-        <v>10</v>
+        <v>15000</v>
       </c>
       <c r="I16" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>11.25</v>
+        <v>87.13</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F17" s="3">
-        <v>11400</v>
+        <v>97</v>
       </c>
       <c r="G17" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>15000</v>
+        <v>10</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>4.2</v>
+        <v>111.6</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F18" s="3">
-        <v>10500</v>
+        <v>88</v>
       </c>
       <c r="G18" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>6000</v>
+        <v>10</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>107.1</v>
+        <v>100.85</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F19" s="3">
-        <v>88</v>
+        <v>189</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>10</v>
       </c>
       <c r="I19" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>91.38</v>
+        <v>111.3</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F20" s="3">
-        <v>473</v>
+        <v>184</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>100.85</v>
+        <v>94.01</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F21" s="3">
-        <v>51</v>
+        <v>402</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>10</v>
       </c>
       <c r="I21" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>111.3</v>
+        <v>126.05</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F22" s="3">
-        <v>126</v>
+        <v>77</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>94.01</v>
+        <v>144.96</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F23" s="3">
-        <v>467</v>
+        <v>159</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>10</v>
       </c>
       <c r="I23" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>111.6</v>
+        <v>124.38</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F24" s="3">
-        <v>188</v>
+        <v>226</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>10</v>
       </c>
       <c r="I24" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>144.96</v>
+        <v>155.5</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F25" s="3">
-        <v>158</v>
+        <v>285</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>10</v>
       </c>
       <c r="I25" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>155.5</v>
+        <v>6.47</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>217</v>
+        <v>38900</v>
       </c>
       <c r="G26" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H26" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I26" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3">
-        <v>12</v>
+        <v>6.41</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>14200</v>
+        <v>33400</v>
       </c>
       <c r="G27" s="3">
         <v>100</v>
       </c>
       <c r="H27" s="3">
-        <v>4800</v>
+        <v>9600</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3">
-        <v>14</v>
+        <v>7.87</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>14200</v>
+        <v>12100</v>
       </c>
       <c r="G28" s="3">
         <v>100</v>
       </c>
       <c r="H28" s="3">
-        <v>6000</v>
+        <v>10000</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>15.35</v>
+        <v>5.38</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>16800</v>
+        <v>18700</v>
       </c>
       <c r="G29" s="3">
         <v>100</v>
       </c>
       <c r="H29" s="3">
-        <v>6000</v>
+        <v>7200</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3">
-        <v>12.04</v>
+        <v>7.55</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>14800</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>100</v>
       </c>
       <c r="H30" s="3">
         <v>10000</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3">
-        <v>16.66</v>
+        <v>2.3</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>16800</v>
+        <v>326900</v>
       </c>
       <c r="G31" s="3">
         <v>100</v>
       </c>
       <c r="H31" s="3">
-        <v>4800</v>
+        <v>30000</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>126.05</v>
+        <v>2.56</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>127</v>
+        <v>62800</v>
       </c>
       <c r="G32" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H32" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I32" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>87.13</v>
+        <v>2.99</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>113</v>
+        <v>316000</v>
       </c>
       <c r="G33" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H33" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I33" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3">
-        <v>9.11</v>
+        <v>3.28</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>14400</v>
+        <v>123900</v>
       </c>
       <c r="G34" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H34" s="3">
-        <v>2000</v>
+        <v>20000</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3">
-        <v>5.45</v>
+        <v>2.82</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>7300</v>
+        <v>240100</v>
       </c>
       <c r="G35" s="3">
         <v>100</v>
       </c>
       <c r="H35" s="3">
-        <v>12000</v>
+        <v>30000</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="3">
-        <v>9.83</v>
+        <v>3.3</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>11050</v>
+        <v>392400</v>
       </c>
       <c r="G36" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H36" s="3">
-        <v>2000</v>
+        <v>20000</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="3">
-        <v>2.3</v>
+        <v>2.43</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>352900</v>
+        <v>30500</v>
       </c>
       <c r="G37" s="3">
         <v>100</v>
       </c>
       <c r="H37" s="3">
-        <v>30000</v>
+        <v>24000</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="3">
-        <v>4.42</v>
+        <v>3.32</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>7400</v>
+        <v>100000</v>
       </c>
       <c r="G38" s="3">
         <v>100</v>
       </c>
       <c r="H38" s="3">
-        <v>9600</v>
+        <v>30000</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="3">
-        <v>5.51</v>
+        <v>2.85</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>10100</v>
+        <v>113300</v>
       </c>
       <c r="G39" s="3">
         <v>100</v>
       </c>
       <c r="H39" s="3">
-        <v>12000</v>
+        <v>20000</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="3">
-        <v>6.41</v>
+        <v>4.72</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>38700</v>
+        <v>7600</v>
       </c>
       <c r="G40" s="3">
         <v>100</v>
       </c>
       <c r="H40" s="3">
-        <v>9600</v>
+        <v>30000</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="B41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="3">
-        <v>5.38</v>
+        <v>4.34</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>19600</v>
+        <v>149700</v>
       </c>
       <c r="G41" s="3">
         <v>100</v>
       </c>
       <c r="H41" s="3">
-        <v>7200</v>
+        <v>10000</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="3">
-        <v>7.55</v>
+        <v>4.99</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>700</v>
+        <v>23500</v>
       </c>
       <c r="G42" s="3">
         <v>100</v>
       </c>
       <c r="H42" s="3">
-        <v>10000</v>
+        <v>20000</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="3">
-        <v>2.56</v>
+        <v>4.65</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>122400</v>
+        <v>175400</v>
       </c>
       <c r="G43" s="3">
         <v>100</v>
       </c>
       <c r="H43" s="3">
-        <v>20000</v>
+        <v>16000</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3">
-        <v>2.99</v>
+        <v>3.78</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>238600</v>
+        <v>55200</v>
       </c>
       <c r="G44" s="3">
         <v>100</v>
       </c>
       <c r="H44" s="3">
         <v>20000</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>3.28</v>
+        <v>3.98</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>137800</v>
+        <v>16600</v>
       </c>
       <c r="G45" s="3">
         <v>100</v>
       </c>
       <c r="H45" s="3">
-        <v>20000</v>
+        <v>16000</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="3">
-        <v>2.82</v>
+        <v>4.6</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>162600</v>
+        <v>121190</v>
       </c>
       <c r="G46" s="3">
         <v>100</v>
       </c>
       <c r="H46" s="3">
-        <v>30000</v>
+        <v>10000</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C47" s="3">
-        <v>3.3</v>
+        <v>4.72</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>293101</v>
+        <v>67800</v>
       </c>
       <c r="G47" s="3">
         <v>100</v>
       </c>
       <c r="H47" s="3">
-        <v>20000</v>
+        <v>9600</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="3">
-        <v>4.05</v>
+        <v>91.38</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F48" s="3">
-        <v>110900</v>
+        <v>351</v>
       </c>
       <c r="G48" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>16000</v>
+        <v>10</v>
       </c>
       <c r="I48" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>3.04</v>
+        <v>5.51</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>29500</v>
+        <v>7100</v>
       </c>
       <c r="G49" s="3">
         <v>100</v>
       </c>
       <c r="H49" s="3">
-        <v>24000</v>
+        <v>12000</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>2.43</v>
+        <v>6.74</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>35800</v>
+        <v>37500</v>
       </c>
       <c r="G50" s="3">
         <v>100</v>
       </c>
       <c r="H50" s="3">
-        <v>24000</v>
+        <v>20000</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>2.59</v>
+        <v>4.05</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>107400</v>
+        <v>69900</v>
       </c>
       <c r="G51" s="3">
         <v>100</v>
       </c>
       <c r="H51" s="3">
-        <v>20000</v>
+        <v>16000</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>3.32</v>
+        <v>3.04</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>104800</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>100</v>
       </c>
       <c r="H52" s="3">
-        <v>30000</v>
+        <v>24000</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="3">
-        <v>2.83</v>
+        <v>2.59</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="3">
-        <v>88300</v>
+        <v>135400</v>
       </c>
       <c r="G53" s="3">
         <v>100</v>
       </c>
       <c r="H53" s="3">
         <v>20000</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="3">
-        <v>2.85</v>
+        <v>2.83</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>144400</v>
+        <v>120900</v>
       </c>
       <c r="G54" s="3">
         <v>100</v>
       </c>
       <c r="H54" s="3">
         <v>20000</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3">
-        <v>4.72</v>
+        <v>3.6</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>26200</v>
+        <v>119700</v>
       </c>
       <c r="G55" s="3">
         <v>100</v>
       </c>
       <c r="H55" s="3">
-        <v>20000</v>
+        <v>24000</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>4.34</v>
+        <v>4.08</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>220100</v>
+        <v>11800</v>
       </c>
       <c r="G56" s="3">
         <v>100</v>
       </c>
       <c r="H56" s="3">
-        <v>10000</v>
+        <v>9600</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="B57" s="3" t="s">
+      <c r="C57" s="3">
+        <v>158.63</v>
+      </c>
+      <c r="D57" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E57" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="C57" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F57" s="3">
-        <v>36200</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H57" s="3">
-        <v>20000</v>
+        <v>80</v>
       </c>
       <c r="I57" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C58" s="3">
-        <v>4.65</v>
+        <v>4.2</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>218200</v>
+        <v>29800</v>
       </c>
       <c r="G58" s="3">
         <v>100</v>
       </c>
       <c r="H58" s="3">
-        <v>16000</v>
+        <v>12000</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C59" s="3">
-        <v>3.6</v>
+        <v>6.56</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>129200</v>
+        <v>75200</v>
       </c>
       <c r="G59" s="3">
         <v>100</v>
       </c>
       <c r="H59" s="3">
-        <v>24000</v>
+        <v>10000</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C60" s="3">
-        <v>3.78</v>
+        <v>3.19</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>19700</v>
+        <v>14300</v>
       </c>
       <c r="G60" s="3">
         <v>100</v>
       </c>
       <c r="H60" s="3">
-        <v>18000</v>
+        <v>15000</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C61" s="3">
-        <v>3.98</v>
+        <v>5.45</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>23200</v>
+        <v>4900</v>
       </c>
       <c r="G61" s="3">
         <v>100</v>
       </c>
       <c r="H61" s="3">
-        <v>16000</v>
+        <v>12000</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C62" s="3">
-        <v>4.72</v>
+        <v>4.42</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>74300</v>
+        <v>6600</v>
       </c>
       <c r="G62" s="3">
         <v>100</v>
       </c>
       <c r="H62" s="3">
         <v>9600</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C63" s="3">
-        <v>4.08</v>
+        <v>110.4</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>15</v>
+        <v>121</v>
       </c>
       <c r="F63" s="3">
-        <v>12700</v>
+        <v>0</v>
       </c>
       <c r="G63" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H63" s="3">
-        <v>9600</v>
+        <v>80</v>
       </c>
       <c r="I63" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="2" t="s">
         <v>134</v>
       </c>
       <c r="B64" s="2"/>
       <c r="C64" s="2"/>
       <c r="D64" s="2"/>
       <c r="E64" s="2"/>
       <c r="F64" s="2"/>
       <c r="G64" s="2"/>
       <c r="H64" s="2"/>
       <c r="I64" s="2"/>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C65" s="3">
-        <v>2.07</v>
+        <v>3.77</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>310500</v>
+        <v>3100</v>
       </c>
       <c r="G65" s="3">
         <v>100</v>
       </c>
       <c r="H65" s="3">
-        <v>20000</v>
+        <v>4000</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C66" s="3">
-        <v>3.41</v>
+        <v>138.35</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F66" s="3">
-        <v>297600</v>
+        <v>125</v>
       </c>
       <c r="G66" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I66" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C67" s="3">
-        <v>5.19</v>
+        <v>110.23</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F67" s="3">
-        <v>455900</v>
+        <v>152</v>
       </c>
       <c r="G67" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>40000</v>
+        <v>10</v>
       </c>
       <c r="I67" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C68" s="3">
-        <v>4.88</v>
+        <v>88.17</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F68" s="3">
-        <v>141100</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I68" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C69" s="3">
-        <v>110.23</v>
+        <v>101.39</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F69" s="3">
-        <v>0</v>
+        <v>155</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>10</v>
       </c>
       <c r="I69" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C70" s="3">
-        <v>1.86</v>
+        <v>113.01</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F70" s="3">
-        <v>219800</v>
+        <v>190</v>
       </c>
       <c r="G70" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>60000</v>
+        <v>10</v>
       </c>
       <c r="I70" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C71" s="3">
-        <v>2.36</v>
+        <v>110.02</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F71" s="3">
-        <v>36500</v>
+        <v>196</v>
       </c>
       <c r="G71" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I71" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C72" s="3">
-        <v>138.35</v>
+        <v>2.07</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>19</v>
+        <v>253400</v>
       </c>
       <c r="G72" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H72" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I72" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C73" s="3">
-        <v>2.82</v>
+        <v>3.41</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>163400</v>
+        <v>152100</v>
       </c>
       <c r="G73" s="3">
         <v>100</v>
       </c>
       <c r="H73" s="3">
         <v>20000</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C74" s="3">
-        <v>101.39</v>
+        <v>2.36</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>44</v>
+        <v>26000</v>
       </c>
       <c r="G74" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H74" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I74" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C75" s="3">
-        <v>88.17</v>
+        <v>5.19</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>73</v>
+        <v>364200</v>
       </c>
       <c r="G75" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H75" s="3">
-        <v>10</v>
+        <v>40000</v>
       </c>
       <c r="I75" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C76" s="3">
-        <v>110.02</v>
+        <v>4.88</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>453</v>
+        <v>116100</v>
       </c>
       <c r="G76" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H76" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I76" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C77" s="3">
-        <v>113.01</v>
+        <v>1.86</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>0</v>
+        <v>164100</v>
       </c>
       <c r="G77" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H77" s="3">
-        <v>10</v>
+        <v>60000</v>
       </c>
       <c r="I77" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C78" s="3">
-        <v>2.27</v>
+        <v>2.82</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>99900</v>
+        <v>150800</v>
       </c>
       <c r="G78" s="3">
         <v>100</v>
       </c>
       <c r="H78" s="3">
         <v>20000</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C79" s="3">
-        <v>3.77</v>
+        <v>7.76</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>4500</v>
+        <v>141800</v>
       </c>
       <c r="G79" s="3">
         <v>100</v>
       </c>
       <c r="H79" s="3">
-        <v>4000</v>
+        <v>20000</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C80" s="3">
-        <v>7.76</v>
+        <v>2.27</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>164900</v>
+        <v>86900</v>
       </c>
       <c r="G80" s="3">
         <v>100</v>
       </c>
       <c r="H80" s="3">
         <v>20000</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="2" t="s">
         <v>167</v>
       </c>
       <c r="B81" s="2"/>
       <c r="C81" s="2"/>
       <c r="D81" s="2"/>
       <c r="E81" s="2"/>
       <c r="F81" s="2"/>
       <c r="G81" s="2"/>
       <c r="H81" s="2"/>
       <c r="I81" s="2"/>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C82" s="3">
         <v>12.97</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>52800</v>
+        <v>51100</v>
       </c>
       <c r="G82" s="3">
         <v>100</v>
       </c>
       <c r="H82" s="3">
         <v>10000</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C83" s="3">
-        <v>116.6</v>
+        <v>64.74</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="F83" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G83" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="I83" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C84" s="3">
-        <v>0.56</v>
+        <v>237.14</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F84" s="3">
-        <v>62201</v>
+        <v>120</v>
       </c>
       <c r="G84" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>100000</v>
+        <v>10</v>
       </c>
       <c r="I84" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C85" s="3">
-        <v>2.81</v>
+        <v>1.8</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>46400</v>
+        <v>127700</v>
       </c>
       <c r="G85" s="3">
         <v>100</v>
       </c>
       <c r="H85" s="3">
-        <v>20000</v>
+        <v>50000</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C86" s="3">
-        <v>1.33</v>
+        <v>2.02</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="3">
-        <v>64500</v>
+        <v>87300</v>
       </c>
       <c r="G86" s="3">
         <v>100</v>
       </c>
       <c r="H86" s="3">
-        <v>50000</v>
+        <v>24000</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C87" s="3">
-        <v>56.69</v>
+        <v>3.75</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>0</v>
+        <v>31700</v>
       </c>
       <c r="G87" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H87" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I87" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C88" s="3">
-        <v>111.31</v>
+        <v>0.82</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F88" s="3">
-        <v>177</v>
+        <v>596300</v>
       </c>
       <c r="G88" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H88" s="3">
-        <v>10</v>
+        <v>80000</v>
       </c>
       <c r="I88" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C89" s="3">
-        <v>156.64</v>
+        <v>1.33</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>0</v>
+        <v>177400</v>
       </c>
       <c r="G89" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H89" s="3">
-        <v>10</v>
+        <v>50000</v>
       </c>
       <c r="I89" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C90" s="3">
-        <v>127.89</v>
+        <v>113.42</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F90" s="3">
-        <v>41</v>
+        <v>340</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
         <v>10</v>
       </c>
       <c r="I90" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C91" s="3">
-        <v>4.48</v>
+        <v>149.56</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F91" s="3">
-        <v>94300</v>
+        <v>69</v>
       </c>
       <c r="G91" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I91" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C92" s="3">
-        <v>5.74</v>
+        <v>68.29</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F92" s="3">
-        <v>300</v>
+        <v>251</v>
       </c>
       <c r="G92" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>12000</v>
+        <v>10</v>
       </c>
       <c r="I92" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C93" s="3">
-        <v>3.51</v>
+        <v>81.41</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F93" s="3">
-        <v>80300</v>
+        <v>265</v>
       </c>
       <c r="G93" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I93" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C94" s="3">
-        <v>3.43</v>
+        <v>141.17</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F94" s="3">
-        <v>54800</v>
+        <v>57</v>
       </c>
       <c r="G94" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>25000</v>
+        <v>10</v>
       </c>
       <c r="I94" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C95" s="3">
-        <v>6.59</v>
+        <v>3.18</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>68600</v>
+        <v>85500</v>
       </c>
       <c r="G95" s="3">
         <v>100</v>
       </c>
       <c r="H95" s="3">
-        <v>15000</v>
+        <v>30000</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C96" s="3">
-        <v>7.67</v>
+        <v>1.63</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>5900</v>
+        <v>105900</v>
       </c>
       <c r="G96" s="3">
         <v>100</v>
       </c>
       <c r="H96" s="3">
-        <v>6000</v>
+        <v>30000</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C97" s="3">
-        <v>0.69</v>
+        <v>4.15</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>139000</v>
+        <v>27000</v>
       </c>
       <c r="G97" s="3">
         <v>100</v>
       </c>
       <c r="H97" s="3">
-        <v>100000</v>
+        <v>20000</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C98" s="3">
-        <v>0.66</v>
+        <v>7.06</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>68500</v>
+        <v>110200</v>
       </c>
       <c r="G98" s="3">
         <v>100</v>
       </c>
       <c r="H98" s="3">
-        <v>60000</v>
+        <v>20000</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C99" s="3">
-        <v>0.82</v>
+        <v>4.48</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>284501</v>
+        <v>39000</v>
       </c>
       <c r="G99" s="3">
         <v>100</v>
       </c>
       <c r="H99" s="3">
-        <v>60000</v>
+        <v>20000</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C100" s="3">
-        <v>119.32</v>
+        <v>4.48</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>0</v>
+        <v>78300</v>
       </c>
       <c r="G100" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H100" s="3">
-        <v>80</v>
+        <v>20000</v>
       </c>
       <c r="I100" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C101" s="3">
-        <v>125.69</v>
+        <v>5.88</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F101" s="3">
-        <v>132</v>
+        <v>89900</v>
       </c>
       <c r="G101" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H101" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I101" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C102" s="3">
-        <v>1.89</v>
+        <v>5.97</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>111700</v>
+        <v>25100</v>
       </c>
       <c r="G102" s="3">
         <v>100</v>
       </c>
       <c r="H102" s="3">
-        <v>24000</v>
+        <v>16000</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C103" s="3">
-        <v>2.92</v>
+        <v>7.01</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F103" s="3">
-        <v>76200</v>
+        <v>16900</v>
       </c>
       <c r="G103" s="3">
         <v>100</v>
       </c>
       <c r="H103" s="3">
-        <v>20000</v>
+        <v>12000</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C104" s="3">
-        <v>4.91</v>
+        <v>8.04</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>89300</v>
+        <v>157500</v>
       </c>
       <c r="G104" s="3">
         <v>100</v>
       </c>
       <c r="H104" s="3">
-        <v>16000</v>
+        <v>10000</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C105" s="3">
-        <v>3.01</v>
+        <v>1.61</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F105" s="3">
-        <v>26100</v>
+        <v>78500</v>
       </c>
       <c r="G105" s="3">
         <v>100</v>
       </c>
       <c r="H105" s="3">
         <v>20000</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C106" s="3">
-        <v>10.39</v>
+        <v>1.89</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F106" s="3">
-        <v>111000</v>
+        <v>65200</v>
       </c>
       <c r="G106" s="3">
         <v>100</v>
       </c>
       <c r="H106" s="3">
-        <v>16000</v>
+        <v>24000</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C107" s="3">
-        <v>6.83</v>
+        <v>2.92</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>1700</v>
+        <v>0</v>
       </c>
       <c r="G107" s="3">
         <v>100</v>
       </c>
       <c r="H107" s="3">
-        <v>16000</v>
+        <v>20000</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C108" s="3">
-        <v>11.34</v>
+        <v>6.83</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F108" s="3">
-        <v>24000</v>
+        <v>20300</v>
       </c>
       <c r="G108" s="3">
         <v>100</v>
       </c>
       <c r="H108" s="3">
-        <v>10000</v>
+        <v>16000</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C109" s="3">
-        <v>6.02</v>
+        <v>3.38</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F109" s="3">
-        <v>37300</v>
+        <v>69200</v>
       </c>
       <c r="G109" s="3">
         <v>100</v>
       </c>
       <c r="H109" s="3">
         <v>20000</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C110" s="3">
         <v>3.21</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F110" s="3">
-        <v>27700</v>
+        <v>18600</v>
       </c>
       <c r="G110" s="3">
         <v>100</v>
       </c>
       <c r="H110" s="3">
         <v>20000</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C111" s="3">
-        <v>7.13</v>
+        <v>6.94</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F111" s="3">
-        <v>600</v>
+        <v>11300</v>
       </c>
       <c r="G111" s="3">
         <v>100</v>
       </c>
       <c r="H111" s="3">
-        <v>15000</v>
+        <v>10000</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C112" s="3">
-        <v>14.1</v>
+        <v>5.74</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F112" s="3">
-        <v>16500</v>
+        <v>100</v>
       </c>
       <c r="G112" s="3">
         <v>100</v>
       </c>
       <c r="H112" s="3">
-        <v>7200</v>
+        <v>12000</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C113" s="3">
-        <v>0.76</v>
+        <v>11.28</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F113" s="3">
-        <v>273501</v>
+        <v>0</v>
       </c>
       <c r="G113" s="3">
         <v>100</v>
       </c>
       <c r="H113" s="3">
-        <v>60000</v>
+        <v>4000</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C114" s="3">
-        <v>3.33</v>
+        <v>18.77</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F114" s="3">
-        <v>59600</v>
+        <v>6800</v>
       </c>
       <c r="G114" s="3">
         <v>100</v>
       </c>
       <c r="H114" s="3">
-        <v>20000</v>
+        <v>4000</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>234</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>235</v>
       </c>
       <c r="C115" s="3">
-        <v>11.28</v>
+        <v>12.78</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F115" s="3">
-        <v>2900</v>
+        <v>21000</v>
       </c>
       <c r="G115" s="3">
         <v>100</v>
       </c>
       <c r="H115" s="3">
-        <v>4000</v>
+        <v>12000</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>236</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>237</v>
       </c>
       <c r="C116" s="3">
-        <v>18.77</v>
+        <v>111.31</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F116" s="3">
-        <v>7600</v>
+        <v>131</v>
       </c>
       <c r="G116" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>4000</v>
+        <v>10</v>
       </c>
       <c r="I116" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C117" s="3">
-        <v>69.48</v>
+        <v>156.64</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F117" s="3">
-        <v>219</v>
+        <v>4</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
         <v>10</v>
       </c>
       <c r="I117" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C118" s="3">
-        <v>242.28</v>
+        <v>104.24</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F118" s="3">
-        <v>310</v>
+        <v>204</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
         <v>10</v>
       </c>
       <c r="I118" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C119" s="3">
-        <v>2.8</v>
+        <v>127.89</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F119" s="3">
-        <v>170000</v>
+        <v>12</v>
       </c>
       <c r="G119" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I119" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C120" s="3">
-        <v>2.5</v>
+        <v>183.84</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F120" s="3">
-        <v>79300</v>
+        <v>143</v>
       </c>
       <c r="G120" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H120" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I120" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C121" s="3">
-        <v>3.04</v>
+        <v>7.67</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F121" s="3">
-        <v>41000</v>
+        <v>8400</v>
       </c>
       <c r="G121" s="3">
         <v>100</v>
       </c>
       <c r="H121" s="3">
-        <v>10000</v>
+        <v>6000</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>248</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>249</v>
       </c>
       <c r="C122" s="3">
-        <v>7.14</v>
+        <v>4.59</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F122" s="3">
-        <v>23400</v>
+        <v>38500</v>
       </c>
       <c r="G122" s="3">
         <v>100</v>
       </c>
       <c r="H122" s="3">
-        <v>10000</v>
+        <v>30000</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C123" s="3">
-        <v>3.75</v>
+        <v>4.91</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F123" s="3">
-        <v>36200</v>
+        <v>85900</v>
       </c>
       <c r="G123" s="3">
         <v>100</v>
       </c>
       <c r="H123" s="3">
-        <v>10000</v>
+        <v>16000</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>252</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>253</v>
       </c>
       <c r="C124" s="3">
-        <v>2.94</v>
+        <v>3.01</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>92600</v>
+        <v>11000</v>
       </c>
       <c r="G124" s="3">
         <v>100</v>
       </c>
       <c r="H124" s="3">
         <v>20000</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C125" s="3">
-        <v>6.94</v>
+        <v>10.39</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F125" s="3">
-        <v>15500</v>
+        <v>93600</v>
       </c>
       <c r="G125" s="3">
         <v>100</v>
       </c>
       <c r="H125" s="3">
-        <v>10000</v>
+        <v>16000</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>257</v>
       </c>
       <c r="C126" s="3">
-        <v>81.41</v>
+        <v>11.34</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F126" s="3">
-        <v>122</v>
+        <v>12400</v>
       </c>
       <c r="G126" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H126" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I126" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C127" s="3">
-        <v>101.43</v>
+        <v>2.5</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F127" s="3">
-        <v>166</v>
+        <v>49100</v>
       </c>
       <c r="G127" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H127" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I127" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>260</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>261</v>
       </c>
       <c r="C128" s="3">
-        <v>141.11</v>
+        <v>3.04</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F128" s="3">
-        <v>113</v>
+        <v>36600</v>
       </c>
       <c r="G128" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H128" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I128" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C129" s="3">
-        <v>155.49</v>
+        <v>6.02</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F129" s="3">
-        <v>151</v>
+        <v>30900</v>
       </c>
       <c r="G129" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H129" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I129" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>264</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>265</v>
       </c>
       <c r="C130" s="3">
-        <v>242.28</v>
+        <v>5.66</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F130" s="3">
-        <v>119</v>
+        <v>71900</v>
       </c>
       <c r="G130" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H130" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I130" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>266</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C131" s="3">
-        <v>5.99</v>
+        <v>3.33</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F131" s="3">
-        <v>20000</v>
+        <v>51200</v>
       </c>
       <c r="G131" s="3">
         <v>100</v>
       </c>
       <c r="H131" s="3">
-        <v>8000</v>
+        <v>30000</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>268</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>269</v>
       </c>
       <c r="C132" s="3">
-        <v>1.8</v>
+        <v>3.76</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F132" s="3">
-        <v>34400</v>
+        <v>18600</v>
       </c>
       <c r="G132" s="3">
         <v>100</v>
       </c>
       <c r="H132" s="3">
-        <v>50000</v>
+        <v>20000</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>270</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>271</v>
       </c>
       <c r="C133" s="3">
-        <v>183.84</v>
+        <v>7.14</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F133" s="3">
-        <v>258</v>
+        <v>18700</v>
       </c>
       <c r="G133" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H133" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I133" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>272</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>273</v>
       </c>
       <c r="C134" s="3">
-        <v>107.52</v>
+        <v>7.13</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F134" s="3">
         <v>0</v>
       </c>
       <c r="G134" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H134" s="3">
-        <v>80</v>
+        <v>15000</v>
       </c>
       <c r="I134" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>274</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>275</v>
       </c>
       <c r="C135" s="3">
-        <v>4.59</v>
+        <v>14.1</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F135" s="3">
-        <v>39100</v>
+        <v>12100</v>
       </c>
       <c r="G135" s="3">
         <v>100</v>
       </c>
       <c r="H135" s="3">
-        <v>30000</v>
+        <v>7200</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C136" s="3">
-        <v>3.76</v>
+        <v>1.4</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F136" s="3">
-        <v>22200</v>
+        <v>50800</v>
       </c>
       <c r="G136" s="3">
         <v>100</v>
       </c>
       <c r="H136" s="3">
         <v>20000</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C137" s="3">
-        <v>113.42</v>
+        <v>135.56</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>35</v>
+        <v>121</v>
       </c>
       <c r="F137" s="3">
+        <v>466</v>
+      </c>
+      <c r="G137" s="3">
+        <v>1</v>
+      </c>
+      <c r="H137" s="3">
+        <v>80</v>
+      </c>
+      <c r="I137" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>280</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C138" s="3">
-        <v>68.29</v>
+        <v>125.69</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F138" s="3">
-        <v>244</v>
+        <v>46</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
         <v>10</v>
       </c>
       <c r="I138" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>283</v>
       </c>
       <c r="C139" s="3">
-        <v>141.17</v>
+        <v>155.49</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F139" s="3">
-        <v>11</v>
+        <v>106</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
         <v>10</v>
       </c>
       <c r="I139" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>284</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>285</v>
       </c>
       <c r="C140" s="3">
-        <v>149.56</v>
+        <v>242.28</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F140" s="3">
-        <v>77</v>
+        <v>46</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
         <v>10</v>
       </c>
       <c r="I140" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>286</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>287</v>
       </c>
       <c r="C141" s="3">
-        <v>63.85</v>
+        <v>1.82</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F141" s="3">
-        <v>292</v>
+        <v>78300</v>
       </c>
       <c r="G141" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H141" s="3">
-        <v>10</v>
+        <v>40000</v>
       </c>
       <c r="I141" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>288</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>289</v>
       </c>
       <c r="C142" s="3">
-        <v>5.66</v>
+        <v>2.77</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F142" s="3">
-        <v>82500</v>
+        <v>72700</v>
       </c>
       <c r="G142" s="3">
         <v>100</v>
       </c>
       <c r="H142" s="3">
-        <v>20000</v>
+        <v>30000</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>290</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C143" s="3">
-        <v>2.02</v>
+        <v>4.3</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F143" s="3">
-        <v>93300</v>
+        <v>49900</v>
       </c>
       <c r="G143" s="3">
         <v>100</v>
       </c>
       <c r="H143" s="3">
-        <v>24000</v>
+        <v>10000</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>292</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>293</v>
       </c>
       <c r="C144" s="3">
-        <v>1.33</v>
+        <v>5.99</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F144" s="3">
-        <v>128700</v>
+        <v>13100</v>
       </c>
       <c r="G144" s="3">
         <v>100</v>
       </c>
       <c r="H144" s="3">
-        <v>50000</v>
+        <v>8000</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>294</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>295</v>
       </c>
       <c r="C145" s="3">
-        <v>14.62</v>
+        <v>8.03</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F145" s="3">
-        <v>1700</v>
+        <v>18000</v>
       </c>
       <c r="G145" s="3">
         <v>100</v>
       </c>
       <c r="H145" s="3">
-        <v>2000</v>
+        <v>2400</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>296</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>297</v>
       </c>
       <c r="C146" s="3">
-        <v>3.38</v>
+        <v>0.56</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F146" s="3">
-        <v>83300</v>
+        <v>0</v>
       </c>
       <c r="G146" s="3">
         <v>100</v>
       </c>
       <c r="H146" s="3">
-        <v>20000</v>
+        <v>100000</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>298</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>299</v>
       </c>
       <c r="C147" s="3">
-        <v>91.96</v>
+        <v>0.76</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F147" s="3">
-        <v>0</v>
+        <v>381800</v>
       </c>
       <c r="G147" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H147" s="3">
-        <v>80</v>
+        <v>60000</v>
       </c>
       <c r="I147" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>300</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>301</v>
       </c>
       <c r="C148" s="3">
-        <v>12.78</v>
+        <v>0.69</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F148" s="3">
-        <v>21800</v>
+        <v>261100</v>
       </c>
       <c r="G148" s="3">
         <v>100</v>
       </c>
       <c r="H148" s="3">
-        <v>12000</v>
+        <v>100000</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>302</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>303</v>
       </c>
       <c r="C149" s="3">
-        <v>64.74</v>
+        <v>2.41</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F149" s="3">
-        <v>0</v>
+        <v>256400</v>
       </c>
       <c r="G149" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H149" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I149" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>304</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>305</v>
       </c>
       <c r="C150" s="3">
-        <v>104.24</v>
+        <v>0.66</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F150" s="3">
-        <v>187</v>
+        <v>235000</v>
       </c>
       <c r="G150" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H150" s="3">
-        <v>10</v>
+        <v>100000</v>
       </c>
       <c r="I150" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C151" s="3">
-        <v>237.14</v>
+        <v>1.16</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F151" s="3">
-        <v>99</v>
+        <v>150500</v>
       </c>
       <c r="G151" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H151" s="3">
-        <v>10</v>
+        <v>40000</v>
       </c>
       <c r="I151" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>308</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>309</v>
       </c>
       <c r="C152" s="3">
-        <v>2.41</v>
+        <v>101.43</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F152" s="3">
-        <v>185201</v>
+        <v>258</v>
       </c>
       <c r="G152" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I152" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>310</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>311</v>
       </c>
       <c r="C153" s="3">
-        <v>8.18</v>
+        <v>2.81</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F153" s="3">
-        <v>5100</v>
+        <v>58200</v>
       </c>
       <c r="G153" s="3">
         <v>100</v>
       </c>
       <c r="H153" s="3">
-        <v>5000</v>
+        <v>20000</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>312</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>313</v>
       </c>
       <c r="C154" s="3">
-        <v>1.16</v>
+        <v>1.33</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F154" s="3">
-        <v>102201</v>
+        <v>40600</v>
       </c>
       <c r="G154" s="3">
         <v>100</v>
       </c>
       <c r="H154" s="3">
         <v>50000</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>314</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>315</v>
       </c>
       <c r="C155" s="3">
-        <v>1.82</v>
+        <v>3.43</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F155" s="3">
-        <v>87200</v>
+        <v>44800</v>
       </c>
       <c r="G155" s="3">
         <v>100</v>
       </c>
       <c r="H155" s="3">
-        <v>40000</v>
+        <v>25000</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>316</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>317</v>
       </c>
       <c r="C156" s="3">
-        <v>2.77</v>
+        <v>6.59</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F156" s="3">
-        <v>54000</v>
+        <v>54400</v>
       </c>
       <c r="G156" s="3">
         <v>100</v>
       </c>
       <c r="H156" s="3">
-        <v>30000</v>
+        <v>15000</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>318</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>319</v>
       </c>
       <c r="C157" s="3">
-        <v>4.3</v>
+        <v>14.62</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F157" s="3">
-        <v>70200</v>
+        <v>1100</v>
       </c>
       <c r="G157" s="3">
         <v>100</v>
       </c>
       <c r="H157" s="3">
-        <v>10000</v>
+        <v>2000</v>
       </c>
       <c r="I157" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>320</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>321</v>
       </c>
       <c r="C158" s="3">
-        <v>8.03</v>
+        <v>3.51</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F158" s="3">
-        <v>18800</v>
+        <v>62900</v>
       </c>
       <c r="G158" s="3">
         <v>100</v>
       </c>
       <c r="H158" s="3">
-        <v>2400</v>
+        <v>20000</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>322</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>323</v>
       </c>
       <c r="C159" s="3">
-        <v>1.4</v>
+        <v>2.8</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F159" s="3">
-        <v>57800</v>
+        <v>167500</v>
       </c>
       <c r="G159" s="3">
         <v>100</v>
       </c>
       <c r="H159" s="3">
         <v>20000</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C160" s="3">
-        <v>1.63</v>
+        <v>69.48</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F160" s="3">
-        <v>113800</v>
+        <v>305</v>
       </c>
       <c r="G160" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>30000</v>
+        <v>10</v>
       </c>
       <c r="I160" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>326</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>327</v>
       </c>
       <c r="C161" s="3">
-        <v>4.15</v>
+        <v>242.28</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F161" s="3">
-        <v>41800</v>
+        <v>287</v>
       </c>
       <c r="G161" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I161" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>328</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C162" s="3">
-        <v>7.06</v>
+        <v>141.11</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F162" s="3">
-        <v>127700</v>
+        <v>62</v>
       </c>
       <c r="G162" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I162" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>330</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C163" s="3">
-        <v>4.48</v>
+        <v>8.18</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F163" s="3">
-        <v>41500</v>
+        <v>2700</v>
       </c>
       <c r="G163" s="3">
         <v>100</v>
       </c>
       <c r="H163" s="3">
-        <v>20000</v>
+        <v>5000</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
         <v>332</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>333</v>
       </c>
       <c r="C164" s="3">
-        <v>3.18</v>
+        <v>2.94</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F164" s="3">
-        <v>82400</v>
+        <v>124300</v>
       </c>
       <c r="G164" s="3">
         <v>100</v>
       </c>
       <c r="H164" s="3">
-        <v>30000</v>
+        <v>20000</v>
       </c>
       <c r="I164" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>335</v>
       </c>
       <c r="C165" s="3">
-        <v>5.88</v>
+        <v>63.85</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F165" s="3">
-        <v>105000</v>
+        <v>200</v>
       </c>
       <c r="G165" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I165" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A166" s="3" t="s">
+      <c r="A166" s="2" t="s">
         <v>336</v>
       </c>
-      <c r="B166" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B166" s="2"/>
+      <c r="C166" s="2"/>
+      <c r="D166" s="2"/>
+      <c r="E166" s="2"/>
+      <c r="F166" s="2"/>
+      <c r="G166" s="2"/>
+      <c r="H166" s="2"/>
+      <c r="I166" s="2"/>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="B167" s="3" t="s">
         <v>338</v>
       </c>
-      <c r="B167" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C167" s="3">
-        <v>7.01</v>
+        <v>117.31</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F167" s="3">
-        <v>69100</v>
+        <v>244</v>
       </c>
       <c r="G167" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>12000</v>
+        <v>10</v>
       </c>
       <c r="I167" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="B168" s="3" t="s">
         <v>340</v>
       </c>
-      <c r="B168" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C168" s="3">
-        <v>8.04</v>
+        <v>2.53</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F168" s="3">
-        <v>35700</v>
+        <v>92300</v>
       </c>
       <c r="G168" s="3">
         <v>100</v>
       </c>
       <c r="H168" s="3">
-        <v>10000</v>
+        <v>40000</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="B169" s="3" t="s">
         <v>342</v>
       </c>
-      <c r="B169" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C169" s="3">
-        <v>1.61</v>
+        <v>3.49</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F169" s="3">
-        <v>92200</v>
+        <v>74700</v>
       </c>
       <c r="G169" s="3">
         <v>100</v>
       </c>
       <c r="H169" s="3">
         <v>20000</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="B170" s="3" t="s">
         <v>344</v>
       </c>
-      <c r="B170" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C170" s="3">
-        <v>103.99</v>
+        <v>4.29</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F170" s="3">
-        <v>0</v>
+        <v>164100</v>
       </c>
       <c r="G170" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H170" s="3">
-        <v>80</v>
+        <v>20000</v>
       </c>
       <c r="I170" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="B171" s="3" t="s">
         <v>346</v>
       </c>
-      <c r="B171" s="3" t="s">
+      <c r="C171" s="3">
+        <v>0.75</v>
+      </c>
+      <c r="D171" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F171" s="3">
+        <v>160200</v>
+      </c>
+      <c r="G171" s="3">
+        <v>100</v>
+      </c>
+      <c r="H171" s="3">
+        <v>120000</v>
+      </c>
+      <c r="I171" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="172" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A172" s="3" t="s">
         <v>347</v>
       </c>
-      <c r="C171" s="3">
-[...22 lines deleted...]
-      <c r="A172" s="2" t="s">
+      <c r="B172" s="3" t="s">
         <v>348</v>
       </c>
-      <c r="B172" s="2"/>
-[...6 lines deleted...]
-      <c r="I172" s="2"/>
+      <c r="C172" s="3">
+        <v>113.42</v>
+      </c>
+      <c r="D172" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E172" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F172" s="3">
+        <v>110</v>
+      </c>
+      <c r="G172" s="3">
+        <v>1</v>
+      </c>
+      <c r="H172" s="3">
+        <v>10</v>
+      </c>
+      <c r="I172" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>349</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>350</v>
       </c>
       <c r="C173" s="3">
-        <v>0.6</v>
+        <v>16.26</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F173" s="3">
-        <v>199200</v>
+        <v>8500</v>
       </c>
       <c r="G173" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H173" s="3">
-        <v>120000</v>
+        <v>12000</v>
       </c>
       <c r="I173" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
         <v>351</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>352</v>
       </c>
       <c r="C174" s="3">
-        <v>0.75</v>
+        <v>4.11</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F174" s="3">
-        <v>203100</v>
+        <v>14100</v>
       </c>
       <c r="G174" s="3">
         <v>100</v>
       </c>
       <c r="H174" s="3">
-        <v>120000</v>
+        <v>20000</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>353</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>354</v>
       </c>
       <c r="C175" s="3">
-        <v>1.16</v>
+        <v>5.6</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F175" s="3">
-        <v>51700</v>
+        <v>0</v>
       </c>
       <c r="G175" s="3">
         <v>100</v>
       </c>
       <c r="H175" s="3">
-        <v>72000</v>
+        <v>20000</v>
       </c>
       <c r="I175" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
         <v>355</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>356</v>
       </c>
       <c r="C176" s="3">
-        <v>2.53</v>
+        <v>1.16</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F176" s="3">
-        <v>104700</v>
+        <v>47700</v>
       </c>
       <c r="G176" s="3">
         <v>100</v>
       </c>
       <c r="H176" s="3">
-        <v>40000</v>
+        <v>72000</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
         <v>357</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>358</v>
       </c>
       <c r="C177" s="3">
-        <v>3.49</v>
+        <v>0.6</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F177" s="3">
-        <v>92900</v>
+        <v>184000</v>
       </c>
       <c r="G177" s="3">
         <v>100</v>
       </c>
       <c r="H177" s="3">
-        <v>20000</v>
+        <v>120000</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>359</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>360</v>
       </c>
       <c r="C178" s="3">
         <v>2.77</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F178" s="3">
-        <v>188000</v>
+        <v>136700</v>
       </c>
       <c r="G178" s="3">
         <v>100</v>
       </c>
       <c r="H178" s="3">
         <v>20000</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>361</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>362</v>
       </c>
       <c r="C179" s="3">
-        <v>4.29</v>
+        <v>3.57</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F179" s="3">
-        <v>192100</v>
+        <v>74800</v>
       </c>
       <c r="G179" s="3">
         <v>100</v>
       </c>
       <c r="H179" s="3">
-        <v>20000</v>
+        <v>60000</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>363</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>364</v>
       </c>
       <c r="C180" s="3">
-        <v>3.57</v>
+        <v>3.02</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F180" s="3">
-        <v>82600</v>
+        <v>0</v>
       </c>
       <c r="G180" s="3">
         <v>100</v>
       </c>
       <c r="H180" s="3">
-        <v>60000</v>
+        <v>20000</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>365</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>366</v>
       </c>
       <c r="C181" s="3">
-        <v>4.11</v>
+        <v>0.49</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F181" s="3">
-        <v>16000</v>
+        <v>168000</v>
       </c>
       <c r="G181" s="3">
         <v>100</v>
       </c>
       <c r="H181" s="3">
-        <v>20000</v>
+        <v>192000</v>
       </c>
       <c r="I181" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
         <v>367</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>368</v>
       </c>
       <c r="C182" s="3">
-        <v>5.6</v>
+        <v>80.53</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F182" s="3">
-        <v>500</v>
+        <v>6870</v>
       </c>
       <c r="G182" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H182" s="3">
-        <v>48000</v>
+        <v>3000</v>
       </c>
       <c r="I182" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
         <v>369</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>370</v>
       </c>
       <c r="C183" s="3">
-        <v>3.02</v>
+        <v>226.52</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F183" s="3">
-        <v>62000</v>
+        <v>160</v>
       </c>
       <c r="G183" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H183" s="3">
-        <v>20000</v>
+        <v>1000</v>
       </c>
       <c r="I183" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>371</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>372</v>
       </c>
       <c r="C184" s="3">
-        <v>80.53</v>
+        <v>124.67</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F184" s="3">
-        <v>0</v>
+        <v>78</v>
       </c>
       <c r="G184" s="3">
+        <v>1</v>
+      </c>
+      <c r="H184" s="3">
         <v>10</v>
       </c>
-      <c r="H184" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I184" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
         <v>373</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>374</v>
       </c>
       <c r="C185" s="3">
-        <v>226.52</v>
+        <v>4.16</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F185" s="3">
-        <v>1640</v>
+        <v>68200</v>
       </c>
       <c r="G185" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H185" s="3">
-        <v>1000</v>
+        <v>25000</v>
       </c>
       <c r="I185" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
         <v>375</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>376</v>
       </c>
       <c r="C186" s="3">
-        <v>113.42</v>
+        <v>7.3</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F186" s="3">
-        <v>43</v>
+        <v>10800</v>
       </c>
       <c r="G186" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H186" s="3">
-        <v>10</v>
+        <v>12000</v>
       </c>
       <c r="I186" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
         <v>377</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>378</v>
       </c>
       <c r="C187" s="3">
-        <v>117.31</v>
+        <v>36.29</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F187" s="3">
-        <v>0</v>
+        <v>14140</v>
       </c>
       <c r="G187" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H187" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I187" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
         <v>379</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>380</v>
       </c>
       <c r="C188" s="3">
-        <v>124.67</v>
+        <v>52.89</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F188" s="3">
-        <v>99</v>
+        <v>11680</v>
       </c>
       <c r="G188" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H188" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I188" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
         <v>381</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>382</v>
       </c>
       <c r="C189" s="3">
-        <v>0.49</v>
+        <v>517.21</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F189" s="3">
-        <v>189400</v>
+        <v>820</v>
       </c>
       <c r="G189" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H189" s="3">
-        <v>192000</v>
+        <v>500</v>
       </c>
       <c r="I189" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
         <v>383</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>384</v>
       </c>
       <c r="C190" s="3">
-        <v>4.16</v>
+        <v>138.82</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F190" s="3">
-        <v>69300</v>
+        <v>4800</v>
       </c>
       <c r="G190" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H190" s="3">
-        <v>25000</v>
+        <v>2000</v>
       </c>
       <c r="I190" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
         <v>385</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>386</v>
       </c>
       <c r="C191" s="3">
-        <v>7.3</v>
+        <v>346.22</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F191" s="3">
-        <v>12800</v>
+        <v>520</v>
       </c>
       <c r="G191" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H191" s="3">
-        <v>12000</v>
+        <v>500</v>
       </c>
       <c r="I191" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A192" s="3" t="s">
+      <c r="A192" s="2" t="s">
         <v>387</v>
       </c>
-      <c r="B192" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B192" s="2"/>
+      <c r="C192" s="2"/>
+      <c r="D192" s="2"/>
+      <c r="E192" s="2"/>
+      <c r="F192" s="2"/>
+      <c r="G192" s="2"/>
+      <c r="H192" s="2"/>
+      <c r="I192" s="2"/>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="B193" s="3" t="s">
         <v>389</v>
       </c>
-      <c r="B193" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C193" s="3">
-        <v>36.29</v>
+        <v>266.49</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F193" s="3">
-        <v>0</v>
+        <v>189</v>
       </c>
       <c r="G193" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I193" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="B194" s="3" t="s">
         <v>391</v>
       </c>
-      <c r="B194" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C194" s="3">
-        <v>52.89</v>
+        <v>165.51</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F194" s="3">
-        <v>6180</v>
+        <v>207</v>
       </c>
       <c r="G194" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H194" s="3">
-        <v>5000</v>
+        <v>10</v>
       </c>
       <c r="I194" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="B195" s="3" t="s">
         <v>393</v>
       </c>
-      <c r="B195" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C195" s="3">
-        <v>138.82</v>
+        <v>8.44</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F195" s="3">
-        <v>2840</v>
+        <v>35300</v>
       </c>
       <c r="G195" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H195" s="3">
-        <v>2000</v>
+        <v>12000</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="B196" s="3" t="s">
         <v>395</v>
       </c>
-      <c r="B196" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C196" s="3">
-        <v>346.22</v>
+        <v>8.13</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F196" s="3">
-        <v>0</v>
+        <v>32500</v>
       </c>
       <c r="G196" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H196" s="3">
-        <v>500</v>
+        <v>10000</v>
       </c>
       <c r="I196" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="B197" s="3" t="s">
         <v>397</v>
       </c>
-      <c r="B197" s="3" t="s">
+      <c r="C197" s="3">
+        <v>5.08</v>
+      </c>
+      <c r="D197" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E197" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F197" s="3">
+        <v>131100</v>
+      </c>
+      <c r="G197" s="3">
+        <v>100</v>
+      </c>
+      <c r="H197" s="3">
+        <v>16000</v>
+      </c>
+      <c r="I197" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="198" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A198" s="3" t="s">
         <v>398</v>
       </c>
-      <c r="C197" s="3">
-[...22 lines deleted...]
-      <c r="A198" s="2" t="s">
+      <c r="B198" s="3" t="s">
         <v>399</v>
       </c>
-      <c r="B198" s="2"/>
-[...6 lines deleted...]
-      <c r="I198" s="2"/>
+      <c r="C198" s="3">
+        <v>4.62</v>
+      </c>
+      <c r="D198" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E198" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F198" s="3">
+        <v>180300</v>
+      </c>
+      <c r="G198" s="3">
+        <v>100</v>
+      </c>
+      <c r="H198" s="3">
+        <v>20000</v>
+      </c>
+      <c r="I198" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
         <v>400</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>401</v>
       </c>
       <c r="C199" s="3">
-        <v>14.8</v>
+        <v>9.41</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F199" s="3">
-        <v>129700</v>
+        <v>28400</v>
       </c>
       <c r="G199" s="3">
         <v>100</v>
       </c>
       <c r="H199" s="3">
-        <v>12500</v>
+        <v>10000</v>
       </c>
       <c r="I199" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>402</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>403</v>
       </c>
       <c r="C200" s="3">
-        <v>17.27</v>
+        <v>9.53</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F200" s="3">
-        <v>82200</v>
+        <v>19200</v>
       </c>
       <c r="G200" s="3">
         <v>100</v>
       </c>
       <c r="H200" s="3">
-        <v>6000</v>
+        <v>10000</v>
       </c>
       <c r="I200" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>404</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>405</v>
       </c>
       <c r="C201" s="3">
-        <v>5.08</v>
+        <v>17.27</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F201" s="3">
-        <v>149500</v>
+        <v>61400</v>
       </c>
       <c r="G201" s="3">
         <v>100</v>
       </c>
       <c r="H201" s="3">
-        <v>16000</v>
+        <v>6000</v>
       </c>
       <c r="I201" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
         <v>406</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>407</v>
       </c>
       <c r="C202" s="3">
-        <v>4.62</v>
+        <v>10.74</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F202" s="3">
-        <v>196900</v>
+        <v>19200</v>
       </c>
       <c r="G202" s="3">
         <v>100</v>
       </c>
       <c r="H202" s="3">
-        <v>20000</v>
+        <v>7200</v>
       </c>
       <c r="I202" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
         <v>408</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>409</v>
       </c>
       <c r="C203" s="3">
-        <v>9.41</v>
+        <v>26.3</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F203" s="3">
-        <v>33800</v>
+        <v>4500</v>
       </c>
       <c r="G203" s="3">
         <v>100</v>
       </c>
       <c r="H203" s="3">
-        <v>10000</v>
+        <v>4000</v>
       </c>
       <c r="I203" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
         <v>410</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>411</v>
       </c>
       <c r="C204" s="3">
-        <v>165.51</v>
+        <v>14.8</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F204" s="3">
-        <v>151</v>
+        <v>72900</v>
       </c>
       <c r="G204" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H204" s="3">
-        <v>10</v>
+        <v>12500</v>
       </c>
       <c r="I204" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
         <v>412</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>413</v>
       </c>
       <c r="C205" s="3">
         <v>67.09</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F205" s="3">
-        <v>210</v>
+        <v>57</v>
       </c>
       <c r="G205" s="3">
         <v>1</v>
       </c>
       <c r="H205" s="3">
         <v>10</v>
       </c>
       <c r="I205" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
         <v>414</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>415</v>
       </c>
       <c r="C206" s="3">
-        <v>266.49</v>
+        <v>24.36</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F206" s="3">
-        <v>170</v>
+        <v>12900</v>
       </c>
       <c r="G206" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H206" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I206" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A207" s="3" t="s">
+      <c r="A207" s="2" t="s">
         <v>416</v>
       </c>
-      <c r="B207" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B207" s="2"/>
+      <c r="C207" s="2"/>
+      <c r="D207" s="2"/>
+      <c r="E207" s="2"/>
+      <c r="F207" s="2"/>
+      <c r="G207" s="2"/>
+      <c r="H207" s="2"/>
+      <c r="I207" s="2"/>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="B208" s="3" t="s">
         <v>418</v>
       </c>
-      <c r="B208" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C208" s="3">
-        <v>8.13</v>
+        <v>20.26</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F208" s="3">
-        <v>46800</v>
+        <v>25260</v>
       </c>
       <c r="G208" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H208" s="3">
         <v>10000</v>
       </c>
       <c r="I208" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="B209" s="3" t="s">
         <v>420</v>
       </c>
-      <c r="B209" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C209" s="3">
-        <v>9.53</v>
+        <v>25.07</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F209" s="3">
-        <v>20300</v>
+        <v>102090</v>
       </c>
       <c r="G209" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H209" s="3">
         <v>10000</v>
       </c>
       <c r="I209" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="B210" s="3" t="s">
         <v>422</v>
       </c>
-      <c r="B210" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C210" s="3">
-        <v>24.36</v>
+        <v>30.55</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F210" s="3">
-        <v>19300</v>
+        <v>10630</v>
       </c>
       <c r="G210" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H210" s="3">
         <v>10000</v>
       </c>
       <c r="I210" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="B211" s="3" t="s">
         <v>424</v>
       </c>
-      <c r="B211" s="3" t="s">
+      <c r="C211" s="3">
+        <v>27.86</v>
+      </c>
+      <c r="D211" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E211" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F211" s="3">
+        <v>31550</v>
+      </c>
+      <c r="G211" s="3">
+        <v>10</v>
+      </c>
+      <c r="H211" s="3">
+        <v>10000</v>
+      </c>
+      <c r="I211" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="212" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A212" s="2" t="s">
         <v>425</v>
       </c>
-      <c r="C211" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B212" s="2"/>
+      <c r="C212" s="2"/>
+      <c r="D212" s="2"/>
+      <c r="E212" s="2"/>
+      <c r="F212" s="2"/>
+      <c r="G212" s="2"/>
+      <c r="H212" s="2"/>
+      <c r="I212" s="2"/>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="2" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="B213" s="2"/>
       <c r="C213" s="2"/>
       <c r="D213" s="2"/>
       <c r="E213" s="2"/>
       <c r="F213" s="2"/>
       <c r="G213" s="2"/>
       <c r="H213" s="2"/>
       <c r="I213" s="2"/>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="C214" s="3">
-        <v>20.26</v>
+        <v>13.5</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F214" s="3">
-        <v>31160</v>
+        <v>483150</v>
       </c>
       <c r="G214" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H214" s="3">
-        <v>10000</v>
+        <v>4000</v>
       </c>
       <c r="I214" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="C215" s="3">
-        <v>27.86</v>
+        <v>26.98</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F215" s="3">
-        <v>43740</v>
+        <v>92780</v>
       </c>
       <c r="G215" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="H215" s="3">
-        <v>10000</v>
+        <v>2000</v>
       </c>
       <c r="I215" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="C216" s="3">
-        <v>30.55</v>
+        <v>37.97</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F216" s="3">
-        <v>3370</v>
+        <v>54600</v>
       </c>
       <c r="G216" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="H216" s="3">
-        <v>2400</v>
+        <v>2500</v>
       </c>
       <c r="I216" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="B217" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="C217" s="3">
+        <v>50.99</v>
+      </c>
+      <c r="D217" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E217" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F217" s="3">
+        <v>12800</v>
+      </c>
+      <c r="G217" s="3">
+        <v>25</v>
+      </c>
+      <c r="H217" s="3">
+        <v>1500</v>
+      </c>
+      <c r="I217" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="218" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A218" s="3" t="s">
         <v>435</v>
       </c>
-      <c r="B217" s="3" t="s">
+      <c r="B218" s="3" t="s">
         <v>436</v>
       </c>
-      <c r="C217" s="3">
-[...22 lines deleted...]
-      <c r="A218" s="2" t="s">
+      <c r="C218" s="3">
+        <v>23.95</v>
+      </c>
+      <c r="D218" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E218" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F218" s="3">
+        <v>2262</v>
+      </c>
+      <c r="G218" s="3">
+        <v>50</v>
+      </c>
+      <c r="H218" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I218" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="219" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A219" s="3" t="s">
         <v>437</v>
       </c>
-      <c r="B218" s="2"/>
-[...9 lines deleted...]
-      <c r="A219" s="2" t="s">
+      <c r="B219" s="3" t="s">
         <v>438</v>
       </c>
-      <c r="B219" s="2"/>
-[...6 lines deleted...]
-      <c r="I219" s="2"/>
+      <c r="C219" s="3">
+        <v>608.42</v>
+      </c>
+      <c r="D219" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E219" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F219" s="3">
+        <v>254</v>
+      </c>
+      <c r="G219" s="3">
+        <v>1</v>
+      </c>
+      <c r="H219" s="3">
+        <v>200</v>
+      </c>
+      <c r="I219" s="3">
+        <v>4</v>
+      </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
         <v>439</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>440</v>
       </c>
       <c r="C220" s="3">
-        <v>445.57</v>
+        <v>459.35</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F220" s="3">
-        <v>102</v>
+        <v>29</v>
       </c>
       <c r="G220" s="3">
         <v>1</v>
       </c>
       <c r="H220" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I220" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
         <v>441</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>442</v>
       </c>
       <c r="C221" s="3">
-        <v>586.44</v>
+        <v>170.26</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F221" s="3">
-        <v>35</v>
+        <v>1680</v>
       </c>
       <c r="G221" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H221" s="3">
-        <v>60</v>
+        <v>1000</v>
       </c>
       <c r="I221" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
         <v>443</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>444</v>
       </c>
       <c r="C222" s="3">
-        <v>413.7</v>
+        <v>18.09</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F222" s="3">
-        <v>137</v>
+        <v>46800</v>
       </c>
       <c r="G222" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H222" s="3">
-        <v>60</v>
+        <v>4000</v>
       </c>
       <c r="I222" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
         <v>445</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>446</v>
       </c>
       <c r="C223" s="3">
-        <v>49.25</v>
+        <v>14.75</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F223" s="3">
-        <v>0</v>
+        <v>47800</v>
       </c>
       <c r="G223" s="3">
         <v>50</v>
       </c>
       <c r="H223" s="3">
-        <v>2000</v>
+        <v>4000</v>
       </c>
       <c r="I223" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
         <v>447</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>448</v>
       </c>
       <c r="C224" s="3">
-        <v>917.89</v>
+        <v>26.48</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F224" s="3">
-        <v>0</v>
+        <v>21440</v>
       </c>
       <c r="G224" s="3">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="H224" s="3">
-        <v>10</v>
+        <v>4000</v>
       </c>
       <c r="I224" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
         <v>449</v>
       </c>
       <c r="B225" s="3" t="s">
         <v>450</v>
       </c>
       <c r="C225" s="3">
-        <v>237.14</v>
+        <v>445.57</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F225" s="3">
-        <v>0</v>
+        <v>1236</v>
       </c>
       <c r="G225" s="3">
         <v>1</v>
       </c>
       <c r="H225" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I225" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
         <v>451</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>452</v>
       </c>
       <c r="C226" s="3">
-        <v>337.59</v>
+        <v>264.59</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F226" s="3">
-        <v>8100</v>
+        <v>856</v>
       </c>
       <c r="G226" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H226" s="3">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="I226" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
         <v>453</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>454</v>
       </c>
       <c r="C227" s="3">
-        <v>422.18</v>
+        <v>114.41</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F227" s="3">
-        <v>100</v>
+        <v>1401</v>
       </c>
       <c r="G227" s="3">
         <v>1</v>
       </c>
       <c r="H227" s="3">
-        <v>60</v>
+        <v>400</v>
       </c>
       <c r="I227" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
         <v>455</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>456</v>
       </c>
       <c r="C228" s="3">
-        <v>1092.98</v>
+        <v>356.73</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F228" s="3">
-        <v>54</v>
+        <v>0</v>
       </c>
       <c r="G228" s="3">
         <v>1</v>
       </c>
       <c r="H228" s="3">
+        <v>120</v>
+      </c>
+      <c r="I228" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
         <v>457</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>458</v>
       </c>
       <c r="C229" s="3">
-        <v>132.42</v>
+        <v>157.57</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F229" s="3">
+        <v>2370</v>
+      </c>
+      <c r="G229" s="3">
+        <v>10</v>
+      </c>
+      <c r="H229" s="3">
+        <v>500</v>
+      </c>
+      <c r="I229" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
         <v>459</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>460</v>
       </c>
       <c r="C230" s="3">
-        <v>310.52</v>
+        <v>37.94</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F230" s="3">
-        <v>91</v>
+        <v>7200</v>
       </c>
       <c r="G230" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H230" s="3">
-        <v>10</v>
+        <v>3000</v>
       </c>
       <c r="I230" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
         <v>461</v>
       </c>
       <c r="B231" s="3" t="s">
         <v>462</v>
       </c>
       <c r="C231" s="3">
-        <v>415.99</v>
+        <v>180.71</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F231" s="3">
-        <v>0</v>
+        <v>487</v>
       </c>
       <c r="G231" s="3">
         <v>1</v>
       </c>
       <c r="H231" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I231" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
         <v>463</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>464</v>
       </c>
       <c r="C232" s="3">
-        <v>148.74</v>
+        <v>39.43</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F232" s="3">
-        <v>2040</v>
+        <v>29250</v>
       </c>
       <c r="G232" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="H232" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I232" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
         <v>465</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>466</v>
       </c>
       <c r="C233" s="3">
-        <v>170.26</v>
+        <v>43.43</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F233" s="3">
-        <v>3380</v>
+        <v>3300</v>
       </c>
       <c r="G233" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H233" s="3">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="I233" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
         <v>467</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>468</v>
       </c>
       <c r="C234" s="3">
-        <v>26.85</v>
+        <v>106.3</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F234" s="3">
-        <v>12720</v>
+        <v>2975</v>
       </c>
       <c r="G234" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="H234" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I234" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
         <v>469</v>
       </c>
       <c r="B235" s="3" t="s">
         <v>470</v>
       </c>
       <c r="C235" s="3">
-        <v>114.06</v>
+        <v>413.7</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F235" s="3">
-        <v>296</v>
+        <v>289</v>
       </c>
       <c r="G235" s="3">
         <v>1</v>
       </c>
       <c r="H235" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I235" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
         <v>471</v>
       </c>
       <c r="B236" s="3" t="s">
         <v>472</v>
       </c>
       <c r="C236" s="3">
-        <v>66.02</v>
+        <v>917.89</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F236" s="3">
-        <v>7325</v>
+        <v>131</v>
       </c>
       <c r="G236" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H236" s="3">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="I236" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
         <v>473</v>
       </c>
       <c r="B237" s="3" t="s">
         <v>474</v>
       </c>
       <c r="C237" s="3">
-        <v>26.98</v>
+        <v>132.66</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F237" s="3">
-        <v>21040</v>
+        <v>3520</v>
       </c>
       <c r="G237" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="H237" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I237" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
         <v>475</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>476</v>
       </c>
       <c r="C238" s="3">
-        <v>127.63</v>
+        <v>255.89</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F238" s="3">
-        <v>5700</v>
+        <v>142</v>
       </c>
       <c r="G238" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H238" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I238" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
         <v>477</v>
       </c>
       <c r="B239" s="3" t="s">
         <v>478</v>
       </c>
       <c r="C239" s="3">
-        <v>228.83</v>
+        <v>356.73</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F239" s="3">
-        <v>161</v>
+        <v>3</v>
       </c>
       <c r="G239" s="3">
         <v>1</v>
       </c>
       <c r="H239" s="3">
         <v>10</v>
       </c>
       <c r="I239" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
         <v>479</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>480</v>
       </c>
       <c r="C240" s="3">
-        <v>526.17</v>
+        <v>106.91</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F240" s="3">
-        <v>96</v>
+        <v>531</v>
       </c>
       <c r="G240" s="3">
         <v>1</v>
       </c>
       <c r="H240" s="3">
-        <v>10</v>
+        <v>400</v>
       </c>
       <c r="I240" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
         <v>481</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>482</v>
       </c>
       <c r="C241" s="3">
-        <v>684.67</v>
+        <v>132.42</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F241" s="3">
-        <v>0</v>
+        <v>525</v>
       </c>
       <c r="G241" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H241" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I241" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
         <v>483</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>484</v>
       </c>
       <c r="C242" s="3">
-        <v>859.41</v>
+        <v>556.99</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F242" s="3">
-        <v>46</v>
+        <v>104</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
         <v>10</v>
       </c>
       <c r="I242" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
         <v>485</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>486</v>
       </c>
       <c r="C243" s="3">
-        <v>1024.69</v>
+        <v>684.67</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F243" s="3">
-        <v>35</v>
+        <v>407</v>
       </c>
       <c r="G243" s="3">
         <v>1</v>
       </c>
       <c r="H243" s="3">
         <v>10</v>
       </c>
       <c r="I243" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
         <v>487</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>488</v>
       </c>
       <c r="C244" s="3">
-        <v>324.39</v>
+        <v>859.41</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F244" s="3">
-        <v>21</v>
+        <v>46</v>
       </c>
       <c r="G244" s="3">
         <v>1</v>
       </c>
       <c r="H244" s="3">
         <v>10</v>
       </c>
       <c r="I244" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
         <v>489</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>490</v>
       </c>
       <c r="C245" s="3">
-        <v>768.23</v>
+        <v>1024.69</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F245" s="3">
-        <v>53</v>
+        <v>339</v>
       </c>
       <c r="G245" s="3">
         <v>1</v>
       </c>
       <c r="H245" s="3">
         <v>10</v>
       </c>
       <c r="I245" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
         <v>491</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>492</v>
       </c>
       <c r="C246" s="3">
-        <v>803.84</v>
+        <v>324.39</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F246" s="3">
-        <v>53</v>
+        <v>417</v>
       </c>
       <c r="G246" s="3">
         <v>1</v>
       </c>
       <c r="H246" s="3">
         <v>10</v>
       </c>
       <c r="I246" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
         <v>493</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>494</v>
       </c>
       <c r="C247" s="3">
-        <v>262.9</v>
+        <v>450.95</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F247" s="3">
-        <v>79</v>
+        <v>329</v>
       </c>
       <c r="G247" s="3">
         <v>1</v>
       </c>
       <c r="H247" s="3">
         <v>10</v>
       </c>
       <c r="I247" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
         <v>495</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>496</v>
       </c>
       <c r="C248" s="3">
-        <v>556.99</v>
+        <v>607.46</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F248" s="3">
-        <v>64</v>
+        <v>385</v>
       </c>
       <c r="G248" s="3">
         <v>1</v>
       </c>
       <c r="H248" s="3">
         <v>10</v>
       </c>
       <c r="I248" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
         <v>497</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>498</v>
       </c>
       <c r="C249" s="3">
-        <v>311.79</v>
+        <v>768.23</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F249" s="3">
-        <v>42</v>
+        <v>314</v>
       </c>
       <c r="G249" s="3">
         <v>1</v>
       </c>
       <c r="H249" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I249" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
         <v>499</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>500</v>
       </c>
       <c r="C250" s="3">
-        <v>647.47</v>
+        <v>803.84</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F250" s="3">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="G250" s="3">
         <v>1</v>
       </c>
       <c r="H250" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I250" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
         <v>501</v>
       </c>
       <c r="B251" s="3" t="s">
         <v>502</v>
       </c>
       <c r="C251" s="3">
-        <v>508.88</v>
+        <v>262.9</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F251" s="3">
-        <v>115</v>
+        <v>89</v>
       </c>
       <c r="G251" s="3">
         <v>1</v>
       </c>
       <c r="H251" s="3">
         <v>10</v>
       </c>
       <c r="I251" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
         <v>503</v>
       </c>
       <c r="B252" s="3" t="s">
         <v>504</v>
       </c>
       <c r="C252" s="3">
-        <v>250.87</v>
+        <v>345.06</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F252" s="3">
-        <v>6</v>
+        <v>209</v>
       </c>
       <c r="G252" s="3">
         <v>1</v>
       </c>
       <c r="H252" s="3">
         <v>10</v>
       </c>
       <c r="I252" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
         <v>505</v>
       </c>
       <c r="B253" s="3" t="s">
         <v>506</v>
       </c>
       <c r="C253" s="3">
-        <v>257.2</v>
+        <v>26.85</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F253" s="3">
-        <v>194</v>
+        <v>280</v>
       </c>
       <c r="G253" s="3">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="H253" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I253" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
         <v>507</v>
       </c>
       <c r="B254" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C254" s="3">
-        <v>104.25</v>
+        <v>1092.98</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F254" s="3">
-        <v>2700</v>
+        <v>0</v>
       </c>
       <c r="G254" s="3">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="H254" s="3">
-        <v>1200</v>
+        <v>200</v>
       </c>
       <c r="I254" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
         <v>509</v>
       </c>
       <c r="B255" s="3" t="s">
         <v>510</v>
       </c>
       <c r="C255" s="3">
-        <v>135.07</v>
+        <v>415.99</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F255" s="3">
-        <v>3880</v>
+        <v>0</v>
       </c>
       <c r="G255" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H255" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I255" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
         <v>511</v>
       </c>
       <c r="B256" s="3" t="s">
         <v>512</v>
       </c>
       <c r="C256" s="3">
-        <v>489.12</v>
+        <v>114.06</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F256" s="3">
-        <v>5431</v>
+        <v>2869</v>
       </c>
       <c r="G256" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H256" s="3">
-        <v>240</v>
+        <v>400</v>
       </c>
       <c r="I256" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
         <v>513</v>
       </c>
       <c r="B257" s="3" t="s">
         <v>514</v>
       </c>
       <c r="C257" s="3">
-        <v>450.95</v>
+        <v>228.83</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F257" s="3">
-        <v>50</v>
+        <v>377</v>
       </c>
       <c r="G257" s="3">
         <v>1</v>
       </c>
       <c r="H257" s="3">
+        <v>200</v>
+      </c>
+      <c r="I257" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
         <v>515</v>
       </c>
       <c r="B258" s="3" t="s">
         <v>516</v>
       </c>
       <c r="C258" s="3">
-        <v>13.5</v>
+        <v>49.25</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E258" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F258" s="3">
-        <v>3250</v>
+        <v>0</v>
       </c>
       <c r="G258" s="3">
         <v>50</v>
       </c>
       <c r="H258" s="3">
-        <v>4000</v>
+        <v>2000</v>
       </c>
       <c r="I258" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
         <v>517</v>
       </c>
       <c r="B259" s="3" t="s">
         <v>518</v>
       </c>
       <c r="C259" s="3">
-        <v>607.46</v>
+        <v>46.46</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F259" s="3">
-        <v>59</v>
+        <v>15500</v>
       </c>
       <c r="G259" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H259" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I259" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
         <v>519</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>520</v>
       </c>
       <c r="C260" s="3">
-        <v>116.62</v>
+        <v>647.47</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F260" s="3">
-        <v>4550</v>
+        <v>211</v>
       </c>
       <c r="G260" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H260" s="3">
-        <v>1500</v>
+        <v>200</v>
       </c>
       <c r="I260" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
         <v>521</v>
       </c>
       <c r="B261" s="3" t="s">
         <v>522</v>
       </c>
       <c r="C261" s="3">
-        <v>743.69</v>
+        <v>237.14</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F261" s="3">
-        <v>4957</v>
+        <v>72</v>
       </c>
       <c r="G261" s="3">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="H261" s="3">
-        <v>147</v>
+        <v>100</v>
       </c>
       <c r="I261" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
         <v>523</v>
       </c>
       <c r="B262" s="3" t="s">
         <v>524</v>
       </c>
       <c r="C262" s="3">
-        <v>19.36</v>
+        <v>150.8</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F262" s="3">
-        <v>78950</v>
+        <v>1171</v>
       </c>
       <c r="G262" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H262" s="3">
-        <v>4000</v>
+        <v>300</v>
       </c>
       <c r="I262" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
         <v>525</v>
       </c>
       <c r="B263" s="3" t="s">
         <v>526</v>
       </c>
       <c r="C263" s="3">
-        <v>41.08</v>
+        <v>301.58</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F263" s="3">
-        <v>0</v>
+        <v>217</v>
       </c>
       <c r="G263" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H263" s="3">
-        <v>2000</v>
+        <v>150</v>
       </c>
       <c r="I263" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
         <v>527</v>
       </c>
       <c r="B264" s="3" t="s">
         <v>528</v>
       </c>
       <c r="C264" s="3">
-        <v>89.79</v>
+        <v>104.25</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F264" s="3">
-        <v>4020</v>
+        <v>1230</v>
       </c>
       <c r="G264" s="3">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="H264" s="3">
-        <v>1500</v>
+        <v>1200</v>
       </c>
       <c r="I264" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
         <v>529</v>
       </c>
       <c r="B265" s="3" t="s">
         <v>530</v>
       </c>
       <c r="C265" s="3">
-        <v>301.58</v>
+        <v>135.07</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F265" s="3">
-        <v>290</v>
+        <v>3820</v>
       </c>
       <c r="G265" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H265" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I265" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
         <v>531</v>
       </c>
       <c r="B266" s="3" t="s">
         <v>532</v>
       </c>
       <c r="C266" s="3">
-        <v>356.73</v>
+        <v>54.62</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F266" s="3">
-        <v>4</v>
+        <v>315</v>
       </c>
       <c r="G266" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="H266" s="3">
-        <v>10</v>
+        <v>1500</v>
       </c>
       <c r="I266" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
         <v>533</v>
       </c>
       <c r="B267" s="3" t="s">
         <v>534</v>
       </c>
       <c r="C267" s="3">
-        <v>39.43</v>
+        <v>116.62</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E267" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F267" s="3">
-        <v>27800</v>
+        <v>5750</v>
       </c>
       <c r="G267" s="3">
         <v>50</v>
       </c>
       <c r="H267" s="3">
-        <v>3000</v>
+        <v>1500</v>
       </c>
       <c r="I267" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
         <v>535</v>
       </c>
       <c r="B268" s="3" t="s">
         <v>536</v>
       </c>
       <c r="C268" s="3">
-        <v>57.21</v>
+        <v>743.69</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E268" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F268" s="3">
-        <v>5000</v>
+        <v>4553</v>
       </c>
       <c r="G268" s="3">
-        <v>50</v>
+        <v>7</v>
       </c>
       <c r="H268" s="3">
-        <v>2500</v>
+        <v>147</v>
       </c>
       <c r="I268" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
         <v>537</v>
       </c>
       <c r="B269" s="3" t="s">
         <v>538</v>
       </c>
       <c r="C269" s="3">
-        <v>86.14</v>
+        <v>148.74</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E269" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F269" s="3">
-        <v>625</v>
+        <v>0</v>
       </c>
       <c r="G269" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="H269" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I269" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
         <v>539</v>
       </c>
       <c r="B270" s="3" t="s">
         <v>540</v>
       </c>
       <c r="C270" s="3">
-        <v>157.57</v>
+        <v>301.58</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F270" s="3">
-        <v>4070</v>
+        <v>684</v>
       </c>
       <c r="G270" s="3">
+        <v>1</v>
+      </c>
+      <c r="H270" s="3">
+        <v>150</v>
+      </c>
+      <c r="I270" s="3">
         <v>10</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
         <v>541</v>
       </c>
       <c r="B271" s="3" t="s">
         <v>542</v>
       </c>
       <c r="C271" s="3">
-        <v>37.94</v>
+        <v>41.08</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E271" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F271" s="3">
-        <v>7700</v>
+        <v>3325</v>
       </c>
       <c r="G271" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H271" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I271" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
         <v>543</v>
       </c>
       <c r="B272" s="3" t="s">
         <v>544</v>
       </c>
       <c r="C272" s="3">
-        <v>54.62</v>
+        <v>54.76</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E272" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F272" s="3">
-        <v>4200</v>
+        <v>7180</v>
       </c>
       <c r="G272" s="3">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H272" s="3">
-        <v>1500</v>
+        <v>2400</v>
       </c>
       <c r="I272" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
         <v>545</v>
       </c>
       <c r="B273" s="3" t="s">
         <v>546</v>
       </c>
       <c r="C273" s="3">
         <v>514.88</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F273" s="3">
         <v>0</v>
       </c>
       <c r="G273" s="3">
         <v>1</v>
       </c>
       <c r="H273" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I273" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="3" t="s">
         <v>547</v>
       </c>
       <c r="B274" s="3" t="s">
         <v>548</v>
       </c>
       <c r="C274" s="3">
-        <v>264.59</v>
+        <v>526.17</v>
       </c>
       <c r="D274" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F274" s="3">
-        <v>0</v>
+        <v>103</v>
       </c>
       <c r="G274" s="3">
         <v>1</v>
       </c>
       <c r="H274" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I274" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
         <v>549</v>
       </c>
       <c r="B275" s="3" t="s">
         <v>550</v>
       </c>
       <c r="C275" s="3">
-        <v>608.42</v>
+        <v>361.44</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F275" s="3">
-        <v>80</v>
+        <v>341</v>
       </c>
       <c r="G275" s="3">
         <v>1</v>
       </c>
       <c r="H275" s="3">
-        <v>60</v>
+        <v>150</v>
       </c>
       <c r="I275" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
         <v>551</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>552</v>
       </c>
       <c r="C276" s="3">
-        <v>150.8</v>
+        <v>311.79</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F276" s="3">
-        <v>0</v>
+        <v>1392</v>
       </c>
       <c r="G276" s="3">
         <v>1</v>
       </c>
       <c r="H276" s="3">
-        <v>10</v>
+        <v>250</v>
       </c>
       <c r="I276" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
         <v>553</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>554</v>
       </c>
       <c r="C277" s="3">
-        <v>114.41</v>
+        <v>322.73</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F277" s="3">
-        <v>0</v>
+        <v>353</v>
       </c>
       <c r="G277" s="3">
         <v>1</v>
       </c>
       <c r="H277" s="3">
-        <v>10</v>
+        <v>250</v>
       </c>
       <c r="I277" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
         <v>555</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>556</v>
       </c>
       <c r="C278" s="3">
-        <v>132.66</v>
+        <v>213.8</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F278" s="3">
-        <v>3820</v>
+        <v>483</v>
       </c>
       <c r="G278" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H278" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I278" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
         <v>557</v>
       </c>
       <c r="B279" s="3" t="s">
         <v>558</v>
       </c>
       <c r="C279" s="3">
-        <v>356.73</v>
+        <v>508.88</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F279" s="3">
-        <v>75</v>
+        <v>0</v>
       </c>
       <c r="G279" s="3">
         <v>1</v>
       </c>
       <c r="H279" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I279" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
         <v>559</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>560</v>
       </c>
       <c r="C280" s="3">
-        <v>134.5</v>
+        <v>250.87</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F280" s="3">
         <v>0</v>
       </c>
       <c r="G280" s="3">
         <v>1</v>
       </c>
       <c r="H280" s="3">
-        <v>5000</v>
+        <v>400</v>
       </c>
       <c r="I280" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
         <v>561</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>562</v>
       </c>
       <c r="C281" s="3">
-        <v>345.06</v>
+        <v>257.2</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F281" s="3">
-        <v>10</v>
+        <v>1266</v>
       </c>
       <c r="G281" s="3">
         <v>1</v>
       </c>
       <c r="H281" s="3">
-        <v>10</v>
+        <v>400</v>
       </c>
       <c r="I281" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
         <v>563</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>564</v>
       </c>
       <c r="C282" s="3">
-        <v>54.76</v>
+        <v>489.12</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E282" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F282" s="3">
-        <v>9540</v>
+        <v>5008</v>
       </c>
       <c r="G282" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="H282" s="3">
-        <v>2400</v>
+        <v>240</v>
       </c>
       <c r="I282" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
         <v>565</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>566</v>
       </c>
       <c r="C283" s="3">
-        <v>14.18</v>
+        <v>19.36</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E283" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F283" s="3">
-        <v>34900</v>
+        <v>9000</v>
       </c>
       <c r="G283" s="3">
         <v>50</v>
       </c>
       <c r="H283" s="3">
         <v>4000</v>
       </c>
       <c r="I283" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
         <v>567</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>568</v>
       </c>
       <c r="C284" s="3">
-        <v>301.58</v>
+        <v>89.79</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F284" s="3">
-        <v>28</v>
+        <v>6050</v>
       </c>
       <c r="G284" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H284" s="3">
-        <v>10</v>
+        <v>1500</v>
       </c>
       <c r="I284" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
         <v>569</v>
       </c>
       <c r="B285" s="3" t="s">
         <v>570</v>
       </c>
       <c r="C285" s="3">
-        <v>361.44</v>
+        <v>57.21</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F285" s="3">
-        <v>48</v>
+        <v>2450</v>
       </c>
       <c r="G285" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H285" s="3">
-        <v>10</v>
+        <v>2500</v>
       </c>
       <c r="I285" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
         <v>571</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>572</v>
       </c>
       <c r="C286" s="3">
-        <v>459.35</v>
+        <v>86.14</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F286" s="3">
-        <v>79</v>
+        <v>3450</v>
       </c>
       <c r="G286" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H286" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I286" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
         <v>573</v>
       </c>
       <c r="B287" s="3" t="s">
         <v>574</v>
       </c>
       <c r="C287" s="3">
-        <v>100.12</v>
+        <v>14.18</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E287" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F287" s="3">
-        <v>9100</v>
+        <v>18250</v>
       </c>
       <c r="G287" s="3">
         <v>50</v>
       </c>
       <c r="H287" s="3">
-        <v>2500</v>
+        <v>4000</v>
       </c>
       <c r="I287" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
         <v>575</v>
       </c>
       <c r="B288" s="3" t="s">
         <v>576</v>
       </c>
       <c r="C288" s="3">
-        <v>20.27</v>
+        <v>100.12</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E288" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F288" s="3">
-        <v>0</v>
+        <v>6300</v>
       </c>
       <c r="G288" s="3">
         <v>50</v>
       </c>
       <c r="H288" s="3">
-        <v>4000</v>
+        <v>2500</v>
       </c>
       <c r="I288" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
         <v>577</v>
       </c>
       <c r="B289" s="3" t="s">
         <v>578</v>
       </c>
       <c r="C289" s="3">
-        <v>150.8</v>
+        <v>600.66</v>
       </c>
       <c r="D289" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F289" s="3">
-        <v>65</v>
+        <v>6032</v>
       </c>
       <c r="G289" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H289" s="3">
-        <v>10</v>
+        <v>240</v>
       </c>
       <c r="I289" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="3" t="s">
         <v>579</v>
       </c>
       <c r="B290" s="3" t="s">
         <v>580</v>
       </c>
       <c r="C290" s="3">
         <v>228.83</v>
       </c>
       <c r="D290" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F290" s="3">
-        <v>0</v>
+        <v>1339</v>
       </c>
       <c r="G290" s="3">
         <v>1</v>
       </c>
       <c r="H290" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I290" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="3" t="s">
         <v>581</v>
       </c>
       <c r="B291" s="3" t="s">
         <v>582</v>
       </c>
       <c r="C291" s="3">
-        <v>600.66</v>
+        <v>586.44</v>
       </c>
       <c r="D291" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F291" s="3">
-        <v>6497</v>
+        <v>671</v>
       </c>
       <c r="G291" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H291" s="3">
-        <v>240</v>
+        <v>80</v>
       </c>
       <c r="I291" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
         <v>583</v>
       </c>
       <c r="B292" s="3" t="s">
         <v>584</v>
       </c>
       <c r="C292" s="3">
-        <v>255.89</v>
+        <v>422.18</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F292" s="3">
-        <v>143</v>
+        <v>241</v>
       </c>
       <c r="G292" s="3">
         <v>1</v>
       </c>
       <c r="H292" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I292" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
         <v>585</v>
       </c>
       <c r="B293" s="3" t="s">
         <v>586</v>
       </c>
       <c r="C293" s="3">
-        <v>322.73</v>
+        <v>310.52</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F293" s="3">
-        <v>24</v>
+        <v>529</v>
       </c>
       <c r="G293" s="3">
         <v>1</v>
       </c>
       <c r="H293" s="3">
-        <v>10</v>
+        <v>250</v>
       </c>
       <c r="I293" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="3" t="s">
         <v>587</v>
       </c>
       <c r="B294" s="3" t="s">
         <v>588</v>
       </c>
       <c r="C294" s="3">
-        <v>180.71</v>
+        <v>20.27</v>
       </c>
       <c r="D294" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F294" s="3">
-        <v>0</v>
+        <v>354400</v>
       </c>
       <c r="G294" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H294" s="3">
-        <v>10</v>
+        <v>4000</v>
       </c>
       <c r="I294" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="3" t="s">
         <v>589</v>
       </c>
       <c r="B295" s="3" t="s">
         <v>590</v>
       </c>
       <c r="C295" s="3">
-        <v>213.8</v>
+        <v>66.02</v>
       </c>
       <c r="D295" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F295" s="3">
-        <v>0</v>
+        <v>4625</v>
       </c>
       <c r="G295" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H295" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I295" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" s="3" t="s">
         <v>591</v>
       </c>
       <c r="B296" s="3" t="s">
         <v>592</v>
       </c>
       <c r="C296" s="3">
-        <v>106.91</v>
+        <v>127.63</v>
       </c>
       <c r="D296" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F296" s="3">
-        <v>0</v>
+        <v>4120</v>
       </c>
       <c r="G296" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H296" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I296" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="3" t="s">
         <v>593</v>
       </c>
       <c r="B297" s="3" t="s">
         <v>594</v>
       </c>
       <c r="C297" s="3">
-        <v>14.75</v>
+        <v>150.8</v>
       </c>
       <c r="D297" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F297" s="3">
-        <v>36850</v>
+        <v>566</v>
       </c>
       <c r="G297" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H297" s="3">
-        <v>4000</v>
+        <v>300</v>
       </c>
       <c r="I297" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" s="3" t="s">
         <v>595</v>
       </c>
       <c r="B298" s="3" t="s">
         <v>596</v>
       </c>
       <c r="C298" s="3">
-        <v>18.09</v>
+        <v>337.59</v>
       </c>
       <c r="D298" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E298" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F298" s="3">
-        <v>0</v>
+        <v>7100</v>
       </c>
       <c r="G298" s="3">
         <v>50</v>
       </c>
       <c r="H298" s="3">
-        <v>4000</v>
+        <v>1000</v>
       </c>
       <c r="I298" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A299" s="3" t="s">
+      <c r="A299" s="2" t="s">
         <v>597</v>
       </c>
-      <c r="B299" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B299" s="2"/>
+      <c r="C299" s="2"/>
+      <c r="D299" s="2"/>
+      <c r="E299" s="2"/>
+      <c r="F299" s="2"/>
+      <c r="G299" s="2"/>
+      <c r="H299" s="2"/>
+      <c r="I299" s="2"/>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
+        <v>598</v>
+      </c>
+      <c r="B300" s="3" t="s">
         <v>599</v>
       </c>
-      <c r="B300" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C300" s="3">
-        <v>23.95</v>
+        <v>10</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E300" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F300" s="3">
-        <v>8531</v>
+        <v>46700</v>
       </c>
       <c r="G300" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H300" s="3">
-        <v>2500</v>
+        <v>6000</v>
       </c>
       <c r="I300" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="B301" s="3" t="s">
         <v>601</v>
       </c>
-      <c r="B301" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C301" s="3">
-        <v>37.97</v>
+        <v>11.81</v>
       </c>
       <c r="D301" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E301" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F301" s="3">
-        <v>16101</v>
+        <v>49500</v>
       </c>
       <c r="G301" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H301" s="3">
-        <v>2500</v>
+        <v>6000</v>
       </c>
       <c r="I301" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
+        <v>602</v>
+      </c>
+      <c r="B302" s="3" t="s">
         <v>603</v>
       </c>
-      <c r="B302" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C302" s="3">
-        <v>50.99</v>
+        <v>12.59</v>
       </c>
       <c r="D302" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E302" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F302" s="3">
-        <v>2975</v>
+        <v>17500</v>
       </c>
       <c r="G302" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H302" s="3">
-        <v>1500</v>
+        <v>3000</v>
       </c>
       <c r="I302" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A303" s="3" t="s">
+        <v>604</v>
+      </c>
+      <c r="B303" s="3" t="s">
         <v>605</v>
       </c>
-      <c r="B303" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C303" s="3">
-        <v>46.46</v>
+        <v>19.74</v>
       </c>
       <c r="D303" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E303" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F303" s="3">
-        <v>16250</v>
+        <v>6800</v>
       </c>
       <c r="G303" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H303" s="3">
-        <v>2000</v>
+        <v>10000</v>
       </c>
       <c r="I303" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="B304" s="3" t="s">
         <v>607</v>
       </c>
-      <c r="B304" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C304" s="3">
-        <v>43.43</v>
+        <v>241.29</v>
       </c>
       <c r="D304" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F304" s="3">
-        <v>8500</v>
+        <v>112</v>
       </c>
       <c r="G304" s="3">
+        <v>1</v>
+      </c>
+      <c r="H304" s="3">
+        <v>10</v>
+      </c>
+      <c r="I304" s="3">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
+        <v>608</v>
+      </c>
+      <c r="B305" s="3" t="s">
         <v>609</v>
       </c>
-      <c r="B305" s="3" t="s">
+      <c r="C305" s="3">
+        <v>13.53</v>
+      </c>
+      <c r="D305" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E305" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F305" s="3">
+        <v>111900</v>
+      </c>
+      <c r="G305" s="3">
+        <v>100</v>
+      </c>
+      <c r="H305" s="3">
+        <v>5000</v>
+      </c>
+      <c r="I305" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="306" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A306" s="3" t="s">
         <v>610</v>
       </c>
-      <c r="C305" s="3">
-[...22 lines deleted...]
-      <c r="A306" s="2" t="s">
+      <c r="B306" s="3" t="s">
         <v>611</v>
       </c>
-      <c r="B306" s="2"/>
-[...6 lines deleted...]
-      <c r="I306" s="2"/>
+      <c r="C306" s="3">
+        <v>17.28</v>
+      </c>
+      <c r="D306" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E306" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F306" s="3">
+        <v>5700</v>
+      </c>
+      <c r="G306" s="3">
+        <v>50</v>
+      </c>
+      <c r="H306" s="3">
+        <v>3000</v>
+      </c>
+      <c r="I306" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" s="3" t="s">
         <v>612</v>
       </c>
       <c r="B307" s="3" t="s">
         <v>613</v>
       </c>
       <c r="C307" s="3">
-        <v>47.23</v>
+        <v>122.58</v>
       </c>
       <c r="D307" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F307" s="3">
+        <v>3950</v>
+      </c>
+      <c r="G307" s="3">
+        <v>50</v>
+      </c>
+      <c r="H307" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I307" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="3" t="s">
         <v>614</v>
       </c>
       <c r="B308" s="3" t="s">
         <v>615</v>
       </c>
       <c r="C308" s="3">
-        <v>73.31</v>
+        <v>224.67</v>
       </c>
       <c r="D308" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F308" s="3">
-        <v>103</v>
+        <v>59</v>
       </c>
       <c r="G308" s="3">
         <v>1</v>
       </c>
       <c r="H308" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I308" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" s="3" t="s">
         <v>616</v>
       </c>
       <c r="B309" s="3" t="s">
         <v>617</v>
       </c>
       <c r="C309" s="3">
         <v>83.78</v>
       </c>
       <c r="D309" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F309" s="3">
-        <v>2</v>
+        <v>198</v>
       </c>
       <c r="G309" s="3">
         <v>1</v>
       </c>
       <c r="H309" s="3">
         <v>60</v>
       </c>
       <c r="I309" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" s="3" t="s">
         <v>618</v>
       </c>
       <c r="B310" s="3" t="s">
         <v>619</v>
       </c>
       <c r="C310" s="3">
         <v>91.94</v>
       </c>
       <c r="D310" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F310" s="3">
-        <v>465</v>
+        <v>384</v>
       </c>
       <c r="G310" s="3">
         <v>1</v>
       </c>
       <c r="H310" s="3">
         <v>60</v>
       </c>
       <c r="I310" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="3" t="s">
         <v>620</v>
       </c>
       <c r="B311" s="3" t="s">
         <v>621</v>
       </c>
       <c r="C311" s="3">
-        <v>106.6</v>
+        <v>19.2</v>
       </c>
       <c r="D311" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F311" s="3">
-        <v>0</v>
+        <v>35200</v>
       </c>
       <c r="G311" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H311" s="3">
-        <v>60</v>
+        <v>2500</v>
       </c>
       <c r="I311" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A312" s="3" t="s">
         <v>622</v>
       </c>
       <c r="B312" s="3" t="s">
         <v>623</v>
       </c>
       <c r="C312" s="3">
-        <v>310.1</v>
+        <v>56.15</v>
       </c>
       <c r="D312" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F312" s="3">
-        <v>1</v>
+        <v>5200</v>
       </c>
       <c r="G312" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H312" s="3">
-        <v>60</v>
+        <v>2500</v>
       </c>
       <c r="I312" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
         <v>624</v>
       </c>
       <c r="B313" s="3" t="s">
         <v>625</v>
       </c>
       <c r="C313" s="3">
-        <v>13.53</v>
+        <v>47.23</v>
       </c>
       <c r="D313" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F313" s="3">
-        <v>124900</v>
+        <v>0</v>
       </c>
       <c r="G313" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H313" s="3">
-        <v>5000</v>
+        <v>60</v>
       </c>
       <c r="I313" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A314" s="3" t="s">
         <v>626</v>
       </c>
       <c r="B314" s="3" t="s">
         <v>627</v>
       </c>
       <c r="C314" s="3">
-        <v>669.79</v>
+        <v>73.31</v>
       </c>
       <c r="D314" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F314" s="3">
-        <v>29</v>
+        <v>67</v>
       </c>
       <c r="G314" s="3">
         <v>1</v>
       </c>
       <c r="H314" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I314" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A315" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B315" s="3" t="s">
         <v>629</v>
       </c>
       <c r="C315" s="3">
         <v>61.13</v>
       </c>
       <c r="D315" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F315" s="3">
-        <v>770</v>
+        <v>757</v>
       </c>
       <c r="G315" s="3">
         <v>1</v>
       </c>
       <c r="H315" s="3">
         <v>60</v>
       </c>
       <c r="I315" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A316" s="3" t="s">
         <v>630</v>
       </c>
       <c r="B316" s="3" t="s">
         <v>631</v>
       </c>
       <c r="C316" s="3">
-        <v>31.63</v>
+        <v>106.6</v>
       </c>
       <c r="D316" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F316" s="3">
-        <v>350</v>
+        <v>113</v>
       </c>
       <c r="G316" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H316" s="3">
-        <v>2500</v>
+        <v>60</v>
       </c>
       <c r="I316" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A317" s="3" t="s">
         <v>632</v>
       </c>
       <c r="B317" s="3" t="s">
         <v>633</v>
       </c>
       <c r="C317" s="3">
-        <v>179.58</v>
+        <v>123.46</v>
       </c>
       <c r="D317" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F317" s="3">
-        <v>81</v>
+        <v>28</v>
       </c>
       <c r="G317" s="3">
         <v>1</v>
       </c>
       <c r="H317" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I317" s="3">
-        <v>50</v>
+        <v>6</v>
       </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="3" t="s">
         <v>634</v>
       </c>
       <c r="B318" s="3" t="s">
         <v>635</v>
       </c>
       <c r="C318" s="3">
-        <v>241.29</v>
+        <v>187.52</v>
       </c>
       <c r="D318" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F318" s="3">
-        <v>94</v>
+        <v>129</v>
       </c>
       <c r="G318" s="3">
         <v>1</v>
       </c>
       <c r="H318" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I318" s="3">
-        <v>50</v>
+        <v>6</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A319" s="3" t="s">
         <v>636</v>
       </c>
       <c r="B319" s="3" t="s">
         <v>637</v>
       </c>
       <c r="C319" s="3">
-        <v>107.78</v>
+        <v>310.1</v>
       </c>
       <c r="D319" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F319" s="3">
-        <v>149</v>
+        <v>1</v>
       </c>
       <c r="G319" s="3">
         <v>1</v>
       </c>
       <c r="H319" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I319" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A320" s="3" t="s">
         <v>638</v>
       </c>
       <c r="B320" s="3" t="s">
         <v>639</v>
       </c>
       <c r="C320" s="3">
-        <v>38.23</v>
+        <v>568.56</v>
       </c>
       <c r="D320" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F320" s="3">
-        <v>6800</v>
+        <v>17</v>
       </c>
       <c r="G320" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H320" s="3">
-        <v>2500</v>
+        <v>10</v>
       </c>
       <c r="I320" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A321" s="3" t="s">
         <v>640</v>
       </c>
       <c r="B321" s="3" t="s">
         <v>641</v>
       </c>
       <c r="C321" s="3">
-        <v>9.75</v>
+        <v>9.96</v>
       </c>
       <c r="D321" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E321" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F321" s="3">
-        <v>15000</v>
+        <v>50800</v>
       </c>
       <c r="G321" s="3">
         <v>100</v>
       </c>
       <c r="H321" s="3">
-        <v>5000</v>
+        <v>10000</v>
       </c>
       <c r="I321" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="322" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A322" s="3" t="s">
         <v>642</v>
       </c>
       <c r="B322" s="3" t="s">
         <v>643</v>
       </c>
       <c r="C322" s="3">
-        <v>12.63</v>
+        <v>107.78</v>
       </c>
       <c r="D322" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F322" s="3">
-        <v>17500</v>
+        <v>121</v>
       </c>
       <c r="G322" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H322" s="3">
-        <v>5000</v>
+        <v>10</v>
       </c>
       <c r="I322" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A323" s="3" t="s">
         <v>644</v>
       </c>
       <c r="B323" s="3" t="s">
         <v>645</v>
       </c>
       <c r="C323" s="3">
-        <v>17.99</v>
+        <v>247.74</v>
       </c>
       <c r="D323" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F323" s="3">
-        <v>20950</v>
+        <v>141</v>
       </c>
       <c r="G323" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H323" s="3">
-        <v>3000</v>
+        <v>10</v>
       </c>
       <c r="I323" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="324" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A324" s="3" t="s">
         <v>646</v>
       </c>
       <c r="B324" s="3" t="s">
         <v>647</v>
       </c>
       <c r="C324" s="3">
-        <v>17.28</v>
+        <v>14.41</v>
       </c>
       <c r="D324" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E324" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F324" s="3">
-        <v>6700</v>
+        <v>5600</v>
       </c>
       <c r="G324" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H324" s="3">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="I324" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="325" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A325" s="3" t="s">
         <v>648</v>
       </c>
       <c r="B325" s="3" t="s">
         <v>649</v>
       </c>
       <c r="C325" s="3">
-        <v>568.56</v>
+        <v>12.63</v>
       </c>
       <c r="D325" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F325" s="3">
-        <v>60</v>
+        <v>400</v>
       </c>
       <c r="G325" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H325" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I325" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A326" s="3" t="s">
         <v>650</v>
       </c>
       <c r="B326" s="3" t="s">
         <v>651</v>
       </c>
       <c r="C326" s="3">
-        <v>450.95</v>
+        <v>17.99</v>
       </c>
       <c r="D326" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F326" s="3">
-        <v>38</v>
+        <v>19700</v>
       </c>
       <c r="G326" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H326" s="3">
-        <v>10</v>
+        <v>3000</v>
       </c>
       <c r="I326" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="327" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A327" s="3" t="s">
         <v>652</v>
       </c>
       <c r="B327" s="3" t="s">
         <v>653</v>
       </c>
       <c r="C327" s="3">
-        <v>121.21</v>
+        <v>24.76</v>
       </c>
       <c r="D327" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F327" s="3">
-        <v>76</v>
+        <v>17800</v>
       </c>
       <c r="G327" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H327" s="3">
-        <v>10</v>
+        <v>2500</v>
       </c>
       <c r="I327" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="328" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A328" s="3" t="s">
         <v>654</v>
       </c>
       <c r="B328" s="3" t="s">
         <v>655</v>
       </c>
       <c r="C328" s="3">
-        <v>300.14</v>
+        <v>31.63</v>
       </c>
       <c r="D328" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F328" s="3">
-        <v>28</v>
+        <v>5000</v>
       </c>
       <c r="G328" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H328" s="3">
-        <v>10</v>
+        <v>2500</v>
       </c>
       <c r="I328" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A329" s="3" t="s">
         <v>656</v>
       </c>
       <c r="B329" s="3" t="s">
         <v>657</v>
       </c>
       <c r="C329" s="3">
-        <v>143.5</v>
+        <v>502.47</v>
       </c>
       <c r="D329" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F329" s="3">
-        <v>110</v>
+        <v>18</v>
       </c>
       <c r="G329" s="3">
         <v>1</v>
       </c>
       <c r="H329" s="3">
         <v>10</v>
       </c>
       <c r="I329" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A330" s="3" t="s">
         <v>658</v>
       </c>
       <c r="B330" s="3" t="s">
         <v>659</v>
       </c>
       <c r="C330" s="3">
-        <v>11.81</v>
+        <v>669.79</v>
       </c>
       <c r="D330" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F330" s="3">
-        <v>31700</v>
+        <v>50</v>
       </c>
       <c r="G330" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H330" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I330" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A331" s="3" t="s">
         <v>660</v>
       </c>
       <c r="B331" s="3" t="s">
         <v>661</v>
       </c>
       <c r="C331" s="3">
-        <v>14.41</v>
+        <v>179.58</v>
       </c>
       <c r="D331" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F331" s="3">
-        <v>24200</v>
+        <v>55</v>
       </c>
       <c r="G331" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H331" s="3">
-        <v>5000</v>
+        <v>10</v>
       </c>
       <c r="I331" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="332" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A332" s="3" t="s">
         <v>662</v>
       </c>
       <c r="B332" s="3" t="s">
         <v>663</v>
       </c>
       <c r="C332" s="3">
-        <v>153.02</v>
+        <v>38.23</v>
       </c>
       <c r="D332" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E332" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F332" s="3">
-        <v>1650</v>
+        <v>3850</v>
       </c>
       <c r="G332" s="3">
         <v>50</v>
       </c>
       <c r="H332" s="3">
         <v>2500</v>
       </c>
       <c r="I332" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="333" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A333" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B333" s="3" t="s">
         <v>665</v>
       </c>
       <c r="C333" s="3">
-        <v>83.39</v>
+        <v>9.75</v>
       </c>
       <c r="D333" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E333" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F333" s="3">
-        <v>3550</v>
+        <v>14500</v>
       </c>
       <c r="G333" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H333" s="3">
-        <v>2500</v>
+        <v>5000</v>
       </c>
       <c r="I333" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="334" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A334" s="3" t="s">
         <v>666</v>
       </c>
       <c r="B334" s="3" t="s">
         <v>667</v>
       </c>
       <c r="C334" s="3">
-        <v>19.45</v>
+        <v>450.95</v>
       </c>
       <c r="D334" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F334" s="3">
+        <v>12</v>
+      </c>
+      <c r="G334" s="3">
+        <v>1</v>
+      </c>
+      <c r="H334" s="3">
+        <v>10</v>
+      </c>
+      <c r="I334" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="335" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A335" s="3" t="s">
         <v>668</v>
       </c>
       <c r="B335" s="3" t="s">
         <v>669</v>
       </c>
       <c r="C335" s="3">
-        <v>123.46</v>
+        <v>121.21</v>
       </c>
       <c r="D335" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F335" s="3">
-        <v>28</v>
+        <v>55</v>
       </c>
       <c r="G335" s="3">
         <v>1</v>
       </c>
       <c r="H335" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I335" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="336" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A336" s="3" t="s">
         <v>670</v>
       </c>
       <c r="B336" s="3" t="s">
         <v>671</v>
       </c>
       <c r="C336" s="3">
-        <v>6.87</v>
+        <v>300.14</v>
       </c>
       <c r="D336" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F336" s="3">
-        <v>174200</v>
+        <v>76</v>
       </c>
       <c r="G336" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H336" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I336" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="337" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A337" s="3" t="s">
         <v>672</v>
       </c>
       <c r="B337" s="3" t="s">
         <v>673</v>
       </c>
       <c r="C337" s="3">
-        <v>19.2</v>
+        <v>143.5</v>
       </c>
       <c r="D337" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F337" s="3">
-        <v>41400</v>
+        <v>110</v>
       </c>
       <c r="G337" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H337" s="3">
-        <v>2500</v>
+        <v>10</v>
       </c>
       <c r="I337" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="338" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A338" s="3" t="s">
         <v>674</v>
       </c>
       <c r="B338" s="3" t="s">
         <v>675</v>
       </c>
       <c r="C338" s="3">
-        <v>24.76</v>
+        <v>16.35</v>
       </c>
       <c r="D338" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E338" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F338" s="3">
-        <v>21850</v>
+        <v>8400</v>
       </c>
       <c r="G338" s="3">
         <v>50</v>
       </c>
       <c r="H338" s="3">
-        <v>2500</v>
+        <v>5000</v>
       </c>
       <c r="I338" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="339" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A339" s="3" t="s">
         <v>676</v>
       </c>
       <c r="B339" s="3" t="s">
         <v>677</v>
       </c>
       <c r="C339" s="3">
-        <v>247.74</v>
+        <v>153.02</v>
       </c>
       <c r="D339" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F339" s="3">
-        <v>140</v>
+        <v>1450</v>
       </c>
       <c r="G339" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H339" s="3">
-        <v>10</v>
+        <v>2500</v>
       </c>
       <c r="I339" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="340" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A340" s="3" t="s">
         <v>678</v>
       </c>
       <c r="B340" s="3" t="s">
         <v>679</v>
       </c>
       <c r="C340" s="3">
-        <v>187.52</v>
+        <v>83.39</v>
       </c>
       <c r="D340" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F340" s="3">
-        <v>13</v>
+        <v>2850</v>
       </c>
       <c r="G340" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H340" s="3">
-        <v>60</v>
+        <v>2500</v>
       </c>
       <c r="I340" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="341" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A341" s="3" t="s">
         <v>680</v>
       </c>
       <c r="B341" s="3" t="s">
         <v>681</v>
       </c>
       <c r="C341" s="3">
-        <v>10</v>
+        <v>6.87</v>
       </c>
       <c r="D341" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E341" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F341" s="3">
-        <v>109600</v>
+        <v>163300</v>
       </c>
       <c r="G341" s="3">
         <v>100</v>
       </c>
       <c r="H341" s="3">
-        <v>6000</v>
+        <v>10000</v>
       </c>
       <c r="I341" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="342" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A342" s="3" t="s">
         <v>682</v>
       </c>
       <c r="B342" s="3" t="s">
         <v>683</v>
       </c>
       <c r="C342" s="3">
         <v>11.59</v>
       </c>
       <c r="D342" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E342" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F342" s="3">
-        <v>84200</v>
+        <v>58400</v>
       </c>
       <c r="G342" s="3">
         <v>100</v>
       </c>
       <c r="H342" s="3">
         <v>6000</v>
       </c>
       <c r="I342" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="343" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A343" s="3" t="s">
         <v>684</v>
       </c>
       <c r="B343" s="3" t="s">
         <v>685</v>
       </c>
       <c r="C343" s="3">
-        <v>9.96</v>
+        <v>209.43</v>
       </c>
       <c r="D343" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F343" s="3">
-        <v>61400</v>
+        <v>110</v>
       </c>
       <c r="G343" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H343" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I343" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="344" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A344" s="3" t="s">
         <v>686</v>
       </c>
       <c r="B344" s="3" t="s">
         <v>687</v>
       </c>
       <c r="C344" s="3">
-        <v>19.74</v>
+        <v>13.69</v>
       </c>
       <c r="D344" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E344" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F344" s="3">
-        <v>12200</v>
+        <v>82800</v>
       </c>
       <c r="G344" s="3">
         <v>100</v>
       </c>
       <c r="H344" s="3">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="I344" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="345" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A345" s="3" t="s">
         <v>688</v>
       </c>
       <c r="B345" s="3" t="s">
         <v>689</v>
       </c>
       <c r="C345" s="3">
-        <v>209.43</v>
+        <v>21.06</v>
       </c>
       <c r="D345" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F345" s="3">
-        <v>110</v>
+        <v>0</v>
       </c>
       <c r="G345" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H345" s="3">
-        <v>10</v>
+        <v>2500</v>
       </c>
       <c r="I345" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="346" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A346" s="3" t="s">
+      <c r="A346" s="2" t="s">
         <v>690</v>
       </c>
-      <c r="B346" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B346" s="2"/>
+      <c r="C346" s="2"/>
+      <c r="D346" s="2"/>
+      <c r="E346" s="2"/>
+      <c r="F346" s="2"/>
+      <c r="G346" s="2"/>
+      <c r="H346" s="2"/>
+      <c r="I346" s="2"/>
     </row>
     <row r="347" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A347" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="B347" s="3" t="s">
         <v>692</v>
       </c>
-      <c r="B347" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C347" s="3">
-        <v>122.58</v>
+        <v>119.86</v>
       </c>
       <c r="D347" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E347" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F347" s="3">
-        <v>4700</v>
+        <v>1020</v>
       </c>
       <c r="G347" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H347" s="3">
-        <v>2500</v>
+        <v>1500</v>
       </c>
       <c r="I347" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="348" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A348" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="B348" s="3" t="s">
         <v>694</v>
       </c>
-      <c r="B348" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C348" s="3">
-        <v>13.69</v>
+        <v>67.88</v>
       </c>
       <c r="D348" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E348" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F348" s="3">
-        <v>128600</v>
+        <v>2275</v>
       </c>
       <c r="G348" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H348" s="3">
-        <v>5000</v>
+        <v>1250</v>
       </c>
       <c r="I348" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="349" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A349" s="3" t="s">
+        <v>695</v>
+      </c>
+      <c r="B349" s="3" t="s">
         <v>696</v>
       </c>
-      <c r="B349" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C349" s="3">
-        <v>12.59</v>
+        <v>118.35</v>
       </c>
       <c r="D349" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E349" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F349" s="3">
-        <v>18600</v>
+        <v>1030</v>
       </c>
       <c r="G349" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H349" s="3">
-        <v>3000</v>
+        <v>1500</v>
       </c>
       <c r="I349" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="350" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A350" s="3" t="s">
+        <v>697</v>
+      </c>
+      <c r="B350" s="3" t="s">
         <v>698</v>
       </c>
-      <c r="B350" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C350" s="3">
-        <v>224.67</v>
+        <v>32.44</v>
       </c>
       <c r="D350" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F350" s="3">
-        <v>109</v>
+        <v>12325</v>
       </c>
       <c r="G350" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H350" s="3">
-        <v>10</v>
+        <v>1500</v>
       </c>
       <c r="I350" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="351" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A351" s="3" t="s">
+        <v>699</v>
+      </c>
+      <c r="B351" s="3" t="s">
         <v>700</v>
       </c>
-      <c r="B351" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C351" s="3">
-        <v>16.35</v>
+        <v>113.13</v>
       </c>
       <c r="D351" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E351" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F351" s="3">
-        <v>8850</v>
+        <v>200</v>
       </c>
       <c r="G351" s="3">
         <v>50</v>
       </c>
       <c r="H351" s="3">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="I351" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="352" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A352" s="3" t="s">
+        <v>701</v>
+      </c>
+      <c r="B352" s="3" t="s">
         <v>702</v>
       </c>
-      <c r="B352" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C352" s="3">
-        <v>21.06</v>
+        <v>934.3</v>
       </c>
       <c r="D352" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F352" s="3">
-        <v>0</v>
+        <v>122</v>
       </c>
       <c r="G352" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H352" s="3">
-        <v>2500</v>
+        <v>100</v>
       </c>
       <c r="I352" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="353" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A353" s="3" t="s">
+        <v>703</v>
+      </c>
+      <c r="B353" s="3" t="s">
         <v>704</v>
       </c>
-      <c r="B353" s="3" t="s">
+      <c r="C353" s="3">
+        <v>143.71</v>
+      </c>
+      <c r="D353" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E353" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F353" s="3">
+        <v>2340</v>
+      </c>
+      <c r="G353" s="3">
+        <v>20</v>
+      </c>
+      <c r="H353" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I353" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="354" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A354" s="3" t="s">
         <v>705</v>
       </c>
-      <c r="C353" s="3">
-[...14 lines deleted...]
-      <c r="H353" s="3">
+      <c r="B354" s="3" t="s">
+        <v>706</v>
+      </c>
+      <c r="C354" s="3">
+        <v>66.67</v>
+      </c>
+      <c r="D354" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E354" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F354" s="3">
+        <v>1550</v>
+      </c>
+      <c r="G354" s="3">
         <v>10</v>
       </c>
-      <c r="I353" s="3">
+      <c r="H354" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I354" s="3">
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I354" s="2"/>
     </row>
     <row r="355" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A355" s="3" t="s">
         <v>707</v>
       </c>
       <c r="B355" s="3" t="s">
         <v>708</v>
       </c>
       <c r="C355" s="3">
         <v>139.41</v>
       </c>
       <c r="D355" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E355" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F355" s="3">
-        <v>3000</v>
+        <v>2825</v>
       </c>
       <c r="G355" s="3">
         <v>25</v>
       </c>
       <c r="H355" s="3">
         <v>1250</v>
       </c>
       <c r="I355" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="356" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A356" s="3" t="s">
         <v>709</v>
       </c>
       <c r="B356" s="3" t="s">
         <v>710</v>
       </c>
       <c r="C356" s="3">
-        <v>539.34</v>
+        <v>154.17</v>
       </c>
       <c r="D356" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F356" s="3">
-        <v>74</v>
+        <v>5050</v>
       </c>
       <c r="G356" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H356" s="3">
-        <v>10</v>
+        <v>1500</v>
       </c>
       <c r="I356" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="357" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A357" s="3" t="s">
         <v>711</v>
       </c>
       <c r="B357" s="3" t="s">
         <v>712</v>
       </c>
       <c r="C357" s="3">
-        <v>934.3</v>
+        <v>774.39</v>
       </c>
       <c r="D357" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F357" s="3">
-        <v>37</v>
+        <v>0</v>
       </c>
       <c r="G357" s="3">
         <v>1</v>
       </c>
       <c r="H357" s="3">
         <v>10</v>
       </c>
       <c r="I357" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="358" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A358" s="3" t="s">
         <v>713</v>
       </c>
       <c r="B358" s="3" t="s">
         <v>714</v>
       </c>
       <c r="C358" s="3">
-        <v>57.99</v>
+        <v>9.2</v>
       </c>
       <c r="D358" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E358" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F358" s="3">
-        <v>10600</v>
+        <v>3650</v>
       </c>
       <c r="G358" s="3">
         <v>50</v>
       </c>
       <c r="H358" s="3">
-        <v>1500</v>
+        <v>4000</v>
       </c>
       <c r="I358" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="359" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A359" s="3" t="s">
         <v>715</v>
       </c>
       <c r="B359" s="3" t="s">
         <v>716</v>
       </c>
       <c r="C359" s="3">
-        <v>49.47</v>
+        <v>17.63</v>
       </c>
       <c r="D359" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E359" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F359" s="3">
-        <v>5860</v>
+        <v>1450</v>
       </c>
       <c r="G359" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="H359" s="3">
-        <v>2500</v>
+        <v>1500</v>
       </c>
       <c r="I359" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="360" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A360" s="3" t="s">
         <v>717</v>
       </c>
       <c r="B360" s="3" t="s">
         <v>718</v>
       </c>
       <c r="C360" s="3">
-        <v>126.13</v>
+        <v>57.99</v>
       </c>
       <c r="D360" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E360" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F360" s="3">
-        <v>4480</v>
+        <v>9650</v>
       </c>
       <c r="G360" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="H360" s="3">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="I360" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="361" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A361" s="3" t="s">
         <v>719</v>
       </c>
       <c r="B361" s="3" t="s">
         <v>720</v>
       </c>
       <c r="C361" s="3">
-        <v>119.86</v>
+        <v>49.47</v>
       </c>
       <c r="D361" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E361" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F361" s="3">
-        <v>1030</v>
+        <v>5200</v>
       </c>
       <c r="G361" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="H361" s="3">
-        <v>1500</v>
+        <v>2500</v>
       </c>
       <c r="I361" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="362" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A362" s="3" t="s">
         <v>721</v>
       </c>
       <c r="B362" s="3" t="s">
         <v>722</v>
       </c>
       <c r="C362" s="3">
-        <v>292.45</v>
+        <v>126.13</v>
       </c>
       <c r="D362" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F362" s="3">
-        <v>124</v>
+        <v>4480</v>
       </c>
       <c r="G362" s="3">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="H362" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I362" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="363" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A363" s="3" t="s">
         <v>723</v>
       </c>
       <c r="B363" s="3" t="s">
         <v>724</v>
       </c>
       <c r="C363" s="3">
-        <v>67.88</v>
+        <v>292.45</v>
       </c>
       <c r="D363" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E363" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F363" s="3">
-        <v>2475</v>
+        <v>383</v>
       </c>
       <c r="G363" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H363" s="3">
-        <v>1250</v>
+        <v>100</v>
       </c>
       <c r="I363" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="364" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A364" s="3" t="s">
         <v>725</v>
       </c>
       <c r="B364" s="3" t="s">
         <v>726</v>
       </c>
       <c r="C364" s="3">
-        <v>66.67</v>
+        <v>303.36</v>
       </c>
       <c r="D364" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E364" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F364" s="3">
-        <v>1680</v>
+        <v>1830</v>
       </c>
       <c r="G364" s="3">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="H364" s="3">
-        <v>1000</v>
+        <v>750</v>
       </c>
       <c r="I364" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="365" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A365" s="3" t="s">
         <v>727</v>
       </c>
       <c r="B365" s="3" t="s">
         <v>728</v>
       </c>
       <c r="C365" s="3">
-        <v>154.17</v>
+        <v>175.72</v>
       </c>
       <c r="D365" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E365" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F365" s="3">
-        <v>5000</v>
+        <v>5240</v>
       </c>
       <c r="G365" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H365" s="3">
-        <v>1500</v>
+        <v>800</v>
       </c>
       <c r="I365" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="366" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A366" s="3" t="s">
         <v>729</v>
       </c>
       <c r="B366" s="3" t="s">
         <v>730</v>
       </c>
       <c r="C366" s="3">
-        <v>32.44</v>
+        <v>14.69</v>
       </c>
       <c r="D366" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E366" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F366" s="3">
-        <v>13825</v>
+        <v>1450</v>
       </c>
       <c r="G366" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H366" s="3">
         <v>1500</v>
       </c>
       <c r="I366" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="367" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A367" s="3" t="s">
         <v>731</v>
       </c>
       <c r="B367" s="3" t="s">
         <v>732</v>
       </c>
       <c r="C367" s="3">
-        <v>424.84</v>
+        <v>95.74</v>
       </c>
       <c r="D367" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E367" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F367" s="3">
-        <v>82</v>
+        <v>4440</v>
       </c>
       <c r="G367" s="3">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="H367" s="3">
-        <v>10</v>
+        <v>1800</v>
       </c>
       <c r="I367" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="368" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A368" s="3" t="s">
         <v>733</v>
       </c>
       <c r="B368" s="3" t="s">
         <v>734</v>
       </c>
       <c r="C368" s="3">
-        <v>774.39</v>
+        <v>296.8</v>
       </c>
       <c r="D368" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E368" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F368" s="3">
-        <v>0</v>
+        <v>3720</v>
       </c>
       <c r="G368" s="3">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="H368" s="3">
-        <v>10</v>
+        <v>900</v>
       </c>
       <c r="I368" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="369" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A369" s="3" t="s">
         <v>735</v>
       </c>
       <c r="B369" s="3" t="s">
         <v>736</v>
       </c>
       <c r="C369" s="3">
-        <v>17.63</v>
+        <v>75.32</v>
       </c>
       <c r="D369" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E369" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F369" s="3">
-        <v>1450</v>
+        <v>9650</v>
       </c>
       <c r="G369" s="3">
         <v>50</v>
       </c>
       <c r="H369" s="3">
-        <v>0</v>
+        <v>1200</v>
       </c>
       <c r="I369" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="370" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A370" s="3" t="s">
         <v>737</v>
       </c>
       <c r="B370" s="3" t="s">
         <v>738</v>
       </c>
       <c r="C370" s="3">
-        <v>303.36</v>
+        <v>424.84</v>
       </c>
       <c r="D370" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E370" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F370" s="3">
-        <v>1935</v>
+        <v>343</v>
       </c>
       <c r="G370" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="H370" s="3">
-        <v>750</v>
+        <v>10</v>
       </c>
       <c r="I370" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="371" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A371" s="3" t="s">
         <v>739</v>
       </c>
       <c r="B371" s="3" t="s">
         <v>740</v>
       </c>
       <c r="C371" s="3">
-        <v>175.72</v>
+        <v>539.34</v>
       </c>
       <c r="D371" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E371" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F371" s="3">
-        <v>6560</v>
+        <v>280</v>
       </c>
       <c r="G371" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H371" s="3">
-        <v>800</v>
+        <v>100</v>
       </c>
       <c r="I371" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="372" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A372" s="3" t="s">
+      <c r="A372" s="2" t="s">
         <v>741</v>
       </c>
-      <c r="B372" s="3" t="s">
+      <c r="B372" s="2"/>
+      <c r="C372" s="2"/>
+      <c r="D372" s="2"/>
+      <c r="E372" s="2"/>
+      <c r="F372" s="2"/>
+      <c r="G372" s="2"/>
+      <c r="H372" s="2"/>
+      <c r="I372" s="2"/>
+    </row>
+    <row r="373" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A373" s="2" t="s">
         <v>742</v>
       </c>
-      <c r="C372" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B373" s="2"/>
+      <c r="C373" s="2"/>
+      <c r="D373" s="2"/>
+      <c r="E373" s="2"/>
+      <c r="F373" s="2"/>
+      <c r="G373" s="2"/>
+      <c r="H373" s="2"/>
+      <c r="I373" s="2"/>
     </row>
     <row r="374" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A374" s="3" t="s">
-        <v>745</v>
+        <v>743</v>
       </c>
       <c r="B374" s="3" t="s">
-        <v>746</v>
+        <v>744</v>
       </c>
       <c r="C374" s="3">
-        <v>9.2</v>
+        <v>18.71</v>
       </c>
       <c r="D374" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E374" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F374" s="3">
-        <v>3800</v>
+        <v>40</v>
       </c>
       <c r="G374" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H374" s="3">
-        <v>4000</v>
+        <v>100</v>
       </c>
       <c r="I374" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="375" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A375" s="3" t="s">
-        <v>747</v>
+        <v>745</v>
       </c>
       <c r="B375" s="3" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="C375" s="3">
-        <v>95.74</v>
+        <v>48.03</v>
       </c>
       <c r="D375" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E375" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F375" s="3">
-        <v>4680</v>
+        <v>900</v>
       </c>
       <c r="G375" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="H375" s="3">
-        <v>1800</v>
+        <v>1300</v>
       </c>
       <c r="I375" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="376" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A376" s="3" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="B376" s="3" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="C376" s="3">
-        <v>296.8</v>
+        <v>88.75</v>
       </c>
       <c r="D376" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E376" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F376" s="3">
-        <v>3840</v>
+        <v>0</v>
       </c>
       <c r="G376" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="H376" s="3">
-        <v>900</v>
+        <v>700</v>
       </c>
       <c r="I376" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="377" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A377" s="3" t="s">
-        <v>751</v>
+        <v>749</v>
       </c>
       <c r="B377" s="3" t="s">
-        <v>752</v>
+        <v>750</v>
       </c>
       <c r="C377" s="3">
-        <v>118.35</v>
+        <v>84.12</v>
       </c>
       <c r="D377" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E377" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F377" s="3">
-        <v>1030</v>
+        <v>0</v>
       </c>
       <c r="G377" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H377" s="3">
-        <v>1500</v>
+        <v>700</v>
       </c>
       <c r="I377" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="378" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A378" s="3" t="s">
-        <v>753</v>
+        <v>751</v>
       </c>
       <c r="B378" s="3" t="s">
-        <v>754</v>
+        <v>752</v>
       </c>
       <c r="C378" s="3">
-        <v>75.32</v>
+        <v>128.23</v>
       </c>
       <c r="D378" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E378" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F378" s="3">
-        <v>10850</v>
+        <v>0</v>
       </c>
       <c r="G378" s="3">
         <v>50</v>
       </c>
       <c r="H378" s="3">
-        <v>1200</v>
+        <v>500</v>
       </c>
       <c r="I378" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="379" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A379" s="3" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="B379" s="3" t="s">
-        <v>756</v>
+        <v>754</v>
       </c>
       <c r="C379" s="3">
-        <v>113.13</v>
+        <v>141.51</v>
       </c>
       <c r="D379" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E379" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F379" s="3">
-        <v>2550</v>
+        <v>0</v>
       </c>
       <c r="G379" s="3">
         <v>50</v>
       </c>
       <c r="H379" s="3">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="I379" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="380" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A380" s="2" t="s">
+      <c r="A380" s="3" t="s">
+        <v>755</v>
+      </c>
+      <c r="B380" s="3" t="s">
+        <v>756</v>
+      </c>
+      <c r="C380" s="3">
+        <v>169.68</v>
+      </c>
+      <c r="D380" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E380" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F380" s="3">
+        <v>0</v>
+      </c>
+      <c r="G380" s="3">
+        <v>25</v>
+      </c>
+      <c r="H380" s="3">
+        <v>350</v>
+      </c>
+      <c r="I380" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="381" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A381" s="3" t="s">
         <v>757</v>
       </c>
-      <c r="B380" s="2"/>
-[...9 lines deleted...]
-      <c r="A381" s="2" t="s">
+      <c r="B381" s="3" t="s">
         <v>758</v>
       </c>
-      <c r="B381" s="2"/>
-[...6 lines deleted...]
-      <c r="I381" s="2"/>
+      <c r="C381" s="3">
+        <v>169.68</v>
+      </c>
+      <c r="D381" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E381" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F381" s="3">
+        <v>1200</v>
+      </c>
+      <c r="G381" s="3">
+        <v>25</v>
+      </c>
+      <c r="H381" s="3">
+        <v>350</v>
+      </c>
+      <c r="I381" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="382" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A382" s="3" t="s">
         <v>759</v>
       </c>
       <c r="B382" s="3" t="s">
         <v>760</v>
       </c>
       <c r="C382" s="3">
-        <v>20.66</v>
+        <v>466.79</v>
       </c>
       <c r="D382" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E382" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F382" s="3">
-        <v>2360</v>
+        <v>0</v>
       </c>
       <c r="G382" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="H382" s="3">
-        <v>1000</v>
+        <v>120</v>
       </c>
       <c r="I382" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="383" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A383" s="3" t="s">
         <v>761</v>
       </c>
       <c r="B383" s="3" t="s">
         <v>762</v>
       </c>
       <c r="C383" s="3">
-        <v>53.96</v>
+        <v>20.43</v>
       </c>
       <c r="D383" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E383" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F383" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G383" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H383" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I383" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="384" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A384" s="3" t="s">
         <v>763</v>
       </c>
       <c r="B384" s="3" t="s">
         <v>764</v>
       </c>
       <c r="C384" s="3">
         <v>54.62</v>
       </c>
       <c r="D384" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E384" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F384" s="3">
-        <v>1455</v>
+        <v>790</v>
       </c>
       <c r="G384" s="3">
         <v>5</v>
       </c>
       <c r="H384" s="3">
         <v>500</v>
       </c>
       <c r="I384" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="385" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A385" s="3" t="s">
         <v>765</v>
       </c>
       <c r="B385" s="3" t="s">
         <v>766</v>
       </c>
       <c r="C385" s="3">
-        <v>64.82</v>
+        <v>94.97</v>
       </c>
       <c r="D385" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E385" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F385" s="3">
-        <v>590</v>
+        <v>260</v>
       </c>
       <c r="G385" s="3">
         <v>5</v>
       </c>
       <c r="H385" s="3">
         <v>500</v>
       </c>
       <c r="I385" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="386" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A386" s="3" t="s">
         <v>767</v>
       </c>
       <c r="B386" s="3" t="s">
         <v>768</v>
       </c>
       <c r="C386" s="3">
-        <v>123.18</v>
+        <v>91.61</v>
       </c>
       <c r="D386" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E386" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F386" s="3">
         <v>0</v>
       </c>
       <c r="G386" s="3">
         <v>5</v>
       </c>
       <c r="H386" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I386" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="387" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A387" s="3" t="s">
         <v>769</v>
       </c>
       <c r="B387" s="3" t="s">
         <v>770</v>
       </c>
       <c r="C387" s="3">
-        <v>140.59</v>
+        <v>159.94</v>
       </c>
       <c r="D387" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E387" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F387" s="3">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="G387" s="3">
         <v>5</v>
       </c>
       <c r="H387" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I387" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="388" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A388" s="3" t="s">
         <v>771</v>
       </c>
       <c r="B388" s="3" t="s">
         <v>772</v>
       </c>
       <c r="C388" s="3">
-        <v>139.3</v>
+        <v>792.89</v>
       </c>
       <c r="D388" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E388" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F388" s="3">
         <v>0</v>
       </c>
       <c r="G388" s="3">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="H388" s="3">
         <v>100</v>
       </c>
       <c r="I388" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="389" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A389" s="3" t="s">
         <v>773</v>
       </c>
       <c r="B389" s="3" t="s">
         <v>774</v>
       </c>
       <c r="C389" s="3">
-        <v>141.97</v>
+        <v>79.54</v>
       </c>
       <c r="D389" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E389" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F389" s="3">
-        <v>85</v>
+        <v>0</v>
       </c>
       <c r="G389" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H389" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
       <c r="I389" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="390" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A390" s="3" t="s">
         <v>775</v>
       </c>
       <c r="B390" s="3" t="s">
         <v>776</v>
       </c>
       <c r="C390" s="3">
-        <v>159.94</v>
+        <v>14.44</v>
       </c>
       <c r="D390" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E390" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F390" s="3">
-        <v>0</v>
+        <v>4500</v>
       </c>
       <c r="G390" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H390" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I390" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="391" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A391" s="3" t="s">
         <v>777</v>
       </c>
       <c r="B391" s="3" t="s">
         <v>778</v>
       </c>
       <c r="C391" s="3">
-        <v>195.89</v>
+        <v>18.83</v>
       </c>
       <c r="D391" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E391" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F391" s="3">
-        <v>18</v>
+        <v>920</v>
       </c>
       <c r="G391" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H391" s="3">
         <v>100</v>
       </c>
       <c r="I391" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="392" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A392" s="3" t="s">
         <v>779</v>
       </c>
       <c r="B392" s="3" t="s">
         <v>780</v>
       </c>
       <c r="C392" s="3">
-        <v>493.41</v>
+        <v>41.1</v>
       </c>
       <c r="D392" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E392" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F392" s="3">
         <v>0</v>
       </c>
       <c r="G392" s="3">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="H392" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I392" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="393" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A393" s="3" t="s">
         <v>781</v>
       </c>
       <c r="B393" s="3" t="s">
         <v>782</v>
       </c>
       <c r="C393" s="3">
-        <v>635.67</v>
+        <v>65.86</v>
       </c>
       <c r="D393" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E393" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F393" s="3">
-        <v>0</v>
+        <v>330</v>
       </c>
       <c r="G393" s="3">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="H393" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I393" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="394" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A394" s="3" t="s">
         <v>783</v>
       </c>
       <c r="B394" s="3" t="s">
         <v>784</v>
       </c>
       <c r="C394" s="3">
-        <v>670.29</v>
+        <v>62.27</v>
       </c>
       <c r="D394" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E394" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F394" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G394" s="3">
-        <v>2</v>
+        <v>100</v>
       </c>
       <c r="H394" s="3">
         <v>100</v>
       </c>
       <c r="I394" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="395" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A395" s="3" t="s">
         <v>785</v>
       </c>
       <c r="B395" s="3" t="s">
         <v>786</v>
       </c>
       <c r="C395" s="3">
-        <v>18.71</v>
+        <v>118.96</v>
       </c>
       <c r="D395" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E395" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F395" s="3">
-        <v>440</v>
+        <v>0</v>
       </c>
       <c r="G395" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H395" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I395" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="396" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A396" s="3" t="s">
         <v>787</v>
       </c>
       <c r="B396" s="3" t="s">
         <v>788</v>
       </c>
       <c r="C396" s="3">
-        <v>792.89</v>
+        <v>302.58</v>
       </c>
       <c r="D396" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E396" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F396" s="3">
         <v>0</v>
       </c>
       <c r="G396" s="3">
-        <v>2</v>
+        <v>25</v>
       </c>
       <c r="H396" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I396" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="397" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A397" s="3" t="s">
         <v>789</v>
       </c>
       <c r="B397" s="3" t="s">
         <v>790</v>
       </c>
       <c r="C397" s="3">
-        <v>1362.92</v>
+        <v>75.76</v>
       </c>
       <c r="D397" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E397" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F397" s="3">
         <v>0</v>
       </c>
       <c r="G397" s="3">
-        <v>2</v>
+        <v>100</v>
       </c>
       <c r="H397" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I397" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="398" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A398" s="3" t="s">
         <v>791</v>
       </c>
       <c r="B398" s="3" t="s">
         <v>792</v>
       </c>
       <c r="C398" s="3">
-        <v>15.28</v>
+        <v>141.51</v>
       </c>
       <c r="D398" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E398" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F398" s="3">
         <v>0</v>
       </c>
       <c r="G398" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H398" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I398" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="399" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A399" s="3" t="s">
         <v>793</v>
       </c>
       <c r="B399" s="3" t="s">
         <v>794</v>
       </c>
       <c r="C399" s="3">
-        <v>316.2</v>
+        <v>152.34</v>
       </c>
       <c r="D399" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E399" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F399" s="3">
         <v>0</v>
       </c>
       <c r="G399" s="3">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="H399" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I399" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="400" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A400" s="3" t="s">
         <v>795</v>
       </c>
       <c r="B400" s="3" t="s">
         <v>796</v>
       </c>
       <c r="C400" s="3">
-        <v>19.77</v>
+        <v>14.48</v>
       </c>
       <c r="D400" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E400" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F400" s="3">
-        <v>0</v>
+        <v>760</v>
       </c>
       <c r="G400" s="3">
         <v>10</v>
       </c>
       <c r="H400" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I400" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="401" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A401" s="3" t="s">
         <v>797</v>
       </c>
       <c r="B401" s="3" t="s">
         <v>798</v>
       </c>
       <c r="C401" s="3">
         <v>12.76</v>
       </c>
       <c r="D401" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E401" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F401" s="3">
         <v>0</v>
       </c>
       <c r="G401" s="3">
         <v>10</v>
       </c>
       <c r="H401" s="3">
         <v>100</v>
       </c>
       <c r="I401" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="402" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A402" s="3" t="s">
         <v>799</v>
       </c>
       <c r="B402" s="3" t="s">
         <v>800</v>
       </c>
       <c r="C402" s="3">
-        <v>62.28</v>
+        <v>14.47</v>
       </c>
       <c r="D402" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E402" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F402" s="3">
-        <v>599</v>
+        <v>10</v>
       </c>
       <c r="G402" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H402" s="3">
         <v>100</v>
       </c>
       <c r="I402" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="403" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A403" s="3" t="s">
         <v>801</v>
       </c>
       <c r="B403" s="3" t="s">
         <v>802</v>
       </c>
       <c r="C403" s="3">
-        <v>18.24</v>
+        <v>14.13</v>
       </c>
       <c r="D403" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E403" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F403" s="3">
-        <v>1700</v>
+        <v>0</v>
       </c>
       <c r="G403" s="3">
         <v>100</v>
       </c>
       <c r="H403" s="3">
         <v>100</v>
       </c>
       <c r="I403" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="404" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A404" s="3" t="s">
         <v>803</v>
       </c>
       <c r="B404" s="3" t="s">
         <v>804</v>
       </c>
       <c r="C404" s="3">
-        <v>18.27</v>
+        <v>15.19</v>
       </c>
       <c r="D404" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E404" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F404" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G404" s="3">
         <v>100</v>
       </c>
       <c r="H404" s="3">
-        <v>3500</v>
+        <v>100</v>
       </c>
       <c r="I404" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="405" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A405" s="3" t="s">
         <v>805</v>
       </c>
       <c r="B405" s="3" t="s">
         <v>806</v>
       </c>
       <c r="C405" s="3">
-        <v>134.65</v>
+        <v>17.36</v>
       </c>
       <c r="D405" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E405" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F405" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G405" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H405" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I405" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="406" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A406" s="3" t="s">
         <v>807</v>
       </c>
       <c r="B406" s="3" t="s">
         <v>808</v>
       </c>
       <c r="C406" s="3">
-        <v>141.15</v>
+        <v>15.28</v>
       </c>
       <c r="D406" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E406" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F406" s="3">
         <v>0</v>
       </c>
       <c r="G406" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H406" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I406" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="407" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A407" s="3" t="s">
         <v>809</v>
       </c>
       <c r="B407" s="3" t="s">
         <v>810</v>
       </c>
       <c r="C407" s="3">
-        <v>169.68</v>
+        <v>17.97</v>
       </c>
       <c r="D407" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E407" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F407" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="G407" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H407" s="3">
-        <v>350</v>
+        <v>100</v>
       </c>
       <c r="I407" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="408" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A408" s="3" t="s">
         <v>811</v>
       </c>
       <c r="B408" s="3" t="s">
         <v>812</v>
       </c>
       <c r="C408" s="3">
-        <v>18.83</v>
+        <v>19.77</v>
       </c>
       <c r="D408" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E408" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F408" s="3">
-        <v>1420</v>
+        <v>3</v>
       </c>
       <c r="G408" s="3">
         <v>10</v>
       </c>
       <c r="H408" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I408" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="409" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A409" s="3" t="s">
         <v>813</v>
       </c>
       <c r="B409" s="3" t="s">
         <v>814</v>
       </c>
       <c r="C409" s="3">
-        <v>34.63</v>
+        <v>18.38</v>
       </c>
       <c r="D409" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E409" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F409" s="3">
         <v>0</v>
       </c>
       <c r="G409" s="3">
         <v>100</v>
       </c>
       <c r="H409" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I409" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="410" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A410" s="3" t="s">
         <v>815</v>
       </c>
       <c r="B410" s="3" t="s">
         <v>816</v>
       </c>
       <c r="C410" s="3">
-        <v>41.1</v>
+        <v>43.02</v>
       </c>
       <c r="D410" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E410" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F410" s="3">
         <v>0</v>
       </c>
       <c r="G410" s="3">
         <v>5</v>
       </c>
       <c r="H410" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="I410" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="411" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A411" s="3" t="s">
         <v>817</v>
       </c>
       <c r="B411" s="3" t="s">
         <v>818</v>
       </c>
       <c r="C411" s="3">
-        <v>33.74</v>
+        <v>34.63</v>
       </c>
       <c r="D411" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E411" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F411" s="3">
         <v>0</v>
       </c>
       <c r="G411" s="3">
         <v>100</v>
       </c>
       <c r="H411" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I411" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="412" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A412" s="3" t="s">
         <v>819</v>
       </c>
       <c r="B412" s="3" t="s">
         <v>820</v>
       </c>
       <c r="C412" s="3">
-        <v>43.77</v>
+        <v>33.74</v>
       </c>
       <c r="D412" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E412" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F412" s="3">
-        <v>1099</v>
+        <v>0</v>
       </c>
       <c r="G412" s="3">
         <v>100</v>
       </c>
       <c r="H412" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I412" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="413" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A413" s="3" t="s">
         <v>821</v>
       </c>
       <c r="B413" s="3" t="s">
         <v>822</v>
       </c>
       <c r="C413" s="3">
-        <v>44.87</v>
+        <v>52.45</v>
       </c>
       <c r="D413" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E413" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F413" s="3">
-        <v>3899</v>
+        <v>610</v>
       </c>
       <c r="G413" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H413" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I413" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="414" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A414" s="3" t="s">
         <v>823</v>
       </c>
       <c r="B414" s="3" t="s">
         <v>824</v>
       </c>
       <c r="C414" s="3">
-        <v>65.86</v>
+        <v>43.77</v>
       </c>
       <c r="D414" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E414" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F414" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="G414" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H414" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I414" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="415" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A415" s="3" t="s">
         <v>825</v>
       </c>
       <c r="B415" s="3" t="s">
         <v>826</v>
       </c>
       <c r="C415" s="3">
-        <v>69.15</v>
+        <v>48.7</v>
       </c>
       <c r="D415" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E415" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F415" s="3">
-        <v>1035</v>
+        <v>0</v>
       </c>
       <c r="G415" s="3">
         <v>5</v>
       </c>
       <c r="H415" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I415" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="416" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A416" s="3" t="s">
         <v>827</v>
       </c>
       <c r="B416" s="3" t="s">
         <v>828</v>
       </c>
       <c r="C416" s="3">
-        <v>63.43</v>
+        <v>44.87</v>
       </c>
       <c r="D416" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E416" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F416" s="3">
-        <v>1399</v>
+        <v>2300</v>
       </c>
       <c r="G416" s="3">
         <v>100</v>
       </c>
       <c r="H416" s="3">
         <v>100</v>
       </c>
       <c r="I416" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="417" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A417" s="3" t="s">
         <v>829</v>
       </c>
       <c r="B417" s="3" t="s">
         <v>830</v>
       </c>
       <c r="C417" s="3">
-        <v>91.48</v>
+        <v>62.28</v>
       </c>
       <c r="D417" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E417" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F417" s="3">
         <v>0</v>
       </c>
       <c r="G417" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H417" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I417" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="418" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A418" s="3" t="s">
         <v>831</v>
       </c>
       <c r="B418" s="3" t="s">
         <v>832</v>
       </c>
       <c r="C418" s="3">
-        <v>118.96</v>
+        <v>69.15</v>
       </c>
       <c r="D418" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E418" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F418" s="3">
-        <v>250</v>
+        <v>0</v>
       </c>
       <c r="G418" s="3">
+        <v>5</v>
+      </c>
+      <c r="H418" s="3">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
       <c r="I418" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="419" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A419" s="3" t="s">
         <v>833</v>
       </c>
       <c r="B419" s="3" t="s">
         <v>834</v>
       </c>
       <c r="C419" s="3">
-        <v>84.22</v>
+        <v>71.76</v>
       </c>
       <c r="D419" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E419" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F419" s="3">
-        <v>1899</v>
+        <v>0</v>
       </c>
       <c r="G419" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H419" s="3">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="I419" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="420" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A420" s="3" t="s">
         <v>835</v>
       </c>
       <c r="B420" s="3" t="s">
         <v>836</v>
       </c>
       <c r="C420" s="3">
-        <v>75.76</v>
+        <v>63.43</v>
       </c>
       <c r="D420" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E420" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F420" s="3">
         <v>0</v>
       </c>
       <c r="G420" s="3">
         <v>100</v>
       </c>
       <c r="H420" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I420" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="421" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A421" s="3" t="s">
         <v>837</v>
       </c>
       <c r="B421" s="3" t="s">
         <v>838</v>
       </c>
       <c r="C421" s="3">
-        <v>21.06</v>
+        <v>91.48</v>
       </c>
       <c r="D421" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E421" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F421" s="3">
         <v>0</v>
       </c>
       <c r="G421" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H421" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I421" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="422" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A422" s="3" t="s">
         <v>839</v>
       </c>
       <c r="B422" s="3" t="s">
         <v>840</v>
       </c>
       <c r="C422" s="3">
-        <v>29.67</v>
+        <v>82</v>
       </c>
       <c r="D422" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E422" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F422" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G422" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H422" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I422" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="423" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A423" s="3" t="s">
         <v>841</v>
       </c>
       <c r="B423" s="3" t="s">
         <v>842</v>
       </c>
       <c r="C423" s="3">
-        <v>54.71</v>
+        <v>84.22</v>
       </c>
       <c r="D423" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E423" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F423" s="3">
-        <v>0</v>
+        <v>4800</v>
       </c>
       <c r="G423" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H423" s="3">
-        <v>500</v>
+        <v>800</v>
       </c>
       <c r="I423" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="424" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A424" s="3" t="s">
         <v>843</v>
       </c>
       <c r="B424" s="3" t="s">
         <v>844</v>
       </c>
       <c r="C424" s="3">
-        <v>64.99</v>
+        <v>116.88</v>
       </c>
       <c r="D424" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E424" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F424" s="3">
-        <v>1594</v>
+        <v>0</v>
       </c>
       <c r="G424" s="3">
         <v>5</v>
       </c>
       <c r="H424" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I424" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="425" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A425" s="3" t="s">
         <v>845</v>
       </c>
       <c r="B425" s="3" t="s">
         <v>846</v>
       </c>
       <c r="C425" s="3">
-        <v>95.13</v>
+        <v>108.93</v>
       </c>
       <c r="D425" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E425" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F425" s="3">
         <v>0</v>
       </c>
       <c r="G425" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H425" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I425" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="426" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A426" s="3" t="s">
         <v>847</v>
       </c>
       <c r="B426" s="3" t="s">
         <v>848</v>
       </c>
       <c r="C426" s="3">
-        <v>123.84</v>
+        <v>17.82</v>
       </c>
       <c r="D426" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E426" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F426" s="3">
-        <v>700</v>
+        <v>2400</v>
       </c>
       <c r="G426" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H426" s="3">
-        <v>250</v>
+        <v>4000</v>
       </c>
       <c r="I426" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="427" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A427" s="3" t="s">
         <v>849</v>
       </c>
       <c r="B427" s="3" t="s">
         <v>850</v>
       </c>
       <c r="C427" s="3">
-        <v>123.17</v>
+        <v>48.48</v>
       </c>
       <c r="D427" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E427" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F427" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G427" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H427" s="3">
-        <v>250</v>
+        <v>1300</v>
       </c>
       <c r="I427" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="428" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A428" s="3" t="s">
         <v>851</v>
       </c>
       <c r="B428" s="3" t="s">
         <v>852</v>
       </c>
       <c r="C428" s="3">
-        <v>112.19</v>
+        <v>57.26</v>
       </c>
       <c r="D428" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E428" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F428" s="3">
         <v>0</v>
       </c>
       <c r="G428" s="3">
         <v>100</v>
       </c>
       <c r="H428" s="3">
-        <v>500</v>
+        <v>1100</v>
       </c>
       <c r="I428" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="429" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A429" s="3" t="s">
         <v>853</v>
       </c>
       <c r="B429" s="3" t="s">
         <v>854</v>
       </c>
       <c r="C429" s="3">
-        <v>153.78</v>
+        <v>449.67</v>
       </c>
       <c r="D429" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E429" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F429" s="3">
-        <v>1</v>
+        <v>180</v>
       </c>
       <c r="G429" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="H429" s="3">
-        <v>250</v>
+        <v>120</v>
       </c>
       <c r="I429" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="430" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A430" s="3" t="s">
         <v>855</v>
       </c>
       <c r="B430" s="3" t="s">
         <v>856</v>
       </c>
       <c r="C430" s="3">
-        <v>57.66</v>
+        <v>20.66</v>
       </c>
       <c r="D430" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E430" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F430" s="3">
-        <v>0</v>
+        <v>1520</v>
       </c>
       <c r="G430" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H430" s="3">
-        <v>1100</v>
+        <v>1000</v>
       </c>
       <c r="I430" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="431" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A431" s="3" t="s">
         <v>857</v>
       </c>
       <c r="B431" s="3" t="s">
         <v>858</v>
       </c>
       <c r="C431" s="3">
-        <v>14.44</v>
+        <v>21.67</v>
       </c>
       <c r="D431" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E431" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F431" s="3">
-        <v>5600</v>
+        <v>0</v>
       </c>
       <c r="G431" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H431" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I431" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="432" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A432" s="3" t="s">
         <v>859</v>
       </c>
       <c r="B432" s="3" t="s">
         <v>860</v>
       </c>
       <c r="C432" s="3">
-        <v>14.13</v>
+        <v>21.06</v>
       </c>
       <c r="D432" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E432" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F432" s="3">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="G432" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H432" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I432" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="433" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A433" s="3" t="s">
         <v>861</v>
       </c>
       <c r="B433" s="3" t="s">
         <v>862</v>
       </c>
       <c r="C433" s="3">
-        <v>15.03</v>
+        <v>64.99</v>
       </c>
       <c r="D433" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E433" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F433" s="3">
-        <v>0</v>
+        <v>379</v>
       </c>
       <c r="G433" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H433" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I433" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="434" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A434" s="3" t="s">
         <v>863</v>
       </c>
       <c r="B434" s="3" t="s">
         <v>864</v>
       </c>
       <c r="C434" s="3">
-        <v>17.36</v>
+        <v>95.13</v>
       </c>
       <c r="D434" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E434" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F434" s="3">
         <v>0</v>
       </c>
       <c r="G434" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H434" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I434" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="435" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A435" s="3" t="s">
         <v>865</v>
       </c>
       <c r="B435" s="3" t="s">
         <v>866</v>
       </c>
       <c r="C435" s="3">
-        <v>17.97</v>
+        <v>123.84</v>
       </c>
       <c r="D435" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E435" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F435" s="3">
-        <v>799</v>
+        <v>0</v>
       </c>
       <c r="G435" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H435" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I435" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="436" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A436" s="3" t="s">
         <v>867</v>
       </c>
       <c r="B436" s="3" t="s">
         <v>868</v>
       </c>
       <c r="C436" s="3">
-        <v>18.38</v>
+        <v>153.78</v>
       </c>
       <c r="D436" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E436" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F436" s="3">
         <v>0</v>
       </c>
       <c r="G436" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H436" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I436" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="437" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A437" s="3" t="s">
         <v>869</v>
       </c>
       <c r="B437" s="3" t="s">
         <v>870</v>
       </c>
       <c r="C437" s="3">
-        <v>48.7</v>
+        <v>316.2</v>
       </c>
       <c r="D437" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E437" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F437" s="3">
-        <v>1190</v>
+        <v>0</v>
       </c>
       <c r="G437" s="3">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="H437" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I437" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="438" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A438" s="3" t="s">
         <v>871</v>
       </c>
       <c r="B438" s="3" t="s">
         <v>872</v>
       </c>
       <c r="C438" s="3">
-        <v>62.27</v>
+        <v>635.67</v>
       </c>
       <c r="D438" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E438" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F438" s="3">
         <v>0</v>
       </c>
       <c r="G438" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="H438" s="3">
         <v>100</v>
       </c>
       <c r="I438" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="439" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A439" s="3" t="s">
         <v>873</v>
       </c>
       <c r="B439" s="3" t="s">
         <v>874</v>
       </c>
       <c r="C439" s="3">
-        <v>71.76</v>
+        <v>53.96</v>
       </c>
       <c r="D439" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E439" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F439" s="3">
-        <v>1695</v>
+        <v>690</v>
       </c>
       <c r="G439" s="3">
         <v>5</v>
       </c>
       <c r="H439" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I439" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="440" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A440" s="3" t="s">
         <v>875</v>
       </c>
       <c r="B440" s="3" t="s">
         <v>876</v>
       </c>
       <c r="C440" s="3">
-        <v>82</v>
+        <v>64.82</v>
       </c>
       <c r="D440" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E440" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F440" s="3">
         <v>0</v>
       </c>
       <c r="G440" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H440" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I440" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="441" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A441" s="3" t="s">
         <v>877</v>
       </c>
       <c r="B441" s="3" t="s">
         <v>878</v>
       </c>
       <c r="C441" s="3">
-        <v>116.88</v>
+        <v>123.18</v>
       </c>
       <c r="D441" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E441" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F441" s="3">
         <v>0</v>
       </c>
       <c r="G441" s="3">
         <v>5</v>
       </c>
       <c r="H441" s="3">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="I441" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="442" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A442" s="3" t="s">
         <v>879</v>
       </c>
       <c r="B442" s="3" t="s">
         <v>880</v>
       </c>
       <c r="C442" s="3">
-        <v>17.83</v>
+        <v>140.59</v>
       </c>
       <c r="D442" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E442" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F442" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G442" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H442" s="3">
-        <v>4000</v>
+        <v>100</v>
       </c>
       <c r="I442" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="443" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A443" s="3" t="s">
         <v>881</v>
       </c>
       <c r="B443" s="3" t="s">
         <v>882</v>
       </c>
       <c r="C443" s="3">
-        <v>48.03</v>
+        <v>139.3</v>
       </c>
       <c r="D443" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E443" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F443" s="3">
-        <v>1600</v>
+        <v>1000</v>
       </c>
       <c r="G443" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H443" s="3">
-        <v>1300</v>
+        <v>100</v>
       </c>
       <c r="I443" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="444" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A444" s="3" t="s">
         <v>883</v>
       </c>
       <c r="B444" s="3" t="s">
         <v>884</v>
       </c>
       <c r="C444" s="3">
-        <v>48.48</v>
+        <v>141.97</v>
       </c>
       <c r="D444" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E444" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F444" s="3">
         <v>0</v>
       </c>
       <c r="G444" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H444" s="3">
-        <v>1300</v>
+        <v>250</v>
       </c>
       <c r="I444" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="445" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A445" s="3" t="s">
         <v>885</v>
       </c>
       <c r="B445" s="3" t="s">
         <v>886</v>
       </c>
       <c r="C445" s="3">
-        <v>87.36</v>
+        <v>195.89</v>
       </c>
       <c r="D445" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E445" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F445" s="3">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="G445" s="3">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="H445" s="3">
-        <v>700</v>
+        <v>100</v>
       </c>
       <c r="I445" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="446" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A446" s="3" t="s">
         <v>887</v>
       </c>
       <c r="B446" s="3" t="s">
         <v>888</v>
       </c>
       <c r="C446" s="3">
-        <v>84.12</v>
+        <v>134.65</v>
       </c>
       <c r="D446" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E446" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F446" s="3">
         <v>0</v>
       </c>
       <c r="G446" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H446" s="3">
-        <v>700</v>
+        <v>500</v>
       </c>
       <c r="I446" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="447" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A447" s="3" t="s">
         <v>889</v>
       </c>
       <c r="B447" s="3" t="s">
         <v>890</v>
       </c>
       <c r="C447" s="3">
-        <v>169.68</v>
+        <v>493.41</v>
       </c>
       <c r="D447" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E447" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F447" s="3">
-        <v>1275</v>
+        <v>2</v>
       </c>
       <c r="G447" s="3">
-        <v>25</v>
+        <v>2</v>
       </c>
       <c r="H447" s="3">
-        <v>350</v>
+        <v>100</v>
       </c>
       <c r="I447" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="448" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A448" s="3" t="s">
         <v>891</v>
       </c>
       <c r="B448" s="3" t="s">
         <v>892</v>
       </c>
       <c r="C448" s="3">
-        <v>295.22</v>
+        <v>670.29</v>
       </c>
       <c r="D448" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E448" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F448" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G448" s="3">
-        <v>25</v>
+        <v>2</v>
       </c>
       <c r="H448" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I448" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="449" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A449" s="3" t="s">
         <v>893</v>
       </c>
       <c r="B449" s="3" t="s">
         <v>894</v>
       </c>
       <c r="C449" s="3">
-        <v>108.93</v>
+        <v>1362.92</v>
       </c>
       <c r="D449" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E449" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F449" s="3">
-        <v>1399</v>
+        <v>2</v>
       </c>
       <c r="G449" s="3">
-        <v>50</v>
+        <v>2</v>
       </c>
       <c r="H449" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I449" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="450" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A450" s="3" t="s">
         <v>895</v>
       </c>
       <c r="B450" s="3" t="s">
         <v>896</v>
       </c>
       <c r="C450" s="3">
-        <v>79.54</v>
+        <v>54.71</v>
       </c>
       <c r="D450" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E450" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F450" s="3">
-        <v>190</v>
+        <v>10</v>
       </c>
       <c r="G450" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H450" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I450" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="451" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A451" s="3" t="s">
         <v>897</v>
       </c>
       <c r="B451" s="3" t="s">
         <v>898</v>
       </c>
       <c r="C451" s="3">
-        <v>141.51</v>
+        <v>179.43</v>
       </c>
       <c r="D451" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E451" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F451" s="3">
         <v>0</v>
       </c>
       <c r="G451" s="3">
-        <v>50</v>
+        <v>2</v>
       </c>
       <c r="H451" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I451" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="452" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A452" s="3" t="s">
         <v>899</v>
       </c>
       <c r="B452" s="3" t="s">
         <v>900</v>
       </c>
       <c r="C452" s="3">
-        <v>20.43</v>
+        <v>22.25</v>
       </c>
       <c r="D452" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E452" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F452" s="3">
         <v>0</v>
       </c>
       <c r="G452" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H452" s="3">
-        <v>1000</v>
+        <v>3500</v>
       </c>
       <c r="I452" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="453" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A453" s="3" t="s">
         <v>901</v>
       </c>
       <c r="B453" s="3" t="s">
         <v>902</v>
       </c>
       <c r="C453" s="3">
-        <v>14.47</v>
+        <v>18.24</v>
       </c>
       <c r="D453" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E453" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F453" s="3">
-        <v>510</v>
+        <v>1400</v>
       </c>
       <c r="G453" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H453" s="3">
         <v>100</v>
       </c>
       <c r="I453" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="454" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A454" s="3" t="s">
         <v>903</v>
       </c>
       <c r="B454" s="3" t="s">
         <v>904</v>
       </c>
       <c r="C454" s="3">
-        <v>15.19</v>
+        <v>18.27</v>
       </c>
       <c r="D454" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E454" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F454" s="3">
         <v>0</v>
       </c>
       <c r="G454" s="3">
         <v>100</v>
       </c>
       <c r="H454" s="3">
-        <v>100</v>
+        <v>3500</v>
       </c>
       <c r="I454" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="455" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A455" s="3" t="s">
         <v>905</v>
       </c>
       <c r="B455" s="3" t="s">
         <v>906</v>
       </c>
       <c r="C455" s="3">
-        <v>43.02</v>
+        <v>141.15</v>
       </c>
       <c r="D455" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E455" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F455" s="3">
-        <v>0</v>
+        <v>700</v>
       </c>
       <c r="G455" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H455" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I455" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="456" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A456" s="3" t="s">
         <v>907</v>
       </c>
       <c r="B456" s="3" t="s">
         <v>908</v>
       </c>
       <c r="C456" s="3">
-        <v>52.45</v>
+        <v>87.36</v>
       </c>
       <c r="D456" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E456" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F456" s="3">
-        <v>1880</v>
+        <v>0</v>
       </c>
       <c r="G456" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H456" s="3">
-        <v>500</v>
+        <v>700</v>
       </c>
       <c r="I456" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="457" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A457" s="3" t="s">
         <v>909</v>
       </c>
       <c r="B457" s="3" t="s">
         <v>910</v>
       </c>
       <c r="C457" s="3">
-        <v>152.34</v>
+        <v>29.67</v>
       </c>
       <c r="D457" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E457" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F457" s="3">
-        <v>645</v>
+        <v>0</v>
       </c>
       <c r="G457" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H457" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I457" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="458" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A458" s="3" t="s">
         <v>911</v>
       </c>
       <c r="B458" s="3" t="s">
         <v>912</v>
       </c>
       <c r="C458" s="3">
-        <v>22.25</v>
+        <v>123.17</v>
       </c>
       <c r="D458" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E458" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F458" s="3">
         <v>0</v>
       </c>
       <c r="G458" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H458" s="3">
-        <v>3500</v>
+        <v>250</v>
       </c>
       <c r="I458" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="459" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A459" s="3" t="s">
         <v>913</v>
       </c>
       <c r="B459" s="3" t="s">
         <v>914</v>
       </c>
       <c r="C459" s="3">
-        <v>466.79</v>
+        <v>112.19</v>
       </c>
       <c r="D459" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E459" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F459" s="3">
         <v>0</v>
       </c>
       <c r="G459" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H459" s="3">
-        <v>120</v>
+        <v>500</v>
       </c>
       <c r="I459" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="460" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A460" s="3" t="s">
         <v>915</v>
       </c>
       <c r="B460" s="3" t="s">
         <v>916</v>
       </c>
       <c r="C460" s="3">
-        <v>14.48</v>
+        <v>57.66</v>
       </c>
       <c r="D460" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E460" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F460" s="3">
-        <v>1010</v>
+        <v>1000</v>
       </c>
       <c r="G460" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H460" s="3">
-        <v>100</v>
+        <v>1100</v>
       </c>
       <c r="I460" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="461" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A461" s="3" t="s">
         <v>917</v>
       </c>
       <c r="B461" s="3" t="s">
         <v>918</v>
       </c>
       <c r="C461" s="3">
-        <v>302.58</v>
+        <v>17.83</v>
       </c>
       <c r="D461" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E461" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F461" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="G461" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H461" s="3">
-        <v>200</v>
+        <v>4000</v>
       </c>
       <c r="I461" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="462" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A462" s="3" t="s">
         <v>919</v>
       </c>
       <c r="B462" s="3" t="s">
         <v>920</v>
       </c>
       <c r="C462" s="3">
-        <v>21.67</v>
+        <v>295.22</v>
       </c>
       <c r="D462" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E462" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F462" s="3">
         <v>0</v>
       </c>
       <c r="G462" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="H462" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I462" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="463" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A463" s="3" t="s">
         <v>921</v>
       </c>
       <c r="B463" s="3" t="s">
         <v>922</v>
       </c>
       <c r="C463" s="3">
-        <v>222.14</v>
+        <v>22.85</v>
       </c>
       <c r="D463" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E463" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F463" s="3">
         <v>0</v>
       </c>
       <c r="G463" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H463" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I463" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="464" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A464" s="3" t="s">
         <v>923</v>
       </c>
       <c r="B464" s="3" t="s">
         <v>924</v>
       </c>
       <c r="C464" s="3">
-        <v>22.85</v>
+        <v>500.64</v>
       </c>
       <c r="D464" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E464" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F464" s="3">
-        <v>1660</v>
+        <v>0</v>
       </c>
       <c r="G464" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H464" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I464" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="465" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A465" s="3" t="s">
         <v>925</v>
       </c>
       <c r="B465" s="3" t="s">
         <v>926</v>
       </c>
       <c r="C465" s="3">
-        <v>94.97</v>
+        <v>18.74</v>
       </c>
       <c r="D465" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E465" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F465" s="3">
-        <v>590</v>
+        <v>0</v>
       </c>
       <c r="G465" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H465" s="3">
-        <v>500</v>
+        <v>3500</v>
       </c>
       <c r="I465" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="466" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A466" s="3" t="s">
         <v>927</v>
       </c>
       <c r="B466" s="3" t="s">
         <v>928</v>
       </c>
       <c r="C466" s="3">
-        <v>91.61</v>
+        <v>22.4</v>
       </c>
       <c r="D466" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E466" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F466" s="3">
         <v>0</v>
       </c>
       <c r="G466" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H466" s="3">
-        <v>500</v>
+        <v>3500</v>
       </c>
       <c r="I466" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="467" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A467" s="3" t="s">
         <v>929</v>
       </c>
       <c r="B467" s="3" t="s">
         <v>930</v>
       </c>
       <c r="C467" s="3">
-        <v>179.43</v>
+        <v>50.43</v>
       </c>
       <c r="D467" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E467" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F467" s="3">
-        <v>298</v>
+        <v>0</v>
       </c>
       <c r="G467" s="3">
-        <v>2</v>
+        <v>100</v>
       </c>
       <c r="H467" s="3">
-        <v>100</v>
+        <v>1300</v>
       </c>
       <c r="I467" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="468" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A468" s="3" t="s">
         <v>931</v>
       </c>
       <c r="B468" s="3" t="s">
         <v>932</v>
       </c>
       <c r="C468" s="3">
-        <v>500.64</v>
+        <v>129.42</v>
       </c>
       <c r="D468" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E468" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F468" s="3">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="G468" s="3">
-        <v>2</v>
+        <v>50</v>
       </c>
       <c r="H468" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I468" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="469" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A469" s="3" t="s">
+      <c r="A469" s="2" t="s">
         <v>933</v>
       </c>
-      <c r="B469" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B469" s="2"/>
+      <c r="C469" s="2"/>
+      <c r="D469" s="2"/>
+      <c r="E469" s="2"/>
+      <c r="F469" s="2"/>
+      <c r="G469" s="2"/>
+      <c r="H469" s="2"/>
+      <c r="I469" s="2"/>
     </row>
     <row r="470" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A470" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="B470" s="3" t="s">
         <v>935</v>
       </c>
-      <c r="B470" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C470" s="3">
-        <v>18.74</v>
+        <v>201.58</v>
       </c>
       <c r="D470" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E470" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F470" s="3">
         <v>0</v>
       </c>
       <c r="G470" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H470" s="3">
-        <v>3500</v>
+        <v>600</v>
       </c>
       <c r="I470" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="471" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A471" s="3" t="s">
+        <v>936</v>
+      </c>
+      <c r="B471" s="3" t="s">
         <v>937</v>
       </c>
-      <c r="B471" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C471" s="3">
-        <v>22.4</v>
+        <v>264.12</v>
       </c>
       <c r="D471" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E471" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F471" s="3">
         <v>0</v>
       </c>
       <c r="G471" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H471" s="3">
-        <v>3500</v>
+        <v>300</v>
       </c>
       <c r="I471" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="472" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A472" s="3" t="s">
+        <v>938</v>
+      </c>
+      <c r="B472" s="3" t="s">
         <v>939</v>
       </c>
-      <c r="B472" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C472" s="3">
-        <v>50.43</v>
+        <v>48.25</v>
       </c>
       <c r="D472" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E472" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F472" s="3">
         <v>0</v>
       </c>
       <c r="G472" s="3">
         <v>100</v>
       </c>
       <c r="H472" s="3">
-        <v>1300</v>
+        <v>1200</v>
       </c>
       <c r="I472" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="473" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A473" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A473" s="2" t="s">
+        <v>940</v>
+      </c>
+      <c r="B473" s="2"/>
+      <c r="C473" s="2"/>
+      <c r="D473" s="2"/>
+      <c r="E473" s="2"/>
+      <c r="F473" s="2"/>
+      <c r="G473" s="2"/>
+      <c r="H473" s="2"/>
+      <c r="I473" s="2"/>
     </row>
     <row r="474" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A474" s="3" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="B474" s="3" t="s">
-        <v>944</v>
+        <v>942</v>
       </c>
       <c r="C474" s="3">
-        <v>88.75</v>
+        <v>68.68</v>
       </c>
       <c r="D474" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E474" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F474" s="3">
         <v>0</v>
       </c>
       <c r="G474" s="3">
         <v>100</v>
       </c>
       <c r="H474" s="3">
-        <v>700</v>
+        <v>1000</v>
       </c>
       <c r="I474" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="475" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A475" s="3" t="s">
-        <v>945</v>
+        <v>943</v>
       </c>
       <c r="B475" s="3" t="s">
-        <v>946</v>
+        <v>944</v>
       </c>
       <c r="C475" s="3">
-        <v>128.23</v>
+        <v>110.92</v>
       </c>
       <c r="D475" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E475" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F475" s="3">
         <v>0</v>
       </c>
       <c r="G475" s="3">
         <v>50</v>
       </c>
       <c r="H475" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I475" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="476" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A476" s="3" t="s">
-        <v>947</v>
+        <v>945</v>
       </c>
       <c r="B476" s="3" t="s">
-        <v>948</v>
+        <v>946</v>
       </c>
       <c r="C476" s="3">
-        <v>129.42</v>
+        <v>110.92</v>
       </c>
       <c r="D476" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E476" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F476" s="3">
-        <v>0</v>
+        <v>800</v>
       </c>
       <c r="G476" s="3">
         <v>50</v>
       </c>
       <c r="H476" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I476" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="477" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A477" s="3" t="s">
-        <v>949</v>
+        <v>947</v>
       </c>
       <c r="B477" s="3" t="s">
-        <v>950</v>
+        <v>948</v>
       </c>
       <c r="C477" s="3">
-        <v>141.51</v>
+        <v>128.1</v>
       </c>
       <c r="D477" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E477" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F477" s="3">
         <v>0</v>
       </c>
       <c r="G477" s="3">
+        <v>5</v>
+      </c>
+      <c r="H477" s="3">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="I477" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="478" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A478" s="3" t="s">
+        <v>949</v>
+      </c>
+      <c r="B478" s="3" t="s">
+        <v>950</v>
+      </c>
+      <c r="C478" s="3">
+        <v>151.66</v>
+      </c>
+      <c r="D478" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E478" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F478" s="3">
+        <v>135</v>
+      </c>
+      <c r="G478" s="3">
+        <v>5</v>
+      </c>
+      <c r="H478" s="3">
+        <v>50</v>
+      </c>
+      <c r="I478" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="479" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A479" s="3" t="s">
         <v>951</v>
       </c>
-      <c r="B478" s="3" t="s">
+      <c r="B479" s="3" t="s">
         <v>952</v>
       </c>
-      <c r="C478" s="3">
-[...8 lines deleted...]
-      <c r="F478" s="3">
+      <c r="C479" s="3">
+        <v>144.44</v>
+      </c>
+      <c r="D479" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E479" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F479" s="3">
         <v>0</v>
       </c>
-      <c r="G478" s="3">
-[...20 lines deleted...]
-      <c r="I479" s="2"/>
+      <c r="G479" s="3">
+        <v>50</v>
+      </c>
+      <c r="H479" s="3">
+        <v>100</v>
+      </c>
+      <c r="I479" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="480" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A480" s="3" t="s">
+        <v>953</v>
+      </c>
+      <c r="B480" s="3" t="s">
         <v>954</v>
       </c>
-      <c r="B480" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C480" s="3">
-        <v>45.77</v>
+        <v>176.56</v>
       </c>
       <c r="D480" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E480" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F480" s="3">
         <v>0</v>
       </c>
       <c r="G480" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H480" s="3">
-        <v>1200</v>
+        <v>50</v>
       </c>
       <c r="I480" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="481" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A481" s="3" t="s">
+        <v>955</v>
+      </c>
+      <c r="B481" s="3" t="s">
         <v>956</v>
       </c>
-      <c r="B481" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C481" s="3">
-        <v>4.93</v>
+        <v>168.13</v>
       </c>
       <c r="D481" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E481" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F481" s="3">
         <v>0</v>
       </c>
       <c r="G481" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H481" s="3">
-        <v>24000</v>
+        <v>300</v>
       </c>
       <c r="I481" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="482" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A482" s="3" t="s">
+        <v>957</v>
+      </c>
+      <c r="B482" s="3" t="s">
         <v>958</v>
       </c>
-      <c r="B482" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C482" s="3">
-        <v>201.58</v>
+        <v>48.06</v>
       </c>
       <c r="D482" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E482" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F482" s="3">
         <v>0</v>
       </c>
       <c r="G482" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H482" s="3">
-        <v>600</v>
+        <v>1300</v>
       </c>
       <c r="I482" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="483" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A483" s="3" t="s">
+        <v>959</v>
+      </c>
+      <c r="B483" s="3" t="s">
         <v>960</v>
       </c>
-      <c r="B483" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C483" s="3">
-        <v>264.12</v>
+        <v>86.16</v>
       </c>
       <c r="D483" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E483" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F483" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="G483" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H483" s="3">
-        <v>300</v>
+        <v>700</v>
       </c>
       <c r="I483" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="484" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A484" s="3" t="s">
+        <v>961</v>
+      </c>
+      <c r="B484" s="3" t="s">
         <v>962</v>
       </c>
-      <c r="B484" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C484" s="3">
-        <v>48.25</v>
+        <v>128.97</v>
       </c>
       <c r="D484" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E484" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F484" s="3">
         <v>0</v>
       </c>
       <c r="G484" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H484" s="3">
-        <v>1200</v>
+        <v>500</v>
       </c>
       <c r="I484" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="485" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A485" s="3" t="s">
+        <v>963</v>
+      </c>
+      <c r="B485" s="3" t="s">
         <v>964</v>
       </c>
-      <c r="B485" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C485" s="3">
-        <v>8.44</v>
+        <v>19.26</v>
       </c>
       <c r="D485" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E485" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F485" s="3">
-        <v>0</v>
+        <v>410</v>
       </c>
       <c r="G485" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H485" s="3">
-        <v>24000</v>
+        <v>1000</v>
       </c>
       <c r="I485" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="486" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A486" s="3" t="s">
+        <v>965</v>
+      </c>
+      <c r="B486" s="3" t="s">
         <v>966</v>
       </c>
-      <c r="B486" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C486" s="3">
-        <v>22.5</v>
+        <v>53.95</v>
       </c>
       <c r="D486" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E486" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F486" s="3">
-        <v>0</v>
+        <v>2885</v>
       </c>
       <c r="G486" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H486" s="3">
-        <v>2400</v>
+        <v>500</v>
       </c>
       <c r="I486" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="487" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A487" s="3" t="s">
+        <v>967</v>
+      </c>
+      <c r="B487" s="3" t="s">
         <v>968</v>
       </c>
-      <c r="B487" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C487" s="3">
-        <v>11.31</v>
+        <v>52.71</v>
       </c>
       <c r="D487" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E487" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F487" s="3">
-        <v>0</v>
+        <v>215</v>
       </c>
       <c r="G487" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H487" s="3">
-        <v>9600</v>
+        <v>500</v>
       </c>
       <c r="I487" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="488" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A488" s="3" t="s">
+        <v>969</v>
+      </c>
+      <c r="B488" s="3" t="s">
         <v>970</v>
       </c>
-      <c r="B488" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C488" s="3">
-        <v>12.31</v>
+        <v>61</v>
       </c>
       <c r="D488" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E488" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F488" s="3">
         <v>0</v>
       </c>
       <c r="G488" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H488" s="3">
-        <v>24000</v>
+        <v>500</v>
       </c>
       <c r="I488" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="489" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A489" s="3" t="s">
+        <v>971</v>
+      </c>
+      <c r="B489" s="3" t="s">
         <v>972</v>
       </c>
-      <c r="B489" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C489" s="3">
-        <v>87.08</v>
+        <v>21.48</v>
       </c>
       <c r="D489" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E489" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F489" s="3">
         <v>0</v>
       </c>
       <c r="G489" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H489" s="3">
-        <v>1200</v>
+        <v>3500</v>
       </c>
       <c r="I489" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="490" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A490" s="3" t="s">
+        <v>973</v>
+      </c>
+      <c r="B490" s="3" t="s">
         <v>974</v>
       </c>
-      <c r="B490" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C490" s="3">
-        <v>10.05</v>
+        <v>132.45</v>
       </c>
       <c r="D490" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E490" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F490" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G490" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H490" s="3">
-        <v>12000</v>
+        <v>200</v>
       </c>
       <c r="I490" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="491" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A491" s="3" t="s">
+        <v>975</v>
+      </c>
+      <c r="B491" s="3" t="s">
         <v>976</v>
       </c>
-      <c r="B491" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C491" s="3">
-        <v>12.14</v>
+        <v>151.66</v>
       </c>
       <c r="D491" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E491" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F491" s="3">
         <v>0</v>
       </c>
       <c r="G491" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H491" s="3">
-        <v>4800</v>
+        <v>50</v>
       </c>
       <c r="I491" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="492" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A492" s="3" t="s">
+        <v>977</v>
+      </c>
+      <c r="B492" s="3" t="s">
         <v>978</v>
       </c>
-      <c r="B492" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C492" s="3">
-        <v>28.61</v>
+        <v>144.44</v>
       </c>
       <c r="D492" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E492" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F492" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="G492" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H492" s="3">
-        <v>3600</v>
+        <v>200</v>
       </c>
       <c r="I492" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="493" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A493" s="3" t="s">
+        <v>979</v>
+      </c>
+      <c r="B493" s="3" t="s">
         <v>980</v>
       </c>
-      <c r="B493" s="3" t="s">
+      <c r="C493" s="3">
+        <v>48.18</v>
+      </c>
+      <c r="D493" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E493" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F493" s="3">
+        <v>4400</v>
+      </c>
+      <c r="G493" s="3">
+        <v>100</v>
+      </c>
+      <c r="H493" s="3">
+        <v>1300</v>
+      </c>
+      <c r="I493" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="494" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A494" s="3" t="s">
         <v>981</v>
       </c>
-      <c r="C493" s="3">
-[...22 lines deleted...]
-      <c r="A494" s="2" t="s">
+      <c r="B494" s="3" t="s">
         <v>982</v>
       </c>
-      <c r="B494" s="2"/>
-[...6 lines deleted...]
-      <c r="I494" s="2"/>
+      <c r="C494" s="3">
+        <v>20.95</v>
+      </c>
+      <c r="D494" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E494" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F494" s="3">
+        <v>2620</v>
+      </c>
+      <c r="G494" s="3">
+        <v>10</v>
+      </c>
+      <c r="H494" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I494" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="495" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A495" s="3" t="s">
         <v>983</v>
       </c>
       <c r="B495" s="3" t="s">
         <v>984</v>
       </c>
       <c r="C495" s="3">
-        <v>151.66</v>
+        <v>99.12</v>
       </c>
       <c r="D495" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E495" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F495" s="3">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="G495" s="3">
         <v>5</v>
       </c>
       <c r="H495" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I495" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="496" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A496" s="3" t="s">
         <v>985</v>
       </c>
       <c r="B496" s="3" t="s">
         <v>986</v>
       </c>
       <c r="C496" s="3">
-        <v>144.44</v>
+        <v>140.3</v>
       </c>
       <c r="D496" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E496" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F496" s="3">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="G496" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H496" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I496" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="497" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A497" s="3" t="s">
         <v>987</v>
       </c>
       <c r="B497" s="3" t="s">
         <v>988</v>
       </c>
       <c r="C497" s="3">
-        <v>133.82</v>
+        <v>61.58</v>
       </c>
       <c r="D497" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E497" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F497" s="3">
-        <v>360</v>
+        <v>0</v>
       </c>
       <c r="G497" s="3">
         <v>5</v>
       </c>
       <c r="H497" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I497" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="498" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A498" s="3" t="s">
         <v>989</v>
       </c>
       <c r="B498" s="3" t="s">
         <v>990</v>
       </c>
       <c r="C498" s="3">
-        <v>128.1</v>
+        <v>55.21</v>
       </c>
       <c r="D498" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E498" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F498" s="3">
-        <v>265</v>
+        <v>600</v>
       </c>
       <c r="G498" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H498" s="3">
-        <v>50</v>
+        <v>1100</v>
       </c>
       <c r="I498" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="499" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A499" s="3" t="s">
         <v>991</v>
       </c>
       <c r="B499" s="3" t="s">
         <v>992</v>
       </c>
       <c r="C499" s="3">
-        <v>86.33</v>
+        <v>116.46</v>
       </c>
       <c r="D499" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E499" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F499" s="3">
-        <v>690</v>
+        <v>100</v>
       </c>
       <c r="G499" s="3">
         <v>5</v>
       </c>
       <c r="H499" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I499" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="500" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A500" s="3" t="s">
         <v>993</v>
       </c>
       <c r="B500" s="3" t="s">
         <v>994</v>
       </c>
       <c r="C500" s="3">
-        <v>76.02</v>
+        <v>168.13</v>
       </c>
       <c r="D500" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E500" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F500" s="3">
-        <v>245</v>
+        <v>350</v>
       </c>
       <c r="G500" s="3">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="H500" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I500" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="501" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A501" s="3" t="s">
         <v>995</v>
       </c>
       <c r="B501" s="3" t="s">
         <v>996</v>
       </c>
       <c r="C501" s="3">
-        <v>79.78</v>
+        <v>21.66</v>
       </c>
       <c r="D501" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E501" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F501" s="3">
-        <v>1600</v>
+        <v>2900</v>
       </c>
       <c r="G501" s="3">
         <v>100</v>
       </c>
       <c r="H501" s="3">
-        <v>700</v>
+        <v>3500</v>
       </c>
       <c r="I501" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="502" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A502" s="3" t="s">
         <v>997</v>
       </c>
       <c r="B502" s="3" t="s">
         <v>998</v>
       </c>
       <c r="C502" s="3">
-        <v>120.39</v>
+        <v>133.82</v>
       </c>
       <c r="D502" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E502" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F502" s="3">
-        <v>780</v>
+        <v>0</v>
       </c>
       <c r="G502" s="3">
         <v>5</v>
       </c>
       <c r="H502" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I502" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="503" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A503" s="3" t="s">
         <v>999</v>
       </c>
       <c r="B503" s="3" t="s">
         <v>1000</v>
       </c>
       <c r="C503" s="3">
-        <v>176.54</v>
+        <v>86.33</v>
       </c>
       <c r="D503" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E503" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F503" s="3">
-        <v>795</v>
+        <v>810</v>
       </c>
       <c r="G503" s="3">
         <v>5</v>
       </c>
       <c r="H503" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I503" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="504" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A504" s="3" t="s">
         <v>1001</v>
       </c>
       <c r="B504" s="3" t="s">
         <v>1002</v>
       </c>
       <c r="C504" s="3">
-        <v>61.58</v>
+        <v>415.7</v>
       </c>
       <c r="D504" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E504" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F504" s="3">
         <v>0</v>
       </c>
       <c r="G504" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H504" s="3">
-        <v>500</v>
+        <v>120</v>
       </c>
       <c r="I504" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="505" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A505" s="3" t="s">
         <v>1003</v>
       </c>
       <c r="B505" s="3" t="s">
         <v>1004</v>
       </c>
       <c r="C505" s="3">
-        <v>151.66</v>
+        <v>624.42</v>
       </c>
       <c r="D505" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E505" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F505" s="3">
-        <v>670</v>
+        <v>0</v>
       </c>
       <c r="G505" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H505" s="3">
-        <v>500</v>
+        <v>90</v>
       </c>
       <c r="I505" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="506" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A506" s="3" t="s">
         <v>1005</v>
       </c>
       <c r="B506" s="3" t="s">
         <v>1006</v>
       </c>
       <c r="C506" s="3">
-        <v>116.46</v>
+        <v>1227.19</v>
       </c>
       <c r="D506" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E506" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F506" s="3">
-        <v>220</v>
+        <v>0</v>
       </c>
       <c r="G506" s="3">
         <v>5</v>
       </c>
       <c r="H506" s="3">
         <v>50</v>
       </c>
       <c r="I506" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="507" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A507" s="3" t="s">
         <v>1007</v>
       </c>
       <c r="B507" s="3" t="s">
         <v>1008</v>
       </c>
       <c r="C507" s="3">
-        <v>132.45</v>
+        <v>76.02</v>
       </c>
       <c r="D507" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E507" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F507" s="3">
+        <v>0</v>
+      </c>
+      <c r="G507" s="3">
+        <v>5</v>
+      </c>
+      <c r="H507" s="3">
         <v>500</v>
-      </c>
-[...4 lines deleted...]
-        <v>200</v>
       </c>
       <c r="I507" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="508" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A508" s="3" t="s">
         <v>1009</v>
       </c>
       <c r="B508" s="3" t="s">
         <v>1010</v>
       </c>
       <c r="C508" s="3">
-        <v>151.66</v>
+        <v>79.78</v>
       </c>
       <c r="D508" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E508" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F508" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="G508" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H508" s="3">
-        <v>50</v>
+        <v>700</v>
       </c>
       <c r="I508" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="509" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A509" s="3" t="s">
         <v>1011</v>
       </c>
       <c r="B509" s="3" t="s">
         <v>1012</v>
       </c>
       <c r="C509" s="3">
-        <v>176.56</v>
+        <v>120.39</v>
       </c>
       <c r="D509" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E509" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F509" s="3">
-        <v>140</v>
+        <v>1140</v>
       </c>
       <c r="G509" s="3">
         <v>5</v>
       </c>
       <c r="H509" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I509" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="510" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A510" s="3" t="s">
         <v>1013</v>
       </c>
       <c r="B510" s="3" t="s">
         <v>1014</v>
       </c>
       <c r="C510" s="3">
-        <v>168.13</v>
+        <v>176.54</v>
       </c>
       <c r="D510" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E510" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F510" s="3">
-        <v>700</v>
+        <v>5</v>
       </c>
       <c r="G510" s="3">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="H510" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I510" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="511" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A511" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="B511" s="3" t="s">
         <v>1016</v>
       </c>
       <c r="C511" s="3">
-        <v>21.66</v>
+        <v>151.66</v>
       </c>
       <c r="D511" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E511" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F511" s="3">
-        <v>3500</v>
+        <v>0</v>
       </c>
       <c r="G511" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H511" s="3">
-        <v>3500</v>
+        <v>500</v>
       </c>
       <c r="I511" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="512" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A512" s="3" t="s">
         <v>1017</v>
       </c>
       <c r="B512" s="3" t="s">
         <v>1018</v>
       </c>
       <c r="C512" s="3">
-        <v>128.97</v>
+        <v>133.61</v>
       </c>
       <c r="D512" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E512" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F512" s="3">
-        <v>150</v>
+        <v>850</v>
       </c>
       <c r="G512" s="3">
         <v>50</v>
       </c>
       <c r="H512" s="3">
         <v>500</v>
       </c>
       <c r="I512" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="513" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A513" s="3" t="s">
         <v>1019</v>
       </c>
       <c r="B513" s="3" t="s">
         <v>1020</v>
       </c>
       <c r="C513" s="3">
-        <v>20.95</v>
+        <v>290.66</v>
       </c>
       <c r="D513" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E513" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F513" s="3">
-        <v>3050</v>
+        <v>0</v>
       </c>
       <c r="G513" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="H513" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I513" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="514" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A514" s="3" t="s">
         <v>1021</v>
       </c>
       <c r="B514" s="3" t="s">
         <v>1022</v>
       </c>
       <c r="C514" s="3">
-        <v>48.18</v>
+        <v>55.21</v>
       </c>
       <c r="D514" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E514" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F514" s="3">
-        <v>7400</v>
+        <v>0</v>
       </c>
       <c r="G514" s="3">
         <v>100</v>
       </c>
       <c r="H514" s="3">
-        <v>1300</v>
+        <v>800</v>
       </c>
       <c r="I514" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="515" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A515" s="3" t="s">
         <v>1023</v>
       </c>
       <c r="B515" s="3" t="s">
         <v>1024</v>
       </c>
       <c r="C515" s="3">
-        <v>99.12</v>
+        <v>144.44</v>
       </c>
       <c r="D515" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E515" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F515" s="3">
-        <v>320</v>
+        <v>0</v>
       </c>
       <c r="G515" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H515" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I515" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="516" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A516" s="3" t="s">
+      <c r="A516" s="2" t="s">
         <v>1025</v>
       </c>
-      <c r="B516" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B516" s="2"/>
+      <c r="C516" s="2"/>
+      <c r="D516" s="2"/>
+      <c r="E516" s="2"/>
+      <c r="F516" s="2"/>
+      <c r="G516" s="2"/>
+      <c r="H516" s="2"/>
+      <c r="I516" s="2"/>
     </row>
     <row r="517" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A517" s="3" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B517" s="3" t="s">
         <v>1027</v>
       </c>
-      <c r="B517" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C517" s="3">
-        <v>415.7</v>
+        <v>37.52</v>
       </c>
       <c r="D517" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E517" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F517" s="3">
-        <v>110</v>
+        <v>0</v>
       </c>
       <c r="G517" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H517" s="3">
-        <v>120</v>
+        <v>1</v>
       </c>
       <c r="I517" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="518" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A518" s="3" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B518" s="3" t="s">
         <v>1029</v>
       </c>
-      <c r="B518" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C518" s="3">
-        <v>624.42</v>
+        <v>65.74</v>
       </c>
       <c r="D518" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E518" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F518" s="3">
-        <v>740</v>
+        <v>450</v>
       </c>
       <c r="G518" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="H518" s="3">
-        <v>90</v>
+        <v>600</v>
       </c>
       <c r="I518" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="519" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A519" s="3" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B519" s="3" t="s">
         <v>1031</v>
       </c>
-      <c r="B519" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C519" s="3">
-        <v>1227.19</v>
+        <v>81.07</v>
       </c>
       <c r="D519" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E519" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F519" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G519" s="3">
-        <v>5</v>
+        <v>30</v>
       </c>
       <c r="H519" s="3">
-        <v>50</v>
+        <v>600</v>
       </c>
       <c r="I519" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="520" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A520" s="3" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B520" s="3" t="s">
         <v>1033</v>
       </c>
-      <c r="B520" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C520" s="3">
-        <v>48.06</v>
+        <v>178.08</v>
       </c>
       <c r="D520" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E520" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F520" s="3">
-        <v>1400</v>
+        <v>900</v>
       </c>
       <c r="G520" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H520" s="3">
-        <v>1300</v>
+        <v>110</v>
       </c>
       <c r="I520" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="521" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A521" s="3" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B521" s="3" t="s">
         <v>1035</v>
       </c>
-      <c r="B521" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C521" s="3">
-        <v>144.44</v>
+        <v>23.43</v>
       </c>
       <c r="D521" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E521" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F521" s="3">
-        <v>1650</v>
+        <v>2300</v>
       </c>
       <c r="G521" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H521" s="3">
-        <v>100</v>
+        <v>600</v>
       </c>
       <c r="I521" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="522" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A522" s="3" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B522" s="3" t="s">
         <v>1037</v>
       </c>
-      <c r="B522" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C522" s="3">
-        <v>168.13</v>
+        <v>145.64</v>
       </c>
       <c r="D522" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E522" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F522" s="3">
-        <v>4975</v>
+        <v>2680</v>
       </c>
       <c r="G522" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="H522" s="3">
-        <v>300</v>
+        <v>170</v>
       </c>
       <c r="I522" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="523" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A523" s="3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B523" s="3" t="s">
         <v>1039</v>
       </c>
-      <c r="B523" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C523" s="3">
-        <v>21.48</v>
+        <v>62.15</v>
       </c>
       <c r="D523" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E523" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F523" s="3">
-        <v>4000</v>
+        <v>0</v>
       </c>
       <c r="G523" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H523" s="3">
-        <v>3500</v>
+        <v>1</v>
       </c>
       <c r="I523" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="524" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A524" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B524" s="3" t="s">
         <v>1041</v>
       </c>
-      <c r="B524" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C524" s="3">
-        <v>133.61</v>
+        <v>32.82</v>
       </c>
       <c r="D524" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E524" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F524" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="G524" s="3">
         <v>50</v>
       </c>
       <c r="H524" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I524" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="525" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A525" s="3" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B525" s="3" t="s">
         <v>1043</v>
       </c>
-      <c r="B525" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C525" s="3">
-        <v>290.66</v>
+        <v>50.81</v>
       </c>
       <c r="D525" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E525" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F525" s="3">
-        <v>300</v>
+        <v>550</v>
       </c>
       <c r="G525" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H525" s="3">
-        <v>200</v>
+        <v>800</v>
       </c>
       <c r="I525" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="526" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A526" s="3" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B526" s="3" t="s">
         <v>1045</v>
       </c>
-      <c r="B526" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C526" s="3">
-        <v>52.71</v>
+        <v>29.73</v>
       </c>
       <c r="D526" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E526" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F526" s="3">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="G526" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H526" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I526" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="527" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A527" s="3" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B527" s="3" t="s">
         <v>1047</v>
       </c>
-      <c r="B527" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C527" s="3">
-        <v>19.26</v>
+        <v>70.83</v>
       </c>
       <c r="D527" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E527" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F527" s="3">
-        <v>1300</v>
+        <v>0</v>
       </c>
       <c r="G527" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="H527" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="I527" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="528" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A528" s="3" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B528" s="3" t="s">
         <v>1049</v>
       </c>
-      <c r="B528" s="3" t="s">
+      <c r="C528" s="3">
+        <v>28.01</v>
+      </c>
+      <c r="D528" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E528" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F528" s="3">
+        <v>0</v>
+      </c>
+      <c r="G528" s="3">
+        <v>50</v>
+      </c>
+      <c r="H528" s="3">
+        <v>50</v>
+      </c>
+      <c r="I528" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="529" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A529" s="2" t="s">
         <v>1050</v>
       </c>
-      <c r="C528" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B529" s="2"/>
+      <c r="C529" s="2"/>
+      <c r="D529" s="2"/>
+      <c r="E529" s="2"/>
+      <c r="F529" s="2"/>
+      <c r="G529" s="2"/>
+      <c r="H529" s="2"/>
+      <c r="I529" s="2"/>
     </row>
     <row r="530" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A530" s="3" t="s">
-        <v>1053</v>
+        <v>1051</v>
       </c>
       <c r="B530" s="3" t="s">
-        <v>1054</v>
+        <v>1052</v>
       </c>
       <c r="C530" s="3">
-        <v>55.21</v>
+        <v>102.16</v>
       </c>
       <c r="D530" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E530" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F530" s="3">
-        <v>4100</v>
+        <v>100</v>
       </c>
       <c r="G530" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H530" s="3">
-        <v>800</v>
+        <v>450</v>
       </c>
       <c r="I530" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="531" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A531" s="3" t="s">
-        <v>1055</v>
+        <v>1053</v>
       </c>
       <c r="B531" s="3" t="s">
-        <v>1056</v>
+        <v>1054</v>
       </c>
       <c r="C531" s="3">
-        <v>68.68</v>
+        <v>133.07</v>
       </c>
       <c r="D531" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E531" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F531" s="3">
-        <v>6900</v>
+        <v>0</v>
       </c>
       <c r="G531" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H531" s="3">
-        <v>1000</v>
+        <v>450</v>
       </c>
       <c r="I531" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="532" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A532" s="3" t="s">
-        <v>1057</v>
+        <v>1055</v>
       </c>
       <c r="B532" s="3" t="s">
-        <v>1058</v>
+        <v>1056</v>
       </c>
       <c r="C532" s="3">
-        <v>110.92</v>
+        <v>68.37</v>
       </c>
       <c r="D532" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E532" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F532" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="G532" s="3">
         <v>50</v>
       </c>
       <c r="H532" s="3">
-        <v>400</v>
+        <v>1</v>
       </c>
       <c r="I532" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="533" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A533" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A533" s="2" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B533" s="2"/>
+      <c r="C533" s="2"/>
+      <c r="D533" s="2"/>
+      <c r="E533" s="2"/>
+      <c r="F533" s="2"/>
+      <c r="G533" s="2"/>
+      <c r="H533" s="2"/>
+      <c r="I533" s="2"/>
     </row>
     <row r="534" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A534" s="3" t="s">
-        <v>1061</v>
+        <v>1058</v>
       </c>
       <c r="B534" s="3" t="s">
-        <v>1062</v>
+        <v>1059</v>
       </c>
       <c r="C534" s="3">
-        <v>144.44</v>
+        <v>107.44</v>
       </c>
       <c r="D534" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E534" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F534" s="3">
-        <v>600</v>
+        <v>0</v>
       </c>
       <c r="G534" s="3">
         <v>50</v>
       </c>
       <c r="H534" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I534" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="535" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A535" s="3" t="s">
-        <v>1063</v>
+        <v>1060</v>
       </c>
       <c r="B535" s="3" t="s">
-        <v>1064</v>
+        <v>1061</v>
       </c>
       <c r="C535" s="3">
-        <v>55.21</v>
+        <v>20.48</v>
       </c>
       <c r="D535" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E535" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F535" s="3">
-        <v>1100</v>
+        <v>0</v>
       </c>
       <c r="G535" s="3">
         <v>100</v>
       </c>
       <c r="H535" s="3">
-        <v>1100</v>
+        <v>4000</v>
       </c>
       <c r="I535" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="536" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A536" s="3" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B536" s="3" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C536" s="3">
+        <v>47.44</v>
+      </c>
+      <c r="D536" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E536" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F536" s="3">
+        <v>0</v>
+      </c>
+      <c r="G536" s="3">
+        <v>100</v>
+      </c>
+      <c r="H536" s="3">
+        <v>1500</v>
+      </c>
+      <c r="I536" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="537" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A537" s="3" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B537" s="3" t="s">
         <v>1065</v>
       </c>
-      <c r="B536" s="3" t="s">
-[...11 lines deleted...]
-      <c r="F536" s="3">
+      <c r="C537" s="3">
+        <v>24.98</v>
+      </c>
+      <c r="D537" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E537" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F537" s="3">
+        <v>0</v>
+      </c>
+      <c r="G537" s="3">
+        <v>10</v>
+      </c>
+      <c r="H537" s="3">
         <v>1000</v>
       </c>
-      <c r="G536" s="3">
-[...20 lines deleted...]
-      <c r="I537" s="2"/>
+      <c r="I537" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="538" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A538" s="3" t="s">
-        <v>1068</v>
+        <v>1066</v>
       </c>
       <c r="B538" s="3" t="s">
-        <v>1069</v>
+        <v>1067</v>
       </c>
       <c r="C538" s="3">
-        <v>32.82</v>
+        <v>146.36</v>
       </c>
       <c r="D538" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E538" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F538" s="3">
         <v>0</v>
       </c>
       <c r="G538" s="3">
-        <v>50</v>
+        <v>2</v>
       </c>
       <c r="H538" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I538" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="539" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A539" s="3" t="s">
-        <v>1070</v>
+        <v>1068</v>
       </c>
       <c r="B539" s="3" t="s">
-        <v>1071</v>
+        <v>1069</v>
       </c>
       <c r="C539" s="3">
-        <v>50.81</v>
+        <v>25.93</v>
       </c>
       <c r="D539" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E539" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F539" s="3">
-        <v>1100</v>
+        <v>0</v>
       </c>
       <c r="G539" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H539" s="3">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="I539" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="540" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A540" s="3" t="s">
-        <v>1072</v>
+        <v>1070</v>
       </c>
       <c r="B540" s="3" t="s">
-        <v>1073</v>
+        <v>1071</v>
       </c>
       <c r="C540" s="3">
-        <v>28.01</v>
+        <v>73.39</v>
       </c>
       <c r="D540" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E540" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F540" s="3">
-        <v>5900</v>
+        <v>600</v>
       </c>
       <c r="G540" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H540" s="3">
-        <v>50</v>
+        <v>800</v>
       </c>
       <c r="I540" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="541" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A541" s="3" t="s">
-        <v>1074</v>
+        <v>1072</v>
       </c>
       <c r="B541" s="3" t="s">
-        <v>1075</v>
+        <v>1073</v>
       </c>
       <c r="C541" s="3">
-        <v>62.15</v>
+        <v>104.03</v>
       </c>
       <c r="D541" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E541" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F541" s="3">
         <v>0</v>
       </c>
       <c r="G541" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H541" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="I541" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="542" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A542" s="3" t="s">
-        <v>1076</v>
+        <v>1074</v>
       </c>
       <c r="B542" s="3" t="s">
-        <v>1077</v>
+        <v>1075</v>
       </c>
       <c r="C542" s="3">
-        <v>145.64</v>
+        <v>14.89</v>
       </c>
       <c r="D542" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E542" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F542" s="3">
-        <v>4870</v>
+        <v>19000</v>
       </c>
       <c r="G542" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H542" s="3">
-        <v>170</v>
+        <v>5000</v>
       </c>
       <c r="I542" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="543" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A543" s="3" t="s">
-        <v>1078</v>
+        <v>1076</v>
       </c>
       <c r="B543" s="3" t="s">
-        <v>1079</v>
+        <v>1077</v>
       </c>
       <c r="C543" s="3">
-        <v>37.52</v>
+        <v>129.04</v>
       </c>
       <c r="D543" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E543" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F543" s="3">
-        <v>1550</v>
+        <v>0</v>
       </c>
       <c r="G543" s="3">
         <v>50</v>
       </c>
       <c r="H543" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="I543" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="544" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A544" s="3" t="s">
-        <v>1080</v>
+        <v>1078</v>
       </c>
       <c r="B544" s="3" t="s">
-        <v>1081</v>
+        <v>1079</v>
       </c>
       <c r="C544" s="3">
-        <v>65.74</v>
+        <v>43.66</v>
       </c>
       <c r="D544" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E544" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F544" s="3">
         <v>0</v>
       </c>
       <c r="G544" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="H544" s="3">
-        <v>600</v>
+        <v>1300</v>
       </c>
       <c r="I544" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="545" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A545" s="3" t="s">
-        <v>1082</v>
+        <v>1080</v>
       </c>
       <c r="B545" s="3" t="s">
-        <v>1083</v>
+        <v>1081</v>
       </c>
       <c r="C545" s="3">
-        <v>23.43</v>
+        <v>50.99</v>
       </c>
       <c r="D545" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E545" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F545" s="3">
-        <v>3000</v>
+        <v>0</v>
       </c>
       <c r="G545" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H545" s="3">
-        <v>600</v>
+        <v>500</v>
       </c>
       <c r="I545" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="546" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A546" s="3" t="s">
-        <v>1084</v>
+        <v>1082</v>
       </c>
       <c r="B546" s="3" t="s">
-        <v>1085</v>
+        <v>1083</v>
       </c>
       <c r="C546" s="3">
-        <v>29.73</v>
+        <v>133.3</v>
       </c>
       <c r="D546" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E546" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F546" s="3">
-        <v>7900</v>
+        <v>294</v>
       </c>
       <c r="G546" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H546" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I546" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="547" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A547" s="3" t="s">
-        <v>1086</v>
+        <v>1084</v>
       </c>
       <c r="B547" s="3" t="s">
-        <v>1087</v>
+        <v>1085</v>
       </c>
       <c r="C547" s="3">
-        <v>70.83</v>
+        <v>23.78</v>
       </c>
       <c r="D547" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E547" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F547" s="3">
-        <v>4950</v>
+        <v>0</v>
       </c>
       <c r="G547" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H547" s="3">
-        <v>1</v>
+        <v>3000</v>
       </c>
       <c r="I547" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="548" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A548" s="3" t="s">
-        <v>1088</v>
+        <v>1086</v>
       </c>
       <c r="B548" s="3" t="s">
-        <v>1089</v>
+        <v>1087</v>
       </c>
       <c r="C548" s="3">
-        <v>81.07</v>
+        <v>19.15</v>
       </c>
       <c r="D548" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E548" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F548" s="3">
         <v>0</v>
       </c>
       <c r="G548" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="H548" s="3">
-        <v>600</v>
+        <v>1000</v>
       </c>
       <c r="I548" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="549" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A549" s="3" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B549" s="3" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C549" s="3">
+        <v>53.38</v>
+      </c>
+      <c r="D549" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E549" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F549" s="3">
+        <v>0</v>
+      </c>
+      <c r="G549" s="3">
+        <v>5</v>
+      </c>
+      <c r="H549" s="3">
+        <v>500</v>
+      </c>
+      <c r="I549" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="550" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A550" s="3" t="s">
         <v>1090</v>
       </c>
-      <c r="B549" s="3" t="s">
+      <c r="B550" s="3" t="s">
         <v>1091</v>
       </c>
-      <c r="C549" s="3">
-[...32 lines deleted...]
-      <c r="I550" s="2"/>
+      <c r="C550" s="3">
+        <v>92.48</v>
+      </c>
+      <c r="D550" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E550" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F550" s="3">
+        <v>1015</v>
+      </c>
+      <c r="G550" s="3">
+        <v>5</v>
+      </c>
+      <c r="H550" s="3">
+        <v>500</v>
+      </c>
+      <c r="I550" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="551" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A551" s="3" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B551" s="3" t="s">
         <v>1093</v>
       </c>
-      <c r="B551" s="3" t="s">
+      <c r="C551" s="3">
+        <v>114.72</v>
+      </c>
+      <c r="D551" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E551" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F551" s="3">
+        <v>20</v>
+      </c>
+      <c r="G551" s="3">
+        <v>5</v>
+      </c>
+      <c r="H551" s="3">
+        <v>250</v>
+      </c>
+      <c r="I551" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="552" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A552" s="2" t="s">
         <v>1094</v>
       </c>
-      <c r="C551" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B552" s="2"/>
+      <c r="C552" s="2"/>
+      <c r="D552" s="2"/>
+      <c r="E552" s="2"/>
+      <c r="F552" s="2"/>
+      <c r="G552" s="2"/>
+      <c r="H552" s="2"/>
+      <c r="I552" s="2"/>
     </row>
     <row r="553" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A553" s="3" t="s">
-        <v>1097</v>
+        <v>1095</v>
       </c>
       <c r="B553" s="3" t="s">
-        <v>1098</v>
+        <v>1096</v>
       </c>
       <c r="C553" s="3">
-        <v>42.09</v>
+        <v>25.7</v>
       </c>
       <c r="D553" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E553" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F553" s="3">
-        <v>0</v>
+        <v>4900</v>
       </c>
       <c r="G553" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H553" s="3">
-        <v>1</v>
+        <v>4000</v>
       </c>
       <c r="I553" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="554" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A554" s="3" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B554" s="3" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C554" s="3">
+        <v>7.76</v>
+      </c>
+      <c r="D554" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E554" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F554" s="3">
+        <v>23400</v>
+      </c>
+      <c r="G554" s="3">
+        <v>100</v>
+      </c>
+      <c r="H554" s="3">
+        <v>20000</v>
+      </c>
+      <c r="I554" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="555" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A555" s="3" t="s">
         <v>1099</v>
       </c>
-      <c r="B554" s="3" t="s">
+      <c r="B555" s="3" t="s">
         <v>1100</v>
       </c>
-      <c r="C554" s="3">
-[...32 lines deleted...]
-      <c r="I555" s="2"/>
+      <c r="C555" s="3">
+        <v>8.92</v>
+      </c>
+      <c r="D555" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E555" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F555" s="3">
+        <v>25800</v>
+      </c>
+      <c r="G555" s="3">
+        <v>100</v>
+      </c>
+      <c r="H555" s="3">
+        <v>10000</v>
+      </c>
+      <c r="I555" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="556" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A556" s="3" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B556" s="3" t="s">
         <v>1102</v>
       </c>
-      <c r="B556" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C556" s="3">
-        <v>44</v>
+        <v>46.21</v>
       </c>
       <c r="D556" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E556" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F556" s="3">
-        <v>0</v>
+        <v>6200</v>
       </c>
       <c r="G556" s="3">
         <v>50</v>
       </c>
       <c r="H556" s="3">
-        <v>1500</v>
+        <v>1600</v>
       </c>
       <c r="I556" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="557" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A557" s="3" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B557" s="3" t="s">
         <v>1104</v>
       </c>
-      <c r="B557" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C557" s="3">
-        <v>37.07</v>
+        <v>122.72</v>
       </c>
       <c r="D557" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E557" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F557" s="3">
-        <v>300</v>
+        <v>156</v>
       </c>
       <c r="G557" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H557" s="3">
-        <v>1800</v>
+        <v>10</v>
       </c>
       <c r="I557" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="558" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A558" s="3" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B558" s="3" t="s">
         <v>1106</v>
       </c>
-      <c r="B558" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C558" s="3">
-        <v>43.92</v>
+        <v>13.49</v>
       </c>
       <c r="D558" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E558" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F558" s="3">
-        <v>0</v>
+        <v>36900</v>
       </c>
       <c r="G558" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H558" s="3">
-        <v>50</v>
+        <v>20000</v>
       </c>
       <c r="I558" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="559" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A559" s="3" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B559" s="3" t="s">
         <v>1108</v>
       </c>
-      <c r="B559" s="3" t="s">
+      <c r="C559" s="3">
+        <v>14.33</v>
+      </c>
+      <c r="D559" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E559" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F559" s="3">
+        <v>19800</v>
+      </c>
+      <c r="G559" s="3">
+        <v>100</v>
+      </c>
+      <c r="H559" s="3">
+        <v>20000</v>
+      </c>
+      <c r="I559" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="560" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A560" s="2" t="s">
         <v>1109</v>
       </c>
-      <c r="C559" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B560" s="2"/>
+      <c r="C560" s="2"/>
+      <c r="D560" s="2"/>
+      <c r="E560" s="2"/>
+      <c r="F560" s="2"/>
+      <c r="G560" s="2"/>
+      <c r="H560" s="2"/>
+      <c r="I560" s="2"/>
     </row>
     <row r="561" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A561" s="3" t="s">
-        <v>1112</v>
+        <v>1110</v>
       </c>
       <c r="B561" s="3" t="s">
-        <v>1113</v>
+        <v>1111</v>
       </c>
       <c r="C561" s="3">
-        <v>36.4</v>
+        <v>101.51</v>
       </c>
       <c r="D561" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E561" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F561" s="3">
         <v>0</v>
       </c>
       <c r="G561" s="3">
         <v>50</v>
       </c>
       <c r="H561" s="3">
-        <v>1800</v>
+        <v>500</v>
       </c>
       <c r="I561" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="562" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A562" s="3" t="s">
-        <v>1114</v>
+        <v>1112</v>
       </c>
       <c r="B562" s="3" t="s">
-        <v>1115</v>
+        <v>1113</v>
       </c>
       <c r="C562" s="3">
-        <v>69.32</v>
+        <v>13.92</v>
       </c>
       <c r="D562" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E562" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F562" s="3">
-        <v>0</v>
+        <v>1700</v>
       </c>
       <c r="G562" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H562" s="3">
-        <v>1200</v>
+        <v>5000</v>
       </c>
       <c r="I562" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="563" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A563" s="3" t="s">
-        <v>1116</v>
+        <v>1114</v>
       </c>
       <c r="B563" s="3" t="s">
-        <v>1117</v>
+        <v>1115</v>
       </c>
       <c r="C563" s="3">
-        <v>119.46</v>
+        <v>22.22</v>
       </c>
       <c r="D563" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E563" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F563" s="3">
-        <v>1725</v>
+        <v>130</v>
       </c>
       <c r="G563" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="H563" s="3">
         <v>1000</v>
       </c>
       <c r="I563" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="564" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A564" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I564" s="2"/>
+      <c r="A564" s="3" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B564" s="3" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C564" s="3">
+        <v>22.02</v>
+      </c>
+      <c r="D564" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E564" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F564" s="3">
+        <v>8420</v>
+      </c>
+      <c r="G564" s="3">
+        <v>10</v>
+      </c>
+      <c r="H564" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I564" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="565" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A565" s="3" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B565" s="3" t="s">
         <v>1119</v>
       </c>
-      <c r="B565" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C565" s="3">
-        <v>107.44</v>
+        <v>49.57</v>
       </c>
       <c r="D565" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E565" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F565" s="3">
-        <v>400</v>
+        <v>1240</v>
       </c>
       <c r="G565" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="H565" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I565" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="566" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A566" s="3" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B566" s="3" t="s">
         <v>1121</v>
       </c>
-      <c r="B566" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C566" s="3">
-        <v>47.44</v>
+        <v>145.1</v>
       </c>
       <c r="D566" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E566" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F566" s="3">
         <v>0</v>
       </c>
       <c r="G566" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H566" s="3">
-        <v>1500</v>
+        <v>25</v>
       </c>
       <c r="I566" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="567" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A567" s="3" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B567" s="3" t="s">
         <v>1123</v>
       </c>
-      <c r="B567" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C567" s="3">
-        <v>14.89</v>
+        <v>39.75</v>
       </c>
       <c r="D567" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E567" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F567" s="3">
-        <v>27200</v>
+        <v>1775</v>
       </c>
       <c r="G567" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="H567" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I567" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="568" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A568" s="3" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B568" s="3" t="s">
         <v>1125</v>
       </c>
-      <c r="B568" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C568" s="3">
-        <v>129.04</v>
+        <v>717.69</v>
       </c>
       <c r="D568" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E568" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F568" s="3">
-        <v>150</v>
+        <v>60</v>
       </c>
       <c r="G568" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H568" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I568" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="569" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A569" s="3" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B569" s="3" t="s">
         <v>1127</v>
       </c>
-      <c r="B569" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C569" s="3">
-        <v>43.66</v>
+        <v>397.84</v>
       </c>
       <c r="D569" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E569" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F569" s="3">
+        <v>190</v>
+      </c>
+      <c r="G569" s="3">
+        <v>10</v>
+      </c>
+      <c r="H569" s="3">
+        <v>10</v>
+      </c>
+      <c r="I569" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="570" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A570" s="3" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B570" s="3" t="s">
         <v>1129</v>
       </c>
-      <c r="B570" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C570" s="3">
-        <v>50.99</v>
+        <v>106.58</v>
       </c>
       <c r="D570" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E570" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F570" s="3">
-        <v>0</v>
+        <v>95</v>
       </c>
       <c r="G570" s="3">
         <v>5</v>
       </c>
       <c r="H570" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I570" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="571" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A571" s="3" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B571" s="3" t="s">
         <v>1131</v>
       </c>
-      <c r="B571" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C571" s="3">
-        <v>133.3</v>
+        <v>551.09</v>
       </c>
       <c r="D571" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E571" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F571" s="3">
-        <v>345</v>
+        <v>0</v>
       </c>
       <c r="G571" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H571" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I571" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="572" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A572" s="3" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B572" s="3" t="s">
         <v>1133</v>
       </c>
-      <c r="B572" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C572" s="3">
-        <v>23.78</v>
+        <v>74.46</v>
       </c>
       <c r="D572" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E572" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F572" s="3">
         <v>0</v>
       </c>
       <c r="G572" s="3">
         <v>100</v>
       </c>
       <c r="H572" s="3">
-        <v>3000</v>
+        <v>800</v>
       </c>
       <c r="I572" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="573" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A573" s="3" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B573" s="3" t="s">
         <v>1135</v>
       </c>
-      <c r="B573" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C573" s="3">
-        <v>73.39</v>
+        <v>43.49</v>
       </c>
       <c r="D573" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E573" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F573" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="G573" s="3">
         <v>100</v>
       </c>
       <c r="H573" s="3">
-        <v>800</v>
+        <v>1300</v>
       </c>
       <c r="I573" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="574" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A574" s="3" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B574" s="3" t="s">
         <v>1137</v>
       </c>
-      <c r="B574" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C574" s="3">
-        <v>104.03</v>
+        <v>36.69</v>
       </c>
       <c r="D574" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E574" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F574" s="3">
         <v>0</v>
       </c>
       <c r="G574" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H574" s="3">
-        <v>500</v>
+        <v>1500</v>
       </c>
       <c r="I574" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="575" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A575" s="3" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B575" s="3" t="s">
         <v>1139</v>
       </c>
-      <c r="B575" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C575" s="3">
-        <v>25.93</v>
+        <v>81.35</v>
       </c>
       <c r="D575" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E575" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F575" s="3">
-        <v>0</v>
+        <v>540</v>
       </c>
       <c r="G575" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H575" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I575" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="576" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A576" s="3" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B576" s="3" t="s">
         <v>1141</v>
       </c>
-      <c r="B576" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C576" s="3">
-        <v>24.98</v>
+        <v>19.25</v>
       </c>
       <c r="D576" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E576" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F576" s="3">
         <v>0</v>
       </c>
       <c r="G576" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H576" s="3">
-        <v>1000</v>
+        <v>4000</v>
       </c>
       <c r="I576" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="577" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A577" s="3" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B577" s="3" t="s">
         <v>1143</v>
       </c>
-      <c r="B577" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C577" s="3">
-        <v>146.36</v>
+        <v>23.27</v>
       </c>
       <c r="D577" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E577" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F577" s="3">
         <v>0</v>
       </c>
       <c r="G577" s="3">
-        <v>2</v>
+        <v>100</v>
       </c>
       <c r="H577" s="3">
-        <v>100</v>
+        <v>3000</v>
       </c>
       <c r="I577" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="578" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A578" s="3" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B578" s="3" t="s">
         <v>1145</v>
       </c>
-      <c r="B578" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C578" s="3">
-        <v>53.38</v>
+        <v>1144.85</v>
       </c>
       <c r="D578" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E578" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F578" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G578" s="3">
         <v>5</v>
       </c>
       <c r="H578" s="3">
-        <v>500</v>
+        <v>5</v>
       </c>
       <c r="I578" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="579" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A579" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A579" s="2" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B579" s="2"/>
+      <c r="C579" s="2"/>
+      <c r="D579" s="2"/>
+      <c r="E579" s="2"/>
+      <c r="F579" s="2"/>
+      <c r="G579" s="2"/>
+      <c r="H579" s="2"/>
+      <c r="I579" s="2"/>
     </row>
     <row r="580" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A580" s="3" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="B580" s="3" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="C580" s="3">
-        <v>114.72</v>
+        <v>36.4</v>
       </c>
       <c r="D580" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E580" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F580" s="3">
-        <v>0</v>
+        <v>1600</v>
       </c>
       <c r="G580" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H580" s="3">
-        <v>250</v>
+        <v>1800</v>
       </c>
       <c r="I580" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="581" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A581" s="3" t="s">
-        <v>1151</v>
+        <v>1149</v>
       </c>
       <c r="B581" s="3" t="s">
-        <v>1152</v>
+        <v>1150</v>
       </c>
       <c r="C581" s="3">
-        <v>20.48</v>
+        <v>44</v>
       </c>
       <c r="D581" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E581" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F581" s="3">
         <v>0</v>
       </c>
       <c r="G581" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H581" s="3">
-        <v>4000</v>
+        <v>1500</v>
       </c>
       <c r="I581" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="582" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A582" s="3" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B582" s="3" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C582" s="3">
+        <v>43.92</v>
+      </c>
+      <c r="D582" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E582" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F582" s="3">
+        <v>1300</v>
+      </c>
+      <c r="G582" s="3">
+        <v>50</v>
+      </c>
+      <c r="H582" s="3">
+        <v>50</v>
+      </c>
+      <c r="I582" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="583" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A583" s="3" t="s">
         <v>1153</v>
       </c>
-      <c r="B582" s="3" t="s">
+      <c r="B583" s="3" t="s">
         <v>1154</v>
       </c>
-      <c r="C582" s="3">
-[...14 lines deleted...]
-      <c r="H582" s="3">
+      <c r="C583" s="3">
+        <v>119.46</v>
+      </c>
+      <c r="D583" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E583" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F583" s="3">
+        <v>125</v>
+      </c>
+      <c r="G583" s="3">
+        <v>25</v>
+      </c>
+      <c r="H583" s="3">
         <v>1000</v>
       </c>
-      <c r="I582" s="3">
-[...14 lines deleted...]
-      <c r="I583" s="2"/>
+      <c r="I583" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="584" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A584" s="3" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B584" s="3" t="s">
         <v>1156</v>
       </c>
-      <c r="B584" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C584" s="3">
-        <v>7.76</v>
+        <v>19.5</v>
       </c>
       <c r="D584" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E584" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F584" s="3">
-        <v>74000</v>
+        <v>0</v>
       </c>
       <c r="G584" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H584" s="3">
-        <v>20000</v>
+        <v>3500</v>
       </c>
       <c r="I584" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="585" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A585" s="3" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B585" s="3" t="s">
         <v>1158</v>
       </c>
-      <c r="B585" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C585" s="3">
-        <v>8.92</v>
+        <v>37.07</v>
       </c>
       <c r="D585" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E585" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F585" s="3">
-        <v>48100</v>
+        <v>0</v>
       </c>
       <c r="G585" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H585" s="3">
-        <v>10000</v>
+        <v>1800</v>
       </c>
       <c r="I585" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="586" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A586" s="3" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B586" s="3" t="s">
         <v>1160</v>
       </c>
-      <c r="B586" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C586" s="3">
-        <v>25.7</v>
+        <v>69.32</v>
       </c>
       <c r="D586" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E586" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F586" s="3">
-        <v>9450</v>
+        <v>0</v>
       </c>
       <c r="G586" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H586" s="3">
-        <v>4000</v>
+        <v>1200</v>
       </c>
       <c r="I586" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="587" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A587" s="3" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B587" s="3" t="s">
         <v>1162</v>
       </c>
-      <c r="B587" s="3" t="s">
+      <c r="C587" s="3">
+        <v>174.99</v>
+      </c>
+      <c r="D587" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E587" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F587" s="3">
+        <v>20</v>
+      </c>
+      <c r="G587" s="3">
+        <v>10</v>
+      </c>
+      <c r="H587" s="3">
+        <v>800</v>
+      </c>
+      <c r="I587" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="588" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A588" s="2" t="s">
         <v>1163</v>
       </c>
-      <c r="C587" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B588" s="2"/>
+      <c r="C588" s="2"/>
+      <c r="D588" s="2"/>
+      <c r="E588" s="2"/>
+      <c r="F588" s="2"/>
+      <c r="G588" s="2"/>
+      <c r="H588" s="2"/>
+      <c r="I588" s="2"/>
     </row>
     <row r="589" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A589" s="3" t="s">
-        <v>1166</v>
+        <v>1164</v>
       </c>
       <c r="B589" s="3" t="s">
-        <v>1167</v>
+        <v>1165</v>
       </c>
       <c r="C589" s="3">
-        <v>122.72</v>
+        <v>369.45</v>
       </c>
       <c r="D589" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E589" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F589" s="3">
-        <v>57</v>
+        <v>0</v>
       </c>
       <c r="G589" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H589" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I589" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="590" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A590" s="3" t="s">
-        <v>1168</v>
+        <v>1166</v>
       </c>
       <c r="B590" s="3" t="s">
-        <v>1169</v>
+        <v>1167</v>
       </c>
       <c r="C590" s="3">
-        <v>13.49</v>
+        <v>232.43</v>
       </c>
       <c r="D590" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E590" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F590" s="3">
         <v>0</v>
       </c>
       <c r="G590" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H590" s="3">
-        <v>20000</v>
+        <v>210</v>
       </c>
       <c r="I590" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="591" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A591" s="3" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B591" s="3" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C591" s="3">
+        <v>645.88</v>
+      </c>
+      <c r="D591" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E591" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F591" s="3">
+        <v>0</v>
+      </c>
+      <c r="G591" s="3">
+        <v>5</v>
+      </c>
+      <c r="H591" s="3">
+        <v>1</v>
+      </c>
+      <c r="I591" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="592" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A592" s="3" t="s">
         <v>1170</v>
       </c>
-      <c r="B591" s="3" t="s">
+      <c r="B592" s="3" t="s">
         <v>1171</v>
       </c>
-      <c r="C591" s="3">
-[...22 lines deleted...]
-      <c r="A592" s="2" t="s">
+      <c r="C592" s="3">
+        <v>1036.63</v>
+      </c>
+      <c r="D592" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E592" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F592" s="3">
+        <v>0</v>
+      </c>
+      <c r="G592" s="3">
+        <v>3</v>
+      </c>
+      <c r="H592" s="3">
+        <v>200</v>
+      </c>
+      <c r="I592" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="593" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A593" s="2" t="s">
         <v>1172</v>
       </c>
-      <c r="B592" s="2"/>
-[...35 lines deleted...]
-      </c>
+      <c r="B593" s="2"/>
+      <c r="C593" s="2"/>
+      <c r="D593" s="2"/>
+      <c r="E593" s="2"/>
+      <c r="F593" s="2"/>
+      <c r="G593" s="2"/>
+      <c r="H593" s="2"/>
+      <c r="I593" s="2"/>
     </row>
     <row r="594" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A594" s="3" t="s">
-        <v>1175</v>
+        <v>1173</v>
       </c>
       <c r="B594" s="3" t="s">
-        <v>1176</v>
+        <v>1174</v>
       </c>
       <c r="C594" s="3">
-        <v>106.58</v>
+        <v>23.42</v>
       </c>
       <c r="D594" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E594" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F594" s="3">
-        <v>495</v>
+        <v>0</v>
       </c>
       <c r="G594" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H594" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I594" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="595" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A595" s="3" t="s">
-        <v>1177</v>
+        <v>1175</v>
       </c>
       <c r="B595" s="3" t="s">
-        <v>1178</v>
+        <v>1176</v>
       </c>
       <c r="C595" s="3">
-        <v>36.69</v>
+        <v>27.88</v>
       </c>
       <c r="D595" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E595" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F595" s="3">
-        <v>6000</v>
+        <v>0</v>
       </c>
       <c r="G595" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H595" s="3">
-        <v>1500</v>
+        <v>1</v>
       </c>
       <c r="I595" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="596" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A596" s="3" t="s">
-        <v>1179</v>
+        <v>1177</v>
       </c>
       <c r="B596" s="3" t="s">
-        <v>1180</v>
+        <v>1178</v>
       </c>
       <c r="C596" s="3">
-        <v>13.92</v>
+        <v>107.64</v>
       </c>
       <c r="D596" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E596" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F596" s="3">
-        <v>5600</v>
+        <v>0</v>
       </c>
       <c r="G596" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H596" s="3">
-        <v>5000</v>
+        <v>25</v>
       </c>
       <c r="I596" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="597" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A597" s="3" t="s">
-        <v>1181</v>
+        <v>1179</v>
       </c>
       <c r="B597" s="3" t="s">
-        <v>1182</v>
+        <v>1180</v>
       </c>
       <c r="C597" s="3">
-        <v>101.51</v>
+        <v>62.09</v>
       </c>
       <c r="D597" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E597" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F597" s="3">
-        <v>1900</v>
+        <v>0</v>
       </c>
       <c r="G597" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H597" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="I597" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="598" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A598" s="3" t="s">
-        <v>1183</v>
+        <v>1181</v>
       </c>
       <c r="B598" s="3" t="s">
-        <v>1184</v>
+        <v>1182</v>
       </c>
       <c r="C598" s="3">
-        <v>81.35</v>
+        <v>38.51</v>
       </c>
       <c r="D598" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E598" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F598" s="3">
-        <v>1205</v>
+        <v>0</v>
       </c>
       <c r="G598" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H598" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="I598" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="599" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A599" s="3" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B599" s="3" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C599" s="3">
+        <v>51.35</v>
+      </c>
+      <c r="D599" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E599" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F599" s="3">
+        <v>0</v>
+      </c>
+      <c r="G599" s="3">
+        <v>50</v>
+      </c>
+      <c r="H599" s="3">
+        <v>1</v>
+      </c>
+      <c r="I599" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="600" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A600" s="2" t="s">
         <v>1185</v>
       </c>
-      <c r="B599" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B600" s="2"/>
+      <c r="C600" s="2"/>
+      <c r="D600" s="2"/>
+      <c r="E600" s="2"/>
+      <c r="F600" s="2"/>
+      <c r="G600" s="2"/>
+      <c r="H600" s="2"/>
+      <c r="I600" s="2"/>
     </row>
     <row r="601" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A601" s="3" t="s">
-        <v>1189</v>
+        <v>1186</v>
       </c>
       <c r="B601" s="3" t="s">
-        <v>1190</v>
+        <v>1187</v>
       </c>
       <c r="C601" s="3">
-        <v>19.25</v>
+        <v>153.12</v>
       </c>
       <c r="D601" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E601" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F601" s="3">
-        <v>12000</v>
+        <v>0</v>
       </c>
       <c r="G601" s="3">
         <v>100</v>
       </c>
       <c r="H601" s="3">
-        <v>4000</v>
+        <v>1</v>
       </c>
       <c r="I601" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="602" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A602" s="3" t="s">
-        <v>1191</v>
+        <v>1188</v>
       </c>
       <c r="B602" s="3" t="s">
-        <v>1192</v>
+        <v>1189</v>
       </c>
       <c r="C602" s="3">
-        <v>145.1</v>
+        <v>106</v>
       </c>
       <c r="D602" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E602" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F602" s="3">
-        <v>675</v>
+        <v>0</v>
       </c>
       <c r="G602" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H602" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I602" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="603" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A603" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A603" s="2" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B603" s="2"/>
+      <c r="C603" s="2"/>
+      <c r="D603" s="2"/>
+      <c r="E603" s="2"/>
+      <c r="F603" s="2"/>
+      <c r="G603" s="2"/>
+      <c r="H603" s="2"/>
+      <c r="I603" s="2"/>
     </row>
     <row r="604" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A604" s="3" t="s">
-        <v>1195</v>
+        <v>1191</v>
       </c>
       <c r="B604" s="3" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="C604" s="3">
-        <v>23.27</v>
+        <v>108.87</v>
       </c>
       <c r="D604" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E604" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F604" s="3">
-        <v>16000</v>
+        <v>810</v>
       </c>
       <c r="G604" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H604" s="3">
-        <v>3000</v>
+        <v>100</v>
       </c>
       <c r="I604" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="605" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A605" s="3" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="B605" s="3" t="s">
-        <v>1198</v>
+        <v>1194</v>
       </c>
       <c r="C605" s="3">
-        <v>551.09</v>
+        <v>170.51</v>
       </c>
       <c r="D605" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E605" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F605" s="3">
-        <v>140</v>
+        <v>170</v>
       </c>
       <c r="G605" s="3">
         <v>10</v>
       </c>
       <c r="H605" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I605" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="606" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A606" s="3" t="s">
-        <v>1199</v>
+        <v>1195</v>
       </c>
       <c r="B606" s="3" t="s">
-        <v>1200</v>
+        <v>1196</v>
       </c>
       <c r="C606" s="3">
-        <v>39.75</v>
+        <v>250.82</v>
       </c>
       <c r="D606" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E606" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F606" s="3">
-        <v>2995</v>
+        <v>0</v>
       </c>
       <c r="G606" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H606" s="3">
         <v>500</v>
       </c>
       <c r="I606" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="607" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A607" s="3" t="s">
-        <v>1201</v>
+        <v>1197</v>
       </c>
       <c r="B607" s="3" t="s">
-        <v>1202</v>
+        <v>1198</v>
       </c>
       <c r="C607" s="3">
-        <v>1144.85</v>
+        <v>149.42</v>
       </c>
       <c r="D607" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E607" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F607" s="3">
-        <v>120</v>
+        <v>0</v>
       </c>
       <c r="G607" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H607" s="3">
-        <v>5</v>
+        <v>2500</v>
       </c>
       <c r="I607" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="608" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A608" s="3" t="s">
-        <v>1203</v>
+        <v>1199</v>
       </c>
       <c r="B608" s="3" t="s">
-        <v>1204</v>
+        <v>1200</v>
       </c>
       <c r="C608" s="3">
-        <v>49.57</v>
+        <v>101.28</v>
       </c>
       <c r="D608" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E608" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F608" s="3">
-        <v>1780</v>
+        <v>0</v>
       </c>
       <c r="G608" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="H608" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="I608" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="609" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A609" s="3" t="s">
-        <v>1205</v>
+        <v>1201</v>
       </c>
       <c r="B609" s="3" t="s">
-        <v>1206</v>
+        <v>1202</v>
       </c>
       <c r="C609" s="3">
-        <v>22.22</v>
+        <v>153.59</v>
       </c>
       <c r="D609" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E609" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F609" s="3">
-        <v>0</v>
+        <v>2200</v>
       </c>
       <c r="G609" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H609" s="3">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="I609" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="610" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A610" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A610" s="2" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B610" s="2"/>
+      <c r="C610" s="2"/>
+      <c r="D610" s="2"/>
+      <c r="E610" s="2"/>
+      <c r="F610" s="2"/>
+      <c r="G610" s="2"/>
+      <c r="H610" s="2"/>
+      <c r="I610" s="2"/>
     </row>
     <row r="611" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A611" s="2" t="s">
-        <v>1209</v>
+        <v>1204</v>
       </c>
       <c r="B611" s="2"/>
       <c r="C611" s="2"/>
       <c r="D611" s="2"/>
       <c r="E611" s="2"/>
       <c r="F611" s="2"/>
       <c r="G611" s="2"/>
       <c r="H611" s="2"/>
       <c r="I611" s="2"/>
     </row>
     <row r="612" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A612" s="3" t="s">
-        <v>1210</v>
+        <v>1205</v>
       </c>
       <c r="B612" s="3" t="s">
-        <v>1211</v>
+        <v>1206</v>
       </c>
       <c r="C612" s="3">
-        <v>168.44</v>
+        <v>87.55</v>
       </c>
       <c r="D612" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E612" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F612" s="3">
-        <v>0</v>
+        <v>12070</v>
       </c>
       <c r="G612" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H612" s="3">
         <v>500</v>
       </c>
       <c r="I612" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="613" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A613" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I613" s="2"/>
+      <c r="A613" s="3" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B613" s="3" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C613" s="3">
+        <v>125.42</v>
+      </c>
+      <c r="D613" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E613" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F613" s="3">
+        <v>3060</v>
+      </c>
+      <c r="G613" s="3">
+        <v>10</v>
+      </c>
+      <c r="H613" s="3">
+        <v>300</v>
+      </c>
+      <c r="I613" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="614" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A614" s="3" t="s">
-        <v>1213</v>
+        <v>1209</v>
       </c>
       <c r="B614" s="3" t="s">
-        <v>1214</v>
+        <v>1210</v>
       </c>
       <c r="C614" s="3">
-        <v>232.43</v>
+        <v>322.46</v>
       </c>
       <c r="D614" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E614" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F614" s="3">
-        <v>0</v>
+        <v>1490</v>
       </c>
       <c r="G614" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H614" s="3">
-        <v>210</v>
+        <v>100</v>
       </c>
       <c r="I614" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="615" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A615" s="3" t="s">
-        <v>1215</v>
+        <v>1211</v>
       </c>
       <c r="B615" s="3" t="s">
-        <v>1216</v>
+        <v>1212</v>
       </c>
       <c r="C615" s="3">
-        <v>645.88</v>
+        <v>43.44</v>
       </c>
       <c r="D615" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E615" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F615" s="3">
-        <v>0</v>
+        <v>9840</v>
       </c>
       <c r="G615" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H615" s="3">
-        <v>1</v>
+        <v>1200</v>
       </c>
       <c r="I615" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="616" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A616" s="3" t="s">
-        <v>1217</v>
+        <v>1213</v>
       </c>
       <c r="B616" s="3" t="s">
-        <v>1218</v>
+        <v>1214</v>
       </c>
       <c r="C616" s="3">
-        <v>1036.63</v>
+        <v>319.37</v>
       </c>
       <c r="D616" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E616" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F616" s="3">
-        <v>0</v>
+        <v>297</v>
       </c>
       <c r="G616" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="H616" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I616" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="617" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A617" s="3" t="s">
-        <v>1219</v>
+        <v>1215</v>
       </c>
       <c r="B617" s="3" t="s">
-        <v>1220</v>
+        <v>1216</v>
       </c>
       <c r="C617" s="3">
-        <v>369.45</v>
+        <v>322.46</v>
       </c>
       <c r="D617" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E617" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F617" s="3">
-        <v>0</v>
+        <v>1420</v>
       </c>
       <c r="G617" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H617" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I617" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="618" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A618" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I618" s="2"/>
+      <c r="A618" s="3" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B618" s="3" t="s">
+        <v>1218</v>
+      </c>
+      <c r="C618" s="3">
+        <v>50.79</v>
+      </c>
+      <c r="D618" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E618" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F618" s="3">
+        <v>7180</v>
+      </c>
+      <c r="G618" s="3">
+        <v>10</v>
+      </c>
+      <c r="H618" s="3">
+        <v>1200</v>
+      </c>
+      <c r="I618" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="619" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A619" s="3" t="s">
-        <v>1222</v>
+        <v>1219</v>
       </c>
       <c r="B619" s="3" t="s">
-        <v>1223</v>
+        <v>1220</v>
       </c>
       <c r="C619" s="3">
-        <v>62.09</v>
+        <v>57.32</v>
       </c>
       <c r="D619" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E619" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F619" s="3">
-        <v>475</v>
+        <v>17880</v>
       </c>
       <c r="G619" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="H619" s="3">
-        <v>1</v>
+        <v>1200</v>
       </c>
       <c r="I619" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="620" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A620" s="3" t="s">
-        <v>1224</v>
+        <v>1221</v>
       </c>
       <c r="B620" s="3" t="s">
-        <v>1225</v>
+        <v>1222</v>
       </c>
       <c r="C620" s="3">
-        <v>38.51</v>
+        <v>106.93</v>
       </c>
       <c r="D620" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E620" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F620" s="3">
-        <v>600</v>
+        <v>2020</v>
       </c>
       <c r="G620" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H620" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="I620" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="621" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A621" s="3" t="s">
-        <v>1226</v>
+        <v>1223</v>
       </c>
       <c r="B621" s="3" t="s">
-        <v>1227</v>
+        <v>1224</v>
       </c>
       <c r="C621" s="3">
-        <v>51.35</v>
+        <v>125.13</v>
       </c>
       <c r="D621" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E621" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F621" s="3">
-        <v>3500</v>
+        <v>2280</v>
       </c>
       <c r="G621" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H621" s="3">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="I621" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="622" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A622" s="3" t="s">
-        <v>1228</v>
+        <v>1225</v>
       </c>
       <c r="B622" s="3" t="s">
-        <v>1229</v>
+        <v>1226</v>
       </c>
       <c r="C622" s="3">
-        <v>23.42</v>
+        <v>242.09</v>
       </c>
       <c r="D622" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E622" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F622" s="3">
-        <v>1100</v>
+        <v>1340</v>
       </c>
       <c r="G622" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H622" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I622" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="623" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A623" s="3" t="s">
-        <v>1230</v>
+        <v>1227</v>
       </c>
       <c r="B623" s="3" t="s">
-        <v>1231</v>
+        <v>1228</v>
       </c>
       <c r="C623" s="3">
-        <v>27.88</v>
+        <v>170.64</v>
       </c>
       <c r="D623" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E623" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F623" s="3">
-        <v>6300</v>
+        <v>124</v>
       </c>
       <c r="G623" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H623" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="I623" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="624" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A624" s="3" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B624" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="C624" s="3">
+        <v>142.7</v>
+      </c>
+      <c r="D624" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E624" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F624" s="3">
+        <v>577</v>
+      </c>
+      <c r="G624" s="3">
+        <v>1</v>
+      </c>
+      <c r="H624" s="3">
+        <v>50</v>
+      </c>
+      <c r="I624" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="625" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A625" s="3" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B625" s="3" t="s">
         <v>1232</v>
       </c>
-      <c r="B624" s="3" t="s">
-[...20 lines deleted...]
-      <c r="I624" s="3">
+      <c r="C625" s="3">
+        <v>221.32</v>
+      </c>
+      <c r="D625" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E625" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F625" s="3">
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I625" s="2"/>
+      <c r="G625" s="3">
+        <v>1</v>
+      </c>
+      <c r="H625" s="3">
+        <v>300</v>
+      </c>
+      <c r="I625" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="626" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A626" s="3" t="s">
-        <v>1235</v>
+        <v>1233</v>
       </c>
       <c r="B626" s="3" t="s">
-        <v>1236</v>
+        <v>1234</v>
       </c>
       <c r="C626" s="3">
-        <v>153.12</v>
+        <v>259.72</v>
       </c>
       <c r="D626" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E626" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F626" s="3">
         <v>0</v>
       </c>
       <c r="G626" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H626" s="3">
-        <v>1</v>
+        <v>250</v>
       </c>
       <c r="I626" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="627" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A627" s="3" t="s">
-        <v>1237</v>
+        <v>1235</v>
       </c>
       <c r="B627" s="3" t="s">
-        <v>1238</v>
+        <v>1236</v>
       </c>
       <c r="C627" s="3">
-        <v>72.62</v>
+        <v>44.09</v>
       </c>
       <c r="D627" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E627" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F627" s="3">
-        <v>0</v>
+        <v>6040</v>
       </c>
       <c r="G627" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H627" s="3">
-        <v>1</v>
+        <v>1200</v>
       </c>
       <c r="I627" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="628" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A628" s="3" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B628" s="3" t="s">
+        <v>1238</v>
+      </c>
+      <c r="C628" s="3">
+        <v>48.63</v>
+      </c>
+      <c r="D628" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E628" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F628" s="3">
+        <v>5200</v>
+      </c>
+      <c r="G628" s="3">
+        <v>10</v>
+      </c>
+      <c r="H628" s="3">
+        <v>1200</v>
+      </c>
+      <c r="I628" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="629" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A629" s="3" t="s">
         <v>1239</v>
       </c>
-      <c r="B628" s="3" t="s">
+      <c r="B629" s="3" t="s">
         <v>1240</v>
       </c>
-      <c r="C628" s="3">
-[...32 lines deleted...]
-      <c r="I629" s="2"/>
+      <c r="C629" s="3">
+        <v>79.8</v>
+      </c>
+      <c r="D629" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E629" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F629" s="3">
+        <v>4850</v>
+      </c>
+      <c r="G629" s="3">
+        <v>10</v>
+      </c>
+      <c r="H629" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I629" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="630" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A630" s="3" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B630" s="3" t="s">
         <v>1242</v>
       </c>
-      <c r="B630" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C630" s="3">
-        <v>250.82</v>
+        <v>96.36</v>
       </c>
       <c r="D630" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E630" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F630" s="3">
-        <v>0</v>
+        <v>4300</v>
       </c>
       <c r="G630" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H630" s="3">
         <v>500</v>
       </c>
       <c r="I630" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="631" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A631" s="3" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B631" s="3" t="s">
         <v>1244</v>
       </c>
-      <c r="B631" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C631" s="3">
-        <v>149.42</v>
+        <v>105.46</v>
       </c>
       <c r="D631" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E631" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F631" s="3">
-        <v>0</v>
+        <v>1450</v>
       </c>
       <c r="G631" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H631" s="3">
-        <v>2500</v>
+        <v>500</v>
       </c>
       <c r="I631" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="632" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A632" s="3" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B632" s="3" t="s">
         <v>1246</v>
       </c>
-      <c r="B632" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C632" s="3">
-        <v>101.28</v>
+        <v>482.82</v>
       </c>
       <c r="D632" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E632" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F632" s="3">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G632" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H632" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I632" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="633" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A633" s="3" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B633" s="3" t="s">
         <v>1248</v>
       </c>
-      <c r="B633" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C633" s="3">
-        <v>63.85</v>
+        <v>141.75</v>
       </c>
       <c r="D633" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E633" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F633" s="3">
-        <v>0</v>
+        <v>950</v>
       </c>
       <c r="G633" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H633" s="3">
-        <v>1000</v>
+        <v>300</v>
       </c>
       <c r="I633" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="634" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A634" s="3" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B634" s="3" t="s">
         <v>1250</v>
       </c>
-      <c r="B634" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C634" s="3">
-        <v>153.59</v>
+        <v>125.37</v>
       </c>
       <c r="D634" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E634" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F634" s="3">
-        <v>0</v>
+        <v>4040</v>
       </c>
       <c r="G634" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H634" s="3">
-        <v>2500</v>
+        <v>500</v>
       </c>
       <c r="I634" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="635" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A635" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B635" s="3" t="s">
         <v>1252</v>
       </c>
-      <c r="B635" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C635" s="3">
-        <v>108.87</v>
+        <v>573.51</v>
       </c>
       <c r="D635" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E635" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F635" s="3">
-        <v>1060</v>
+        <v>250</v>
       </c>
       <c r="G635" s="3">
         <v>10</v>
       </c>
       <c r="H635" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I635" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="636" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A636" s="3" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B636" s="3" t="s">
         <v>1254</v>
       </c>
-      <c r="B636" s="3" t="s">
+      <c r="C636" s="3">
+        <v>128.17</v>
+      </c>
+      <c r="D636" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E636" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F636" s="3">
+        <v>1856</v>
+      </c>
+      <c r="G636" s="3">
+        <v>1</v>
+      </c>
+      <c r="H636" s="3">
+        <v>50</v>
+      </c>
+      <c r="I636" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="637" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A637" s="3" t="s">
         <v>1255</v>
       </c>
-      <c r="C636" s="3">
-[...11 lines deleted...]
-      <c r="G636" s="3">
+      <c r="B637" s="3" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C637" s="3">
+        <v>94.14</v>
+      </c>
+      <c r="D637" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E637" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F637" s="3">
+        <v>238</v>
+      </c>
+      <c r="G637" s="3">
+        <v>1</v>
+      </c>
+      <c r="H637" s="3">
+        <v>50</v>
+      </c>
+      <c r="I637" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="638" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A638" s="3" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B638" s="3" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C638" s="3">
+        <v>51.38</v>
+      </c>
+      <c r="D638" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E638" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F638" s="3">
+        <v>13510</v>
+      </c>
+      <c r="G638" s="3">
         <v>10</v>
       </c>
-      <c r="H636" s="3">
-[...30 lines deleted...]
-      <c r="I638" s="2"/>
+      <c r="H638" s="3">
+        <v>500</v>
+      </c>
+      <c r="I638" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="639" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A639" s="3" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="B639" s="3" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="C639" s="3">
-        <v>482.82</v>
+        <v>150.9</v>
       </c>
       <c r="D639" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E639" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F639" s="3">
-        <v>6</v>
+        <v>1820</v>
       </c>
       <c r="G639" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H639" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I639" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="640" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A640" s="3" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="B640" s="3" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="C640" s="3">
-        <v>51.38</v>
+        <v>36.9</v>
       </c>
       <c r="D640" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E640" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F640" s="3">
-        <v>21350</v>
+        <v>8020</v>
       </c>
       <c r="G640" s="3">
         <v>10</v>
       </c>
       <c r="H640" s="3">
-        <v>500</v>
+        <v>1200</v>
       </c>
       <c r="I640" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="641" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A641" s="3" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="B641" s="3" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="C641" s="3">
-        <v>118.01</v>
+        <v>247.96</v>
       </c>
       <c r="D641" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E641" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F641" s="3">
-        <v>2290</v>
+        <v>2300</v>
       </c>
       <c r="G641" s="3">
         <v>10</v>
       </c>
       <c r="H641" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I641" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="642" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A642" s="3" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="B642" s="3" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="C642" s="3">
-        <v>77.37</v>
+        <v>80.13</v>
       </c>
       <c r="D642" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E642" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F642" s="3">
-        <v>2270</v>
+        <v>120</v>
       </c>
       <c r="G642" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H642" s="3">
-        <v>800</v>
+        <v>50</v>
       </c>
       <c r="I642" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="643" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A643" s="3" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="B643" s="3" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="C643" s="3">
-        <v>102.36</v>
+        <v>77.37</v>
       </c>
       <c r="D643" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E643" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F643" s="3">
-        <v>1650</v>
+        <v>2010</v>
       </c>
       <c r="G643" s="3">
         <v>10</v>
       </c>
       <c r="H643" s="3">
-        <v>500</v>
+        <v>800</v>
       </c>
       <c r="I643" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="644" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A644" s="3" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="B644" s="3" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="C644" s="3">
-        <v>125.13</v>
+        <v>102.36</v>
       </c>
       <c r="D644" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E644" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F644" s="3">
-        <v>1600</v>
+        <v>1360</v>
       </c>
       <c r="G644" s="3">
         <v>10</v>
       </c>
       <c r="H644" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I644" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="645" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A645" s="3" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="B645" s="3" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="C645" s="3">
-        <v>242.09</v>
+        <v>317.61</v>
       </c>
       <c r="D645" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E645" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F645" s="3">
-        <v>1780</v>
+        <v>380</v>
       </c>
       <c r="G645" s="3">
         <v>10</v>
       </c>
       <c r="H645" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I645" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="646" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A646" s="3" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="B646" s="3" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="C646" s="3">
-        <v>247.96</v>
+        <v>55.52</v>
       </c>
       <c r="D646" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E646" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F646" s="3">
-        <v>2810</v>
+        <v>2470</v>
       </c>
       <c r="G646" s="3">
         <v>10</v>
       </c>
       <c r="H646" s="3">
-        <v>200</v>
+        <v>1200</v>
       </c>
       <c r="I646" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="647" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A647" s="3" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="B647" s="3" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="C647" s="3">
-        <v>317.61</v>
+        <v>256.54</v>
       </c>
       <c r="D647" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E647" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F647" s="3">
-        <v>420</v>
+        <v>1280</v>
       </c>
       <c r="G647" s="3">
         <v>10</v>
       </c>
       <c r="H647" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I647" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="648" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A648" s="3" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="B648" s="3" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="C648" s="3">
-        <v>55.52</v>
+        <v>105.77</v>
       </c>
       <c r="D648" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E648" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F648" s="3">
-        <v>2530</v>
+        <v>2900</v>
       </c>
       <c r="G648" s="3">
         <v>10</v>
       </c>
       <c r="H648" s="3">
-        <v>1200</v>
+        <v>500</v>
       </c>
       <c r="I648" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="649" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A649" s="3" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="B649" s="3" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="C649" s="3">
-        <v>256.54</v>
+        <v>86.54</v>
       </c>
       <c r="D649" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E649" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F649" s="3">
-        <v>1290</v>
+        <v>3090</v>
       </c>
       <c r="G649" s="3">
         <v>10</v>
       </c>
       <c r="H649" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I649" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="650" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A650" s="3" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="B650" s="3" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="C650" s="3">
-        <v>87.55</v>
+        <v>196.23</v>
       </c>
       <c r="D650" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E650" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F650" s="3">
-        <v>3070</v>
+        <v>44</v>
       </c>
       <c r="G650" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H650" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I650" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="651" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A651" s="3" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="B651" s="3" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="C651" s="3">
-        <v>50.79</v>
+        <v>118.01</v>
       </c>
       <c r="D651" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E651" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F651" s="3">
-        <v>5520</v>
+        <v>460</v>
       </c>
       <c r="G651" s="3">
         <v>10</v>
       </c>
       <c r="H651" s="3">
-        <v>1200</v>
+        <v>300</v>
       </c>
       <c r="I651" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="652" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A652" s="3" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="B652" s="3" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="C652" s="3">
-        <v>105.77</v>
+        <v>137.18</v>
       </c>
       <c r="D652" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E652" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F652" s="3">
-        <v>620</v>
+        <v>72</v>
       </c>
       <c r="G652" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H652" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I652" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="653" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A653" s="3" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="B653" s="3" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="C653" s="3">
-        <v>86.54</v>
+        <v>193.46</v>
       </c>
       <c r="D653" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E653" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F653" s="3">
-        <v>3360</v>
+        <v>189</v>
       </c>
       <c r="G653" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H653" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I653" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="654" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A654" s="3" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="B654" s="3" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="C654" s="3">
-        <v>57.32</v>
+        <v>256.54</v>
       </c>
       <c r="D654" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E654" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F654" s="3">
-        <v>18380</v>
+        <v>1010</v>
       </c>
       <c r="G654" s="3">
         <v>10</v>
       </c>
       <c r="H654" s="3">
-        <v>1200</v>
+        <v>120</v>
       </c>
       <c r="I654" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="655" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A655" s="3" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="B655" s="3" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="C655" s="3">
-        <v>106.93</v>
+        <v>105.72</v>
       </c>
       <c r="D655" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E655" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F655" s="3">
-        <v>2240</v>
+        <v>8650</v>
       </c>
       <c r="G655" s="3">
         <v>10</v>
       </c>
       <c r="H655" s="3">
         <v>500</v>
       </c>
       <c r="I655" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="656" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A656" s="3" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="B656" s="3" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="C656" s="3">
-        <v>196.23</v>
+        <v>72.21</v>
       </c>
       <c r="D656" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E656" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F656" s="3">
-        <v>0</v>
+        <v>809</v>
       </c>
       <c r="G656" s="3">
         <v>1</v>
       </c>
       <c r="H656" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I656" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="657" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A657" s="3" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="B657" s="3" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="C657" s="3">
-        <v>36.9</v>
+        <v>73.31</v>
       </c>
       <c r="D657" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E657" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F657" s="3">
-        <v>8370</v>
+        <v>5100</v>
       </c>
       <c r="G657" s="3">
         <v>10</v>
       </c>
       <c r="H657" s="3">
-        <v>1200</v>
+        <v>500</v>
       </c>
       <c r="I657" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="658" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A658" s="3" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="B658" s="3" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="C658" s="3">
-        <v>105.21</v>
+        <v>73.31</v>
       </c>
       <c r="D658" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E658" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F658" s="3">
-        <v>1540</v>
+        <v>3950</v>
       </c>
       <c r="G658" s="3">
         <v>10</v>
       </c>
       <c r="H658" s="3">
         <v>500</v>
       </c>
       <c r="I658" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="659" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A659" s="3" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="B659" s="3" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="C659" s="3">
-        <v>573.51</v>
+        <v>144.48</v>
       </c>
       <c r="D659" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E659" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F659" s="3">
-        <v>270</v>
+        <v>3450</v>
       </c>
       <c r="G659" s="3">
         <v>10</v>
       </c>
       <c r="H659" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I659" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="660" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A660" s="3" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="B660" s="3" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="C660" s="3">
-        <v>125.42</v>
+        <v>199.3</v>
       </c>
       <c r="D660" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E660" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F660" s="3">
-        <v>3090</v>
+        <v>80</v>
       </c>
       <c r="G660" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H660" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I660" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="661" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A661" s="3" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="B661" s="3" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="C661" s="3">
-        <v>322.46</v>
+        <v>281.55</v>
       </c>
       <c r="D661" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E661" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F661" s="3">
-        <v>1510</v>
+        <v>100</v>
       </c>
       <c r="G661" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H661" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I661" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="662" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A662" s="3" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="B662" s="3" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="C662" s="3">
-        <v>105.46</v>
+        <v>192.64</v>
       </c>
       <c r="D662" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E662" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F662" s="3">
-        <v>1570</v>
+        <v>1710</v>
       </c>
       <c r="G662" s="3">
         <v>10</v>
       </c>
       <c r="H662" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I662" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="663" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A663" s="3" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="B663" s="3" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="C663" s="3">
-        <v>80.13</v>
+        <v>50.79</v>
       </c>
       <c r="D663" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E663" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F663" s="3">
-        <v>173</v>
+        <v>5200</v>
       </c>
       <c r="G663" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H663" s="3">
-        <v>50</v>
+        <v>1200</v>
       </c>
       <c r="I663" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="664" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A664" s="3" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="B664" s="3" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="C664" s="3">
-        <v>137.18</v>
+        <v>105.21</v>
       </c>
       <c r="D664" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E664" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F664" s="3">
-        <v>0</v>
+        <v>1450</v>
       </c>
       <c r="G664" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H664" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I664" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="665" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A665" s="3" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="B665" s="3" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="C665" s="3">
-        <v>94.14</v>
+        <v>63.36</v>
       </c>
       <c r="D665" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E665" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F665" s="3">
-        <v>117</v>
+        <v>9740</v>
       </c>
       <c r="G665" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H665" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I665" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="666" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A666" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B666" s="3" t="s">
+      <c r="A666" s="2" t="s">
         <v>1313</v>
       </c>
-      <c r="C666" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B666" s="2"/>
+      <c r="C666" s="2"/>
+      <c r="D666" s="2"/>
+      <c r="E666" s="2"/>
+      <c r="F666" s="2"/>
+      <c r="G666" s="2"/>
+      <c r="H666" s="2"/>
+      <c r="I666" s="2"/>
     </row>
     <row r="667" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A667" s="3" t="s">
         <v>1314</v>
       </c>
       <c r="B667" s="3" t="s">
         <v>1315</v>
       </c>
       <c r="C667" s="3">
-        <v>105.72</v>
+        <v>1.56</v>
       </c>
       <c r="D667" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E667" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F667" s="3">
-        <v>10000</v>
+        <v>134500</v>
       </c>
       <c r="G667" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H667" s="3">
-        <v>500</v>
+        <v>13000</v>
       </c>
       <c r="I667" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="668" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A668" s="3" t="s">
         <v>1316</v>
       </c>
       <c r="B668" s="3" t="s">
         <v>1317</v>
       </c>
       <c r="C668" s="3">
-        <v>125.37</v>
+        <v>2.01</v>
       </c>
       <c r="D668" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E668" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F668" s="3">
-        <v>3470</v>
+        <v>554500</v>
       </c>
       <c r="G668" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H668" s="3">
-        <v>500</v>
+        <v>8000</v>
       </c>
       <c r="I668" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="669" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A669" s="3" t="s">
         <v>1318</v>
       </c>
       <c r="B669" s="3" t="s">
         <v>1319</v>
       </c>
       <c r="C669" s="3">
-        <v>50.79</v>
+        <v>2.57</v>
       </c>
       <c r="D669" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E669" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F669" s="3">
-        <v>8050</v>
+        <v>73000</v>
       </c>
       <c r="G669" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H669" s="3">
-        <v>1200</v>
+        <v>5000</v>
       </c>
       <c r="I669" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="670" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A670" s="3" t="s">
         <v>1320</v>
       </c>
       <c r="B670" s="3" t="s">
         <v>1321</v>
       </c>
       <c r="C670" s="3">
-        <v>63.36</v>
+        <v>6.28</v>
       </c>
       <c r="D670" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E670" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F670" s="3">
-        <v>4700</v>
+        <v>63050</v>
       </c>
       <c r="G670" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H670" s="3">
-        <v>500</v>
+        <v>2500</v>
       </c>
       <c r="I670" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="671" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A671" s="3" t="s">
         <v>1322</v>
       </c>
       <c r="B671" s="3" t="s">
         <v>1323</v>
       </c>
       <c r="C671" s="3">
-        <v>259.72</v>
+        <v>4.84</v>
       </c>
       <c r="D671" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E671" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F671" s="3">
-        <v>34</v>
+        <v>1200</v>
       </c>
       <c r="G671" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H671" s="3">
-        <v>250</v>
+        <v>5000</v>
       </c>
       <c r="I671" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="672" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A672" s="3" t="s">
         <v>1324</v>
       </c>
       <c r="B672" s="3" t="s">
         <v>1325</v>
       </c>
       <c r="C672" s="3">
-        <v>79.8</v>
+        <v>65.71</v>
       </c>
       <c r="D672" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E672" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F672" s="3">
-        <v>6000</v>
+        <v>52</v>
       </c>
       <c r="G672" s="3">
+        <v>1</v>
+      </c>
+      <c r="H672" s="3">
         <v>10</v>
       </c>
-      <c r="H672" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I672" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="673" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A673" s="3" t="s">
         <v>1326</v>
       </c>
       <c r="B673" s="3" t="s">
         <v>1327</v>
       </c>
       <c r="C673" s="3">
-        <v>256.54</v>
+        <v>6.01</v>
       </c>
       <c r="D673" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E673" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F673" s="3">
-        <v>1010</v>
+        <v>100500</v>
       </c>
       <c r="G673" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H673" s="3">
-        <v>120</v>
+        <v>4000</v>
       </c>
       <c r="I673" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="674" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A674" s="3" t="s">
         <v>1328</v>
       </c>
       <c r="B674" s="3" t="s">
         <v>1329</v>
       </c>
       <c r="C674" s="3">
-        <v>44.09</v>
+        <v>3.25</v>
       </c>
       <c r="D674" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E674" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F674" s="3">
-        <v>3870</v>
+        <v>161900</v>
       </c>
       <c r="G674" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H674" s="3">
-        <v>1200</v>
+        <v>4800</v>
       </c>
       <c r="I674" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="675" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A675" s="3" t="s">
         <v>1330</v>
       </c>
       <c r="B675" s="3" t="s">
         <v>1331</v>
       </c>
       <c r="C675" s="3">
-        <v>48.63</v>
+        <v>4.17</v>
       </c>
       <c r="D675" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E675" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F675" s="3">
-        <v>3450</v>
+        <v>219400</v>
       </c>
       <c r="G675" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H675" s="3">
-        <v>1200</v>
+        <v>4800</v>
       </c>
       <c r="I675" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="676" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A676" s="3" t="s">
         <v>1332</v>
       </c>
       <c r="B676" s="3" t="s">
         <v>1333</v>
       </c>
       <c r="C676" s="3">
-        <v>142.7</v>
+        <v>66.27</v>
       </c>
       <c r="D676" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E676" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F676" s="3">
-        <v>714</v>
+        <v>41</v>
       </c>
       <c r="G676" s="3">
         <v>1</v>
       </c>
       <c r="H676" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I676" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="677" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A677" s="3" t="s">
         <v>1334</v>
       </c>
       <c r="B677" s="3" t="s">
         <v>1335</v>
       </c>
       <c r="C677" s="3">
-        <v>170.64</v>
+        <v>93.47</v>
       </c>
       <c r="D677" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E677" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F677" s="3">
-        <v>329</v>
+        <v>122</v>
       </c>
       <c r="G677" s="3">
         <v>1</v>
       </c>
       <c r="H677" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I677" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="678" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A678" s="3" t="s">
         <v>1336</v>
       </c>
       <c r="B678" s="3" t="s">
         <v>1337</v>
       </c>
       <c r="C678" s="3">
-        <v>221.32</v>
+        <v>133.48</v>
       </c>
       <c r="D678" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E678" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F678" s="3">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="G678" s="3">
         <v>1</v>
       </c>
       <c r="H678" s="3">
-        <v>300</v>
+        <v>10</v>
       </c>
       <c r="I678" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="679" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A679" s="3" t="s">
         <v>1338</v>
       </c>
       <c r="B679" s="3" t="s">
         <v>1339</v>
       </c>
       <c r="C679" s="3">
-        <v>128.17</v>
+        <v>74.42</v>
       </c>
       <c r="D679" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E679" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F679" s="3">
-        <v>1896</v>
+        <v>0</v>
       </c>
       <c r="G679" s="3">
         <v>1</v>
       </c>
       <c r="H679" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I679" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="680" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A680" s="3" t="s">
         <v>1340</v>
       </c>
       <c r="B680" s="3" t="s">
         <v>1341</v>
       </c>
       <c r="C680" s="3">
-        <v>72.21</v>
+        <v>136.51</v>
       </c>
       <c r="D680" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E680" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F680" s="3">
-        <v>767</v>
+        <v>55</v>
       </c>
       <c r="G680" s="3">
         <v>1</v>
       </c>
       <c r="H680" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I680" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="681" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A681" s="3" t="s">
         <v>1342</v>
       </c>
       <c r="B681" s="3" t="s">
         <v>1343</v>
       </c>
       <c r="C681" s="3">
-        <v>73.31</v>
+        <v>195.42</v>
       </c>
       <c r="D681" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E681" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F681" s="3">
-        <v>5260</v>
+        <v>135</v>
       </c>
       <c r="G681" s="3">
+        <v>1</v>
+      </c>
+      <c r="H681" s="3">
         <v>10</v>
       </c>
-      <c r="H681" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I681" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="682" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A682" s="3" t="s">
         <v>1344</v>
       </c>
       <c r="B682" s="3" t="s">
         <v>1345</v>
       </c>
       <c r="C682" s="3">
-        <v>73.31</v>
+        <v>4.36</v>
       </c>
       <c r="D682" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E682" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F682" s="3">
-        <v>4030</v>
+        <v>50000</v>
       </c>
       <c r="G682" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H682" s="3">
-        <v>500</v>
+        <v>4500</v>
       </c>
       <c r="I682" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="683" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A683" s="3" t="s">
         <v>1346</v>
       </c>
       <c r="B683" s="3" t="s">
         <v>1347</v>
       </c>
       <c r="C683" s="3">
-        <v>144.48</v>
+        <v>61.96</v>
       </c>
       <c r="D683" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E683" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F683" s="3">
-        <v>3490</v>
+        <v>0</v>
       </c>
       <c r="G683" s="3">
+        <v>1</v>
+      </c>
+      <c r="H683" s="3">
         <v>10</v>
       </c>
-      <c r="H683" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I683" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="684" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A684" s="3" t="s">
         <v>1348</v>
       </c>
       <c r="B684" s="3" t="s">
         <v>1349</v>
       </c>
       <c r="C684" s="3">
-        <v>43.44</v>
+        <v>73.31</v>
       </c>
       <c r="D684" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E684" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F684" s="3">
-        <v>10210</v>
+        <v>0</v>
       </c>
       <c r="G684" s="3">
+        <v>1</v>
+      </c>
+      <c r="H684" s="3">
         <v>10</v>
       </c>
-      <c r="H684" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I684" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="685" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A685" s="3" t="s">
         <v>1350</v>
       </c>
       <c r="B685" s="3" t="s">
         <v>1351</v>
       </c>
       <c r="C685" s="3">
-        <v>126.87</v>
+        <v>62.73</v>
       </c>
       <c r="D685" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E685" s="3" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F685" s="3">
         <v>0</v>
       </c>
       <c r="G685" s="3">
         <v>1</v>
       </c>
       <c r="H685" s="3">
+        <v>10</v>
+      </c>
+      <c r="I685" s="3">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="686" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A686" s="3" t="s">
         <v>1352</v>
       </c>
       <c r="B686" s="3" t="s">
         <v>1353</v>
       </c>
       <c r="C686" s="3">
-        <v>199.3</v>
+        <v>52.53</v>
       </c>
       <c r="D686" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E686" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F686" s="3">
         <v>0</v>
       </c>
       <c r="G686" s="3">
         <v>1</v>
       </c>
       <c r="H686" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I686" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="687" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A687" s="3" t="s">
         <v>1354</v>
       </c>
       <c r="B687" s="3" t="s">
         <v>1355</v>
       </c>
       <c r="C687" s="3">
-        <v>281.55</v>
+        <v>9.05</v>
       </c>
       <c r="D687" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E687" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F687" s="3">
-        <v>0</v>
+        <v>12850</v>
       </c>
       <c r="G687" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H687" s="3">
-        <v>50</v>
+        <v>1500</v>
       </c>
       <c r="I687" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="688" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A688" s="3" t="s">
         <v>1356</v>
       </c>
       <c r="B688" s="3" t="s">
         <v>1357</v>
       </c>
       <c r="C688" s="3">
-        <v>150.9</v>
+        <v>142.72</v>
       </c>
       <c r="D688" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E688" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F688" s="3">
-        <v>2010</v>
+        <v>6</v>
       </c>
       <c r="G688" s="3">
+        <v>1</v>
+      </c>
+      <c r="H688" s="3">
         <v>10</v>
       </c>
-      <c r="H688" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I688" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="689" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A689" s="3" t="s">
         <v>1358</v>
       </c>
       <c r="B689" s="3" t="s">
         <v>1359</v>
       </c>
       <c r="C689" s="3">
-        <v>192.64</v>
+        <v>88.83</v>
       </c>
       <c r="D689" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E689" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F689" s="3">
-        <v>1780</v>
+        <v>1080</v>
       </c>
       <c r="G689" s="3">
+        <v>1</v>
+      </c>
+      <c r="H689" s="3">
         <v>10</v>
       </c>
-      <c r="H689" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I689" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="690" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A690" s="3" t="s">
         <v>1360</v>
       </c>
       <c r="B690" s="3" t="s">
         <v>1361</v>
       </c>
       <c r="C690" s="3">
-        <v>319.37</v>
+        <v>3.98</v>
       </c>
       <c r="D690" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E690" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F690" s="3">
-        <v>297</v>
+        <v>123400</v>
       </c>
       <c r="G690" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H690" s="3">
-        <v>120</v>
+        <v>5000</v>
       </c>
       <c r="I690" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="691" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A691" s="3" t="s">
+      <c r="A691" s="2" t="s">
         <v>1362</v>
       </c>
-      <c r="B691" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B691" s="2"/>
+      <c r="C691" s="2"/>
+      <c r="D691" s="2"/>
+      <c r="E691" s="2"/>
+      <c r="F691" s="2"/>
+      <c r="G691" s="2"/>
+      <c r="H691" s="2"/>
+      <c r="I691" s="2"/>
     </row>
     <row r="692" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A692" s="3" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B692" s="3" t="s">
         <v>1364</v>
       </c>
-      <c r="B692" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C692" s="3">
-        <v>96.36</v>
+        <v>1.44</v>
       </c>
       <c r="D692" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E692" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F692" s="3">
-        <v>4750</v>
+        <v>79600</v>
       </c>
       <c r="G692" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H692" s="3">
-        <v>500</v>
+        <v>20000</v>
       </c>
       <c r="I692" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="693" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A693" s="3" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B693" s="3" t="s">
         <v>1366</v>
       </c>
-      <c r="B693" s="3" t="s">
+      <c r="C693" s="3">
+        <v>2.76</v>
+      </c>
+      <c r="D693" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E693" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F693" s="3">
+        <v>36200</v>
+      </c>
+      <c r="G693" s="3">
+        <v>100</v>
+      </c>
+      <c r="H693" s="3">
+        <v>10000</v>
+      </c>
+      <c r="I693" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="694" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A694" s="3" t="s">
         <v>1367</v>
       </c>
-      <c r="C693" s="3">
-[...22 lines deleted...]
-      <c r="A694" s="2" t="s">
+      <c r="B694" s="3" t="s">
         <v>1368</v>
       </c>
-      <c r="B694" s="2"/>
-[...6 lines deleted...]
-      <c r="I694" s="2"/>
+      <c r="C694" s="3">
+        <v>14.31</v>
+      </c>
+      <c r="D694" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E694" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F694" s="3">
+        <v>39000</v>
+      </c>
+      <c r="G694" s="3">
+        <v>100</v>
+      </c>
+      <c r="H694" s="3">
+        <v>20000</v>
+      </c>
+      <c r="I694" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="695" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A695" s="3" t="s">
         <v>1369</v>
       </c>
       <c r="B695" s="3" t="s">
         <v>1370</v>
       </c>
       <c r="C695" s="3">
-        <v>74.42</v>
+        <v>1.61</v>
       </c>
       <c r="D695" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E695" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F695" s="3">
-        <v>18</v>
+        <v>1200</v>
       </c>
       <c r="G695" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H695" s="3">
-        <v>10</v>
+        <v>20000</v>
       </c>
       <c r="I695" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="696" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A696" s="3" t="s">
         <v>1371</v>
       </c>
       <c r="B696" s="3" t="s">
         <v>1372</v>
       </c>
       <c r="C696" s="3">
-        <v>62.73</v>
+        <v>4.86</v>
       </c>
       <c r="D696" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E696" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F696" s="3">
-        <v>93</v>
+        <v>21900</v>
       </c>
       <c r="G696" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H696" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I696" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="697" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A697" s="3" t="s">
+      <c r="A697" s="2" t="s">
         <v>1373</v>
       </c>
-      <c r="B697" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B697" s="2"/>
+      <c r="C697" s="2"/>
+      <c r="D697" s="2"/>
+      <c r="E697" s="2"/>
+      <c r="F697" s="2"/>
+      <c r="G697" s="2"/>
+      <c r="H697" s="2"/>
+      <c r="I697" s="2"/>
     </row>
     <row r="698" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A698" s="3" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B698" s="3" t="s">
         <v>1375</v>
       </c>
-      <c r="B698" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C698" s="3">
-        <v>9.05</v>
+        <v>145.89</v>
       </c>
       <c r="D698" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E698" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F698" s="3">
-        <v>13200</v>
+        <v>2070</v>
       </c>
       <c r="G698" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H698" s="3">
-        <v>1500</v>
+        <v>500</v>
       </c>
       <c r="I698" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="699" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A699" s="3" t="s">
+        <v>1376</v>
+      </c>
+      <c r="B699" s="3" t="s">
         <v>1377</v>
       </c>
-      <c r="B699" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C699" s="3">
-        <v>65.71</v>
+        <v>272.72</v>
       </c>
       <c r="D699" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E699" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F699" s="3">
-        <v>100</v>
+        <v>1420</v>
       </c>
       <c r="G699" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H699" s="3">
-        <v>10</v>
+        <v>320</v>
       </c>
       <c r="I699" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="700" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A700" s="3" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B700" s="3" t="s">
         <v>1379</v>
       </c>
-      <c r="B700" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C700" s="3">
-        <v>142.72</v>
+        <v>108.02</v>
       </c>
       <c r="D700" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E700" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F700" s="3">
-        <v>6</v>
+        <v>3360</v>
       </c>
       <c r="G700" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H700" s="3">
-        <v>10</v>
+        <v>800</v>
       </c>
       <c r="I700" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="701" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A701" s="3" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B701" s="3" t="s">
         <v>1381</v>
       </c>
-      <c r="B701" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C701" s="3">
-        <v>61.96</v>
+        <v>179.53</v>
       </c>
       <c r="D701" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E701" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F701" s="3">
-        <v>0</v>
+        <v>480</v>
       </c>
       <c r="G701" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H701" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I701" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="702" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A702" s="3" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B702" s="3" t="s">
         <v>1383</v>
       </c>
-      <c r="B702" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C702" s="3">
-        <v>73.31</v>
+        <v>61.52</v>
       </c>
       <c r="D702" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E702" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F702" s="3">
-        <v>0</v>
+        <v>1600</v>
       </c>
       <c r="G702" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H702" s="3">
-        <v>10</v>
+        <v>1600</v>
       </c>
       <c r="I702" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="703" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A703" s="3" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B703" s="3" t="s">
         <v>1385</v>
       </c>
-      <c r="B703" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C703" s="3">
-        <v>93.47</v>
+        <v>78.42</v>
       </c>
       <c r="D703" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E703" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F703" s="3">
-        <v>231</v>
+        <v>1740</v>
       </c>
       <c r="G703" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H703" s="3">
-        <v>10</v>
+        <v>800</v>
       </c>
       <c r="I703" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="704" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A704" s="3" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B704" s="3" t="s">
         <v>1387</v>
       </c>
-      <c r="B704" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C704" s="3">
-        <v>2.57</v>
+        <v>529.95</v>
       </c>
       <c r="D704" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E704" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F704" s="3">
-        <v>73600</v>
+        <v>720</v>
       </c>
       <c r="G704" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H704" s="3">
-        <v>5000</v>
+        <v>120</v>
       </c>
       <c r="I704" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="705" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A705" s="3" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B705" s="3" t="s">
         <v>1389</v>
       </c>
-      <c r="B705" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C705" s="3">
-        <v>133.48</v>
+        <v>22.5</v>
       </c>
       <c r="D705" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E705" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F705" s="3">
-        <v>254</v>
+        <v>1620</v>
       </c>
       <c r="G705" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H705" s="3">
-        <v>10</v>
+        <v>1600</v>
       </c>
       <c r="I705" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="706" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A706" s="3" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B706" s="3" t="s">
         <v>1391</v>
       </c>
-      <c r="B706" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C706" s="3">
-        <v>52.53</v>
+        <v>49.33</v>
       </c>
       <c r="D706" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E706" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F706" s="3">
-        <v>59</v>
+        <v>2280</v>
       </c>
       <c r="G706" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H706" s="3">
-        <v>10</v>
+        <v>1600</v>
       </c>
       <c r="I706" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="707" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A707" s="3" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B707" s="3" t="s">
         <v>1393</v>
       </c>
-      <c r="B707" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C707" s="3">
-        <v>88.83</v>
+        <v>91.29</v>
       </c>
       <c r="D707" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E707" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F707" s="3">
-        <v>258</v>
+        <v>3380</v>
       </c>
       <c r="G707" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H707" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I707" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="708" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A708" s="3" t="s">
+        <v>1394</v>
+      </c>
+      <c r="B708" s="3" t="s">
         <v>1395</v>
       </c>
-      <c r="B708" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C708" s="3">
-        <v>136.51</v>
+        <v>43.76</v>
       </c>
       <c r="D708" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E708" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F708" s="3">
-        <v>56</v>
+        <v>1700</v>
       </c>
       <c r="G708" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H708" s="3">
-        <v>10</v>
+        <v>800</v>
       </c>
       <c r="I708" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="709" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A709" s="3" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B709" s="3" t="s">
         <v>1397</v>
       </c>
-      <c r="B709" s="3" t="s">
+      <c r="C709" s="3">
+        <v>255.12</v>
+      </c>
+      <c r="D709" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E709" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F709" s="3">
+        <v>1900</v>
+      </c>
+      <c r="G709" s="3">
+        <v>10</v>
+      </c>
+      <c r="H709" s="3">
+        <v>300</v>
+      </c>
+      <c r="I709" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="710" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A710" s="2" t="s">
         <v>1398</v>
       </c>
-      <c r="C709" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B710" s="2"/>
+      <c r="C710" s="2"/>
+      <c r="D710" s="2"/>
+      <c r="E710" s="2"/>
+      <c r="F710" s="2"/>
+      <c r="G710" s="2"/>
+      <c r="H710" s="2"/>
+      <c r="I710" s="2"/>
     </row>
     <row r="711" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A711" s="3" t="s">
-        <v>1401</v>
+        <v>1399</v>
       </c>
       <c r="B711" s="3" t="s">
-        <v>1402</v>
+        <v>1400</v>
       </c>
       <c r="C711" s="3">
-        <v>1.56</v>
+        <v>17.5</v>
       </c>
       <c r="D711" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E711" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F711" s="3">
-        <v>139100</v>
+        <v>25600</v>
       </c>
       <c r="G711" s="3">
         <v>100</v>
       </c>
       <c r="H711" s="3">
-        <v>13000</v>
+        <v>6000</v>
       </c>
       <c r="I711" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="712" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A712" s="3" t="s">
-        <v>1403</v>
+        <v>1401</v>
       </c>
       <c r="B712" s="3" t="s">
-        <v>1404</v>
+        <v>1402</v>
       </c>
       <c r="C712" s="3">
-        <v>2.01</v>
+        <v>14.42</v>
       </c>
       <c r="D712" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E712" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F712" s="3">
-        <v>570400</v>
+        <v>20500</v>
       </c>
       <c r="G712" s="3">
         <v>100</v>
       </c>
       <c r="H712" s="3">
-        <v>8000</v>
+        <v>2000</v>
       </c>
       <c r="I712" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="713" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A713" s="3" t="s">
-        <v>1405</v>
+        <v>1403</v>
       </c>
       <c r="B713" s="3" t="s">
-        <v>1406</v>
+        <v>1404</v>
       </c>
       <c r="C713" s="3">
-        <v>3.25</v>
+        <v>58.28</v>
       </c>
       <c r="D713" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E713" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F713" s="3">
-        <v>67700</v>
+        <v>11100</v>
       </c>
       <c r="G713" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H713" s="3">
-        <v>4800</v>
+        <v>2000</v>
       </c>
       <c r="I713" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="714" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A714" s="3" t="s">
-        <v>1407</v>
+        <v>1405</v>
       </c>
       <c r="B714" s="3" t="s">
-        <v>1408</v>
+        <v>1406</v>
       </c>
       <c r="C714" s="3">
-        <v>4.17</v>
+        <v>139.58</v>
       </c>
       <c r="D714" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E714" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F714" s="3">
-        <v>99900</v>
+        <v>9</v>
       </c>
       <c r="G714" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H714" s="3">
-        <v>4800</v>
+        <v>60</v>
       </c>
       <c r="I714" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="715" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A715" s="3" t="s">
-        <v>1409</v>
+        <v>1407</v>
       </c>
       <c r="B715" s="3" t="s">
-        <v>1410</v>
+        <v>1408</v>
       </c>
       <c r="C715" s="3">
-        <v>3.98</v>
+        <v>161.31</v>
       </c>
       <c r="D715" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E715" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F715" s="3">
-        <v>124200</v>
+        <v>39</v>
       </c>
       <c r="G715" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H715" s="3">
-        <v>5000</v>
+        <v>10</v>
       </c>
       <c r="I715" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="716" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A716" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B716" s="3" t="s">
+        <v>1410</v>
+      </c>
+      <c r="C716" s="3">
+        <v>463.62</v>
+      </c>
+      <c r="D716" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E716" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F716" s="3">
+        <v>1</v>
+      </c>
+      <c r="G716" s="3">
+        <v>1</v>
+      </c>
+      <c r="H716" s="3">
+        <v>10</v>
+      </c>
+      <c r="I716" s="3">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="717" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A717" s="2" t="s">
         <v>1411</v>
       </c>
-      <c r="B716" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B717" s="2"/>
+      <c r="C717" s="2"/>
+      <c r="D717" s="2"/>
+      <c r="E717" s="2"/>
+      <c r="F717" s="2"/>
+      <c r="G717" s="2"/>
+      <c r="H717" s="2"/>
+      <c r="I717" s="2"/>
     </row>
     <row r="718" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A718" s="3" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B718" s="3" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C718" s="3">
+        <v>61.83</v>
+      </c>
+      <c r="D718" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E718" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F718" s="3">
+        <v>6730</v>
+      </c>
+      <c r="G718" s="3">
+        <v>100</v>
+      </c>
+      <c r="H718" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I718" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="719" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A719" s="3" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B719" s="3" t="s">
         <v>1415</v>
       </c>
-      <c r="B718" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I719" s="2"/>
+      <c r="C719" s="3">
+        <v>116.46</v>
+      </c>
+      <c r="D719" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E719" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F719" s="3">
+        <v>2436</v>
+      </c>
+      <c r="G719" s="3">
+        <v>84</v>
+      </c>
+      <c r="H719" s="3">
+        <v>840</v>
+      </c>
+      <c r="I719" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="720" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A720" s="3" t="s">
-        <v>1418</v>
+        <v>1416</v>
       </c>
       <c r="B720" s="3" t="s">
-        <v>1419</v>
+        <v>1417</v>
       </c>
       <c r="C720" s="3">
-        <v>1.44</v>
+        <v>116.88</v>
       </c>
       <c r="D720" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E720" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F720" s="3">
-        <v>14000</v>
+        <v>4250</v>
       </c>
       <c r="G720" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H720" s="3">
-        <v>20000</v>
+        <v>500</v>
       </c>
       <c r="I720" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="721" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A721" s="3" t="s">
-        <v>1420</v>
+        <v>1418</v>
       </c>
       <c r="B721" s="3" t="s">
-        <v>1421</v>
+        <v>1419</v>
       </c>
       <c r="C721" s="3">
-        <v>1.61</v>
+        <v>206.14</v>
       </c>
       <c r="D721" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E721" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F721" s="3">
-        <v>25800</v>
+        <v>24705</v>
       </c>
       <c r="G721" s="3">
-        <v>100</v>
+        <v>45</v>
       </c>
       <c r="H721" s="3">
-        <v>20000</v>
+        <v>450</v>
       </c>
       <c r="I721" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="722" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A722" s="3" t="s">
-        <v>1422</v>
+        <v>1420</v>
       </c>
       <c r="B722" s="3" t="s">
-        <v>1423</v>
+        <v>1421</v>
       </c>
       <c r="C722" s="3">
-        <v>2.76</v>
+        <v>92.81</v>
       </c>
       <c r="D722" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E722" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F722" s="3">
-        <v>32500</v>
+        <v>12500</v>
       </c>
       <c r="G722" s="3">
         <v>100</v>
       </c>
       <c r="H722" s="3">
-        <v>10000</v>
+        <v>800</v>
       </c>
       <c r="I722" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="723" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A723" s="3" t="s">
-        <v>1424</v>
+        <v>1422</v>
       </c>
       <c r="B723" s="3" t="s">
-        <v>1425</v>
+        <v>1423</v>
       </c>
       <c r="C723" s="3">
-        <v>4.86</v>
+        <v>168.9</v>
       </c>
       <c r="D723" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E723" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F723" s="3">
-        <v>27000</v>
+        <v>11295</v>
       </c>
       <c r="G723" s="3">
-        <v>100</v>
+        <v>45</v>
       </c>
       <c r="H723" s="3">
-        <v>5000</v>
+        <v>450</v>
       </c>
       <c r="I723" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="724" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A724" s="3" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B724" s="3" t="s">
+        <v>1425</v>
+      </c>
+      <c r="C724" s="3">
+        <v>130.61</v>
+      </c>
+      <c r="D724" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E724" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F724" s="3">
+        <v>7550</v>
+      </c>
+      <c r="G724" s="3">
+        <v>50</v>
+      </c>
+      <c r="H724" s="3">
+        <v>500</v>
+      </c>
+      <c r="I724" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="725" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A725" s="3" t="s">
         <v>1426</v>
       </c>
-      <c r="B724" s="3" t="s">
+      <c r="B725" s="3" t="s">
         <v>1427</v>
       </c>
-      <c r="C724" s="3">
-[...22 lines deleted...]
-      <c r="A725" s="2" t="s">
+      <c r="C725" s="3">
+        <v>97.45</v>
+      </c>
+      <c r="D725" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E725" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F725" s="3">
+        <v>400</v>
+      </c>
+      <c r="G725" s="3">
+        <v>100</v>
+      </c>
+      <c r="H725" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I725" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="726" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A726" s="2" t="s">
         <v>1428</v>
       </c>
-      <c r="B725" s="2"/>
-[...35 lines deleted...]
-      </c>
+      <c r="B726" s="2"/>
+      <c r="C726" s="2"/>
+      <c r="D726" s="2"/>
+      <c r="E726" s="2"/>
+      <c r="F726" s="2"/>
+      <c r="G726" s="2"/>
+      <c r="H726" s="2"/>
+      <c r="I726" s="2"/>
     </row>
     <row r="727" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A727" s="3" t="s">
-        <v>1431</v>
+        <v>1429</v>
       </c>
       <c r="B727" s="3" t="s">
-        <v>1432</v>
+        <v>1430</v>
       </c>
       <c r="C727" s="3">
-        <v>49.33</v>
+        <v>18.51</v>
       </c>
       <c r="D727" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E727" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F727" s="3">
-        <v>2320</v>
+        <v>8400</v>
       </c>
       <c r="G727" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H727" s="3">
-        <v>1600</v>
+        <v>5000</v>
       </c>
       <c r="I727" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="728" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A728" s="3" t="s">
-        <v>1433</v>
+        <v>1431</v>
       </c>
       <c r="B728" s="3" t="s">
-        <v>1434</v>
+        <v>1432</v>
       </c>
       <c r="C728" s="3">
-        <v>91.29</v>
+        <v>5.58</v>
       </c>
       <c r="D728" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E728" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F728" s="3">
-        <v>4150</v>
+        <v>174900</v>
       </c>
       <c r="G728" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H728" s="3">
-        <v>1000</v>
+        <v>10000</v>
       </c>
       <c r="I728" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="729" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A729" s="3" t="s">
-        <v>1435</v>
+        <v>1433</v>
       </c>
       <c r="B729" s="3" t="s">
-        <v>1436</v>
+        <v>1434</v>
       </c>
       <c r="C729" s="3">
-        <v>272.72</v>
+        <v>114.97</v>
       </c>
       <c r="D729" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E729" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F729" s="3">
-        <v>1530</v>
+        <v>155</v>
       </c>
       <c r="G729" s="3">
+        <v>1</v>
+      </c>
+      <c r="H729" s="3">
         <v>10</v>
       </c>
-      <c r="H729" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I729" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="730" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A730" s="3" t="s">
-        <v>1437</v>
+        <v>1435</v>
       </c>
       <c r="B730" s="3" t="s">
-        <v>1438</v>
+        <v>1436</v>
       </c>
       <c r="C730" s="3">
-        <v>43.76</v>
+        <v>10.66</v>
       </c>
       <c r="D730" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E730" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F730" s="3">
-        <v>1970</v>
+        <v>21400</v>
       </c>
       <c r="G730" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H730" s="3">
-        <v>800</v>
+        <v>4000</v>
       </c>
       <c r="I730" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="731" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A731" s="3" t="s">
-        <v>1439</v>
+        <v>1437</v>
       </c>
       <c r="B731" s="3" t="s">
-        <v>1440</v>
+        <v>1438</v>
       </c>
       <c r="C731" s="3">
-        <v>255.12</v>
+        <v>119.67</v>
       </c>
       <c r="D731" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E731" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F731" s="3">
-        <v>2010</v>
+        <v>0</v>
       </c>
       <c r="G731" s="3">
+        <v>1</v>
+      </c>
+      <c r="H731" s="3">
         <v>10</v>
       </c>
-      <c r="H731" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I731" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="732" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A732" s="3" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B732" s="3" t="s">
+        <v>1440</v>
+      </c>
+      <c r="C732" s="3">
+        <v>5.59</v>
+      </c>
+      <c r="D732" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E732" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F732" s="3">
+        <v>104700</v>
+      </c>
+      <c r="G732" s="3">
+        <v>100</v>
+      </c>
+      <c r="H732" s="3">
+        <v>10000</v>
+      </c>
+      <c r="I732" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="733" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A733" s="2" t="s">
         <v>1441</v>
       </c>
-      <c r="B732" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B733" s="2"/>
+      <c r="C733" s="2"/>
+      <c r="D733" s="2"/>
+      <c r="E733" s="2"/>
+      <c r="F733" s="2"/>
+      <c r="G733" s="2"/>
+      <c r="H733" s="2"/>
+      <c r="I733" s="2"/>
     </row>
     <row r="734" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A734" s="3" t="s">
-        <v>1445</v>
+        <v>1442</v>
       </c>
       <c r="B734" s="3" t="s">
-        <v>1446</v>
+        <v>1443</v>
       </c>
       <c r="C734" s="3">
-        <v>78.42</v>
+        <v>59.15</v>
       </c>
       <c r="D734" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E734" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F734" s="3">
-        <v>2440</v>
+        <v>3829</v>
       </c>
       <c r="G734" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H734" s="3">
-        <v>800</v>
+        <v>360</v>
       </c>
       <c r="I734" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="735" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A735" s="3" t="s">
-        <v>1447</v>
+        <v>1444</v>
       </c>
       <c r="B735" s="3" t="s">
-        <v>1448</v>
+        <v>1445</v>
       </c>
       <c r="C735" s="3">
-        <v>108.02</v>
+        <v>59.48</v>
       </c>
       <c r="D735" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E735" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F735" s="3">
-        <v>3650</v>
+        <v>1412</v>
       </c>
       <c r="G735" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H735" s="3">
-        <v>800</v>
+        <v>360</v>
       </c>
       <c r="I735" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="736" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A736" s="3" t="s">
-        <v>1449</v>
+        <v>1446</v>
       </c>
       <c r="B736" s="3" t="s">
-        <v>1450</v>
+        <v>1447</v>
       </c>
       <c r="C736" s="3">
-        <v>179.53</v>
+        <v>194.04</v>
       </c>
       <c r="D736" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E736" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F736" s="3">
-        <v>2100</v>
+        <v>0</v>
       </c>
       <c r="G736" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H736" s="3">
-        <v>500</v>
+        <v>120</v>
       </c>
       <c r="I736" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="737" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A737" s="3" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B737" s="3" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C737" s="3">
+        <v>58.94</v>
+      </c>
+      <c r="D737" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E737" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F737" s="3">
+        <v>2328</v>
+      </c>
+      <c r="G737" s="3">
+        <v>1</v>
+      </c>
+      <c r="H737" s="3">
+        <v>360</v>
+      </c>
+      <c r="I737" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="738" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A738" s="3" t="s">
+        <v>1450</v>
+      </c>
+      <c r="B738" s="3" t="s">
         <v>1451</v>
       </c>
-      <c r="B737" s="3" t="s">
+      <c r="C738" s="3">
+        <v>61.38</v>
+      </c>
+      <c r="D738" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E738" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F738" s="3">
+        <v>2146</v>
+      </c>
+      <c r="G738" s="3">
+        <v>1</v>
+      </c>
+      <c r="H738" s="3">
+        <v>360</v>
+      </c>
+      <c r="I738" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="739" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A739" s="2" t="s">
         <v>1452</v>
       </c>
-      <c r="C737" s="3">
-[...61 lines deleted...]
-      </c>
+      <c r="B739" s="2"/>
+      <c r="C739" s="2"/>
+      <c r="D739" s="2"/>
+      <c r="E739" s="2"/>
+      <c r="F739" s="2"/>
+      <c r="G739" s="2"/>
+      <c r="H739" s="2"/>
+      <c r="I739" s="2"/>
     </row>
     <row r="740" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A740" s="3" t="s">
-        <v>1456</v>
+        <v>1453</v>
       </c>
       <c r="B740" s="3" t="s">
-        <v>1457</v>
+        <v>1454</v>
       </c>
       <c r="C740" s="3">
-        <v>46.05</v>
+        <v>59.26</v>
       </c>
       <c r="D740" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E740" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F740" s="3">
         <v>3100</v>
       </c>
       <c r="G740" s="3">
         <v>100</v>
       </c>
       <c r="H740" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I740" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="741" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A741" s="3" t="s">
-        <v>1458</v>
+        <v>1455</v>
       </c>
       <c r="B741" s="3" t="s">
-        <v>1459</v>
+        <v>1456</v>
       </c>
       <c r="C741" s="3">
-        <v>35.64</v>
+        <v>77.22</v>
       </c>
       <c r="D741" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E741" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F741" s="3">
-        <v>7100</v>
+        <v>4000</v>
       </c>
       <c r="G741" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H741" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I741" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="742" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A742" s="3" t="s">
-        <v>1460</v>
+        <v>1457</v>
       </c>
       <c r="B742" s="3" t="s">
-        <v>1461</v>
+        <v>1458</v>
       </c>
       <c r="C742" s="3">
-        <v>59.26</v>
+        <v>83.87</v>
       </c>
       <c r="D742" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E742" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F742" s="3">
-        <v>3400</v>
+        <v>2400</v>
       </c>
       <c r="G742" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H742" s="3">
         <v>1000</v>
       </c>
       <c r="I742" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="743" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A743" s="3" t="s">
-        <v>1462</v>
+        <v>1459</v>
       </c>
       <c r="B743" s="3" t="s">
-        <v>1463</v>
+        <v>1460</v>
       </c>
       <c r="C743" s="3">
-        <v>53.24</v>
+        <v>58.91</v>
       </c>
       <c r="D743" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E743" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F743" s="3">
-        <v>8800</v>
+        <v>650</v>
       </c>
       <c r="G743" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H743" s="3">
         <v>1000</v>
       </c>
       <c r="I743" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="744" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A744" s="3" t="s">
-        <v>1464</v>
+        <v>1461</v>
       </c>
       <c r="B744" s="3" t="s">
-        <v>1465</v>
+        <v>1462</v>
       </c>
       <c r="C744" s="3">
-        <v>56.4</v>
+        <v>91.87</v>
       </c>
       <c r="D744" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E744" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F744" s="3">
-        <v>300</v>
+        <v>2150</v>
       </c>
       <c r="G744" s="3">
         <v>50</v>
       </c>
       <c r="H744" s="3">
         <v>1000</v>
       </c>
       <c r="I744" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="745" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A745" s="3" t="s">
-        <v>1466</v>
+        <v>1463</v>
       </c>
       <c r="B745" s="3" t="s">
-        <v>1467</v>
+        <v>1464</v>
       </c>
       <c r="C745" s="3">
-        <v>77.22</v>
+        <v>46.05</v>
       </c>
       <c r="D745" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E745" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F745" s="3">
-        <v>50</v>
+        <v>2500</v>
       </c>
       <c r="G745" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H745" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I745" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="746" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A746" s="3" t="s">
-        <v>1468</v>
+        <v>1465</v>
       </c>
       <c r="B746" s="3" t="s">
-        <v>1469</v>
+        <v>1466</v>
       </c>
       <c r="C746" s="3">
-        <v>58.91</v>
+        <v>35.64</v>
       </c>
       <c r="D746" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E746" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F746" s="3">
-        <v>4250</v>
+        <v>7100</v>
       </c>
       <c r="G746" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H746" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I746" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="747" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A747" s="3" t="s">
-        <v>1470</v>
+        <v>1467</v>
       </c>
       <c r="B747" s="3" t="s">
-        <v>1471</v>
+        <v>1468</v>
       </c>
       <c r="C747" s="3">
-        <v>83.87</v>
+        <v>53.24</v>
       </c>
       <c r="D747" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E747" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F747" s="3">
-        <v>2400</v>
+        <v>8400</v>
       </c>
       <c r="G747" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H747" s="3">
         <v>1000</v>
       </c>
       <c r="I747" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="748" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A748" s="3" t="s">
-        <v>1472</v>
+        <v>1469</v>
       </c>
       <c r="B748" s="3" t="s">
-        <v>1473</v>
+        <v>1470</v>
       </c>
       <c r="C748" s="3">
-        <v>63.61</v>
+        <v>56.4</v>
       </c>
       <c r="D748" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E748" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F748" s="3">
-        <v>4750</v>
+        <v>250</v>
       </c>
       <c r="G748" s="3">
         <v>50</v>
       </c>
       <c r="H748" s="3">
         <v>1000</v>
       </c>
       <c r="I748" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="749" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A749" s="3" t="s">
-        <v>1474</v>
+        <v>1471</v>
       </c>
       <c r="B749" s="3" t="s">
-        <v>1475</v>
+        <v>1472</v>
       </c>
       <c r="C749" s="3">
-        <v>91.87</v>
+        <v>63.1</v>
       </c>
       <c r="D749" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E749" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F749" s="3">
-        <v>2450</v>
+        <v>600</v>
       </c>
       <c r="G749" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H749" s="3">
         <v>1000</v>
       </c>
       <c r="I749" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="750" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A750" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I750" s="2"/>
+      <c r="A750" s="3" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B750" s="3" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C750" s="3">
+        <v>63.61</v>
+      </c>
+      <c r="D750" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E750" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F750" s="3">
+        <v>4650</v>
+      </c>
+      <c r="G750" s="3">
+        <v>50</v>
+      </c>
+      <c r="H750" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I750" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="751" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A751" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A751" s="2" t="s">
+        <v>1475</v>
+      </c>
+      <c r="B751" s="2"/>
+      <c r="C751" s="2"/>
+      <c r="D751" s="2"/>
+      <c r="E751" s="2"/>
+      <c r="F751" s="2"/>
+      <c r="G751" s="2"/>
+      <c r="H751" s="2"/>
+      <c r="I751" s="2"/>
     </row>
     <row r="752" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A752" s="3" t="s">
-        <v>1479</v>
+        <v>1476</v>
       </c>
       <c r="B752" s="3" t="s">
-        <v>1480</v>
+        <v>1477</v>
       </c>
       <c r="C752" s="3">
-        <v>14.42</v>
+        <v>443.61</v>
       </c>
       <c r="D752" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E752" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F752" s="3">
-        <v>21300</v>
+        <v>711</v>
       </c>
       <c r="G752" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H752" s="3">
-        <v>2000</v>
+        <v>300</v>
       </c>
       <c r="I752" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="753" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A753" s="3" t="s">
-        <v>1481</v>
+        <v>1478</v>
       </c>
       <c r="B753" s="3" t="s">
-        <v>1482</v>
+        <v>1479</v>
       </c>
       <c r="C753" s="3">
-        <v>139.58</v>
+        <v>513.91</v>
       </c>
       <c r="D753" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E753" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F753" s="3">
-        <v>12</v>
+        <v>611</v>
       </c>
       <c r="G753" s="3">
         <v>1</v>
       </c>
       <c r="H753" s="3">
-        <v>60</v>
+        <v>300</v>
       </c>
       <c r="I753" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="754" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A754" s="3" t="s">
-        <v>1483</v>
+        <v>1480</v>
       </c>
       <c r="B754" s="3" t="s">
-        <v>1484</v>
+        <v>1481</v>
       </c>
       <c r="C754" s="3">
-        <v>463.62</v>
+        <v>571.98</v>
       </c>
       <c r="D754" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E754" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F754" s="3">
-        <v>1</v>
+        <v>1149</v>
       </c>
       <c r="G754" s="3">
         <v>1</v>
       </c>
       <c r="H754" s="3">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="I754" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="755" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A755" s="3" t="s">
+        <v>1482</v>
+      </c>
+      <c r="B755" s="3" t="s">
+        <v>1483</v>
+      </c>
+      <c r="C755" s="3">
+        <v>350.57</v>
+      </c>
+      <c r="D755" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E755" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F755" s="3">
+        <v>0</v>
+      </c>
+      <c r="G755" s="3">
+        <v>1</v>
+      </c>
+      <c r="H755" s="3">
+        <v>300</v>
+      </c>
+      <c r="I755" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="756" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A756" s="2" t="s">
+        <v>1484</v>
+      </c>
+      <c r="B756" s="2"/>
+      <c r="C756" s="2"/>
+      <c r="D756" s="2"/>
+      <c r="E756" s="2"/>
+      <c r="F756" s="2"/>
+      <c r="G756" s="2"/>
+      <c r="H756" s="2"/>
+      <c r="I756" s="2"/>
+    </row>
+    <row r="757" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A757" s="3" t="s">
         <v>1485</v>
       </c>
-      <c r="B755" s="3" t="s">
+      <c r="B757" s="3" t="s">
         <v>1486</v>
       </c>
-      <c r="C755" s="3">
-[...61 lines deleted...]
-      <c r="I757" s="2"/>
+      <c r="C757" s="3">
+        <v>751.23</v>
+      </c>
+      <c r="D757" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E757" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F757" s="3">
+        <v>1039</v>
+      </c>
+      <c r="G757" s="3">
+        <v>1</v>
+      </c>
+      <c r="H757" s="3">
+        <v>80</v>
+      </c>
+      <c r="I757" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="758" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A758" s="3" t="s">
-        <v>1490</v>
+        <v>1487</v>
       </c>
       <c r="B758" s="3" t="s">
-        <v>1491</v>
+        <v>1488</v>
       </c>
       <c r="C758" s="3">
-        <v>92.81</v>
+        <v>650.24</v>
       </c>
       <c r="D758" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E758" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F758" s="3">
-        <v>22000</v>
+        <v>2813</v>
       </c>
       <c r="G758" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H758" s="3">
-        <v>800</v>
+        <v>80</v>
       </c>
       <c r="I758" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="759" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A759" s="3" t="s">
-        <v>1492</v>
+        <v>1489</v>
       </c>
       <c r="B759" s="3" t="s">
-        <v>1493</v>
+        <v>1490</v>
       </c>
       <c r="C759" s="3">
-        <v>206.14</v>
+        <v>2608.66</v>
       </c>
       <c r="D759" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E759" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F759" s="3">
-        <v>10665</v>
+        <v>654</v>
       </c>
       <c r="G759" s="3">
-        <v>45</v>
+        <v>1</v>
       </c>
       <c r="H759" s="3">
-        <v>450</v>
+        <v>50</v>
       </c>
       <c r="I759" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="760" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A760" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A760" s="2" t="s">
+        <v>1491</v>
+      </c>
+      <c r="B760" s="2"/>
+      <c r="C760" s="2"/>
+      <c r="D760" s="2"/>
+      <c r="E760" s="2"/>
+      <c r="F760" s="2"/>
+      <c r="G760" s="2"/>
+      <c r="H760" s="2"/>
+      <c r="I760" s="2"/>
     </row>
     <row r="761" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A761" s="3" t="s">
-        <v>1496</v>
+        <v>1492</v>
       </c>
       <c r="B761" s="3" t="s">
-        <v>1497</v>
+        <v>1493</v>
       </c>
       <c r="C761" s="3">
-        <v>168.9</v>
+        <v>358.3</v>
       </c>
       <c r="D761" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E761" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F761" s="3">
-        <v>13500</v>
+        <v>16</v>
       </c>
       <c r="G761" s="3">
-        <v>45</v>
+        <v>1</v>
       </c>
       <c r="H761" s="3">
-        <v>450</v>
+        <v>250</v>
       </c>
       <c r="I761" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="762" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A762" s="3" t="s">
-        <v>1498</v>
+        <v>1494</v>
       </c>
       <c r="B762" s="3" t="s">
-        <v>1499</v>
+        <v>1495</v>
       </c>
       <c r="C762" s="3">
-        <v>61.83</v>
+        <v>93</v>
       </c>
       <c r="D762" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E762" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F762" s="3">
-        <v>19150</v>
+        <v>444</v>
       </c>
       <c r="G762" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H762" s="3">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="I762" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="763" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A763" s="3" t="s">
-        <v>1500</v>
+        <v>1496</v>
       </c>
       <c r="B763" s="3" t="s">
-        <v>1501</v>
+        <v>1497</v>
       </c>
       <c r="C763" s="3">
-        <v>97.45</v>
+        <v>245.67</v>
       </c>
       <c r="D763" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E763" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F763" s="3">
-        <v>7600</v>
+        <v>702</v>
       </c>
       <c r="G763" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H763" s="3">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="I763" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="764" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A764" s="3" t="s">
-        <v>1502</v>
+        <v>1498</v>
       </c>
       <c r="B764" s="3" t="s">
-        <v>1503</v>
+        <v>1499</v>
       </c>
       <c r="C764" s="3">
-        <v>116.88</v>
+        <v>178.93</v>
       </c>
       <c r="D764" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E764" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F764" s="3">
-        <v>9500</v>
+        <v>1489</v>
       </c>
       <c r="G764" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H764" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I764" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="765" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A765" s="3" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B765" s="3" t="s">
+        <v>1501</v>
+      </c>
+      <c r="C765" s="3">
+        <v>392.25</v>
+      </c>
+      <c r="D765" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E765" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F765" s="3">
+        <v>636</v>
+      </c>
+      <c r="G765" s="3">
+        <v>1</v>
+      </c>
+      <c r="H765" s="3">
+        <v>250</v>
+      </c>
+      <c r="I765" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="766" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A766" s="3" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B766" s="3" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C766" s="3">
+        <v>179.35</v>
+      </c>
+      <c r="D766" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E766" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F766" s="3">
+        <v>4559</v>
+      </c>
+      <c r="G766" s="3">
+        <v>1</v>
+      </c>
+      <c r="H766" s="3">
+        <v>250</v>
+      </c>
+      <c r="I766" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="767" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A767" s="2" t="s">
         <v>1504</v>
       </c>
-      <c r="B765" s="3" t="s">
+      <c r="B767" s="2"/>
+      <c r="C767" s="2"/>
+      <c r="D767" s="2"/>
+      <c r="E767" s="2"/>
+      <c r="F767" s="2"/>
+      <c r="G767" s="2"/>
+      <c r="H767" s="2"/>
+      <c r="I767" s="2"/>
+    </row>
+    <row r="768" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A768" s="2" t="s">
         <v>1505</v>
       </c>
-      <c r="C765" s="3">
-[...90 lines deleted...]
-      </c>
+      <c r="B768" s="2"/>
+      <c r="C768" s="2"/>
+      <c r="D768" s="2"/>
+      <c r="E768" s="2"/>
+      <c r="F768" s="2"/>
+      <c r="G768" s="2"/>
+      <c r="H768" s="2"/>
+      <c r="I768" s="2"/>
     </row>
     <row r="769" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A769" s="3" t="s">
-        <v>1511</v>
+        <v>1506</v>
       </c>
       <c r="B769" s="3" t="s">
-        <v>1512</v>
+        <v>1507</v>
       </c>
       <c r="C769" s="3">
-        <v>18.51</v>
+        <v>53.2</v>
       </c>
       <c r="D769" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E769" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F769" s="3">
-        <v>8600</v>
+        <v>8350</v>
       </c>
       <c r="G769" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H769" s="3">
-        <v>5000</v>
+        <v>6000</v>
       </c>
       <c r="I769" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="770" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A770" s="3" t="s">
-        <v>1513</v>
+        <v>1508</v>
       </c>
       <c r="B770" s="3" t="s">
-        <v>1514</v>
+        <v>1509</v>
       </c>
       <c r="C770" s="3">
-        <v>119.67</v>
+        <v>100.33</v>
       </c>
       <c r="D770" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E770" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F770" s="3">
-        <v>3</v>
+        <v>10050</v>
       </c>
       <c r="G770" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H770" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I770" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="771" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A771" s="3" t="s">
-        <v>1515</v>
+        <v>1510</v>
       </c>
       <c r="B771" s="3" t="s">
-        <v>1516</v>
+        <v>1511</v>
       </c>
       <c r="C771" s="3">
-        <v>114.97</v>
+        <v>152.99</v>
       </c>
       <c r="D771" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E771" s="3" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F771" s="3">
-        <v>94</v>
+        <v>2052</v>
       </c>
       <c r="G771" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H771" s="3">
-        <v>10</v>
+        <v>3000</v>
       </c>
       <c r="I771" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="772" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A772" s="3" t="s">
-        <v>1517</v>
+        <v>1512</v>
       </c>
       <c r="B772" s="3" t="s">
-        <v>1518</v>
+        <v>1513</v>
       </c>
       <c r="C772" s="3">
-        <v>5.58</v>
+        <v>96.23</v>
       </c>
       <c r="D772" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E772" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F772" s="3">
-        <v>191200</v>
+        <v>0</v>
       </c>
       <c r="G772" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H772" s="3">
-        <v>10000</v>
+        <v>500</v>
       </c>
       <c r="I772" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="773" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A773" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I773" s="2"/>
+      <c r="A773" s="3" t="s">
+        <v>1514</v>
+      </c>
+      <c r="B773" s="3" t="s">
+        <v>1515</v>
+      </c>
+      <c r="C773" s="3">
+        <v>33.11</v>
+      </c>
+      <c r="D773" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E773" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F773" s="3">
+        <v>8600</v>
+      </c>
+      <c r="G773" s="3">
+        <v>100</v>
+      </c>
+      <c r="H773" s="3">
+        <v>1100</v>
+      </c>
+      <c r="I773" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="774" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A774" s="3" t="s">
-        <v>1520</v>
+        <v>1516</v>
       </c>
       <c r="B774" s="3" t="s">
-        <v>1521</v>
+        <v>1517</v>
       </c>
       <c r="C774" s="3">
-        <v>59.15</v>
+        <v>69.61</v>
       </c>
       <c r="D774" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E774" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F774" s="3">
-        <v>1548</v>
+        <v>18350</v>
       </c>
       <c r="G774" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H774" s="3">
-        <v>360</v>
+        <v>50</v>
       </c>
       <c r="I774" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="775" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A775" s="3" t="s">
-        <v>1522</v>
+        <v>1518</v>
       </c>
       <c r="B775" s="3" t="s">
-        <v>1523</v>
+        <v>1519</v>
       </c>
       <c r="C775" s="3">
-        <v>59.48</v>
+        <v>113.69</v>
       </c>
       <c r="D775" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E775" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F775" s="3">
-        <v>236</v>
+        <v>4800</v>
       </c>
       <c r="G775" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H775" s="3">
-        <v>360</v>
+        <v>6000</v>
       </c>
       <c r="I775" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="776" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A776" s="3" t="s">
-        <v>1524</v>
+        <v>1520</v>
       </c>
       <c r="B776" s="3" t="s">
-        <v>1525</v>
+        <v>1521</v>
       </c>
       <c r="C776" s="3">
-        <v>194.04</v>
+        <v>34.55</v>
       </c>
       <c r="D776" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E776" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F776" s="3">
-        <v>0</v>
+        <v>13700</v>
       </c>
       <c r="G776" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H776" s="3">
-        <v>120</v>
+        <v>1000</v>
       </c>
       <c r="I776" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="777" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A777" s="3" t="s">
-        <v>1526</v>
+        <v>1522</v>
       </c>
       <c r="B777" s="3" t="s">
-        <v>1527</v>
+        <v>1523</v>
       </c>
       <c r="C777" s="3">
-        <v>58.94</v>
+        <v>33.12</v>
       </c>
       <c r="D777" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E777" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F777" s="3">
-        <v>0</v>
+        <v>6500</v>
       </c>
       <c r="G777" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H777" s="3">
-        <v>360</v>
+        <v>1800</v>
       </c>
       <c r="I777" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="778" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A778" s="3" t="s">
-        <v>1528</v>
+        <v>1524</v>
       </c>
       <c r="B778" s="3" t="s">
-        <v>1529</v>
+        <v>1525</v>
       </c>
       <c r="C778" s="3">
-        <v>61.38</v>
+        <v>37.67</v>
       </c>
       <c r="D778" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E778" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F778" s="3">
-        <v>432</v>
+        <v>26000</v>
       </c>
       <c r="G778" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H778" s="3">
-        <v>360</v>
+        <v>1000</v>
       </c>
       <c r="I778" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="779" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A779" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I779" s="2"/>
+      <c r="A779" s="3" t="s">
+        <v>1526</v>
+      </c>
+      <c r="B779" s="3" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C779" s="3">
+        <v>162.51</v>
+      </c>
+      <c r="D779" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E779" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F779" s="3">
+        <v>6040</v>
+      </c>
+      <c r="G779" s="3">
+        <v>40</v>
+      </c>
+      <c r="H779" s="3">
+        <v>400</v>
+      </c>
+      <c r="I779" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="780" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A780" s="3" t="s">
-        <v>1531</v>
+        <v>1528</v>
       </c>
       <c r="B780" s="3" t="s">
-        <v>1532</v>
+        <v>1529</v>
       </c>
       <c r="C780" s="3">
-        <v>443.61</v>
+        <v>54.13</v>
       </c>
       <c r="D780" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E780" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F780" s="3">
-        <v>1183</v>
+        <v>0</v>
       </c>
       <c r="G780" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H780" s="3">
-        <v>300</v>
+        <v>1000</v>
       </c>
       <c r="I780" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="781" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A781" s="3" t="s">
-        <v>1533</v>
+        <v>1530</v>
       </c>
       <c r="B781" s="3" t="s">
-        <v>1534</v>
+        <v>1531</v>
       </c>
       <c r="C781" s="3">
-        <v>513.91</v>
+        <v>65.29</v>
       </c>
       <c r="D781" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E781" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F781" s="3">
-        <v>938</v>
+        <v>0</v>
       </c>
       <c r="G781" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H781" s="3">
-        <v>300</v>
+        <v>1000</v>
       </c>
       <c r="I781" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="782" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A782" s="3" t="s">
+        <v>1532</v>
+      </c>
+      <c r="B782" s="3" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C782" s="3">
+        <v>90.27</v>
+      </c>
+      <c r="D782" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E782" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F782" s="3">
+        <v>5700</v>
+      </c>
+      <c r="G782" s="3">
+        <v>100</v>
+      </c>
+      <c r="H782" s="3">
+        <v>2200</v>
+      </c>
+      <c r="I782" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="783" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A783" s="2" t="s">
+        <v>1534</v>
+      </c>
+      <c r="B783" s="2"/>
+      <c r="C783" s="2"/>
+      <c r="D783" s="2"/>
+      <c r="E783" s="2"/>
+      <c r="F783" s="2"/>
+      <c r="G783" s="2"/>
+      <c r="H783" s="2"/>
+      <c r="I783" s="2"/>
+    </row>
+    <row r="784" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A784" s="3" t="s">
         <v>1535</v>
       </c>
-      <c r="B782" s="3" t="s">
+      <c r="B784" s="3" t="s">
         <v>1536</v>
       </c>
-      <c r="C782" s="3">
-[...61 lines deleted...]
-      <c r="I784" s="2"/>
+      <c r="C784" s="3">
+        <v>904.01</v>
+      </c>
+      <c r="D784" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E784" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F784" s="3">
+        <v>40</v>
+      </c>
+      <c r="G784" s="3">
+        <v>1</v>
+      </c>
+      <c r="H784" s="3">
+        <v>60</v>
+      </c>
+      <c r="I784" s="3">
+        <v>200</v>
+      </c>
     </row>
     <row r="785" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A785" s="3" t="s">
-        <v>1540</v>
+        <v>1537</v>
       </c>
       <c r="B785" s="3" t="s">
-        <v>1541</v>
+        <v>1538</v>
       </c>
       <c r="C785" s="3">
-        <v>650.24</v>
+        <v>831.58</v>
       </c>
       <c r="D785" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E785" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F785" s="3">
-        <v>3031</v>
+        <v>0</v>
       </c>
       <c r="G785" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H785" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I785" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="786" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A786" s="3" t="s">
-        <v>1542</v>
+        <v>1539</v>
       </c>
       <c r="B786" s="3" t="s">
-        <v>1543</v>
+        <v>1540</v>
       </c>
       <c r="C786" s="3">
-        <v>2608.66</v>
+        <v>193.13</v>
       </c>
       <c r="D786" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E786" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F786" s="3">
-        <v>854</v>
+        <v>270</v>
       </c>
       <c r="G786" s="3">
         <v>1</v>
       </c>
       <c r="H786" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I786" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="787" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A787" s="3" t="s">
+        <v>1541</v>
+      </c>
+      <c r="B787" s="3" t="s">
+        <v>1542</v>
+      </c>
+      <c r="C787" s="3">
+        <v>230.98</v>
+      </c>
+      <c r="D787" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E787" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F787" s="3">
+        <v>78</v>
+      </c>
+      <c r="G787" s="3">
+        <v>1</v>
+      </c>
+      <c r="H787" s="3">
+        <v>60</v>
+      </c>
+      <c r="I787" s="3">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="788" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A788" s="3" t="s">
+        <v>1543</v>
+      </c>
+      <c r="B788" s="3" t="s">
         <v>1544</v>
       </c>
-      <c r="B787" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I788" s="2"/>
+      <c r="C788" s="3">
+        <v>249.35</v>
+      </c>
+      <c r="D788" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E788" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F788" s="3">
+        <v>99</v>
+      </c>
+      <c r="G788" s="3">
+        <v>1</v>
+      </c>
+      <c r="H788" s="3">
+        <v>60</v>
+      </c>
+      <c r="I788" s="3">
+        <v>25</v>
+      </c>
     </row>
     <row r="789" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A789" s="3" t="s">
-        <v>1547</v>
+        <v>1545</v>
       </c>
       <c r="B789" s="3" t="s">
-        <v>1548</v>
+        <v>1546</v>
       </c>
       <c r="C789" s="3">
-        <v>358.3</v>
+        <v>252.11</v>
       </c>
       <c r="D789" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E789" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F789" s="3">
-        <v>829</v>
+        <v>0</v>
       </c>
       <c r="G789" s="3">
         <v>1</v>
       </c>
       <c r="H789" s="3">
-        <v>250</v>
+        <v>60</v>
       </c>
       <c r="I789" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="790" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A790" s="3" t="s">
-        <v>1549</v>
+        <v>1547</v>
       </c>
       <c r="B790" s="3" t="s">
-        <v>1550</v>
+        <v>1548</v>
       </c>
       <c r="C790" s="3">
-        <v>93</v>
+        <v>929.87</v>
       </c>
       <c r="D790" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E790" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F790" s="3">
-        <v>487</v>
+        <v>81</v>
       </c>
       <c r="G790" s="3">
         <v>1</v>
       </c>
       <c r="H790" s="3">
-        <v>250</v>
+        <v>60</v>
       </c>
       <c r="I790" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="791" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A791" s="3" t="s">
-        <v>1551</v>
+        <v>1549</v>
       </c>
       <c r="B791" s="3" t="s">
-        <v>1552</v>
+        <v>1550</v>
       </c>
       <c r="C791" s="3">
-        <v>178.93</v>
+        <v>473.78</v>
       </c>
       <c r="D791" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E791" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F791" s="3">
-        <v>1490</v>
+        <v>59</v>
       </c>
       <c r="G791" s="3">
         <v>1</v>
       </c>
       <c r="H791" s="3">
-        <v>250</v>
+        <v>60</v>
       </c>
       <c r="I791" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="792" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A792" s="3" t="s">
-        <v>1553</v>
+        <v>1551</v>
       </c>
       <c r="B792" s="3" t="s">
-        <v>1554</v>
+        <v>1552</v>
       </c>
       <c r="C792" s="3">
-        <v>245.67</v>
+        <v>558.29</v>
       </c>
       <c r="D792" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E792" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F792" s="3">
-        <v>978</v>
+        <v>7</v>
       </c>
       <c r="G792" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H792" s="3">
-        <v>250</v>
+        <v>60</v>
       </c>
       <c r="I792" s="3">
-        <v>1</v>
+        <v>60</v>
       </c>
     </row>
     <row r="793" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A793" s="3" t="s">
-        <v>1555</v>
+        <v>1553</v>
       </c>
       <c r="B793" s="3" t="s">
-        <v>1556</v>
+        <v>1554</v>
       </c>
       <c r="C793" s="3">
-        <v>392.25</v>
+        <v>605.55</v>
       </c>
       <c r="D793" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E793" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F793" s="3">
-        <v>661</v>
+        <v>0</v>
       </c>
       <c r="G793" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H793" s="3">
-        <v>250</v>
+        <v>60</v>
       </c>
       <c r="I793" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="794" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A794" s="3" t="s">
+        <v>1555</v>
+      </c>
+      <c r="B794" s="3" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C794" s="3">
+        <v>278.15</v>
+      </c>
+      <c r="D794" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E794" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F794" s="3">
+        <v>0</v>
+      </c>
+      <c r="G794" s="3">
+        <v>10</v>
+      </c>
+      <c r="H794" s="3">
+        <v>60</v>
+      </c>
+      <c r="I794" s="3">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="795" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A795" s="3" t="s">
         <v>1557</v>
       </c>
-      <c r="B794" s="3" t="s">
+      <c r="B795" s="3" t="s">
         <v>1558</v>
       </c>
-      <c r="C794" s="3">
-[...22 lines deleted...]
-      <c r="A795" s="2" t="s">
+      <c r="C795" s="3">
+        <v>566.75</v>
+      </c>
+      <c r="D795" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E795" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F795" s="3">
+        <v>12</v>
+      </c>
+      <c r="G795" s="3">
+        <v>1</v>
+      </c>
+      <c r="H795" s="3">
+        <v>60</v>
+      </c>
+      <c r="I795" s="3">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="796" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A796" s="3" t="s">
         <v>1559</v>
       </c>
-      <c r="B795" s="2"/>
-[...9 lines deleted...]
-      <c r="A796" s="2" t="s">
+      <c r="B796" s="3" t="s">
         <v>1560</v>
       </c>
-      <c r="B796" s="2"/>
-[...6 lines deleted...]
-      <c r="I796" s="2"/>
+      <c r="C796" s="3">
+        <v>2430.02</v>
+      </c>
+      <c r="D796" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E796" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F796" s="3">
+        <v>0</v>
+      </c>
+      <c r="G796" s="3">
+        <v>1</v>
+      </c>
+      <c r="H796" s="3">
+        <v>60</v>
+      </c>
+      <c r="I796" s="3">
+        <v>200</v>
+      </c>
     </row>
     <row r="797" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A797" s="3" t="s">
         <v>1561</v>
       </c>
       <c r="B797" s="3" t="s">
         <v>1562</v>
       </c>
       <c r="C797" s="3">
-        <v>100.33</v>
+        <v>603.03</v>
       </c>
       <c r="D797" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E797" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F797" s="3">
-        <v>27000</v>
+        <v>0</v>
       </c>
       <c r="G797" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H797" s="3">
-        <v>5000</v>
+        <v>60</v>
       </c>
       <c r="I797" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="798" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A798" s="3" t="s">
         <v>1563</v>
       </c>
       <c r="B798" s="3" t="s">
         <v>1564</v>
       </c>
       <c r="C798" s="3">
-        <v>34.55</v>
+        <v>948.23</v>
       </c>
       <c r="D798" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E798" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F798" s="3">
-        <v>5900</v>
+        <v>39</v>
       </c>
       <c r="G798" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H798" s="3">
-        <v>1000</v>
+        <v>60</v>
       </c>
       <c r="I798" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="799" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A799" s="3" t="s">
         <v>1565</v>
       </c>
       <c r="B799" s="3" t="s">
         <v>1566</v>
       </c>
       <c r="C799" s="3">
-        <v>82.16</v>
+        <v>1917.16</v>
       </c>
       <c r="D799" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E799" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F799" s="3">
         <v>0</v>
       </c>
       <c r="G799" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H799" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I799" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="800" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A800" s="3" t="s">
         <v>1567</v>
       </c>
       <c r="B800" s="3" t="s">
         <v>1568</v>
       </c>
       <c r="C800" s="3">
-        <v>33.12</v>
+        <v>220.03</v>
       </c>
       <c r="D800" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E800" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F800" s="3">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="G800" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H800" s="3">
-        <v>1800</v>
+        <v>60</v>
       </c>
       <c r="I800" s="3">
-        <v>1</v>
+        <v>60</v>
       </c>
     </row>
     <row r="801" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A801" s="3" t="s">
         <v>1569</v>
       </c>
       <c r="B801" s="3" t="s">
         <v>1570</v>
       </c>
       <c r="C801" s="3">
-        <v>53.2</v>
+        <v>795.93</v>
       </c>
       <c r="D801" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E801" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F801" s="3">
-        <v>8400</v>
+        <v>70</v>
       </c>
       <c r="G801" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H801" s="3">
-        <v>6000</v>
+        <v>60</v>
       </c>
       <c r="I801" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="802" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A802" s="3" t="s">
         <v>1571</v>
       </c>
       <c r="B802" s="3" t="s">
         <v>1572</v>
       </c>
       <c r="C802" s="3">
-        <v>162.51</v>
+        <v>1838.6</v>
       </c>
       <c r="D802" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E802" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F802" s="3">
-        <v>10480</v>
+        <v>0</v>
       </c>
       <c r="G802" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="H802" s="3">
-        <v>400</v>
+        <v>60</v>
       </c>
       <c r="I802" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="803" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A803" s="3" t="s">
         <v>1573</v>
       </c>
       <c r="B803" s="3" t="s">
         <v>1574</v>
       </c>
       <c r="C803" s="3">
-        <v>152.99</v>
+        <v>628.25</v>
       </c>
       <c r="D803" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E803" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F803" s="3">
-        <v>3777</v>
+        <v>0</v>
       </c>
       <c r="G803" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H803" s="3">
-        <v>3000</v>
+        <v>60</v>
       </c>
       <c r="I803" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="804" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A804" s="3" t="s">
         <v>1575</v>
       </c>
       <c r="B804" s="3" t="s">
         <v>1576</v>
       </c>
       <c r="C804" s="3">
-        <v>96.23</v>
+        <v>1601.55</v>
       </c>
       <c r="D804" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E804" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F804" s="3">
-        <v>0</v>
+        <v>167</v>
       </c>
       <c r="G804" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H804" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I804" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="805" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A805" s="3" t="s">
         <v>1577</v>
       </c>
       <c r="B805" s="3" t="s">
         <v>1578</v>
       </c>
       <c r="C805" s="3">
-        <v>54.13</v>
+        <v>304.06</v>
       </c>
       <c r="D805" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E805" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F805" s="3">
         <v>0</v>
       </c>
       <c r="G805" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H805" s="3">
-        <v>1000</v>
+        <v>60</v>
       </c>
       <c r="I805" s="3">
-        <v>1</v>
+        <v>60</v>
       </c>
     </row>
     <row r="806" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A806" s="3" t="s">
         <v>1579</v>
       </c>
       <c r="B806" s="3" t="s">
         <v>1580</v>
       </c>
       <c r="C806" s="3">
-        <v>37.67</v>
+        <v>513.9</v>
       </c>
       <c r="D806" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E806" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F806" s="3">
-        <v>30200</v>
+        <v>10</v>
       </c>
       <c r="G806" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H806" s="3">
-        <v>1000</v>
+        <v>60</v>
       </c>
       <c r="I806" s="3">
-        <v>1</v>
-[...240 lines deleted...]
-      <c r="H815" s="3">
         <v>60</v>
       </c>
-      <c r="I815" s="3">
-[...639 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <mergeCells count="43">
+  <mergeCells count="42">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A64:I64"/>
     <mergeCell ref="A81:I81"/>
-    <mergeCell ref="A172:I172"/>
-    <mergeCell ref="A198:I198"/>
+    <mergeCell ref="A166:I166"/>
+    <mergeCell ref="A192:I192"/>
+    <mergeCell ref="A207:I207"/>
+    <mergeCell ref="A212:I212"/>
     <mergeCell ref="A213:I213"/>
-    <mergeCell ref="A218:I218"/>
-[...12 lines deleted...]
-    <mergeCell ref="A592:I592"/>
+    <mergeCell ref="A299:I299"/>
+    <mergeCell ref="A346:I346"/>
+    <mergeCell ref="A372:I372"/>
+    <mergeCell ref="A373:I373"/>
+    <mergeCell ref="A469:I469"/>
+    <mergeCell ref="A473:I473"/>
+    <mergeCell ref="A516:I516"/>
+    <mergeCell ref="A529:I529"/>
+    <mergeCell ref="A533:I533"/>
+    <mergeCell ref="A552:I552"/>
+    <mergeCell ref="A560:I560"/>
+    <mergeCell ref="A579:I579"/>
+    <mergeCell ref="A588:I588"/>
+    <mergeCell ref="A593:I593"/>
+    <mergeCell ref="A600:I600"/>
+    <mergeCell ref="A603:I603"/>
+    <mergeCell ref="A610:I610"/>
     <mergeCell ref="A611:I611"/>
-    <mergeCell ref="A613:I613"/>
-[...18 lines deleted...]
-    <mergeCell ref="A814:I814"/>
+    <mergeCell ref="A666:I666"/>
+    <mergeCell ref="A691:I691"/>
+    <mergeCell ref="A697:I697"/>
+    <mergeCell ref="A710:I710"/>
+    <mergeCell ref="A717:I717"/>
+    <mergeCell ref="A726:I726"/>
+    <mergeCell ref="A733:I733"/>
+    <mergeCell ref="A739:I739"/>
+    <mergeCell ref="A751:I751"/>
+    <mergeCell ref="A756:I756"/>
+    <mergeCell ref="A760:I760"/>
+    <mergeCell ref="A767:I767"/>
+    <mergeCell ref="A768:I768"/>
+    <mergeCell ref="A783:I783"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
@@ -29173,99 +28106,99 @@
     <hyperlink ref="D141" r:id="rId135"/>
     <hyperlink ref="D142" r:id="rId136"/>
     <hyperlink ref="D143" r:id="rId137"/>
     <hyperlink ref="D144" r:id="rId138"/>
     <hyperlink ref="D145" r:id="rId139"/>
     <hyperlink ref="D146" r:id="rId140"/>
     <hyperlink ref="D147" r:id="rId141"/>
     <hyperlink ref="D148" r:id="rId142"/>
     <hyperlink ref="D149" r:id="rId143"/>
     <hyperlink ref="D150" r:id="rId144"/>
     <hyperlink ref="D151" r:id="rId145"/>
     <hyperlink ref="D152" r:id="rId146"/>
     <hyperlink ref="D153" r:id="rId147"/>
     <hyperlink ref="D154" r:id="rId148"/>
     <hyperlink ref="D155" r:id="rId149"/>
     <hyperlink ref="D156" r:id="rId150"/>
     <hyperlink ref="D157" r:id="rId151"/>
     <hyperlink ref="D158" r:id="rId152"/>
     <hyperlink ref="D159" r:id="rId153"/>
     <hyperlink ref="D160" r:id="rId154"/>
     <hyperlink ref="D161" r:id="rId155"/>
     <hyperlink ref="D162" r:id="rId156"/>
     <hyperlink ref="D163" r:id="rId157"/>
     <hyperlink ref="D164" r:id="rId158"/>
     <hyperlink ref="D165" r:id="rId159"/>
-    <hyperlink ref="D166" r:id="rId160"/>
-[...4 lines deleted...]
-    <hyperlink ref="D171" r:id="rId165"/>
+    <hyperlink ref="D167" r:id="rId160"/>
+    <hyperlink ref="D168" r:id="rId161"/>
+    <hyperlink ref="D169" r:id="rId162"/>
+    <hyperlink ref="D170" r:id="rId163"/>
+    <hyperlink ref="D171" r:id="rId164"/>
+    <hyperlink ref="D172" r:id="rId165"/>
     <hyperlink ref="D173" r:id="rId166"/>
     <hyperlink ref="D174" r:id="rId167"/>
     <hyperlink ref="D175" r:id="rId168"/>
     <hyperlink ref="D176" r:id="rId169"/>
     <hyperlink ref="D177" r:id="rId170"/>
     <hyperlink ref="D178" r:id="rId171"/>
     <hyperlink ref="D179" r:id="rId172"/>
     <hyperlink ref="D180" r:id="rId173"/>
     <hyperlink ref="D181" r:id="rId174"/>
     <hyperlink ref="D182" r:id="rId175"/>
     <hyperlink ref="D183" r:id="rId176"/>
     <hyperlink ref="D184" r:id="rId177"/>
     <hyperlink ref="D185" r:id="rId178"/>
     <hyperlink ref="D186" r:id="rId179"/>
     <hyperlink ref="D187" r:id="rId180"/>
     <hyperlink ref="D188" r:id="rId181"/>
     <hyperlink ref="D189" r:id="rId182"/>
     <hyperlink ref="D190" r:id="rId183"/>
     <hyperlink ref="D191" r:id="rId184"/>
-    <hyperlink ref="D192" r:id="rId185"/>
-[...4 lines deleted...]
-    <hyperlink ref="D197" r:id="rId190"/>
+    <hyperlink ref="D193" r:id="rId185"/>
+    <hyperlink ref="D194" r:id="rId186"/>
+    <hyperlink ref="D195" r:id="rId187"/>
+    <hyperlink ref="D196" r:id="rId188"/>
+    <hyperlink ref="D197" r:id="rId189"/>
+    <hyperlink ref="D198" r:id="rId190"/>
     <hyperlink ref="D199" r:id="rId191"/>
     <hyperlink ref="D200" r:id="rId192"/>
     <hyperlink ref="D201" r:id="rId193"/>
     <hyperlink ref="D202" r:id="rId194"/>
     <hyperlink ref="D203" r:id="rId195"/>
     <hyperlink ref="D204" r:id="rId196"/>
     <hyperlink ref="D205" r:id="rId197"/>
     <hyperlink ref="D206" r:id="rId198"/>
-    <hyperlink ref="D207" r:id="rId199"/>
-[...8 lines deleted...]
-    <hyperlink ref="D217" r:id="rId208"/>
+    <hyperlink ref="D208" r:id="rId199"/>
+    <hyperlink ref="D209" r:id="rId200"/>
+    <hyperlink ref="D210" r:id="rId201"/>
+    <hyperlink ref="D211" r:id="rId202"/>
+    <hyperlink ref="D214" r:id="rId203"/>
+    <hyperlink ref="D215" r:id="rId204"/>
+    <hyperlink ref="D216" r:id="rId205"/>
+    <hyperlink ref="D217" r:id="rId206"/>
+    <hyperlink ref="D218" r:id="rId207"/>
+    <hyperlink ref="D219" r:id="rId208"/>
     <hyperlink ref="D220" r:id="rId209"/>
     <hyperlink ref="D221" r:id="rId210"/>
     <hyperlink ref="D222" r:id="rId211"/>
     <hyperlink ref="D223" r:id="rId212"/>
     <hyperlink ref="D224" r:id="rId213"/>
     <hyperlink ref="D225" r:id="rId214"/>
     <hyperlink ref="D226" r:id="rId215"/>
     <hyperlink ref="D227" r:id="rId216"/>
     <hyperlink ref="D228" r:id="rId217"/>
     <hyperlink ref="D229" r:id="rId218"/>
     <hyperlink ref="D230" r:id="rId219"/>
     <hyperlink ref="D231" r:id="rId220"/>
     <hyperlink ref="D232" r:id="rId221"/>
     <hyperlink ref="D233" r:id="rId222"/>
     <hyperlink ref="D234" r:id="rId223"/>
     <hyperlink ref="D235" r:id="rId224"/>
     <hyperlink ref="D236" r:id="rId225"/>
     <hyperlink ref="D237" r:id="rId226"/>
     <hyperlink ref="D238" r:id="rId227"/>
     <hyperlink ref="D239" r:id="rId228"/>
     <hyperlink ref="D240" r:id="rId229"/>
     <hyperlink ref="D241" r:id="rId230"/>
     <hyperlink ref="D242" r:id="rId231"/>
     <hyperlink ref="D243" r:id="rId232"/>
     <hyperlink ref="D244" r:id="rId233"/>
@@ -29301,129 +28234,129 @@
     <hyperlink ref="D274" r:id="rId263"/>
     <hyperlink ref="D275" r:id="rId264"/>
     <hyperlink ref="D276" r:id="rId265"/>
     <hyperlink ref="D277" r:id="rId266"/>
     <hyperlink ref="D278" r:id="rId267"/>
     <hyperlink ref="D279" r:id="rId268"/>
     <hyperlink ref="D280" r:id="rId269"/>
     <hyperlink ref="D281" r:id="rId270"/>
     <hyperlink ref="D282" r:id="rId271"/>
     <hyperlink ref="D283" r:id="rId272"/>
     <hyperlink ref="D284" r:id="rId273"/>
     <hyperlink ref="D285" r:id="rId274"/>
     <hyperlink ref="D286" r:id="rId275"/>
     <hyperlink ref="D287" r:id="rId276"/>
     <hyperlink ref="D288" r:id="rId277"/>
     <hyperlink ref="D289" r:id="rId278"/>
     <hyperlink ref="D290" r:id="rId279"/>
     <hyperlink ref="D291" r:id="rId280"/>
     <hyperlink ref="D292" r:id="rId281"/>
     <hyperlink ref="D293" r:id="rId282"/>
     <hyperlink ref="D294" r:id="rId283"/>
     <hyperlink ref="D295" r:id="rId284"/>
     <hyperlink ref="D296" r:id="rId285"/>
     <hyperlink ref="D297" r:id="rId286"/>
     <hyperlink ref="D298" r:id="rId287"/>
-    <hyperlink ref="D299" r:id="rId288"/>
-[...5 lines deleted...]
-    <hyperlink ref="D305" r:id="rId294"/>
+    <hyperlink ref="D300" r:id="rId288"/>
+    <hyperlink ref="D301" r:id="rId289"/>
+    <hyperlink ref="D302" r:id="rId290"/>
+    <hyperlink ref="D303" r:id="rId291"/>
+    <hyperlink ref="D304" r:id="rId292"/>
+    <hyperlink ref="D305" r:id="rId293"/>
+    <hyperlink ref="D306" r:id="rId294"/>
     <hyperlink ref="D307" r:id="rId295"/>
     <hyperlink ref="D308" r:id="rId296"/>
     <hyperlink ref="D309" r:id="rId297"/>
     <hyperlink ref="D310" r:id="rId298"/>
     <hyperlink ref="D311" r:id="rId299"/>
     <hyperlink ref="D312" r:id="rId300"/>
     <hyperlink ref="D313" r:id="rId301"/>
     <hyperlink ref="D314" r:id="rId302"/>
     <hyperlink ref="D315" r:id="rId303"/>
     <hyperlink ref="D316" r:id="rId304"/>
     <hyperlink ref="D317" r:id="rId305"/>
     <hyperlink ref="D318" r:id="rId306"/>
     <hyperlink ref="D319" r:id="rId307"/>
     <hyperlink ref="D320" r:id="rId308"/>
     <hyperlink ref="D321" r:id="rId309"/>
     <hyperlink ref="D322" r:id="rId310"/>
     <hyperlink ref="D323" r:id="rId311"/>
     <hyperlink ref="D324" r:id="rId312"/>
     <hyperlink ref="D325" r:id="rId313"/>
     <hyperlink ref="D326" r:id="rId314"/>
     <hyperlink ref="D327" r:id="rId315"/>
     <hyperlink ref="D328" r:id="rId316"/>
     <hyperlink ref="D329" r:id="rId317"/>
     <hyperlink ref="D330" r:id="rId318"/>
     <hyperlink ref="D331" r:id="rId319"/>
     <hyperlink ref="D332" r:id="rId320"/>
     <hyperlink ref="D333" r:id="rId321"/>
     <hyperlink ref="D334" r:id="rId322"/>
     <hyperlink ref="D335" r:id="rId323"/>
     <hyperlink ref="D336" r:id="rId324"/>
     <hyperlink ref="D337" r:id="rId325"/>
     <hyperlink ref="D338" r:id="rId326"/>
     <hyperlink ref="D339" r:id="rId327"/>
     <hyperlink ref="D340" r:id="rId328"/>
     <hyperlink ref="D341" r:id="rId329"/>
     <hyperlink ref="D342" r:id="rId330"/>
     <hyperlink ref="D343" r:id="rId331"/>
     <hyperlink ref="D344" r:id="rId332"/>
     <hyperlink ref="D345" r:id="rId333"/>
-    <hyperlink ref="D346" r:id="rId334"/>
-[...6 lines deleted...]
-    <hyperlink ref="D353" r:id="rId341"/>
+    <hyperlink ref="D347" r:id="rId334"/>
+    <hyperlink ref="D348" r:id="rId335"/>
+    <hyperlink ref="D349" r:id="rId336"/>
+    <hyperlink ref="D350" r:id="rId337"/>
+    <hyperlink ref="D351" r:id="rId338"/>
+    <hyperlink ref="D352" r:id="rId339"/>
+    <hyperlink ref="D353" r:id="rId340"/>
+    <hyperlink ref="D354" r:id="rId341"/>
     <hyperlink ref="D355" r:id="rId342"/>
     <hyperlink ref="D356" r:id="rId343"/>
     <hyperlink ref="D357" r:id="rId344"/>
     <hyperlink ref="D358" r:id="rId345"/>
     <hyperlink ref="D359" r:id="rId346"/>
     <hyperlink ref="D360" r:id="rId347"/>
     <hyperlink ref="D361" r:id="rId348"/>
     <hyperlink ref="D362" r:id="rId349"/>
     <hyperlink ref="D363" r:id="rId350"/>
     <hyperlink ref="D364" r:id="rId351"/>
     <hyperlink ref="D365" r:id="rId352"/>
     <hyperlink ref="D366" r:id="rId353"/>
     <hyperlink ref="D367" r:id="rId354"/>
     <hyperlink ref="D368" r:id="rId355"/>
     <hyperlink ref="D369" r:id="rId356"/>
     <hyperlink ref="D370" r:id="rId357"/>
     <hyperlink ref="D371" r:id="rId358"/>
-    <hyperlink ref="D372" r:id="rId359"/>
-[...6 lines deleted...]
-    <hyperlink ref="D379" r:id="rId366"/>
+    <hyperlink ref="D374" r:id="rId359"/>
+    <hyperlink ref="D375" r:id="rId360"/>
+    <hyperlink ref="D376" r:id="rId361"/>
+    <hyperlink ref="D377" r:id="rId362"/>
+    <hyperlink ref="D378" r:id="rId363"/>
+    <hyperlink ref="D379" r:id="rId364"/>
+    <hyperlink ref="D380" r:id="rId365"/>
+    <hyperlink ref="D381" r:id="rId366"/>
     <hyperlink ref="D382" r:id="rId367"/>
     <hyperlink ref="D383" r:id="rId368"/>
     <hyperlink ref="D384" r:id="rId369"/>
     <hyperlink ref="D385" r:id="rId370"/>
     <hyperlink ref="D386" r:id="rId371"/>
     <hyperlink ref="D387" r:id="rId372"/>
     <hyperlink ref="D388" r:id="rId373"/>
     <hyperlink ref="D389" r:id="rId374"/>
     <hyperlink ref="D390" r:id="rId375"/>
     <hyperlink ref="D391" r:id="rId376"/>
     <hyperlink ref="D392" r:id="rId377"/>
     <hyperlink ref="D393" r:id="rId378"/>
     <hyperlink ref="D394" r:id="rId379"/>
     <hyperlink ref="D395" r:id="rId380"/>
     <hyperlink ref="D396" r:id="rId381"/>
     <hyperlink ref="D397" r:id="rId382"/>
     <hyperlink ref="D398" r:id="rId383"/>
     <hyperlink ref="D399" r:id="rId384"/>
     <hyperlink ref="D400" r:id="rId385"/>
     <hyperlink ref="D401" r:id="rId386"/>
     <hyperlink ref="D402" r:id="rId387"/>
     <hyperlink ref="D403" r:id="rId388"/>
     <hyperlink ref="D404" r:id="rId389"/>
     <hyperlink ref="D405" r:id="rId390"/>
     <hyperlink ref="D406" r:id="rId391"/>
@@ -29467,390 +28400,360 @@
     <hyperlink ref="D444" r:id="rId429"/>
     <hyperlink ref="D445" r:id="rId430"/>
     <hyperlink ref="D446" r:id="rId431"/>
     <hyperlink ref="D447" r:id="rId432"/>
     <hyperlink ref="D448" r:id="rId433"/>
     <hyperlink ref="D449" r:id="rId434"/>
     <hyperlink ref="D450" r:id="rId435"/>
     <hyperlink ref="D451" r:id="rId436"/>
     <hyperlink ref="D452" r:id="rId437"/>
     <hyperlink ref="D453" r:id="rId438"/>
     <hyperlink ref="D454" r:id="rId439"/>
     <hyperlink ref="D455" r:id="rId440"/>
     <hyperlink ref="D456" r:id="rId441"/>
     <hyperlink ref="D457" r:id="rId442"/>
     <hyperlink ref="D458" r:id="rId443"/>
     <hyperlink ref="D459" r:id="rId444"/>
     <hyperlink ref="D460" r:id="rId445"/>
     <hyperlink ref="D461" r:id="rId446"/>
     <hyperlink ref="D462" r:id="rId447"/>
     <hyperlink ref="D463" r:id="rId448"/>
     <hyperlink ref="D464" r:id="rId449"/>
     <hyperlink ref="D465" r:id="rId450"/>
     <hyperlink ref="D466" r:id="rId451"/>
     <hyperlink ref="D467" r:id="rId452"/>
     <hyperlink ref="D468" r:id="rId453"/>
-    <hyperlink ref="D469" r:id="rId454"/>
-[...22 lines deleted...]
-    <hyperlink ref="D493" r:id="rId477"/>
+    <hyperlink ref="D470" r:id="rId454"/>
+    <hyperlink ref="D471" r:id="rId455"/>
+    <hyperlink ref="D472" r:id="rId456"/>
+    <hyperlink ref="D474" r:id="rId457"/>
+    <hyperlink ref="D475" r:id="rId458"/>
+    <hyperlink ref="D476" r:id="rId459"/>
+    <hyperlink ref="D477" r:id="rId460"/>
+    <hyperlink ref="D478" r:id="rId461"/>
+    <hyperlink ref="D479" r:id="rId462"/>
+    <hyperlink ref="D480" r:id="rId463"/>
+    <hyperlink ref="D481" r:id="rId464"/>
+    <hyperlink ref="D482" r:id="rId465"/>
+    <hyperlink ref="D483" r:id="rId466"/>
+    <hyperlink ref="D484" r:id="rId467"/>
+    <hyperlink ref="D485" r:id="rId468"/>
+    <hyperlink ref="D486" r:id="rId469"/>
+    <hyperlink ref="D487" r:id="rId470"/>
+    <hyperlink ref="D488" r:id="rId471"/>
+    <hyperlink ref="D489" r:id="rId472"/>
+    <hyperlink ref="D490" r:id="rId473"/>
+    <hyperlink ref="D491" r:id="rId474"/>
+    <hyperlink ref="D492" r:id="rId475"/>
+    <hyperlink ref="D493" r:id="rId476"/>
+    <hyperlink ref="D494" r:id="rId477"/>
     <hyperlink ref="D495" r:id="rId478"/>
     <hyperlink ref="D496" r:id="rId479"/>
     <hyperlink ref="D497" r:id="rId480"/>
     <hyperlink ref="D498" r:id="rId481"/>
     <hyperlink ref="D499" r:id="rId482"/>
     <hyperlink ref="D500" r:id="rId483"/>
     <hyperlink ref="D501" r:id="rId484"/>
     <hyperlink ref="D502" r:id="rId485"/>
     <hyperlink ref="D503" r:id="rId486"/>
     <hyperlink ref="D504" r:id="rId487"/>
     <hyperlink ref="D505" r:id="rId488"/>
     <hyperlink ref="D506" r:id="rId489"/>
     <hyperlink ref="D507" r:id="rId490"/>
     <hyperlink ref="D508" r:id="rId491"/>
     <hyperlink ref="D509" r:id="rId492"/>
     <hyperlink ref="D510" r:id="rId493"/>
     <hyperlink ref="D511" r:id="rId494"/>
     <hyperlink ref="D512" r:id="rId495"/>
     <hyperlink ref="D513" r:id="rId496"/>
     <hyperlink ref="D514" r:id="rId497"/>
     <hyperlink ref="D515" r:id="rId498"/>
-    <hyperlink ref="D516" r:id="rId499"/>
-[...136 lines deleted...]
-    <hyperlink ref="D666" r:id="rId636"/>
+    <hyperlink ref="D517" r:id="rId499"/>
+    <hyperlink ref="D518" r:id="rId500"/>
+    <hyperlink ref="D519" r:id="rId501"/>
+    <hyperlink ref="D520" r:id="rId502"/>
+    <hyperlink ref="D521" r:id="rId503"/>
+    <hyperlink ref="D522" r:id="rId504"/>
+    <hyperlink ref="D523" r:id="rId505"/>
+    <hyperlink ref="D524" r:id="rId506"/>
+    <hyperlink ref="D525" r:id="rId507"/>
+    <hyperlink ref="D526" r:id="rId508"/>
+    <hyperlink ref="D527" r:id="rId509"/>
+    <hyperlink ref="D528" r:id="rId510"/>
+    <hyperlink ref="D530" r:id="rId511"/>
+    <hyperlink ref="D531" r:id="rId512"/>
+    <hyperlink ref="D532" r:id="rId513"/>
+    <hyperlink ref="D534" r:id="rId514"/>
+    <hyperlink ref="D535" r:id="rId515"/>
+    <hyperlink ref="D536" r:id="rId516"/>
+    <hyperlink ref="D537" r:id="rId517"/>
+    <hyperlink ref="D538" r:id="rId518"/>
+    <hyperlink ref="D539" r:id="rId519"/>
+    <hyperlink ref="D540" r:id="rId520"/>
+    <hyperlink ref="D541" r:id="rId521"/>
+    <hyperlink ref="D542" r:id="rId522"/>
+    <hyperlink ref="D543" r:id="rId523"/>
+    <hyperlink ref="D544" r:id="rId524"/>
+    <hyperlink ref="D545" r:id="rId525"/>
+    <hyperlink ref="D546" r:id="rId526"/>
+    <hyperlink ref="D547" r:id="rId527"/>
+    <hyperlink ref="D548" r:id="rId528"/>
+    <hyperlink ref="D549" r:id="rId529"/>
+    <hyperlink ref="D550" r:id="rId530"/>
+    <hyperlink ref="D551" r:id="rId531"/>
+    <hyperlink ref="D553" r:id="rId532"/>
+    <hyperlink ref="D554" r:id="rId533"/>
+    <hyperlink ref="D555" r:id="rId534"/>
+    <hyperlink ref="D556" r:id="rId535"/>
+    <hyperlink ref="D557" r:id="rId536"/>
+    <hyperlink ref="D558" r:id="rId537"/>
+    <hyperlink ref="D559" r:id="rId538"/>
+    <hyperlink ref="D561" r:id="rId539"/>
+    <hyperlink ref="D562" r:id="rId540"/>
+    <hyperlink ref="D563" r:id="rId541"/>
+    <hyperlink ref="D564" r:id="rId542"/>
+    <hyperlink ref="D565" r:id="rId543"/>
+    <hyperlink ref="D566" r:id="rId544"/>
+    <hyperlink ref="D567" r:id="rId545"/>
+    <hyperlink ref="D568" r:id="rId546"/>
+    <hyperlink ref="D569" r:id="rId547"/>
+    <hyperlink ref="D570" r:id="rId548"/>
+    <hyperlink ref="D571" r:id="rId549"/>
+    <hyperlink ref="D572" r:id="rId550"/>
+    <hyperlink ref="D573" r:id="rId551"/>
+    <hyperlink ref="D574" r:id="rId552"/>
+    <hyperlink ref="D575" r:id="rId553"/>
+    <hyperlink ref="D576" r:id="rId554"/>
+    <hyperlink ref="D577" r:id="rId555"/>
+    <hyperlink ref="D578" r:id="rId556"/>
+    <hyperlink ref="D580" r:id="rId557"/>
+    <hyperlink ref="D581" r:id="rId558"/>
+    <hyperlink ref="D582" r:id="rId559"/>
+    <hyperlink ref="D583" r:id="rId560"/>
+    <hyperlink ref="D584" r:id="rId561"/>
+    <hyperlink ref="D585" r:id="rId562"/>
+    <hyperlink ref="D586" r:id="rId563"/>
+    <hyperlink ref="D587" r:id="rId564"/>
+    <hyperlink ref="D589" r:id="rId565"/>
+    <hyperlink ref="D590" r:id="rId566"/>
+    <hyperlink ref="D591" r:id="rId567"/>
+    <hyperlink ref="D592" r:id="rId568"/>
+    <hyperlink ref="D594" r:id="rId569"/>
+    <hyperlink ref="D595" r:id="rId570"/>
+    <hyperlink ref="D596" r:id="rId571"/>
+    <hyperlink ref="D597" r:id="rId572"/>
+    <hyperlink ref="D598" r:id="rId573"/>
+    <hyperlink ref="D599" r:id="rId574"/>
+    <hyperlink ref="D601" r:id="rId575"/>
+    <hyperlink ref="D602" r:id="rId576"/>
+    <hyperlink ref="D604" r:id="rId577"/>
+    <hyperlink ref="D605" r:id="rId578"/>
+    <hyperlink ref="D606" r:id="rId579"/>
+    <hyperlink ref="D607" r:id="rId580"/>
+    <hyperlink ref="D608" r:id="rId581"/>
+    <hyperlink ref="D609" r:id="rId582"/>
+    <hyperlink ref="D612" r:id="rId583"/>
+    <hyperlink ref="D613" r:id="rId584"/>
+    <hyperlink ref="D614" r:id="rId585"/>
+    <hyperlink ref="D615" r:id="rId586"/>
+    <hyperlink ref="D616" r:id="rId587"/>
+    <hyperlink ref="D617" r:id="rId588"/>
+    <hyperlink ref="D618" r:id="rId589"/>
+    <hyperlink ref="D619" r:id="rId590"/>
+    <hyperlink ref="D620" r:id="rId591"/>
+    <hyperlink ref="D621" r:id="rId592"/>
+    <hyperlink ref="D622" r:id="rId593"/>
+    <hyperlink ref="D623" r:id="rId594"/>
+    <hyperlink ref="D624" r:id="rId595"/>
+    <hyperlink ref="D625" r:id="rId596"/>
+    <hyperlink ref="D626" r:id="rId597"/>
+    <hyperlink ref="D627" r:id="rId598"/>
+    <hyperlink ref="D628" r:id="rId599"/>
+    <hyperlink ref="D629" r:id="rId600"/>
+    <hyperlink ref="D630" r:id="rId601"/>
+    <hyperlink ref="D631" r:id="rId602"/>
+    <hyperlink ref="D632" r:id="rId603"/>
+    <hyperlink ref="D633" r:id="rId604"/>
+    <hyperlink ref="D634" r:id="rId605"/>
+    <hyperlink ref="D635" r:id="rId606"/>
+    <hyperlink ref="D636" r:id="rId607"/>
+    <hyperlink ref="D637" r:id="rId608"/>
+    <hyperlink ref="D638" r:id="rId609"/>
+    <hyperlink ref="D639" r:id="rId610"/>
+    <hyperlink ref="D640" r:id="rId611"/>
+    <hyperlink ref="D641" r:id="rId612"/>
+    <hyperlink ref="D642" r:id="rId613"/>
+    <hyperlink ref="D643" r:id="rId614"/>
+    <hyperlink ref="D644" r:id="rId615"/>
+    <hyperlink ref="D645" r:id="rId616"/>
+    <hyperlink ref="D646" r:id="rId617"/>
+    <hyperlink ref="D647" r:id="rId618"/>
+    <hyperlink ref="D648" r:id="rId619"/>
+    <hyperlink ref="D649" r:id="rId620"/>
+    <hyperlink ref="D650" r:id="rId621"/>
+    <hyperlink ref="D651" r:id="rId622"/>
+    <hyperlink ref="D652" r:id="rId623"/>
+    <hyperlink ref="D653" r:id="rId624"/>
+    <hyperlink ref="D654" r:id="rId625"/>
+    <hyperlink ref="D655" r:id="rId626"/>
+    <hyperlink ref="D656" r:id="rId627"/>
+    <hyperlink ref="D657" r:id="rId628"/>
+    <hyperlink ref="D658" r:id="rId629"/>
+    <hyperlink ref="D659" r:id="rId630"/>
+    <hyperlink ref="D660" r:id="rId631"/>
+    <hyperlink ref="D661" r:id="rId632"/>
+    <hyperlink ref="D662" r:id="rId633"/>
+    <hyperlink ref="D663" r:id="rId634"/>
+    <hyperlink ref="D664" r:id="rId635"/>
+    <hyperlink ref="D665" r:id="rId636"/>
     <hyperlink ref="D667" r:id="rId637"/>
     <hyperlink ref="D668" r:id="rId638"/>
     <hyperlink ref="D669" r:id="rId639"/>
     <hyperlink ref="D670" r:id="rId640"/>
     <hyperlink ref="D671" r:id="rId641"/>
     <hyperlink ref="D672" r:id="rId642"/>
     <hyperlink ref="D673" r:id="rId643"/>
     <hyperlink ref="D674" r:id="rId644"/>
     <hyperlink ref="D675" r:id="rId645"/>
     <hyperlink ref="D676" r:id="rId646"/>
     <hyperlink ref="D677" r:id="rId647"/>
     <hyperlink ref="D678" r:id="rId648"/>
     <hyperlink ref="D679" r:id="rId649"/>
     <hyperlink ref="D680" r:id="rId650"/>
     <hyperlink ref="D681" r:id="rId651"/>
     <hyperlink ref="D682" r:id="rId652"/>
     <hyperlink ref="D683" r:id="rId653"/>
     <hyperlink ref="D684" r:id="rId654"/>
     <hyperlink ref="D685" r:id="rId655"/>
     <hyperlink ref="D686" r:id="rId656"/>
     <hyperlink ref="D687" r:id="rId657"/>
     <hyperlink ref="D688" r:id="rId658"/>
     <hyperlink ref="D689" r:id="rId659"/>
     <hyperlink ref="D690" r:id="rId660"/>
-    <hyperlink ref="D691" r:id="rId661"/>
-[...1 lines deleted...]
-    <hyperlink ref="D693" r:id="rId663"/>
+    <hyperlink ref="D692" r:id="rId661"/>
+    <hyperlink ref="D693" r:id="rId662"/>
+    <hyperlink ref="D694" r:id="rId663"/>
     <hyperlink ref="D695" r:id="rId664"/>
     <hyperlink ref="D696" r:id="rId665"/>
-    <hyperlink ref="D697" r:id="rId666"/>
-[...86 lines deleted...]
-    <hyperlink ref="D794" r:id="rId753"/>
+    <hyperlink ref="D698" r:id="rId666"/>
+    <hyperlink ref="D699" r:id="rId667"/>
+    <hyperlink ref="D700" r:id="rId668"/>
+    <hyperlink ref="D701" r:id="rId669"/>
+    <hyperlink ref="D702" r:id="rId670"/>
+    <hyperlink ref="D703" r:id="rId671"/>
+    <hyperlink ref="D704" r:id="rId672"/>
+    <hyperlink ref="D705" r:id="rId673"/>
+    <hyperlink ref="D706" r:id="rId674"/>
+    <hyperlink ref="D707" r:id="rId675"/>
+    <hyperlink ref="D708" r:id="rId676"/>
+    <hyperlink ref="D709" r:id="rId677"/>
+    <hyperlink ref="D711" r:id="rId678"/>
+    <hyperlink ref="D712" r:id="rId679"/>
+    <hyperlink ref="D713" r:id="rId680"/>
+    <hyperlink ref="D714" r:id="rId681"/>
+    <hyperlink ref="D715" r:id="rId682"/>
+    <hyperlink ref="D716" r:id="rId683"/>
+    <hyperlink ref="D718" r:id="rId684"/>
+    <hyperlink ref="D719" r:id="rId685"/>
+    <hyperlink ref="D720" r:id="rId686"/>
+    <hyperlink ref="D721" r:id="rId687"/>
+    <hyperlink ref="D722" r:id="rId688"/>
+    <hyperlink ref="D723" r:id="rId689"/>
+    <hyperlink ref="D724" r:id="rId690"/>
+    <hyperlink ref="D725" r:id="rId691"/>
+    <hyperlink ref="D727" r:id="rId692"/>
+    <hyperlink ref="D728" r:id="rId693"/>
+    <hyperlink ref="D729" r:id="rId694"/>
+    <hyperlink ref="D730" r:id="rId695"/>
+    <hyperlink ref="D731" r:id="rId696"/>
+    <hyperlink ref="D732" r:id="rId697"/>
+    <hyperlink ref="D734" r:id="rId698"/>
+    <hyperlink ref="D735" r:id="rId699"/>
+    <hyperlink ref="D736" r:id="rId700"/>
+    <hyperlink ref="D737" r:id="rId701"/>
+    <hyperlink ref="D738" r:id="rId702"/>
+    <hyperlink ref="D740" r:id="rId703"/>
+    <hyperlink ref="D741" r:id="rId704"/>
+    <hyperlink ref="D742" r:id="rId705"/>
+    <hyperlink ref="D743" r:id="rId706"/>
+    <hyperlink ref="D744" r:id="rId707"/>
+    <hyperlink ref="D745" r:id="rId708"/>
+    <hyperlink ref="D746" r:id="rId709"/>
+    <hyperlink ref="D747" r:id="rId710"/>
+    <hyperlink ref="D748" r:id="rId711"/>
+    <hyperlink ref="D749" r:id="rId712"/>
+    <hyperlink ref="D750" r:id="rId713"/>
+    <hyperlink ref="D752" r:id="rId714"/>
+    <hyperlink ref="D753" r:id="rId715"/>
+    <hyperlink ref="D754" r:id="rId716"/>
+    <hyperlink ref="D755" r:id="rId717"/>
+    <hyperlink ref="D757" r:id="rId718"/>
+    <hyperlink ref="D758" r:id="rId719"/>
+    <hyperlink ref="D759" r:id="rId720"/>
+    <hyperlink ref="D761" r:id="rId721"/>
+    <hyperlink ref="D762" r:id="rId722"/>
+    <hyperlink ref="D763" r:id="rId723"/>
+    <hyperlink ref="D764" r:id="rId724"/>
+    <hyperlink ref="D765" r:id="rId725"/>
+    <hyperlink ref="D766" r:id="rId726"/>
+    <hyperlink ref="D769" r:id="rId727"/>
+    <hyperlink ref="D770" r:id="rId728"/>
+    <hyperlink ref="D771" r:id="rId729"/>
+    <hyperlink ref="D772" r:id="rId730"/>
+    <hyperlink ref="D773" r:id="rId731"/>
+    <hyperlink ref="D774" r:id="rId732"/>
+    <hyperlink ref="D775" r:id="rId733"/>
+    <hyperlink ref="D776" r:id="rId734"/>
+    <hyperlink ref="D777" r:id="rId735"/>
+    <hyperlink ref="D778" r:id="rId736"/>
+    <hyperlink ref="D779" r:id="rId737"/>
+    <hyperlink ref="D780" r:id="rId738"/>
+    <hyperlink ref="D781" r:id="rId739"/>
+    <hyperlink ref="D782" r:id="rId740"/>
+    <hyperlink ref="D784" r:id="rId741"/>
+    <hyperlink ref="D785" r:id="rId742"/>
+    <hyperlink ref="D786" r:id="rId743"/>
+    <hyperlink ref="D787" r:id="rId744"/>
+    <hyperlink ref="D788" r:id="rId745"/>
+    <hyperlink ref="D789" r:id="rId746"/>
+    <hyperlink ref="D790" r:id="rId747"/>
+    <hyperlink ref="D791" r:id="rId748"/>
+    <hyperlink ref="D792" r:id="rId749"/>
+    <hyperlink ref="D793" r:id="rId750"/>
+    <hyperlink ref="D794" r:id="rId751"/>
+    <hyperlink ref="D795" r:id="rId752"/>
+    <hyperlink ref="D796" r:id="rId753"/>
     <hyperlink ref="D797" r:id="rId754"/>
     <hyperlink ref="D798" r:id="rId755"/>
     <hyperlink ref="D799" r:id="rId756"/>
     <hyperlink ref="D800" r:id="rId757"/>
     <hyperlink ref="D801" r:id="rId758"/>
     <hyperlink ref="D802" r:id="rId759"/>
     <hyperlink ref="D803" r:id="rId760"/>
     <hyperlink ref="D804" r:id="rId761"/>
     <hyperlink ref="D805" r:id="rId762"/>
     <hyperlink ref="D806" r:id="rId763"/>
-    <hyperlink ref="D807" r:id="rId764"/>
-[...28 lines deleted...]
-    <hyperlink ref="D837" r:id="rId793"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>