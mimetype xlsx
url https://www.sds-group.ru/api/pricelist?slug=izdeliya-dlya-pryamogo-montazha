--- v0 (2025-10-23)
+++ v1 (2026-01-25)
@@ -42,261 +42,261 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Изделия для прямого монтажа</t>
   </si>
   <si>
+    <t>28-0416-3</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 16 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>28-0425-3</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 25 мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0432-3</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 32 мм, белая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0440-3</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 40 мм, белая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0450-3</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 50 мм, белая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0440-1</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 40 мм, серая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0450-1</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 50 мм, серая (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0416-2</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 16 мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0420-2</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 20 мм, черная (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0432-2</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 32 мм, черная (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0440-2</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 40 мм, черная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0450-2</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 50 мм, черная (25 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1027-3</t>
+  </si>
+  <si>
+    <t>Скоба СМО 21-22 (ДМП) однолапковая для монтажного пистолета (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-4015</t>
+  </si>
+  <si>
+    <t>Держатель кабеля для прямого монтажа односторонний черный, 140мм (20шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-4018</t>
+  </si>
+  <si>
+    <t>Держатель кабеля для прямого монтажа односторонний серый, 140мм (20шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-4020</t>
+  </si>
+  <si>
+    <t>Держатель кабеля для прямого монтажа односторонний белый, 67мм (20шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-4021</t>
+  </si>
+  <si>
+    <t>Держатель кабеля для прямого монтажа односторонний белый, 140мм (20шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0420-3</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 20 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0420-1</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 20 мм, серая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-3078</t>
+  </si>
+  <si>
+    <t>Коробка распаячная для прямого монтажа ОУ, HF, 80х80х40мм, IP67 (мембранные вводы) REXANT</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>28-3080</t>
+  </si>
+  <si>
+    <t>Коробка распаячная для прямого монтажа ОУ, HF, 150х110х70мм, IP67 (мембранные вводы) REXANT</t>
+  </si>
+  <si>
     <t>28-1016-3</t>
   </si>
   <si>
     <t>Скоба СМО 19-20 (ДМП) однолапковая для монтажного пистолета (100 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>упак</t>
+    <t>28-1011-3</t>
+  </si>
+  <si>
+    <t>Скоба СМО 16-17 (ДМП) однолапковая для монтажного пистолета (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-4014</t>
+  </si>
+  <si>
+    <t>Держатель кабеля для прямого монтажа односторонний черный, 67мм (20шт/уп) REXANT</t>
   </si>
   <si>
     <t>28-4016</t>
   </si>
   <si>
     <t>Держатель кабеля для прямого монтажа двухсторонний черный, 240мм (20шт/уп) REXANT</t>
   </si>
   <si>
     <t>28-4019</t>
   </si>
   <si>
     <t>Держатель кабеля для прямого монтажа двухсторонний серый, 240мм (20шт/уп) REXANT</t>
   </si>
   <si>
-    <t>28-4015</t>
-[...29 lines deleted...]
-    <t>Держатель кабеля для прямого монтажа односторонний черный, 67мм (20шт/уп) REXANT</t>
+    <t>28-4022</t>
+  </si>
+  <si>
+    <t>Держатель кабеля для прямого монтажа двухсторонний белый, 240мм (20шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-3079</t>
+  </si>
+  <si>
+    <t>Коробка распаячная для прямого монтажа ОУ, HF, 100х100х50мм, IP67 (мембранные вводы) REXANT</t>
+  </si>
+  <si>
+    <t>28-1021-3</t>
+  </si>
+  <si>
+    <t>Скоба СМО 25-26 (ДМП) однолапковая для монтажного пистолета (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0432-1</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 32 мм, серая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0416-1</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 16 мм, серая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0425-1</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 25 мм, серая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0425-2</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 25 мм, черная (50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>28-4017</t>
   </si>
   <si>
     <t>Держатель кабеля для прямого монтажа односторонний серый, 67мм (20шт/уп) REXANT</t>
-  </si>
-[...148 lines deleted...]
-    <t>Коробка распаячная для прямого монтажа ОУ, HF, 100х100х50мм, IP67 (мембранные вводы) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -681,51 +681,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-19-20-dmp-odnolapkovaya-dlya-montajnogo-pistoleta-rexant-30308" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-kabelya-dlya-pryamogo-montaja-dvustoronniy-cherniy-240mm-20sht-400sht-up-kor-rexant-30313" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-kabelya-dlya-pryamogo-montaja-dvustoronniy-seriy-240mm-20sht-400-sht-up-kor-rexant-30316" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-kabelya-dlya-pryamogo-montaja-odnostoronniy-cherniy-140mm-20sht-240sht-up-kor-rexant-30312" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-kabelya-dlya-pryamogo-montaja-odnostoronniy-seriy-140mm-20sht-240sht-up-kor-rexant-30315" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-dlya-pryamogo-montaja-ou-hf-150h110h70mm-ip67-membrannie-vvodi-rexant-30442" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-21-22-dmp-odnolapkovaya-dlya-montajnogo-pistoleta-rexant-30309" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-kabelya-dlya-pryamogo-montaja-odnostoronniy-cherniy-67mm-20sht-300sht-up-kor-rexant-30311" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-kabelya-dlya-pryamogo-montaja-odnostoronniy-seriy-67mm-20sht-300sht-up-kor-rexant-30314" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-kabelya-dlya-pryamogo-montaja-odnostoronniy-beliy-140mm-20sht-240sht-up-kor-rexant-30318" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-kabelya-dlya-pryamogo-montaja-dvustoronniy-beliy-240mm-20sht-400sht-up-kor-rexant-30319" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-dlya-pryamogo-montaja-ou-hf-80h80h40mm-ip67-membrannie-vvodi-rexant-30440" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-klipsa-dlya-montajnogo-pistoleta-oslash-50-mm-seraya-25-sht-up-rexant-28917" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-klipsa-dlya-montajnogo-pistoleta-oslash-16-mm-belaya-100-sht-up-rexant-28932" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-klipsa-dlya-montajnogo-pistoleta-oslash-40-mm-belaya-25-sht-up-rexant-28936" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-klipsa-dlya-montajnogo-pistoleta-oslash-16-mm-seraya-100-sht-up-rexant-28938" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-klipsa-dlya-montajnogo-pistoleta-oslash-20-mm-seraya-100-sht-up-rexant-28939" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-kabelya-dlya-pryamogo-montaja-odnostoronniy-beliy-67mm-20sht-300sht-up-kor-rexant-30317" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-16-17-dmp-odnolapkovaya-dlya-montajnogo-pistoleta-rexant-30307" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-klipsa-dlya-montajnogo-pistoleta-oslash-40-mm-seraya-25-sht-up-rexant-28916" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-25-26-dmp-odnolapkovaya-dlya-montajnogo-pistoleta-rexant-30310" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-klipsa-dlya-montajnogo-pistoleta-oslash-20-mm-chernaya-100-sht-up-rexant-28919" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-klipsa-dlya-montajnogo-pistoleta-oslash-50-mm-belaya-25-sht-up-rexant-28937" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-klipsa-dlya-montajnogo-pistoleta-oslash-50-mm-chernaya-25-sht-up-rexant-28923" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-klipsa-dlya-montajnogo-pistoleta-oslash-32-mm-seraya-50-sht-up-rexant-28941" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-klipsa-dlya-montajnogo-pistoleta-oslash-25-mm-chernaya-50-sht-up-rexant-28920" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-klipsa-dlya-montajnogo-pistoleta-oslash-32-mm-chernaya-50-sht-up-rexant-28921" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-klipsa-dlya-montajnogo-pistoleta-oslash-20-mm-belaya-100-sht-up-rexant-28933" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-klipsa-dlya-montajnogo-pistoleta-oslash-25-mm-belaya-50-sht-up-rexant-28934" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-klipsa-dlya-montajnogo-pistoleta-oslash-32-mm-belaya-50-sht-up-rexant-28935" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-klipsa-dlya-montajnogo-pistoleta-oslash-25-mm-seraya-50-sht-up-rexant-28940" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-klipsa-dlya-montajnogo-pistoleta-oslash-16-mm-chernaya-100-sht-up-rexant-28918" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepej-klipsa-dlya-montajnogo-pistoleta-oslash-40-mm-chernaya-25-sht-up-rexant-28922" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-dlya-pryamogo-montaja-ou-hf-100h100h50mm-ip67-membrannie-vvodi-rexant-30441" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-16-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-25-mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-32-mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-40-mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-50-mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-40-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-50-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-16-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-20-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-32-mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-40-mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-50-mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-21-22-dmp-odnolapkovaya-dlya-montazhnogo-pistoleta-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-chernyy-140mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-seryy-140mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-belyy-67mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-belyy-140mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-20-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-20-mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-dlya-pryamogo-montazha-ou-hf-80h80h40mm-ip67-membrannye-vvody-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-dlya-pryamogo-montazha-ou-hf-150h110h70mm-ip67-membrannye-vvody-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-19-20-dmp-odnolapkovaya-dlya-montazhnogo-pistoleta-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-16-17-dmp-odnolapkovaya-dlya-montazhnogo-pistoleta-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-chernyy-67mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-dvuhstoronniy-chernyy-240mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-dvuhstoronniy-seryy-240mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-dvuhstoronniy-belyy-240mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-dlya-pryamogo-montazha-ou-hf-100h100h50mm-ip67-membrannye-vvody-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-25-26-dmp-odnolapkovaya-dlya-montazhnogo-pistoleta-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-32-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-16-mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-25-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-25-mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-seryy-67mm-20sht-up-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I36"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -749,1023 +749,1023 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>754.45</v>
+        <v>521.66</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>62</v>
+        <v>82</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="I3" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>824.45</v>
+        <v>376.06</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>156</v>
+        <v>724</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>824.45</v>
+        <v>635.27</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>211</v>
+        <v>34</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="I5" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>473.33</v>
+        <v>463.06</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>242</v>
+        <v>49</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
+        <v>20</v>
+      </c>
+      <c r="I6" s="3">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>473.33</v>
+        <v>836.08</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>182</v>
+        <v>151</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
+        <v>30</v>
+      </c>
+      <c r="I7" s="3">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>619.14</v>
+        <v>509.37</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>300</v>
+        <v>752</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>830.03</v>
+        <v>766.68</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>67</v>
+        <v>100</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>413.33</v>
+        <v>573.83</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>63</v>
+        <v>588</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>413.33</v>
+        <v>563.77</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>126</v>
+        <v>1588</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>473.33</v>
+        <v>664.29</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>823.31</v>
+        <v>463.06</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>105</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>111.32</v>
+        <v>766.69</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1530</v>
+        <v>29</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>753.86</v>
+        <v>844.14</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>116</v>
+        <v>55</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I15" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>512.94</v>
+        <v>505.45</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>53</v>
+        <v>165</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I16" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>455.32</v>
+        <v>505.45</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>15</v>
+        <v>141</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I17" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>512.94</v>
+        <v>462.39</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
+        <v>93</v>
+      </c>
+      <c r="G18" s="3">
+        <v>1</v>
+      </c>
+      <c r="H18" s="3">
+        <v>45</v>
+      </c>
+      <c r="I18" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>554.35</v>
+        <v>505.45</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>2412</v>
+        <v>63</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="I19" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>413.33</v>
+        <v>563.77</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>94</v>
+        <v>50</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>676.66</v>
+        <v>563.77</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>160</v>
+        <v>3892</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="B22" s="3" t="s">
+      <c r="C22" s="3">
+        <v>141.52</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="C22" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F22" s="3">
-        <v>638</v>
+        <v>2073</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I22" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>864.5</v>
+        <v>629.67</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>554.35</v>
+        <v>767.28</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>1755</v>
+        <v>70</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I24" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>745.84</v>
+        <v>688.16</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>164</v>
+        <v>73</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="I25" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>753.87</v>
+        <v>462.39</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="I26" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>622.08</v>
+        <v>1006.16</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>512</v>
+        <v>73</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="I27" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>352.17</v>
+        <v>1006.16</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>50</v>
+        <v>151</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="I28" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>622.08</v>
+        <v>1004.77</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>49</v>
+        <v>104</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="I29" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C30" s="3">
-        <v>554.35</v>
+        <v>171.78</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="F30" s="3">
-        <v>47</v>
+        <v>3871</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="I30" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C31" s="3">
-        <v>352.17</v>
+        <v>879.2</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>787</v>
+        <v>45</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I31" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C32" s="3">
-        <v>624.65</v>
+        <v>664.29</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="I32" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C33" s="3">
-        <v>352.17</v>
+        <v>573.83</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>12</v>
+        <v>430</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="I33" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C34" s="3">
-        <v>512.94</v>
+        <v>376.06</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>511</v>
+        <v>762</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="I34" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C35" s="3">
-        <v>455.32</v>
+        <v>376.06</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>45</v>
+        <v>258</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="I35" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C36" s="3">
-        <v>135.13</v>
+        <v>462.39</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>4868</v>
+        <v>107</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>