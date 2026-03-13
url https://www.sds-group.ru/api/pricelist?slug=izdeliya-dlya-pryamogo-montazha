--- v1 (2026-01-25)
+++ v2 (2026-03-13)
@@ -54,249 +54,249 @@
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Изделия для прямого монтажа</t>
   </si>
   <si>
     <t>28-0416-3</t>
   </si>
   <si>
     <t>Крепеж-клипса для монтажного пистолета Ø 16 мм, белая (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>упак</t>
   </si>
   <si>
+    <t>28-0420-3</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 20 мм, белая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>28-0425-3</t>
   </si>
   <si>
     <t>Крепеж-клипса для монтажного пистолета Ø 25 мм, белая (50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>28-0432-3</t>
   </si>
   <si>
     <t>Крепеж-клипса для монтажного пистолета Ø 32 мм, белая (50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>28-0440-3</t>
   </si>
   <si>
     <t>Крепеж-клипса для монтажного пистолета Ø 40 мм, белая (25 шт/уп) REXANT</t>
   </si>
   <si>
     <t>28-0450-3</t>
   </si>
   <si>
     <t>Крепеж-клипса для монтажного пистолета Ø 50 мм, белая (25 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>28-0416-1</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 16 мм, серая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0420-1</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 20 мм, серая (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0425-1</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 25 мм, серая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0432-1</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 32 мм, серая (50 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>28-0440-1</t>
   </si>
   <si>
     <t>Крепеж-клипса для монтажного пистолета Ø 40 мм, серая (25 шт/уп) REXANT</t>
   </si>
   <si>
     <t>28-0450-1</t>
   </si>
   <si>
     <t>Крепеж-клипса для монтажного пистолета Ø 50 мм, серая (25 шт/уп) REXANT</t>
   </si>
   <si>
     <t>28-0416-2</t>
   </si>
   <si>
     <t>Крепеж-клипса для монтажного пистолета Ø 16 мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
     <t>28-0420-2</t>
   </si>
   <si>
     <t>Крепеж-клипса для монтажного пистолета Ø 20 мм, черная (100 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>28-0425-2</t>
+  </si>
+  <si>
+    <t>Крепеж-клипса для монтажного пистолета Ø 25 мм, черная (50 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>28-0432-2</t>
   </si>
   <si>
     <t>Крепеж-клипса для монтажного пистолета Ø 32 мм, черная (50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>28-0440-2</t>
   </si>
   <si>
     <t>Крепеж-клипса для монтажного пистолета Ø 40 мм, черная (25 шт/уп) REXANT</t>
   </si>
   <si>
     <t>28-0450-2</t>
   </si>
   <si>
     <t>Крепеж-клипса для монтажного пистолета Ø 50 мм, черная (25 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>28-1011-3</t>
+  </si>
+  <si>
+    <t>Скоба СМО 16-17 (ДМП) однолапковая для монтажного пистолета (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-1016-3</t>
+  </si>
+  <si>
+    <t>Скоба СМО 19-20 (ДМП) однолапковая для монтажного пистолета (100 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>28-1027-3</t>
   </si>
   <si>
     <t>Скоба СМО 21-22 (ДМП) однолапковая для монтажного пистолета (100 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>28-1021-3</t>
+  </si>
+  <si>
+    <t>Скоба СМО 25-26 (ДМП) однолапковая для монтажного пистолета (100 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-4014</t>
+  </si>
+  <si>
+    <t>Держатель кабеля для прямого монтажа односторонний черный, 67мм (20шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>28-4015</t>
   </si>
   <si>
     <t>Держатель кабеля для прямого монтажа односторонний черный, 140мм (20шт/уп) REXANT</t>
   </si>
   <si>
+    <t>28-4016</t>
+  </si>
+  <si>
+    <t>Держатель кабеля для прямого монтажа двухсторонний черный, 240мм (20шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-4017</t>
+  </si>
+  <si>
+    <t>Держатель кабеля для прямого монтажа односторонний серый, 67мм (20шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>28-4018</t>
   </si>
   <si>
     <t>Держатель кабеля для прямого монтажа односторонний серый, 140мм (20шт/уп) REXANT</t>
   </si>
   <si>
+    <t>28-4019</t>
+  </si>
+  <si>
+    <t>Держатель кабеля для прямого монтажа двухсторонний серый, 240мм (20шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>28-4020</t>
   </si>
   <si>
     <t>Держатель кабеля для прямого монтажа односторонний белый, 67мм (20шт/уп) REXANT</t>
   </si>
   <si>
     <t>28-4021</t>
   </si>
   <si>
     <t>Держатель кабеля для прямого монтажа односторонний белый, 140мм (20шт/уп) REXANT</t>
   </si>
   <si>
-    <t>28-0420-3</t>
-[...8 lines deleted...]
-    <t>Крепеж-клипса для монтажного пистолета Ø 20 мм, серая (100 шт/уп) REXANT</t>
+    <t>28-4022</t>
+  </si>
+  <si>
+    <t>Держатель кабеля для прямого монтажа двухсторонний белый, 240мм (20шт/уп) REXANT</t>
   </si>
   <si>
     <t>28-3078</t>
   </si>
   <si>
     <t>Коробка распаячная для прямого монтажа ОУ, HF, 80х80х40мм, IP67 (мембранные вводы) REXANT</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>28-3079</t>
+  </si>
+  <si>
+    <t>Коробка распаячная для прямого монтажа ОУ, HF, 100х100х50мм, IP67 (мембранные вводы) REXANT</t>
+  </si>
+  <si>
     <t>28-3080</t>
   </si>
   <si>
     <t>Коробка распаячная для прямого монтажа ОУ, HF, 150х110х70мм, IP67 (мембранные вводы) REXANT</t>
-  </si>
-[...76 lines deleted...]
-    <t>Держатель кабеля для прямого монтажа односторонний серый, 67мм (20шт/уп) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -681,51 +681,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-16-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-25-mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-32-mm-belaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-40-mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-50-mm-belaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-40-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-50-mm-seraya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-16-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-20-mm-chernaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-32-mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-40-mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-50-mm-chernaya-25-sht-up-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-21-22-dmp-odnolapkovaya-dlya-montazhnogo-pistoleta-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-chernyy-140mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-seryy-140mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-belyy-67mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-belyy-140mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-20-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-20-mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-dlya-pryamogo-montazha-ou-hf-80h80h40mm-ip67-membrannye-vvody-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-dlya-pryamogo-montazha-ou-hf-150h110h70mm-ip67-membrannye-vvody-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-19-20-dmp-odnolapkovaya-dlya-montazhnogo-pistoleta-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-16-17-dmp-odnolapkovaya-dlya-montazhnogo-pistoleta-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-chernyy-67mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-dvuhstoronniy-chernyy-240mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-dvuhstoronniy-seryy-240mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-dvuhstoronniy-belyy-240mm-20sht-up-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-dlya-pryamogo-montazha-ou-hf-100h100h50mm-ip67-membrannye-vvody-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-25-26-dmp-odnolapkovaya-dlya-montazhnogo-pistoleta-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-32-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-16-mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-25-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-25-mm-chernaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-seryy-67mm-20sht-up-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-16-mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-20-mm-belaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-25-mm-belaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-32-mm-belaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-40-mm-belaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-50-mm-belaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-16-mm-seraya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-20-mm-seraya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-25-mm-seraya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-32-mm-seraya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-40-mm-seraya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-50-mm-seraya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-16-mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-20-mm-chernaya-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-25-mm-chernaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-32-mm-chernaya-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-40-mm-chernaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/krepezh-klipsa-dlya-montazhnogo-pistoleta-50-mm-chernaya-25-shtup-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-16-17-dmp-odnolapkovaya-dlya-montazhnogo-pistoleta-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-19-20-dmp-odnolapkovaya-dlya-montazhnogo-pistoleta-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-21-22-dmp-odnolapkovaya-dlya-montazhnogo-pistoleta-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/skoba-smo-25-26-dmp-odnolapkovaya-dlya-montazhnogo-pistoleta-100-shtup-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-chernyy-67mm-20shtup-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-chernyy-140mm-20shtup-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-dvuhstoronniy-chernyy-240mm-20shtup-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-seryy-67mm-20shtup-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-seryy-140mm-20shtup-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-dvuhstoronniy-seryy-240mm-20shtup-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-belyy-67mm-20shtup-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-odnostoronniy-belyy-140mm-20shtup-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-kabelya-dlya-pryamogo-montazha-dvuhstoronniy-belyy-240mm-20shtup-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-dlya-pryamogo-montazha-ou-hf-80h80h40mm-ip67-membrannye-vvody-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-dlya-pryamogo-montazha-ou-hf-100h100h50mm-ip67-membrannye-vvody-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korobka-raspayachnaya-dlya-pryamogo-montazha-ou-hf-150h110h70mm-ip67-membrannye-vvody-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I36"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -749,1023 +749,1023 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>521.66</v>
+        <v>365.16</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>82</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>20</v>
       </c>
       <c r="I3" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>376.06</v>
+        <v>451.02</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>724</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I4" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>635.27</v>
+        <v>319.65</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I5" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>463.06</v>
+        <v>444.69</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I6" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>836.08</v>
+        <v>324.14</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>151</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I7" s="3">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>509.37</v>
+        <v>668.86</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>752</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I8" s="3">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>766.68</v>
+        <v>459.06</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
+        <v>0</v>
+      </c>
+      <c r="G9" s="3">
+        <v>1</v>
+      </c>
+      <c r="H9" s="3">
+        <v>35</v>
+      </c>
+      <c r="I9" s="3">
         <v>100</v>
-      </c>
-[...7 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>573.83</v>
+        <v>451.02</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>588</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I10" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>563.77</v>
+        <v>319.65</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1588</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="I11" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>664.29</v>
+        <v>531.43</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>84</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>12</v>
       </c>
       <c r="I12" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>463.06</v>
+        <v>407.5</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="I13" s="3">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>766.69</v>
+        <v>613.34</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="I14" s="3">
         <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>844.14</v>
+        <v>459.06</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>55</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>505.45</v>
+        <v>451.02</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>165</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>505.45</v>
+        <v>319.65</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>141</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>462.39</v>
+        <v>531.43</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>93</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>505.45</v>
+        <v>324.14</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>63</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
+        <v>36</v>
+      </c>
+      <c r="I19" s="3">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>563.77</v>
+        <v>536.68</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>30</v>
       </c>
       <c r="I20" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>563.77</v>
+        <v>550.53</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>3892</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="I21" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>141.52</v>
+        <v>613.82</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>2073</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>60</v>
+        <v>16</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>629.67</v>
+        <v>590.9</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>767.28</v>
+        <v>703.36</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>688.16</v>
+        <v>369.91</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>73</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>462.39</v>
+        <v>404.36</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
         <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3">
-        <v>1006.16</v>
+        <v>794.87</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>73</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>15</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3">
-        <v>1006.16</v>
+        <v>369.91</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>151</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="I28" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>1004.77</v>
+        <v>404.36</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>104</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3">
-        <v>171.78</v>
+        <v>794.87</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>3871</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3">
-        <v>879.2</v>
+        <v>369.91</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
+        <v>0</v>
+      </c>
+      <c r="G31" s="3">
+        <v>1</v>
+      </c>
+      <c r="H31" s="3">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>664.29</v>
+        <v>404.36</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="I32" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>573.83</v>
+        <v>793.77</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>430</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="I33" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="B34" s="3" t="s">
+      <c r="C34" s="3">
+        <v>120.29</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="C34" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F34" s="3">
-        <v>762</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="I34" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C35" s="3">
-        <v>376.06</v>
+        <v>146.01</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="F35" s="3">
-        <v>258</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="I35" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C36" s="3">
-        <v>462.39</v>
+        <v>503.74</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="F36" s="3">
-        <v>107</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>