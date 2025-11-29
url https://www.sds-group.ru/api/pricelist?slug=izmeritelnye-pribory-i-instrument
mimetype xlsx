--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -8,1675 +8,1663 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1053" uniqueCount="541">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1045" uniqueCount="537">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Измерительные приборы и инструмент</t>
   </si>
   <si>
-    <t>1.1 Тестеры состояния кабелей и трассоискатели</t>
+    <t>1.1 Пирометры</t>
+  </si>
+  <si>
+    <t>13-1233</t>
+  </si>
+  <si>
+    <t>Пирометр MS6522А MASTECH</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>13-1231</t>
+  </si>
+  <si>
+    <t>Пирометр MS6522B MASTECH</t>
+  </si>
+  <si>
+    <t>13-1235</t>
+  </si>
+  <si>
+    <t>Пирометр MS6541 MASTECH</t>
+  </si>
+  <si>
+    <t>13-0026</t>
+  </si>
+  <si>
+    <t>Пирометр карманный UNI-T UT306A</t>
+  </si>
+  <si>
+    <t>13-0039</t>
+  </si>
+  <si>
+    <t>Пирометр UNI-T UT301A+</t>
+  </si>
+  <si>
+    <t>13-0029</t>
+  </si>
+  <si>
+    <t>Пирометр UNI-T UT301C+</t>
+  </si>
+  <si>
+    <t>13-0025</t>
+  </si>
+  <si>
+    <t>Пирометр UNI-T UT300S</t>
+  </si>
+  <si>
+    <t>13-0030</t>
+  </si>
+  <si>
+    <t>Пирометр UNI-T UT300A+</t>
+  </si>
+  <si>
+    <t>13-0040</t>
+  </si>
+  <si>
+    <t>Пирометр UNI-T UT302C+</t>
+  </si>
+  <si>
+    <t>13-3060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пирометр R-400 REXANT </t>
+  </si>
+  <si>
+    <t>1.2 Измерители LCR (индуктивности, емкости, сопротивления)</t>
+  </si>
+  <si>
+    <t>13-2048</t>
+  </si>
+  <si>
+    <t>Мультиметр для чип-компонентов (SMD-тестер)  MS8910 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2039</t>
+  </si>
+  <si>
+    <t>Мостовой высокоточный измеритель MS5308 (RLC-метр) MASTECH</t>
+  </si>
+  <si>
+    <t>13-2028</t>
+  </si>
+  <si>
+    <t>Измеритель емкости и индуктивности (RLC-метр) MS8360E MASTECH</t>
+  </si>
+  <si>
+    <t>13-2049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Мультиметр (SMART SMD-тестер) MS8911 MASTECH </t>
+  </si>
+  <si>
+    <t>13-2079</t>
+  </si>
+  <si>
+    <t>Измеритель емкости конденсаторов (C-метр) MS6013 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2078</t>
+  </si>
+  <si>
+    <t>Измеритель емкости и индуктивности (LC-метр) MY6243 MASTECH</t>
+  </si>
+  <si>
+    <t>13-0084</t>
+  </si>
+  <si>
+    <t>Мультиметр для чип-компонентов (SMD-тестер) UNI-T UT116A</t>
+  </si>
+  <si>
+    <t>13-0085</t>
+  </si>
+  <si>
+    <t>Мультиметр для чип-компонентов (SMD-тестер) UNI-T UT116C</t>
+  </si>
+  <si>
+    <t>1.3 Тестеры состояния кабелей и трассоискатели</t>
   </si>
   <si>
     <t>12-1006-4</t>
   </si>
   <si>
     <t>Тестер кабеля RJ-45+RJ-11/RJ-12 468 PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>13-1211</t>
   </si>
   <si>
     <t xml:space="preserve">Кабельный локатор MS-6818 MASTECH  </t>
   </si>
   <si>
     <t>13-1224</t>
   </si>
   <si>
     <t>Тестер с генератором сигнала MS6811 MASTECH</t>
   </si>
   <si>
+    <t>13-1220</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тестер-трассоискатель MS6812A с генератором сигнала MASTECH </t>
+  </si>
+  <si>
     <t>13-1221</t>
   </si>
   <si>
     <t>Тестер трассоискатель с генератором сигнала MS6813 MASTECH</t>
   </si>
   <si>
-    <t>13-1220</t>
-[...4 lines deleted...]
-  <si>
     <t>13-1222</t>
   </si>
   <si>
     <t>Тестер с генератором сигнала MS6810 MASTECH</t>
   </si>
   <si>
+    <t>13-1091</t>
+  </si>
+  <si>
+    <t>Тестер трассоискатель с генератором сигнала UNI-T UT682</t>
+  </si>
+  <si>
+    <t>13-1093</t>
+  </si>
+  <si>
+    <t>Кабельный тестер-локатор UNI-T UT685KIT TDR</t>
+  </si>
+  <si>
+    <t>13-1090</t>
+  </si>
+  <si>
+    <t>Тестер трассоискатель с генератором сигнала UNI-T UT682D</t>
+  </si>
+  <si>
     <t>13-1092</t>
   </si>
   <si>
     <t>Тестер трассоискатель с генератором сигнала UNI-T UT683KIT</t>
   </si>
   <si>
-    <t>13-1090</t>
-[...14 lines deleted...]
-    <t>Тестер трассоискатель с генератором сигнала UNI-T UT682</t>
+    <t>12-1020</t>
+  </si>
+  <si>
+    <t>Тестер-трассоискатель R6812 REXANT</t>
+  </si>
+  <si>
+    <t>12-1024</t>
+  </si>
+  <si>
+    <t>Кабельный локатор R6818 REXANT</t>
+  </si>
+  <si>
+    <t>12-1009</t>
+  </si>
+  <si>
+    <t>Тестер кабеля многофункциональный RJ-45 828 REXANT</t>
+  </si>
+  <si>
+    <t>12-1011</t>
+  </si>
+  <si>
+    <t>Тестер кабеля универсальный RJ-45+USB 251454 REXANT</t>
+  </si>
+  <si>
+    <t>12-1003</t>
+  </si>
+  <si>
+    <t>Тестер кабеля универсальный 5 в 1 RJ-45+RJ-11/RJ-12+1394+USB+BNC 3468 REXANT</t>
+  </si>
+  <si>
+    <t>12-1001</t>
+  </si>
+  <si>
+    <t>Тестер кабеля RJ-45/RJ-12/ RJ-11/BNC  5248 REXANT</t>
+  </si>
+  <si>
+    <t>12-1006</t>
+  </si>
+  <si>
+    <t>Тестер кабеля RJ-45+RJ-11/RJ-12 468 REXANT</t>
   </si>
   <si>
     <t>12-1016</t>
   </si>
   <si>
     <t>Тестер-трассоискатель R6816 REXANT</t>
   </si>
   <si>
-    <t>12-1001</t>
-[...41 lines deleted...]
-    <t>1.2 Автотестеры</t>
+    <t>1.4 Тестеры напряжения</t>
+  </si>
+  <si>
+    <t>12-2031</t>
+  </si>
+  <si>
+    <t>Тестер-пробник P-01 140 мм PROconnect</t>
+  </si>
+  <si>
+    <t>12-2032</t>
+  </si>
+  <si>
+    <t>Тестер-пробник P-02 190 мм PROconnect</t>
+  </si>
+  <si>
+    <t>13-1265</t>
+  </si>
+  <si>
+    <t>Тестер розеток, детектор автоматов MS5905RTD MASTECH</t>
+  </si>
+  <si>
+    <t>13-1202</t>
+  </si>
+  <si>
+    <t>Тестер-пробник MS8902A MASTECH</t>
+  </si>
+  <si>
+    <t>13-1204</t>
+  </si>
+  <si>
+    <t>Индикатор напряжения MS8922A MASTECH</t>
+  </si>
+  <si>
+    <t>13-1260</t>
+  </si>
+  <si>
+    <t>Тестер розеток MS6860D MASTECH</t>
+  </si>
+  <si>
+    <t>13-1262</t>
+  </si>
+  <si>
+    <t>Тестер розеток, детектор автоматов MS5902RTD MASTECH</t>
+  </si>
+  <si>
+    <t>13-1251</t>
+  </si>
+  <si>
+    <t>Детектор последовательности фаз MS5900 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1042</t>
+  </si>
+  <si>
+    <t>Индикатор напряжения UNI-T UT18D</t>
+  </si>
+  <si>
+    <t>13-1124</t>
+  </si>
+  <si>
+    <t>Детектор последовательности фаз UNI-T UT261B</t>
+  </si>
+  <si>
+    <t>13-1041</t>
+  </si>
+  <si>
+    <t>Индикатор напряжения UNI-T UT18С</t>
+  </si>
+  <si>
+    <t>13-1019</t>
+  </si>
+  <si>
+    <t>Индикатор напряжения UNI-T UT22B-EU</t>
+  </si>
+  <si>
+    <t>13-1018</t>
+  </si>
+  <si>
+    <t>Индикатор напряжения UNI-T UT15C</t>
+  </si>
+  <si>
+    <t>13-1031</t>
+  </si>
+  <si>
+    <t>Тестер-пробник UNI-T UT12D</t>
+  </si>
+  <si>
+    <t>13-1033</t>
+  </si>
+  <si>
+    <t>Тестер-пробник UNI-T UT12M</t>
+  </si>
+  <si>
+    <t>13-1121</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тестер розеток UNI-T UT07B-EU </t>
+  </si>
+  <si>
+    <t>12-2043</t>
+  </si>
+  <si>
+    <t>Тестер-пробник с комбинированным жалом R-13 REXANT</t>
+  </si>
+  <si>
+    <t>12-2042</t>
+  </si>
+  <si>
+    <t>Тестер-пробник с комбинированным жалом R-16 REXANT</t>
+  </si>
+  <si>
+    <t>12-2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тестер-пробник R-18 REXANT  </t>
+  </si>
+  <si>
+    <t>12-2035</t>
+  </si>
+  <si>
+    <t>Тестер-пробник R-48 REXANT</t>
+  </si>
+  <si>
+    <t>12-2033</t>
+  </si>
+  <si>
+    <t>Тестер-пробник R-15 190 мм REXANT</t>
+  </si>
+  <si>
+    <t>12-2044</t>
+  </si>
+  <si>
+    <t>Тестер-пробник с комбинированным жалом R-14 REXANT</t>
+  </si>
+  <si>
+    <t>12-2038</t>
+  </si>
+  <si>
+    <t>Тестер-пробник R-20 REXANT</t>
+  </si>
+  <si>
+    <t>12-2050</t>
+  </si>
+  <si>
+    <t>Индикатор напряжения цифровой R-30 REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Портативные мультиметры</t>
+  </si>
+  <si>
+    <t>13-3021</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр MAS830L (DT850L) PROconnect</t>
+  </si>
+  <si>
+    <t>13-3022</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр MAS838L (DT858L) PROconnect</t>
+  </si>
+  <si>
+    <t>13-3012</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M832 (DT832) PROconnect</t>
+  </si>
+  <si>
+    <t>13-3011</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M830B (DT830B) PROconnect</t>
+  </si>
+  <si>
+    <t>13-3014</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр М-182 (DT-182) PROconnect</t>
+  </si>
+  <si>
+    <t>13-3013</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M838 (DT838) PROconnect</t>
+  </si>
+  <si>
+    <t>13-2046</t>
+  </si>
+  <si>
+    <t>Цифровой мультиметр-пробник MS8223A MASTECH</t>
+  </si>
+  <si>
+    <t>13-2004</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M838 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2010</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр MAS830B MASTECH</t>
+  </si>
+  <si>
+    <t>13-2026</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр MS8238 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2003</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M832 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2007</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр MAS830L MASTECH</t>
+  </si>
+  <si>
+    <t>13-2044</t>
+  </si>
+  <si>
+    <t>Цифровой мультиметр-пробник MS8211 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2008</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр MAS838 в кожухе с прозвонкой и измерением температуры MASTECH</t>
+  </si>
+  <si>
+    <t>13-2009</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M320 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2045</t>
+  </si>
+  <si>
+    <t>Цифровой мультиметр-пробник MS8211D MASTECH</t>
+  </si>
+  <si>
+    <t>13-2001</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M830B MASTECH</t>
+  </si>
+  <si>
+    <t>13-2002</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M830BZ MASTECH</t>
+  </si>
+  <si>
+    <t>13-2006</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M300 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2011</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр MAS830 MASTECH</t>
+  </si>
+  <si>
+    <t>13-0062</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT133A</t>
+  </si>
+  <si>
+    <t>13-0051</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный СМАРТ UNI-T UT121B</t>
+  </si>
+  <si>
+    <t>13-0063</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT133B</t>
+  </si>
+  <si>
+    <t>13-0056</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Портативный мультиметр UNI-T UT33B+ </t>
+  </si>
+  <si>
+    <t>13-0055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Портативный мультиметр UNI-T UT33A+ </t>
+  </si>
+  <si>
+    <t>13-0058</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр UNI-T UT33D+</t>
+  </si>
+  <si>
+    <t>13-0010</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр UNI-T UT120A</t>
+  </si>
+  <si>
+    <t>13-0019</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр UNI-T UT120C</t>
+  </si>
+  <si>
+    <t>13-0057</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр UNI-T UT33C+</t>
+  </si>
+  <si>
+    <t>13-0052</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный СМАРТ UNI-T UT122</t>
+  </si>
+  <si>
+    <t>13-0020</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный UNI-T UT123</t>
+  </si>
+  <si>
+    <t>13-0083</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный СМАРТ UNI-T UT118B</t>
+  </si>
+  <si>
+    <t>13-3100</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный R109L REXANT</t>
+  </si>
+  <si>
+    <t>13-3109</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный R113A REXANT</t>
+  </si>
+  <si>
+    <t>13-3120</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный R124B REXANT</t>
+  </si>
+  <si>
+    <t>13-3106</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный R830L REXANT</t>
+  </si>
+  <si>
+    <t>13-3125</t>
+  </si>
+  <si>
+    <t>Мультиметр-пробник цифровой R8211 REXANT</t>
+  </si>
+  <si>
+    <t>13-3115</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный R131A REXANT</t>
+  </si>
+  <si>
+    <t>13-3112</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный R113C REXANT</t>
+  </si>
+  <si>
+    <t>1.6 Профессиональные мультиметры</t>
+  </si>
+  <si>
+    <t>13-2029</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр 5 в 1 MS8229 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2021</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8217 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2101</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8250A MASTECH</t>
+  </si>
+  <si>
+    <t>13-2103</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8250D MASTECH</t>
+  </si>
+  <si>
+    <t>13-2020</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8239C MASTECH</t>
+  </si>
+  <si>
+    <t>13-2022</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8269 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1223</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Профессиональный мультиметр-трассоискатель MS8236 MASCTECH </t>
+  </si>
+  <si>
+    <t>13-2068</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8268 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2087</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8209 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2091</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр SMART MS8301D MASTECH</t>
+  </si>
+  <si>
+    <t>13-2069</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8361D MASTECH</t>
+  </si>
+  <si>
+    <t>13-2102</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8251B MASTECH</t>
+  </si>
+  <si>
+    <t>13-2108</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр - измеритель сопротивления изоляции MS5208 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2027</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8360C MASTECH</t>
+  </si>
+  <si>
+    <t>13-2060</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8265 MASTECH</t>
+  </si>
+  <si>
+    <t>13-0087</t>
+  </si>
+  <si>
+    <t>Мультиметр профессиональный UNI-T UT15B PRO</t>
+  </si>
+  <si>
+    <t>13-0086</t>
+  </si>
+  <si>
+    <t>Мультиметр профессиональный UNI-T UT191T</t>
+  </si>
+  <si>
+    <t>13-0093</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр UNI-T UT61D+</t>
+  </si>
+  <si>
+    <t>13-0090</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр UNI-T 60BT</t>
+  </si>
+  <si>
+    <t>13-0092</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр UNI-T UT61B+</t>
+  </si>
+  <si>
+    <t>13-0094</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр UNI-T UT61E+</t>
+  </si>
+  <si>
+    <t>13-0091</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр UNI-T 60S</t>
+  </si>
+  <si>
+    <t>13-0088</t>
+  </si>
+  <si>
+    <t>Мультиметр профессиональный UNI-T UT17B PRO</t>
+  </si>
+  <si>
+    <t>13-0089</t>
+  </si>
+  <si>
+    <t>Мультиметр профессиональный UNI-T UT18B PRO</t>
+  </si>
+  <si>
+    <t>1.7 Измерители сопротивления (мегаомметры)</t>
+  </si>
+  <si>
+    <t>13-1347</t>
+  </si>
+  <si>
+    <t>Измеритель сопротивления изоляции MS5203 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1346</t>
+  </si>
+  <si>
+    <t>Измеритель сопротивления изоляции MS5201 MASTECH</t>
+  </si>
+  <si>
+    <t>13-0045</t>
+  </si>
+  <si>
+    <t>Измеритель сопротивления изоляции UNI-T UT501B</t>
+  </si>
+  <si>
+    <t>13-0044</t>
+  </si>
+  <si>
+    <t>Измеритель сопротивления изоляции UNI-T UT502A</t>
+  </si>
+  <si>
+    <t>13-0042</t>
+  </si>
+  <si>
+    <t>Измеритель сопротивления изоляции UNI-T UT511</t>
+  </si>
+  <si>
+    <t>13-0043</t>
+  </si>
+  <si>
+    <t>Измеритель сопротивления изоляции UNI-T UT501A</t>
+  </si>
+  <si>
+    <t>1.8 Детекторы металла</t>
+  </si>
+  <si>
+    <t>13-1210</t>
+  </si>
+  <si>
+    <t>Детектор металла MS6906 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1150</t>
+  </si>
+  <si>
+    <t>Детектор металла и кабелей UNI-T UT387A</t>
+  </si>
+  <si>
+    <t>13-1152</t>
+  </si>
+  <si>
+    <t>Детектор металла и кабелей UNI-T UT387C</t>
+  </si>
+  <si>
+    <t>1.9 Специализированные измерительные приборы</t>
+  </si>
+  <si>
+    <t>13-1275</t>
+  </si>
+  <si>
+    <t>Цифровой измеритель влажности материалов MS6900 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1246</t>
+  </si>
+  <si>
+    <t>Цифровой детектор утечки газа MS6310 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1252</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Цифровой измеритель уровня шума MS6701 MASTECH </t>
+  </si>
+  <si>
+    <t>13-1272</t>
+  </si>
+  <si>
+    <t>Цифровой анемометр MS6252B MASTECH</t>
+  </si>
+  <si>
+    <t>13-1215</t>
+  </si>
+  <si>
+    <t>Люксметр MS6610 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1240</t>
+  </si>
+  <si>
+    <t>Цифровой термометр MS6500 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1250</t>
+  </si>
+  <si>
+    <t>Многофункциональный тестер окружающей среды MS6300 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1216</t>
+  </si>
+  <si>
+    <t>Люксметр MS6612 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1130</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Измеритель влажности и температуры компактный UNI-T UT333 </t>
+  </si>
+  <si>
+    <t>13-1134</t>
+  </si>
+  <si>
+    <t>Измеритель уровня шума компактный UNI-T UT353</t>
+  </si>
+  <si>
+    <t>13-1138</t>
+  </si>
+  <si>
+    <t>Люксметр UNI-T UT383S</t>
+  </si>
+  <si>
+    <t>13-1142</t>
+  </si>
+  <si>
+    <t>Анемометр компактный UNI-T UT363</t>
+  </si>
+  <si>
+    <t>13-1137</t>
+  </si>
+  <si>
+    <t>Люксметр компактный UNI-T UT383</t>
+  </si>
+  <si>
+    <t>13-1147</t>
+  </si>
+  <si>
+    <t>Измеритель влажности материалов цифровой UNI-T UT377A</t>
+  </si>
+  <si>
+    <t>13-1127</t>
+  </si>
+  <si>
+    <t>Угломер цифровой LM320A UNI-T</t>
+  </si>
+  <si>
+    <t>13-1145</t>
+  </si>
+  <si>
+    <t>Измеритель уровня угарного газа (СО) UNI-T UT337A</t>
+  </si>
+  <si>
+    <t>1.10 Щупы и аксессуары</t>
+  </si>
+  <si>
+    <t>13-2034</t>
+  </si>
+  <si>
+    <t>Щупы T3033U MASTECH</t>
+  </si>
+  <si>
+    <t>13-2033</t>
+  </si>
+  <si>
+    <t>Щупы T3030U MASTECH</t>
+  </si>
+  <si>
+    <t>13-0034</t>
+  </si>
+  <si>
+    <t>Щупы тестера UNI-T UT-L27</t>
+  </si>
+  <si>
+    <t>13-0031</t>
+  </si>
+  <si>
+    <t>Щупы тестера UNI-T UT-L13</t>
+  </si>
+  <si>
+    <t>13-3041</t>
+  </si>
+  <si>
+    <t>Щупы тестера REX05 REXANT</t>
+  </si>
+  <si>
+    <t>13-3031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Щупы тестера REX04 REXANT </t>
+  </si>
+  <si>
+    <t>13-3042</t>
+  </si>
+  <si>
+    <t>Щупы тестера с зажимом типа «крокодил» REX11 REXANT</t>
+  </si>
+  <si>
+    <t>13-3032</t>
+  </si>
+  <si>
+    <t>Щупы тестера REX07 REXANT</t>
+  </si>
+  <si>
+    <t>13-3040</t>
+  </si>
+  <si>
+    <t>Щупы тестера с зажимом типа «крокодил» REX10 REXANT</t>
+  </si>
+  <si>
+    <t>13-3048</t>
+  </si>
+  <si>
+    <t>Датчик температуры K-1 для измерительных приборов REXANT</t>
+  </si>
+  <si>
+    <t>13-3033</t>
+  </si>
+  <si>
+    <t>Щупы тестера REX08 REXANT</t>
+  </si>
+  <si>
+    <t>13-3035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор щупов со сменными насадками REXANT Basic </t>
+  </si>
+  <si>
+    <t>1.11 Автотестеры</t>
   </si>
   <si>
     <t>13-2089</t>
   </si>
   <si>
     <t>Автомобильный мультиметр MASTECH MS8239D</t>
   </si>
   <si>
+    <t>13-0060</t>
+  </si>
+  <si>
+    <t>Автомобильный мультиметр UNI-T UT107+</t>
+  </si>
+  <si>
     <t>13-0059</t>
   </si>
   <si>
     <t>Автомобильный мультиметр UNI-T UT105+</t>
   </si>
   <si>
-    <t>13-0060</t>
-[...4 lines deleted...]
-  <si>
     <t>13-1098</t>
   </si>
   <si>
     <t>Толщиномер лакокрасочных покрытий UNI-T UT343D</t>
   </si>
   <si>
     <t>16-0102-1</t>
   </si>
   <si>
     <t>Автотестер универсальный черный (ИГЛА) REXANT</t>
   </si>
   <si>
+    <t>16-0102</t>
+  </si>
+  <si>
+    <t>Автотестер универсальный со звуковой и световой индикацией 6-24 В REXANT</t>
+  </si>
+  <si>
+    <t>16-0101</t>
+  </si>
+  <si>
+    <t>Автотестер универсальный REXANT</t>
+  </si>
+  <si>
     <t>16-0103</t>
   </si>
   <si>
     <t>Автотестер универсальный металлический REXANT</t>
   </si>
   <si>
-    <t>16-0101</t>
-[...395 lines deleted...]
-    <t>1.5 Универсальные мультиметры</t>
+    <t>1.12 Универсальные мультиметры</t>
   </si>
   <si>
     <t>13-3026</t>
   </si>
   <si>
     <t>Мультиметр универсальный P9205М PROconnect</t>
   </si>
   <si>
     <t>13-2058</t>
   </si>
   <si>
     <t>Универсальный мультиметр MY68 MASTECH</t>
   </si>
   <si>
+    <t>13-2051</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MY63N MASTECH</t>
+  </si>
+  <si>
+    <t>13-2056</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MS8221С MASTECH</t>
+  </si>
+  <si>
+    <t>13-2019</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MY62N MASTECH</t>
+  </si>
+  <si>
+    <t>13-2052</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MY65N MASTECH</t>
+  </si>
+  <si>
     <t>13-2013</t>
   </si>
   <si>
     <t>Универсальный мультиметр MS8233E MASTECH</t>
   </si>
   <si>
     <t>13-2005</t>
   </si>
   <si>
     <t>Универсальный мультиметр MY64 MASTECH</t>
   </si>
   <si>
+    <t>13-2070</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MS8233D MASTECH</t>
+  </si>
+  <si>
     <t>13-2054</t>
   </si>
   <si>
     <t>Универсальный мультиметр MY64N MASTECH</t>
   </si>
   <si>
-    <t>13-2070</t>
-[...4 lines deleted...]
-  <si>
     <t>13-2053</t>
   </si>
   <si>
     <t>Универсальный мультиметр MY61N MASTECH</t>
   </si>
   <si>
-    <t>13-2019</t>
-[...20 lines deleted...]
-    <t>Универсальный мультиметр MS8221С MASTECH</t>
+    <t>13-2014</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MS8233A MASTECH</t>
+  </si>
+  <si>
+    <t>13-2015</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MS8233C MASTECH</t>
   </si>
   <si>
     <t>13-2016</t>
   </si>
   <si>
     <t>Универсальный мультиметр MS8233B MASTECH</t>
   </si>
   <si>
-    <t>13-2014</t>
-[...8 lines deleted...]
-    <t>Универсальный мультиметр MS8233C MASTECH</t>
+    <t>13-0071</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT890D+</t>
+  </si>
+  <si>
+    <t>13-0068</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT39E+</t>
+  </si>
+  <si>
+    <t>13-0076</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT89XD</t>
+  </si>
+  <si>
+    <t>13-0070</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT890C</t>
+  </si>
+  <si>
+    <t>13-0066</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT39A+</t>
+  </si>
+  <si>
+    <t>13-1023</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр UNI-T UT 58C</t>
+  </si>
+  <si>
+    <t>13-1022</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр UNI-T UT 58B</t>
+  </si>
+  <si>
+    <t>13-0075</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT89X</t>
   </si>
   <si>
     <t>13-1028</t>
   </si>
   <si>
-    <t>Универсальный мультиметр UT 139С</t>
+    <t>Универсальный мультиметр UNI-T UT 139С</t>
+  </si>
+  <si>
+    <t>13-1029</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр UNI-T UT 139S</t>
+  </si>
+  <si>
+    <t>13-1020</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр UNI-T UT 58A</t>
+  </si>
+  <si>
+    <t>13-1024</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр UNI-T UT 58D</t>
+  </si>
+  <si>
+    <t>13-1025</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр UNI-T UT 58E</t>
   </si>
   <si>
     <t>13-0067</t>
   </si>
   <si>
     <t>Мультиметр универсальный UNI-T UT39С+</t>
   </si>
   <si>
-    <t>13-1020</t>
-[...32 lines deleted...]
-    <t>Мультиметр универсальный UNI-T UT890C</t>
+    <t>13-0069</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT136C+</t>
   </si>
   <si>
     <t>13-0077</t>
   </si>
   <si>
     <t>Мультиметр универсальный UNI-T UT89XE</t>
   </si>
   <si>
-    <t>13-1024</t>
-[...34 lines deleted...]
-  <si>
     <t>13-3151</t>
   </si>
   <si>
     <t>Мультиметр универсальный R135D REXANT</t>
   </si>
   <si>
     <t>13-3154</t>
   </si>
   <si>
     <t>Мультиметр универсальный R132С REXANT</t>
   </si>
   <si>
-    <t>1.6 Профессиональные мультиметры</t>
-[...146 lines deleted...]
-    <t>1.7 Токовые клещи</t>
+    <t>1.13 Дальномеры</t>
+  </si>
+  <si>
+    <t>13-1163</t>
+  </si>
+  <si>
+    <t>Лазерный дальномер UNI-T LM120A</t>
+  </si>
+  <si>
+    <t>13-1161</t>
+  </si>
+  <si>
+    <t>Лазерный дальномер UNI-T LM70A</t>
+  </si>
+  <si>
+    <t>13-1160</t>
+  </si>
+  <si>
+    <t>Лазерный дальномер UNI-T LM50A</t>
+  </si>
+  <si>
+    <t>13-1162</t>
+  </si>
+  <si>
+    <t>Лазерный дальномер UNI-T LM100A</t>
+  </si>
+  <si>
+    <t>1.14 Токовые клещи</t>
+  </si>
+  <si>
+    <t>13-3052</t>
+  </si>
+  <si>
+    <t>Токовые клещи P266C PROconnect</t>
   </si>
   <si>
     <t>13-3050</t>
   </si>
   <si>
     <t>Токовые клещи P266 PROconnect</t>
   </si>
   <si>
-    <t>13-3052</t>
-[...4 lines deleted...]
-  <si>
     <t>13-3051</t>
   </si>
   <si>
     <t>Токовые клещи P266F PROconnect</t>
   </si>
   <si>
+    <t>13-1301</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2000G MASTECH</t>
+  </si>
+  <si>
+    <t>13-1304</t>
+  </si>
+  <si>
+    <t>Токовые клещи M266F MASTECH</t>
+  </si>
+  <si>
+    <t>13-1303</t>
+  </si>
+  <si>
+    <t>Токовые клещи M266C MASTECH</t>
+  </si>
+  <si>
+    <t>13-1323</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2125A MASTECH</t>
+  </si>
+  <si>
     <t>13-1316</t>
   </si>
   <si>
     <t>Токовые клещи MS2028A MASTECH</t>
   </si>
   <si>
+    <t>13-1320</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2033A (SMART) MASTECH</t>
+  </si>
+  <si>
+    <t>13-1308</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2101 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1309</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2109A MASTECH</t>
+  </si>
+  <si>
+    <t>13-1315</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Токовые клещи MS2601 MASTECH </t>
+  </si>
+  <si>
+    <t>13-1321</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2025C MASTECH</t>
+  </si>
+  <si>
     <t>13-1313</t>
   </si>
   <si>
     <t>Токовые клещи MS2008B MASTECH</t>
   </si>
   <si>
-    <t>13-1321</t>
-[...10 lines deleted...]
-  <si>
     <t>13-1314</t>
   </si>
   <si>
     <t>Токовые клещи MS2016A MASTECH</t>
   </si>
   <si>
-    <t>13-1320</t>
-[...2 lines deleted...]
-    <t>Токовые клещи MS2033A (SMART) MASTECH</t>
+    <t>13-1340</t>
+  </si>
+  <si>
+    <t>Приставка для токовых клещей MS922D MASTECH</t>
   </si>
   <si>
     <t>13-1317</t>
   </si>
   <si>
     <t>Токовые клещи MS2128 MASTECH</t>
   </si>
   <si>
-    <t>13-1315</t>
-[...10 lines deleted...]
-  <si>
     <t>13-1305</t>
   </si>
   <si>
     <t>Токовые клещи MS2030 MASTECH</t>
   </si>
   <si>
-    <t>13-1308</t>
-[...2 lines deleted...]
-    <t>Токовые клещи MS2101 MASTECH</t>
+    <t>13-1307</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2001 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1306</t>
+  </si>
+  <si>
+    <t>Токовые клещи M266 MASTECH</t>
   </si>
   <si>
     <t>13-1310</t>
   </si>
   <si>
     <t xml:space="preserve">Токовые клещи MS2001C MASTECH </t>
   </si>
   <si>
-    <t>13-1309</t>
-[...4 lines deleted...]
-  <si>
     <t>13-1311</t>
   </si>
   <si>
     <t>Токовые клещи MS2138 MASTECH</t>
   </si>
   <si>
-    <t>13-1301</t>
-[...26 lines deleted...]
-    <t>Токовые клещи M266C MASTECH</t>
+    <t>13-1087</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT256A</t>
+  </si>
+  <si>
+    <t>13-0009</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT210E</t>
+  </si>
+  <si>
+    <t>13-1080</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT200A+</t>
+  </si>
+  <si>
+    <t>13-1063</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT203+</t>
+  </si>
+  <si>
+    <t>13-1069</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT206B</t>
+  </si>
+  <si>
+    <t>13-1064</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT204+</t>
+  </si>
+  <si>
+    <t>13-1060</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT201+</t>
+  </si>
+  <si>
+    <t>13-1077</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT216C</t>
+  </si>
+  <si>
+    <t>13-1062</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT202A+</t>
+  </si>
+  <si>
+    <t>13-0007</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT210B  True RMS</t>
   </si>
   <si>
     <t>13-0008</t>
   </si>
   <si>
     <t>Токовые клещи UNI-T UT210D</t>
   </si>
   <si>
-    <t>13-0007</t>
-[...8 lines deleted...]
-    <t>Токовые клещи UNI-T UT201+</t>
+    <t>13-1084</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT202T</t>
+  </si>
+  <si>
+    <t>13-1061</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT202+</t>
+  </si>
+  <si>
+    <t>13-1068</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT208B</t>
   </si>
   <si>
     <t>13-1065</t>
   </si>
   <si>
     <t>Токовые клещи UNI-T UT205А+</t>
   </si>
   <si>
     <t>13-1066</t>
   </si>
   <si>
     <t>Токовые клещи UNI-T UT206A+</t>
   </si>
   <si>
-    <t>13-1068</t>
-[...14 lines deleted...]
-    <t>Токовые клещи UNI-T UT206B</t>
+    <t>13-0003</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT205</t>
+  </si>
+  <si>
+    <t>13-1067</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT205B</t>
   </si>
   <si>
     <t>13-0006</t>
   </si>
   <si>
     <t>Токовые клещи UNI-T UT210C</t>
   </si>
   <si>
     <t>13-1082</t>
   </si>
   <si>
     <t>Токовые клещи UNI-T UT2117R</t>
   </si>
   <si>
-    <t>13-1062</t>
-[...10 lines deleted...]
-  <si>
     <t>13-1086</t>
   </si>
   <si>
     <t>Токовые клещи UNI-T UT256</t>
   </si>
   <si>
-    <t>13-0009</t>
-[...44 lines deleted...]
-    <t>Токовые клещи UNI-T UT202T</t>
+    <t>13-3201</t>
+  </si>
+  <si>
+    <t>Токовые клещи R200A REXANT</t>
+  </si>
+  <si>
+    <t>13-3213</t>
+  </si>
+  <si>
+    <t>Токовые клещи R207B REXANT</t>
   </si>
   <si>
     <t>13-3203</t>
   </si>
   <si>
     <t>Токовые клещи R266C REXANT</t>
   </si>
   <si>
-    <t>13-3201</t>
-[...10 lines deleted...]
-  <si>
     <t>13-3220</t>
   </si>
   <si>
     <t>Токовые клещи R200D REXANT</t>
   </si>
   <si>
-    <t>1.8 Пирометры</t>
-[...391 lines deleted...]
-  <si>
     <t>1.15 Тепловизионные приборы</t>
   </si>
   <si>
+    <t>13-1182</t>
+  </si>
+  <si>
+    <t>Тепловизор UNI-T UTi120B</t>
+  </si>
+  <si>
+    <t>13-1176</t>
+  </si>
+  <si>
+    <t>Тепловизор для смартфонов USB type-C UNI-T UTi120Mobile</t>
+  </si>
+  <si>
+    <t>13-1172</t>
+  </si>
+  <si>
+    <t>Тепловизор компактный UNI-T UTI120P</t>
+  </si>
+  <si>
     <t>13-1178</t>
   </si>
   <si>
     <t>Тепловизор для смартфонов USB type-C UNI-T UTi721M</t>
-  </si>
-[...16 lines deleted...]
-    <t>Тепловизор компактный UNI-T UTI120P</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2061,56 +2049,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-rj-45-rj-11-rj-12-468-proconnect.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-lokator-ms-6818-mastech.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-s-generatorom-signala-ms6811-mastech.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-s-generatorom-signala-ms6813-mastech.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-ms6812a-s-generatorom-signala-mastech.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-s-generatorom-signala-ms6810-mastech.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-s-generatorom-signala-uni-t-ut683kit.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-s-generatorom-signala-uni-t-ut682d.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-tester-lokator-uni-t-ut685kit-tdr.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-s-generatorom-signala-uni-t-ut682.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-r6816-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-rj-45-rj-12-rj-11-bnc-5248-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-universalnyy-rj-45-usb-251454-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-rj-45-rj-11-rj-12-468-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-universalnyy-5-v-1-rj-45-rj-11-rj-12-1394-usb-bnc-3468-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-mnogofunktsionalnyy-rj-45-828-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-r6812-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-lokator-r6818-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnyy-multimetr-mastech-ms8239d.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnyy-multimetr-uni-t-ut105.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnyy-multimetr-uni-t-ut107.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tolschinomer-lakokrasochnyh-pokrytiy-uni-t-ut343d.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtotester-universalnyy-chernyy-igla-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtotester-universalnyy-metallicheskiy-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtotester-universalnyy-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtotester-universalnyy-so-zvukovoy-i-svetovoy-indikatsiey-6-24-v-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-p-01-140-mm-proconnect.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-p-02-190-mm-proconnect.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-rozetok-detektor-avtomatov-ms5905rtd-mastech.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-rozetok-ms6860d-mastech.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detektor-posledovatelnosti-faz-ms5900-mastech.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryazheniya-ms8922a-mastech.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-rozetok-detektor-avtomatov-ms5902rtd-mastech.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-ms8902a-mastech.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryazheniya-unit-ut15c.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-uni-t-ut12m.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detektor-posledovatelnosti-faz-uni-t-ut261b.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryazheniya-uni-t-ut18d.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryazheniya-uni-t-ut22b-eu.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-rozetok-uni-t-ut07b-eu.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-uni-t-ut12d.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryazheniya-uni-t-ut18s.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-r-15-190-mm-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-r-48-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-r-18-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-s-kombinirovannym-zhalom-r-13-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-s-kombinirovannym-zhalom-r-16-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-s-kombinirovannym-zhalom-r-14-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-r-20-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryazheniya-tsifrovoy-r-30-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas838l-dt858l-proconnect.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830l-dt850l-proconnect.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m-182-dt-182-proconnect.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m832-dt832-proconnect.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m838-dt838-proconnect.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m830b-dt830b-proconnect.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830b-mastech.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m830b-mastech.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m300-mastech.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-ms8238-mastech.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-multimetr-probnik-ms8211-mastech.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas838-v-kozhuhe-s-prozvonkoy-i-izmereniem-temperatury-mastech.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830l-mastech.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m320-mastech.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m830bz-mastech.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m838-mastech.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830-mastech.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-multimetr-probnik-ms8211d-mastech.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-multimetr-probnik-ms8223a-mastech.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m832-mastech.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33a.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33b.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33d.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut120c.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut133b.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-smart-uni-t-ut122.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut133a.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut120a.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33c.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-smart-uni-t-ut118b.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-uni-t-ut123.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-smart-uni-t-ut121b.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r113a-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r124b-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r131a-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-probnik-tsifrovoy-r8211-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r109l-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r830l-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r113c-rexant.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-p9205m-proconnect.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my68-mastech.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ms8233e-mastech.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my64-mastech.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my64n-mastech.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ms8233d-mastech.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my61n-mastech.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my62n-mastech.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my65n-mastech.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my63n-mastech.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ms8221s-mastech.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ms8233b-mastech.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ms8233a-mastech.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ms8233c-mastech.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ut-139s.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut39s.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ut-58a.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ut-58e.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut39e.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut89xd.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut39a.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut890c.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut89xe.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ut-58d.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ut-58b.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ut-58c.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut136c.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut89x.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut890d.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-r135d-rexant.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-r132s-rexant.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-5-v-1-ms8229-mastech.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-trassoiskatel-ms8236-masctech.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8239c-mastech.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-smart-ms8301d-mastech.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8209-mastech.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8250a-mastech.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8250d-mastech.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8251b-mastech.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8268-mastech.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8217-mastech.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8360c-mastech.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8269-mastech.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8361d-mastech.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-izmeritel-soprotivleniya-izolyatsii-ms5208-mastech.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8265-mastech.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-uni-t-ut61d.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-uni-t-ut61b.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-uni-t-60s.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalnyy-uni-t-ut17b-pro.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalnyy-uni-t-ut18b-pro.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-uni-t-ut61e.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-uni-t-60bt.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalnyy-uni-t-ut15b-pro.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalnyy-uni-t-ut191t.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-p266-proconnect.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-p266c-proconnect.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-p266f-proconnect.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2028a-mastech.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2008b-mastech.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2025c-mastech.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2125a-mastech.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2016a-mastech.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2033a-smart-mastech.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2128-mastech.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2601-mastech.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pristavka-dlya-tokovyh-kleschey-ms922d-mastech.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2030-mastech.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2101-mastech.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2001c-mastech.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2109a-mastech.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2138-mastech.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2000g-mastech.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2001-mastech.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-m266-mastech.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-m266f-mastech.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-m266c-mastech.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut210d.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut210b-true-rms.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut201.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut205a.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut206a.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut208b.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut203.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut206b.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut210c.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut2117r.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut202a.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut205b.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut256.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut210e.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut204.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut202.html" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut205.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut256a.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut200a.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut216c.html" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut202t.html" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-r266c-rexant.html" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-r200a-rexant.html" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-r207b-rexant.html" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-r200d-rexant.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-ms6522a-mastech.html" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-ms6541-mastech.html" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-ms6522b-mastech.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-uni-t-ut301c.html" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-uni-t-ut300s.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-karmannyy-uni-t-ut306a.html" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-uni-t-ut300a.html" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-uni-t-ut301a.html" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-uni-t-ut302c.html" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-r-400-rexant.html" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-ms5201-mastech.html" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-ms5203-mastech.html" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-uni-t-ut511.html" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-uni-t-ut502a.html" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-uni-t-ut501a.html" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-uni-t-ut501b.html" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detektor-metalla-ms6906-mastech.html" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detektor-metalla-i-kabeley-uni-t-ut387a.html" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detektor-metalla-i-kabeley-uni-t-ut387c.html" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-dalnomer-uni-t-lm50a.html" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-dalnomer-uni-t-lm120a.html" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-dalnomer-uni-t-lm70a.html" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-dalnomer-uni-t-lm100a.html" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-dalnomer-mikro-r-60-rexant.html" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-dalnomer-mikro-r-40-rexant.html" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-detektor-utechki-gaza-ms6310-mastech.html" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lyuksmetr-ms6612-mastech.html" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-anemometr-ms6252b-mastech.html" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lyuksmetr-ms6610-mastech.html" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mnogofunktsionalnyy-tester-okruzhayuschey-sredy-ms6300-mastech.html" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-termometr-ms6500-mastech.html" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-izmeritel-vlazhnosti-materialov-ms6900.html" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-izmeritel-urovnya-shuma-ms6701-mastech.html" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lyuksmetr-kompaktnyy-uni-t-ut383.html" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lyuksmetr-uni-t-ut383s.html" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-vlazhnosti-i-temperatury-kompaktnyy-uni-t-ut333.html" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-urovnya-shuma-kompaktnyy-uni-t-ut353.html" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-vlazhnosti-materialov-tsifrovoy-uni-t-ut377a.html" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uglomer-tsifrovoy-lm320a-uni-t.html" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/anemometr-kompaktnyy-uni-t-ut363.html" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uglomer-tsifrovoy-s-2-lazerami-lm320b-uni-t.html" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-urovnya-ugarnogo-gaza-so-uni-t-ut337a.html" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupy-t3030u-mastech.html" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupy-t3033u-mastech.html" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupy-testera-uni-t-ut-l27.html" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupy-testera-uni-t-ut-l13.html" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupy-testera-rex07-rexant.html" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupy-testera-rex05-rexant.html" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupy-testera-s-zazhimom-tipa-krokodil-rex10-rexant.html" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupy-testera-s-zazhimom-tipa-krokodil-rex11-rexant.html" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupy-testera-rex04-rexant.html" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-k-1-dlya-izmeritelnyh-priborov-rexant.html" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupy-testera-rex08-rexant.html" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schupov-so-smennymi-nasadkami-rexant-basic.html" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-emkosti-i-induktivnosti-rlc-metr-ms8360e-mastech.html" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-smart-smd-tester-ms8911-mastech.html" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-emkosti-kondensatorov-c-metr-ms6013-mastech.html" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mostovoy-vysokotochnyy-izmeritel-ms5308-rlc-metr-mastech.html" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-dlya-chip-komponentov-smd-tester-ms8910-mastech.html" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-emkosti-i-induktivnosti-lc-metr-my6243-mastech.html" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-dlya-chip-komponentov-smd-tester-uni-t-ut116a.html" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-dlya-chip-komponentov-smd-tester-uni-t-ut116c.html" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovizor-dlya-smartfonov-usb-type-c-uni-t-uti721m.html" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovizor-dlya-smartfonov-usb-type-c-uni-t-uti120mobile.html" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovizor-uni-t-uti120b.html" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovizor-kompaktnyy-uni-t-uti120p.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-ms6522a-mastech-12765" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-ms6522b-mastech-11808" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-ms6541-mastech-25619" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-karmanniy-uni-t-ut306a-21599" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-uni-t-ut301a-30701" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-uni-t-ut301c-29990" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-uni-t-ut300s-12031" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-uni-t-ut300a-30700" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-uni-t-ut302c-30702" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-r-400-rexant-19246" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-dlya-chip-komponentov-smd-tester-ms8910-mastech-11799" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mostovoy-visokotochniy-izmeritel-ms5308-rlc-metr-mastech-12766" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-emkosti-i-induktivnosti-rlc-metr-ms8360e-mastech-7704" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-smart-smd-tester-ms8911-mastech-25628" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-emkosti-kondensatorov-c-metr-ms6013-mastech-25629" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-emkosti-i-induktivnosti-lc-metr-my6243-mastech-25630" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-dlya-chip-komponentov-smd-tester-uni-t-ut116a-30720" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-dlya-chip-komponentov-smd-tester-uni-t-ut116c-30721" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-rj-45-rj-11-468-proconnect-4499" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-lokator-ms-6818-mastech-11899" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-s-generatorom-signala-ms6811-mastech-25593" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-ms6812a-s-generatorom-signala-mastech-7671" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-s-generatorom-signala-ms6813-mastech-7672" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-s-generatorom-signala-ms6810-mastech-11807" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-s-generatorom-signala-uni-t-ut682-30658" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-tester-lokator-uni-t-ut685kit-tdr-30660" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-s-generatorom-signala-uni-t-ut682d-30659" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-s-generatorom-signala-uni-t-ut683kit-30661" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-r6812-rexant-31377" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-lokator-r6818-rexant-31379" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-mnogofunktsionalniy-rj-45-828-rexant-1645" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-universalniy-rj-45-usb-251454-rexant-3884" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-universalniy-5-v-1-rj-45-rj-11-rj-12-1394-usb-bnc-3468-rexant-2263" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-rj-45-bnc-5248-rexant-301" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-rj-45-rj-11-468-rexant-199" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-r6816-rexant-31378" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-p-01-140-mm-proconnect-15235" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-p-02-190-mm-proconnect-15241" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-rozetok-detektor-avtomatov-ms5905rtd-mastech-25597" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-ms8902a-mastech-25595" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryajeniya-ms8922a-mastech-15437" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-rozetok-ms6860d-mastech-13688" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-rozetok-detektor-avtomatov-ms5902rtd-mastech-25596" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detektor-posledovatelnosti-faz-ms5900-mastech-11975" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryajeniya-uni-t-ut18d-30666" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detektor-posledovatelnosti-faz-uni-t-ut261b-30669" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryajeniya-uni-t-ut18s-30665" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryajeniya-uni-t-ut22b-eu-30667" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryajeniya-unit-ut15c-11596" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-uni-t-ut12d-eu-30663" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-uni-t-ut12m-eu-30664" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-rozetok-uni-t-ut07b-eu-30668" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-s-kombinirovannim-jalom-r-13-rexant-30381" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-s-kombinirovannim-jalom-r-16-rexant-30380" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-r-18-rexant-15237" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-r-48-rexant-15238" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-r-15-190-mm-rexant-15281" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-s-kombinirovannim-jalom-r-14-rexant-30382" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-r-20-rexant-31380" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryajeniya-tsifrovoy-r-30-rexant-31381" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-mas830l-dt850l-proconnect-9460" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-mas838l-dt858l-proconnect-9461" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-m832-dt832-proconnect-9458" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-m830b-dt830b-proconnect-9457" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-m-182-dt-182-proconnect-11228" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-m838-dt838-proconnect-9459" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-multimetr-probnik-ms8223a-mastech-25598" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-m838-mastech-6925" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-mas830b-mastech-6908" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-ms8238-mastech-7669" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-m832-mastech-6924" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-mas830l-mastech-6927" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-multimetr-probnik-ms8211-mastech-12294" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-mas838-v-kojuhe-s-prozvonkoy-i-izmereniem-temperaturi-mastech-6928" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-m320-mastech-7670" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-multimetr-probnik-ms8211d-mastech-11813" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-m830b-mastech-6922" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-m830bz-mastech-6923" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-m300-mastech-6926" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-mas830-mastech-6933" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut133a-30673" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativniy-smart-uni-t-ut121b-30670" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut133b-30674" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-uni-t-ut33b-1-20665" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-uni-t-ut33a-1-20664" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-uni-t-ut33d-1-20663" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-uni-t-ut120a-9446" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-uni-t-ut120c-12769" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-uni-t-ut33c-1-20666" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativniy-smart-uni-t-ut122-30671" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativniy-uni-t-ut123-30672" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativniy-smart-uni-t-ut118b-30675" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativniy-r109l-rexant-31496" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativniy-r113a-rexant-31499" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativniy-r124b-rexant-31495" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativniy-r830l-rexant-31500" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-probnik-tsifrovoy-r8211-rexant-31382" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativniy-r131a-rexant-31497" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativniy-r113c-rexant-31498" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-5-v-1-ms8229-mastech-11805" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8217-mastech-6919" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8250a-mastech-25606" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8250d-mastech-25608" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8239c-mastech-6918" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8269-mastech-6920" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-trassoiskatel-ms8236-masctech-11897" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8268-mastech-25605" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8209-mastech-25602" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-smart-ms8301d-mastech-25603" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8361d-mastech-25604" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8251b-mastech-25607" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms5208-mastech-25610" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8360c-mastech-7703" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8265-mastech-14964" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalniy-uni-t-ut15b-pro-30686" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalniy-uni-t-ut191t-30685" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-uni-t-ut61d-29980" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-uni-t-60bt-29982" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-uni-t-ut61b-29979" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-uni-t-ut61e-29981" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-uni-t-60s-29983" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalniy-uni-t-ut17b-pro-30687" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalniy-uni-t-ut18b-pro-30688" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-ms5203-mastech-25621" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-ms5201-mastech-25620" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-uni-t-ut501b-30704" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-uni-t-ut502a-13052" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-uni-t-ut511-6787" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-uni-t-ut501a-30703" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detektor-metalla-ms6906-mastech-7668" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detektor-metalla-i-kabeley-uni-t-ut387a-30705" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detektor-metalla-i-kabeley-uni-t-ut387c-30706" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-izmeritel-vlajnosti-materialov-ms6900-25627" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-detektor-utechki-gaza-ms6310-mastech-11811" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-izmeritel-urovnya-shuma-ms6701-mastech-25626" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-anemometr-ms6252b-mastech-25625" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lyuksmetr-ms6610-mastech-11804" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-termometr-ms6500-mastech-11800" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mnogofunktsionalniy-tester-okrujayuschey-sredi-ms6300-mastech-11801" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lyuksmetr-ms6612-mastech-14965" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-vlajnosti-i-temperaturi-kompaktniy-uni-t-ut333-30711" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-urovnya-shuma-kompaktniy-uni-t-ut353-30712" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lyuksmetr-uni-t-ut383s-30715" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/anemometr-kompaktniy-uni-t-ut363-30713" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lyuksmetr-kompaktniy-uni-t-ut383-30714" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-vlajnosti-materialov-tsifrovoy-uni-t-ut377a-30716" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uglomer-tsifrovoy-lm320a-uni-t-30717" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-urovnya-ugarnogo-gaza-so-uni-t-ut337a-30719" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupi-t3033u-mastech-12583" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupi-t3030u-mastech-12593" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupi-testera-uni-t-ut-l27-12607" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupi-testera-uni-t-ut-l13-6799" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupi-testera-rex05-rexant-11108" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupi-testera-rex04-rexant-11106" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupi-testera-s-zajimom-tipa-krokodil-rex11-rexant-19961" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupi-testera-rex07-rexant-11107" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupi-testera-s-zajimom-tipa-krokodil-rex10-rexant-15632" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperaturi-k-1-dlya-izmeritelnih-priborov-rexant-19960" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupi-testera-rex08-rexant-19962" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schupov-so-smennimi-nasadkami-rexant-basic-20556" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilniy-multimetr-mastech-ms8239d-25594" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilniy-multimetr-uni-t-ut107-29978" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilniy-multimetr-uni-t-ut105-29977" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tolschinomer-lakokrasochnih-pokritiy-uni-t-ut343d-30662" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtotester-universalniy-cherniy-igla-rexant-7130" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtotester-universalniy-so-zvukovoy-i-svetovoy-indikatsiyami-6-24-v-rexant-2317" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtotester-universalniy-rexant-2316" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtotester-universalniy-metallicheskiy-rexant-4451" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-p9205m-proconnect-31376" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-my68-mastech-12503" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-my63n-mastech-11803" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ms8221s-mastech-14963" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-my62n-mastech-6916" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-my65n-mastech-11802" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ms8233e-mastech-6910" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-my64-mastech-6929" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ms8233d-mastech-25599" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-my64n-mastech-25601" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-my61n-mastech-25600" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ms8233a-mastech-6911" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ms8233c-mastech-6912" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ms8233b-mastech-6913" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut890d-30681" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut39e-30678" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut89xd-30683" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut890c-30680" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut39a-30676" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ut-58c-12030" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ut-58b-12033" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut89x-30682" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ut-139s-21597" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ut-139s-1-21598" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ut-58a-12032" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ut-58d-12035" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ut-58e-12034" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut39s-30677" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut136c-30679" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut89xe-30684" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-r135d-rexant-31502" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-r132s-rexant-31501" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazerniy-dalnomer-uni-t-lm120a-30710" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazerniy-dalnomer-uni-t-lm70a-30708" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazerniy-dalnomer-uni-t-lm50a-30707" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazerniy-dalnomer-uni-t-lm100a-30709" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-p266c-proconnect-17322" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-p266-proconnect-17320" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-p266f-proconnect-17321" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2000g-mastech-6906" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-m266f-mastech-6931" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-m266c-mastech-6930" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2125a-mastech-25618" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2028a-mastech-25611" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2033a-smart-mastech-25613" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2101-mastech-11814" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2109a-mastech-11798" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2601-mastech-25615" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2025c-mastech-25617" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2008b-mastech-13378" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2016a-mastech-25614" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pristavka-dlya-tokovih-kleschey-ms922d-mastech-25616" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2128-mastech-25612" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2030-mastech-7666" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2001-mastech-11797" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-m266-mastech-11795" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2001c-mastech-11900" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2138-mastech-11898" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut256a-30699" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut210e-13379" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut200a-30689" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut203-30691" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut206b-30692" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut204-29986" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut201-29984" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut216c-30696" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut202a-30690" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut210b-true-rms-20737" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut210d-13381" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut202t-30694" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut202-29985" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut208b-29989" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut205-29987" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut206a-29988" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut205-6769" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut205b-30693" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut210c-30695" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut2117r-30697" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut256-30698" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-r200a-rexant-31504" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-r207b-rexant-31505" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-r266c-rexant-31503" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-r200d-rexant-31508" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovizor-uni-t-uti120b-30726" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovizor-dlya-smartfonov-usb-type-c-uni-t-uti120mobile-30723" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovizor-kompaktniy-uni-t-uti120p-30722" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovizor-dlya-smartfonov-usb-type-c-uni-t-uti721m-30724" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I274"/>
+  <dimension ref="A1:I272"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -2142,7954 +2130,7894 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>540</v>
+        <v>4200</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>8359</v>
+        <v>105</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>33810</v>
+        <v>4332.81</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>1237</v>
+        <v>100</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>3426.67</v>
+        <v>12000</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>6110</v>
+        <v>3740</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>736</v>
+        <v>297</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>3140</v>
+        <v>6500</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>6182</v>
+        <v>34</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>20</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>2400</v>
+        <v>9000</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>226</v>
+        <v>167</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>16511</v>
+        <v>2700</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>269</v>
+        <v>348</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>1</v>
+        <v>48</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>4445.28</v>
+        <v>2500</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>66</v>
+        <v>430</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>31752</v>
+        <v>12200</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>10</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>6160</v>
+        <v>2050</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>2432</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A14" s="3" t="s">
+      <c r="A14" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B14" s="2"/>
+      <c r="C14" s="2"/>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2"/>
+      <c r="I14" s="2"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>980</v>
+        <v>4000</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>1010</v>
+        <v>166</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>2600</v>
+        <v>29000</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>4</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>1000</v>
+        <v>6600</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>2003</v>
+        <v>282</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>2800</v>
+        <v>8200</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>426</v>
+        <v>65</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>13818.8</v>
+        <v>5850</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>140</v>
+        <v>186</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>1940</v>
+        <v>7400</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B21" s="3" t="s">
+      <c r="C21" s="3">
+        <v>5000</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F21" s="3">
+        <v>103</v>
+      </c>
+      <c r="G21" s="3">
+        <v>1</v>
+      </c>
+      <c r="H21" s="3">
+        <v>60</v>
+      </c>
+      <c r="I21" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="C21" s="3">
-[...22 lines deleted...]
-      <c r="A22" s="2" t="s">
+      <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B22" s="2"/>
-[...6 lines deleted...]
-      <c r="I22" s="2"/>
+      <c r="C22" s="3">
+        <v>3400</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F22" s="3">
+        <v>26</v>
+      </c>
+      <c r="G22" s="3">
+        <v>1</v>
+      </c>
+      <c r="H22" s="3">
+        <v>60</v>
+      </c>
+      <c r="I22" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A23" s="3" t="s">
+      <c r="A23" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B23" s="2"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="2"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="2"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="2"/>
+      <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>5000</v>
+        <v>540</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>105</v>
+        <v>5931</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I24" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>6000</v>
+        <v>32000</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>134</v>
+        <v>1025</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I25" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>16490</v>
+        <v>3426.67</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I26" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3">
-        <v>235</v>
+        <v>2800</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>151933</v>
+        <v>4885</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3">
-        <v>260</v>
+        <v>5500</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>10238</v>
+        <v>627</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>400</v>
+        <v>10</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>100</v>
+        <v>2400</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>10483</v>
+        <v>204</v>
       </c>
       <c r="G29" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>500</v>
+        <v>60</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B30" s="3" t="s">
+      <c r="C30" s="3">
+        <v>6160</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F30" s="3">
+        <v>0</v>
+      </c>
+      <c r="G30" s="3">
+        <v>1</v>
+      </c>
+      <c r="H30" s="3">
+        <v>20</v>
+      </c>
+      <c r="I30" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="C30" s="3">
-[...22 lines deleted...]
-      <c r="A31" s="2" t="s">
+      <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B31" s="2"/>
-[...6 lines deleted...]
-      <c r="I31" s="2"/>
+      <c r="C31" s="3">
+        <v>31752</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F31" s="3">
+        <v>0</v>
+      </c>
+      <c r="G31" s="3">
+        <v>1</v>
+      </c>
+      <c r="H31" s="3">
+        <v>10</v>
+      </c>
+      <c r="I31" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>47.5</v>
+        <v>4445.28</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>69143</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>960</v>
+        <v>20</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>70</v>
+        <v>13250</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>21727</v>
+        <v>260</v>
       </c>
       <c r="G33" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>600</v>
+        <v>1</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>7997.82</v>
+        <v>1940</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>77</v>
+        <v>237</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I34" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>1917.82</v>
+        <v>30500</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>409</v>
+        <v>141</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>7020</v>
+        <v>13818.8</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>408</v>
+        <v>162</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>20</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>2428.65</v>
+        <v>2600</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>787</v>
+        <v>35</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>6300</v>
+        <v>2800</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>311</v>
+        <v>382</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>2720.51</v>
+        <v>980</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>509</v>
+        <v>912</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>5750</v>
+        <v>1000</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>1350</v>
+        <v>1455</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>3556.22</v>
+        <v>3500</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A42" s="3" t="s">
+      <c r="A42" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B42" s="2"/>
+      <c r="C42" s="2"/>
+      <c r="D42" s="2"/>
+      <c r="E42" s="2"/>
+      <c r="F42" s="2"/>
+      <c r="G42" s="2"/>
+      <c r="H42" s="2"/>
+      <c r="I42" s="2"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="3">
-        <v>7800</v>
+        <v>47.5</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>85</v>
+        <v>55902</v>
       </c>
       <c r="G43" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H43" s="3">
-        <v>20</v>
+        <v>960</v>
       </c>
       <c r="I43" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3">
-        <v>2400</v>
+        <v>70</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>21</v>
+        <v>17032</v>
       </c>
       <c r="G44" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H44" s="3">
-        <v>40</v>
+        <v>600</v>
       </c>
       <c r="I44" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>2000</v>
+        <v>7000</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="I45" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="3">
-        <v>1905.12</v>
+        <v>2200</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>184</v>
+        <v>490</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>40</v>
       </c>
       <c r="I46" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="3">
-        <v>7200</v>
+        <v>2200</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>108</v>
+        <v>143</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>20</v>
       </c>
       <c r="I47" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="3">
-        <v>220</v>
+        <v>1600</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>3606</v>
+        <v>382</v>
       </c>
       <c r="G48" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>160</v>
+        <v>40</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>340</v>
+        <v>5900</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>17243</v>
+        <v>203</v>
       </c>
       <c r="G49" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>250</v>
+        <v>20</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>195</v>
+        <v>6000</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>8269</v>
+        <v>329</v>
       </c>
       <c r="G50" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>250</v>
+        <v>20</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>163</v>
+        <v>7800</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>1952</v>
+        <v>84</v>
       </c>
       <c r="G51" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>120</v>
+        <v>9900</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>4539</v>
+        <v>18</v>
       </c>
       <c r="G52" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>360</v>
+        <v>20</v>
       </c>
       <c r="I52" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="3">
-        <v>200</v>
+        <v>7200</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>3739</v>
+        <v>97</v>
       </c>
       <c r="G53" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="3">
-        <v>555</v>
+        <v>2100</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>1140</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="B55" s="3" t="s">
+      <c r="C55" s="3">
+        <v>5750</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F55" s="3">
+        <v>1100</v>
+      </c>
+      <c r="G55" s="3">
+        <v>1</v>
+      </c>
+      <c r="H55" s="3">
+        <v>30</v>
+      </c>
+      <c r="I55" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A56" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="C55" s="3">
-[...22 lines deleted...]
-      <c r="A56" s="2" t="s">
+      <c r="B56" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="B56" s="2"/>
-[...6 lines deleted...]
-      <c r="I56" s="2"/>
+      <c r="C56" s="3">
+        <v>1550</v>
+      </c>
+      <c r="D56" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F56" s="3">
+        <v>163</v>
+      </c>
+      <c r="G56" s="3">
+        <v>1</v>
+      </c>
+      <c r="H56" s="3">
+        <v>40</v>
+      </c>
+      <c r="I56" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C57" s="3">
-        <v>1200</v>
+        <v>3000</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>2050</v>
+        <v>66</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>40</v>
       </c>
       <c r="I57" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C58" s="3">
-        <v>1000</v>
+        <v>1700</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>4943</v>
+        <v>37</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="I58" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C59" s="3">
-        <v>670</v>
+        <v>163</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>7928</v>
+        <v>1609</v>
       </c>
       <c r="G59" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H59" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I59" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C60" s="3">
-        <v>570</v>
+        <v>100</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>12382</v>
+        <v>2007</v>
       </c>
       <c r="G60" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H60" s="3">
-        <v>50</v>
+        <v>360</v>
       </c>
       <c r="I60" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C61" s="3">
-        <v>690</v>
+        <v>195</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>6751</v>
+        <v>7080</v>
       </c>
       <c r="G61" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H61" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C62" s="3">
-        <v>540</v>
+        <v>340</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>6199</v>
+        <v>8938</v>
       </c>
       <c r="G62" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H62" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C63" s="3">
-        <v>2160</v>
+        <v>220</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>480</v>
+        <v>1139</v>
       </c>
       <c r="G63" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="H63" s="3">
-        <v>20</v>
+        <v>160</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C64" s="3">
-        <v>1850</v>
+        <v>185</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>1145</v>
+        <v>3106</v>
       </c>
       <c r="G64" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H64" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I64" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C65" s="3">
-        <v>1810</v>
+        <v>500</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>367</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I65" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C66" s="3">
-        <v>2700</v>
+        <v>760</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>307</v>
+        <v>2524</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I66" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A67" s="3" t="s">
+      <c r="A67" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="B67" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B67" s="2"/>
+      <c r="C67" s="2"/>
+      <c r="D67" s="2"/>
+      <c r="E67" s="2"/>
+      <c r="F67" s="2"/>
+      <c r="G67" s="2"/>
+      <c r="H67" s="2"/>
+      <c r="I67" s="2"/>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="B68" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="B68" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68" s="3">
-        <v>2250</v>
+        <v>1000</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>4167</v>
+        <v>2325</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="B69" s="3" t="s">
         <v>140</v>
       </c>
-      <c r="B69" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69" s="3">
-        <v>2200</v>
+        <v>1200</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>6352</v>
+        <v>1339</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="B70" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="B70" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70" s="3">
-        <v>2360</v>
+        <v>540</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>205</v>
+        <v>5418</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="B71" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="B71" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" s="3">
-        <v>1950</v>
+        <v>510</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>828</v>
+        <v>825</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="B72" s="3" t="s">
         <v>146</v>
       </c>
-      <c r="B72" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72" s="3">
-        <v>1680</v>
+        <v>670</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>667</v>
+        <v>7087</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="B73" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="B73" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73" s="3">
-        <v>2200</v>
+        <v>620</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>948</v>
+        <v>2987</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="B74" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="B74" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" s="3">
-        <v>4320</v>
+        <v>4600</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>626</v>
+        <v>128</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>40</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="B75" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="B75" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" s="3">
-        <v>5447.69</v>
+        <v>1680</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>191</v>
+        <v>64</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="B76" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="B76" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" s="3">
-        <v>2070</v>
+        <v>2160</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>314</v>
+        <v>404</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>20</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="B77" s="3" t="s">
         <v>156</v>
       </c>
-      <c r="B77" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77" s="3">
-        <v>2560</v>
+        <v>2700</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>1700</v>
+        <v>265</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B78" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="B78" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78" s="3">
-        <v>2100</v>
+        <v>2070</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>5064</v>
+        <v>301</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="B79" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="B79" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79" s="3">
-        <v>2080</v>
+        <v>2200</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>75</v>
+        <v>5921</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="B80" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="B80" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80" s="3">
-        <v>4150</v>
+        <v>4220</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>187</v>
+        <v>434</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="B81" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="B81" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81" s="3">
-        <v>3829.29</v>
+        <v>2250</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>90</v>
+        <v>3501</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I81" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="B82" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="B82" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82" s="3">
-        <v>4250</v>
+        <v>2360</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
         <v>40</v>
       </c>
       <c r="I82" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="B83" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="B83" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83" s="3">
-        <v>4100</v>
+        <v>4320</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>13</v>
+        <v>582</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I83" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="B84" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="B84" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84" s="3">
-        <v>3130</v>
+        <v>1850</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>114</v>
+        <v>1134</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="B85" s="3" t="s">
         <v>172</v>
       </c>
-      <c r="B85" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85" s="3">
-        <v>2070</v>
+        <v>1950</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>257</v>
+        <v>781</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="B86" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="B86" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86" s="3">
-        <v>5301</v>
+        <v>1810</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>214</v>
+        <v>337</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
         <v>40</v>
       </c>
       <c r="I86" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="B87" s="3" t="s">
         <v>176</v>
       </c>
-      <c r="B87" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87" s="3">
-        <v>2160</v>
+        <v>2200</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>192</v>
+        <v>883</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I87" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="B88" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="B88" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88" s="3">
-        <v>3795</v>
+        <v>4100</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="I88" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="B89" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="B89" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89" s="3">
-        <v>2100</v>
+        <v>3500</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>783</v>
+        <v>12</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I89" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="B90" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="B90" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90" s="3">
-        <v>4111.7</v>
+        <v>3500</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>550</v>
+        <v>79</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I90" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="B91" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="B91" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91" s="3">
-        <v>3100</v>
+        <v>1950</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>465</v>
+        <v>3863</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I91" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="B92" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="B92" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92" s="3">
-        <v>1800</v>
+        <v>2560</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>0</v>
+        <v>1081</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I92" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="B93" s="3" t="s">
         <v>188</v>
       </c>
-      <c r="B93" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93" s="3">
-        <v>1670</v>
+        <v>1980</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>309</v>
+        <v>0</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
         <v>60</v>
       </c>
       <c r="I93" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="B94" s="3" t="s">
         <v>190</v>
       </c>
-      <c r="B94" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94" s="3">
-        <v>1928.5</v>
+        <v>3130</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>560</v>
+        <v>76</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I94" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B95" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="B95" s="3" t="s">
+      <c r="C95" s="3">
+        <v>4150</v>
+      </c>
+      <c r="D95" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F95" s="3">
+        <v>154</v>
+      </c>
+      <c r="G95" s="3">
+        <v>1</v>
+      </c>
+      <c r="H95" s="3">
+        <v>100</v>
+      </c>
+      <c r="I95" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A96" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="C95" s="3">
-[...22 lines deleted...]
-      <c r="A96" s="2" t="s">
+      <c r="B96" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="B96" s="2"/>
-[...6 lines deleted...]
-      <c r="I96" s="2"/>
+      <c r="C96" s="3">
+        <v>2070</v>
+      </c>
+      <c r="D96" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F96" s="3">
+        <v>0</v>
+      </c>
+      <c r="G96" s="3">
+        <v>1</v>
+      </c>
+      <c r="H96" s="3">
+        <v>60</v>
+      </c>
+      <c r="I96" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C97" s="3">
-        <v>1300</v>
+        <v>4250</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>803</v>
+        <v>22</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="I97" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C98" s="3">
-        <v>5200</v>
+        <v>2160</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>187</v>
+        <v>0</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I98" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C99" s="3">
-        <v>3750</v>
+        <v>4770.9</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>217</v>
+        <v>209</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I99" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C100" s="3">
-        <v>5701.08</v>
+        <v>1400</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
         <v>0</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I100" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C101" s="3">
-        <v>5409.14</v>
+        <v>2100</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>222</v>
+        <v>655</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I101" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C102" s="3">
-        <v>4788.9</v>
+        <v>3280</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>96</v>
+        <v>455</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I102" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C103" s="3">
-        <v>5187.97</v>
+        <v>1928.5</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>151</v>
+        <v>132</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I103" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C104" s="3">
-        <v>5210</v>
+        <v>1800</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>1340</v>
+        <v>2761</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I104" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C105" s="3">
-        <v>8798.14</v>
+        <v>2800</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>466</v>
+        <v>440</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I105" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C106" s="3">
-        <v>5720.08</v>
+        <v>3600</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>510</v>
+        <v>490</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I106" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A107" s="3" t="s">
+      <c r="A107" s="2" t="s">
         <v>215</v>
       </c>
-      <c r="B107" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B107" s="2"/>
+      <c r="C107" s="2"/>
+      <c r="D107" s="2"/>
+      <c r="E107" s="2"/>
+      <c r="F107" s="2"/>
+      <c r="G107" s="2"/>
+      <c r="H107" s="2"/>
+      <c r="I107" s="2"/>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="B108" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="B108" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C108" s="3">
-        <v>3200</v>
+        <v>10400</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>868</v>
+        <v>329</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
         <v>20</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="B109" s="3" t="s">
         <v>219</v>
       </c>
-      <c r="B109" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C109" s="3">
-        <v>2800</v>
+        <v>4710</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>276</v>
+        <v>253</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
         <v>20</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="B110" s="3" t="s">
         <v>221</v>
       </c>
-      <c r="B110" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C110" s="3">
-        <v>3720</v>
+        <v>6000</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>283</v>
+        <v>47</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
         <v>20</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="B111" s="3" t="s">
         <v>223</v>
       </c>
-      <c r="B111" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C111" s="3">
-        <v>7900</v>
+        <v>13036.5</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>168</v>
+        <v>0</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
         <v>20</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="B112" s="3" t="s">
         <v>225</v>
       </c>
-      <c r="B112" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C112" s="3">
-        <v>4064.26</v>
+        <v>3850</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>303</v>
+        <v>2453</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I112" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="B113" s="3" t="s">
         <v>227</v>
       </c>
-      <c r="B113" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C113" s="3">
-        <v>7000</v>
+        <v>6500</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="3">
-        <v>215</v>
+        <v>200</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="B114" s="3" t="s">
         <v>229</v>
       </c>
-      <c r="B114" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C114" s="3">
-        <v>13860</v>
+        <v>11900</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>83</v>
+        <v>72</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="B115" s="3" t="s">
         <v>231</v>
       </c>
-      <c r="B115" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C115" s="3">
-        <v>7100</v>
+        <v>6340</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>103</v>
+        <v>384</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I115" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="B116" s="3" t="s">
         <v>233</v>
       </c>
-      <c r="B116" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C116" s="3">
-        <v>5440</v>
+        <v>9000</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F116" s="3">
-        <v>38</v>
+        <v>147</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
         <v>20</v>
       </c>
       <c r="I116" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="B117" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="B117" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C117" s="3">
-        <v>3530</v>
+        <v>7316.37</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>35</v>
+        <v>154</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I117" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="B118" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="B118" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C118" s="3">
-        <v>4430</v>
+        <v>9600</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>0</v>
+        <v>89</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I118" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="B119" s="3" t="s">
         <v>239</v>
       </c>
-      <c r="B119" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C119" s="3">
-        <v>11780</v>
+        <v>10000</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>5</v>
+        <v>197</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
         <v>20</v>
       </c>
       <c r="I119" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="B120" s="3" t="s">
         <v>241</v>
       </c>
-      <c r="B120" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C120" s="3">
-        <v>8810</v>
+        <v>32000</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="3">
-        <v>190</v>
+        <v>48</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
         <v>20</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="B121" s="3" t="s">
         <v>243</v>
       </c>
-      <c r="B121" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C121" s="3">
-        <v>7316.37</v>
+        <v>6200</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F121" s="3">
-        <v>103</v>
+        <v>173</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
         <v>20</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="B122" s="3" t="s">
         <v>245</v>
       </c>
-      <c r="B122" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C122" s="3">
-        <v>6580</v>
+        <v>8900</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>319</v>
+        <v>397</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
         <v>20</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="B123" s="3" t="s">
         <v>247</v>
       </c>
-      <c r="B123" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C123" s="3">
-        <v>4959.36</v>
+        <v>11385</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F123" s="3">
-        <v>69</v>
+        <v>48</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I123" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="B124" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="B124" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C124" s="3">
-        <v>5130</v>
+        <v>14310</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="3">
-        <v>121</v>
+        <v>11</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I124" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="B125" s="3" t="s">
         <v>251</v>
       </c>
-      <c r="B125" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C125" s="3">
-        <v>3830</v>
+        <v>11000</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="3">
-        <v>187</v>
+        <v>40</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I125" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="B126" s="3" t="s">
         <v>253</v>
       </c>
-      <c r="B126" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C126" s="3">
-        <v>3680</v>
+        <v>6500</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="3">
-        <v>274</v>
+        <v>67</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I126" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="B127" s="3" t="s">
         <v>255</v>
       </c>
-      <c r="B127" s="3" t="s">
+      <c r="C127" s="3">
+        <v>9280</v>
+      </c>
+      <c r="D127" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F127" s="3">
+        <v>25</v>
+      </c>
+      <c r="G127" s="3">
+        <v>1</v>
+      </c>
+      <c r="H127" s="3">
+        <v>20</v>
+      </c>
+      <c r="I127" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="128" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A128" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="C127" s="3">
-[...22 lines deleted...]
-      <c r="A128" s="2" t="s">
+      <c r="B128" s="3" t="s">
         <v>257</v>
       </c>
-      <c r="B128" s="2"/>
-[...6 lines deleted...]
-      <c r="I128" s="2"/>
+      <c r="C128" s="3">
+        <v>16490</v>
+      </c>
+      <c r="D128" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F128" s="3">
+        <v>120</v>
+      </c>
+      <c r="G128" s="3">
+        <v>1</v>
+      </c>
+      <c r="H128" s="3">
+        <v>1</v>
+      </c>
+      <c r="I128" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C129" s="3">
-        <v>10400</v>
+        <v>6220</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F129" s="3">
-        <v>410</v>
+        <v>44</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I129" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>260</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>261</v>
       </c>
       <c r="C130" s="3">
-        <v>13967.6</v>
+        <v>16000</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F130" s="3">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I130" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C131" s="3">
-        <v>3850</v>
+        <v>20400</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>2643</v>
+        <v>40</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I131" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A132" s="3" t="s">
+      <c r="A132" s="2" t="s">
         <v>264</v>
       </c>
-      <c r="B132" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B132" s="2"/>
+      <c r="C132" s="2"/>
+      <c r="D132" s="2"/>
+      <c r="E132" s="2"/>
+      <c r="F132" s="2"/>
+      <c r="G132" s="2"/>
+      <c r="H132" s="2"/>
+      <c r="I132" s="2"/>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="B133" s="3" t="s">
         <v>266</v>
       </c>
-      <c r="B133" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C133" s="3">
-        <v>9620</v>
+        <v>34586.5</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F133" s="3">
-        <v>179</v>
+        <v>0</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="B134" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="B134" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C134" s="3">
-        <v>6700</v>
+        <v>14600</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="3">
-        <v>53</v>
+        <v>105</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="B135" s="3" t="s">
         <v>270</v>
       </c>
-      <c r="B135" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C135" s="3">
-        <v>13036.5</v>
+        <v>14000</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>0</v>
+        <v>44</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
         <v>20</v>
       </c>
       <c r="I135" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="B136" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="B136" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C136" s="3">
-        <v>12000</v>
+        <v>15800</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F136" s="3">
-        <v>217</v>
+        <v>361</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
         <v>20</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="B137" s="3" t="s">
         <v>274</v>
       </c>
-      <c r="B137" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C137" s="3">
-        <v>6340</v>
+        <v>20000</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="3">
-        <v>389</v>
+        <v>158</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="B138" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="B138" s="3" t="s">
+      <c r="C138" s="3">
+        <v>10400</v>
+      </c>
+      <c r="D138" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F138" s="3">
+        <v>163</v>
+      </c>
+      <c r="G138" s="3">
+        <v>1</v>
+      </c>
+      <c r="H138" s="3">
+        <v>1</v>
+      </c>
+      <c r="I138" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="139" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A139" s="2" t="s">
         <v>277</v>
       </c>
-      <c r="C138" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B139" s="2"/>
+      <c r="C139" s="2"/>
+      <c r="D139" s="2"/>
+      <c r="E139" s="2"/>
+      <c r="F139" s="2"/>
+      <c r="G139" s="2"/>
+      <c r="H139" s="2"/>
+      <c r="I139" s="2"/>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C140" s="3">
-        <v>7000</v>
+        <v>5000</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F140" s="3">
-        <v>297</v>
+        <v>747</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
         <v>20</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="C141" s="3">
-        <v>11500</v>
+        <v>3400</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F141" s="3">
-        <v>90</v>
+        <v>17</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I141" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="B142" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="C142" s="3">
+        <v>5800</v>
+      </c>
+      <c r="D142" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F142" s="3">
+        <v>18</v>
+      </c>
+      <c r="G142" s="3">
+        <v>1</v>
+      </c>
+      <c r="H142" s="3">
+        <v>20</v>
+      </c>
+      <c r="I142" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="143" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A143" s="2" t="s">
         <v>284</v>
       </c>
-      <c r="B142" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B143" s="2"/>
+      <c r="C143" s="2"/>
+      <c r="D143" s="2"/>
+      <c r="E143" s="2"/>
+      <c r="F143" s="2"/>
+      <c r="G143" s="2"/>
+      <c r="H143" s="2"/>
+      <c r="I143" s="2"/>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="C144" s="3">
-        <v>11850</v>
+        <v>8800</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F144" s="3">
-        <v>72</v>
+        <v>58</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I144" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="C145" s="3">
-        <v>9280</v>
+        <v>8400</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="3">
-        <v>18</v>
+        <v>109</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
         <v>20</v>
       </c>
       <c r="I145" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="C146" s="3">
-        <v>6220</v>
+        <v>18200</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="3">
-        <v>84</v>
+        <v>8</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I146" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="C147" s="3">
-        <v>19051.2</v>
+        <v>12000</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="3">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I147" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="C148" s="3">
-        <v>25401.6</v>
+        <v>3600</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="3">
-        <v>42</v>
+        <v>215</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I148" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="C149" s="3">
-        <v>16490</v>
+        <v>2800</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F149" s="3">
-        <v>114</v>
+        <v>8</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="I149" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="C150" s="3">
-        <v>6900</v>
+        <v>17500</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F150" s="3">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I150" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="C151" s="3">
-        <v>12650</v>
+        <v>7000</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F151" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I151" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="B152" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="C152" s="3">
+        <v>3200</v>
+      </c>
+      <c r="D152" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E152" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F152" s="3">
+        <v>61</v>
+      </c>
+      <c r="G152" s="3">
+        <v>1</v>
+      </c>
+      <c r="H152" s="3">
+        <v>40</v>
+      </c>
+      <c r="I152" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="153" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A153" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="B153" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="B152" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I153" s="2"/>
+      <c r="C153" s="3">
+        <v>3300</v>
+      </c>
+      <c r="D153" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F153" s="3">
+        <v>62</v>
+      </c>
+      <c r="G153" s="3">
+        <v>1</v>
+      </c>
+      <c r="H153" s="3">
+        <v>40</v>
+      </c>
+      <c r="I153" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="C154" s="3">
-        <v>1180</v>
+        <v>4000</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="3">
-        <v>2875</v>
+        <v>35</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I154" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="C155" s="3">
-        <v>1650</v>
+        <v>3300</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F155" s="3">
-        <v>1939</v>
+        <v>49</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
         <v>40</v>
       </c>
       <c r="I155" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="C156" s="3">
-        <v>1500</v>
+        <v>2800</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F156" s="3">
-        <v>2058</v>
+        <v>34</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
         <v>40</v>
       </c>
       <c r="I156" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="C157" s="3">
-        <v>5400</v>
+        <v>3800</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F157" s="3">
-        <v>232</v>
+        <v>32</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
         <v>20</v>
       </c>
       <c r="I157" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="C158" s="3">
-        <v>5600</v>
+        <v>5000</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F158" s="3">
-        <v>863</v>
+        <v>59</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I158" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="B159" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="C159" s="3">
+        <v>12200</v>
+      </c>
+      <c r="D159" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F159" s="3">
+        <v>12</v>
+      </c>
+      <c r="G159" s="3">
+        <v>1</v>
+      </c>
+      <c r="H159" s="3">
+        <v>5</v>
+      </c>
+      <c r="I159" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="160" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A160" s="2" t="s">
         <v>317</v>
       </c>
-      <c r="B159" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B160" s="2"/>
+      <c r="C160" s="2"/>
+      <c r="D160" s="2"/>
+      <c r="E160" s="2"/>
+      <c r="F160" s="2"/>
+      <c r="G160" s="2"/>
+      <c r="H160" s="2"/>
+      <c r="I160" s="2"/>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="C161" s="3">
-        <v>14500</v>
+        <v>520</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F161" s="3">
-        <v>86</v>
+        <v>3741</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="C162" s="3">
-        <v>9976.87</v>
+        <v>580</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F162" s="3">
-        <v>59</v>
+        <v>2447</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="C163" s="3">
-        <v>17293.4</v>
+        <v>900</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F163" s="3">
-        <v>92</v>
+        <v>881</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="C164" s="3">
-        <v>10915.4</v>
+        <v>1390</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F164" s="3">
-        <v>52</v>
+        <v>1056</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>20</v>
+        <v>250</v>
       </c>
       <c r="I164" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="C165" s="3">
-        <v>2500</v>
+        <v>280</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F165" s="3">
-        <v>269</v>
+        <v>26239</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="C166" s="3">
-        <v>3810</v>
+        <v>115</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F166" s="3">
-        <v>212</v>
+        <v>22277</v>
       </c>
       <c r="G166" s="3">
         <v>1</v>
       </c>
       <c r="H166" s="3">
-        <v>20</v>
+        <v>600</v>
       </c>
       <c r="I166" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="C167" s="3">
-        <v>9270</v>
+        <v>180</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F167" s="3">
-        <v>239</v>
+        <v>8347</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I167" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="C168" s="3">
-        <v>5440</v>
+        <v>160</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F168" s="3">
-        <v>291</v>
+        <v>23478</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="C169" s="3">
-        <v>11000</v>
+        <v>160.27</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F169" s="3">
-        <v>246</v>
+        <v>6192</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>20</v>
+        <v>900</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="C170" s="3">
-        <v>12500</v>
+        <v>192.61</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F170" s="3">
-        <v>468</v>
+        <v>1427</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
-        <v>20</v>
+        <v>600</v>
       </c>
       <c r="I170" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="C171" s="3">
-        <v>7680</v>
+        <v>260</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F171" s="3">
-        <v>179</v>
+        <v>6452</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I171" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="C172" s="3">
-        <v>4470</v>
+        <v>650</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F172" s="3">
-        <v>30</v>
+        <v>3505</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A173" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A173" s="2" t="s">
+        <v>342</v>
+      </c>
+      <c r="B173" s="2"/>
+      <c r="C173" s="2"/>
+      <c r="D173" s="2"/>
+      <c r="E173" s="2"/>
+      <c r="F173" s="2"/>
+      <c r="G173" s="2"/>
+      <c r="H173" s="2"/>
+      <c r="I173" s="2"/>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="C174" s="3">
-        <v>3200</v>
+        <v>4060</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F174" s="3">
-        <v>1236</v>
+        <v>110</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
         <v>20</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="C175" s="3">
-        <v>3100</v>
+        <v>6000</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F175" s="3">
-        <v>2915</v>
+        <v>113</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
         <v>20</v>
       </c>
       <c r="I175" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="C176" s="3">
-        <v>10570</v>
+        <v>5000</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F176" s="3">
-        <v>1368</v>
+        <v>104</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I176" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="C177" s="3">
-        <v>4400</v>
+        <v>16490</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F177" s="3">
-        <v>231</v>
+        <v>13</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I177" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="C178" s="3">
-        <v>4400</v>
+        <v>200</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F178" s="3">
-        <v>483</v>
+        <v>120861</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
-        <v>40</v>
+        <v>500</v>
       </c>
       <c r="I178" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="C179" s="3">
-        <v>10135.2</v>
+        <v>180</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F179" s="3">
-        <v>86</v>
+        <v>19981</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
       <c r="I179" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="C180" s="3">
-        <v>12024.3</v>
+        <v>100</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F180" s="3">
-        <v>48</v>
+        <v>8584</v>
       </c>
       <c r="G180" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H180" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
       <c r="I180" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="C181" s="3">
-        <v>22335</v>
+        <v>260</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F181" s="3">
-        <v>41</v>
+        <v>7388</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
-        <v>1</v>
+        <v>400</v>
       </c>
       <c r="I181" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A182" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A182" s="2" t="s">
+        <v>359</v>
+      </c>
+      <c r="B182" s="2"/>
+      <c r="C182" s="2"/>
+      <c r="D182" s="2"/>
+      <c r="E182" s="2"/>
+      <c r="F182" s="2"/>
+      <c r="G182" s="2"/>
+      <c r="H182" s="2"/>
+      <c r="I182" s="2"/>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="C183" s="3">
-        <v>13962.5</v>
+        <v>1180</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F183" s="3">
-        <v>50</v>
+        <v>520</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I183" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="C184" s="3">
-        <v>7500</v>
+        <v>4800</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F184" s="3">
-        <v>262</v>
+        <v>157</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I184" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="C185" s="3">
-        <v>8288</v>
+        <v>5720.08</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F185" s="3">
-        <v>97</v>
+        <v>479</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I185" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="C186" s="3">
-        <v>4780</v>
+        <v>4200</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F186" s="3">
-        <v>24</v>
+        <v>435</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I186" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="C187" s="3">
-        <v>10160.6</v>
+        <v>4800</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F187" s="3">
-        <v>25</v>
+        <v>921</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
         <v>20</v>
       </c>
       <c r="I187" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="C188" s="3">
-        <v>7112.45</v>
+        <v>8798.14</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F188" s="3">
-        <v>63</v>
+        <v>432</v>
       </c>
       <c r="G188" s="3">
         <v>1</v>
       </c>
       <c r="H188" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I188" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="C189" s="3">
-        <v>8649</v>
+        <v>3750</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F189" s="3">
-        <v>1475</v>
+        <v>221</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I189" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="C190" s="3">
-        <v>8310</v>
+        <v>5701.08</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F190" s="3">
         <v>0</v>
       </c>
       <c r="G190" s="3">
         <v>1</v>
       </c>
       <c r="H190" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I190" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="C191" s="3">
-        <v>4850</v>
+        <v>4100</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F191" s="3">
-        <v>202</v>
+        <v>91</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I191" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="C192" s="3">
-        <v>12841.1</v>
+        <v>4850</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F192" s="3">
         <v>0</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
         <v>20</v>
       </c>
       <c r="I192" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="C193" s="3">
-        <v>13335.8</v>
+        <v>5187.97</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F193" s="3">
-        <v>28</v>
+        <v>144</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
         <v>20</v>
       </c>
       <c r="I193" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="C194" s="3">
-        <v>3600</v>
+        <v>2800</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F194" s="3">
-        <v>55</v>
+        <v>262</v>
       </c>
       <c r="G194" s="3">
         <v>1</v>
       </c>
       <c r="H194" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I194" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="C195" s="3">
-        <v>24131.5</v>
+        <v>3720</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F195" s="3">
-        <v>16</v>
+        <v>255</v>
       </c>
       <c r="G195" s="3">
         <v>1</v>
       </c>
       <c r="H195" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I195" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="C196" s="3">
-        <v>7874.5</v>
+        <v>3200</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F196" s="3">
-        <v>57</v>
+        <v>765</v>
       </c>
       <c r="G196" s="3">
         <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I196" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="C197" s="3">
-        <v>3100</v>
+        <v>3600</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F197" s="3">
-        <v>109</v>
+        <v>95</v>
       </c>
       <c r="G197" s="3">
         <v>1</v>
       </c>
       <c r="H197" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I197" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
       <c r="C198" s="3">
-        <v>2640</v>
+        <v>6400</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F198" s="3">
-        <v>620</v>
+        <v>88</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="I198" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="C199" s="3">
-        <v>5200</v>
+        <v>5100</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F199" s="3">
-        <v>519</v>
+        <v>2</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I199" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
-        <v>399</v>
+        <v>394</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>400</v>
+        <v>395</v>
       </c>
       <c r="C200" s="3">
-        <v>5900</v>
+        <v>4000</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F200" s="3">
-        <v>661</v>
+        <v>0</v>
       </c>
       <c r="G200" s="3">
         <v>1</v>
       </c>
       <c r="H200" s="3">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="I200" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A201" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I201" s="2"/>
+      <c r="A201" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="B201" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="C201" s="3">
+        <v>3200</v>
+      </c>
+      <c r="D201" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E201" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F201" s="3">
+        <v>10</v>
+      </c>
+      <c r="G201" s="3">
+        <v>1</v>
+      </c>
+      <c r="H201" s="3">
+        <v>30</v>
+      </c>
+      <c r="I201" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="C202" s="3">
-        <v>4950</v>
+        <v>6580</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F202" s="3">
-        <v>136</v>
+        <v>265</v>
       </c>
       <c r="G202" s="3">
         <v>1</v>
       </c>
       <c r="H202" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I202" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="C203" s="3">
-        <v>14569.5</v>
+        <v>6900</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F203" s="3">
-        <v>24</v>
+        <v>102</v>
       </c>
       <c r="G203" s="3">
         <v>1</v>
       </c>
       <c r="H203" s="3">
         <v>20</v>
       </c>
       <c r="I203" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="C204" s="3">
-        <v>4332.81</v>
+        <v>4800</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F204" s="3">
-        <v>168</v>
+        <v>97</v>
       </c>
       <c r="G204" s="3">
         <v>1</v>
       </c>
       <c r="H204" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I204" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="C205" s="3">
-        <v>9000</v>
+        <v>7900</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F205" s="3">
-        <v>167</v>
+        <v>137</v>
       </c>
       <c r="G205" s="3">
         <v>1</v>
       </c>
       <c r="H205" s="3">
         <v>20</v>
       </c>
       <c r="I205" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="C206" s="3">
-        <v>3040</v>
+        <v>11500</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F206" s="3">
-        <v>401</v>
+        <v>119</v>
       </c>
       <c r="G206" s="3">
         <v>1</v>
       </c>
       <c r="H206" s="3">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="I206" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="C207" s="3">
-        <v>3740</v>
+        <v>6600</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F207" s="3">
-        <v>334</v>
+        <v>202</v>
       </c>
       <c r="G207" s="3">
         <v>1</v>
       </c>
       <c r="H207" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I207" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="C208" s="3">
-        <v>2500</v>
+        <v>8000</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F208" s="3">
-        <v>461</v>
+        <v>192</v>
       </c>
       <c r="G208" s="3">
         <v>1</v>
       </c>
       <c r="H208" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I208" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="C209" s="3">
-        <v>7000</v>
+        <v>12000</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F209" s="3">
-        <v>45</v>
+        <v>74</v>
       </c>
       <c r="G209" s="3">
         <v>1</v>
       </c>
       <c r="H209" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I209" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="C210" s="3">
-        <v>12200</v>
+        <v>3400</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F210" s="3">
-        <v>42</v>
+        <v>279</v>
       </c>
       <c r="G210" s="3">
         <v>1</v>
       </c>
       <c r="H210" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I210" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="C211" s="3">
-        <v>2300</v>
+        <v>4500</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F211" s="3">
-        <v>2639</v>
+        <v>52</v>
       </c>
       <c r="G211" s="3">
         <v>1</v>
       </c>
       <c r="H211" s="3">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I211" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A212" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I212" s="2"/>
+      <c r="A212" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="B212" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="C212" s="3">
+        <v>10600</v>
+      </c>
+      <c r="D212" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E212" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F212" s="3">
+        <v>5</v>
+      </c>
+      <c r="G212" s="3">
+        <v>1</v>
+      </c>
+      <c r="H212" s="3">
+        <v>20</v>
+      </c>
+      <c r="I212" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="C213" s="3">
-        <v>14600</v>
+        <v>3680</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F213" s="3">
-        <v>115</v>
+        <v>239</v>
       </c>
       <c r="G213" s="3">
         <v>1</v>
       </c>
       <c r="H213" s="3">
-        <v>4</v>
+        <v>40</v>
       </c>
       <c r="I213" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="C214" s="3">
-        <v>34586.5</v>
+        <v>4948.16</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F214" s="3">
-        <v>0</v>
+        <v>403</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
-        <v>4</v>
+        <v>40</v>
       </c>
       <c r="I214" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A215" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A215" s="2" t="s">
+        <v>424</v>
+      </c>
+      <c r="B215" s="2"/>
+      <c r="C215" s="2"/>
+      <c r="D215" s="2"/>
+      <c r="E215" s="2"/>
+      <c r="F215" s="2"/>
+      <c r="G215" s="2"/>
+      <c r="H215" s="2"/>
+      <c r="I215" s="2"/>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="C216" s="3">
-        <v>15800</v>
+        <v>8000</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F216" s="3">
-        <v>403</v>
+        <v>11</v>
       </c>
       <c r="G216" s="3">
         <v>1</v>
       </c>
       <c r="H216" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I216" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
       <c r="C217" s="3">
-        <v>11900</v>
+        <v>4600</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F217" s="3">
-        <v>165</v>
+        <v>74</v>
       </c>
       <c r="G217" s="3">
         <v>1</v>
       </c>
       <c r="H217" s="3">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="I217" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="B218" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="C218" s="3">
+        <v>4000</v>
+      </c>
+      <c r="D218" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E218" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F218" s="3">
+        <v>16</v>
+      </c>
+      <c r="G218" s="3">
+        <v>1</v>
+      </c>
+      <c r="H218" s="3">
+        <v>40</v>
+      </c>
+      <c r="I218" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="219" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A219" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="B219" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="C219" s="3">
+        <v>6600</v>
+      </c>
+      <c r="D219" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E219" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F219" s="3">
+        <v>36</v>
+      </c>
+      <c r="G219" s="3">
+        <v>1</v>
+      </c>
+      <c r="H219" s="3">
+        <v>40</v>
+      </c>
+      <c r="I219" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="220" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A220" s="2" t="s">
         <v>433</v>
       </c>
-      <c r="B218" s="3" t="s">
-[...64 lines deleted...]
-      </c>
+      <c r="B220" s="2"/>
+      <c r="C220" s="2"/>
+      <c r="D220" s="2"/>
+      <c r="E220" s="2"/>
+      <c r="F220" s="2"/>
+      <c r="G220" s="2"/>
+      <c r="H220" s="2"/>
+      <c r="I220" s="2"/>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="C221" s="3">
-        <v>3800</v>
+        <v>1500</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F221" s="3">
-        <v>47</v>
+        <v>1554</v>
       </c>
       <c r="G221" s="3">
         <v>1</v>
       </c>
       <c r="H221" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I221" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="C222" s="3">
-        <v>6600</v>
+        <v>1180</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F222" s="3">
-        <v>27</v>
+        <v>1864</v>
       </c>
       <c r="G222" s="3">
         <v>1</v>
       </c>
       <c r="H222" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I222" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A223" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I223" s="2"/>
+      <c r="A223" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="B223" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="C223" s="3">
+        <v>1500</v>
+      </c>
+      <c r="D223" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E223" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F223" s="3">
+        <v>1942</v>
+      </c>
+      <c r="G223" s="3">
+        <v>1</v>
+      </c>
+      <c r="H223" s="3">
+        <v>40</v>
+      </c>
+      <c r="I223" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="C224" s="3">
-        <v>4000</v>
+        <v>7680</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F224" s="3">
-        <v>26</v>
+        <v>170</v>
       </c>
       <c r="G224" s="3">
         <v>1</v>
       </c>
       <c r="H224" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I224" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="C225" s="3">
-        <v>8000</v>
+        <v>3200</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F225" s="3">
-        <v>32</v>
+        <v>986</v>
       </c>
       <c r="G225" s="3">
         <v>1</v>
       </c>
       <c r="H225" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I225" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="C226" s="3">
-        <v>4600</v>
+        <v>3100</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F226" s="3">
-        <v>94</v>
+        <v>2450</v>
       </c>
       <c r="G226" s="3">
         <v>1</v>
       </c>
       <c r="H226" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I226" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="C227" s="3">
-        <v>7200</v>
+        <v>12200</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F227" s="3">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="G227" s="3">
         <v>1</v>
       </c>
       <c r="H227" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I227" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="C228" s="3">
-        <v>6851.66</v>
+        <v>4600</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F228" s="3">
-        <v>2</v>
+        <v>201</v>
       </c>
       <c r="G228" s="3">
         <v>1</v>
       </c>
       <c r="H228" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="B229" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="C229" s="3">
+        <v>8000</v>
+      </c>
+      <c r="D229" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E229" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F229" s="3">
+        <v>58</v>
+      </c>
+      <c r="G229" s="3">
+        <v>1</v>
+      </c>
+      <c r="H229" s="3">
+        <v>20</v>
+      </c>
+      <c r="I229" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="230" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A230" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="B230" s="3" t="s">
         <v>453</v>
       </c>
-      <c r="B229" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I230" s="2"/>
+      <c r="C230" s="3">
+        <v>9270</v>
+      </c>
+      <c r="D230" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E230" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F230" s="3">
+        <v>230</v>
+      </c>
+      <c r="G230" s="3">
+        <v>1</v>
+      </c>
+      <c r="H230" s="3">
+        <v>10</v>
+      </c>
+      <c r="I230" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="C231" s="3">
-        <v>8400</v>
+        <v>11000</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F231" s="3">
-        <v>108</v>
+        <v>167</v>
       </c>
       <c r="G231" s="3">
         <v>1</v>
       </c>
       <c r="H231" s="3">
         <v>20</v>
       </c>
       <c r="I231" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="C232" s="3">
-        <v>7400</v>
+        <v>8800</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F232" s="3">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="G232" s="3">
         <v>1</v>
       </c>
       <c r="H232" s="3">
         <v>20</v>
       </c>
       <c r="I232" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="C233" s="3">
-        <v>12000</v>
+        <v>9600</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E233" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F233" s="3">
-        <v>31</v>
+        <v>105</v>
       </c>
       <c r="G233" s="3">
         <v>1</v>
       </c>
       <c r="H233" s="3">
         <v>20</v>
       </c>
       <c r="I233" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="C234" s="3">
-        <v>3600</v>
+        <v>5600</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E234" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F234" s="3">
-        <v>358</v>
+        <v>805</v>
       </c>
       <c r="G234" s="3">
         <v>1</v>
       </c>
       <c r="H234" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I234" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="C235" s="3">
-        <v>17500</v>
+        <v>14500</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E235" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F235" s="3">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="G235" s="3">
         <v>1</v>
       </c>
       <c r="H235" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I235" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="C236" s="3">
-        <v>3392.12</v>
+        <v>2200</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E236" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F236" s="3">
-        <v>36</v>
+        <v>253</v>
       </c>
       <c r="G236" s="3">
         <v>1</v>
       </c>
       <c r="H236" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I236" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="C237" s="3">
-        <v>10000</v>
+        <v>14000</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F237" s="3">
-        <v>54</v>
+        <v>85</v>
       </c>
       <c r="G237" s="3">
         <v>1</v>
       </c>
       <c r="H237" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I237" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="C238" s="3">
-        <v>22614.3</v>
+        <v>3810</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F238" s="3">
-        <v>8</v>
+        <v>212</v>
       </c>
       <c r="G238" s="3">
         <v>1</v>
       </c>
       <c r="H238" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I238" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="C239" s="3">
-        <v>3280</v>
+        <v>4470</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F239" s="3">
-        <v>49</v>
+        <v>4</v>
       </c>
       <c r="G239" s="3">
         <v>1</v>
       </c>
       <c r="H239" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I239" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="C240" s="3">
-        <v>4000</v>
+        <v>3200</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F240" s="3">
-        <v>36</v>
+        <v>897</v>
       </c>
       <c r="G240" s="3">
         <v>1</v>
       </c>
       <c r="H240" s="3">
         <v>20</v>
       </c>
       <c r="I240" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="C241" s="3">
-        <v>3880</v>
+        <v>5440</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F241" s="3">
-        <v>64</v>
+        <v>284</v>
       </c>
       <c r="G241" s="3">
         <v>1</v>
       </c>
       <c r="H241" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I241" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="C242" s="3">
-        <v>4112.64</v>
+        <v>12500</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F242" s="3">
-        <v>66</v>
+        <v>458</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I242" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="C243" s="3">
-        <v>4475.52</v>
+        <v>10800</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F243" s="3">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="G243" s="3">
         <v>1</v>
       </c>
       <c r="H243" s="3">
         <v>20</v>
       </c>
       <c r="I243" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="C244" s="3">
-        <v>5500</v>
+        <v>8649</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E244" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F244" s="3">
-        <v>80</v>
+        <v>1028</v>
       </c>
       <c r="G244" s="3">
         <v>1</v>
       </c>
       <c r="H244" s="3">
-        <v>6</v>
+        <v>40</v>
       </c>
       <c r="I244" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="C245" s="3">
-        <v>4112.64</v>
+        <v>3600</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E245" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F245" s="3">
-        <v>56</v>
+        <v>73</v>
       </c>
       <c r="G245" s="3">
         <v>1</v>
       </c>
       <c r="H245" s="3">
         <v>40</v>
       </c>
       <c r="I245" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="C246" s="3">
-        <v>7000</v>
+        <v>7370</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E246" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F246" s="3">
         <v>0</v>
       </c>
       <c r="G246" s="3">
         <v>1</v>
       </c>
       <c r="H246" s="3">
-        <v>6</v>
+        <v>40</v>
       </c>
       <c r="I246" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
+        <v>486</v>
+      </c>
+      <c r="B247" s="3" t="s">
+        <v>487</v>
+      </c>
+      <c r="C247" s="3">
+        <v>12000</v>
+      </c>
+      <c r="D247" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E247" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F247" s="3">
+        <v>38</v>
+      </c>
+      <c r="G247" s="3">
+        <v>1</v>
+      </c>
+      <c r="H247" s="3">
+        <v>10</v>
+      </c>
+      <c r="I247" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="248" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A248" s="3" t="s">
         <v>488</v>
       </c>
-      <c r="B247" s="3" t="s">
+      <c r="B248" s="3" t="s">
         <v>489</v>
       </c>
-      <c r="C247" s="3">
-[...32 lines deleted...]
-      <c r="I248" s="2"/>
+      <c r="C248" s="3">
+        <v>8310</v>
+      </c>
+      <c r="D248" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E248" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F248" s="3">
+        <v>0</v>
+      </c>
+      <c r="G248" s="3">
+        <v>1</v>
+      </c>
+      <c r="H248" s="3">
+        <v>40</v>
+      </c>
+      <c r="I248" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="B249" s="3" t="s">
         <v>491</v>
       </c>
-      <c r="B249" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C249" s="3">
-        <v>620</v>
+        <v>4000</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E249" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F249" s="3">
-        <v>1381</v>
+        <v>432</v>
       </c>
       <c r="G249" s="3">
         <v>1</v>
       </c>
       <c r="H249" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I249" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
+        <v>492</v>
+      </c>
+      <c r="B250" s="3" t="s">
         <v>493</v>
       </c>
-      <c r="B250" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C250" s="3">
-        <v>560</v>
+        <v>19400</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E250" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F250" s="3">
-        <v>4135</v>
+        <v>10</v>
       </c>
       <c r="G250" s="3">
         <v>1</v>
       </c>
       <c r="H250" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I250" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="B251" s="3" t="s">
         <v>495</v>
       </c>
-      <c r="B251" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C251" s="3">
-        <v>970</v>
+        <v>4200</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E251" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F251" s="3">
-        <v>1254</v>
+        <v>56</v>
       </c>
       <c r="G251" s="3">
         <v>1</v>
       </c>
       <c r="H251" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I251" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="B252" s="3" t="s">
         <v>497</v>
       </c>
-      <c r="B252" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C252" s="3">
-        <v>1729.34</v>
+        <v>4400</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E252" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F252" s="3">
-        <v>1160</v>
+        <v>267</v>
       </c>
       <c r="G252" s="3">
         <v>1</v>
       </c>
       <c r="H252" s="3">
-        <v>250</v>
+        <v>40</v>
       </c>
       <c r="I252" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="B253" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="B253" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C253" s="3">
-        <v>170</v>
+        <v>10570</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E253" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F253" s="3">
-        <v>29173</v>
+        <v>1197</v>
       </c>
       <c r="G253" s="3">
         <v>1</v>
       </c>
       <c r="H253" s="3">
-        <v>300</v>
+        <v>40</v>
       </c>
       <c r="I253" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
+        <v>500</v>
+      </c>
+      <c r="B254" s="3" t="s">
         <v>501</v>
       </c>
-      <c r="B254" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C254" s="3">
-        <v>310</v>
+        <v>6400</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E254" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F254" s="3">
-        <v>31823</v>
+        <v>57</v>
       </c>
       <c r="G254" s="3">
         <v>1</v>
       </c>
       <c r="H254" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I254" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="B255" s="3" t="s">
         <v>503</v>
       </c>
-      <c r="B255" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C255" s="3">
-        <v>160.27</v>
+        <v>4500</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E255" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F255" s="3">
-        <v>7071</v>
+        <v>169</v>
       </c>
       <c r="G255" s="3">
         <v>1</v>
       </c>
       <c r="H255" s="3">
-        <v>900</v>
+        <v>40</v>
       </c>
       <c r="I255" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
+        <v>504</v>
+      </c>
+      <c r="B256" s="3" t="s">
         <v>505</v>
       </c>
-      <c r="B256" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C256" s="3">
-        <v>180</v>
+        <v>18500</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E256" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F256" s="3">
-        <v>9313</v>
+        <v>24</v>
       </c>
       <c r="G256" s="3">
         <v>1</v>
       </c>
       <c r="H256" s="3">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="I256" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="B257" s="3" t="s">
         <v>507</v>
       </c>
-      <c r="B257" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C257" s="3">
-        <v>128</v>
+        <v>8600</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E257" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F257" s="3">
-        <v>32770</v>
+        <v>69</v>
       </c>
       <c r="G257" s="3">
         <v>1</v>
       </c>
       <c r="H257" s="3">
-        <v>600</v>
+        <v>20</v>
       </c>
       <c r="I257" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="B258" s="3" t="s">
         <v>509</v>
       </c>
-      <c r="B258" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C258" s="3">
-        <v>192.61</v>
+        <v>9800</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E258" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F258" s="3">
-        <v>1977</v>
+        <v>41</v>
       </c>
       <c r="G258" s="3">
         <v>1</v>
       </c>
       <c r="H258" s="3">
-        <v>600</v>
+        <v>20</v>
       </c>
       <c r="I258" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="B259" s="3" t="s">
         <v>511</v>
       </c>
-      <c r="B259" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C259" s="3">
-        <v>260</v>
+        <v>12841.1</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E259" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F259" s="3">
-        <v>7459</v>
+        <v>0</v>
       </c>
       <c r="G259" s="3">
         <v>1</v>
       </c>
       <c r="H259" s="3">
-        <v>300</v>
+        <v>20</v>
       </c>
       <c r="I259" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="B260" s="3" t="s">
         <v>513</v>
       </c>
-      <c r="B260" s="3" t="s">
+      <c r="C260" s="3">
+        <v>8800</v>
+      </c>
+      <c r="D260" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E260" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F260" s="3">
+        <v>23</v>
+      </c>
+      <c r="G260" s="3">
+        <v>1</v>
+      </c>
+      <c r="H260" s="3">
+        <v>20</v>
+      </c>
+      <c r="I260" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="261" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A261" s="3" t="s">
         <v>514</v>
       </c>
-      <c r="C260" s="3">
-[...22 lines deleted...]
-      <c r="A261" s="2" t="s">
+      <c r="B261" s="3" t="s">
         <v>515</v>
       </c>
-      <c r="B261" s="2"/>
-[...6 lines deleted...]
-      <c r="I261" s="2"/>
+      <c r="C261" s="3">
+        <v>7500</v>
+      </c>
+      <c r="D261" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E261" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F261" s="3">
+        <v>179</v>
+      </c>
+      <c r="G261" s="3">
+        <v>1</v>
+      </c>
+      <c r="H261" s="3">
+        <v>1</v>
+      </c>
+      <c r="I261" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
         <v>516</v>
       </c>
       <c r="B262" s="3" t="s">
         <v>517</v>
       </c>
       <c r="C262" s="3">
-        <v>7601.43</v>
+        <v>7100</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E262" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F262" s="3">
-        <v>286</v>
+        <v>85</v>
       </c>
       <c r="G262" s="3">
         <v>1</v>
       </c>
       <c r="H262" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I262" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
         <v>518</v>
       </c>
       <c r="B263" s="3" t="s">
         <v>519</v>
       </c>
       <c r="C263" s="3">
-        <v>9000</v>
+        <v>5700</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E263" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F263" s="3">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="G263" s="3">
         <v>1</v>
       </c>
       <c r="H263" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I263" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
         <v>520</v>
       </c>
       <c r="B264" s="3" t="s">
         <v>521</v>
       </c>
       <c r="C264" s="3">
-        <v>7271.59</v>
+        <v>2640</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F264" s="3">
-        <v>191</v>
+        <v>369</v>
       </c>
       <c r="G264" s="3">
         <v>1</v>
       </c>
       <c r="H264" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I264" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
         <v>522</v>
       </c>
       <c r="B265" s="3" t="s">
         <v>523</v>
       </c>
       <c r="C265" s="3">
-        <v>32200</v>
+        <v>4550</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E265" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F265" s="3">
-        <v>87</v>
+        <v>459</v>
       </c>
       <c r="G265" s="3">
         <v>1</v>
       </c>
       <c r="H265" s="3">
-        <v>4</v>
+        <v>40</v>
       </c>
       <c r="I265" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
         <v>524</v>
       </c>
       <c r="B266" s="3" t="s">
         <v>525</v>
       </c>
       <c r="C266" s="3">
-        <v>4600</v>
+        <v>3100</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E266" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F266" s="3">
-        <v>191</v>
+        <v>1</v>
       </c>
       <c r="G266" s="3">
         <v>1</v>
       </c>
       <c r="H266" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I266" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
         <v>526</v>
       </c>
       <c r="B267" s="3" t="s">
         <v>527</v>
       </c>
       <c r="C267" s="3">
-        <v>9178.72</v>
+        <v>5490</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E267" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F267" s="3">
-        <v>57</v>
+        <v>558</v>
       </c>
       <c r="G267" s="3">
         <v>1</v>
       </c>
       <c r="H267" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I267" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A268" s="3" t="s">
+      <c r="A268" s="2" t="s">
         <v>528</v>
       </c>
-      <c r="B268" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B268" s="2"/>
+      <c r="C268" s="2"/>
+      <c r="D268" s="2"/>
+      <c r="E268" s="2"/>
+      <c r="F268" s="2"/>
+      <c r="G268" s="2"/>
+      <c r="H268" s="2"/>
+      <c r="I268" s="2"/>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
+        <v>529</v>
+      </c>
+      <c r="B269" s="3" t="s">
         <v>530</v>
       </c>
-      <c r="B269" s="3" t="s">
+      <c r="C269" s="3">
+        <v>68000</v>
+      </c>
+      <c r="D269" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E269" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F269" s="3">
+        <v>19</v>
+      </c>
+      <c r="G269" s="3">
+        <v>1</v>
+      </c>
+      <c r="H269" s="3">
+        <v>10</v>
+      </c>
+      <c r="I269" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="270" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A270" s="3" t="s">
         <v>531</v>
       </c>
-      <c r="C269" s="3">
-[...22 lines deleted...]
-      <c r="A270" s="2" t="s">
+      <c r="B270" s="3" t="s">
         <v>532</v>
       </c>
-      <c r="B270" s="2"/>
-[...6 lines deleted...]
-      <c r="I270" s="2"/>
+      <c r="C270" s="3">
+        <v>35000</v>
+      </c>
+      <c r="D270" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E270" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F270" s="3">
+        <v>26</v>
+      </c>
+      <c r="G270" s="3">
+        <v>1</v>
+      </c>
+      <c r="H270" s="3">
+        <v>20</v>
+      </c>
+      <c r="I270" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
         <v>533</v>
       </c>
       <c r="B271" s="3" t="s">
         <v>534</v>
       </c>
       <c r="C271" s="3">
-        <v>58000</v>
+        <v>48000</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E271" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F271" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="G271" s="3">
         <v>1</v>
       </c>
       <c r="H271" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I271" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
         <v>535</v>
       </c>
       <c r="B272" s="3" t="s">
         <v>536</v>
       </c>
       <c r="C272" s="3">
-        <v>35000</v>
+        <v>55000</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E272" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F272" s="3">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="G272" s="3">
         <v>1</v>
       </c>
       <c r="H272" s="3">
         <v>20</v>
       </c>
       <c r="I272" s="3">
-        <v>0</v>
-[...56 lines deleted...]
-      <c r="I274" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A22:I22"/>
-[...12 lines deleted...]
-    <mergeCell ref="A270:I270"/>
+    <mergeCell ref="A14:I14"/>
+    <mergeCell ref="A23:I23"/>
+    <mergeCell ref="A42:I42"/>
+    <mergeCell ref="A67:I67"/>
+    <mergeCell ref="A107:I107"/>
+    <mergeCell ref="A132:I132"/>
+    <mergeCell ref="A139:I139"/>
+    <mergeCell ref="A143:I143"/>
+    <mergeCell ref="A160:I160"/>
+    <mergeCell ref="A173:I173"/>
+    <mergeCell ref="A182:I182"/>
+    <mergeCell ref="A215:I215"/>
+    <mergeCell ref="A220:I220"/>
+    <mergeCell ref="A268:I268"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
-    <hyperlink ref="D14" r:id="rId11"/>
-[...14 lines deleted...]
-    <hyperlink ref="D30" r:id="rId26"/>
+    <hyperlink ref="D15" r:id="rId11"/>
+    <hyperlink ref="D16" r:id="rId12"/>
+    <hyperlink ref="D17" r:id="rId13"/>
+    <hyperlink ref="D18" r:id="rId14"/>
+    <hyperlink ref="D19" r:id="rId15"/>
+    <hyperlink ref="D20" r:id="rId16"/>
+    <hyperlink ref="D21" r:id="rId17"/>
+    <hyperlink ref="D22" r:id="rId18"/>
+    <hyperlink ref="D24" r:id="rId19"/>
+    <hyperlink ref="D25" r:id="rId20"/>
+    <hyperlink ref="D26" r:id="rId21"/>
+    <hyperlink ref="D27" r:id="rId22"/>
+    <hyperlink ref="D28" r:id="rId23"/>
+    <hyperlink ref="D29" r:id="rId24"/>
+    <hyperlink ref="D30" r:id="rId25"/>
+    <hyperlink ref="D31" r:id="rId26"/>
     <hyperlink ref="D32" r:id="rId27"/>
     <hyperlink ref="D33" r:id="rId28"/>
     <hyperlink ref="D34" r:id="rId29"/>
     <hyperlink ref="D35" r:id="rId30"/>
     <hyperlink ref="D36" r:id="rId31"/>
     <hyperlink ref="D37" r:id="rId32"/>
     <hyperlink ref="D38" r:id="rId33"/>
     <hyperlink ref="D39" r:id="rId34"/>
     <hyperlink ref="D40" r:id="rId35"/>
     <hyperlink ref="D41" r:id="rId36"/>
-    <hyperlink ref="D42" r:id="rId37"/>
-[...12 lines deleted...]
-    <hyperlink ref="D55" r:id="rId50"/>
+    <hyperlink ref="D43" r:id="rId37"/>
+    <hyperlink ref="D44" r:id="rId38"/>
+    <hyperlink ref="D45" r:id="rId39"/>
+    <hyperlink ref="D46" r:id="rId40"/>
+    <hyperlink ref="D47" r:id="rId41"/>
+    <hyperlink ref="D48" r:id="rId42"/>
+    <hyperlink ref="D49" r:id="rId43"/>
+    <hyperlink ref="D50" r:id="rId44"/>
+    <hyperlink ref="D51" r:id="rId45"/>
+    <hyperlink ref="D52" r:id="rId46"/>
+    <hyperlink ref="D53" r:id="rId47"/>
+    <hyperlink ref="D54" r:id="rId48"/>
+    <hyperlink ref="D55" r:id="rId49"/>
+    <hyperlink ref="D56" r:id="rId50"/>
     <hyperlink ref="D57" r:id="rId51"/>
     <hyperlink ref="D58" r:id="rId52"/>
     <hyperlink ref="D59" r:id="rId53"/>
     <hyperlink ref="D60" r:id="rId54"/>
     <hyperlink ref="D61" r:id="rId55"/>
     <hyperlink ref="D62" r:id="rId56"/>
     <hyperlink ref="D63" r:id="rId57"/>
     <hyperlink ref="D64" r:id="rId58"/>
     <hyperlink ref="D65" r:id="rId59"/>
     <hyperlink ref="D66" r:id="rId60"/>
-    <hyperlink ref="D67" r:id="rId61"/>
-[...27 lines deleted...]
-    <hyperlink ref="D95" r:id="rId89"/>
+    <hyperlink ref="D68" r:id="rId61"/>
+    <hyperlink ref="D69" r:id="rId62"/>
+    <hyperlink ref="D70" r:id="rId63"/>
+    <hyperlink ref="D71" r:id="rId64"/>
+    <hyperlink ref="D72" r:id="rId65"/>
+    <hyperlink ref="D73" r:id="rId66"/>
+    <hyperlink ref="D74" r:id="rId67"/>
+    <hyperlink ref="D75" r:id="rId68"/>
+    <hyperlink ref="D76" r:id="rId69"/>
+    <hyperlink ref="D77" r:id="rId70"/>
+    <hyperlink ref="D78" r:id="rId71"/>
+    <hyperlink ref="D79" r:id="rId72"/>
+    <hyperlink ref="D80" r:id="rId73"/>
+    <hyperlink ref="D81" r:id="rId74"/>
+    <hyperlink ref="D82" r:id="rId75"/>
+    <hyperlink ref="D83" r:id="rId76"/>
+    <hyperlink ref="D84" r:id="rId77"/>
+    <hyperlink ref="D85" r:id="rId78"/>
+    <hyperlink ref="D86" r:id="rId79"/>
+    <hyperlink ref="D87" r:id="rId80"/>
+    <hyperlink ref="D88" r:id="rId81"/>
+    <hyperlink ref="D89" r:id="rId82"/>
+    <hyperlink ref="D90" r:id="rId83"/>
+    <hyperlink ref="D91" r:id="rId84"/>
+    <hyperlink ref="D92" r:id="rId85"/>
+    <hyperlink ref="D93" r:id="rId86"/>
+    <hyperlink ref="D94" r:id="rId87"/>
+    <hyperlink ref="D95" r:id="rId88"/>
+    <hyperlink ref="D96" r:id="rId89"/>
     <hyperlink ref="D97" r:id="rId90"/>
     <hyperlink ref="D98" r:id="rId91"/>
     <hyperlink ref="D99" r:id="rId92"/>
     <hyperlink ref="D100" r:id="rId93"/>
     <hyperlink ref="D101" r:id="rId94"/>
     <hyperlink ref="D102" r:id="rId95"/>
     <hyperlink ref="D103" r:id="rId96"/>
     <hyperlink ref="D104" r:id="rId97"/>
     <hyperlink ref="D105" r:id="rId98"/>
     <hyperlink ref="D106" r:id="rId99"/>
-    <hyperlink ref="D107" r:id="rId100"/>
-[...19 lines deleted...]
-    <hyperlink ref="D127" r:id="rId120"/>
+    <hyperlink ref="D108" r:id="rId100"/>
+    <hyperlink ref="D109" r:id="rId101"/>
+    <hyperlink ref="D110" r:id="rId102"/>
+    <hyperlink ref="D111" r:id="rId103"/>
+    <hyperlink ref="D112" r:id="rId104"/>
+    <hyperlink ref="D113" r:id="rId105"/>
+    <hyperlink ref="D114" r:id="rId106"/>
+    <hyperlink ref="D115" r:id="rId107"/>
+    <hyperlink ref="D116" r:id="rId108"/>
+    <hyperlink ref="D117" r:id="rId109"/>
+    <hyperlink ref="D118" r:id="rId110"/>
+    <hyperlink ref="D119" r:id="rId111"/>
+    <hyperlink ref="D120" r:id="rId112"/>
+    <hyperlink ref="D121" r:id="rId113"/>
+    <hyperlink ref="D122" r:id="rId114"/>
+    <hyperlink ref="D123" r:id="rId115"/>
+    <hyperlink ref="D124" r:id="rId116"/>
+    <hyperlink ref="D125" r:id="rId117"/>
+    <hyperlink ref="D126" r:id="rId118"/>
+    <hyperlink ref="D127" r:id="rId119"/>
+    <hyperlink ref="D128" r:id="rId120"/>
     <hyperlink ref="D129" r:id="rId121"/>
     <hyperlink ref="D130" r:id="rId122"/>
     <hyperlink ref="D131" r:id="rId123"/>
-    <hyperlink ref="D132" r:id="rId124"/>
-[...120 lines deleted...]
-    <hyperlink ref="D260" r:id="rId245"/>
+    <hyperlink ref="D133" r:id="rId124"/>
+    <hyperlink ref="D134" r:id="rId125"/>
+    <hyperlink ref="D135" r:id="rId126"/>
+    <hyperlink ref="D136" r:id="rId127"/>
+    <hyperlink ref="D137" r:id="rId128"/>
+    <hyperlink ref="D138" r:id="rId129"/>
+    <hyperlink ref="D140" r:id="rId130"/>
+    <hyperlink ref="D141" r:id="rId131"/>
+    <hyperlink ref="D142" r:id="rId132"/>
+    <hyperlink ref="D144" r:id="rId133"/>
+    <hyperlink ref="D145" r:id="rId134"/>
+    <hyperlink ref="D146" r:id="rId135"/>
+    <hyperlink ref="D147" r:id="rId136"/>
+    <hyperlink ref="D148" r:id="rId137"/>
+    <hyperlink ref="D149" r:id="rId138"/>
+    <hyperlink ref="D150" r:id="rId139"/>
+    <hyperlink ref="D151" r:id="rId140"/>
+    <hyperlink ref="D152" r:id="rId141"/>
+    <hyperlink ref="D153" r:id="rId142"/>
+    <hyperlink ref="D154" r:id="rId143"/>
+    <hyperlink ref="D155" r:id="rId144"/>
+    <hyperlink ref="D156" r:id="rId145"/>
+    <hyperlink ref="D157" r:id="rId146"/>
+    <hyperlink ref="D158" r:id="rId147"/>
+    <hyperlink ref="D159" r:id="rId148"/>
+    <hyperlink ref="D161" r:id="rId149"/>
+    <hyperlink ref="D162" r:id="rId150"/>
+    <hyperlink ref="D163" r:id="rId151"/>
+    <hyperlink ref="D164" r:id="rId152"/>
+    <hyperlink ref="D165" r:id="rId153"/>
+    <hyperlink ref="D166" r:id="rId154"/>
+    <hyperlink ref="D167" r:id="rId155"/>
+    <hyperlink ref="D168" r:id="rId156"/>
+    <hyperlink ref="D169" r:id="rId157"/>
+    <hyperlink ref="D170" r:id="rId158"/>
+    <hyperlink ref="D171" r:id="rId159"/>
+    <hyperlink ref="D172" r:id="rId160"/>
+    <hyperlink ref="D174" r:id="rId161"/>
+    <hyperlink ref="D175" r:id="rId162"/>
+    <hyperlink ref="D176" r:id="rId163"/>
+    <hyperlink ref="D177" r:id="rId164"/>
+    <hyperlink ref="D178" r:id="rId165"/>
+    <hyperlink ref="D179" r:id="rId166"/>
+    <hyperlink ref="D180" r:id="rId167"/>
+    <hyperlink ref="D181" r:id="rId168"/>
+    <hyperlink ref="D183" r:id="rId169"/>
+    <hyperlink ref="D184" r:id="rId170"/>
+    <hyperlink ref="D185" r:id="rId171"/>
+    <hyperlink ref="D186" r:id="rId172"/>
+    <hyperlink ref="D187" r:id="rId173"/>
+    <hyperlink ref="D188" r:id="rId174"/>
+    <hyperlink ref="D189" r:id="rId175"/>
+    <hyperlink ref="D190" r:id="rId176"/>
+    <hyperlink ref="D191" r:id="rId177"/>
+    <hyperlink ref="D192" r:id="rId178"/>
+    <hyperlink ref="D193" r:id="rId179"/>
+    <hyperlink ref="D194" r:id="rId180"/>
+    <hyperlink ref="D195" r:id="rId181"/>
+    <hyperlink ref="D196" r:id="rId182"/>
+    <hyperlink ref="D197" r:id="rId183"/>
+    <hyperlink ref="D198" r:id="rId184"/>
+    <hyperlink ref="D199" r:id="rId185"/>
+    <hyperlink ref="D200" r:id="rId186"/>
+    <hyperlink ref="D201" r:id="rId187"/>
+    <hyperlink ref="D202" r:id="rId188"/>
+    <hyperlink ref="D203" r:id="rId189"/>
+    <hyperlink ref="D204" r:id="rId190"/>
+    <hyperlink ref="D205" r:id="rId191"/>
+    <hyperlink ref="D206" r:id="rId192"/>
+    <hyperlink ref="D207" r:id="rId193"/>
+    <hyperlink ref="D208" r:id="rId194"/>
+    <hyperlink ref="D209" r:id="rId195"/>
+    <hyperlink ref="D210" r:id="rId196"/>
+    <hyperlink ref="D211" r:id="rId197"/>
+    <hyperlink ref="D212" r:id="rId198"/>
+    <hyperlink ref="D213" r:id="rId199"/>
+    <hyperlink ref="D214" r:id="rId200"/>
+    <hyperlink ref="D216" r:id="rId201"/>
+    <hyperlink ref="D217" r:id="rId202"/>
+    <hyperlink ref="D218" r:id="rId203"/>
+    <hyperlink ref="D219" r:id="rId204"/>
+    <hyperlink ref="D221" r:id="rId205"/>
+    <hyperlink ref="D222" r:id="rId206"/>
+    <hyperlink ref="D223" r:id="rId207"/>
+    <hyperlink ref="D224" r:id="rId208"/>
+    <hyperlink ref="D225" r:id="rId209"/>
+    <hyperlink ref="D226" r:id="rId210"/>
+    <hyperlink ref="D227" r:id="rId211"/>
+    <hyperlink ref="D228" r:id="rId212"/>
+    <hyperlink ref="D229" r:id="rId213"/>
+    <hyperlink ref="D230" r:id="rId214"/>
+    <hyperlink ref="D231" r:id="rId215"/>
+    <hyperlink ref="D232" r:id="rId216"/>
+    <hyperlink ref="D233" r:id="rId217"/>
+    <hyperlink ref="D234" r:id="rId218"/>
+    <hyperlink ref="D235" r:id="rId219"/>
+    <hyperlink ref="D236" r:id="rId220"/>
+    <hyperlink ref="D237" r:id="rId221"/>
+    <hyperlink ref="D238" r:id="rId222"/>
+    <hyperlink ref="D239" r:id="rId223"/>
+    <hyperlink ref="D240" r:id="rId224"/>
+    <hyperlink ref="D241" r:id="rId225"/>
+    <hyperlink ref="D242" r:id="rId226"/>
+    <hyperlink ref="D243" r:id="rId227"/>
+    <hyperlink ref="D244" r:id="rId228"/>
+    <hyperlink ref="D245" r:id="rId229"/>
+    <hyperlink ref="D246" r:id="rId230"/>
+    <hyperlink ref="D247" r:id="rId231"/>
+    <hyperlink ref="D248" r:id="rId232"/>
+    <hyperlink ref="D249" r:id="rId233"/>
+    <hyperlink ref="D250" r:id="rId234"/>
+    <hyperlink ref="D251" r:id="rId235"/>
+    <hyperlink ref="D252" r:id="rId236"/>
+    <hyperlink ref="D253" r:id="rId237"/>
+    <hyperlink ref="D254" r:id="rId238"/>
+    <hyperlink ref="D255" r:id="rId239"/>
+    <hyperlink ref="D256" r:id="rId240"/>
+    <hyperlink ref="D257" r:id="rId241"/>
+    <hyperlink ref="D258" r:id="rId242"/>
+    <hyperlink ref="D259" r:id="rId243"/>
+    <hyperlink ref="D260" r:id="rId244"/>
+    <hyperlink ref="D261" r:id="rId245"/>
     <hyperlink ref="D262" r:id="rId246"/>
     <hyperlink ref="D263" r:id="rId247"/>
     <hyperlink ref="D264" r:id="rId248"/>
     <hyperlink ref="D265" r:id="rId249"/>
     <hyperlink ref="D266" r:id="rId250"/>
     <hyperlink ref="D267" r:id="rId251"/>
-    <hyperlink ref="D268" r:id="rId252"/>
-    <hyperlink ref="D269" r:id="rId253"/>
+    <hyperlink ref="D269" r:id="rId252"/>
+    <hyperlink ref="D270" r:id="rId253"/>
     <hyperlink ref="D271" r:id="rId254"/>
     <hyperlink ref="D272" r:id="rId255"/>
-    <hyperlink ref="D273" r:id="rId256"/>
-    <hyperlink ref="D274" r:id="rId257"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>