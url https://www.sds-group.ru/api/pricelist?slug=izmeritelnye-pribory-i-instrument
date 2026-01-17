--- v1 (2025-11-29)
+++ v2 (2026-01-17)
@@ -8,1663 +8,1657 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1045" uniqueCount="537">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1041" uniqueCount="535">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Измерительные приборы и инструмент</t>
   </si>
   <si>
-    <t>1.1 Пирометры</t>
+    <t>1.1 Тестеры состояния кабелей и трассоискатели</t>
+  </si>
+  <si>
+    <t>12-1006-4</t>
+  </si>
+  <si>
+    <t>Тестер кабеля RJ-45+RJ-11/RJ-12 468 PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>13-1220</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тестер-трассоискатель MS6812A с генератором сигнала MASTECH </t>
+  </si>
+  <si>
+    <t>13-1221</t>
+  </si>
+  <si>
+    <t>Тестер трассоискатель с генератором сигнала MS6813 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1211</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабельный локатор MS-6818 MASTECH  </t>
+  </si>
+  <si>
+    <t>13-1222</t>
+  </si>
+  <si>
+    <t>Тестер с генератором сигнала MS6810 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1224</t>
+  </si>
+  <si>
+    <t>Тестер с генератором сигнала MS6811 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1091</t>
+  </si>
+  <si>
+    <t>Тестер трассоискатель с генератором сигнала UNI-T UT682</t>
+  </si>
+  <si>
+    <t>13-1090</t>
+  </si>
+  <si>
+    <t>Тестер трассоискатель с генератором сигнала UNI-T UT682D</t>
+  </si>
+  <si>
+    <t>13-1092</t>
+  </si>
+  <si>
+    <t>Тестер трассоискатель с генератором сигнала UNI-T UT683KIT</t>
+  </si>
+  <si>
+    <t>13-1093</t>
+  </si>
+  <si>
+    <t>Кабельный тестер-локатор UNI-T UT685KIT TDR</t>
+  </si>
+  <si>
+    <t>12-1009</t>
+  </si>
+  <si>
+    <t>Тестер кабеля многофункциональный RJ-45 828 REXANT</t>
+  </si>
+  <si>
+    <t>12-1016</t>
+  </si>
+  <si>
+    <t>Тестер-трассоискатель R6816 REXANT</t>
+  </si>
+  <si>
+    <t>12-1006</t>
+  </si>
+  <si>
+    <t>Тестер кабеля RJ-45+RJ-11/RJ-12 468 REXANT</t>
+  </si>
+  <si>
+    <t>12-1020</t>
+  </si>
+  <si>
+    <t>Тестер-трассоискатель R6812 REXANT</t>
+  </si>
+  <si>
+    <t>12-1024</t>
+  </si>
+  <si>
+    <t>Кабельный локатор R6818 REXANT</t>
+  </si>
+  <si>
+    <t>12-1001</t>
+  </si>
+  <si>
+    <t>Тестер кабеля RJ-45/RJ-12/ RJ-11/BNC  5248 REXANT</t>
+  </si>
+  <si>
+    <t>12-1003</t>
+  </si>
+  <si>
+    <t>Тестер кабеля универсальный 5 в 1 RJ-45+RJ-11/RJ-12+1394+USB+BNC 3468 REXANT</t>
+  </si>
+  <si>
+    <t>12-1011</t>
+  </si>
+  <si>
+    <t>Тестер кабеля универсальный RJ-45+USB 251454 REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Тестеры напряжения</t>
+  </si>
+  <si>
+    <t>12-2031</t>
+  </si>
+  <si>
+    <t>Тестер-пробник P-01 140 мм PROconnect</t>
+  </si>
+  <si>
+    <t>12-2032</t>
+  </si>
+  <si>
+    <t>Тестер-пробник P-02 190 мм PROconnect</t>
+  </si>
+  <si>
+    <t>13-1265</t>
+  </si>
+  <si>
+    <t>Тестер розеток, детектор автоматов MS5905RTD MASTECH</t>
+  </si>
+  <si>
+    <t>13-1204</t>
+  </si>
+  <si>
+    <t>Индикатор напряжения MS8922A MASTECH</t>
+  </si>
+  <si>
+    <t>13-1260</t>
+  </si>
+  <si>
+    <t>Тестер розеток MS6860D MASTECH</t>
+  </si>
+  <si>
+    <t>13-1251</t>
+  </si>
+  <si>
+    <t>Детектор последовательности фаз MS5900 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1262</t>
+  </si>
+  <si>
+    <t>Тестер розеток, детектор автоматов MS5902RTD MASTECH</t>
+  </si>
+  <si>
+    <t>13-1202</t>
+  </si>
+  <si>
+    <t>Тестер-пробник MS8902A MASTECH</t>
+  </si>
+  <si>
+    <t>13-1041</t>
+  </si>
+  <si>
+    <t>Индикатор напряжения UNI-T UT18С</t>
+  </si>
+  <si>
+    <t>13-1042</t>
+  </si>
+  <si>
+    <t>Индикатор напряжения UNI-T UT18D</t>
+  </si>
+  <si>
+    <t>13-1019</t>
+  </si>
+  <si>
+    <t>Индикатор напряжения UNI-T UT22B-EU</t>
+  </si>
+  <si>
+    <t>13-1121</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тестер розеток UNI-T UT07B-EU </t>
+  </si>
+  <si>
+    <t>13-1033</t>
+  </si>
+  <si>
+    <t>Тестер-пробник UNI-T UT12M</t>
+  </si>
+  <si>
+    <t>13-1124</t>
+  </si>
+  <si>
+    <t>Детектор последовательности фаз UNI-T UT261B</t>
+  </si>
+  <si>
+    <t>13-1031</t>
+  </si>
+  <si>
+    <t>Тестер-пробник UNI-T UT12D</t>
+  </si>
+  <si>
+    <t>13-1018</t>
+  </si>
+  <si>
+    <t>Индикатор напряжения UNI-T UT15C</t>
+  </si>
+  <si>
+    <t>12-2033</t>
+  </si>
+  <si>
+    <t>Тестер-пробник R-15 190 мм REXANT</t>
+  </si>
+  <si>
+    <t>12-2043</t>
+  </si>
+  <si>
+    <t>Тестер-пробник с комбинированным жалом R-13 REXANT</t>
+  </si>
+  <si>
+    <t>12-2038</t>
+  </si>
+  <si>
+    <t>Тестер-пробник R-20 REXANT</t>
+  </si>
+  <si>
+    <t>12-2050</t>
+  </si>
+  <si>
+    <t>Индикатор напряжения цифровой R-30 REXANT</t>
+  </si>
+  <si>
+    <t>12-2035</t>
+  </si>
+  <si>
+    <t>Тестер-пробник R-48 REXANT</t>
+  </si>
+  <si>
+    <t>12-2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тестер-пробник R-18 REXANT  </t>
+  </si>
+  <si>
+    <t>12-2042</t>
+  </si>
+  <si>
+    <t>Тестер-пробник с комбинированным жалом R-16 REXANT</t>
+  </si>
+  <si>
+    <t>12-2044</t>
+  </si>
+  <si>
+    <t>Тестер-пробник с комбинированным жалом R-14 REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Портативные мультиметры</t>
+  </si>
+  <si>
+    <t>13-3011</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M830B (DT830B) PROconnect</t>
+  </si>
+  <si>
+    <t>13-3021</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр MAS830L (DT850L) PROconnect</t>
+  </si>
+  <si>
+    <t>13-3012</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M832 (DT832) PROconnect</t>
+  </si>
+  <si>
+    <t>13-3013</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M838 (DT838) PROconnect</t>
+  </si>
+  <si>
+    <t>13-3014</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр М-182 (DT-182) PROconnect</t>
+  </si>
+  <si>
+    <t>13-3022</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр MAS838L (DT858L) PROconnect</t>
+  </si>
+  <si>
+    <t>13-2009</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M320 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2004</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M838 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2001</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M830B MASTECH</t>
+  </si>
+  <si>
+    <t>13-2007</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр MAS830L MASTECH</t>
+  </si>
+  <si>
+    <t>13-2008</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр MAS838 в кожухе с прозвонкой и измерением температуры MASTECH</t>
+  </si>
+  <si>
+    <t>13-2026</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр MS8238 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2045</t>
+  </si>
+  <si>
+    <t>Цифровой мультиметр-пробник MS8211D MASTECH</t>
+  </si>
+  <si>
+    <t>13-2044</t>
+  </si>
+  <si>
+    <t>Цифровой мультиметр-пробник MS8211 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2002</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M830BZ MASTECH</t>
+  </si>
+  <si>
+    <t>13-2003</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M832 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2011</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр MAS830 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2006</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M300 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2010</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр MAS830B MASTECH</t>
+  </si>
+  <si>
+    <t>13-2046</t>
+  </si>
+  <si>
+    <t>Цифровой мультиметр-пробник MS8223A MASTECH</t>
+  </si>
+  <si>
+    <t>13-0051</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный СМАРТ UNI-T UT121B</t>
+  </si>
+  <si>
+    <t>13-0063</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT133B</t>
+  </si>
+  <si>
+    <t>13-0083</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный СМАРТ UNI-T UT118B</t>
+  </si>
+  <si>
+    <t>13-0010</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр UNI-T UT120A</t>
+  </si>
+  <si>
+    <t>13-0055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Портативный мультиметр UNI-T UT33A+ </t>
+  </si>
+  <si>
+    <t>13-0056</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Портативный мультиметр UNI-T UT33B+ </t>
+  </si>
+  <si>
+    <t>13-0062</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT133A</t>
+  </si>
+  <si>
+    <t>13-0058</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр UNI-T UT33D+</t>
+  </si>
+  <si>
+    <t>13-0020</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный UNI-T UT123</t>
+  </si>
+  <si>
+    <t>13-0019</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр UNI-T UT120C</t>
+  </si>
+  <si>
+    <t>13-0057</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр UNI-T UT33C+</t>
+  </si>
+  <si>
+    <t>13-0052</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный СМАРТ UNI-T UT122</t>
+  </si>
+  <si>
+    <t>13-3125</t>
+  </si>
+  <si>
+    <t>Мультиметр-пробник цифровой R8211 REXANT</t>
+  </si>
+  <si>
+    <t>13-3100</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный R109L REXANT</t>
+  </si>
+  <si>
+    <t>13-3115</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный R131A REXANT</t>
+  </si>
+  <si>
+    <t>13-3106</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный R830L REXANT</t>
+  </si>
+  <si>
+    <t>13-3120</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный R124B REXANT</t>
+  </si>
+  <si>
+    <t>13-3112</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный R113C REXANT</t>
+  </si>
+  <si>
+    <t>13-3109</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный R113A REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Универсальные мультиметры</t>
+  </si>
+  <si>
+    <t>13-3026</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный P9205М PROconnect</t>
+  </si>
+  <si>
+    <t>13-2052</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MY65N MASTECH</t>
+  </si>
+  <si>
+    <t>13-2019</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MY62N MASTECH</t>
+  </si>
+  <si>
+    <t>13-2070</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MS8233D MASTECH</t>
+  </si>
+  <si>
+    <t>13-2014</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MS8233A MASTECH</t>
+  </si>
+  <si>
+    <t>13-2015</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MS8233C MASTECH</t>
+  </si>
+  <si>
+    <t>13-2016</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MS8233B MASTECH</t>
+  </si>
+  <si>
+    <t>13-2005</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MY64 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2051</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MY63N MASTECH</t>
+  </si>
+  <si>
+    <t>13-2054</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MY64N MASTECH</t>
+  </si>
+  <si>
+    <t>13-2013</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MS8233E MASTECH</t>
+  </si>
+  <si>
+    <t>13-2058</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MY68 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2056</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MS8221С MASTECH</t>
+  </si>
+  <si>
+    <t>13-2053</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MY61N MASTECH</t>
+  </si>
+  <si>
+    <t>13-1020</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр UNI-T UT 58A</t>
+  </si>
+  <si>
+    <t>13-1022</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр UNI-T UT 58B</t>
+  </si>
+  <si>
+    <t>13-1024</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр UNI-T UT 58D</t>
+  </si>
+  <si>
+    <t>13-0068</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT39E+</t>
+  </si>
+  <si>
+    <t>13-0071</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT890D+</t>
+  </si>
+  <si>
+    <t>13-0076</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT89XD</t>
+  </si>
+  <si>
+    <t>13-1028</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр UNI-T UT 139С</t>
+  </si>
+  <si>
+    <t>13-1029</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр UNI-T UT 139S</t>
+  </si>
+  <si>
+    <t>13-0066</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT39A+</t>
+  </si>
+  <si>
+    <t>13-0067</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT39С+</t>
+  </si>
+  <si>
+    <t>13-0069</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT136C+</t>
+  </si>
+  <si>
+    <t>13-0077</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT89XE</t>
+  </si>
+  <si>
+    <t>13-1025</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр UNI-T UT 58E</t>
+  </si>
+  <si>
+    <t>13-0070</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT890C</t>
+  </si>
+  <si>
+    <t>13-0075</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT89X</t>
+  </si>
+  <si>
+    <t>13-1023</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр UNI-T UT 58C</t>
+  </si>
+  <si>
+    <t>13-3151</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный R135D REXANT</t>
+  </si>
+  <si>
+    <t>13-3154</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный R132С REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Профессиональные мультиметры</t>
+  </si>
+  <si>
+    <t>13-2021</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8217 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2027</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8360C MASTECH</t>
+  </si>
+  <si>
+    <t>13-2022</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8269 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1223</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Профессиональный мультиметр-трассоискатель MS8236 MASCTECH </t>
+  </si>
+  <si>
+    <t>13-2102</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8251B MASTECH</t>
+  </si>
+  <si>
+    <t>13-2068</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8268 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2087</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8209 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2060</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8265 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2029</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр 5 в 1 MS8229 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2020</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8239C MASTECH</t>
+  </si>
+  <si>
+    <t>13-2091</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр SMART MS8301D MASTECH</t>
+  </si>
+  <si>
+    <t>13-2069</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8361D MASTECH</t>
+  </si>
+  <si>
+    <t>13-2101</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8250A MASTECH</t>
+  </si>
+  <si>
+    <t>13-2108</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр - измеритель сопротивления изоляции MS5208 MASTECH</t>
+  </si>
+  <si>
+    <t>13-0093</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр UNI-T UT61D+</t>
+  </si>
+  <si>
+    <t>13-0091</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр UNI-T 60S</t>
+  </si>
+  <si>
+    <t>13-0086</t>
+  </si>
+  <si>
+    <t>Мультиметр профессиональный UNI-T UT191T</t>
+  </si>
+  <si>
+    <t>13-0088</t>
+  </si>
+  <si>
+    <t>Мультиметр профессиональный UNI-T UT17B PRO</t>
+  </si>
+  <si>
+    <t>13-0092</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр UNI-T UT61B+</t>
+  </si>
+  <si>
+    <t>13-0094</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр UNI-T UT61E+</t>
+  </si>
+  <si>
+    <t>13-0090</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр UNI-T 60BT</t>
+  </si>
+  <si>
+    <t>13-0087</t>
+  </si>
+  <si>
+    <t>Мультиметр профессиональный UNI-T UT15B PRO</t>
+  </si>
+  <si>
+    <t>13-0089</t>
+  </si>
+  <si>
+    <t>Мультиметр профессиональный UNI-T UT18B PRO</t>
+  </si>
+  <si>
+    <t>1.6 Пирометры</t>
+  </si>
+  <si>
+    <t>13-1235</t>
+  </si>
+  <si>
+    <t>Пирометр MS6541 MASTECH</t>
   </si>
   <si>
     <t>13-1233</t>
   </si>
   <si>
     <t>Пирометр MS6522А MASTECH</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>13-1231</t>
   </si>
   <si>
     <t>Пирометр MS6522B MASTECH</t>
   </si>
   <si>
-    <t>13-1235</t>
-[...2 lines deleted...]
-    <t>Пирометр MS6541 MASTECH</t>
+    <t>13-0029</t>
+  </si>
+  <si>
+    <t>Пирометр UNI-T UT301C+</t>
+  </si>
+  <si>
+    <t>13-0039</t>
+  </si>
+  <si>
+    <t>Пирометр UNI-T UT301A+</t>
+  </si>
+  <si>
+    <t>13-0040</t>
+  </si>
+  <si>
+    <t>Пирометр UNI-T UT302C+</t>
+  </si>
+  <si>
+    <t>13-0025</t>
+  </si>
+  <si>
+    <t>Пирометр UNI-T UT300S</t>
+  </si>
+  <si>
+    <t>13-0030</t>
+  </si>
+  <si>
+    <t>Пирометр UNI-T UT300A+</t>
   </si>
   <si>
     <t>13-0026</t>
   </si>
   <si>
     <t>Пирометр карманный UNI-T UT306A</t>
   </si>
   <si>
-    <t>13-0039</t>
-[...28 lines deleted...]
-  <si>
     <t>13-3060</t>
   </si>
   <si>
     <t xml:space="preserve">Пирометр R-400 REXANT </t>
   </si>
   <si>
-    <t>1.2 Измерители LCR (индуктивности, емкости, сопротивления)</t>
+    <t>1.7 Измерители сопротивления (мегаомметры)</t>
+  </si>
+  <si>
+    <t>13-1346</t>
+  </si>
+  <si>
+    <t>Измеритель сопротивления изоляции MS5201 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1347</t>
+  </si>
+  <si>
+    <t>Измеритель сопротивления изоляции MS5203 MASTECH</t>
+  </si>
+  <si>
+    <t>13-0043</t>
+  </si>
+  <si>
+    <t>Измеритель сопротивления изоляции UNI-T UT501A</t>
+  </si>
+  <si>
+    <t>13-0045</t>
+  </si>
+  <si>
+    <t>Измеритель сопротивления изоляции UNI-T UT501B</t>
+  </si>
+  <si>
+    <t>13-0044</t>
+  </si>
+  <si>
+    <t>Измеритель сопротивления изоляции UNI-T UT502A</t>
+  </si>
+  <si>
+    <t>13-0042</t>
+  </si>
+  <si>
+    <t>Измеритель сопротивления изоляции UNI-T UT511</t>
+  </si>
+  <si>
+    <t>1.8 Детекторы металла</t>
+  </si>
+  <si>
+    <t>13-1210</t>
+  </si>
+  <si>
+    <t>Детектор металла MS6906 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1152</t>
+  </si>
+  <si>
+    <t>Детектор металла и кабелей UNI-T UT387C</t>
+  </si>
+  <si>
+    <t>13-1150</t>
+  </si>
+  <si>
+    <t>Детектор металла и кабелей UNI-T UT387A</t>
+  </si>
+  <si>
+    <t>1.9 Дальномеры</t>
+  </si>
+  <si>
+    <t>13-1161</t>
+  </si>
+  <si>
+    <t>Лазерный дальномер UNI-T LM70A</t>
+  </si>
+  <si>
+    <t>13-1162</t>
+  </si>
+  <si>
+    <t>Лазерный дальномер UNI-T LM100A</t>
+  </si>
+  <si>
+    <t>13-1160</t>
+  </si>
+  <si>
+    <t>Лазерный дальномер UNI-T LM50A</t>
+  </si>
+  <si>
+    <t>13-1163</t>
+  </si>
+  <si>
+    <t>Лазерный дальномер UNI-T LM120A</t>
+  </si>
+  <si>
+    <t>1.10 Специализированные измерительные приборы</t>
+  </si>
+  <si>
+    <t>13-1216</t>
+  </si>
+  <si>
+    <t>Люксметр MS6612 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1250</t>
+  </si>
+  <si>
+    <t>Многофункциональный тестер окружающей среды MS6300 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1275</t>
+  </si>
+  <si>
+    <t>Цифровой измеритель влажности материалов MS6900 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1240</t>
+  </si>
+  <si>
+    <t>Цифровой термометр MS6500 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1272</t>
+  </si>
+  <si>
+    <t>Цифровой анемометр MS6252B MASTECH</t>
+  </si>
+  <si>
+    <t>13-1215</t>
+  </si>
+  <si>
+    <t>Люксметр MS6610 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1246</t>
+  </si>
+  <si>
+    <t>Цифровой детектор утечки газа MS6310 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1252</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Цифровой измеритель уровня шума MS6701 MASTECH </t>
+  </si>
+  <si>
+    <t>13-1130</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Измеритель влажности и температуры компактный UNI-T UT333 </t>
+  </si>
+  <si>
+    <t>13-1134</t>
+  </si>
+  <si>
+    <t>Измеритель уровня шума компактный UNI-T UT353</t>
+  </si>
+  <si>
+    <t>13-1142</t>
+  </si>
+  <si>
+    <t>Анемометр компактный UNI-T UT363</t>
+  </si>
+  <si>
+    <t>13-1137</t>
+  </si>
+  <si>
+    <t>Люксметр компактный UNI-T UT383</t>
+  </si>
+  <si>
+    <t>13-1147</t>
+  </si>
+  <si>
+    <t>Измеритель влажности материалов цифровой UNI-T UT377A</t>
+  </si>
+  <si>
+    <t>13-1138</t>
+  </si>
+  <si>
+    <t>Люксметр UNI-T UT383S</t>
+  </si>
+  <si>
+    <t>13-1145</t>
+  </si>
+  <si>
+    <t>Измеритель уровня угарного газа (СО) UNI-T UT337A</t>
+  </si>
+  <si>
+    <t>13-1127</t>
+  </si>
+  <si>
+    <t>Угломер цифровой LM320A UNI-T</t>
+  </si>
+  <si>
+    <t>1.11 Щупы и аксессуары</t>
+  </si>
+  <si>
+    <t>13-2033</t>
+  </si>
+  <si>
+    <t>Щупы T3030U MASTECH</t>
+  </si>
+  <si>
+    <t>13-2034</t>
+  </si>
+  <si>
+    <t>Щупы T3033U MASTECH</t>
+  </si>
+  <si>
+    <t>13-0031</t>
+  </si>
+  <si>
+    <t>Щупы тестера UNI-T UT-L13</t>
+  </si>
+  <si>
+    <t>13-0034</t>
+  </si>
+  <si>
+    <t>Щупы тестера UNI-T UT-L27</t>
+  </si>
+  <si>
+    <t>13-3048</t>
+  </si>
+  <si>
+    <t>Датчик температуры K-1 для измерительных приборов REXANT</t>
+  </si>
+  <si>
+    <t>13-3031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Щупы тестера REX04 REXANT </t>
+  </si>
+  <si>
+    <t>13-3032</t>
+  </si>
+  <si>
+    <t>Щупы тестера REX07 REXANT</t>
+  </si>
+  <si>
+    <t>13-3041</t>
+  </si>
+  <si>
+    <t>Щупы тестера REX05 REXANT</t>
+  </si>
+  <si>
+    <t>13-3040</t>
+  </si>
+  <si>
+    <t>Щупы тестера с зажимом типа «крокодил» REX10 REXANT</t>
+  </si>
+  <si>
+    <t>13-3035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор щупов со сменными насадками REXANT Basic </t>
+  </si>
+  <si>
+    <t>13-3042</t>
+  </si>
+  <si>
+    <t>Щупы тестера с зажимом типа «крокодил» REX11 REXANT</t>
+  </si>
+  <si>
+    <t>13-3033</t>
+  </si>
+  <si>
+    <t>Щупы тестера REX08 REXANT</t>
+  </si>
+  <si>
+    <t>1.12 Измерители LCR (индуктивности, емкости, сопротивления)</t>
+  </si>
+  <si>
+    <t>13-2028</t>
+  </si>
+  <si>
+    <t>Измеритель емкости и индуктивности (RLC-метр) MS8360E MASTECH</t>
   </si>
   <si>
     <t>13-2048</t>
   </si>
   <si>
     <t>Мультиметр для чип-компонентов (SMD-тестер)  MS8910 MASTECH</t>
   </si>
   <si>
+    <t>13-2078</t>
+  </si>
+  <si>
+    <t>Измеритель емкости и индуктивности (LC-метр) MY6243 MASTECH</t>
+  </si>
+  <si>
     <t>13-2039</t>
   </si>
   <si>
     <t>Мостовой высокоточный измеритель MS5308 (RLC-метр) MASTECH</t>
   </si>
   <si>
-    <t>13-2028</t>
-[...4 lines deleted...]
-  <si>
     <t>13-2049</t>
   </si>
   <si>
     <t xml:space="preserve">Мультиметр (SMART SMD-тестер) MS8911 MASTECH </t>
   </si>
   <si>
     <t>13-2079</t>
   </si>
   <si>
     <t>Измеритель емкости конденсаторов (C-метр) MS6013 MASTECH</t>
   </si>
   <si>
-    <t>13-2078</t>
-[...4 lines deleted...]
-  <si>
     <t>13-0084</t>
   </si>
   <si>
     <t>Мультиметр для чип-компонентов (SMD-тестер) UNI-T UT116A</t>
   </si>
   <si>
     <t>13-0085</t>
   </si>
   <si>
     <t>Мультиметр для чип-компонентов (SMD-тестер) UNI-T UT116C</t>
   </si>
   <si>
-    <t>1.3 Тестеры состояния кабелей и трассоискатели</t>
-[...875 lines deleted...]
-    <t>1.11 Автотестеры</t>
+    <t>1.13 Тепловизионные приборы</t>
+  </si>
+  <si>
+    <t>13-1182</t>
+  </si>
+  <si>
+    <t>Тепловизор UNI-T UTi120B</t>
+  </si>
+  <si>
+    <t>13-1172</t>
+  </si>
+  <si>
+    <t>Тепловизор компактный UNI-T UTI120P</t>
+  </si>
+  <si>
+    <t>13-1176</t>
+  </si>
+  <si>
+    <t>Тепловизор для смартфонов USB type-C UNI-T UTi120Mobile</t>
+  </si>
+  <si>
+    <t>13-1178</t>
+  </si>
+  <si>
+    <t>Тепловизор для смартфонов USB type-C UNI-T UTi721M</t>
+  </si>
+  <si>
+    <t>1.14 Автотестеры</t>
   </si>
   <si>
     <t>13-2089</t>
   </si>
   <si>
     <t>Автомобильный мультиметр MASTECH MS8239D</t>
   </si>
   <si>
+    <t>13-0059</t>
+  </si>
+  <si>
+    <t>Автомобильный мультиметр UNI-T UT105+</t>
+  </si>
+  <si>
     <t>13-0060</t>
   </si>
   <si>
     <t>Автомобильный мультиметр UNI-T UT107+</t>
   </si>
   <si>
-    <t>13-0059</t>
-[...4 lines deleted...]
-  <si>
     <t>13-1098</t>
   </si>
   <si>
     <t>Толщиномер лакокрасочных покрытий UNI-T UT343D</t>
   </si>
   <si>
+    <t>16-0103</t>
+  </si>
+  <si>
+    <t>Автотестер универсальный металлический REXANT</t>
+  </si>
+  <si>
+    <t>16-0101</t>
+  </si>
+  <si>
+    <t>Автотестер универсальный REXANT</t>
+  </si>
+  <si>
     <t>16-0102-1</t>
   </si>
   <si>
     <t>Автотестер универсальный черный (ИГЛА) REXANT</t>
   </si>
   <si>
     <t>16-0102</t>
   </si>
   <si>
     <t>Автотестер универсальный со звуковой и световой индикацией 6-24 В REXANT</t>
   </si>
   <si>
-    <t>16-0101</t>
-[...233 lines deleted...]
-    <t>1.14 Токовые клещи</t>
+    <t>1.15 Токовые клещи</t>
   </si>
   <si>
     <t>13-3052</t>
   </si>
   <si>
     <t>Токовые клещи P266C PROconnect</t>
   </si>
   <si>
+    <t>13-3051</t>
+  </si>
+  <si>
+    <t>Токовые клещи P266F PROconnect</t>
+  </si>
+  <si>
     <t>13-3050</t>
   </si>
   <si>
     <t>Токовые клещи P266 PROconnect</t>
   </si>
   <si>
-    <t>13-3051</t>
-[...2 lines deleted...]
-    <t>Токовые клещи P266F PROconnect</t>
+    <t>13-1305</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2030 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1306</t>
+  </si>
+  <si>
+    <t>Токовые клещи M266 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1310</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Токовые клещи MS2001C MASTECH </t>
   </si>
   <si>
     <t>13-1301</t>
   </si>
   <si>
     <t>Токовые клещи MS2000G MASTECH</t>
   </si>
   <si>
+    <t>13-1303</t>
+  </si>
+  <si>
+    <t>Токовые клещи M266C MASTECH</t>
+  </si>
+  <si>
     <t>13-1304</t>
   </si>
   <si>
     <t>Токовые клещи M266F MASTECH</t>
   </si>
   <si>
-    <t>13-1303</t>
-[...4 lines deleted...]
-  <si>
     <t>13-1323</t>
   </si>
   <si>
     <t>Токовые клещи MS2125A MASTECH</t>
   </si>
   <si>
+    <t>13-1340</t>
+  </si>
+  <si>
+    <t>Приставка для токовых клещей MS922D MASTECH</t>
+  </si>
+  <si>
+    <t>13-1309</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2109A MASTECH</t>
+  </si>
+  <si>
+    <t>13-1313</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2008B MASTECH</t>
+  </si>
+  <si>
+    <t>13-1311</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2138 MASTECH</t>
+  </si>
+  <si>
     <t>13-1316</t>
   </si>
   <si>
     <t>Токовые клещи MS2028A MASTECH</t>
   </si>
   <si>
+    <t>13-1321</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2025C MASTECH</t>
+  </si>
+  <si>
+    <t>13-1315</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Токовые клещи MS2601 MASTECH </t>
+  </si>
+  <si>
+    <t>13-1317</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2128 MASTECH</t>
+  </si>
+  <si>
     <t>13-1320</t>
   </si>
   <si>
     <t>Токовые клещи MS2033A (SMART) MASTECH</t>
   </si>
   <si>
     <t>13-1308</t>
   </si>
   <si>
     <t>Токовые клещи MS2101 MASTECH</t>
   </si>
   <si>
-    <t>13-1309</t>
-[...20 lines deleted...]
-    <t>Токовые клещи MS2008B MASTECH</t>
+    <t>13-1307</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2001 MASTECH</t>
   </si>
   <si>
     <t>13-1314</t>
   </si>
   <si>
     <t>Токовые клещи MS2016A MASTECH</t>
   </si>
   <si>
-    <t>13-1340</t>
-[...38 lines deleted...]
-    <t>Токовые клещи MS2138 MASTECH</t>
+    <t>13-1061</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT202+</t>
+  </si>
+  <si>
+    <t>13-1065</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT205А+</t>
+  </si>
+  <si>
+    <t>13-1068</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT208B</t>
+  </si>
+  <si>
+    <t>13-0009</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT210E</t>
+  </si>
+  <si>
+    <t>13-1080</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT200A+</t>
+  </si>
+  <si>
+    <t>13-1062</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT202A+</t>
+  </si>
+  <si>
+    <t>13-1063</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT203+</t>
+  </si>
+  <si>
+    <t>13-1069</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT206B</t>
+  </si>
+  <si>
+    <t>13-1067</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT205B</t>
+  </si>
+  <si>
+    <t>13-1077</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT216C</t>
+  </si>
+  <si>
+    <t>13-1086</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT256</t>
+  </si>
+  <si>
+    <t>13-0007</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT210B  True RMS</t>
+  </si>
+  <si>
+    <t>13-1060</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT201+</t>
+  </si>
+  <si>
+    <t>13-1064</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT204+</t>
+  </si>
+  <si>
+    <t>13-1084</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT202T</t>
+  </si>
+  <si>
+    <t>13-0006</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT210C</t>
+  </si>
+  <si>
+    <t>13-1082</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT2117R</t>
+  </si>
+  <si>
+    <t>13-0003</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT205</t>
+  </si>
+  <si>
+    <t>13-1066</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT206A+</t>
   </si>
   <si>
     <t>13-1087</t>
   </si>
   <si>
     <t>Токовые клещи UNI-T UT256A</t>
   </si>
   <si>
-    <t>13-0009</t>
-[...52 lines deleted...]
-  <si>
     <t>13-0008</t>
   </si>
   <si>
     <t>Токовые клещи UNI-T UT210D</t>
   </si>
   <si>
-    <t>13-1084</t>
-[...56 lines deleted...]
-    <t>Токовые клещи UNI-T UT256</t>
+    <t>13-3203</t>
+  </si>
+  <si>
+    <t>Токовые клещи R266C REXANT</t>
   </si>
   <si>
     <t>13-3201</t>
   </si>
   <si>
     <t>Токовые клещи R200A REXANT</t>
   </si>
   <si>
+    <t>13-3220</t>
+  </si>
+  <si>
+    <t>Токовые клещи R200D REXANT</t>
+  </si>
+  <si>
     <t>13-3213</t>
   </si>
   <si>
     <t>Токовые клещи R207B REXANT</t>
-  </si>
-[...37 lines deleted...]
-    <t>Тепловизор для смартфонов USB type-C UNI-T UTi721M</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2049,56 +2043,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-ms6522a-mastech-12765" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-ms6522b-mastech-11808" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-ms6541-mastech-25619" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-karmanniy-uni-t-ut306a-21599" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-uni-t-ut301a-30701" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-uni-t-ut301c-29990" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-uni-t-ut300s-12031" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-uni-t-ut300a-30700" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-uni-t-ut302c-30702" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-r-400-rexant-19246" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-dlya-chip-komponentov-smd-tester-ms8910-mastech-11799" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mostovoy-visokotochniy-izmeritel-ms5308-rlc-metr-mastech-12766" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-emkosti-i-induktivnosti-rlc-metr-ms8360e-mastech-7704" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-smart-smd-tester-ms8911-mastech-25628" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-emkosti-kondensatorov-c-metr-ms6013-mastech-25629" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-emkosti-i-induktivnosti-lc-metr-my6243-mastech-25630" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-dlya-chip-komponentov-smd-tester-uni-t-ut116a-30720" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-dlya-chip-komponentov-smd-tester-uni-t-ut116c-30721" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-rj-45-rj-11-468-proconnect-4499" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-lokator-ms-6818-mastech-11899" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-s-generatorom-signala-ms6811-mastech-25593" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-ms6812a-s-generatorom-signala-mastech-7671" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-s-generatorom-signala-ms6813-mastech-7672" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-s-generatorom-signala-ms6810-mastech-11807" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-s-generatorom-signala-uni-t-ut682-30658" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-tester-lokator-uni-t-ut685kit-tdr-30660" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-s-generatorom-signala-uni-t-ut682d-30659" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-s-generatorom-signala-uni-t-ut683kit-30661" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-r6812-rexant-31377" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelniy-lokator-r6818-rexant-31379" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-mnogofunktsionalniy-rj-45-828-rexant-1645" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-universalniy-rj-45-usb-251454-rexant-3884" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-universalniy-5-v-1-rj-45-rj-11-rj-12-1394-usb-bnc-3468-rexant-2263" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-rj-45-bnc-5248-rexant-301" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-rj-45-rj-11-468-rexant-199" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-r6816-rexant-31378" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-p-01-140-mm-proconnect-15235" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-p-02-190-mm-proconnect-15241" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-rozetok-detektor-avtomatov-ms5905rtd-mastech-25597" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-ms8902a-mastech-25595" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryajeniya-ms8922a-mastech-15437" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-rozetok-ms6860d-mastech-13688" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-rozetok-detektor-avtomatov-ms5902rtd-mastech-25596" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detektor-posledovatelnosti-faz-ms5900-mastech-11975" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryajeniya-uni-t-ut18d-30666" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detektor-posledovatelnosti-faz-uni-t-ut261b-30669" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryajeniya-uni-t-ut18s-30665" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryajeniya-uni-t-ut22b-eu-30667" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryajeniya-unit-ut15c-11596" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-uni-t-ut12d-eu-30663" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-uni-t-ut12m-eu-30664" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-rozetok-uni-t-ut07b-eu-30668" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-s-kombinirovannim-jalom-r-13-rexant-30381" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-s-kombinirovannim-jalom-r-16-rexant-30380" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-r-18-rexant-15237" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-r-48-rexant-15238" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-r-15-190-mm-rexant-15281" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-s-kombinirovannim-jalom-r-14-rexant-30382" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-r-20-rexant-31380" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryajeniya-tsifrovoy-r-30-rexant-31381" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-mas830l-dt850l-proconnect-9460" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-mas838l-dt858l-proconnect-9461" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-m832-dt832-proconnect-9458" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-m830b-dt830b-proconnect-9457" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-m-182-dt-182-proconnect-11228" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-m838-dt838-proconnect-9459" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-multimetr-probnik-ms8223a-mastech-25598" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-m838-mastech-6925" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-mas830b-mastech-6908" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-ms8238-mastech-7669" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-m832-mastech-6924" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-mas830l-mastech-6927" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-multimetr-probnik-ms8211-mastech-12294" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-mas838-v-kojuhe-s-prozvonkoy-i-izmereniem-temperaturi-mastech-6928" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-m320-mastech-7670" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-multimetr-probnik-ms8211d-mastech-11813" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-m830b-mastech-6922" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-m830bz-mastech-6923" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-m300-mastech-6926" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-mas830-mastech-6933" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut133a-30673" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativniy-smart-uni-t-ut121b-30670" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut133b-30674" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-uni-t-ut33b-1-20665" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-uni-t-ut33a-1-20664" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-uni-t-ut33d-1-20663" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-uni-t-ut120a-9446" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-uni-t-ut120c-12769" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativniy-multimetr-uni-t-ut33c-1-20666" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativniy-smart-uni-t-ut122-30671" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativniy-uni-t-ut123-30672" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativniy-smart-uni-t-ut118b-30675" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativniy-r109l-rexant-31496" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativniy-r113a-rexant-31499" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativniy-r124b-rexant-31495" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativniy-r830l-rexant-31500" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-probnik-tsifrovoy-r8211-rexant-31382" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativniy-r131a-rexant-31497" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativniy-r113c-rexant-31498" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-5-v-1-ms8229-mastech-11805" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8217-mastech-6919" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8250a-mastech-25606" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8250d-mastech-25608" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8239c-mastech-6918" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8269-mastech-6920" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-trassoiskatel-ms8236-masctech-11897" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8268-mastech-25605" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8209-mastech-25602" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-smart-ms8301d-mastech-25603" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8361d-mastech-25604" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8251b-mastech-25607" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms5208-mastech-25610" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8360c-mastech-7703" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-ms8265-mastech-14964" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalniy-uni-t-ut15b-pro-30686" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalniy-uni-t-ut191t-30685" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-uni-t-ut61d-29980" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-uni-t-60bt-29982" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-uni-t-ut61b-29979" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-uni-t-ut61e-29981" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalniy-multimetr-uni-t-60s-29983" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalniy-uni-t-ut17b-pro-30687" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalniy-uni-t-ut18b-pro-30688" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-ms5203-mastech-25621" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-ms5201-mastech-25620" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-uni-t-ut501b-30704" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-uni-t-ut502a-13052" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-uni-t-ut511-6787" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-uni-t-ut501a-30703" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detektor-metalla-ms6906-mastech-7668" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detektor-metalla-i-kabeley-uni-t-ut387a-30705" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detektor-metalla-i-kabeley-uni-t-ut387c-30706" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-izmeritel-vlajnosti-materialov-ms6900-25627" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-detektor-utechki-gaza-ms6310-mastech-11811" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-izmeritel-urovnya-shuma-ms6701-mastech-25626" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-anemometr-ms6252b-mastech-25625" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lyuksmetr-ms6610-mastech-11804" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-termometr-ms6500-mastech-11800" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mnogofunktsionalniy-tester-okrujayuschey-sredi-ms6300-mastech-11801" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lyuksmetr-ms6612-mastech-14965" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-vlajnosti-i-temperaturi-kompaktniy-uni-t-ut333-30711" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-urovnya-shuma-kompaktniy-uni-t-ut353-30712" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lyuksmetr-uni-t-ut383s-30715" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/anemometr-kompaktniy-uni-t-ut363-30713" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lyuksmetr-kompaktniy-uni-t-ut383-30714" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-vlajnosti-materialov-tsifrovoy-uni-t-ut377a-30716" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uglomer-tsifrovoy-lm320a-uni-t-30717" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-urovnya-ugarnogo-gaza-so-uni-t-ut337a-30719" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupi-t3033u-mastech-12583" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupi-t3030u-mastech-12593" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupi-testera-uni-t-ut-l27-12607" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupi-testera-uni-t-ut-l13-6799" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupi-testera-rex05-rexant-11108" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupi-testera-rex04-rexant-11106" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupi-testera-s-zajimom-tipa-krokodil-rex11-rexant-19961" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupi-testera-rex07-rexant-11107" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupi-testera-s-zajimom-tipa-krokodil-rex10-rexant-15632" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperaturi-k-1-dlya-izmeritelnih-priborov-rexant-19960" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupi-testera-rex08-rexant-19962" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schupov-so-smennimi-nasadkami-rexant-basic-20556" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilniy-multimetr-mastech-ms8239d-25594" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilniy-multimetr-uni-t-ut107-29978" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilniy-multimetr-uni-t-ut105-29977" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tolschinomer-lakokrasochnih-pokritiy-uni-t-ut343d-30662" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtotester-universalniy-cherniy-igla-rexant-7130" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtotester-universalniy-so-zvukovoy-i-svetovoy-indikatsiyami-6-24-v-rexant-2317" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtotester-universalniy-rexant-2316" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtotester-universalniy-metallicheskiy-rexant-4451" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-p9205m-proconnect-31376" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-my68-mastech-12503" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-my63n-mastech-11803" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ms8221s-mastech-14963" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-my62n-mastech-6916" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-my65n-mastech-11802" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ms8233e-mastech-6910" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-my64-mastech-6929" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ms8233d-mastech-25599" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-my64n-mastech-25601" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-my61n-mastech-25600" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ms8233a-mastech-6911" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ms8233c-mastech-6912" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ms8233b-mastech-6913" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut890d-30681" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut39e-30678" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut89xd-30683" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut890c-30680" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut39a-30676" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ut-58c-12030" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ut-58b-12033" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut89x-30682" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ut-139s-21597" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ut-139s-1-21598" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ut-58a-12032" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ut-58d-12035" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalniy-multimetr-ut-58e-12034" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut39s-30677" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut136c-30679" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-uni-t-ut89xe-30684" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-r135d-rexant-31502" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalniy-r132s-rexant-31501" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazerniy-dalnomer-uni-t-lm120a-30710" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazerniy-dalnomer-uni-t-lm70a-30708" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazerniy-dalnomer-uni-t-lm50a-30707" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazerniy-dalnomer-uni-t-lm100a-30709" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-p266c-proconnect-17322" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-p266-proconnect-17320" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-p266f-proconnect-17321" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2000g-mastech-6906" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-m266f-mastech-6931" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-m266c-mastech-6930" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2125a-mastech-25618" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2028a-mastech-25611" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2033a-smart-mastech-25613" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2101-mastech-11814" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2109a-mastech-11798" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2601-mastech-25615" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2025c-mastech-25617" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2008b-mastech-13378" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2016a-mastech-25614" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pristavka-dlya-tokovih-kleschey-ms922d-mastech-25616" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2128-mastech-25612" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2030-mastech-7666" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2001-mastech-11797" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-m266-mastech-11795" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2001c-mastech-11900" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2138-mastech-11898" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut256a-30699" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut210e-13379" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut200a-30689" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut203-30691" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut206b-30692" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut204-29986" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut201-29984" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut216c-30696" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut202a-30690" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut210b-true-rms-20737" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut210d-13381" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut202t-30694" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut202-29985" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut208b-29989" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut205-29987" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut206a-29988" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut205-6769" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut205b-30693" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut210c-30695" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut2117r-30697" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut256-30698" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-r200a-rexant-31504" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-r207b-rexant-31505" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-r266c-rexant-31503" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-r200d-rexant-31508" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovizor-uni-t-uti120b-30726" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovizor-dlya-smartfonov-usb-type-c-uni-t-uti120mobile-30723" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovizor-kompaktniy-uni-t-uti120p-30722" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovizor-dlya-smartfonov-usb-type-c-uni-t-uti721m-30724" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-rj-45-rj-11-rj-12-468-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-ms6812a-s-generatorom-signala-mastech" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-s-generatorom-signala-ms6813-mastech" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-lokator-ms-6818-mastech" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-s-generatorom-signala-ms6810-mastech" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-s-generatorom-signala-ms6811-mastech" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-s-generatorom-signala-uni-t-ut682" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-s-generatorom-signala-uni-t-ut682d" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-s-generatorom-signala-uni-t-ut683kit" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-tester-lokator-uni-t-ut685kit-tdr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-mnogofunktsionalnyy-rj-45-828-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-r6816-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-rj-45-rj-11-rj-12-468-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-r6812-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-lokator-r6818-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-rj-45-rj-12-rj-11-bnc-5248-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-universalnyy-5-v-1-rj-45-rj-11-rj-12-1394-usb-bnc-3468-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-universalnyy-rj-45-usb-251454-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-p-01-140-mm-proconnect" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-p-02-190-mm-proconnect" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-rozetok-detektor-avtomatov-ms5905rtd-mastech" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryazheniya-ms8922a-mastech" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-rozetok-ms6860d-mastech" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detektor-posledovatelnosti-faz-ms5900-mastech" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-rozetok-detektor-avtomatov-ms5902rtd-mastech" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-ms8902a-mastech" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryazheniya-uni-t-ut18s" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryazheniya-uni-t-ut18d" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryazheniya-uni-t-ut22b-eu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-rozetok-uni-t-ut07b-eu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-uni-t-ut12m" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detektor-posledovatelnosti-faz-uni-t-ut261b" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-uni-t-ut12d" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryazheniya-uni-t-ut15c" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-r-15-190-mm-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-s-kombinirovannym-zhalom-r-13-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-r-20-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryazheniya-tsifrovoy-r-30-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-r-48-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-r-18-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-s-kombinirovannym-zhalom-r-16-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-s-kombinirovannym-zhalom-r-14-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m830b-dt830b-proconnect" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830l-dt850l-proconnect" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m832-dt832-proconnect" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m838-dt838-proconnect" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m-182-dt-182-proconnect" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas838l-dt858l-proconnect" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m320-mastech" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m838-mastech" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m830b-mastech" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830l-mastech" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas838-v-kozhuhe-s-prozvonkoy-i-izmereniem-temperatury-mastech" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-ms8238-mastech" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-multimetr-probnik-ms8211d-mastech" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-multimetr-probnik-ms8211-mastech" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m830bz-mastech" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m832-mastech" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830-mastech" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m300-mastech" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830b-mastech" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-multimetr-probnik-ms8223a-mastech" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-smart-uni-t-ut121b" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut133b" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-smart-uni-t-ut118b" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut120a" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33a" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33b" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut133a" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33d" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-uni-t-ut123" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut120c" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33c" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-smart-uni-t-ut122" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-probnik-tsifrovoy-r8211-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r109l-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r131a-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r830l-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r124b-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r113c-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r113a-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-p9205m-proconnect" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my65n-mastech" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my62n-mastech" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ms8233d-mastech" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ms8233a-mastech" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ms8233c-mastech" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ms8233b-mastech" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my64-mastech" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my63n-mastech" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my64n-mastech" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ms8233e-mastech" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my68-mastech" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ms8221s-mastech" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my61n-mastech" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-uni-t-ut-58a" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-uni-t-ut-58b" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-uni-t-ut-58d" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut39e" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut890d" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut89xd" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-uni-t-ut-139s" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-uni-t-ut-139s-2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut39a" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut39s" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut136c" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut89xe" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-uni-t-ut-58e" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut890c" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut89x" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-uni-t-ut-58c" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-r135d-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-r132s-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8217-mastech" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8360c-mastech" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8269-mastech" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-trassoiskatel-ms8236-masctech" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8251b-mastech" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8268-mastech" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8209-mastech" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8265-mastech" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-5-v-1-ms8229-mastech" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8239c-mastech" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-smart-ms8301d-mastech" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8361d-mastech" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8250a-mastech" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-izmeritel-soprotivleniya-izolyatsii-ms5208-mastech" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-uni-t-ut61d" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-uni-t-60s" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalnyy-uni-t-ut191t" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalnyy-uni-t-ut17b-pro" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-uni-t-ut61b" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-uni-t-ut61e" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-uni-t-60bt" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalnyy-uni-t-ut15b-pro" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalnyy-uni-t-ut18b-pro" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-ms6541-mastech" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-ms6522a-mastech" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-ms6522b-mastech" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-uni-t-ut301c" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-uni-t-ut301a" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-uni-t-ut302c" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-uni-t-ut300s" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-uni-t-ut300a" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-karmannyy-uni-t-ut306a" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-r-400-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-ms5201-mastech" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-ms5203-mastech" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-uni-t-ut501a" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-uni-t-ut501b" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-uni-t-ut502a" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-uni-t-ut511" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detektor-metalla-ms6906-mastech" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detektor-metalla-i-kabeley-uni-t-ut387c" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detektor-metalla-i-kabeley-uni-t-ut387a" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-dalnomer-uni-t-lm70a" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-dalnomer-uni-t-lm100a" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-dalnomer-uni-t-lm50a" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-dalnomer-uni-t-lm120a" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lyuksmetr-ms6612-mastech" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mnogofunktsionalnyy-tester-okruzhayuschey-sredy-ms6300-mastech" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-izmeritel-vlazhnosti-materialov-ms6900-mastech" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-termometr-ms6500-mastech" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-anemometr-ms6252b-mastech" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lyuksmetr-ms6610-mastech" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-detektor-utechki-gaza-ms6310-mastech" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-izmeritel-urovnya-shuma-ms6701-mastech" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-vlazhnosti-i-temperatury-kompaktnyy-uni-t-ut333" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-urovnya-shuma-kompaktnyy-uni-t-ut353" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/anemometr-kompaktnyy-uni-t-ut363" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lyuksmetr-kompaktnyy-uni-t-ut383" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-vlazhnosti-materialov-tsifrovoy-uni-t-ut377a" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lyuksmetr-uni-t-ut383s" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-urovnya-ugarnogo-gaza-so-uni-t-ut337a" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uglomer-tsifrovoy-lm320a-uni-t" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupy-t3030u-mastech" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupy-t3033u-mastech" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupy-testera-uni-t-ut-l13" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupy-testera-uni-t-ut-l27" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-k-1-dlya-izmeritelnyh-priborov-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupy-testera-rex04-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupy-testera-rex07-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupy-testera-rex05-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupy-testera-s-zazhimom-tipa-krokodil-rex10-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schupov-so-smennymi-nasadkami-rexant-basic" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupy-testera-s-zazhimom-tipa-krokodil-rex11-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupy-testera-rex08-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-emkosti-i-induktivnosti-rlc-metr-ms8360e-mastech" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-dlya-chip-komponentov-smd-tester-ms8910-mastech" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-emkosti-i-induktivnosti-lc-metr-my6243-mastech" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mostovoy-vysokotochnyy-izmeritel-ms5308-rlc-metr-mastech" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-smart-smd-tester-ms8911-mastech" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-emkosti-kondensatorov-c-metr-ms6013-mastech" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-dlya-chip-komponentov-smd-tester-uni-t-ut116a" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-dlya-chip-komponentov-smd-tester-uni-t-ut116c" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovizor-uni-t-uti120b" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovizor-kompaktnyy-uni-t-uti120p" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovizor-dlya-smartfonov-usb-type-c-uni-t-uti120mobile" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovizor-dlya-smartfonov-usb-type-c-uni-t-uti721m" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnyy-multimetr-mastech-ms8239d" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnyy-multimetr-uni-t-ut105" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnyy-multimetr-uni-t-ut107" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tolschinomer-lakokrasochnyh-pokrytiy-uni-t-ut343d" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtotester-universalnyy-metallicheskiy-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtotester-universalnyy-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtotester-universalnyy-chernyy-igla-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtotester-universalnyy-so-zvukovoy-i-svetovoy-indikatsiey-6-24-v-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-p266c-proconnect" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-p266f-proconnect" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-p266-proconnect" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2030-mastech" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-m266-mastech" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2001c-mastech" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2000g-mastech" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-m266c-mastech" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-m266f-mastech" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2125a-mastech" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pristavka-dlya-tokovyh-kleschey-ms922d-mastech" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2109a-mastech" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2008b-mastech" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2138-mastech" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2028a-mastech" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2025c-mastech" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2601-mastech" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2128-mastech" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2033a-smart-mastech" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2101-mastech" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2001-mastech" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2016a-mastech" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut202" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut205a" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut208b" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut210e" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut200a" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut202a" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut203" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut206b" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut205b" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut216c" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut256" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut210b-true-rms" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut201" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut204" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut202t" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut210c" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut2117r" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut205" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut206a" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut256a" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut210d" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-r266c-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-r200a-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-r200d-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-r207b-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I272"/>
+  <dimension ref="A1:I271"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -2130,7894 +2124,7864 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>4200</v>
+        <v>549.18</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>105</v>
+        <v>1942</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>4332.81</v>
+        <v>2847.6</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>100</v>
+        <v>3485</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>12000</v>
+        <v>5593.5</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>21</v>
+        <v>590</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>3740</v>
+        <v>32544</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>297</v>
+        <v>926</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>6500</v>
+        <v>2440.8</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>34</v>
+        <v>191</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>9000</v>
+        <v>3484.92</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>167</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>2700</v>
+        <v>6264.72</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>348</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>2500</v>
+        <v>4520.85</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>430</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>12200</v>
+        <v>13475.25</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>38</v>
+        <v>259</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>2050</v>
+        <v>32291.78</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>2432</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A14" s="2" t="s">
+      <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B14" s="2"/>
-[...6 lines deleted...]
-      <c r="I14" s="2"/>
+      <c r="B14" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="C14" s="3">
+        <v>14053.72</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F14" s="3">
+        <v>172</v>
+      </c>
+      <c r="G14" s="3">
+        <v>1</v>
+      </c>
+      <c r="H14" s="3">
+        <v>20</v>
+      </c>
+      <c r="I14" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>4000</v>
+        <v>3559.5</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>166</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>29000</v>
+        <v>1017</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>84</v>
+        <v>1158</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>6600</v>
+        <v>1972.98</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>282</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>8200</v>
+        <v>31018.5</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>5850</v>
+        <v>996.66</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>186</v>
+        <v>822</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>7400</v>
+        <v>2847.6</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>55</v>
+        <v>168</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>5000</v>
+        <v>2644.2</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>103</v>
+        <v>24</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A22" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B22" s="3" t="s">
+      <c r="A22" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="C22" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B22" s="2"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A23" s="2" t="s">
+      <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B23" s="2"/>
-[...6 lines deleted...]
-      <c r="I23" s="2"/>
+      <c r="B23" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="C23" s="3">
+        <v>48.31</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F23" s="3">
+        <v>31110</v>
+      </c>
+      <c r="G23" s="3">
+        <v>20</v>
+      </c>
+      <c r="H23" s="3">
+        <v>960</v>
+      </c>
+      <c r="I23" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>540</v>
+        <v>71.19</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>5931</v>
+        <v>9029</v>
       </c>
       <c r="G24" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H24" s="3">
-        <v>60</v>
+        <v>600</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>32000</v>
+        <v>7119</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>1025</v>
+        <v>41</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>3426.67</v>
+        <v>2237.4</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>127</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>2800</v>
+        <v>1627.2</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>4885</v>
+        <v>357</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>5500</v>
+        <v>6102</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>627</v>
+        <v>264</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>2400</v>
+        <v>6000.3</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>204</v>
+        <v>132</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>6160</v>
+        <v>2237.4</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>449</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>31752</v>
+        <v>7322.4</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>87</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>4445.28</v>
+        <v>7932.6</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>0</v>
+        <v>83</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>20</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>13250</v>
+        <v>2135.7</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>260</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>1940</v>
+        <v>1728.9</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>237</v>
+        <v>28</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>30500</v>
+        <v>3051</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>141</v>
+        <v>56</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>13818.8</v>
+        <v>10068.3</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>162</v>
+        <v>16</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>20</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>2600</v>
+        <v>1576.35</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>35</v>
+        <v>125</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I37" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>2800</v>
+        <v>5847.75</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>382</v>
+        <v>923</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>980</v>
+        <v>223.74</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>912</v>
+        <v>936</v>
       </c>
       <c r="G39" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="H39" s="3">
-        <v>100</v>
+        <v>160</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>1000</v>
+        <v>165.77</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>1455</v>
+        <v>1294</v>
       </c>
       <c r="G40" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H40" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I40" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>3500</v>
+        <v>508.5</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
         <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A42" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I42" s="2"/>
+      <c r="A42" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="C42" s="3">
+        <v>772.92</v>
+      </c>
+      <c r="D42" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F42" s="3">
+        <v>2104</v>
+      </c>
+      <c r="G42" s="3">
+        <v>1</v>
+      </c>
+      <c r="H42" s="3">
+        <v>200</v>
+      </c>
+      <c r="I42" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C43" s="3">
-        <v>47.5</v>
+        <v>345.78</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>55902</v>
+        <v>6509</v>
       </c>
       <c r="G43" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H43" s="3">
-        <v>960</v>
+        <v>250</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C44" s="3">
-        <v>70</v>
+        <v>198.32</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>17032</v>
+        <v>1279</v>
       </c>
       <c r="G44" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H44" s="3">
-        <v>600</v>
+        <v>250</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C45" s="3">
-        <v>7000</v>
+        <v>101.7</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>58</v>
+        <v>744</v>
       </c>
       <c r="G45" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H45" s="3">
-        <v>20</v>
+        <v>360</v>
       </c>
       <c r="I45" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C46" s="3">
-        <v>2200</v>
+        <v>188.15</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>490</v>
+        <v>2578</v>
       </c>
       <c r="G46" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H46" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I46" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A47" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A47" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="B47" s="2"/>
+      <c r="C47" s="2"/>
+      <c r="D47" s="2"/>
+      <c r="E47" s="2"/>
+      <c r="F47" s="2"/>
+      <c r="G47" s="2"/>
+      <c r="H47" s="2"/>
+      <c r="I47" s="2"/>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>1600</v>
+        <v>518.67</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>382</v>
+        <v>2927</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>5900</v>
+        <v>1017</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>203</v>
+        <v>2787</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C50" s="3">
-        <v>6000</v>
+        <v>549.18</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>329</v>
+        <v>245</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C51" s="3">
-        <v>7800</v>
+        <v>630.54</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>84</v>
+        <v>728</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I51" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C52" s="3">
-        <v>9900</v>
+        <v>681.39</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>18</v>
+        <v>3544</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I52" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C53" s="3">
-        <v>7200</v>
+        <v>1220.4</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>97</v>
+        <v>1003</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I53" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C54" s="3">
-        <v>2100</v>
+        <v>2400.12</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>0</v>
+        <v>75</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>40</v>
       </c>
       <c r="I54" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C55" s="3">
-        <v>5750</v>
+        <v>1708.56</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>1100</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C56" s="3">
-        <v>1550</v>
+        <v>1881.45</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>163</v>
+        <v>1124</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I56" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C57" s="3">
-        <v>3000</v>
+        <v>2237.4</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>66</v>
+        <v>5556</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I57" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C58" s="3">
-        <v>1700</v>
+        <v>2288.25</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>37</v>
+        <v>3248</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="I58" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C59" s="3">
-        <v>163</v>
+        <v>2745.9</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>1609</v>
+        <v>254</v>
       </c>
       <c r="G59" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I59" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C60" s="3">
-        <v>100</v>
+        <v>4393.44</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>2007</v>
+        <v>560</v>
       </c>
       <c r="G60" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>360</v>
+        <v>40</v>
       </c>
       <c r="I60" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C61" s="3">
-        <v>195</v>
+        <v>4291.74</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>7080</v>
+        <v>409</v>
       </c>
       <c r="G61" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>250</v>
+        <v>40</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C62" s="3">
-        <v>340</v>
+        <v>1983.15</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>8938</v>
+        <v>728</v>
       </c>
       <c r="G62" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>250</v>
+        <v>20</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C63" s="3">
-        <v>220</v>
+        <v>2105.19</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>1139</v>
+        <v>294</v>
       </c>
       <c r="G63" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>160</v>
+        <v>20</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C64" s="3">
-        <v>185</v>
+        <v>2237.4</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>3106</v>
+        <v>869</v>
       </c>
       <c r="G64" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I64" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C65" s="3">
-        <v>500</v>
+        <v>1840.77</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>0</v>
+        <v>321</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I65" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C66" s="3">
-        <v>760</v>
+        <v>2196.72</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>2524</v>
+        <v>393</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I66" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A67" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I67" s="2"/>
+      <c r="A67" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="C67" s="3">
+        <v>4678.2</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F67" s="3">
+        <v>114</v>
+      </c>
+      <c r="G67" s="3">
+        <v>1</v>
+      </c>
+      <c r="H67" s="3">
+        <v>40</v>
+      </c>
+      <c r="I67" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C68" s="3">
-        <v>1000</v>
+        <v>3559.5</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>2325</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="I68" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C69" s="3">
-        <v>1200</v>
+        <v>3559.5</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>1339</v>
+        <v>64</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I69" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C70" s="3">
-        <v>540</v>
+        <v>4366.8</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>5418</v>
+        <v>208</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I70" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C71" s="3">
-        <v>510</v>
+        <v>3183.21</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>825</v>
+        <v>68</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C72" s="3">
-        <v>670</v>
+        <v>2603.52</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>7087</v>
+        <v>39</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C73" s="3">
-        <v>620</v>
+        <v>1983.15</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>2987</v>
+        <v>1680</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C74" s="3">
-        <v>4600</v>
+        <v>4169.7</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>128</v>
+        <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I74" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C75" s="3">
-        <v>1680</v>
+        <v>2013.66</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>64</v>
+        <v>0</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C76" s="3">
-        <v>2160</v>
+        <v>2196.72</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>404</v>
+        <v>40</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I76" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B77" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="C77" s="3">
+        <v>4220.55</v>
+      </c>
+      <c r="D77" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F77" s="3">
         <v>156</v>
       </c>
-      <c r="C77" s="3">
-[...10 lines deleted...]
-      </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C78" s="3">
-        <v>2070</v>
+        <v>2105.19</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>301</v>
+        <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C79" s="3">
-        <v>2200</v>
+        <v>4322.25</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>5921</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I79" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C80" s="3">
-        <v>4220</v>
+        <v>1830.6</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>434</v>
+        <v>2551</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I80" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C81" s="3">
-        <v>2250</v>
+        <v>1423.8</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>3501</v>
+        <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I81" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C82" s="3">
-        <v>2360</v>
+        <v>2847.6</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>86</v>
+        <v>215</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I82" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C83" s="3">
-        <v>4320</v>
+        <v>1961.28</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>582</v>
+        <v>53</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I83" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C84" s="3">
-        <v>1850</v>
+        <v>3335.76</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>1134</v>
+        <v>211</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I84" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C85" s="3">
-        <v>1950</v>
+        <v>3661.2</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>781</v>
+        <v>438</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I85" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C86" s="3">
-        <v>1810</v>
+        <v>2135.7</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>337</v>
+        <v>569</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I86" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A87" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A87" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="B87" s="2"/>
+      <c r="C87" s="2"/>
+      <c r="D87" s="2"/>
+      <c r="E87" s="2"/>
+      <c r="F87" s="2"/>
+      <c r="G87" s="2"/>
+      <c r="H87" s="2"/>
+      <c r="I87" s="2"/>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C88" s="3">
-        <v>4100</v>
+        <v>1200.06</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>0</v>
+        <v>420</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I88" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C89" s="3">
-        <v>3500</v>
+        <v>8947.71</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>12</v>
+        <v>425</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I89" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C90" s="3">
-        <v>3500</v>
+        <v>4881.6</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>79</v>
+        <v>843</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I90" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C91" s="3">
-        <v>1950</v>
+        <v>4169.7</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>3863</v>
+        <v>79</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C92" s="3">
-        <v>2560</v>
+        <v>2847.6</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>1081</v>
+        <v>238</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C93" s="3">
-        <v>1980</v>
+        <v>3783.24</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>0</v>
+        <v>262</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C94" s="3">
-        <v>3130</v>
+        <v>3254.4</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>76</v>
+        <v>721</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C95" s="3">
-        <v>4150</v>
+        <v>5798</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>154</v>
+        <v>0</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C96" s="3">
-        <v>2070</v>
+        <v>5817.32</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>0</v>
+        <v>403</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C97" s="3">
-        <v>4250</v>
+        <v>4932.45</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I97" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C98" s="3">
-        <v>2160</v>
+        <v>3813.75</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>0</v>
+        <v>194</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I98" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C99" s="3">
-        <v>4770.9</v>
+        <v>4881.6</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>209</v>
+        <v>91</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I99" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C100" s="3">
-        <v>1400</v>
+        <v>4271.4</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>0</v>
+        <v>360</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I100" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C101" s="3">
-        <v>2100</v>
+        <v>5276.17</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>655</v>
+        <v>122</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I101" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C102" s="3">
-        <v>3280</v>
+        <v>6712.2</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>455</v>
+        <v>181</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I102" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C103" s="3">
-        <v>1928.5</v>
+        <v>7017.3</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>132</v>
+        <v>101</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I103" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C104" s="3">
-        <v>1800</v>
+        <v>8136</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>2761</v>
+        <v>186</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I104" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C105" s="3">
-        <v>2800</v>
+        <v>6508.8</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>440</v>
+        <v>88</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I105" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C106" s="3">
-        <v>3600</v>
+        <v>3661.2</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>490</v>
+        <v>34</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I106" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A107" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I107" s="2"/>
+      <c r="A107" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="B107" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="C107" s="3">
+        <v>5186.7</v>
+      </c>
+      <c r="D107" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F107" s="3">
+        <v>1</v>
+      </c>
+      <c r="G107" s="3">
+        <v>1</v>
+      </c>
+      <c r="H107" s="3">
+        <v>20</v>
+      </c>
+      <c r="I107" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C108" s="3">
-        <v>10400</v>
+        <v>8034.3</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>329</v>
+        <v>101</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
         <v>20</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C109" s="3">
-        <v>4710</v>
+        <v>11695.5</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>253</v>
+        <v>116</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
         <v>20</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C110" s="3">
-        <v>6000</v>
+        <v>3254.4</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>47</v>
+        <v>5</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I110" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C111" s="3">
-        <v>13036.5</v>
+        <v>3457.8</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>0</v>
+        <v>257</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I111" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C112" s="3">
-        <v>3850</v>
+        <v>4576.5</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>2453</v>
+        <v>42</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I112" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C113" s="3">
-        <v>6500</v>
+        <v>10780.2</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
         <v>20</v>
       </c>
       <c r="I113" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C114" s="3">
-        <v>11900</v>
+        <v>12204</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C115" s="3">
-        <v>6340</v>
+        <v>4068</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>384</v>
+        <v>0</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I115" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C116" s="3">
-        <v>9000</v>
+        <v>4881.6</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F116" s="3">
-        <v>147</v>
+        <v>78</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
         <v>20</v>
       </c>
       <c r="I116" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C117" s="3">
-        <v>7316.37</v>
+        <v>6691.86</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>154</v>
+        <v>257</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
         <v>20</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C118" s="3">
-        <v>9600</v>
+        <v>3742.56</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>89</v>
+        <v>193</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I118" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C119" s="3">
-        <v>10000</v>
+        <v>5032.28</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="3">
         <v>197</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I119" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A120" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A120" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="B120" s="2"/>
+      <c r="C120" s="2"/>
+      <c r="D120" s="2"/>
+      <c r="E120" s="2"/>
+      <c r="F120" s="2"/>
+      <c r="G120" s="2"/>
+      <c r="H120" s="2"/>
+      <c r="I120" s="2"/>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C121" s="3">
-        <v>6200</v>
+        <v>4790.07</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F121" s="3">
-        <v>173</v>
+        <v>239</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
         <v>20</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C122" s="3">
-        <v>8900</v>
+        <v>6305.4</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>397</v>
+        <v>173</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
         <v>20</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C123" s="3">
-        <v>11385</v>
+        <v>6610.5</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F123" s="3">
-        <v>48</v>
+        <v>158</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I123" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C124" s="3">
-        <v>14310</v>
+        <v>12102.3</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="3">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I124" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C125" s="3">
-        <v>11000</v>
+        <v>10170</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="3">
-        <v>40</v>
+        <v>191</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
         <v>20</v>
       </c>
       <c r="I125" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C126" s="3">
-        <v>6500</v>
+        <v>6447.78</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="3">
-        <v>67</v>
+        <v>377</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
         <v>20</v>
       </c>
       <c r="I126" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C127" s="3">
-        <v>9280</v>
+        <v>9153</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="3">
-        <v>25</v>
+        <v>146</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
         <v>20</v>
       </c>
       <c r="I127" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C128" s="3">
-        <v>16490</v>
+        <v>9051.3</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F128" s="3">
-        <v>120</v>
+        <v>395</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I128" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C129" s="3">
-        <v>6220</v>
+        <v>10576.8</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F129" s="3">
-        <v>44</v>
+        <v>315</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I129" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C130" s="3">
-        <v>16000</v>
+        <v>3915.45</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F130" s="3">
-        <v>19</v>
+        <v>2373</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I130" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C131" s="3">
-        <v>20400</v>
+        <v>7440.75</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I131" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A132" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I132" s="2"/>
+      <c r="A132" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="B132" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="C132" s="3">
+        <v>9763.2</v>
+      </c>
+      <c r="D132" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F132" s="3">
+        <v>89</v>
+      </c>
+      <c r="G132" s="3">
+        <v>1</v>
+      </c>
+      <c r="H132" s="3">
+        <v>20</v>
+      </c>
+      <c r="I132" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C133" s="3">
-        <v>34586.5</v>
+        <v>6102</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F133" s="3">
-        <v>0</v>
+        <v>46</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="C134" s="3">
-        <v>14600</v>
+        <v>32544</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="3">
-        <v>105</v>
+        <v>47</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C135" s="3">
-        <v>14000</v>
+        <v>11187</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
         <v>20</v>
       </c>
       <c r="I135" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C136" s="3">
-        <v>15800</v>
+        <v>6325.74</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F136" s="3">
-        <v>361</v>
+        <v>32</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I136" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="C137" s="3">
-        <v>20000</v>
+        <v>14553.27</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="3">
-        <v>158</v>
+        <v>12</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I137" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C138" s="3">
-        <v>10400</v>
+        <v>16272</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F138" s="3">
-        <v>163</v>
+        <v>9</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I138" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A139" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I139" s="2"/>
+      <c r="A139" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="B139" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="C139" s="3">
+        <v>9437.76</v>
+      </c>
+      <c r="D139" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F139" s="3">
+        <v>26</v>
+      </c>
+      <c r="G139" s="3">
+        <v>1</v>
+      </c>
+      <c r="H139" s="3">
+        <v>20</v>
+      </c>
+      <c r="I139" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="C140" s="3">
-        <v>5000</v>
+        <v>16770.33</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F140" s="3">
-        <v>747</v>
+        <v>112</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I140" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="C141" s="3">
-        <v>3400</v>
+        <v>6610.5</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F141" s="3">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I141" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="C142" s="3">
-        <v>5800</v>
+        <v>11578.55</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F142" s="3">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I142" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A143" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I143" s="2"/>
+      <c r="A143" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="B143" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="C143" s="3">
+        <v>18672.12</v>
+      </c>
+      <c r="D143" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F143" s="3">
+        <v>40</v>
+      </c>
+      <c r="G143" s="3">
+        <v>1</v>
+      </c>
+      <c r="H143" s="3">
+        <v>10</v>
+      </c>
+      <c r="I143" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A144" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A144" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="B144" s="2"/>
+      <c r="C144" s="2"/>
+      <c r="D144" s="2"/>
+      <c r="E144" s="2"/>
+      <c r="F144" s="2"/>
+      <c r="G144" s="2"/>
+      <c r="H144" s="2"/>
+      <c r="I144" s="2"/>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="C145" s="3">
-        <v>8400</v>
+        <v>12204</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="3">
-        <v>109</v>
+        <v>19</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
         <v>20</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="C146" s="3">
-        <v>18200</v>
+        <v>4271.4</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="3">
-        <v>8</v>
+        <v>90</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="C147" s="3">
-        <v>12000</v>
+        <v>4406.47</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="3">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C148" s="3">
-        <v>3600</v>
+        <v>9153</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="3">
-        <v>215</v>
+        <v>165</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I148" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="C149" s="3">
-        <v>2800</v>
+        <v>6610.5</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F149" s="3">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I149" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="C150" s="3">
-        <v>17500</v>
+        <v>12407.4</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F150" s="3">
-        <v>89</v>
+        <v>34</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
         <v>10</v>
       </c>
       <c r="I150" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="C151" s="3">
-        <v>7000</v>
+        <v>2745.9</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F151" s="3">
-        <v>60</v>
+        <v>315</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="C152" s="3">
-        <v>3200</v>
+        <v>2542.5</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F152" s="3">
-        <v>61</v>
+        <v>417</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="I152" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="C153" s="3">
-        <v>3300</v>
+        <v>3803.58</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="3">
-        <v>62</v>
+        <v>283</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I153" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="C154" s="3">
-        <v>4000</v>
+        <v>2084.85</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="3">
-        <v>35</v>
+        <v>1031</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I154" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A155" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A155" s="2" t="s">
+        <v>310</v>
+      </c>
+      <c r="B155" s="2"/>
+      <c r="C155" s="2"/>
+      <c r="D155" s="2"/>
+      <c r="E155" s="2"/>
+      <c r="F155" s="2"/>
+      <c r="G155" s="2"/>
+      <c r="H155" s="2"/>
+      <c r="I155" s="2"/>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="C156" s="3">
-        <v>2800</v>
+        <v>14848.2</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F156" s="3">
-        <v>34</v>
+        <v>105</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="I156" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C157" s="3">
-        <v>3800</v>
+        <v>35174.47</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F157" s="3">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="I157" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="C158" s="3">
-        <v>5000</v>
+        <v>10576.8</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F158" s="3">
-        <v>59</v>
+        <v>158</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I158" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C159" s="3">
-        <v>12200</v>
+        <v>14238</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F159" s="3">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I159" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A160" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I160" s="2"/>
+      <c r="A160" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="B160" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="C160" s="3">
+        <v>16068.6</v>
+      </c>
+      <c r="D160" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F160" s="3">
+        <v>334</v>
+      </c>
+      <c r="G160" s="3">
+        <v>1</v>
+      </c>
+      <c r="H160" s="3">
+        <v>20</v>
+      </c>
+      <c r="I160" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="C161" s="3">
-        <v>520</v>
+        <v>20340</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F161" s="3">
-        <v>3741</v>
+        <v>135</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>200</v>
+        <v>4</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A162" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A162" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="B162" s="2"/>
+      <c r="C162" s="2"/>
+      <c r="D162" s="2"/>
+      <c r="E162" s="2"/>
+      <c r="F162" s="2"/>
+      <c r="G162" s="2"/>
+      <c r="H162" s="2"/>
+      <c r="I162" s="2"/>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="C163" s="3">
-        <v>900</v>
+        <v>5085</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F163" s="3">
-        <v>881</v>
+        <v>873</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="C164" s="3">
-        <v>1390</v>
+        <v>5898.6</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F164" s="3">
-        <v>1056</v>
+        <v>9</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>250</v>
+        <v>20</v>
       </c>
       <c r="I164" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="C165" s="3">
-        <v>280</v>
+        <v>3457.8</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F165" s="3">
-        <v>26239</v>
+        <v>6</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I165" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A166" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A166" s="2" t="s">
+        <v>330</v>
+      </c>
+      <c r="B166" s="2"/>
+      <c r="C166" s="2"/>
+      <c r="D166" s="2"/>
+      <c r="E166" s="2"/>
+      <c r="F166" s="2"/>
+      <c r="G166" s="2"/>
+      <c r="H166" s="2"/>
+      <c r="I166" s="2"/>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C167" s="3">
-        <v>180</v>
+        <v>4678.2</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F167" s="3">
-        <v>8347</v>
+        <v>55</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>300</v>
+        <v>40</v>
       </c>
       <c r="I167" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C168" s="3">
-        <v>160</v>
+        <v>6712.2</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F168" s="3">
-        <v>23478</v>
+        <v>30</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>300</v>
+        <v>40</v>
       </c>
       <c r="I168" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C169" s="3">
-        <v>160.27</v>
+        <v>4068</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F169" s="3">
-        <v>6192</v>
+        <v>7</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>900</v>
+        <v>40</v>
       </c>
       <c r="I169" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C170" s="3">
-        <v>192.61</v>
+        <v>8136</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F170" s="3">
-        <v>1427</v>
+        <v>10</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
-        <v>600</v>
+        <v>40</v>
       </c>
       <c r="I170" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A171" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B171" s="3" t="s">
+      <c r="A171" s="2" t="s">
         <v>339</v>
       </c>
-      <c r="C171" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B171" s="2"/>
+      <c r="C171" s="2"/>
+      <c r="D171" s="2"/>
+      <c r="E171" s="2"/>
+      <c r="F171" s="2"/>
+      <c r="G171" s="2"/>
+      <c r="H171" s="2"/>
+      <c r="I171" s="2"/>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>340</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>341</v>
       </c>
       <c r="C172" s="3">
-        <v>650</v>
+        <v>7119</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F172" s="3">
-        <v>3505</v>
+        <v>59</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A173" s="2" t="s">
+      <c r="A173" s="3" t="s">
         <v>342</v>
       </c>
-      <c r="B173" s="2"/>
-[...6 lines deleted...]
-      <c r="I173" s="2"/>
+      <c r="B173" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="C173" s="3">
+        <v>17797.5</v>
+      </c>
+      <c r="D173" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F173" s="3">
+        <v>89</v>
+      </c>
+      <c r="G173" s="3">
+        <v>1</v>
+      </c>
+      <c r="H173" s="3">
+        <v>10</v>
+      </c>
+      <c r="I173" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C174" s="3">
-        <v>4060</v>
+        <v>8949.6</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F174" s="3">
-        <v>110</v>
+        <v>58</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C175" s="3">
-        <v>6000</v>
+        <v>2847.6</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F175" s="3">
-        <v>113</v>
+        <v>5</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I175" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C176" s="3">
-        <v>5000</v>
+        <v>12204</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F176" s="3">
-        <v>104</v>
+        <v>27</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
         <v>20</v>
       </c>
       <c r="I176" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C177" s="3">
-        <v>16490</v>
+        <v>3661.2</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F177" s="3">
-        <v>13</v>
+        <v>163</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I177" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C178" s="3">
-        <v>200</v>
+        <v>8542.8</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F178" s="3">
-        <v>120861</v>
+        <v>109</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C179" s="3">
-        <v>180</v>
+        <v>18509.4</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F179" s="3">
-        <v>19981</v>
+        <v>8</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C180" s="3">
-        <v>100</v>
+        <v>3254.4</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F180" s="3">
-        <v>8584</v>
+        <v>60</v>
       </c>
       <c r="G180" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H180" s="3">
-        <v>500</v>
+        <v>40</v>
       </c>
       <c r="I180" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C181" s="3">
-        <v>260</v>
+        <v>3356.1</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F181" s="3">
-        <v>7388</v>
+        <v>57</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
-        <v>400</v>
+        <v>40</v>
       </c>
       <c r="I181" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A182" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I182" s="2"/>
+      <c r="A182" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="B182" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="C182" s="3">
+        <v>3356.1</v>
+      </c>
+      <c r="D182" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E182" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F182" s="3">
+        <v>46</v>
+      </c>
+      <c r="G182" s="3">
+        <v>1</v>
+      </c>
+      <c r="H182" s="3">
+        <v>40</v>
+      </c>
+      <c r="I182" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="C183" s="3">
-        <v>1180</v>
+        <v>2847.6</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F183" s="3">
-        <v>520</v>
+        <v>31</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
         <v>40</v>
       </c>
       <c r="I183" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C184" s="3">
-        <v>4800</v>
+        <v>3671.37</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F184" s="3">
-        <v>157</v>
+        <v>29</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
         <v>20</v>
       </c>
       <c r="I184" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="C185" s="3">
-        <v>5720.08</v>
+        <v>4068</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F185" s="3">
-        <v>479</v>
+        <v>27</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
         <v>20</v>
       </c>
       <c r="I185" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C186" s="3">
-        <v>4200</v>
+        <v>11166.66</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F186" s="3">
-        <v>435</v>
+        <v>11</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I186" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="C187" s="3">
-        <v>4800</v>
+        <v>5085</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F187" s="3">
-        <v>921</v>
+        <v>43</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I187" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A188" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A188" s="2" t="s">
+        <v>372</v>
+      </c>
+      <c r="B188" s="2"/>
+      <c r="C188" s="2"/>
+      <c r="D188" s="2"/>
+      <c r="E188" s="2"/>
+      <c r="F188" s="2"/>
+      <c r="G188" s="2"/>
+      <c r="H188" s="2"/>
+      <c r="I188" s="2"/>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C189" s="3">
-        <v>3750</v>
+        <v>589.86</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F189" s="3">
-        <v>221</v>
+        <v>2205</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I189" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C190" s="3">
-        <v>5701.08</v>
+        <v>528.84</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F190" s="3">
-        <v>0</v>
+        <v>3515</v>
       </c>
       <c r="G190" s="3">
         <v>1</v>
       </c>
       <c r="H190" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I190" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C191" s="3">
-        <v>4100</v>
+        <v>1413.63</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F191" s="3">
-        <v>91</v>
+        <v>1021</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
-        <v>20</v>
+        <v>250</v>
       </c>
       <c r="I191" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C192" s="3">
-        <v>4850</v>
+        <v>915.3</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F192" s="3">
-        <v>0</v>
+        <v>596</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I192" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C193" s="3">
-        <v>5187.97</v>
+        <v>195.88</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F193" s="3">
-        <v>144</v>
+        <v>1330</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>20</v>
+        <v>600</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C194" s="3">
-        <v>2800</v>
+        <v>116.96</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F194" s="3">
-        <v>262</v>
+        <v>7204</v>
       </c>
       <c r="G194" s="3">
         <v>1</v>
       </c>
       <c r="H194" s="3">
-        <v>20</v>
+        <v>600</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C195" s="3">
-        <v>3720</v>
+        <v>162.72</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F195" s="3">
-        <v>255</v>
+        <v>6902</v>
       </c>
       <c r="G195" s="3">
         <v>1</v>
       </c>
       <c r="H195" s="3">
-        <v>20</v>
+        <v>300</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C196" s="3">
-        <v>3200</v>
+        <v>284.76</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F196" s="3">
-        <v>765</v>
+        <v>646</v>
       </c>
       <c r="G196" s="3">
         <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I196" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C197" s="3">
-        <v>3600</v>
+        <v>162.99</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F197" s="3">
-        <v>95</v>
+        <v>2151</v>
       </c>
       <c r="G197" s="3">
         <v>1</v>
       </c>
       <c r="H197" s="3">
-        <v>40</v>
+        <v>900</v>
       </c>
       <c r="I197" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C198" s="3">
-        <v>6400</v>
+        <v>661.05</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F198" s="3">
-        <v>88</v>
+        <v>2094</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="I198" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C199" s="3">
-        <v>5100</v>
+        <v>183.06</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F199" s="3">
-        <v>2</v>
+        <v>7587</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
-        <v>20</v>
+        <v>300</v>
       </c>
       <c r="I199" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C200" s="3">
-        <v>4000</v>
+        <v>264.42</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F200" s="3">
-        <v>0</v>
+        <v>2749</v>
       </c>
       <c r="G200" s="3">
         <v>1</v>
       </c>
       <c r="H200" s="3">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="I200" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A201" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B201" s="3" t="s">
+      <c r="A201" s="2" t="s">
         <v>397</v>
       </c>
-      <c r="C201" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B201" s="2"/>
+      <c r="C201" s="2"/>
+      <c r="D201" s="2"/>
+      <c r="E201" s="2"/>
+      <c r="F201" s="2"/>
+      <c r="G201" s="2"/>
+      <c r="H201" s="2"/>
+      <c r="I201" s="2"/>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
         <v>398</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>399</v>
       </c>
       <c r="C202" s="3">
-        <v>6580</v>
+        <v>6712.2</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F202" s="3">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="G202" s="3">
         <v>1</v>
       </c>
       <c r="H202" s="3">
         <v>20</v>
       </c>
       <c r="I202" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
         <v>400</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>401</v>
       </c>
       <c r="C203" s="3">
-        <v>6900</v>
+        <v>4068</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F203" s="3">
-        <v>102</v>
+        <v>161</v>
       </c>
       <c r="G203" s="3">
         <v>1</v>
       </c>
       <c r="H203" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I203" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
         <v>402</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>403</v>
       </c>
       <c r="C204" s="3">
-        <v>4800</v>
+        <v>7525.8</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F204" s="3">
-        <v>97</v>
+        <v>54</v>
       </c>
       <c r="G204" s="3">
         <v>1</v>
       </c>
       <c r="H204" s="3">
         <v>20</v>
       </c>
       <c r="I204" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
         <v>404</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>405</v>
       </c>
       <c r="C205" s="3">
-        <v>7900</v>
+        <v>29493</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F205" s="3">
-        <v>137</v>
+        <v>81</v>
       </c>
       <c r="G205" s="3">
         <v>1</v>
       </c>
       <c r="H205" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="I205" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
         <v>406</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>407</v>
       </c>
       <c r="C206" s="3">
-        <v>11500</v>
+        <v>8339.4</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F206" s="3">
-        <v>119</v>
+        <v>63</v>
       </c>
       <c r="G206" s="3">
         <v>1</v>
       </c>
       <c r="H206" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I206" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
         <v>408</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>409</v>
       </c>
       <c r="C207" s="3">
-        <v>6600</v>
+        <v>5949.45</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F207" s="3">
-        <v>202</v>
+        <v>181</v>
       </c>
       <c r="G207" s="3">
         <v>1</v>
       </c>
       <c r="H207" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I207" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
         <v>410</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>411</v>
       </c>
       <c r="C208" s="3">
-        <v>8000</v>
+        <v>5085</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F208" s="3">
-        <v>192</v>
+        <v>100</v>
       </c>
       <c r="G208" s="3">
         <v>1</v>
       </c>
       <c r="H208" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I208" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
         <v>412</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>413</v>
       </c>
       <c r="C209" s="3">
-        <v>12000</v>
+        <v>3457.8</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F209" s="3">
-        <v>74</v>
+        <v>21</v>
       </c>
       <c r="G209" s="3">
         <v>1</v>
       </c>
       <c r="H209" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I209" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A210" s="3" t="s">
+      <c r="A210" s="2" t="s">
         <v>414</v>
       </c>
-      <c r="B210" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B210" s="2"/>
+      <c r="C210" s="2"/>
+      <c r="D210" s="2"/>
+      <c r="E210" s="2"/>
+      <c r="F210" s="2"/>
+      <c r="G210" s="2"/>
+      <c r="H210" s="2"/>
+      <c r="I210" s="2"/>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="B211" s="3" t="s">
         <v>416</v>
       </c>
-      <c r="B211" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C211" s="3">
-        <v>4500</v>
+        <v>69156</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F211" s="3">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="G211" s="3">
         <v>1</v>
       </c>
       <c r="H211" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I211" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="B212" s="3" t="s">
         <v>418</v>
       </c>
-      <c r="B212" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C212" s="3">
-        <v>10600</v>
+        <v>48816</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F212" s="3">
+        <v>0</v>
+      </c>
+      <c r="G212" s="3">
+        <v>1</v>
+      </c>
+      <c r="H212" s="3">
         <v>5</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
       <c r="I212" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="B213" s="3" t="s">
         <v>420</v>
       </c>
-      <c r="B213" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C213" s="3">
-        <v>3680</v>
+        <v>35595</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F213" s="3">
-        <v>239</v>
+        <v>20</v>
       </c>
       <c r="G213" s="3">
         <v>1</v>
       </c>
       <c r="H213" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I213" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="B214" s="3" t="s">
         <v>422</v>
       </c>
-      <c r="B214" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C214" s="3">
-        <v>4948.16</v>
+        <v>55935</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F214" s="3">
-        <v>403</v>
+        <v>8</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I214" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="2" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="B215" s="2"/>
       <c r="C215" s="2"/>
       <c r="D215" s="2"/>
       <c r="E215" s="2"/>
       <c r="F215" s="2"/>
       <c r="G215" s="2"/>
       <c r="H215" s="2"/>
       <c r="I215" s="2"/>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="B216" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="B216" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C216" s="3">
-        <v>8000</v>
+        <v>4129.02</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F216" s="3">
-        <v>11</v>
+        <v>109</v>
       </c>
       <c r="G216" s="3">
         <v>1</v>
       </c>
       <c r="H216" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I216" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="B217" s="3" t="s">
         <v>427</v>
       </c>
-      <c r="B217" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C217" s="3">
-        <v>4600</v>
+        <v>5085</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F217" s="3">
-        <v>74</v>
+        <v>103</v>
       </c>
       <c r="G217" s="3">
         <v>1</v>
       </c>
       <c r="H217" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I217" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="B218" s="3" t="s">
         <v>429</v>
       </c>
-      <c r="B218" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C218" s="3">
-        <v>4000</v>
+        <v>6102</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F218" s="3">
-        <v>16</v>
+        <v>82</v>
       </c>
       <c r="G218" s="3">
         <v>1</v>
       </c>
       <c r="H218" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I218" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="B219" s="3" t="s">
         <v>431</v>
       </c>
-      <c r="B219" s="3" t="s">
+      <c r="C219" s="3">
+        <v>16770.33</v>
+      </c>
+      <c r="D219" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E219" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F219" s="3">
+        <v>8</v>
+      </c>
+      <c r="G219" s="3">
+        <v>1</v>
+      </c>
+      <c r="H219" s="3">
+        <v>10</v>
+      </c>
+      <c r="I219" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="220" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A220" s="3" t="s">
         <v>432</v>
       </c>
-      <c r="C219" s="3">
-[...22 lines deleted...]
-      <c r="A220" s="2" t="s">
+      <c r="B220" s="3" t="s">
         <v>433</v>
       </c>
-      <c r="B220" s="2"/>
-[...6 lines deleted...]
-      <c r="I220" s="2"/>
+      <c r="C220" s="3">
+        <v>264.42</v>
+      </c>
+      <c r="D220" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E220" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F220" s="3">
+        <v>3386</v>
+      </c>
+      <c r="G220" s="3">
+        <v>1</v>
+      </c>
+      <c r="H220" s="3">
+        <v>400</v>
+      </c>
+      <c r="I220" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
         <v>434</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>435</v>
       </c>
       <c r="C221" s="3">
-        <v>1500</v>
+        <v>101.7</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F221" s="3">
-        <v>1554</v>
+        <v>7357</v>
       </c>
       <c r="G221" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H221" s="3">
-        <v>40</v>
+        <v>500</v>
       </c>
       <c r="I221" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
         <v>436</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>437</v>
       </c>
       <c r="C222" s="3">
-        <v>1180</v>
+        <v>203.4</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F222" s="3">
-        <v>1864</v>
+        <v>21</v>
       </c>
       <c r="G222" s="3">
         <v>1</v>
       </c>
       <c r="H222" s="3">
-        <v>40</v>
+        <v>500</v>
       </c>
       <c r="I222" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
         <v>438</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>439</v>
       </c>
       <c r="C223" s="3">
-        <v>1500</v>
+        <v>183.06</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F223" s="3">
-        <v>1942</v>
+        <v>186</v>
       </c>
       <c r="G223" s="3">
         <v>1</v>
       </c>
       <c r="H223" s="3">
-        <v>40</v>
+        <v>500</v>
       </c>
       <c r="I223" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A224" s="3" t="s">
+      <c r="A224" s="2" t="s">
         <v>440</v>
       </c>
-      <c r="B224" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B224" s="2"/>
+      <c r="C224" s="2"/>
+      <c r="D224" s="2"/>
+      <c r="E224" s="2"/>
+      <c r="F224" s="2"/>
+      <c r="G224" s="2"/>
+      <c r="H224" s="2"/>
+      <c r="I224" s="2"/>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="B225" s="3" t="s">
         <v>442</v>
       </c>
-      <c r="B225" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C225" s="3">
-        <v>3200</v>
+        <v>1525.5</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F225" s="3">
-        <v>986</v>
+        <v>1390</v>
       </c>
       <c r="G225" s="3">
         <v>1</v>
       </c>
       <c r="H225" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I225" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
+        <v>443</v>
+      </c>
+      <c r="B226" s="3" t="s">
         <v>444</v>
       </c>
-      <c r="B226" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C226" s="3">
-        <v>3100</v>
+        <v>1525.5</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F226" s="3">
-        <v>2450</v>
+        <v>1779</v>
       </c>
       <c r="G226" s="3">
         <v>1</v>
       </c>
       <c r="H226" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I226" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="B227" s="3" t="s">
         <v>446</v>
       </c>
-      <c r="B227" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C227" s="3">
-        <v>12200</v>
+        <v>1200.06</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F227" s="3">
-        <v>49</v>
+        <v>1345</v>
       </c>
       <c r="G227" s="3">
         <v>1</v>
       </c>
       <c r="H227" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I227" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="B228" s="3" t="s">
         <v>448</v>
       </c>
-      <c r="B228" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C228" s="3">
-        <v>4600</v>
+        <v>3874.77</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F228" s="3">
-        <v>201</v>
+        <v>209</v>
       </c>
       <c r="G228" s="3">
         <v>1</v>
       </c>
       <c r="H228" s="3">
         <v>20</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="B229" s="3" t="s">
         <v>450</v>
       </c>
-      <c r="B229" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C229" s="3">
-        <v>8000</v>
+        <v>3254.4</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F229" s="3">
-        <v>58</v>
+        <v>821</v>
       </c>
       <c r="G229" s="3">
         <v>1</v>
       </c>
       <c r="H229" s="3">
         <v>20</v>
       </c>
       <c r="I229" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="B230" s="3" t="s">
         <v>452</v>
       </c>
-      <c r="B230" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C230" s="3">
-        <v>9270</v>
+        <v>5532.48</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F230" s="3">
-        <v>230</v>
+        <v>273</v>
       </c>
       <c r="G230" s="3">
         <v>1</v>
       </c>
       <c r="H230" s="3">
         <v>10</v>
       </c>
       <c r="I230" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="B231" s="3" t="s">
         <v>454</v>
       </c>
-      <c r="B231" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C231" s="3">
-        <v>11000</v>
+        <v>7810.56</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F231" s="3">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="G231" s="3">
         <v>1</v>
       </c>
       <c r="H231" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I231" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="B232" s="3" t="s">
         <v>456</v>
       </c>
-      <c r="B232" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C232" s="3">
-        <v>8800</v>
+        <v>3152.7</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F232" s="3">
-        <v>71</v>
+        <v>2449</v>
       </c>
       <c r="G232" s="3">
         <v>1</v>
       </c>
       <c r="H232" s="3">
         <v>20</v>
       </c>
       <c r="I232" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="B233" s="3" t="s">
         <v>458</v>
       </c>
-      <c r="B233" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C233" s="3">
-        <v>9600</v>
+        <v>3254.4</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E233" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F233" s="3">
-        <v>105</v>
+        <v>781</v>
       </c>
       <c r="G233" s="3">
         <v>1</v>
       </c>
       <c r="H233" s="3">
         <v>20</v>
       </c>
       <c r="I233" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="B234" s="3" t="s">
         <v>460</v>
       </c>
-      <c r="B234" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C234" s="3">
-        <v>5600</v>
+        <v>12407.4</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E234" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F234" s="3">
-        <v>805</v>
+        <v>42</v>
       </c>
       <c r="G234" s="3">
         <v>1</v>
       </c>
       <c r="H234" s="3">
         <v>20</v>
       </c>
       <c r="I234" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="B235" s="3" t="s">
         <v>462</v>
       </c>
-      <c r="B235" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C235" s="3">
-        <v>14500</v>
+        <v>2237.4</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E235" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F235" s="3">
-        <v>85</v>
+        <v>243</v>
       </c>
       <c r="G235" s="3">
         <v>1</v>
       </c>
       <c r="H235" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I235" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="B236" s="3" t="s">
         <v>464</v>
       </c>
-      <c r="B236" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C236" s="3">
-        <v>2200</v>
+        <v>11187</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E236" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F236" s="3">
-        <v>253</v>
+        <v>57</v>
       </c>
       <c r="G236" s="3">
         <v>1</v>
       </c>
       <c r="H236" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I236" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="B237" s="3" t="s">
         <v>466</v>
       </c>
-      <c r="B237" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C237" s="3">
-        <v>14000</v>
+        <v>5695.2</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F237" s="3">
-        <v>85</v>
+        <v>769</v>
       </c>
       <c r="G237" s="3">
         <v>1</v>
       </c>
       <c r="H237" s="3">
         <v>20</v>
       </c>
       <c r="I237" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
+        <v>467</v>
+      </c>
+      <c r="B238" s="3" t="s">
         <v>468</v>
       </c>
-      <c r="B238" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C238" s="3">
-        <v>3810</v>
+        <v>12712.5</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F238" s="3">
-        <v>212</v>
+        <v>462</v>
       </c>
       <c r="G238" s="3">
         <v>1</v>
       </c>
       <c r="H238" s="3">
         <v>20</v>
       </c>
       <c r="I238" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="B239" s="3" t="s">
         <v>470</v>
       </c>
-      <c r="B239" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C239" s="3">
-        <v>4470</v>
+        <v>4678.2</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F239" s="3">
-        <v>4</v>
+        <v>190</v>
       </c>
       <c r="G239" s="3">
         <v>1</v>
       </c>
       <c r="H239" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I239" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
+        <v>471</v>
+      </c>
+      <c r="B240" s="3" t="s">
         <v>472</v>
       </c>
-      <c r="B240" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C240" s="3">
-        <v>3200</v>
+        <v>9763.2</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F240" s="3">
-        <v>897</v>
+        <v>104</v>
       </c>
       <c r="G240" s="3">
         <v>1</v>
       </c>
       <c r="H240" s="3">
         <v>20</v>
       </c>
       <c r="I240" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="B241" s="3" t="s">
         <v>474</v>
       </c>
-      <c r="B241" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C241" s="3">
-        <v>5440</v>
+        <v>8949.6</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F241" s="3">
-        <v>284</v>
+        <v>70</v>
       </c>
       <c r="G241" s="3">
         <v>1</v>
       </c>
       <c r="H241" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I241" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="B242" s="3" t="s">
         <v>476</v>
       </c>
-      <c r="B242" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C242" s="3">
-        <v>12500</v>
+        <v>14238</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F242" s="3">
-        <v>458</v>
+        <v>77</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
         <v>20</v>
       </c>
       <c r="I242" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="B243" s="3" t="s">
         <v>478</v>
       </c>
-      <c r="B243" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C243" s="3">
-        <v>10800</v>
+        <v>8136</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F243" s="3">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="G243" s="3">
         <v>1</v>
       </c>
       <c r="H243" s="3">
         <v>20</v>
       </c>
       <c r="I243" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
+        <v>479</v>
+      </c>
+      <c r="B244" s="3" t="s">
         <v>480</v>
       </c>
-      <c r="B244" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C244" s="3">
-        <v>8649</v>
+        <v>9427.59</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E244" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F244" s="3">
-        <v>1028</v>
+        <v>228</v>
       </c>
       <c r="G244" s="3">
         <v>1</v>
       </c>
       <c r="H244" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I244" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="B245" s="3" t="s">
         <v>482</v>
       </c>
-      <c r="B245" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C245" s="3">
-        <v>3600</v>
+        <v>4545.99</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E245" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F245" s="3">
-        <v>73</v>
+        <v>2</v>
       </c>
       <c r="G245" s="3">
         <v>1</v>
       </c>
       <c r="H245" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I245" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="B246" s="3" t="s">
         <v>484</v>
       </c>
-      <c r="B246" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C246" s="3">
-        <v>7370</v>
+        <v>14746.5</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E246" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F246" s="3">
-        <v>0</v>
+        <v>85</v>
       </c>
       <c r="G246" s="3">
         <v>1</v>
       </c>
       <c r="H246" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I246" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="B247" s="3" t="s">
         <v>486</v>
       </c>
-      <c r="B247" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C247" s="3">
-        <v>12000</v>
+        <v>4576.5</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E247" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F247" s="3">
-        <v>38</v>
+        <v>166</v>
       </c>
       <c r="G247" s="3">
         <v>1</v>
       </c>
       <c r="H247" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I247" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
+        <v>487</v>
+      </c>
+      <c r="B248" s="3" t="s">
         <v>488</v>
       </c>
-      <c r="B248" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C248" s="3">
-        <v>8310</v>
+        <v>8746.2</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E248" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F248" s="3">
-        <v>0</v>
+        <v>65</v>
       </c>
       <c r="G248" s="3">
         <v>1</v>
       </c>
       <c r="H248" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I248" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="B249" s="3" t="s">
         <v>490</v>
       </c>
-      <c r="B249" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C249" s="3">
-        <v>4000</v>
+        <v>18814.5</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E249" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F249" s="3">
-        <v>432</v>
+        <v>23</v>
       </c>
       <c r="G249" s="3">
         <v>1</v>
       </c>
       <c r="H249" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="I249" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
+        <v>491</v>
+      </c>
+      <c r="B250" s="3" t="s">
         <v>492</v>
       </c>
-      <c r="B250" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C250" s="3">
-        <v>19400</v>
+        <v>8796.03</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E250" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F250" s="3">
-        <v>10</v>
+        <v>752</v>
       </c>
       <c r="G250" s="3">
         <v>1</v>
       </c>
       <c r="H250" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I250" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="B251" s="3" t="s">
         <v>494</v>
       </c>
-      <c r="B251" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C251" s="3">
-        <v>4200</v>
+        <v>3661.2</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E251" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F251" s="3">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="G251" s="3">
         <v>1</v>
       </c>
       <c r="H251" s="3">
         <v>40</v>
       </c>
       <c r="I251" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="B252" s="3" t="s">
         <v>496</v>
       </c>
-      <c r="B252" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C252" s="3">
-        <v>4400</v>
+        <v>4271.4</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E252" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F252" s="3">
-        <v>267</v>
+        <v>0</v>
       </c>
       <c r="G252" s="3">
         <v>1</v>
       </c>
       <c r="H252" s="3">
         <v>40</v>
       </c>
       <c r="I252" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="B253" s="3" t="s">
         <v>498</v>
       </c>
-      <c r="B253" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C253" s="3">
-        <v>10570</v>
+        <v>7495.29</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E253" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F253" s="3">
-        <v>1197</v>
+        <v>0</v>
       </c>
       <c r="G253" s="3">
         <v>1</v>
       </c>
       <c r="H253" s="3">
         <v>40</v>
       </c>
       <c r="I253" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="B254" s="3" t="s">
         <v>500</v>
       </c>
-      <c r="B254" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C254" s="3">
-        <v>6400</v>
+        <v>12204</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E254" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F254" s="3">
-        <v>57</v>
+        <v>28</v>
       </c>
       <c r="G254" s="3">
         <v>1</v>
       </c>
       <c r="H254" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I254" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="B255" s="3" t="s">
         <v>502</v>
       </c>
-      <c r="B255" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C255" s="3">
-        <v>4500</v>
+        <v>8949.6</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E255" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F255" s="3">
-        <v>169</v>
+        <v>19</v>
       </c>
       <c r="G255" s="3">
         <v>1</v>
       </c>
       <c r="H255" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I255" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="B256" s="3" t="s">
         <v>504</v>
       </c>
-      <c r="B256" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C256" s="3">
-        <v>18500</v>
+        <v>19729.8</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E256" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F256" s="3">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="G256" s="3">
         <v>1</v>
       </c>
       <c r="H256" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I256" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="B257" s="3" t="s">
         <v>506</v>
       </c>
-      <c r="B257" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C257" s="3">
-        <v>8600</v>
+        <v>5796.9</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E257" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F257" s="3">
-        <v>69</v>
+        <v>34</v>
       </c>
       <c r="G257" s="3">
         <v>1</v>
       </c>
       <c r="H257" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I257" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="B258" s="3" t="s">
         <v>508</v>
       </c>
-      <c r="B258" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C258" s="3">
-        <v>9800</v>
+        <v>4474.8</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E258" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F258" s="3">
-        <v>41</v>
+        <v>258</v>
       </c>
       <c r="G258" s="3">
         <v>1</v>
       </c>
       <c r="H258" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I258" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="B259" s="3" t="s">
         <v>510</v>
       </c>
-      <c r="B259" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C259" s="3">
-        <v>12841.1</v>
+        <v>4068</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E259" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F259" s="3">
-        <v>0</v>
+        <v>216</v>
       </c>
       <c r="G259" s="3">
         <v>1</v>
       </c>
       <c r="H259" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I259" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
+        <v>511</v>
+      </c>
+      <c r="B260" s="3" t="s">
         <v>512</v>
       </c>
-      <c r="B260" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C260" s="3">
-        <v>8800</v>
+        <v>8451.27</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E260" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F260" s="3">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G260" s="3">
         <v>1</v>
       </c>
       <c r="H260" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I260" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="B261" s="3" t="s">
         <v>514</v>
       </c>
-      <c r="B261" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C261" s="3">
-        <v>7500</v>
+        <v>6508.8</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E261" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F261" s="3">
-        <v>179</v>
+        <v>57</v>
       </c>
       <c r="G261" s="3">
         <v>1</v>
       </c>
       <c r="H261" s="3">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="I261" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="B262" s="3" t="s">
         <v>516</v>
       </c>
-      <c r="B262" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C262" s="3">
-        <v>7100</v>
+        <v>7627.5</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E262" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F262" s="3">
-        <v>85</v>
+        <v>214</v>
       </c>
       <c r="G262" s="3">
         <v>1</v>
       </c>
       <c r="H262" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="I262" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
+        <v>517</v>
+      </c>
+      <c r="B263" s="3" t="s">
         <v>518</v>
       </c>
-      <c r="B263" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C263" s="3">
-        <v>5700</v>
+        <v>7220.7</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E263" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F263" s="3">
-        <v>61</v>
+        <v>74</v>
       </c>
       <c r="G263" s="3">
         <v>1</v>
       </c>
       <c r="H263" s="3">
         <v>40</v>
       </c>
       <c r="I263" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
+        <v>519</v>
+      </c>
+      <c r="B264" s="3" t="s">
         <v>520</v>
       </c>
-      <c r="B264" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C264" s="3">
-        <v>2640</v>
+        <v>11753.46</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F264" s="3">
-        <v>369</v>
+        <v>0</v>
       </c>
       <c r="G264" s="3">
         <v>1</v>
       </c>
       <c r="H264" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I264" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="B265" s="3" t="s">
         <v>522</v>
       </c>
-      <c r="B265" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C265" s="3">
-        <v>4550</v>
+        <v>9966.6</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E265" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F265" s="3">
-        <v>459</v>
+        <v>43</v>
       </c>
       <c r="G265" s="3">
         <v>1</v>
       </c>
       <c r="H265" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I265" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="B266" s="3" t="s">
         <v>524</v>
       </c>
-      <c r="B266" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C266" s="3">
-        <v>3100</v>
+        <v>10983.6</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E266" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F266" s="3">
         <v>1</v>
       </c>
       <c r="G266" s="3">
         <v>1</v>
       </c>
       <c r="H266" s="3">
         <v>20</v>
       </c>
       <c r="I266" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="B267" s="3" t="s">
         <v>526</v>
       </c>
-      <c r="B267" s="3" t="s">
+      <c r="C267" s="3">
+        <v>10749.69</v>
+      </c>
+      <c r="D267" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E267" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F267" s="3">
+        <v>1036</v>
+      </c>
+      <c r="G267" s="3">
+        <v>1</v>
+      </c>
+      <c r="H267" s="3">
+        <v>40</v>
+      </c>
+      <c r="I267" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="268" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A268" s="3" t="s">
         <v>527</v>
       </c>
-      <c r="C267" s="3">
-[...22 lines deleted...]
-      <c r="A268" s="2" t="s">
+      <c r="B268" s="3" t="s">
         <v>528</v>
       </c>
-      <c r="B268" s="2"/>
-[...6 lines deleted...]
-      <c r="I268" s="2"/>
+      <c r="C268" s="3">
+        <v>3152.7</v>
+      </c>
+      <c r="D268" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E268" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F268" s="3">
+        <v>0</v>
+      </c>
+      <c r="G268" s="3">
+        <v>1</v>
+      </c>
+      <c r="H268" s="3">
+        <v>20</v>
+      </c>
+      <c r="I268" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
         <v>529</v>
       </c>
       <c r="B269" s="3" t="s">
         <v>530</v>
       </c>
       <c r="C269" s="3">
-        <v>68000</v>
+        <v>2684.88</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E269" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F269" s="3">
-        <v>19</v>
+        <v>245</v>
       </c>
       <c r="G269" s="3">
         <v>1</v>
       </c>
       <c r="H269" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I269" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
         <v>531</v>
       </c>
       <c r="B270" s="3" t="s">
         <v>532</v>
       </c>
       <c r="C270" s="3">
-        <v>35000</v>
+        <v>5583.33</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E270" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F270" s="3">
-        <v>26</v>
+        <v>566</v>
       </c>
       <c r="G270" s="3">
         <v>1</v>
       </c>
       <c r="H270" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I270" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
         <v>533</v>
       </c>
       <c r="B271" s="3" t="s">
         <v>534</v>
       </c>
       <c r="C271" s="3">
-        <v>48000</v>
+        <v>4627.35</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E271" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F271" s="3">
-        <v>1</v>
+        <v>435</v>
       </c>
       <c r="G271" s="3">
         <v>1</v>
       </c>
       <c r="H271" s="3">
-        <v>5</v>
+        <v>40</v>
       </c>
       <c r="I271" s="3">
-        <v>0</v>
-[...27 lines deleted...]
-      <c r="I272" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A14:I14"/>
-[...9 lines deleted...]
-    <mergeCell ref="A182:I182"/>
+    <mergeCell ref="A22:I22"/>
+    <mergeCell ref="A47:I47"/>
+    <mergeCell ref="A87:I87"/>
+    <mergeCell ref="A120:I120"/>
+    <mergeCell ref="A144:I144"/>
+    <mergeCell ref="A155:I155"/>
+    <mergeCell ref="A162:I162"/>
+    <mergeCell ref="A166:I166"/>
+    <mergeCell ref="A171:I171"/>
+    <mergeCell ref="A188:I188"/>
+    <mergeCell ref="A201:I201"/>
+    <mergeCell ref="A210:I210"/>
     <mergeCell ref="A215:I215"/>
-    <mergeCell ref="A220:I220"/>
-    <mergeCell ref="A268:I268"/>
+    <mergeCell ref="A224:I224"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
-    <hyperlink ref="D15" r:id="rId11"/>
-[...147 lines deleted...]
-    <hyperlink ref="D171" r:id="rId159"/>
+    <hyperlink ref="D14" r:id="rId11"/>
+    <hyperlink ref="D15" r:id="rId12"/>
+    <hyperlink ref="D16" r:id="rId13"/>
+    <hyperlink ref="D17" r:id="rId14"/>
+    <hyperlink ref="D18" r:id="rId15"/>
+    <hyperlink ref="D19" r:id="rId16"/>
+    <hyperlink ref="D20" r:id="rId17"/>
+    <hyperlink ref="D21" r:id="rId18"/>
+    <hyperlink ref="D23" r:id="rId19"/>
+    <hyperlink ref="D24" r:id="rId20"/>
+    <hyperlink ref="D25" r:id="rId21"/>
+    <hyperlink ref="D26" r:id="rId22"/>
+    <hyperlink ref="D27" r:id="rId23"/>
+    <hyperlink ref="D28" r:id="rId24"/>
+    <hyperlink ref="D29" r:id="rId25"/>
+    <hyperlink ref="D30" r:id="rId26"/>
+    <hyperlink ref="D31" r:id="rId27"/>
+    <hyperlink ref="D32" r:id="rId28"/>
+    <hyperlink ref="D33" r:id="rId29"/>
+    <hyperlink ref="D34" r:id="rId30"/>
+    <hyperlink ref="D35" r:id="rId31"/>
+    <hyperlink ref="D36" r:id="rId32"/>
+    <hyperlink ref="D37" r:id="rId33"/>
+    <hyperlink ref="D38" r:id="rId34"/>
+    <hyperlink ref="D39" r:id="rId35"/>
+    <hyperlink ref="D40" r:id="rId36"/>
+    <hyperlink ref="D41" r:id="rId37"/>
+    <hyperlink ref="D42" r:id="rId38"/>
+    <hyperlink ref="D43" r:id="rId39"/>
+    <hyperlink ref="D44" r:id="rId40"/>
+    <hyperlink ref="D45" r:id="rId41"/>
+    <hyperlink ref="D46" r:id="rId42"/>
+    <hyperlink ref="D48" r:id="rId43"/>
+    <hyperlink ref="D49" r:id="rId44"/>
+    <hyperlink ref="D50" r:id="rId45"/>
+    <hyperlink ref="D51" r:id="rId46"/>
+    <hyperlink ref="D52" r:id="rId47"/>
+    <hyperlink ref="D53" r:id="rId48"/>
+    <hyperlink ref="D54" r:id="rId49"/>
+    <hyperlink ref="D55" r:id="rId50"/>
+    <hyperlink ref="D56" r:id="rId51"/>
+    <hyperlink ref="D57" r:id="rId52"/>
+    <hyperlink ref="D58" r:id="rId53"/>
+    <hyperlink ref="D59" r:id="rId54"/>
+    <hyperlink ref="D60" r:id="rId55"/>
+    <hyperlink ref="D61" r:id="rId56"/>
+    <hyperlink ref="D62" r:id="rId57"/>
+    <hyperlink ref="D63" r:id="rId58"/>
+    <hyperlink ref="D64" r:id="rId59"/>
+    <hyperlink ref="D65" r:id="rId60"/>
+    <hyperlink ref="D66" r:id="rId61"/>
+    <hyperlink ref="D67" r:id="rId62"/>
+    <hyperlink ref="D68" r:id="rId63"/>
+    <hyperlink ref="D69" r:id="rId64"/>
+    <hyperlink ref="D70" r:id="rId65"/>
+    <hyperlink ref="D71" r:id="rId66"/>
+    <hyperlink ref="D72" r:id="rId67"/>
+    <hyperlink ref="D73" r:id="rId68"/>
+    <hyperlink ref="D74" r:id="rId69"/>
+    <hyperlink ref="D75" r:id="rId70"/>
+    <hyperlink ref="D76" r:id="rId71"/>
+    <hyperlink ref="D77" r:id="rId72"/>
+    <hyperlink ref="D78" r:id="rId73"/>
+    <hyperlink ref="D79" r:id="rId74"/>
+    <hyperlink ref="D80" r:id="rId75"/>
+    <hyperlink ref="D81" r:id="rId76"/>
+    <hyperlink ref="D82" r:id="rId77"/>
+    <hyperlink ref="D83" r:id="rId78"/>
+    <hyperlink ref="D84" r:id="rId79"/>
+    <hyperlink ref="D85" r:id="rId80"/>
+    <hyperlink ref="D86" r:id="rId81"/>
+    <hyperlink ref="D88" r:id="rId82"/>
+    <hyperlink ref="D89" r:id="rId83"/>
+    <hyperlink ref="D90" r:id="rId84"/>
+    <hyperlink ref="D91" r:id="rId85"/>
+    <hyperlink ref="D92" r:id="rId86"/>
+    <hyperlink ref="D93" r:id="rId87"/>
+    <hyperlink ref="D94" r:id="rId88"/>
+    <hyperlink ref="D95" r:id="rId89"/>
+    <hyperlink ref="D96" r:id="rId90"/>
+    <hyperlink ref="D97" r:id="rId91"/>
+    <hyperlink ref="D98" r:id="rId92"/>
+    <hyperlink ref="D99" r:id="rId93"/>
+    <hyperlink ref="D100" r:id="rId94"/>
+    <hyperlink ref="D101" r:id="rId95"/>
+    <hyperlink ref="D102" r:id="rId96"/>
+    <hyperlink ref="D103" r:id="rId97"/>
+    <hyperlink ref="D104" r:id="rId98"/>
+    <hyperlink ref="D105" r:id="rId99"/>
+    <hyperlink ref="D106" r:id="rId100"/>
+    <hyperlink ref="D107" r:id="rId101"/>
+    <hyperlink ref="D108" r:id="rId102"/>
+    <hyperlink ref="D109" r:id="rId103"/>
+    <hyperlink ref="D110" r:id="rId104"/>
+    <hyperlink ref="D111" r:id="rId105"/>
+    <hyperlink ref="D112" r:id="rId106"/>
+    <hyperlink ref="D113" r:id="rId107"/>
+    <hyperlink ref="D114" r:id="rId108"/>
+    <hyperlink ref="D115" r:id="rId109"/>
+    <hyperlink ref="D116" r:id="rId110"/>
+    <hyperlink ref="D117" r:id="rId111"/>
+    <hyperlink ref="D118" r:id="rId112"/>
+    <hyperlink ref="D119" r:id="rId113"/>
+    <hyperlink ref="D121" r:id="rId114"/>
+    <hyperlink ref="D122" r:id="rId115"/>
+    <hyperlink ref="D123" r:id="rId116"/>
+    <hyperlink ref="D124" r:id="rId117"/>
+    <hyperlink ref="D125" r:id="rId118"/>
+    <hyperlink ref="D126" r:id="rId119"/>
+    <hyperlink ref="D127" r:id="rId120"/>
+    <hyperlink ref="D128" r:id="rId121"/>
+    <hyperlink ref="D129" r:id="rId122"/>
+    <hyperlink ref="D130" r:id="rId123"/>
+    <hyperlink ref="D131" r:id="rId124"/>
+    <hyperlink ref="D132" r:id="rId125"/>
+    <hyperlink ref="D133" r:id="rId126"/>
+    <hyperlink ref="D134" r:id="rId127"/>
+    <hyperlink ref="D135" r:id="rId128"/>
+    <hyperlink ref="D136" r:id="rId129"/>
+    <hyperlink ref="D137" r:id="rId130"/>
+    <hyperlink ref="D138" r:id="rId131"/>
+    <hyperlink ref="D139" r:id="rId132"/>
+    <hyperlink ref="D140" r:id="rId133"/>
+    <hyperlink ref="D141" r:id="rId134"/>
+    <hyperlink ref="D142" r:id="rId135"/>
+    <hyperlink ref="D143" r:id="rId136"/>
+    <hyperlink ref="D145" r:id="rId137"/>
+    <hyperlink ref="D146" r:id="rId138"/>
+    <hyperlink ref="D147" r:id="rId139"/>
+    <hyperlink ref="D148" r:id="rId140"/>
+    <hyperlink ref="D149" r:id="rId141"/>
+    <hyperlink ref="D150" r:id="rId142"/>
+    <hyperlink ref="D151" r:id="rId143"/>
+    <hyperlink ref="D152" r:id="rId144"/>
+    <hyperlink ref="D153" r:id="rId145"/>
+    <hyperlink ref="D154" r:id="rId146"/>
+    <hyperlink ref="D156" r:id="rId147"/>
+    <hyperlink ref="D157" r:id="rId148"/>
+    <hyperlink ref="D158" r:id="rId149"/>
+    <hyperlink ref="D159" r:id="rId150"/>
+    <hyperlink ref="D160" r:id="rId151"/>
+    <hyperlink ref="D161" r:id="rId152"/>
+    <hyperlink ref="D163" r:id="rId153"/>
+    <hyperlink ref="D164" r:id="rId154"/>
+    <hyperlink ref="D165" r:id="rId155"/>
+    <hyperlink ref="D167" r:id="rId156"/>
+    <hyperlink ref="D168" r:id="rId157"/>
+    <hyperlink ref="D169" r:id="rId158"/>
+    <hyperlink ref="D170" r:id="rId159"/>
     <hyperlink ref="D172" r:id="rId160"/>
-    <hyperlink ref="D174" r:id="rId161"/>
-[...25 lines deleted...]
-    <hyperlink ref="D201" r:id="rId187"/>
+    <hyperlink ref="D173" r:id="rId161"/>
+    <hyperlink ref="D174" r:id="rId162"/>
+    <hyperlink ref="D175" r:id="rId163"/>
+    <hyperlink ref="D176" r:id="rId164"/>
+    <hyperlink ref="D177" r:id="rId165"/>
+    <hyperlink ref="D178" r:id="rId166"/>
+    <hyperlink ref="D179" r:id="rId167"/>
+    <hyperlink ref="D180" r:id="rId168"/>
+    <hyperlink ref="D181" r:id="rId169"/>
+    <hyperlink ref="D182" r:id="rId170"/>
+    <hyperlink ref="D183" r:id="rId171"/>
+    <hyperlink ref="D184" r:id="rId172"/>
+    <hyperlink ref="D185" r:id="rId173"/>
+    <hyperlink ref="D186" r:id="rId174"/>
+    <hyperlink ref="D187" r:id="rId175"/>
+    <hyperlink ref="D189" r:id="rId176"/>
+    <hyperlink ref="D190" r:id="rId177"/>
+    <hyperlink ref="D191" r:id="rId178"/>
+    <hyperlink ref="D192" r:id="rId179"/>
+    <hyperlink ref="D193" r:id="rId180"/>
+    <hyperlink ref="D194" r:id="rId181"/>
+    <hyperlink ref="D195" r:id="rId182"/>
+    <hyperlink ref="D196" r:id="rId183"/>
+    <hyperlink ref="D197" r:id="rId184"/>
+    <hyperlink ref="D198" r:id="rId185"/>
+    <hyperlink ref="D199" r:id="rId186"/>
+    <hyperlink ref="D200" r:id="rId187"/>
     <hyperlink ref="D202" r:id="rId188"/>
     <hyperlink ref="D203" r:id="rId189"/>
     <hyperlink ref="D204" r:id="rId190"/>
     <hyperlink ref="D205" r:id="rId191"/>
     <hyperlink ref="D206" r:id="rId192"/>
     <hyperlink ref="D207" r:id="rId193"/>
     <hyperlink ref="D208" r:id="rId194"/>
     <hyperlink ref="D209" r:id="rId195"/>
-    <hyperlink ref="D210" r:id="rId196"/>
-[...7 lines deleted...]
-    <hyperlink ref="D219" r:id="rId204"/>
+    <hyperlink ref="D211" r:id="rId196"/>
+    <hyperlink ref="D212" r:id="rId197"/>
+    <hyperlink ref="D213" r:id="rId198"/>
+    <hyperlink ref="D214" r:id="rId199"/>
+    <hyperlink ref="D216" r:id="rId200"/>
+    <hyperlink ref="D217" r:id="rId201"/>
+    <hyperlink ref="D218" r:id="rId202"/>
+    <hyperlink ref="D219" r:id="rId203"/>
+    <hyperlink ref="D220" r:id="rId204"/>
     <hyperlink ref="D221" r:id="rId205"/>
     <hyperlink ref="D222" r:id="rId206"/>
     <hyperlink ref="D223" r:id="rId207"/>
-    <hyperlink ref="D224" r:id="rId208"/>
-[...42 lines deleted...]
-    <hyperlink ref="D267" r:id="rId251"/>
+    <hyperlink ref="D225" r:id="rId208"/>
+    <hyperlink ref="D226" r:id="rId209"/>
+    <hyperlink ref="D227" r:id="rId210"/>
+    <hyperlink ref="D228" r:id="rId211"/>
+    <hyperlink ref="D229" r:id="rId212"/>
+    <hyperlink ref="D230" r:id="rId213"/>
+    <hyperlink ref="D231" r:id="rId214"/>
+    <hyperlink ref="D232" r:id="rId215"/>
+    <hyperlink ref="D233" r:id="rId216"/>
+    <hyperlink ref="D234" r:id="rId217"/>
+    <hyperlink ref="D235" r:id="rId218"/>
+    <hyperlink ref="D236" r:id="rId219"/>
+    <hyperlink ref="D237" r:id="rId220"/>
+    <hyperlink ref="D238" r:id="rId221"/>
+    <hyperlink ref="D239" r:id="rId222"/>
+    <hyperlink ref="D240" r:id="rId223"/>
+    <hyperlink ref="D241" r:id="rId224"/>
+    <hyperlink ref="D242" r:id="rId225"/>
+    <hyperlink ref="D243" r:id="rId226"/>
+    <hyperlink ref="D244" r:id="rId227"/>
+    <hyperlink ref="D245" r:id="rId228"/>
+    <hyperlink ref="D246" r:id="rId229"/>
+    <hyperlink ref="D247" r:id="rId230"/>
+    <hyperlink ref="D248" r:id="rId231"/>
+    <hyperlink ref="D249" r:id="rId232"/>
+    <hyperlink ref="D250" r:id="rId233"/>
+    <hyperlink ref="D251" r:id="rId234"/>
+    <hyperlink ref="D252" r:id="rId235"/>
+    <hyperlink ref="D253" r:id="rId236"/>
+    <hyperlink ref="D254" r:id="rId237"/>
+    <hyperlink ref="D255" r:id="rId238"/>
+    <hyperlink ref="D256" r:id="rId239"/>
+    <hyperlink ref="D257" r:id="rId240"/>
+    <hyperlink ref="D258" r:id="rId241"/>
+    <hyperlink ref="D259" r:id="rId242"/>
+    <hyperlink ref="D260" r:id="rId243"/>
+    <hyperlink ref="D261" r:id="rId244"/>
+    <hyperlink ref="D262" r:id="rId245"/>
+    <hyperlink ref="D263" r:id="rId246"/>
+    <hyperlink ref="D264" r:id="rId247"/>
+    <hyperlink ref="D265" r:id="rId248"/>
+    <hyperlink ref="D266" r:id="rId249"/>
+    <hyperlink ref="D267" r:id="rId250"/>
+    <hyperlink ref="D268" r:id="rId251"/>
     <hyperlink ref="D269" r:id="rId252"/>
     <hyperlink ref="D270" r:id="rId253"/>
     <hyperlink ref="D271" r:id="rId254"/>
-    <hyperlink ref="D272" r:id="rId255"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>