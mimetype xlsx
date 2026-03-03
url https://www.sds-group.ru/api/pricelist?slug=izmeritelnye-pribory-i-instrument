--- v2 (2026-01-17)
+++ v3 (2026-03-03)
@@ -87,1572 +87,1572 @@
   <si>
     <t>13-1221</t>
   </si>
   <si>
     <t>Тестер трассоискатель с генератором сигнала MS6813 MASTECH</t>
   </si>
   <si>
     <t>13-1211</t>
   </si>
   <si>
     <t xml:space="preserve">Кабельный локатор MS-6818 MASTECH  </t>
   </si>
   <si>
     <t>13-1222</t>
   </si>
   <si>
     <t>Тестер с генератором сигнала MS6810 MASTECH</t>
   </si>
   <si>
     <t>13-1224</t>
   </si>
   <si>
     <t>Тестер с генератором сигнала MS6811 MASTECH</t>
   </si>
   <si>
+    <t>13-1093</t>
+  </si>
+  <si>
+    <t>Кабельный тестер-локатор UNI-T UT685KIT TDR</t>
+  </si>
+  <si>
     <t>13-1091</t>
   </si>
   <si>
     <t>Тестер трассоискатель с генератором сигнала UNI-T UT682</t>
   </si>
   <si>
     <t>13-1090</t>
   </si>
   <si>
     <t>Тестер трассоискатель с генератором сигнала UNI-T UT682D</t>
   </si>
   <si>
     <t>13-1092</t>
   </si>
   <si>
     <t>Тестер трассоискатель с генератором сигнала UNI-T UT683KIT</t>
   </si>
   <si>
-    <t>13-1093</t>
-[...2 lines deleted...]
-    <t>Кабельный тестер-локатор UNI-T UT685KIT TDR</t>
+    <t>12-1011</t>
+  </si>
+  <si>
+    <t>Тестер кабеля универсальный RJ-45+USB 251454 REXANT</t>
+  </si>
+  <si>
+    <t>12-1024</t>
+  </si>
+  <si>
+    <t>Кабельный локатор R6818 REXANT</t>
+  </si>
+  <si>
+    <t>12-1006</t>
+  </si>
+  <si>
+    <t>Тестер кабеля RJ-45+RJ-11/RJ-12 468 REXANT</t>
   </si>
   <si>
     <t>12-1009</t>
   </si>
   <si>
     <t>Тестер кабеля многофункциональный RJ-45 828 REXANT</t>
   </si>
   <si>
+    <t>12-1020</t>
+  </si>
+  <si>
+    <t>Тестер-трассоискатель R6812 REXANT</t>
+  </si>
+  <si>
     <t>12-1016</t>
   </si>
   <si>
     <t>Тестер-трассоискатель R6816 REXANT</t>
   </si>
   <si>
-    <t>12-1006</t>
-[...16 lines deleted...]
-  <si>
     <t>12-1001</t>
   </si>
   <si>
     <t>Тестер кабеля RJ-45/RJ-12/ RJ-11/BNC  5248 REXANT</t>
   </si>
   <si>
     <t>12-1003</t>
   </si>
   <si>
     <t>Тестер кабеля универсальный 5 в 1 RJ-45+RJ-11/RJ-12+1394+USB+BNC 3468 REXANT</t>
   </si>
   <si>
-    <t>12-1011</t>
-[...4 lines deleted...]
-  <si>
     <t>1.2 Тестеры напряжения</t>
   </si>
   <si>
     <t>12-2031</t>
   </si>
   <si>
     <t>Тестер-пробник P-01 140 мм PROconnect</t>
   </si>
   <si>
     <t>12-2032</t>
   </si>
   <si>
     <t>Тестер-пробник P-02 190 мм PROconnect</t>
   </si>
   <si>
+    <t>13-1260</t>
+  </si>
+  <si>
+    <t>Тестер розеток MS6860D MASTECH</t>
+  </si>
+  <si>
+    <t>13-1202</t>
+  </si>
+  <si>
+    <t>Тестер-пробник MS8902A MASTECH</t>
+  </si>
+  <si>
+    <t>13-1204</t>
+  </si>
+  <si>
+    <t>Индикатор напряжения MS8922A MASTECH</t>
+  </si>
+  <si>
     <t>13-1265</t>
   </si>
   <si>
     <t>Тестер розеток, детектор автоматов MS5905RTD MASTECH</t>
   </si>
   <si>
-    <t>13-1204</t>
-[...8 lines deleted...]
-    <t>Тестер розеток MS6860D MASTECH</t>
+    <t>13-1262</t>
+  </si>
+  <si>
+    <t>Тестер розеток, детектор автоматов MS5902RTD MASTECH</t>
   </si>
   <si>
     <t>13-1251</t>
   </si>
   <si>
     <t>Детектор последовательности фаз MS5900 MASTECH</t>
   </si>
   <si>
-    <t>13-1262</t>
-[...8 lines deleted...]
-    <t>Тестер-пробник MS8902A MASTECH</t>
+    <t>13-1018</t>
+  </si>
+  <si>
+    <t>Индикатор напряжения UNI-T UT15C</t>
+  </si>
+  <si>
+    <t>13-1031</t>
+  </si>
+  <si>
+    <t>Тестер-пробник UNI-T UT12D</t>
+  </si>
+  <si>
+    <t>13-1042</t>
+  </si>
+  <si>
+    <t>Индикатор напряжения UNI-T UT18D</t>
+  </si>
+  <si>
+    <t>13-1019</t>
+  </si>
+  <si>
+    <t>Индикатор напряжения UNI-T UT22B-EU</t>
+  </si>
+  <si>
+    <t>13-1121</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тестер розеток UNI-T UT07B-EU </t>
   </si>
   <si>
     <t>13-1041</t>
   </si>
   <si>
     <t>Индикатор напряжения UNI-T UT18С</t>
   </si>
   <si>
-    <t>13-1042</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">Тестер розеток UNI-T UT07B-EU </t>
+    <t>13-1124</t>
+  </si>
+  <si>
+    <t>Детектор последовательности фаз UNI-T UT261B</t>
   </si>
   <si>
     <t>13-1033</t>
   </si>
   <si>
     <t>Тестер-пробник UNI-T UT12M</t>
   </si>
   <si>
-    <t>13-1124</t>
-[...14 lines deleted...]
-    <t>Индикатор напряжения UNI-T UT15C</t>
+    <t>12-2035</t>
+  </si>
+  <si>
+    <t>Тестер-пробник R-48 REXANT</t>
+  </si>
+  <si>
+    <t>12-2036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тестер-пробник R-18 REXANT  </t>
+  </si>
+  <si>
+    <t>12-2043</t>
+  </si>
+  <si>
+    <t>Тестер-пробник с комбинированным жалом R-13 REXANT</t>
+  </si>
+  <si>
+    <t>12-2050</t>
+  </si>
+  <si>
+    <t>Индикатор напряжения цифровой R-30 REXANT</t>
+  </si>
+  <si>
+    <t>12-2038</t>
+  </si>
+  <si>
+    <t>Тестер-пробник R-20 REXANT</t>
   </si>
   <si>
     <t>12-2033</t>
   </si>
   <si>
     <t>Тестер-пробник R-15 190 мм REXANT</t>
   </si>
   <si>
-    <t>12-2043</t>
-[...26 lines deleted...]
-    <t xml:space="preserve">Тестер-пробник R-18 REXANT  </t>
+    <t>12-2044</t>
+  </si>
+  <si>
+    <t>Тестер-пробник с комбинированным жалом R-14 REXANT</t>
   </si>
   <si>
     <t>12-2042</t>
   </si>
   <si>
     <t>Тестер-пробник с комбинированным жалом R-16 REXANT</t>
   </si>
   <si>
-    <t>12-2044</t>
-[...4 lines deleted...]
-  <si>
     <t>1.3 Портативные мультиметры</t>
   </si>
   <si>
+    <t>13-3021</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр MAS830L (DT850L) PROconnect</t>
+  </si>
+  <si>
     <t>13-3011</t>
   </si>
   <si>
     <t>Портативный мультиметр M830B (DT830B) PROconnect</t>
   </si>
   <si>
-    <t>13-3021</t>
-[...2 lines deleted...]
-    <t>Портативный мультиметр MAS830L (DT850L) PROconnect</t>
+    <t>13-3022</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр MAS838L (DT858L) PROconnect</t>
   </si>
   <si>
     <t>13-3012</t>
   </si>
   <si>
     <t>Портативный мультиметр M832 (DT832) PROconnect</t>
   </si>
   <si>
     <t>13-3013</t>
   </si>
   <si>
     <t>Портативный мультиметр M838 (DT838) PROconnect</t>
   </si>
   <si>
     <t>13-3014</t>
   </si>
   <si>
     <t>Портативный мультиметр М-182 (DT-182) PROconnect</t>
   </si>
   <si>
-    <t>13-3022</t>
-[...2 lines deleted...]
-    <t>Портативный мультиметр MAS838L (DT858L) PROconnect</t>
+    <t>13-2046</t>
+  </si>
+  <si>
+    <t>Цифровой мультиметр-пробник MS8223A MASTECH</t>
+  </si>
+  <si>
+    <t>13-2001</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M830B MASTECH</t>
   </si>
   <si>
     <t>13-2009</t>
   </si>
   <si>
     <t>Портативный мультиметр M320 MASTECH</t>
   </si>
   <si>
+    <t>13-2010</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр MAS830B MASTECH</t>
+  </si>
+  <si>
+    <t>13-2002</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M830BZ MASTECH</t>
+  </si>
+  <si>
+    <t>13-2003</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M832 MASTECH</t>
+  </si>
+  <si>
     <t>13-2004</t>
   </si>
   <si>
     <t>Портативный мультиметр M838 MASTECH</t>
   </si>
   <si>
-    <t>13-2001</t>
-[...2 lines deleted...]
-    <t>Портативный мультиметр M830B MASTECH</t>
+    <t>13-2011</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр MAS830 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2044</t>
+  </si>
+  <si>
+    <t>Цифровой мультиметр-пробник MS8211 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2006</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр M300 MASTECH</t>
   </si>
   <si>
     <t>13-2007</t>
   </si>
   <si>
     <t>Портативный мультиметр MAS830L MASTECH</t>
   </si>
   <si>
     <t>13-2008</t>
   </si>
   <si>
     <t>Портативный мультиметр MAS838 в кожухе с прозвонкой и измерением температуры MASTECH</t>
   </si>
   <si>
     <t>13-2026</t>
   </si>
   <si>
     <t>Портативный мультиметр MS8238 MASTECH</t>
   </si>
   <si>
     <t>13-2045</t>
   </si>
   <si>
     <t>Цифровой мультиметр-пробник MS8211D MASTECH</t>
   </si>
   <si>
-    <t>13-2044</t>
-[...38 lines deleted...]
-    <t>Цифровой мультиметр-пробник MS8223A MASTECH</t>
+    <t>13-0057</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр UNI-T UT33C+</t>
+  </si>
+  <si>
+    <t>13-0058</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр UNI-T UT33D+</t>
+  </si>
+  <si>
+    <t>13-0019</t>
+  </si>
+  <si>
+    <t>Портативный мультиметр UNI-T UT120C</t>
+  </si>
+  <si>
+    <t>13-0020</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный UNI-T UT123</t>
+  </si>
+  <si>
+    <t>13-0083</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный СМАРТ UNI-T UT118B</t>
   </si>
   <si>
     <t>13-0051</t>
   </si>
   <si>
     <t>Мультиметр портативный СМАРТ UNI-T UT121B</t>
   </si>
   <si>
     <t>13-0063</t>
   </si>
   <si>
     <t>Мультиметр универсальный UNI-T UT133B</t>
   </si>
   <si>
-    <t>13-0083</t>
-[...4 lines deleted...]
-  <si>
     <t>13-0010</t>
   </si>
   <si>
     <t>Портативный мультиметр UNI-T UT120A</t>
   </si>
   <si>
     <t>13-0055</t>
   </si>
   <si>
     <t xml:space="preserve">Портативный мультиметр UNI-T UT33A+ </t>
   </si>
   <si>
     <t>13-0056</t>
   </si>
   <si>
     <t xml:space="preserve">Портативный мультиметр UNI-T UT33B+ </t>
   </si>
   <si>
     <t>13-0062</t>
   </si>
   <si>
     <t>Мультиметр универсальный UNI-T UT133A</t>
   </si>
   <si>
-    <t>13-0058</t>
-[...22 lines deleted...]
-  <si>
     <t>13-0052</t>
   </si>
   <si>
     <t>Мультиметр портативный СМАРТ UNI-T UT122</t>
   </si>
   <si>
+    <t>13-3115</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный R131A REXANT</t>
+  </si>
+  <si>
     <t>13-3125</t>
   </si>
   <si>
     <t>Мультиметр-пробник цифровой R8211 REXANT</t>
   </si>
   <si>
+    <t>13-3106</t>
+  </si>
+  <si>
+    <t>Мультиметр портативный R830L REXANT</t>
+  </si>
+  <si>
     <t>13-3100</t>
   </si>
   <si>
     <t>Мультиметр портативный R109L REXANT</t>
   </si>
   <si>
-    <t>13-3115</t>
-[...10 lines deleted...]
-  <si>
     <t>13-3120</t>
   </si>
   <si>
     <t>Мультиметр портативный R124B REXANT</t>
   </si>
   <si>
     <t>13-3112</t>
   </si>
   <si>
     <t>Мультиметр портативный R113C REXANT</t>
   </si>
   <si>
     <t>13-3109</t>
   </si>
   <si>
     <t>Мультиметр портативный R113A REXANT</t>
   </si>
   <si>
     <t>1.4 Универсальные мультиметры</t>
   </si>
   <si>
     <t>13-3026</t>
   </si>
   <si>
     <t>Мультиметр универсальный P9205М PROconnect</t>
   </si>
   <si>
+    <t>13-2014</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MS8233A MASTECH</t>
+  </si>
+  <si>
+    <t>13-2070</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MS8233D MASTECH</t>
+  </si>
+  <si>
+    <t>13-2013</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MS8233E MASTECH</t>
+  </si>
+  <si>
+    <t>13-2005</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MY64 MASTECH</t>
+  </si>
+  <si>
     <t>13-2052</t>
   </si>
   <si>
     <t>Универсальный мультиметр MY65N MASTECH</t>
   </si>
   <si>
     <t>13-2019</t>
   </si>
   <si>
     <t>Универсальный мультиметр MY62N MASTECH</t>
   </si>
   <si>
-    <t>13-2070</t>
-[...8 lines deleted...]
-    <t>Универсальный мультиметр MS8233A MASTECH</t>
+    <t>13-2056</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MS8221С MASTECH</t>
+  </si>
+  <si>
+    <t>13-2054</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MY64N MASTECH</t>
+  </si>
+  <si>
+    <t>13-2053</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MY61N MASTECH</t>
+  </si>
+  <si>
+    <t>13-2051</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр MY63N MASTECH</t>
   </si>
   <si>
     <t>13-2015</t>
   </si>
   <si>
     <t>Универсальный мультиметр MS8233C MASTECH</t>
   </si>
   <si>
     <t>13-2016</t>
   </si>
   <si>
     <t>Универсальный мультиметр MS8233B MASTECH</t>
   </si>
   <si>
-    <t>13-2005</t>
-[...22 lines deleted...]
-  <si>
     <t>13-2058</t>
   </si>
   <si>
     <t>Универсальный мультиметр MY68 MASTECH</t>
   </si>
   <si>
-    <t>13-2056</t>
-[...10 lines deleted...]
-  <si>
     <t>13-1020</t>
   </si>
   <si>
     <t>Универсальный мультиметр UNI-T UT 58A</t>
   </si>
   <si>
+    <t>13-0070</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT890C</t>
+  </si>
+  <si>
+    <t>13-0075</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT89X</t>
+  </si>
+  <si>
+    <t>13-1024</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр UNI-T UT 58D</t>
+  </si>
+  <si>
+    <t>13-1025</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр UNI-T UT 58E</t>
+  </si>
+  <si>
+    <t>13-0071</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT890D+</t>
+  </si>
+  <si>
+    <t>13-0076</t>
+  </si>
+  <si>
+    <t>Мультиметр универсальный UNI-T UT89XD</t>
+  </si>
+  <si>
+    <t>13-1028</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр UNI-T UT 139С</t>
+  </si>
+  <si>
     <t>13-1022</t>
   </si>
   <si>
     <t>Универсальный мультиметр UNI-T UT 58B</t>
   </si>
   <si>
-    <t>13-1024</t>
-[...2 lines deleted...]
-    <t>Универсальный мультиметр UNI-T UT 58D</t>
+    <t>13-1029</t>
+  </si>
+  <si>
+    <t>Универсальный мультиметр UNI-T UT 139S</t>
   </si>
   <si>
     <t>13-0068</t>
   </si>
   <si>
     <t>Мультиметр универсальный UNI-T UT39E+</t>
   </si>
   <si>
-    <t>13-0071</t>
-[...22 lines deleted...]
-  <si>
     <t>13-0066</t>
   </si>
   <si>
     <t>Мультиметр универсальный UNI-T UT39A+</t>
   </si>
   <si>
     <t>13-0067</t>
   </si>
   <si>
     <t>Мультиметр универсальный UNI-T UT39С+</t>
   </si>
   <si>
     <t>13-0069</t>
   </si>
   <si>
     <t>Мультиметр универсальный UNI-T UT136C+</t>
   </si>
   <si>
     <t>13-0077</t>
   </si>
   <si>
     <t>Мультиметр универсальный UNI-T UT89XE</t>
   </si>
   <si>
-    <t>13-1025</t>
-[...16 lines deleted...]
-  <si>
     <t>13-1023</t>
   </si>
   <si>
     <t>Универсальный мультиметр UNI-T UT 58C</t>
   </si>
   <si>
     <t>13-3151</t>
   </si>
   <si>
     <t>Мультиметр универсальный R135D REXANT</t>
   </si>
   <si>
     <t>13-3154</t>
   </si>
   <si>
     <t>Мультиметр универсальный R132С REXANT</t>
   </si>
   <si>
     <t>1.5 Профессиональные мультиметры</t>
   </si>
   <si>
+    <t>13-2020</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8239C MASTECH</t>
+  </si>
+  <si>
+    <t>13-2087</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8209 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2108</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр - измеритель сопротивления изоляции MS5208 MASTECH</t>
+  </si>
+  <si>
     <t>13-2021</t>
   </si>
   <si>
     <t>Профессиональный мультиметр MS8217 MASTECH</t>
   </si>
   <si>
+    <t>13-2029</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр 5 в 1 MS8229 MASTECH</t>
+  </si>
+  <si>
     <t>13-2027</t>
   </si>
   <si>
     <t>Профессиональный мультиметр MS8360C MASTECH</t>
   </si>
   <si>
+    <t>13-1223</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Профессиональный мультиметр-трассоискатель MS8236 MASCTECH </t>
+  </si>
+  <si>
+    <t>13-2091</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр SMART MS8301D MASTECH</t>
+  </si>
+  <si>
+    <t>13-2102</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр MS8251B MASTECH</t>
+  </si>
+  <si>
     <t>13-2022</t>
   </si>
   <si>
     <t>Профессиональный мультиметр MS8269 MASTECH</t>
   </si>
   <si>
-    <t>13-1223</t>
-[...10 lines deleted...]
-  <si>
     <t>13-2068</t>
   </si>
   <si>
     <t>Профессиональный мультиметр MS8268 MASTECH</t>
   </si>
   <si>
-    <t>13-2087</t>
-[...4 lines deleted...]
-  <si>
     <t>13-2060</t>
   </si>
   <si>
     <t>Профессиональный мультиметр MS8265 MASTECH</t>
   </si>
   <si>
-    <t>13-2029</t>
-[...16 lines deleted...]
-  <si>
     <t>13-2069</t>
   </si>
   <si>
     <t>Профессиональный мультиметр MS8361D MASTECH</t>
   </si>
   <si>
     <t>13-2101</t>
   </si>
   <si>
     <t>Профессиональный мультиметр MS8250A MASTECH</t>
   </si>
   <si>
-    <t>13-2108</t>
-[...2 lines deleted...]
-    <t>Профессиональный мультиметр - измеритель сопротивления изоляции MS5208 MASTECH</t>
+    <t>13-0092</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр UNI-T UT61B+</t>
+  </si>
+  <si>
+    <t>13-0094</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр UNI-T UT61E+</t>
+  </si>
+  <si>
+    <t>13-0091</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр UNI-T 60S</t>
   </si>
   <si>
     <t>13-0093</t>
   </si>
   <si>
     <t>Профессиональный мультиметр UNI-T UT61D+</t>
   </si>
   <si>
-    <t>13-0091</t>
-[...2 lines deleted...]
-    <t>Профессиональный мультиметр UNI-T 60S</t>
+    <t>13-0090</t>
+  </si>
+  <si>
+    <t>Профессиональный мультиметр UNI-T 60BT</t>
+  </si>
+  <si>
+    <t>13-0088</t>
+  </si>
+  <si>
+    <t>Мультиметр профессиональный UNI-T UT17B PRO</t>
+  </si>
+  <si>
+    <t>13-0087</t>
+  </si>
+  <si>
+    <t>Мультиметр профессиональный UNI-T UT15B PRO</t>
   </si>
   <si>
     <t>13-0086</t>
   </si>
   <si>
     <t>Мультиметр профессиональный UNI-T UT191T</t>
   </si>
   <si>
-    <t>13-0088</t>
-[...28 lines deleted...]
-  <si>
     <t>13-0089</t>
   </si>
   <si>
     <t>Мультиметр профессиональный UNI-T UT18B PRO</t>
   </si>
   <si>
     <t>1.6 Пирометры</t>
   </si>
   <si>
+    <t>13-1231</t>
+  </si>
+  <si>
+    <t>Пирометр MS6522B MASTECH</t>
+  </si>
+  <si>
     <t>13-1235</t>
   </si>
   <si>
     <t>Пирометр MS6541 MASTECH</t>
   </si>
   <si>
     <t>13-1233</t>
   </si>
   <si>
     <t>Пирометр MS6522А MASTECH</t>
   </si>
   <si>
-    <t>13-1231</t>
-[...4 lines deleted...]
-  <si>
     <t>13-0029</t>
   </si>
   <si>
     <t>Пирометр UNI-T UT301C+</t>
   </si>
   <si>
+    <t>13-0040</t>
+  </si>
+  <si>
+    <t>Пирометр UNI-T UT302C+</t>
+  </si>
+  <si>
+    <t>13-0030</t>
+  </si>
+  <si>
+    <t>Пирометр UNI-T UT300A+</t>
+  </si>
+  <si>
     <t>13-0039</t>
   </si>
   <si>
     <t>Пирометр UNI-T UT301A+</t>
   </si>
   <si>
-    <t>13-0040</t>
-[...4 lines deleted...]
-  <si>
     <t>13-0025</t>
   </si>
   <si>
     <t>Пирометр UNI-T UT300S</t>
   </si>
   <si>
-    <t>13-0030</t>
-[...4 lines deleted...]
-  <si>
     <t>13-0026</t>
   </si>
   <si>
     <t>Пирометр карманный UNI-T UT306A</t>
   </si>
   <si>
     <t>13-3060</t>
   </si>
   <si>
     <t xml:space="preserve">Пирометр R-400 REXANT </t>
   </si>
   <si>
     <t>1.7 Измерители сопротивления (мегаомметры)</t>
   </si>
   <si>
     <t>13-1346</t>
   </si>
   <si>
     <t>Измеритель сопротивления изоляции MS5201 MASTECH</t>
   </si>
   <si>
     <t>13-1347</t>
   </si>
   <si>
     <t>Измеритель сопротивления изоляции MS5203 MASTECH</t>
   </si>
   <si>
+    <t>13-0042</t>
+  </si>
+  <si>
+    <t>Измеритель сопротивления изоляции UNI-T UT511</t>
+  </si>
+  <si>
     <t>13-0043</t>
   </si>
   <si>
     <t>Измеритель сопротивления изоляции UNI-T UT501A</t>
   </si>
   <si>
     <t>13-0045</t>
   </si>
   <si>
     <t>Измеритель сопротивления изоляции UNI-T UT501B</t>
   </si>
   <si>
     <t>13-0044</t>
   </si>
   <si>
     <t>Измеритель сопротивления изоляции UNI-T UT502A</t>
   </si>
   <si>
-    <t>13-0042</t>
-[...4 lines deleted...]
-  <si>
     <t>1.8 Детекторы металла</t>
   </si>
   <si>
     <t>13-1210</t>
   </si>
   <si>
     <t>Детектор металла MS6906 MASTECH</t>
   </si>
   <si>
+    <t>13-1150</t>
+  </si>
+  <si>
+    <t>Детектор металла и кабелей UNI-T UT387A</t>
+  </si>
+  <si>
     <t>13-1152</t>
   </si>
   <si>
     <t>Детектор металла и кабелей UNI-T UT387C</t>
   </si>
   <si>
-    <t>13-1150</t>
-[...5 lines deleted...]
-    <t>1.9 Дальномеры</t>
+    <t>1.9 Специализированные измерительные приборы</t>
+  </si>
+  <si>
+    <t>13-1275</t>
+  </si>
+  <si>
+    <t>Цифровой измеритель влажности материалов MS6900 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1240</t>
+  </si>
+  <si>
+    <t>Цифровой термометр MS6500 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1246</t>
+  </si>
+  <si>
+    <t>Цифровой детектор утечки газа MS6310 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1216</t>
+  </si>
+  <si>
+    <t>Люксметр MS6612 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1250</t>
+  </si>
+  <si>
+    <t>Многофункциональный тестер окружающей среды MS6300 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1272</t>
+  </si>
+  <si>
+    <t>Цифровой анемометр MS6252B MASTECH</t>
+  </si>
+  <si>
+    <t>13-1215</t>
+  </si>
+  <si>
+    <t>Люксметр MS6610 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1252</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Цифровой измеритель уровня шума MS6701 MASTECH </t>
+  </si>
+  <si>
+    <t>13-1147</t>
+  </si>
+  <si>
+    <t>Измеритель влажности материалов цифровой UNI-T UT377A</t>
+  </si>
+  <si>
+    <t>13-1134</t>
+  </si>
+  <si>
+    <t>Измеритель уровня шума компактный UNI-T UT353</t>
+  </si>
+  <si>
+    <t>13-1127</t>
+  </si>
+  <si>
+    <t>Угломер цифровой LM320A UNI-T</t>
+  </si>
+  <si>
+    <t>13-1130</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Измеритель влажности и температуры компактный UNI-T UT333 </t>
+  </si>
+  <si>
+    <t>13-1142</t>
+  </si>
+  <si>
+    <t>Анемометр компактный UNI-T UT363</t>
+  </si>
+  <si>
+    <t>13-1137</t>
+  </si>
+  <si>
+    <t>Люксметр компактный UNI-T UT383</t>
+  </si>
+  <si>
+    <t>13-1138</t>
+  </si>
+  <si>
+    <t>Люксметр UNI-T UT383S</t>
+  </si>
+  <si>
+    <t>13-1145</t>
+  </si>
+  <si>
+    <t>Измеритель уровня угарного газа (СО) UNI-T UT337A</t>
+  </si>
+  <si>
+    <t>1.10 Щупы и аксессуары</t>
+  </si>
+  <si>
+    <t>13-2033</t>
+  </si>
+  <si>
+    <t>Щупы T3030U MASTECH</t>
+  </si>
+  <si>
+    <t>13-2034</t>
+  </si>
+  <si>
+    <t>Щупы T3033U MASTECH</t>
+  </si>
+  <si>
+    <t>13-0034</t>
+  </si>
+  <si>
+    <t>Щупы тестера UNI-T UT-L27</t>
+  </si>
+  <si>
+    <t>13-0031</t>
+  </si>
+  <si>
+    <t>Щупы тестера UNI-T UT-L13</t>
+  </si>
+  <si>
+    <t>13-3048</t>
+  </si>
+  <si>
+    <t>Датчик температуры K-1 для измерительных приборов REXANT</t>
+  </si>
+  <si>
+    <t>13-3031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Щупы тестера REX04 REXANT </t>
+  </si>
+  <si>
+    <t>13-3041</t>
+  </si>
+  <si>
+    <t>Щупы тестера REX05 REXANT</t>
+  </si>
+  <si>
+    <t>13-3042</t>
+  </si>
+  <si>
+    <t>Щупы тестера с зажимом типа «крокодил» REX11 REXANT</t>
+  </si>
+  <si>
+    <t>13-3040</t>
+  </si>
+  <si>
+    <t>Щупы тестера с зажимом типа «крокодил» REX10 REXANT</t>
+  </si>
+  <si>
+    <t>13-3035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор щупов со сменными насадками REXANT Basic </t>
+  </si>
+  <si>
+    <t>13-3032</t>
+  </si>
+  <si>
+    <t>Щупы тестера REX07 REXANT</t>
+  </si>
+  <si>
+    <t>13-3033</t>
+  </si>
+  <si>
+    <t>Щупы тестера REX08 REXANT</t>
+  </si>
+  <si>
+    <t>1.11 Измерители LCR (индуктивности, емкости, сопротивления)</t>
+  </si>
+  <si>
+    <t>13-2028</t>
+  </si>
+  <si>
+    <t>Измеритель емкости и индуктивности (RLC-метр) MS8360E MASTECH</t>
+  </si>
+  <si>
+    <t>13-2039</t>
+  </si>
+  <si>
+    <t>Мостовой высокоточный измеритель MS5308 (RLC-метр) MASTECH</t>
+  </si>
+  <si>
+    <t>13-2078</t>
+  </si>
+  <si>
+    <t>Измеритель емкости и индуктивности (LC-метр) MY6243 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2048</t>
+  </si>
+  <si>
+    <t>Мультиметр для чип-компонентов (SMD-тестер)  MS8910 MASTECH</t>
+  </si>
+  <si>
+    <t>13-2049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Мультиметр (SMART SMD-тестер) MS8911 MASTECH </t>
+  </si>
+  <si>
+    <t>13-2079</t>
+  </si>
+  <si>
+    <t>Измеритель емкости конденсаторов (C-метр) MS6013 MASTECH</t>
+  </si>
+  <si>
+    <t>13-0085</t>
+  </si>
+  <si>
+    <t>Мультиметр для чип-компонентов (SMD-тестер) UNI-T UT116C</t>
+  </si>
+  <si>
+    <t>13-0084</t>
+  </si>
+  <si>
+    <t>Мультиметр для чип-компонентов (SMD-тестер) UNI-T UT116A</t>
+  </si>
+  <si>
+    <t>1.12 Тепловизионные приборы</t>
+  </si>
+  <si>
+    <t>13-1172</t>
+  </si>
+  <si>
+    <t>Тепловизор компактный UNI-T UTI120P</t>
+  </si>
+  <si>
+    <t>13-1182</t>
+  </si>
+  <si>
+    <t>Тепловизор UNI-T UTi120B</t>
+  </si>
+  <si>
+    <t>13-1176</t>
+  </si>
+  <si>
+    <t>Тепловизор для смартфонов USB type-C UNI-T UTi120Mobile</t>
+  </si>
+  <si>
+    <t>13-1178</t>
+  </si>
+  <si>
+    <t>Тепловизор для смартфонов USB type-C UNI-T UTi721M</t>
+  </si>
+  <si>
+    <t>1.13 Дальномеры</t>
+  </si>
+  <si>
+    <t>13-1160</t>
+  </si>
+  <si>
+    <t>Лазерный дальномер UNI-T LM50A</t>
   </si>
   <si>
     <t>13-1161</t>
   </si>
   <si>
     <t>Лазерный дальномер UNI-T LM70A</t>
   </si>
   <si>
     <t>13-1162</t>
   </si>
   <si>
     <t>Лазерный дальномер UNI-T LM100A</t>
   </si>
   <si>
-    <t>13-1160</t>
-[...4 lines deleted...]
-  <si>
     <t>13-1163</t>
   </si>
   <si>
     <t>Лазерный дальномер UNI-T LM120A</t>
   </si>
   <si>
-    <t>1.10 Специализированные измерительные приборы</t>
-[...250 lines deleted...]
-  <si>
     <t>1.14 Автотестеры</t>
   </si>
   <si>
     <t>13-2089</t>
   </si>
   <si>
     <t>Автомобильный мультиметр MASTECH MS8239D</t>
   </si>
   <si>
+    <t>13-0060</t>
+  </si>
+  <si>
+    <t>Автомобильный мультиметр UNI-T UT107+</t>
+  </si>
+  <si>
+    <t>13-1098</t>
+  </si>
+  <si>
+    <t>Толщиномер лакокрасочных покрытий UNI-T UT343D</t>
+  </si>
+  <si>
     <t>13-0059</t>
   </si>
   <si>
     <t>Автомобильный мультиметр UNI-T UT105+</t>
   </si>
   <si>
-    <t>13-0060</t>
-[...8 lines deleted...]
-    <t>Толщиномер лакокрасочных покрытий UNI-T UT343D</t>
+    <t>16-0102-1</t>
+  </si>
+  <si>
+    <t>Автотестер универсальный черный (ИГЛА) REXANT</t>
+  </si>
+  <si>
+    <t>16-0102</t>
+  </si>
+  <si>
+    <t>Автотестер универсальный со звуковой и световой индикацией 6-24 В REXANT</t>
   </si>
   <si>
     <t>16-0103</t>
   </si>
   <si>
     <t>Автотестер универсальный металлический REXANT</t>
   </si>
   <si>
     <t>16-0101</t>
   </si>
   <si>
     <t>Автотестер универсальный REXANT</t>
   </si>
   <si>
-    <t>16-0102-1</t>
-[...10 lines deleted...]
-  <si>
     <t>1.15 Токовые клещи</t>
   </si>
   <si>
     <t>13-3052</t>
   </si>
   <si>
     <t>Токовые клещи P266C PROconnect</t>
   </si>
   <si>
+    <t>13-3050</t>
+  </si>
+  <si>
+    <t>Токовые клещи P266 PROconnect</t>
+  </si>
+  <si>
     <t>13-3051</t>
   </si>
   <si>
     <t>Токовые клещи P266F PROconnect</t>
   </si>
   <si>
-    <t>13-3050</t>
-[...2 lines deleted...]
-    <t>Токовые клещи P266 PROconnect</t>
+    <t>13-1316</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2028A MASTECH</t>
   </si>
   <si>
     <t>13-1305</t>
   </si>
   <si>
     <t>Токовые клещи MS2030 MASTECH</t>
   </si>
   <si>
+    <t>13-1310</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Токовые клещи MS2001C MASTECH </t>
+  </si>
+  <si>
+    <t>13-1323</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2125A MASTECH</t>
+  </si>
+  <si>
+    <t>13-1301</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2000G MASTECH</t>
+  </si>
+  <si>
+    <t>13-1309</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2109A MASTECH</t>
+  </si>
+  <si>
     <t>13-1306</t>
   </si>
   <si>
     <t>Токовые клещи M266 MASTECH</t>
   </si>
   <si>
-    <t>13-1310</t>
-[...8 lines deleted...]
-    <t>Токовые клещи MS2000G MASTECH</t>
+    <t>13-1317</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2128 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1320</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2033A (SMART) MASTECH</t>
+  </si>
+  <si>
+    <t>13-1340</t>
+  </si>
+  <si>
+    <t>Приставка для токовых клещей MS922D MASTECH</t>
+  </si>
+  <si>
+    <t>13-1307</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2001 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1313</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2008B MASTECH</t>
+  </si>
+  <si>
+    <t>13-1304</t>
+  </si>
+  <si>
+    <t>Токовые клещи M266F MASTECH</t>
+  </si>
+  <si>
+    <t>13-1321</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2025C MASTECH</t>
+  </si>
+  <si>
+    <t>13-1315</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Токовые клещи MS2601 MASTECH </t>
   </si>
   <si>
     <t>13-1303</t>
   </si>
   <si>
     <t>Токовые клещи M266C MASTECH</t>
   </si>
   <si>
-    <t>13-1304</t>
-[...26 lines deleted...]
-    <t>Токовые клещи MS2008B MASTECH</t>
+    <t>13-1308</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2101 MASTECH</t>
   </si>
   <si>
     <t>13-1311</t>
   </si>
   <si>
     <t>Токовые клещи MS2138 MASTECH</t>
   </si>
   <si>
-    <t>13-1316</t>
-[...40 lines deleted...]
-  <si>
     <t>13-1314</t>
   </si>
   <si>
     <t>Токовые клещи MS2016A MASTECH</t>
   </si>
   <si>
+    <t>13-0008</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT210D</t>
+  </si>
+  <si>
+    <t>13-1066</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT206A+</t>
+  </si>
+  <si>
+    <t>13-1068</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT208B</t>
+  </si>
+  <si>
+    <t>13-1062</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT202A+</t>
+  </si>
+  <si>
+    <t>13-1067</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT205B</t>
+  </si>
+  <si>
+    <t>13-1086</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT256</t>
+  </si>
+  <si>
+    <t>13-0003</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT205</t>
+  </si>
+  <si>
     <t>13-1061</t>
   </si>
   <si>
     <t>Токовые клещи UNI-T UT202+</t>
   </si>
   <si>
     <t>13-1065</t>
   </si>
   <si>
     <t>Токовые клещи UNI-T UT205А+</t>
   </si>
   <si>
-    <t>13-1068</t>
-[...4 lines deleted...]
-  <si>
     <t>13-0009</t>
   </si>
   <si>
     <t>Токовые клещи UNI-T UT210E</t>
   </si>
   <si>
+    <t>13-1069</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT206B</t>
+  </si>
+  <si>
+    <t>13-1082</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT2117R</t>
+  </si>
+  <si>
+    <t>13-1087</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT256A</t>
+  </si>
+  <si>
     <t>13-1080</t>
   </si>
   <si>
     <t>Токовые клещи UNI-T UT200A+</t>
   </si>
   <si>
-    <t>13-1062</t>
-[...4 lines deleted...]
-  <si>
     <t>13-1063</t>
   </si>
   <si>
     <t>Токовые клещи UNI-T UT203+</t>
   </si>
   <si>
-    <t>13-1069</t>
-[...10 lines deleted...]
-  <si>
     <t>13-1077</t>
   </si>
   <si>
     <t>Токовые клещи UNI-T UT216C</t>
   </si>
   <si>
-    <t>13-1086</t>
-[...4 lines deleted...]
-  <si>
     <t>13-0007</t>
   </si>
   <si>
-    <t>Токовые клещи UNI-T UT210B  True RMS</t>
+    <t>Токовые клещи UNI-T UT210B True RMS</t>
   </si>
   <si>
     <t>13-1060</t>
   </si>
   <si>
     <t>Токовые клещи UNI-T UT201+</t>
   </si>
   <si>
     <t>13-1064</t>
   </si>
   <si>
     <t>Токовые клещи UNI-T UT204+</t>
   </si>
   <si>
     <t>13-1084</t>
   </si>
   <si>
     <t>Токовые клещи UNI-T UT202T</t>
   </si>
   <si>
     <t>13-0006</t>
   </si>
   <si>
     <t>Токовые клещи UNI-T UT210C</t>
   </si>
   <si>
-    <t>13-1082</t>
-[...26 lines deleted...]
-    <t>Токовые клещи UNI-T UT210D</t>
+    <t>13-3220</t>
+  </si>
+  <si>
+    <t>Токовые клещи R200D REXANT</t>
+  </si>
+  <si>
+    <t>13-3201</t>
+  </si>
+  <si>
+    <t>Токовые клещи R200A REXANT</t>
   </si>
   <si>
     <t>13-3203</t>
   </si>
   <si>
     <t>Токовые клещи R266C REXANT</t>
-  </si>
-[...10 lines deleted...]
-    <t>Токовые клещи R200D REXANT</t>
   </si>
   <si>
     <t>13-3213</t>
   </si>
   <si>
     <t>Токовые клещи R207B REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -2043,51 +2043,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-rj-45-rj-11-rj-12-468-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-ms6812a-s-generatorom-signala-mastech" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-s-generatorom-signala-ms6813-mastech" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-lokator-ms-6818-mastech" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-s-generatorom-signala-ms6810-mastech" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-s-generatorom-signala-ms6811-mastech" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-s-generatorom-signala-uni-t-ut682" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-s-generatorom-signala-uni-t-ut682d" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-s-generatorom-signala-uni-t-ut683kit" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-tester-lokator-uni-t-ut685kit-tdr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-mnogofunktsionalnyy-rj-45-828-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-r6816-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-rj-45-rj-11-rj-12-468-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-r6812-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-lokator-r6818-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-rj-45-rj-12-rj-11-bnc-5248-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-universalnyy-5-v-1-rj-45-rj-11-rj-12-1394-usb-bnc-3468-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-universalnyy-rj-45-usb-251454-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-p-01-140-mm-proconnect" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-p-02-190-mm-proconnect" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-rozetok-detektor-avtomatov-ms5905rtd-mastech" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryazheniya-ms8922a-mastech" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-rozetok-ms6860d-mastech" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detektor-posledovatelnosti-faz-ms5900-mastech" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-rozetok-detektor-avtomatov-ms5902rtd-mastech" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-ms8902a-mastech" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryazheniya-uni-t-ut18s" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryazheniya-uni-t-ut18d" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryazheniya-uni-t-ut22b-eu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-rozetok-uni-t-ut07b-eu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-uni-t-ut12m" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detektor-posledovatelnosti-faz-uni-t-ut261b" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-uni-t-ut12d" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryazheniya-uni-t-ut15c" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-r-15-190-mm-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-s-kombinirovannym-zhalom-r-13-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-r-20-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryazheniya-tsifrovoy-r-30-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-r-48-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-r-18-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-s-kombinirovannym-zhalom-r-16-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-s-kombinirovannym-zhalom-r-14-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m830b-dt830b-proconnect" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830l-dt850l-proconnect" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m832-dt832-proconnect" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m838-dt838-proconnect" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m-182-dt-182-proconnect" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas838l-dt858l-proconnect" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m320-mastech" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m838-mastech" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m830b-mastech" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830l-mastech" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas838-v-kozhuhe-s-prozvonkoy-i-izmereniem-temperatury-mastech" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-ms8238-mastech" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-multimetr-probnik-ms8211d-mastech" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-multimetr-probnik-ms8211-mastech" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m830bz-mastech" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m832-mastech" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830-mastech" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m300-mastech" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830b-mastech" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-multimetr-probnik-ms8223a-mastech" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-smart-uni-t-ut121b" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut133b" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-smart-uni-t-ut118b" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut120a" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33a" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33b" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut133a" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33d" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-uni-t-ut123" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut120c" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33c" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-smart-uni-t-ut122" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-probnik-tsifrovoy-r8211-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r109l-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r131a-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r830l-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r124b-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r113c-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r113a-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-p9205m-proconnect" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my65n-mastech" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my62n-mastech" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ms8233d-mastech" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ms8233a-mastech" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ms8233c-mastech" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ms8233b-mastech" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my64-mastech" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my63n-mastech" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my64n-mastech" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ms8233e-mastech" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my68-mastech" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ms8221s-mastech" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my61n-mastech" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-uni-t-ut-58a" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-uni-t-ut-58b" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-uni-t-ut-58d" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut39e" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut890d" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut89xd" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-uni-t-ut-139s" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-uni-t-ut-139s-2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut39a" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut39s" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut136c" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut89xe" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-uni-t-ut-58e" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut890c" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut89x" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-uni-t-ut-58c" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-r135d-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-r132s-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8217-mastech" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8360c-mastech" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8269-mastech" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-trassoiskatel-ms8236-masctech" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8251b-mastech" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8268-mastech" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8209-mastech" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8265-mastech" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-5-v-1-ms8229-mastech" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8239c-mastech" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-smart-ms8301d-mastech" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8361d-mastech" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8250a-mastech" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-izmeritel-soprotivleniya-izolyatsii-ms5208-mastech" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-uni-t-ut61d" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-uni-t-60s" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalnyy-uni-t-ut191t" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalnyy-uni-t-ut17b-pro" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-uni-t-ut61b" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-uni-t-ut61e" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-uni-t-60bt" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalnyy-uni-t-ut15b-pro" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalnyy-uni-t-ut18b-pro" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-ms6541-mastech" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-ms6522a-mastech" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-ms6522b-mastech" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-uni-t-ut301c" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-uni-t-ut301a" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-uni-t-ut302c" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-uni-t-ut300s" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-uni-t-ut300a" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-karmannyy-uni-t-ut306a" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-r-400-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-ms5201-mastech" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-ms5203-mastech" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-uni-t-ut501a" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-uni-t-ut501b" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-uni-t-ut502a" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-uni-t-ut511" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detektor-metalla-ms6906-mastech" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detektor-metalla-i-kabeley-uni-t-ut387c" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detektor-metalla-i-kabeley-uni-t-ut387a" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-dalnomer-uni-t-lm70a" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-dalnomer-uni-t-lm100a" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-dalnomer-uni-t-lm50a" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-dalnomer-uni-t-lm120a" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lyuksmetr-ms6612-mastech" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mnogofunktsionalnyy-tester-okruzhayuschey-sredy-ms6300-mastech" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-izmeritel-vlazhnosti-materialov-ms6900-mastech" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-termometr-ms6500-mastech" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-anemometr-ms6252b-mastech" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lyuksmetr-ms6610-mastech" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-detektor-utechki-gaza-ms6310-mastech" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-izmeritel-urovnya-shuma-ms6701-mastech" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-vlazhnosti-i-temperatury-kompaktnyy-uni-t-ut333" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-urovnya-shuma-kompaktnyy-uni-t-ut353" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/anemometr-kompaktnyy-uni-t-ut363" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lyuksmetr-kompaktnyy-uni-t-ut383" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-vlazhnosti-materialov-tsifrovoy-uni-t-ut377a" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lyuksmetr-uni-t-ut383s" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-urovnya-ugarnogo-gaza-so-uni-t-ut337a" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uglomer-tsifrovoy-lm320a-uni-t" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupy-t3030u-mastech" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupy-t3033u-mastech" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupy-testera-uni-t-ut-l13" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupy-testera-uni-t-ut-l27" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-k-1-dlya-izmeritelnyh-priborov-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupy-testera-rex04-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupy-testera-rex07-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupy-testera-rex05-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupy-testera-s-zazhimom-tipa-krokodil-rex10-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-schupov-so-smennymi-nasadkami-rexant-basic" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupy-testera-s-zazhimom-tipa-krokodil-rex11-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/schupy-testera-rex08-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-emkosti-i-induktivnosti-rlc-metr-ms8360e-mastech" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-dlya-chip-komponentov-smd-tester-ms8910-mastech" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-emkosti-i-induktivnosti-lc-metr-my6243-mastech" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mostovoy-vysokotochnyy-izmeritel-ms5308-rlc-metr-mastech" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-smart-smd-tester-ms8911-mastech" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-emkosti-kondensatorov-c-metr-ms6013-mastech" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-dlya-chip-komponentov-smd-tester-uni-t-ut116a" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-dlya-chip-komponentov-smd-tester-uni-t-ut116c" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovizor-uni-t-uti120b" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovizor-kompaktnyy-uni-t-uti120p" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovizor-dlya-smartfonov-usb-type-c-uni-t-uti120mobile" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovizor-dlya-smartfonov-usb-type-c-uni-t-uti721m" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnyy-multimetr-mastech-ms8239d" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnyy-multimetr-uni-t-ut105" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnyy-multimetr-uni-t-ut107" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tolschinomer-lakokrasochnyh-pokrytiy-uni-t-ut343d" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtotester-universalnyy-metallicheskiy-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtotester-universalnyy-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtotester-universalnyy-chernyy-igla-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtotester-universalnyy-so-zvukovoy-i-svetovoy-indikatsiey-6-24-v-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-p266c-proconnect" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-p266f-proconnect" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-p266-proconnect" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2030-mastech" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-m266-mastech" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2001c-mastech" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2000g-mastech" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-m266c-mastech" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-m266f-mastech" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2125a-mastech" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pristavka-dlya-tokovyh-kleschey-ms922d-mastech" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2109a-mastech" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2008b-mastech" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2138-mastech" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2028a-mastech" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2025c-mastech" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2601-mastech" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2128-mastech" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2033a-smart-mastech" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2101-mastech" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2001-mastech" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2016a-mastech" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut202" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut205a" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut208b" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut210e" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut200a" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut202a" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut203" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut206b" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut205b" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut216c" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut256" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut210b-true-rms" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut201" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut204" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut202t" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut210c" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut2117r" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut205" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut206a" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut256a" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut210d" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-r266c-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-r200a-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-r200d-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-r207b-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-rj-45-rj-11rj-12-468-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-ms6812a-s-generatorom-signala-mastech" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-s-generatorom-signala-ms6813-mastech" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-lokator-ms-6818-mastech" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-s-generatorom-signala-ms6810-mastech" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-s-generatorom-signala-ms6811-mastech" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-tester-lokator-uni-t-ut685kit-tdr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-s-generatorom-signala-uni-t-ut682" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-s-generatorom-signala-uni-t-ut682d" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-s-generatorom-signala-uni-t-ut683kit" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-universalnyy-rj-45-usb-251454-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-lokator-r6818-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-rj-45-rj-11rj-12-468-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-mnogofunktsionalnyy-rj-45-828-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-r6812-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-trassoiskatel-r6816-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-rj-45rj-12-rj-11bnc-5248-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-kabelya-universalnyy-5-v-1-rj-45-rj-11rj-12-1394-usb-bnc-3468-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-p-01-140-mm-proconnect" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-p-02-190-mm-proconnect" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-rozetok-ms6860d-mastech" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-ms8902a-mastech" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryazheniya-ms8922a-mastech" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-rozetok-detektor-avtomatov-ms5905rtd-mastech" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-rozetok-detektor-avtomatov-ms5902rtd-mastech" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detektor-posledovatelnosti-faz-ms5900-mastech" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryazheniya-uni-t-ut15c" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-uni-t-ut12d" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryazheniya-uni-t-ut18d" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryazheniya-uni-t-ut22b-eu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-rozetok-uni-t-ut07b-eu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryazheniya-uni-t-ut18s" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detektor-posledovatelnosti-faz-uni-t-ut261b" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-uni-t-ut12m" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-r-48-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-r-18-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-s-kombinirovannym-zhalom-r-13-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-napryazheniya-tsifrovoy-r-30-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-r-20-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-r-15-190-mm-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-s-kombinirovannym-zhalom-r-14-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tester-probnik-s-kombinirovannym-zhalom-r-16-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830l-dt850l-proconnect" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m830b-dt830b-proconnect" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas838l-dt858l-proconnect" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m832-dt832-proconnect" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m838-dt838-proconnect" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m-182-dt-182-proconnect" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-multimetr-probnik-ms8223a-mastech" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m830b-mastech" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m320-mastech" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830b-mastech" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m830bz-mastech" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m832-mastech" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m838-mastech" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830-mastech" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-multimetr-probnik-ms8211-mastech" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-m300-mastech" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas830l-mastech" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-mas838-v-kozhuhe-s-prozvonkoy-i-izmereniem-temperatury-mastech" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-ms8238-mastech" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-multimetr-probnik-ms8211d-mastech" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33c" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33d" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut120c" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-uni-t-ut123" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-smart-uni-t-ut118b" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-smart-uni-t-ut121b" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut133b" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut120a" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33a" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/portativnyy-multimetr-uni-t-ut33b" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut133a" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-smart-uni-t-ut122" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r131a-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-probnik-tsifrovoy-r8211-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r830l-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r109l-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r124b-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r113c-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-portativnyy-r113a-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-p9205m-proconnect" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ms8233a-mastech" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ms8233d-mastech" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ms8233e-mastech" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my64-mastech" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my65n-mastech" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my62n-mastech" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ms8221s-mastech" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my64n-mastech" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my61n-mastech" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my63n-mastech" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ms8233c-mastech" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-ms8233b-mastech" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-my68-mastech" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-uni-t-ut-58a" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut890c" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut89x" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-uni-t-ut-58d" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-uni-t-ut-58e" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut890d" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut89xd" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-uni-t-ut-139s" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-uni-t-ut-58b" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-uni-t-ut-139s-2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut39e" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut39a" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut39s" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut136c" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-uni-t-ut89xe" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-multimetr-uni-t-ut-58c" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-r135d-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-universalnyy-r132s-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8239c-mastech" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8209-mastech" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-izmeritel-soprotivleniya-izolyatsii-ms5208-mastech" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8217-mastech" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-5-v-1-ms8229-mastech" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8360c-mastech" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-trassoiskatel-ms8236-masctech" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-smart-ms8301d-mastech" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8251b-mastech" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8269-mastech" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8268-mastech" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8265-mastech" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8361d-mastech" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-ms8250a-mastech" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-uni-t-ut61b" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-uni-t-ut61e" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-uni-t-60s" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-uni-t-ut61d" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/professionalnyy-multimetr-uni-t-60bt" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalnyy-uni-t-ut17b-pro" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalnyy-uni-t-ut15b-pro" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalnyy-uni-t-ut191t" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-professionalnyy-uni-t-ut18b-pro" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-ms6522b-mastech" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-ms6541-mastech" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-ms6522a-mastech" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-uni-t-ut301c" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-uni-t-ut302c" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-uni-t-ut300a" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-uni-t-ut301a" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-uni-t-ut300s" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-karmannyy-uni-t-ut306a" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pirometr-r-400-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-ms5201-mastech" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-ms5203-mastech" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-uni-t-ut511" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-uni-t-ut501a" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-uni-t-ut501b" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-soprotivleniya-izolyatsii-uni-t-ut502a" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detektor-metalla-ms6906-mastech" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detektor-metalla-i-kabeley-uni-t-ut387a" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detektor-metalla-i-kabeley-uni-t-ut387c" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-izmeritel-vlazhnosti-materialov-ms6900-mastech" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-termometr-ms6500-mastech" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-detektor-utechki-gaza-ms6310-mastech" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lyuksmetr-ms6612-mastech" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mnogofunktsionalnyy-tester-okruzhayushchey-sredy-ms6300-mastech" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-anemometr-ms6252b-mastech" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lyuksmetr-ms6610-mastech" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsifrovoy-izmeritel-urovnya-shuma-ms6701-mastech" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-vlazhnosti-materialov-tsifrovoy-uni-t-ut377a" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-urovnya-shuma-kompaktnyy-uni-t-ut353" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/uglomer-tsifrovoy-lm320a-uni-t" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-vlazhnosti-i-temperatury-kompaktnyy-uni-t-ut333" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/anemometr-kompaktnyy-uni-t-ut363" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lyuksmetr-kompaktnyy-uni-t-ut383" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lyuksmetr-uni-t-ut383s" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-urovnya-ugarnogo-gaza-so-uni-t-ut337a" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchupy-t3030u-mastech" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchupy-t3033u-mastech" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchupy-testera-uni-t-ut-l27" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchupy-testera-uni-t-ut-l13" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-k-1-dlya-izmeritelnyh-priborov-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchupy-testera-rex04-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchupy-testera-rex05-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchupy-testera-s-zazhimom-tipa-krokodil-rex11-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchupy-testera-s-zazhimom-tipa-krokodil-rex10-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-shchupov-so-smennymi-nasadkami-rexant-basic" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchupy-testera-rex07-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shchupy-testera-rex08-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-emkosti-i-induktivnosti-rlc-metr-ms8360e-mastech" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mostovoy-vysokotochnyy-izmeritel-ms5308-rlc-metr-mastech" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-emkosti-i-induktivnosti-lc-metr-my6243-mastech" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-dlya-chip-komponentov-smd-tester-ms8910-mastech" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-smart-smd-tester-ms8911-mastech" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izmeritel-emkosti-kondensatorov-c-metr-ms6013-mastech" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-dlya-chip-komponentov-smd-tester-uni-t-ut116c" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/multimetr-dlya-chip-komponentov-smd-tester-uni-t-ut116a" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovizor-kompaktnyy-uni-t-uti120p" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovizor-uni-t-uti120b" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovizor-dlya-smartfonov-usb-type-c-uni-t-uti120mobile" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovizor-dlya-smartfonov-usb-type-c-uni-t-uti721m" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-dalnomer-uni-t-lm50a" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-dalnomer-uni-t-lm70a" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-dalnomer-uni-t-lm100a" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lazernyy-dalnomer-uni-t-lm120a" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnyy-multimetr-mastech-ms8239d" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnyy-multimetr-uni-t-ut107" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tolschinomer-lakokrasochnyh-pokrytiy-uni-t-ut343d" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtomobilnyy-multimetr-uni-t-ut105" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtotester-universalnyy-chernyy-igla-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtotester-universalnyy-so-zvukovoy-i-svetovoy-indikatsiey-6-24-v-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtotester-universalnyy-metallicheskiy-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/avtotester-universalnyy-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-p266c-proconnect" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-p266-proconnect" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-p266f-proconnect" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-ms2028a-mastech" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-ms2030-mastech" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-ms2001c-mastech" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-ms2125a-mastech" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2000g-mastech" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-ms2109a-mastech" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-m266-mastech" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-ms2128-mastech" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-ms2033a-smart-mastech" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pristavka-dlya-tokovyh-kleshchey-ms922d-mastech" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-ms2001-mastech" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-ms2008b-mastech" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-m266f-mastech" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-ms2025c-mastech" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-ms2601-mastech" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-m266c-mastech" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-ms2101-mastech" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-ms2138-mastech" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-ms2016a-mastech" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-uni-t-ut210d" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut206a" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-uni-t-ut208b" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut202a" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut205b" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut256" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-uni-t-ut205" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut202" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut205a" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-uni-t-ut210e" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut206b" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut2117r" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut256a" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut200a" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut203" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut216c" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-uni-t-ut210b-true-rms" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut201" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut204" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut202t" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut210c" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-r200d-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-r200a-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-r266c-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-r207b-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I271"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -2133,4321 +2133,4321 @@
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
         <v>549.18</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1942</v>
+        <v>2852</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>60</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
         <v>2847.6</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>3485</v>
+        <v>3023</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>20</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
         <v>5593.5</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>590</v>
+        <v>553</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>10</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
         <v>32544</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>926</v>
+        <v>849</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>10</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
         <v>2440.8</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>60</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
         <v>3484.92</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>60</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>6264.72</v>
+        <v>32291.78</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
         <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>4520.85</v>
+        <v>6264.72</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
         <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>20</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>13475.25</v>
+        <v>4520.85</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>259</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>32291.78</v>
+        <v>13475.25</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>253</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>14053.72</v>
+        <v>2644.2</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>172</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>3559.5</v>
+        <v>31018.5</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
         <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
         <v>1017</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>1158</v>
+        <v>790</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>1972.98</v>
+        <v>14053.72</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>159</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>31018.5</v>
+        <v>1972.98</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
         <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>996.66</v>
+        <v>3559.5</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>822</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>2847.6</v>
+        <v>996.66</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>168</v>
+        <v>188</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>2644.2</v>
+        <v>2847.6</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>24</v>
+        <v>267</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="2"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
         <v>48.31</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>31110</v>
+        <v>70670</v>
       </c>
       <c r="G23" s="3">
         <v>20</v>
       </c>
       <c r="H23" s="3">
         <v>960</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
         <v>71.19</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>9029</v>
+        <v>23177</v>
       </c>
       <c r="G24" s="3">
         <v>20</v>
       </c>
       <c r="H24" s="3">
         <v>600</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>7119</v>
+        <v>1627.2</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>41</v>
+        <v>315</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
         <v>2237.4</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>127</v>
+        <v>425</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>1627.2</v>
+        <v>2237.4</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>357</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>6102</v>
+        <v>7119</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>264</v>
+        <v>25</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>20</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
         <v>6000.3</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>132</v>
+        <v>22</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>20</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>2237.4</v>
+        <v>6102</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>449</v>
+        <v>232</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>7322.4</v>
+        <v>5847.75</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>87</v>
+        <v>1085</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>7932.6</v>
+        <v>1576.35</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>2135.7</v>
+        <v>7932.6</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>0</v>
+        <v>73</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>1728.9</v>
+        <v>2135.7</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>3051</v>
+        <v>1728.9</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>10068.3</v>
+        <v>7322.4</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>20</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>1576.35</v>
+        <v>10068.3</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>125</v>
+        <v>13</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>5847.75</v>
+        <v>3051</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>923</v>
+        <v>45</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I38" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>223.74</v>
+        <v>345.78</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>936</v>
+        <v>10465</v>
       </c>
       <c r="G39" s="3">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="H39" s="3">
-        <v>160</v>
+        <v>250</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>165.77</v>
+        <v>198.32</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>1294</v>
+        <v>7912</v>
       </c>
       <c r="G40" s="3">
         <v>10</v>
       </c>
       <c r="H40" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I40" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>508.5</v>
+        <v>165.77</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>0</v>
+        <v>379</v>
       </c>
       <c r="G41" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H41" s="3">
         <v>200</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C42" s="3">
         <v>772.92</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>2104</v>
+        <v>676</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>200</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C43" s="3">
-        <v>345.78</v>
+        <v>508.5</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>6509</v>
+        <v>2092</v>
       </c>
       <c r="G43" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I43" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C44" s="3">
-        <v>198.32</v>
+        <v>223.74</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>1279</v>
+        <v>3372</v>
       </c>
       <c r="G44" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="H44" s="3">
-        <v>250</v>
+        <v>160</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C45" s="3">
-        <v>101.7</v>
+        <v>188.15</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>744</v>
+        <v>1087</v>
       </c>
       <c r="G45" s="3">
         <v>10</v>
       </c>
       <c r="H45" s="3">
-        <v>360</v>
+        <v>200</v>
       </c>
       <c r="I45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C46" s="3">
-        <v>188.15</v>
+        <v>101.7</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>2578</v>
+        <v>3070</v>
       </c>
       <c r="G46" s="3">
         <v>10</v>
       </c>
       <c r="H46" s="3">
-        <v>200</v>
+        <v>360</v>
       </c>
       <c r="I46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="2"/>
       <c r="E47" s="2"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
       <c r="I47" s="2"/>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>518.67</v>
+        <v>1017</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>2927</v>
+        <v>1924</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>50</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>1017</v>
+        <v>518.67</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>2787</v>
+        <v>4382</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>50</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C50" s="3">
-        <v>549.18</v>
+        <v>1220.4</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>50</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C51" s="3">
-        <v>630.54</v>
+        <v>549.18</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>728</v>
+        <v>3965</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>50</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C52" s="3">
-        <v>681.39</v>
+        <v>630.54</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>3544</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C53" s="3">
-        <v>1220.4</v>
+        <v>681.39</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>1003</v>
+        <v>4857</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C54" s="3">
-        <v>2400.12</v>
+        <v>4678.2</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>75</v>
+        <v>92</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>40</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C55" s="3">
-        <v>1708.56</v>
+        <v>1881.45</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>0</v>
+        <v>1103</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>20</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C56" s="3">
-        <v>1881.45</v>
+        <v>2400.12</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>1124</v>
+        <v>21</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C57" s="3">
-        <v>2237.4</v>
+        <v>2196.72</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>5556</v>
+        <v>343</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>20</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C58" s="3">
-        <v>2288.25</v>
+        <v>1983.15</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>3248</v>
+        <v>690</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>20</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C59" s="3">
-        <v>2745.9</v>
+        <v>2105.19</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>254</v>
+        <v>246</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>20</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C60" s="3">
-        <v>4393.44</v>
+        <v>1708.56</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>560</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C61" s="3">
-        <v>4291.74</v>
+        <v>2237.4</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>409</v>
+        <v>785</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C62" s="3">
-        <v>1983.15</v>
+        <v>4291.74</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>728</v>
+        <v>317</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C63" s="3">
-        <v>2105.19</v>
+        <v>1840.77</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C64" s="3">
         <v>2237.4</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>869</v>
+        <v>4889</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>20</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C65" s="3">
-        <v>1840.77</v>
+        <v>2288.25</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>321</v>
+        <v>2840</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C66" s="3">
-        <v>2196.72</v>
+        <v>2745.9</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>393</v>
+        <v>214</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>20</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C67" s="3">
-        <v>4678.2</v>
+        <v>4393.44</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>114</v>
+        <v>531</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>40</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C68" s="3">
-        <v>3559.5</v>
+        <v>2105.19</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
         <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="I68" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C69" s="3">
-        <v>3559.5</v>
+        <v>2013.66</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>64</v>
+        <v>0</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>60</v>
       </c>
       <c r="I69" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C70" s="3">
-        <v>4366.8</v>
+        <v>4220.55</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>208</v>
+        <v>136</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I70" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C71" s="3">
-        <v>3183.21</v>
+        <v>2196.72</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>68</v>
+        <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I71" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C72" s="3">
-        <v>2603.52</v>
+        <v>4366.8</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>39</v>
+        <v>205</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I72" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C73" s="3">
-        <v>1983.15</v>
+        <v>3559.5</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>1680</v>
+        <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="I73" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C74" s="3">
-        <v>4169.7</v>
+        <v>3559.5</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>0</v>
+        <v>52</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="I74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C75" s="3">
-        <v>2013.66</v>
+        <v>3183.21</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C76" s="3">
-        <v>2196.72</v>
+        <v>2603.52</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>60</v>
       </c>
       <c r="I76" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C77" s="3">
-        <v>4220.55</v>
+        <v>1983.15</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>156</v>
+        <v>1490</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C78" s="3">
-        <v>2105.19</v>
+        <v>4169.7</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
         <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="I78" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C79" s="3">
         <v>4322.25</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
         <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>40</v>
       </c>
       <c r="I79" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C80" s="3">
-        <v>1830.6</v>
+        <v>2847.6</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>2551</v>
+        <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I80" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C81" s="3">
-        <v>1423.8</v>
+        <v>1830.6</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>0</v>
+        <v>2317</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I81" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C82" s="3">
-        <v>2847.6</v>
+        <v>1961.28</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>215</v>
+        <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
         <v>50</v>
       </c>
       <c r="I82" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C83" s="3">
-        <v>1961.28</v>
+        <v>1423.8</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>53</v>
+        <v>0</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I83" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C84" s="3">
         <v>3335.76</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>211</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>50</v>
       </c>
       <c r="I84" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C85" s="3">
-        <v>3661.2</v>
+        <v>3100</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>438</v>
+        <v>273</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
         <v>50</v>
       </c>
       <c r="I85" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C86" s="3">
         <v>2135.7</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>569</v>
+        <v>306</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
         <v>50</v>
       </c>
       <c r="I86" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="2" t="s">
         <v>177</v>
       </c>
       <c r="B87" s="2"/>
       <c r="C87" s="2"/>
       <c r="D87" s="2"/>
       <c r="E87" s="2"/>
       <c r="F87" s="2"/>
       <c r="G87" s="2"/>
       <c r="H87" s="2"/>
       <c r="I87" s="2"/>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C88" s="3">
         <v>1200.06</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>420</v>
+        <v>144</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
         <v>40</v>
       </c>
       <c r="I88" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C89" s="3">
-        <v>8947.71</v>
+        <v>2847.6</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>425</v>
+        <v>181</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
         <v>20</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C90" s="3">
-        <v>4881.6</v>
+        <v>4169.7</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>843</v>
+        <v>79</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
         <v>20</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C91" s="3">
-        <v>4169.7</v>
+        <v>3813.75</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>79</v>
+        <v>124</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>20</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C92" s="3">
-        <v>2847.6</v>
+        <v>5798</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>238</v>
+        <v>0</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
         <v>20</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C93" s="3">
-        <v>3783.24</v>
+        <v>8947.71</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>262</v>
+        <v>410</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
         <v>20</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C94" s="3">
-        <v>3254.4</v>
+        <v>4881.6</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>721</v>
+        <v>784</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
         <v>20</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C95" s="3">
-        <v>5798</v>
+        <v>4271.4</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>0</v>
+        <v>332</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
         <v>20</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C96" s="3">
-        <v>5817.32</v>
+        <v>4932.45</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>403</v>
+        <v>0</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
         <v>20</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C97" s="3">
-        <v>4932.45</v>
+        <v>5276.17</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>0</v>
+        <v>121</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
         <v>20</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C98" s="3">
-        <v>3813.75</v>
+        <v>5817.32</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>194</v>
+        <v>355</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
         <v>20</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C99" s="3">
-        <v>4881.6</v>
+        <v>3783.24</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>91</v>
+        <v>241</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
         <v>20</v>
       </c>
       <c r="I99" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C100" s="3">
-        <v>4271.4</v>
+        <v>3254.4</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>360</v>
+        <v>712</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
         <v>20</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C101" s="3">
-        <v>5276.17</v>
+        <v>4881.6</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>122</v>
+        <v>38</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
         <v>20</v>
       </c>
       <c r="I101" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C102" s="3">
         <v>6712.2</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>181</v>
+        <v>174</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
         <v>40</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C103" s="3">
-        <v>7017.3</v>
+        <v>4068</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>101</v>
+        <v>0</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I103" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C104" s="3">
-        <v>8136</v>
+        <v>4881.6</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>186</v>
+        <v>56</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
         <v>20</v>
       </c>
       <c r="I104" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C105" s="3">
-        <v>6508.8</v>
+        <v>8136</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>88</v>
+        <v>169</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I105" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C106" s="3">
-        <v>3661.2</v>
+        <v>12204</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
         <v>40</v>
       </c>
       <c r="I106" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C107" s="3">
-        <v>5186.7</v>
+        <v>3661.2</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I107" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C108" s="3">
-        <v>8034.3</v>
+        <v>5186.7</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>101</v>
+        <v>0</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
         <v>20</v>
       </c>
       <c r="I108" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C109" s="3">
-        <v>11695.5</v>
+        <v>8034.3</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>116</v>
+        <v>54</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
         <v>20</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C110" s="3">
-        <v>3254.4</v>
+        <v>7017.3</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>5</v>
+        <v>96</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I110" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C111" s="3">
-        <v>3457.8</v>
+        <v>11695.5</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>257</v>
+        <v>111</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I111" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C112" s="3">
-        <v>4576.5</v>
+        <v>6508.8</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>42</v>
+        <v>72</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="I112" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C113" s="3">
-        <v>10780.2</v>
+        <v>3254.4</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I113" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C114" s="3">
-        <v>12204</v>
+        <v>3457.8</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>66</v>
+        <v>245</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I114" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C115" s="3">
-        <v>4068</v>
+        <v>4576.5</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>0</v>
+        <v>37</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="I115" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>234</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>235</v>
       </c>
       <c r="C116" s="3">
-        <v>4881.6</v>
+        <v>10780.2</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F116" s="3">
-        <v>78</v>
+        <v>4</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
         <v>20</v>
       </c>
       <c r="I116" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>236</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>237</v>
       </c>
       <c r="C117" s="3">
         <v>6691.86</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>257</v>
+        <v>198</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
         <v>20</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C118" s="3">
         <v>3742.56</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>193</v>
+        <v>135</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
         <v>40</v>
       </c>
       <c r="I118" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C119" s="3">
         <v>5032.28</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>197</v>
+        <v>0</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
         <v>40</v>
       </c>
       <c r="I119" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="2" t="s">
         <v>242</v>
       </c>
       <c r="B120" s="2"/>
       <c r="C120" s="2"/>
       <c r="D120" s="2"/>
       <c r="E120" s="2"/>
       <c r="F120" s="2"/>
       <c r="G120" s="2"/>
       <c r="H120" s="2"/>
       <c r="I120" s="2"/>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>243</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>244</v>
       </c>
       <c r="C121" s="3">
-        <v>4790.07</v>
+        <v>3915.45</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F121" s="3">
-        <v>239</v>
+        <v>2181</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
         <v>20</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>245</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>246</v>
       </c>
       <c r="C122" s="3">
-        <v>6305.4</v>
+        <v>9153</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>173</v>
+        <v>151</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
         <v>20</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>248</v>
       </c>
       <c r="C123" s="3">
-        <v>6610.5</v>
+        <v>32544</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F123" s="3">
-        <v>158</v>
+        <v>47</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
         <v>20</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C124" s="3">
-        <v>12102.3</v>
+        <v>4790.07</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="3">
-        <v>62</v>
+        <v>221</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
         <v>20</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C125" s="3">
-        <v>10170</v>
+        <v>10576.8</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="3">
-        <v>191</v>
+        <v>259</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
         <v>20</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C126" s="3">
-        <v>6447.78</v>
+        <v>6305.4</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="3">
-        <v>377</v>
+        <v>154</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
         <v>20</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>255</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>256</v>
       </c>
       <c r="C127" s="3">
-        <v>9153</v>
+        <v>12102.3</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="3">
-        <v>146</v>
+        <v>37</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
         <v>20</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>257</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>258</v>
       </c>
       <c r="C128" s="3">
-        <v>9051.3</v>
+        <v>7440.75</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F128" s="3">
-        <v>395</v>
+        <v>145</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
         <v>20</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>259</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>260</v>
       </c>
       <c r="C129" s="3">
-        <v>10576.8</v>
+        <v>10170</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F129" s="3">
-        <v>315</v>
+        <v>185</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
         <v>20</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>261</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C130" s="3">
-        <v>3915.45</v>
+        <v>6610.5</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F130" s="3">
-        <v>2373</v>
+        <v>82</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
         <v>20</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>263</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C131" s="3">
-        <v>7440.75</v>
+        <v>6447.78</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>149</v>
+        <v>372</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
         <v>20</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>265</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C132" s="3">
-        <v>9763.2</v>
+        <v>9051.3</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F132" s="3">
-        <v>89</v>
+        <v>352</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
         <v>20</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>267</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C133" s="3">
-        <v>6102</v>
+        <v>9763.2</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F133" s="3">
-        <v>46</v>
+        <v>89</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
         <v>20</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>269</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>270</v>
       </c>
       <c r="C134" s="3">
-        <v>32544</v>
+        <v>6102</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="3">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
         <v>20</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>271</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>272</v>
       </c>
       <c r="C135" s="3">
-        <v>11187</v>
+        <v>9437.76</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>39</v>
+        <v>1</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
         <v>20</v>
       </c>
       <c r="I135" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>273</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>274</v>
       </c>
       <c r="C136" s="3">
-        <v>6325.74</v>
+        <v>16770.33</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F136" s="3">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
         <v>1</v>
       </c>
       <c r="I136" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>275</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>276</v>
       </c>
       <c r="C137" s="3">
-        <v>14553.27</v>
+        <v>6325.74</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I137" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>277</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>278</v>
       </c>
       <c r="C138" s="3">
-        <v>16272</v>
+        <v>11187</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F138" s="3">
-        <v>9</v>
+        <v>60</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I138" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>279</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C139" s="3">
-        <v>9437.76</v>
+        <v>6610.5</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F139" s="3">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
         <v>20</v>
       </c>
       <c r="I139" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C140" s="3">
-        <v>16770.33</v>
+        <v>16272</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F140" s="3">
-        <v>112</v>
+        <v>0</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I140" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>283</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>284</v>
       </c>
       <c r="C141" s="3">
-        <v>6610.5</v>
+        <v>11578.55</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F141" s="3">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I141" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>285</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>286</v>
       </c>
       <c r="C142" s="3">
-        <v>11578.55</v>
+        <v>14553.27</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F142" s="3">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
         <v>10</v>
       </c>
       <c r="I142" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>287</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>288</v>
       </c>
       <c r="C143" s="3">
         <v>18672.12</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="3">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
         <v>10</v>
       </c>
       <c r="I143" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="2" t="s">
         <v>289</v>
       </c>
       <c r="B144" s="2"/>
       <c r="C144" s="2"/>
       <c r="D144" s="2"/>
       <c r="E144" s="2"/>
       <c r="F144" s="2"/>
       <c r="G144" s="2"/>
       <c r="H144" s="2"/>
       <c r="I144" s="2"/>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>290</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C145" s="3">
-        <v>12204</v>
+        <v>4406.47</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="3">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>292</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>293</v>
       </c>
       <c r="C146" s="3">
-        <v>4271.4</v>
+        <v>12204</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="3">
-        <v>90</v>
+        <v>1</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>294</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>295</v>
       </c>
       <c r="C147" s="3">
-        <v>4406.47</v>
+        <v>4271.4</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="3">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
         <v>40</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>296</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>297</v>
       </c>
       <c r="C148" s="3">
         <v>9153</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="3">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
         <v>20</v>
       </c>
       <c r="I148" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>298</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>299</v>
       </c>
       <c r="C149" s="3">
-        <v>6610.5</v>
+        <v>12407.4</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F149" s="3">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I149" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>300</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>301</v>
       </c>
       <c r="C150" s="3">
-        <v>12407.4</v>
+        <v>2542.5</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F150" s="3">
-        <v>34</v>
+        <v>410</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I150" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>302</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>303</v>
       </c>
       <c r="C151" s="3">
-        <v>2745.9</v>
+        <v>6610.5</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F151" s="3">
-        <v>315</v>
+        <v>0</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="I151" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>304</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>305</v>
       </c>
       <c r="C152" s="3">
-        <v>2542.5</v>
+        <v>2745.9</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F152" s="3">
-        <v>417</v>
+        <v>296</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>1</v>
+        <v>48</v>
       </c>
       <c r="I152" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C153" s="3">
         <v>3803.58</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="3">
-        <v>283</v>
+        <v>254</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
         <v>20</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>308</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>309</v>
       </c>
       <c r="C154" s="3">
         <v>2084.85</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="3">
-        <v>1031</v>
+        <v>1260</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
         <v>40</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="2" t="s">
         <v>310</v>
       </c>
       <c r="B155" s="2"/>
       <c r="C155" s="2"/>
       <c r="D155" s="2"/>
       <c r="E155" s="2"/>
       <c r="F155" s="2"/>
       <c r="G155" s="2"/>
       <c r="H155" s="2"/>
       <c r="I155" s="2"/>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
@@ -6494,3235 +6494,3235 @@
       </c>
       <c r="E157" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F157" s="3">
         <v>0</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
         <v>4</v>
       </c>
       <c r="I157" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>315</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>316</v>
       </c>
       <c r="C158" s="3">
-        <v>10576.8</v>
+        <v>20340</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F158" s="3">
-        <v>158</v>
+        <v>129</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I158" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>317</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>318</v>
       </c>
       <c r="C159" s="3">
-        <v>14238</v>
+        <v>10576.8</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F159" s="3">
-        <v>42</v>
+        <v>158</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I159" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>320</v>
       </c>
       <c r="C160" s="3">
-        <v>16068.6</v>
+        <v>14238</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F160" s="3">
-        <v>334</v>
+        <v>39</v>
       </c>
       <c r="G160" s="3">
         <v>1</v>
       </c>
       <c r="H160" s="3">
         <v>20</v>
       </c>
       <c r="I160" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>321</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>322</v>
       </c>
       <c r="C161" s="3">
-        <v>20340</v>
+        <v>16068.6</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F161" s="3">
-        <v>135</v>
+        <v>327</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="2" t="s">
         <v>323</v>
       </c>
       <c r="B162" s="2"/>
       <c r="C162" s="2"/>
       <c r="D162" s="2"/>
       <c r="E162" s="2"/>
       <c r="F162" s="2"/>
       <c r="G162" s="2"/>
       <c r="H162" s="2"/>
       <c r="I162" s="2"/>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C163" s="3">
         <v>5085</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F163" s="3">
-        <v>873</v>
+        <v>812</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
         <v>20</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
         <v>326</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>327</v>
       </c>
       <c r="C164" s="3">
-        <v>5898.6</v>
+        <v>3457.8</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F164" s="3">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I164" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
         <v>328</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C165" s="3">
-        <v>3457.8</v>
+        <v>5898.6</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F165" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G165" s="3">
         <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I165" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="2" t="s">
         <v>330</v>
       </c>
       <c r="B166" s="2"/>
       <c r="C166" s="2"/>
       <c r="D166" s="2"/>
       <c r="E166" s="2"/>
       <c r="F166" s="2"/>
       <c r="G166" s="2"/>
       <c r="H166" s="2"/>
       <c r="I166" s="2"/>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
         <v>331</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>332</v>
       </c>
       <c r="C167" s="3">
-        <v>4678.2</v>
+        <v>8949.6</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F167" s="3">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I167" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>333</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>334</v>
       </c>
       <c r="C168" s="3">
-        <v>6712.2</v>
+        <v>2847.6</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F168" s="3">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I168" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
         <v>335</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>336</v>
       </c>
       <c r="C169" s="3">
-        <v>4068</v>
+        <v>8542.8</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F169" s="3">
-        <v>7</v>
+        <v>109</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I169" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>337</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>338</v>
       </c>
       <c r="C170" s="3">
-        <v>8136</v>
+        <v>7119</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F170" s="3">
+        <v>51</v>
+      </c>
+      <c r="G170" s="3">
+        <v>1</v>
+      </c>
+      <c r="H170" s="3">
+        <v>20</v>
+      </c>
+      <c r="I170" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="171" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A171" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="B171" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="C171" s="3">
+        <v>17797.5</v>
+      </c>
+      <c r="D171" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F171" s="3">
+        <v>92</v>
+      </c>
+      <c r="G171" s="3">
+        <v>1</v>
+      </c>
+      <c r="H171" s="3">
         <v>10</v>
       </c>
-      <c r="G170" s="3">
-[...20 lines deleted...]
-      <c r="I171" s="2"/>
+      <c r="I171" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C172" s="3">
-        <v>7119</v>
+        <v>12204</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F172" s="3">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
         <v>20</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C173" s="3">
-        <v>17797.5</v>
+        <v>3661.2</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F173" s="3">
-        <v>89</v>
+        <v>141</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I173" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C174" s="3">
-        <v>8949.6</v>
+        <v>18509.4</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F174" s="3">
-        <v>58</v>
+        <v>7</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C175" s="3">
-        <v>2847.6</v>
+        <v>3671.37</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F175" s="3">
-        <v>5</v>
+        <v>24</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I175" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C176" s="3">
-        <v>12204</v>
+        <v>3356.1</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F176" s="3">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I176" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C177" s="3">
-        <v>3661.2</v>
+        <v>5085</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F177" s="3">
-        <v>163</v>
+        <v>32</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
-        <v>40</v>
+        <v>6</v>
       </c>
       <c r="I177" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C178" s="3">
-        <v>8542.8</v>
+        <v>3254.4</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F178" s="3">
-        <v>109</v>
+        <v>58</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I178" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C179" s="3">
-        <v>18509.4</v>
+        <v>3356.1</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F179" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I179" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C180" s="3">
-        <v>3254.4</v>
+        <v>2847.6</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F180" s="3">
-        <v>60</v>
+        <v>23</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
         <v>40</v>
       </c>
       <c r="I180" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C181" s="3">
-        <v>3356.1</v>
+        <v>4068</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F181" s="3">
-        <v>57</v>
+        <v>30</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I181" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C182" s="3">
-        <v>3356.1</v>
+        <v>11166.66</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F182" s="3">
-        <v>46</v>
+        <v>10</v>
       </c>
       <c r="G182" s="3">
         <v>1</v>
       </c>
       <c r="H182" s="3">
-        <v>40</v>
+        <v>5</v>
       </c>
       <c r="I182" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A183" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B183" s="3" t="s">
+      <c r="A183" s="2" t="s">
         <v>363</v>
       </c>
-      <c r="C183" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B183" s="2"/>
+      <c r="C183" s="2"/>
+      <c r="D183" s="2"/>
+      <c r="E183" s="2"/>
+      <c r="F183" s="2"/>
+      <c r="G183" s="2"/>
+      <c r="H183" s="2"/>
+      <c r="I183" s="2"/>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>364</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>365</v>
       </c>
       <c r="C184" s="3">
-        <v>3671.37</v>
+        <v>589.86</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F184" s="3">
-        <v>29</v>
+        <v>1794</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I184" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>367</v>
       </c>
       <c r="C185" s="3">
-        <v>4068</v>
+        <v>528.84</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F185" s="3">
-        <v>27</v>
+        <v>3218</v>
       </c>
       <c r="G185" s="3">
         <v>1</v>
       </c>
       <c r="H185" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I185" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
         <v>368</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>369</v>
       </c>
       <c r="C186" s="3">
-        <v>11166.66</v>
+        <v>915.3</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F186" s="3">
-        <v>11</v>
+        <v>164</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="I186" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
         <v>370</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>371</v>
       </c>
       <c r="C187" s="3">
-        <v>5085</v>
+        <v>1413.63</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F187" s="3">
-        <v>43</v>
+        <v>939</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
-        <v>6</v>
+        <v>250</v>
       </c>
       <c r="I187" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A188" s="2" t="s">
+      <c r="A188" s="3" t="s">
         <v>372</v>
       </c>
-      <c r="B188" s="2"/>
-[...6 lines deleted...]
-      <c r="I188" s="2"/>
+      <c r="B188" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="C188" s="3">
+        <v>195.88</v>
+      </c>
+      <c r="D188" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E188" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F188" s="3">
+        <v>1092</v>
+      </c>
+      <c r="G188" s="3">
+        <v>1</v>
+      </c>
+      <c r="H188" s="3">
+        <v>600</v>
+      </c>
+      <c r="I188" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C189" s="3">
-        <v>589.86</v>
+        <v>116.96</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F189" s="3">
-        <v>2205</v>
+        <v>11984</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
-        <v>200</v>
+        <v>600</v>
       </c>
       <c r="I189" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C190" s="3">
-        <v>528.84</v>
+        <v>284.76</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F190" s="3">
-        <v>3515</v>
+        <v>22144</v>
       </c>
       <c r="G190" s="3">
         <v>1</v>
       </c>
       <c r="H190" s="3">
         <v>200</v>
       </c>
       <c r="I190" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C191" s="3">
-        <v>1413.63</v>
+        <v>183.06</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F191" s="3">
-        <v>1021</v>
+        <v>6123</v>
       </c>
       <c r="G191" s="3">
         <v>1</v>
       </c>
       <c r="H191" s="3">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="I191" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C192" s="3">
-        <v>915.3</v>
+        <v>162.99</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F192" s="3">
-        <v>596</v>
+        <v>5157</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
-        <v>100</v>
+        <v>900</v>
       </c>
       <c r="I192" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C193" s="3">
-        <v>195.88</v>
+        <v>661.05</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F193" s="3">
-        <v>1330</v>
+        <v>2791</v>
       </c>
       <c r="G193" s="3">
         <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>600</v>
+        <v>60</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C194" s="3">
-        <v>116.96</v>
+        <v>150</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F194" s="3">
-        <v>7204</v>
+        <v>15389</v>
       </c>
       <c r="G194" s="3">
         <v>1</v>
       </c>
       <c r="H194" s="3">
-        <v>600</v>
+        <v>300</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C195" s="3">
-        <v>162.72</v>
+        <v>264.42</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F195" s="3">
-        <v>6902</v>
+        <v>4864</v>
       </c>
       <c r="G195" s="3">
         <v>1</v>
       </c>
       <c r="H195" s="3">
         <v>300</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A196" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B196" s="3" t="s">
+      <c r="A196" s="2" t="s">
         <v>388</v>
       </c>
-      <c r="C196" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B196" s="2"/>
+      <c r="C196" s="2"/>
+      <c r="D196" s="2"/>
+      <c r="E196" s="2"/>
+      <c r="F196" s="2"/>
+      <c r="G196" s="2"/>
+      <c r="H196" s="2"/>
+      <c r="I196" s="2"/>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
         <v>389</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>390</v>
       </c>
       <c r="C197" s="3">
-        <v>162.99</v>
+        <v>6712.2</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F197" s="3">
-        <v>2151</v>
+        <v>261</v>
       </c>
       <c r="G197" s="3">
         <v>1</v>
       </c>
       <c r="H197" s="3">
-        <v>900</v>
+        <v>20</v>
       </c>
       <c r="I197" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
         <v>391</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>392</v>
       </c>
       <c r="C198" s="3">
-        <v>661.05</v>
+        <v>29493</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F198" s="3">
-        <v>2094</v>
+        <v>81</v>
       </c>
       <c r="G198" s="3">
         <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>60</v>
+        <v>4</v>
       </c>
       <c r="I198" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
         <v>393</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>394</v>
       </c>
       <c r="C199" s="3">
-        <v>183.06</v>
+        <v>7525.8</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F199" s="3">
-        <v>7587</v>
+        <v>50</v>
       </c>
       <c r="G199" s="3">
         <v>1</v>
       </c>
       <c r="H199" s="3">
-        <v>300</v>
+        <v>20</v>
       </c>
       <c r="I199" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>395</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>396</v>
       </c>
       <c r="C200" s="3">
-        <v>264.42</v>
+        <v>4068</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F200" s="3">
-        <v>2749</v>
+        <v>94</v>
       </c>
       <c r="G200" s="3">
         <v>1</v>
       </c>
       <c r="H200" s="3">
-        <v>300</v>
+        <v>40</v>
       </c>
       <c r="I200" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A201" s="2" t="s">
+      <c r="A201" s="3" t="s">
         <v>397</v>
       </c>
-      <c r="B201" s="2"/>
-[...6 lines deleted...]
-      <c r="I201" s="2"/>
+      <c r="B201" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="C201" s="3">
+        <v>8339.4</v>
+      </c>
+      <c r="D201" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E201" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F201" s="3">
+        <v>63</v>
+      </c>
+      <c r="G201" s="3">
+        <v>1</v>
+      </c>
+      <c r="H201" s="3">
+        <v>100</v>
+      </c>
+      <c r="I201" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C202" s="3">
-        <v>6712.2</v>
+        <v>5949.45</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F202" s="3">
-        <v>268</v>
+        <v>166</v>
       </c>
       <c r="G202" s="3">
         <v>1</v>
       </c>
       <c r="H202" s="3">
         <v>20</v>
       </c>
       <c r="I202" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C203" s="3">
-        <v>4068</v>
+        <v>3457.8</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F203" s="3">
-        <v>161</v>
+        <v>20</v>
       </c>
       <c r="G203" s="3">
         <v>1</v>
       </c>
       <c r="H203" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I203" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C204" s="3">
-        <v>7525.8</v>
+        <v>5085</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F204" s="3">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="G204" s="3">
         <v>1</v>
       </c>
       <c r="H204" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I204" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A205" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B205" s="3" t="s">
+      <c r="A205" s="2" t="s">
         <v>405</v>
       </c>
-      <c r="C205" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B205" s="2"/>
+      <c r="C205" s="2"/>
+      <c r="D205" s="2"/>
+      <c r="E205" s="2"/>
+      <c r="F205" s="2"/>
+      <c r="G205" s="2"/>
+      <c r="H205" s="2"/>
+      <c r="I205" s="2"/>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
         <v>406</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>407</v>
       </c>
       <c r="C206" s="3">
-        <v>8339.4</v>
+        <v>48816</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F206" s="3">
-        <v>63</v>
+        <v>0</v>
       </c>
       <c r="G206" s="3">
         <v>1</v>
       </c>
       <c r="H206" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="I206" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
         <v>408</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>409</v>
       </c>
       <c r="C207" s="3">
-        <v>5949.45</v>
+        <v>69156</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F207" s="3">
-        <v>181</v>
+        <v>0</v>
       </c>
       <c r="G207" s="3">
         <v>1</v>
       </c>
       <c r="H207" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I207" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
         <v>410</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>411</v>
       </c>
       <c r="C208" s="3">
-        <v>5085</v>
+        <v>35595</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F208" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G208" s="3">
         <v>1</v>
       </c>
       <c r="H208" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I208" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
         <v>412</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>413</v>
       </c>
       <c r="C209" s="3">
-        <v>3457.8</v>
+        <v>55935</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F209" s="3">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="G209" s="3">
         <v>1</v>
       </c>
       <c r="H209" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I209" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="2" t="s">
         <v>414</v>
       </c>
       <c r="B210" s="2"/>
       <c r="C210" s="2"/>
       <c r="D210" s="2"/>
       <c r="E210" s="2"/>
       <c r="F210" s="2"/>
       <c r="G210" s="2"/>
       <c r="H210" s="2"/>
       <c r="I210" s="2"/>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
         <v>415</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>416</v>
       </c>
       <c r="C211" s="3">
-        <v>69156</v>
+        <v>4068</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F211" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G211" s="3">
         <v>1</v>
       </c>
       <c r="H211" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I211" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
         <v>417</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>418</v>
       </c>
       <c r="C212" s="3">
-        <v>48816</v>
+        <v>4678.2</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F212" s="3">
         <v>0</v>
       </c>
       <c r="G212" s="3">
         <v>1</v>
       </c>
       <c r="H212" s="3">
-        <v>5</v>
+        <v>40</v>
       </c>
       <c r="I212" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
         <v>419</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>420</v>
       </c>
       <c r="C213" s="3">
-        <v>35595</v>
+        <v>6712.2</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F213" s="3">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="G213" s="3">
         <v>1</v>
       </c>
       <c r="H213" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I213" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
         <v>421</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>422</v>
       </c>
       <c r="C214" s="3">
-        <v>55935</v>
+        <v>8136</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F214" s="3">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I214" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="2" t="s">
         <v>423</v>
       </c>
       <c r="B215" s="2"/>
       <c r="C215" s="2"/>
       <c r="D215" s="2"/>
       <c r="E215" s="2"/>
       <c r="F215" s="2"/>
       <c r="G215" s="2"/>
       <c r="H215" s="2"/>
       <c r="I215" s="2"/>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
         <v>424</v>
       </c>
       <c r="B216" s="3" t="s">
         <v>425</v>
       </c>
       <c r="C216" s="3">
         <v>4129.02</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F216" s="3">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="G216" s="3">
         <v>1</v>
       </c>
       <c r="H216" s="3">
         <v>20</v>
       </c>
       <c r="I216" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
         <v>426</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>427</v>
       </c>
       <c r="C217" s="3">
-        <v>5085</v>
+        <v>6102</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F217" s="3">
-        <v>103</v>
+        <v>55</v>
       </c>
       <c r="G217" s="3">
         <v>1</v>
       </c>
       <c r="H217" s="3">
         <v>20</v>
       </c>
       <c r="I217" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
         <v>428</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>429</v>
       </c>
       <c r="C218" s="3">
-        <v>6102</v>
+        <v>16770.33</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F218" s="3">
-        <v>82</v>
+        <v>7</v>
       </c>
       <c r="G218" s="3">
         <v>1</v>
       </c>
       <c r="H218" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I218" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
         <v>430</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>431</v>
       </c>
       <c r="C219" s="3">
-        <v>16770.33</v>
+        <v>5085</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F219" s="3">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="G219" s="3">
         <v>1</v>
       </c>
       <c r="H219" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I219" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
         <v>432</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>433</v>
       </c>
       <c r="C220" s="3">
-        <v>264.42</v>
+        <v>203.4</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E220" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F220" s="3">
-        <v>3386</v>
+        <v>59338</v>
       </c>
       <c r="G220" s="3">
         <v>1</v>
       </c>
       <c r="H220" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I220" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
         <v>434</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>435</v>
       </c>
       <c r="C221" s="3">
-        <v>101.7</v>
+        <v>183.06</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F221" s="3">
-        <v>7357</v>
+        <v>42446</v>
       </c>
       <c r="G221" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H221" s="3">
         <v>500</v>
       </c>
       <c r="I221" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
         <v>436</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>437</v>
       </c>
       <c r="C222" s="3">
-        <v>203.4</v>
+        <v>264.42</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F222" s="3">
-        <v>21</v>
+        <v>4361</v>
       </c>
       <c r="G222" s="3">
         <v>1</v>
       </c>
       <c r="H222" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I222" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
         <v>438</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>439</v>
       </c>
       <c r="C223" s="3">
-        <v>183.06</v>
+        <v>101.7</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F223" s="3">
-        <v>186</v>
+        <v>8802</v>
       </c>
       <c r="G223" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H223" s="3">
         <v>500</v>
       </c>
       <c r="I223" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="2" t="s">
         <v>440</v>
       </c>
       <c r="B224" s="2"/>
       <c r="C224" s="2"/>
       <c r="D224" s="2"/>
       <c r="E224" s="2"/>
       <c r="F224" s="2"/>
       <c r="G224" s="2"/>
       <c r="H224" s="2"/>
       <c r="I224" s="2"/>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
         <v>441</v>
       </c>
       <c r="B225" s="3" t="s">
         <v>442</v>
       </c>
       <c r="C225" s="3">
         <v>1525.5</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F225" s="3">
-        <v>1390</v>
+        <v>1035</v>
       </c>
       <c r="G225" s="3">
         <v>1</v>
       </c>
       <c r="H225" s="3">
         <v>40</v>
       </c>
       <c r="I225" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
         <v>443</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>444</v>
       </c>
       <c r="C226" s="3">
-        <v>1525.5</v>
+        <v>1200.06</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F226" s="3">
-        <v>1779</v>
+        <v>2422</v>
       </c>
       <c r="G226" s="3">
         <v>1</v>
       </c>
       <c r="H226" s="3">
         <v>40</v>
       </c>
       <c r="I226" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
         <v>445</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>446</v>
       </c>
       <c r="C227" s="3">
-        <v>1200.06</v>
+        <v>1525.5</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F227" s="3">
-        <v>1345</v>
+        <v>1599</v>
       </c>
       <c r="G227" s="3">
         <v>1</v>
       </c>
       <c r="H227" s="3">
         <v>40</v>
       </c>
       <c r="I227" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
         <v>447</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>448</v>
       </c>
       <c r="C228" s="3">
-        <v>3874.77</v>
+        <v>4678.2</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F228" s="3">
-        <v>209</v>
+        <v>180</v>
       </c>
       <c r="G228" s="3">
         <v>1</v>
       </c>
       <c r="H228" s="3">
         <v>20</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
         <v>449</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>450</v>
       </c>
       <c r="C229" s="3">
-        <v>3254.4</v>
+        <v>3874.77</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F229" s="3">
-        <v>821</v>
+        <v>197</v>
       </c>
       <c r="G229" s="3">
         <v>1</v>
       </c>
       <c r="H229" s="3">
         <v>20</v>
       </c>
       <c r="I229" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
         <v>451</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>452</v>
       </c>
       <c r="C230" s="3">
         <v>5532.48</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F230" s="3">
-        <v>273</v>
+        <v>259</v>
       </c>
       <c r="G230" s="3">
         <v>1</v>
       </c>
       <c r="H230" s="3">
         <v>10</v>
       </c>
       <c r="I230" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
         <v>453</v>
       </c>
       <c r="B231" s="3" t="s">
         <v>454</v>
       </c>
       <c r="C231" s="3">
-        <v>7810.56</v>
+        <v>12407.4</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F231" s="3">
-        <v>166</v>
+        <v>33</v>
       </c>
       <c r="G231" s="3">
         <v>1</v>
       </c>
       <c r="H231" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I231" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
         <v>455</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>456</v>
       </c>
       <c r="C232" s="3">
-        <v>3152.7</v>
+        <v>7810.56</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F232" s="3">
-        <v>2449</v>
+        <v>158</v>
       </c>
       <c r="G232" s="3">
         <v>1</v>
       </c>
       <c r="H232" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I232" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
         <v>457</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>458</v>
       </c>
       <c r="C233" s="3">
-        <v>3254.4</v>
+        <v>11187</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E233" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F233" s="3">
-        <v>781</v>
+        <v>13</v>
       </c>
       <c r="G233" s="3">
         <v>1</v>
       </c>
       <c r="H233" s="3">
         <v>20</v>
       </c>
       <c r="I233" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
         <v>459</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>460</v>
       </c>
       <c r="C234" s="3">
-        <v>12407.4</v>
+        <v>3254.4</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E234" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F234" s="3">
-        <v>42</v>
+        <v>693</v>
       </c>
       <c r="G234" s="3">
         <v>1</v>
       </c>
       <c r="H234" s="3">
         <v>20</v>
       </c>
       <c r="I234" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
         <v>461</v>
       </c>
       <c r="B235" s="3" t="s">
         <v>462</v>
       </c>
       <c r="C235" s="3">
-        <v>2237.4</v>
+        <v>14238</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E235" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F235" s="3">
-        <v>243</v>
+        <v>58</v>
       </c>
       <c r="G235" s="3">
         <v>1</v>
       </c>
       <c r="H235" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I235" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
         <v>463</v>
       </c>
       <c r="B236" s="3" t="s">
         <v>464</v>
       </c>
       <c r="C236" s="3">
-        <v>11187</v>
+        <v>8136</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E236" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F236" s="3">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="G236" s="3">
         <v>1</v>
       </c>
       <c r="H236" s="3">
         <v>20</v>
       </c>
       <c r="I236" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
         <v>465</v>
       </c>
       <c r="B237" s="3" t="s">
         <v>466</v>
       </c>
       <c r="C237" s="3">
-        <v>5695.2</v>
+        <v>2237.4</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F237" s="3">
-        <v>769</v>
+        <v>230</v>
       </c>
       <c r="G237" s="3">
         <v>1</v>
       </c>
       <c r="H237" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I237" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
         <v>467</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>468</v>
       </c>
       <c r="C238" s="3">
-        <v>12712.5</v>
+        <v>4545.99</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F238" s="3">
-        <v>462</v>
+        <v>0</v>
       </c>
       <c r="G238" s="3">
         <v>1</v>
       </c>
       <c r="H238" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I238" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
         <v>469</v>
       </c>
       <c r="B239" s="3" t="s">
         <v>470</v>
       </c>
       <c r="C239" s="3">
-        <v>4678.2</v>
+        <v>5695.2</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F239" s="3">
-        <v>190</v>
+        <v>725</v>
       </c>
       <c r="G239" s="3">
         <v>1</v>
       </c>
       <c r="H239" s="3">
         <v>20</v>
       </c>
       <c r="I239" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
         <v>471</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>472</v>
       </c>
       <c r="C240" s="3">
-        <v>9763.2</v>
+        <v>3254.4</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F240" s="3">
-        <v>104</v>
+        <v>358</v>
       </c>
       <c r="G240" s="3">
         <v>1</v>
       </c>
       <c r="H240" s="3">
         <v>20</v>
       </c>
       <c r="I240" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
         <v>473</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>474</v>
       </c>
       <c r="C241" s="3">
-        <v>8949.6</v>
+        <v>9763.2</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F241" s="3">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="G241" s="3">
         <v>1</v>
       </c>
       <c r="H241" s="3">
         <v>20</v>
       </c>
       <c r="I241" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
         <v>475</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>476</v>
       </c>
       <c r="C242" s="3">
-        <v>14238</v>
+        <v>8949.6</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F242" s="3">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
         <v>20</v>
       </c>
       <c r="I242" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
         <v>477</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>478</v>
       </c>
       <c r="C243" s="3">
-        <v>8136</v>
+        <v>3152.7</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F243" s="3">
-        <v>55</v>
+        <v>2239</v>
       </c>
       <c r="G243" s="3">
         <v>1</v>
       </c>
       <c r="H243" s="3">
         <v>20</v>
       </c>
       <c r="I243" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
         <v>479</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>480</v>
       </c>
       <c r="C244" s="3">
         <v>9427.59</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E244" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F244" s="3">
-        <v>228</v>
+        <v>214</v>
       </c>
       <c r="G244" s="3">
         <v>1</v>
       </c>
       <c r="H244" s="3">
         <v>10</v>
       </c>
       <c r="I244" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
         <v>481</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>482</v>
       </c>
       <c r="C245" s="3">
-        <v>4545.99</v>
+        <v>12712.5</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E245" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F245" s="3">
-        <v>2</v>
+        <v>440</v>
       </c>
       <c r="G245" s="3">
         <v>1</v>
       </c>
       <c r="H245" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I245" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
         <v>483</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>484</v>
       </c>
       <c r="C246" s="3">
         <v>14746.5</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E246" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F246" s="3">
         <v>85</v>
       </c>
       <c r="G246" s="3">
         <v>1</v>
       </c>
       <c r="H246" s="3">
         <v>20</v>
       </c>
       <c r="I246" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
         <v>485</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>486</v>
       </c>
       <c r="C247" s="3">
-        <v>4576.5</v>
+        <v>10749.69</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E247" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F247" s="3">
-        <v>166</v>
+        <v>1012</v>
       </c>
       <c r="G247" s="3">
         <v>1</v>
       </c>
       <c r="H247" s="3">
         <v>40</v>
       </c>
       <c r="I247" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
         <v>487</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>488</v>
       </c>
       <c r="C248" s="3">
-        <v>8746.2</v>
+        <v>9966.6</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E248" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F248" s="3">
-        <v>65</v>
+        <v>25</v>
       </c>
       <c r="G248" s="3">
         <v>1</v>
       </c>
       <c r="H248" s="3">
         <v>20</v>
       </c>
       <c r="I248" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
         <v>489</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>490</v>
       </c>
       <c r="C249" s="3">
         <v>18814.5</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E249" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F249" s="3">
-        <v>23</v>
+        <v>64</v>
       </c>
       <c r="G249" s="3">
         <v>1</v>
       </c>
       <c r="H249" s="3">
         <v>1</v>
       </c>
       <c r="I249" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
         <v>491</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>492</v>
       </c>
       <c r="C250" s="3">
-        <v>8796.03</v>
+        <v>4271.4</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E250" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F250" s="3">
-        <v>752</v>
+        <v>95</v>
       </c>
       <c r="G250" s="3">
         <v>1</v>
       </c>
       <c r="H250" s="3">
         <v>40</v>
       </c>
       <c r="I250" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
         <v>493</v>
       </c>
       <c r="B251" s="3" t="s">
         <v>494</v>
       </c>
       <c r="C251" s="3">
-        <v>3661.2</v>
+        <v>8949.6</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E251" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F251" s="3">
-        <v>51</v>
+        <v>9</v>
       </c>
       <c r="G251" s="3">
         <v>1</v>
       </c>
       <c r="H251" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I251" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
         <v>495</v>
       </c>
       <c r="B252" s="3" t="s">
         <v>496</v>
       </c>
       <c r="C252" s="3">
-        <v>4271.4</v>
+        <v>5796.9</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E252" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F252" s="3">
         <v>0</v>
       </c>
       <c r="G252" s="3">
         <v>1</v>
       </c>
       <c r="H252" s="3">
         <v>40</v>
       </c>
       <c r="I252" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
         <v>497</v>
       </c>
       <c r="B253" s="3" t="s">
         <v>498</v>
       </c>
       <c r="C253" s="3">
-        <v>7495.29</v>
+        <v>11753.46</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E253" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F253" s="3">
         <v>0</v>
       </c>
       <c r="G253" s="3">
         <v>1</v>
       </c>
       <c r="H253" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I253" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
         <v>499</v>
       </c>
       <c r="B254" s="3" t="s">
         <v>500</v>
       </c>
       <c r="C254" s="3">
-        <v>12204</v>
+        <v>4576.5</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E254" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F254" s="3">
-        <v>28</v>
+        <v>149</v>
       </c>
       <c r="G254" s="3">
         <v>1</v>
       </c>
       <c r="H254" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I254" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
         <v>501</v>
       </c>
       <c r="B255" s="3" t="s">
         <v>502</v>
       </c>
       <c r="C255" s="3">
-        <v>8949.6</v>
+        <v>8746.2</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E255" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F255" s="3">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="G255" s="3">
         <v>1</v>
       </c>
       <c r="H255" s="3">
         <v>20</v>
       </c>
       <c r="I255" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
         <v>503</v>
       </c>
       <c r="B256" s="3" t="s">
         <v>504</v>
       </c>
       <c r="C256" s="3">
-        <v>19729.8</v>
+        <v>8796.03</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E256" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F256" s="3">
-        <v>3</v>
+        <v>597</v>
       </c>
       <c r="G256" s="3">
         <v>1</v>
       </c>
       <c r="H256" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I256" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
         <v>505</v>
       </c>
       <c r="B257" s="3" t="s">
         <v>506</v>
       </c>
       <c r="C257" s="3">
-        <v>5796.9</v>
+        <v>12204</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E257" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F257" s="3">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="G257" s="3">
         <v>1</v>
       </c>
       <c r="H257" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I257" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
         <v>507</v>
       </c>
       <c r="B258" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C258" s="3">
-        <v>4474.8</v>
+        <v>7220.7</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E258" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F258" s="3">
-        <v>258</v>
+        <v>51</v>
       </c>
       <c r="G258" s="3">
         <v>1</v>
       </c>
       <c r="H258" s="3">
         <v>40</v>
       </c>
       <c r="I258" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
         <v>509</v>
       </c>
       <c r="B259" s="3" t="s">
         <v>510</v>
       </c>
       <c r="C259" s="3">
-        <v>4068</v>
+        <v>10983.6</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E259" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F259" s="3">
-        <v>216</v>
+        <v>0</v>
       </c>
       <c r="G259" s="3">
         <v>1</v>
       </c>
       <c r="H259" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I259" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
         <v>511</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>512</v>
       </c>
       <c r="C260" s="3">
-        <v>8451.27</v>
+        <v>3661.2</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E260" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F260" s="3">
         <v>0</v>
       </c>
       <c r="G260" s="3">
         <v>1</v>
       </c>
       <c r="H260" s="3">
         <v>40</v>
       </c>
       <c r="I260" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
         <v>513</v>
       </c>
       <c r="B261" s="3" t="s">
         <v>514</v>
       </c>
       <c r="C261" s="3">
-        <v>6508.8</v>
+        <v>7495.29</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E261" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F261" s="3">
-        <v>57</v>
+        <v>0</v>
       </c>
       <c r="G261" s="3">
         <v>1</v>
       </c>
       <c r="H261" s="3">
         <v>40</v>
       </c>
       <c r="I261" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
         <v>515</v>
       </c>
       <c r="B262" s="3" t="s">
         <v>516</v>
       </c>
       <c r="C262" s="3">
-        <v>7627.5</v>
+        <v>19729.8</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E262" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F262" s="3">
-        <v>214</v>
+        <v>0</v>
       </c>
       <c r="G262" s="3">
         <v>1</v>
       </c>
       <c r="H262" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I262" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
         <v>517</v>
       </c>
       <c r="B263" s="3" t="s">
         <v>518</v>
       </c>
       <c r="C263" s="3">
-        <v>7220.7</v>
+        <v>4474.8</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E263" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F263" s="3">
-        <v>74</v>
+        <v>246</v>
       </c>
       <c r="G263" s="3">
         <v>1</v>
       </c>
       <c r="H263" s="3">
         <v>40</v>
       </c>
       <c r="I263" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
         <v>519</v>
       </c>
       <c r="B264" s="3" t="s">
         <v>520</v>
       </c>
       <c r="C264" s="3">
-        <v>11753.46</v>
+        <v>4068</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F264" s="3">
         <v>0</v>
       </c>
       <c r="G264" s="3">
         <v>1</v>
       </c>
       <c r="H264" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I264" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
         <v>521</v>
       </c>
       <c r="B265" s="3" t="s">
         <v>522</v>
       </c>
       <c r="C265" s="3">
-        <v>9966.6</v>
+        <v>8451.27</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E265" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F265" s="3">
-        <v>43</v>
+        <v>0</v>
       </c>
       <c r="G265" s="3">
         <v>1</v>
       </c>
       <c r="H265" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I265" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
         <v>523</v>
       </c>
       <c r="B266" s="3" t="s">
         <v>524</v>
       </c>
       <c r="C266" s="3">
-        <v>10983.6</v>
+        <v>6508.8</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E266" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F266" s="3">
-        <v>1</v>
+        <v>35</v>
       </c>
       <c r="G266" s="3">
         <v>1</v>
       </c>
       <c r="H266" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I266" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
         <v>525</v>
       </c>
       <c r="B267" s="3" t="s">
         <v>526</v>
       </c>
       <c r="C267" s="3">
-        <v>10749.69</v>
+        <v>7627.5</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E267" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F267" s="3">
-        <v>1036</v>
+        <v>209</v>
       </c>
       <c r="G267" s="3">
         <v>1</v>
       </c>
       <c r="H267" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="I267" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
         <v>527</v>
       </c>
       <c r="B268" s="3" t="s">
         <v>528</v>
       </c>
       <c r="C268" s="3">
-        <v>3152.7</v>
+        <v>5583.33</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E268" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F268" s="3">
-        <v>0</v>
+        <v>471</v>
       </c>
       <c r="G268" s="3">
         <v>1</v>
       </c>
       <c r="H268" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I268" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
         <v>529</v>
       </c>
       <c r="B269" s="3" t="s">
         <v>530</v>
       </c>
       <c r="C269" s="3">
         <v>2684.88</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E269" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F269" s="3">
-        <v>245</v>
+        <v>0</v>
       </c>
       <c r="G269" s="3">
         <v>1</v>
       </c>
       <c r="H269" s="3">
         <v>60</v>
       </c>
       <c r="I269" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
         <v>531</v>
       </c>
       <c r="B270" s="3" t="s">
         <v>532</v>
       </c>
       <c r="C270" s="3">
-        <v>5583.33</v>
+        <v>3152.7</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E270" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F270" s="3">
-        <v>566</v>
+        <v>0</v>
       </c>
       <c r="G270" s="3">
         <v>1</v>
       </c>
       <c r="H270" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I270" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
         <v>533</v>
       </c>
       <c r="B271" s="3" t="s">
         <v>534</v>
       </c>
       <c r="C271" s="3">
-        <v>4627.35</v>
+        <v>3900</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E271" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F271" s="3">
-        <v>435</v>
+        <v>370</v>
       </c>
       <c r="G271" s="3">
         <v>1</v>
       </c>
       <c r="H271" s="3">
         <v>40</v>
       </c>
       <c r="I271" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A22:I22"/>
     <mergeCell ref="A47:I47"/>
     <mergeCell ref="A87:I87"/>
     <mergeCell ref="A120:I120"/>
     <mergeCell ref="A144:I144"/>
     <mergeCell ref="A155:I155"/>
     <mergeCell ref="A162:I162"/>
     <mergeCell ref="A166:I166"/>
-    <mergeCell ref="A171:I171"/>
-[...1 lines deleted...]
-    <mergeCell ref="A201:I201"/>
+    <mergeCell ref="A183:I183"/>
+    <mergeCell ref="A196:I196"/>
+    <mergeCell ref="A205:I205"/>
     <mergeCell ref="A210:I210"/>
     <mergeCell ref="A215:I215"/>
     <mergeCell ref="A224:I224"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
@@ -9843,82 +9843,82 @@
     <hyperlink ref="D142" r:id="rId135"/>
     <hyperlink ref="D143" r:id="rId136"/>
     <hyperlink ref="D145" r:id="rId137"/>
     <hyperlink ref="D146" r:id="rId138"/>
     <hyperlink ref="D147" r:id="rId139"/>
     <hyperlink ref="D148" r:id="rId140"/>
     <hyperlink ref="D149" r:id="rId141"/>
     <hyperlink ref="D150" r:id="rId142"/>
     <hyperlink ref="D151" r:id="rId143"/>
     <hyperlink ref="D152" r:id="rId144"/>
     <hyperlink ref="D153" r:id="rId145"/>
     <hyperlink ref="D154" r:id="rId146"/>
     <hyperlink ref="D156" r:id="rId147"/>
     <hyperlink ref="D157" r:id="rId148"/>
     <hyperlink ref="D158" r:id="rId149"/>
     <hyperlink ref="D159" r:id="rId150"/>
     <hyperlink ref="D160" r:id="rId151"/>
     <hyperlink ref="D161" r:id="rId152"/>
     <hyperlink ref="D163" r:id="rId153"/>
     <hyperlink ref="D164" r:id="rId154"/>
     <hyperlink ref="D165" r:id="rId155"/>
     <hyperlink ref="D167" r:id="rId156"/>
     <hyperlink ref="D168" r:id="rId157"/>
     <hyperlink ref="D169" r:id="rId158"/>
     <hyperlink ref="D170" r:id="rId159"/>
-    <hyperlink ref="D172" r:id="rId160"/>
-[...10 lines deleted...]
-    <hyperlink ref="D183" r:id="rId171"/>
+    <hyperlink ref="D171" r:id="rId160"/>
+    <hyperlink ref="D172" r:id="rId161"/>
+    <hyperlink ref="D173" r:id="rId162"/>
+    <hyperlink ref="D174" r:id="rId163"/>
+    <hyperlink ref="D175" r:id="rId164"/>
+    <hyperlink ref="D176" r:id="rId165"/>
+    <hyperlink ref="D177" r:id="rId166"/>
+    <hyperlink ref="D178" r:id="rId167"/>
+    <hyperlink ref="D179" r:id="rId168"/>
+    <hyperlink ref="D180" r:id="rId169"/>
+    <hyperlink ref="D181" r:id="rId170"/>
+    <hyperlink ref="D182" r:id="rId171"/>
     <hyperlink ref="D184" r:id="rId172"/>
     <hyperlink ref="D185" r:id="rId173"/>
     <hyperlink ref="D186" r:id="rId174"/>
     <hyperlink ref="D187" r:id="rId175"/>
-    <hyperlink ref="D189" r:id="rId176"/>
-[...6 lines deleted...]
-    <hyperlink ref="D196" r:id="rId183"/>
+    <hyperlink ref="D188" r:id="rId176"/>
+    <hyperlink ref="D189" r:id="rId177"/>
+    <hyperlink ref="D190" r:id="rId178"/>
+    <hyperlink ref="D191" r:id="rId179"/>
+    <hyperlink ref="D192" r:id="rId180"/>
+    <hyperlink ref="D193" r:id="rId181"/>
+    <hyperlink ref="D194" r:id="rId182"/>
+    <hyperlink ref="D195" r:id="rId183"/>
     <hyperlink ref="D197" r:id="rId184"/>
     <hyperlink ref="D198" r:id="rId185"/>
     <hyperlink ref="D199" r:id="rId186"/>
     <hyperlink ref="D200" r:id="rId187"/>
-    <hyperlink ref="D202" r:id="rId188"/>
-[...2 lines deleted...]
-    <hyperlink ref="D205" r:id="rId191"/>
+    <hyperlink ref="D201" r:id="rId188"/>
+    <hyperlink ref="D202" r:id="rId189"/>
+    <hyperlink ref="D203" r:id="rId190"/>
+    <hyperlink ref="D204" r:id="rId191"/>
     <hyperlink ref="D206" r:id="rId192"/>
     <hyperlink ref="D207" r:id="rId193"/>
     <hyperlink ref="D208" r:id="rId194"/>
     <hyperlink ref="D209" r:id="rId195"/>
     <hyperlink ref="D211" r:id="rId196"/>
     <hyperlink ref="D212" r:id="rId197"/>
     <hyperlink ref="D213" r:id="rId198"/>
     <hyperlink ref="D214" r:id="rId199"/>
     <hyperlink ref="D216" r:id="rId200"/>
     <hyperlink ref="D217" r:id="rId201"/>
     <hyperlink ref="D218" r:id="rId202"/>
     <hyperlink ref="D219" r:id="rId203"/>
     <hyperlink ref="D220" r:id="rId204"/>
     <hyperlink ref="D221" r:id="rId205"/>
     <hyperlink ref="D222" r:id="rId206"/>
     <hyperlink ref="D223" r:id="rId207"/>
     <hyperlink ref="D225" r:id="rId208"/>
     <hyperlink ref="D226" r:id="rId209"/>
     <hyperlink ref="D227" r:id="rId210"/>
     <hyperlink ref="D228" r:id="rId211"/>
     <hyperlink ref="D229" r:id="rId212"/>
     <hyperlink ref="D230" r:id="rId213"/>
     <hyperlink ref="D231" r:id="rId214"/>
     <hyperlink ref="D232" r:id="rId215"/>
     <hyperlink ref="D233" r:id="rId216"/>