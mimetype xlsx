--- v0 (2025-10-14)
+++ v1 (2026-02-28)
@@ -8,3316 +8,3316 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2138" uniqueCount="1090">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2174" uniqueCount="1090">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Изоляционные материалы</t>
   </si>
   <si>
     <t>1.1 Термоусаживаемые трубки</t>
   </si>
   <si>
-    <t>1.1.1 Термоусаживаемые трубки 2:1 без подавления горения</t>
+    <t>1.1.1 Термоусаживаемые трубки 3-4:1 среднестенные с клеевым слоем</t>
+  </si>
+  <si>
+    <t>26-0095</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая среднестенная клеевая СТТК (3-4:1)-95/29 черная REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>26-0055</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая среднестенная клеевая СТТК (3-4:1)-55/16 черная REXANT</t>
+  </si>
+  <si>
+    <t>26-0033</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая среднестенная клеевая СТТК (3-4:1)-33/8 черная REXANT</t>
+  </si>
+  <si>
+    <t>26-0075</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая среднестенная клеевая СТТК (3-4:1)-75/22 черная REXANT</t>
+  </si>
+  <si>
+    <t>26-0160</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая среднестенная клеевая СТТК (3-4:1)-160/50 черная REXANT</t>
+  </si>
+  <si>
+    <t>26-0180</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая среднестенная клеевая СТТК (3-4:1)-180/58 черная REXANT</t>
+  </si>
+  <si>
+    <t>1.1.2 Термоусаживаемые трубки 2:1 без подавления горения</t>
+  </si>
+  <si>
+    <t>21-5009</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF(2:1)-15/7,5 прозрачная REXANT</t>
+  </si>
+  <si>
+    <t>20-3009</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF(2:1)-3/1,5 прозрачная REXANT</t>
+  </si>
+  <si>
+    <t>20-4009</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF(2:1)-4/2 прозрачная REXANT</t>
+  </si>
+  <si>
+    <t>20-8009</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF(2:1)-8/4 прозрачная REXANT</t>
   </si>
   <si>
     <t>21-3009</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая ТУТ 13,0/6,5мм, прозрачная, упаковка 50 шт. по 1м REXANT</t>
-[...5 lines deleted...]
-    <t>шт</t>
+    <t>Трубка термоусаживаемая ТУТ-HF(2:1)-13/6,5 прозрачная REXANT</t>
+  </si>
+  <si>
+    <t>20-6009</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF(2:1)-6/3 прозрачная REXANT</t>
+  </si>
+  <si>
+    <t>21-0009</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF(2:1)-10/5 прозрачная REXANT</t>
+  </si>
+  <si>
+    <t>20-3509</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF(2:1)-3,5/1,75 прозрачная REXANT</t>
+  </si>
+  <si>
+    <t>20-5009</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF(2:1)-5/2,5 прозрачная REXANT</t>
+  </si>
+  <si>
+    <t>22-0009</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF(2:1)-20/10 прозрачная REXANT</t>
   </si>
   <si>
     <t>22-5009</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая ТУТ 25,0/12,5мм, прозрачная, упаковка 10 шт. по 1 REXANT</t>
-[...56 lines deleted...]
-    <t>1.1.2 Термоусаживаемые трубки 2:1 тонкостенные без подавления горения</t>
+    <t>Трубка термоусаживаемая ТУТ-HF(2:1)-25/12,5 прозрачная REXANT</t>
+  </si>
+  <si>
+    <t>1.1.3 Термоусаживаемые трубки 2:1 тонкостенные без подавления горения</t>
+  </si>
+  <si>
+    <t>55-3002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-30/15 желтая PROconnect</t>
+  </si>
+  <si>
+    <t>55-0503</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-5/2,5 зеленая PROconnect</t>
+  </si>
+  <si>
+    <t>55-1205</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-12/6 синяя PROconnect</t>
+  </si>
+  <si>
+    <t>55-0204</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-2/1 красная PROconnect</t>
+  </si>
+  <si>
+    <t>55-0201</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-2/1 белая PROconnect</t>
+  </si>
+  <si>
+    <t>55-2004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-20/10 красная PROconnect</t>
+  </si>
+  <si>
+    <t>55-2505</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-25/12,5 синяя PROconnect</t>
+  </si>
+  <si>
+    <t>55-2504</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-25/12,5 красная PROconnect</t>
+  </si>
+  <si>
+    <t>55-2501</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-25/12,5 белая PROconnect</t>
+  </si>
+  <si>
+    <t>55-4006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-40/20 черная PROconnect</t>
+  </si>
+  <si>
+    <t>55-4004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-40/20 красная PROconnect</t>
+  </si>
+  <si>
+    <t>55-0606</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-6/3 черная PROconnect</t>
+  </si>
+  <si>
+    <t>55-0604</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-6/3 красная PROconnect</t>
+  </si>
+  <si>
+    <t>55-0801</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-8/4 белая PROconnect</t>
+  </si>
+  <si>
+    <t>55-1006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-10/5 черная PROconnect</t>
+  </si>
+  <si>
+    <t>55-1003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-10/5 зеленая PROconnect</t>
+  </si>
+  <si>
+    <t>55-1204</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-12/6 красная PROconnect</t>
+  </si>
+  <si>
+    <t>55-3001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-30/15 белая PROconnect</t>
+  </si>
+  <si>
+    <t>55-5001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-50/25 белая PROconnect</t>
+  </si>
+  <si>
+    <t>55-6004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-60/30 красная PROconnect</t>
+  </si>
+  <si>
+    <t>55-6001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-60/30 белая PROconnect</t>
+  </si>
+  <si>
+    <t>55-0402</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-4/2 желтая PROconnect</t>
+  </si>
+  <si>
+    <t>55-0404</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-4/2 красная PROconnect</t>
+  </si>
+  <si>
+    <t>55-0401</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-4/2 белая PROconnect</t>
+  </si>
+  <si>
+    <t>55-1001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-10/5 белая PROconnect</t>
+  </si>
+  <si>
+    <t>55-1203</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-12/6 зеленая PROconnect</t>
+  </si>
+  <si>
+    <t>55-1201</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-12/6 белая PROconnect</t>
+  </si>
+  <si>
+    <t>55-2006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-20/10 черная PROconnect</t>
+  </si>
+  <si>
+    <t>55-2005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-20/10 синяя PROconnect</t>
+  </si>
+  <si>
+    <t>55-2001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-20/10 белая PROconnect</t>
+  </si>
+  <si>
+    <t>55-1402</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-14/7 желтая PROconnect</t>
+  </si>
+  <si>
+    <t>55-1805</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-18/9 синяя PROconnect</t>
+  </si>
+  <si>
+    <t>55-1504</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-15/7,5 красная PROconnect</t>
+  </si>
+  <si>
+    <t>55-1801</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-18/9 белая PROconnect</t>
+  </si>
+  <si>
+    <t>55-0206</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-2/1 черная PROconnect</t>
+  </si>
+  <si>
+    <t>55-0205</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-2/1 синяя PROconnect</t>
+  </si>
+  <si>
+    <t>55-0203</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-2/1 зеленая PROconnect</t>
+  </si>
+  <si>
+    <t>55-0405</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-4/2 синяя PROconnect</t>
+  </si>
+  <si>
+    <t>55-0605</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-6/3 синяя PROconnect</t>
+  </si>
+  <si>
+    <t>55-0601</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-6/3 белая PROconnect</t>
+  </si>
+  <si>
+    <t>55-0806</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-8/4 черная PROconnect</t>
   </si>
   <si>
     <t>55-0805</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая ТУТ 8,0/4,0мм, синяя, упаковка 50 шт. по 1м, PROconnect</t>
-[...53 lines deleted...]
-    <t>Трубка термоусаживаемая ТУТ 20,0/10,0мм, красная, упаковка 10 шт. по 1м, PROconnect</t>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-8/4 синяя PROconnect</t>
+  </si>
+  <si>
+    <t>55-0803</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-8/4 зеленая PROconnect</t>
+  </si>
+  <si>
+    <t>55-0804</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-8/4 красная PROconnect</t>
+  </si>
+  <si>
+    <t>55-1002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-10/5 желтая PROconnect</t>
+  </si>
+  <si>
+    <t>55-1004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-10/5 красная PROconnect</t>
+  </si>
+  <si>
+    <t>55-1202</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-12/6 желтая PROconnect</t>
+  </si>
+  <si>
+    <t>55-5004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-50/25 красная PROconnect</t>
+  </si>
+  <si>
+    <t>55-6002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-60/30 желтая PROconnect</t>
+  </si>
+  <si>
+    <t>55-6005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-60/30 синяя PROconnect</t>
+  </si>
+  <si>
+    <t>55-6007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-60/30 желто-зеленая PROconnect</t>
+  </si>
+  <si>
+    <t>55-3004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-30/15 красная PROconnect</t>
+  </si>
+  <si>
+    <t>55-0301</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-3/1,5 белая PROconnect</t>
+  </si>
+  <si>
+    <t>55-0303</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-3/1,5 зеленая PROconnect</t>
+  </si>
+  <si>
+    <t>55-0304</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-3/1,5 красная PROconnect</t>
+  </si>
+  <si>
+    <t>55-0306</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-3/1,5 черная PROconnect</t>
+  </si>
+  <si>
+    <t>55-0501</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-5/2,5 белая PROconnect</t>
+  </si>
+  <si>
+    <t>55-0502</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-5/2,5 желтая PROconnect</t>
+  </si>
+  <si>
+    <t>55-0505</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-5/2,5 синяя PROconnect</t>
+  </si>
+  <si>
+    <t>55-0506</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-5/2,5 черная PROconnect</t>
+  </si>
+  <si>
+    <t>55-1501</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-15/7,5 белая PROconnect</t>
+  </si>
+  <si>
+    <t>55-1502</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-15/7,5 желтая PROconnect</t>
+  </si>
+  <si>
+    <t>55-1503</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-15/7,5 зеленая PROconnect</t>
+  </si>
+  <si>
+    <t>55-1505</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-15/7,5 синяя PROconnect</t>
+  </si>
+  <si>
+    <t>55-1506</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-15/7,5 черная PROconnect</t>
+  </si>
+  <si>
+    <t>55-1802</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-18/9 желтая PROconnect</t>
+  </si>
+  <si>
+    <t>55-1803</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-18/9 зеленая PROconnect</t>
+  </si>
+  <si>
+    <t>55-1804</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-18/9 красная PROconnect</t>
+  </si>
+  <si>
+    <t>55-1005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-10/5 синяя PROconnect</t>
+  </si>
+  <si>
+    <t>55-1806</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-18/9 черная PROconnect</t>
+  </si>
+  <si>
+    <t>55-0603</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-6/3 зеленая PROconnect</t>
+  </si>
+  <si>
+    <t>55-0802</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-8/4 желтая PROconnect</t>
+  </si>
+  <si>
+    <t>55-1206</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-12/6 черная PROconnect</t>
+  </si>
+  <si>
+    <t>55-2003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-20/10 зеленая PROconnect</t>
+  </si>
+  <si>
+    <t>55-6006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-60/30 черная PROconnect</t>
+  </si>
+  <si>
+    <t>55-0403</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-4/2 зеленая PROconnect</t>
+  </si>
+  <si>
+    <t>55-0406</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-4/2 черная PROconnect</t>
+  </si>
+  <si>
+    <t>55-6003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-60/30 зеленая PROconnect</t>
+  </si>
+  <si>
+    <t>55-2002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-20/10 желтая PROconnect</t>
+  </si>
+  <si>
+    <t>55-2007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-20/10 желто-зеленая PROconnect</t>
   </si>
   <si>
     <t>55-2502</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая ТУТ 25,0/12,5мм, желтая, упаковка 10 шт. по 1м, PROconnect</t>
-[...11 lines deleted...]
-    <t>Трубка термоусаживаемая ТУТ 25,0/12,5мм, белая, упаковка 10 шт. по 1м, PROconnect</t>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-25/12,5 желтая PROconnect</t>
+  </si>
+  <si>
+    <t>55-2503</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-25/12,5 зеленая PROconnect</t>
   </si>
   <si>
     <t>55-3006</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая ТУТ 30,0/15,0мм, черная, упаковка 10 шт. по 1м, PROconnect</t>
-[...17 lines deleted...]
-    <t>Трубка термоусаживаемая ТУТ 30,0/15,0мм, желтая, упаковка 10 шт. по 1м, PROconnect</t>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-30/15 черная PROconnect</t>
   </si>
   <si>
     <t>55-4001</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая ТУТ 40,0/20,0мм, белая, упаковка 10 шт. по 1м, PROconnect</t>
-[...53 lines deleted...]
-    <t>Трубка термоусаживаемая ТУТ 30,0/15,0мм, красная, упаковка 10 шт. по 1м, PROconnect</t>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-40/20 белая PROconnect</t>
   </si>
   <si>
     <t>55-5006</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая ТУТ 50,0/25,0мм, черная упаковка 10 шт. по 1м, PROconnect</t>
-[...356 lines deleted...]
-    <t>1.1.3 Термоусаживаемые трубки 2:1 с подавлением горения</t>
+    <t>Трубка термоусаживаемая ТУТ-HF (2:1)-50/25 черная PROconnect</t>
+  </si>
+  <si>
+    <t>1.1.4 Термоусаживаемые трубки 2:1 с подавлением горения</t>
+  </si>
+  <si>
+    <t>21-0004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-10/5 красная REXANT</t>
+  </si>
+  <si>
+    <t>20-6006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-6/3 черная REXANT</t>
+  </si>
+  <si>
+    <t>20-8010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-8/4 серая REXANT</t>
+  </si>
+  <si>
+    <t>22-0010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-20/10 серая REXANT</t>
+  </si>
+  <si>
+    <t>25-0063</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-60/30 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-7004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-7/3,5 красная REXANT</t>
+  </si>
+  <si>
+    <t>22-0006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-20/10 синяя REXANT</t>
+  </si>
+  <si>
+    <t>20-6007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-6/3 желто-зеленая REXANT</t>
+  </si>
+  <si>
+    <t>23-0007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-30/15 желто-зеленая REXANT</t>
+  </si>
+  <si>
+    <t>23-5008</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-35/17,5 желто-зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-4005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-4/2 синяя REXANT</t>
+  </si>
+  <si>
+    <t>20-5003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-5/2,5 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>23-0001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-30/15 белая REXANT</t>
+  </si>
+  <si>
+    <t>20-4004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-4/2 красная REXANT</t>
+  </si>
+  <si>
+    <t>20-1001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-1/0,5 белая REXANT</t>
+  </si>
+  <si>
+    <t>23-5007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-35/17,5 синяя REXANT</t>
+  </si>
+  <si>
+    <t>20-1002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-1/0,5 желтая REXANT</t>
+  </si>
+  <si>
+    <t>21-2003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-12/6 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>21-9006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-19/9,5 черная REXANT</t>
+  </si>
+  <si>
+    <t>22-5007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-25/12,5 желто-зеленая REXANT</t>
+  </si>
+  <si>
+    <t>24-0003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-40/20 зеленый REXANT</t>
+  </si>
+  <si>
+    <t>20-9004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-9/4,5 красная REXANT</t>
+  </si>
+  <si>
+    <t>23-0002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-30/15 желтая REXANT</t>
+  </si>
+  <si>
+    <t>22-5004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-25/12,5 красная REXANT</t>
+  </si>
+  <si>
+    <t>20-7003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-7/3,5 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-6005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-6/3 синяя REXANT</t>
+  </si>
+  <si>
+    <t>21-5003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-15/7,5 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>24-0002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-40/20 желтая REXANT</t>
+  </si>
+  <si>
+    <t>20-2501</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-2,5/1,25 белая REXANT</t>
+  </si>
+  <si>
+    <t>21-5006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-15/7,5 черная REXANT</t>
+  </si>
+  <si>
+    <t>22-2004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-22/11 красная REXANT</t>
+  </si>
+  <si>
+    <t>20-2002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-2/1 желтая REXANT</t>
+  </si>
+  <si>
+    <t>21-0003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-10/5 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-2010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-2/1 серая REXANT</t>
+  </si>
+  <si>
+    <t>21-2010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-12/6 серая REXANT</t>
+  </si>
+  <si>
+    <t>20-7006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-7/3,5 черная REXANT</t>
+  </si>
+  <si>
+    <t>22-5008</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-25/12,5 черная REXANT</t>
+  </si>
+  <si>
+    <t>25-0006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-50/25 черная REXANT</t>
+  </si>
+  <si>
+    <t>20-2506</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-2,5/1,25 черная REXANT</t>
+  </si>
+  <si>
+    <t>20-1504</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-1,5/0,75 красная REXANT</t>
+  </si>
+  <si>
+    <t>20-1501</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-1,5/0,75 белая REXANT</t>
+  </si>
+  <si>
+    <t>21-2006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-12/6 черная REXANT</t>
+  </si>
+  <si>
+    <t>20-5006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-5/2,5 черная REXANT</t>
+  </si>
+  <si>
+    <t>20-9003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-9/4,5 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-6004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-6/3 красная REXANT</t>
+  </si>
+  <si>
+    <t>23-5003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-35/17,5 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-4010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-4/2 серая REXANT</t>
+  </si>
+  <si>
+    <t>20-5010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-5/2,5 серая REXANT</t>
+  </si>
+  <si>
+    <t>20-7010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-7/3,5 серая REXANT</t>
+  </si>
+  <si>
+    <t>21-0010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-10/5 серая REXANT</t>
+  </si>
+  <si>
+    <t>21-5010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-15/7,5 серая REXANT</t>
+  </si>
+  <si>
+    <t>25-0062</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-60/30 желтая REXANT</t>
+  </si>
+  <si>
+    <t>20-3005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-3/1,5 синяя REXANT</t>
+  </si>
+  <si>
+    <t>21-3002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-13/6,5 желтая REXANT</t>
+  </si>
+  <si>
+    <t>22-5001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-25/12,5 белая REXANT</t>
+  </si>
+  <si>
+    <t>21-8006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-18/9 черная REXANT</t>
   </si>
   <si>
     <t>20-2005</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая ТУТ нг 2,0/1,0мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-2/1 синяя REXANT</t>
+  </si>
+  <si>
+    <t>20-7002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-7/3,5 желтая REXANT</t>
+  </si>
+  <si>
+    <t>25-0003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-50/25 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>21-0002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-10/5 желтая REXANT</t>
+  </si>
+  <si>
+    <t>21-8004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-18/9 красная REXANT</t>
+  </si>
+  <si>
+    <t>21-9004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-19/9,5 красная REXANT</t>
+  </si>
+  <si>
+    <t>21-3001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-13/6,5 белая REXANT</t>
+  </si>
+  <si>
+    <t>25-0060</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-60/30 черная REXANT</t>
+  </si>
+  <si>
+    <t>25-0120</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-120/60 черная REXANT</t>
+  </si>
+  <si>
+    <t>24-0007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-40/20 черная REXANT</t>
+  </si>
+  <si>
+    <t>21-0008</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-10/5 черная REXANT</t>
+  </si>
+  <si>
+    <t>23-5006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-35/17,5 черная REXANT</t>
+  </si>
+  <si>
+    <t>21-2007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-12/6 желто-зеленая REXANT</t>
+  </si>
+  <si>
+    <t>21-0007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-10/5 желто-зеленая REXANT</t>
+  </si>
+  <si>
+    <t>21-5004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-15/7,5 красная REXANT</t>
+  </si>
+  <si>
+    <t>20-3003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-3/1,5 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>21-5001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-15/7,5 белая REXANT</t>
+  </si>
+  <si>
+    <t>20-3503</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-3,5/1,75 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>23-5001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-35/17,5 белая REXANT</t>
+  </si>
+  <si>
+    <t>22-5002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-25/12,5 желтая REXANT</t>
+  </si>
+  <si>
+    <t>22-2003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-22/11 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-3505</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-3,5/1,75 синяя REXANT</t>
+  </si>
+  <si>
+    <t>21-2001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-12/6 белая REXANT</t>
+  </si>
+  <si>
+    <t>22-2006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-22/11 черная REXANT</t>
+  </si>
+  <si>
+    <t>23-0003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-30/15 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>21-3003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-13/6,5 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-4003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-4/2 зеленый REXANT</t>
+  </si>
+  <si>
+    <t>20-8006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-8/4 черная REXANT</t>
+  </si>
+  <si>
+    <t>20-1502</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-1,5/0,75 желтая REXANT</t>
+  </si>
+  <si>
+    <t>25-0080</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-80/40 черная REXANT</t>
+  </si>
+  <si>
+    <t>25-0100</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-100/50 черная REXANT</t>
+  </si>
+  <si>
+    <t>20-1507</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-1,5/0,75 желто-зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-3007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-3/1,5 желто-зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-4007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-4/2 желто-зеленая REXANT</t>
   </si>
   <si>
     <t>21-5007</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая ТУТ нг 15,0/7,5мм, желто-зеленая, упаковка 50 шт. по 1м REXANT</t>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-15/7,5 желто-зеленая REXANT</t>
+  </si>
+  <si>
+    <t>24-0008</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-40/20 желто-зеленая REXANT</t>
+  </si>
+  <si>
+    <t>25-0007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-50/25 желто-зеленая REXANT</t>
+  </si>
+  <si>
+    <t>21-9001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-19/9,5 белая REXANT</t>
+  </si>
+  <si>
+    <t>24-0006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-40/20 синяя REXANT</t>
+  </si>
+  <si>
+    <t>22-0004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-20/10 красная REXANT</t>
+  </si>
+  <si>
+    <t>20-1004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-1/0,5 красная REXANT</t>
+  </si>
+  <si>
+    <t>22-2002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-22/11 желтая REXANT</t>
+  </si>
+  <si>
+    <t>20-1003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-1/0,5 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-8005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-8/4 синяя REXANT</t>
+  </si>
+  <si>
+    <t>21-3006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-13/6,5 синяя REXANT</t>
+  </si>
+  <si>
+    <t>20-5002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-5/2,5 желтая REXANT</t>
+  </si>
+  <si>
+    <t>20-7001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-7/3,5 белая REXANT</t>
+  </si>
+  <si>
+    <t>20-3002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-3/1,5 желтая REXANT</t>
+  </si>
+  <si>
+    <t>21-9002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-19/9,5 желтая REXANT</t>
+  </si>
+  <si>
+    <t>24-0004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-40/20 красная REXANT</t>
+  </si>
+  <si>
+    <t>20-3504</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-3,5/1,75 красная REXANT</t>
+  </si>
+  <si>
+    <t>21-3008</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-13/6,5 черная REXANT</t>
+  </si>
+  <si>
+    <t>20-2004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-2/1 красная REXANT</t>
+  </si>
+  <si>
+    <t>20-9006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-9/4,5 черная REXANT</t>
+  </si>
+  <si>
+    <t>20-5004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-5/2,5 красная REXANT</t>
+  </si>
+  <si>
+    <t>20-3501</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-3,5/1,75 белая REXANT</t>
+  </si>
+  <si>
+    <t>20-8002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-8/4 желтая REXANT</t>
+  </si>
+  <si>
+    <t>20-8004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-8/4 красная REXANT</t>
+  </si>
+  <si>
+    <t>22-0003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-20/10 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-4002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-4/2 желтая REXANT</t>
+  </si>
+  <si>
+    <t>20-1503</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-1,5/0,75 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>25-0005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-50/25 синяя REXANT</t>
+  </si>
+  <si>
+    <t>21-0001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-10/5 белая REXANT</t>
+  </si>
+  <si>
+    <t>20-2001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-2/1 белая REXANT</t>
+  </si>
+  <si>
+    <t>20-8001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-8/4 белая REXANT</t>
+  </si>
+  <si>
+    <t>20-8003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-8/4 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-3006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-3/1,5 черная REXANT</t>
+  </si>
+  <si>
+    <t>22-0008</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-20/10 черный REXANT</t>
+  </si>
+  <si>
+    <t>20-2505</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-2,5/1,25 синяя REXANT</t>
+  </si>
+  <si>
+    <t>20-2502</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-2,5/1,25 желтая REXANT</t>
+  </si>
+  <si>
+    <t>21-2005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-12/6 синяя REXANT</t>
+  </si>
+  <si>
+    <t>20-5005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-5/2,5 синяя REXANT</t>
+  </si>
+  <si>
+    <t>20-2006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-2/1 черная REXANT</t>
+  </si>
+  <si>
+    <t>20-3001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-3/1,5 белая REXANT</t>
+  </si>
+  <si>
+    <t>20-1005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-1/0,5 синяя REXANT</t>
   </si>
   <si>
     <t>25-0004</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая ТУТ нг 50,0/25,0мм, красная, упаковка 10 шт. по 1м REXANT</t>
-[...29 lines deleted...]
-    <t>Трубка термоусаживаемая ТУТ нг 2,0/1,0мм, серая, упаковка 50 шт. по 1м REXANT</t>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-50/25 красная REXANT</t>
+  </si>
+  <si>
+    <t>20-9001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-9/4,5 белая REXANT</t>
+  </si>
+  <si>
+    <t>20-6002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-6/3 желтая REXANT</t>
+  </si>
+  <si>
+    <t>25-0002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-50/25 желтая REXANT</t>
+  </si>
+  <si>
+    <t>22-5006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-25/12,5 синяя REXANT</t>
+  </si>
+  <si>
+    <t>20-1006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-1/0,5 черная REXANT</t>
+  </si>
+  <si>
+    <t>20-2007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-2/1 желто-зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-3010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-3/1,5 серая REXANT</t>
+  </si>
+  <si>
+    <t>20-6010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-6/3 серая REXANT</t>
+  </si>
+  <si>
+    <t>22-5010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-25/12,5 серая REXANT</t>
+  </si>
+  <si>
+    <t>25-0064</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-60/30 красная REXANT</t>
+  </si>
+  <si>
+    <t>20-2003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-2/1 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>22-2001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-22/11 белая REXANT</t>
+  </si>
+  <si>
+    <t>20-6003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-6/3 зеленая REXANT</t>
   </si>
   <si>
     <t>20-4006</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая ТУТ нг 4,0/2,0мм, черная, упаковка 50 шт. по 1м REXANT</t>
-[...5 lines deleted...]
-    <t>Трубка термоусаживаемая ТУТ нг 7,0/3,5мм, черная, упаковка 50 шт. по 1м REXANT</t>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-4/2 черная REXANT</t>
+  </si>
+  <si>
+    <t>24-0001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-40/20 белая REXANT</t>
+  </si>
+  <si>
+    <t>20-6001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-6/3 белая REXANT</t>
+  </si>
+  <si>
+    <t>22-0001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-20/10 белая REXANT</t>
+  </si>
+  <si>
+    <t>20-1505</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-1,5/0,75 синяя REXANT</t>
+  </si>
+  <si>
+    <t>20-3004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-3/1,5 красная REXANT</t>
+  </si>
+  <si>
+    <t>20-5001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-5/2,5 белая REXANT</t>
+  </si>
+  <si>
+    <t>20-9002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-9/4,5 желтая REXANT</t>
+  </si>
+  <si>
+    <t>25-0001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-50/25 белая REXANT</t>
+  </si>
+  <si>
+    <t>25-0061</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-60/30 белая REXANT</t>
+  </si>
+  <si>
+    <t>23-0005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-30/15 синяя REXANT</t>
+  </si>
+  <si>
+    <t>21-0006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-10/5 синяя REXANT</t>
+  </si>
+  <si>
+    <t>20-7005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-7/3,5 синяя REXANT</t>
+  </si>
+  <si>
+    <t>23-0006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-30/15 черная REXANT</t>
+  </si>
+  <si>
+    <t>21-2002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-12/6 желтая REXANT</t>
+  </si>
+  <si>
+    <t>21-9003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-19/9,5 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>22-5003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-25/12,5 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>21-5005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-15/7,5 синяя REXANT</t>
+  </si>
+  <si>
+    <t>20-8007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-8/4 желто-зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-9005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-9/4,5 синяя REXANT</t>
+  </si>
+  <si>
+    <t>23-0004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-30/15 красная REXANT</t>
+  </si>
+  <si>
+    <t>22-0002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-20/10 желтая REXANT</t>
+  </si>
+  <si>
+    <t>21-5002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-15/7,5 желтая REXANT</t>
+  </si>
+  <si>
+    <t>22-0007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-20/10 желто-зеленая REXANT</t>
+  </si>
+  <si>
+    <t>23-5002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-35/17,5 желтая REXANT</t>
+  </si>
+  <si>
+    <t>20-1506</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-1,5/0,75 черная REXANT</t>
+  </si>
+  <si>
+    <t>20-2503</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-2,5/1,25 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-4001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-4/2 белая REXANT</t>
+  </si>
+  <si>
+    <t>20-3502</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-3,5/1,75 желтая REXANT</t>
+  </si>
+  <si>
+    <t>21-3004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-13/6,5 красная REXANT</t>
+  </si>
+  <si>
+    <t>23-5004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-35/17,5 красная REXANT</t>
   </si>
   <si>
     <t>20-3506</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая ТУТ нг 3,5/1,75мм, черная, упак. 50 шт. по 1м REXANT</t>
-[...47 lines deleted...]
-    <t>Трубка термоусаживаемая ТУТ нг 40,0/20,0мм, белая, упаковка 10 шт. по 1м REXANT</t>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-3,5/1,75 черная REXANT</t>
   </si>
   <si>
     <t>21-2004</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая ТУТ нг 12,0/6,0мм, красная, упаковка 50 шт. по 1м REXANT</t>
-[...29 lines deleted...]
-    <t>Трубка термоусаживаемая ТУТ нг 35,0/17,5мм, черная, упаковка 10 шт. по 1м REXANT</t>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-12/6 красная REXANT</t>
   </si>
   <si>
     <t>20-2504</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая ТУТ нг 2,5/1,25мм, красная, упаковка 50 шт. по 1м REXANT</t>
-[...920 lines deleted...]
-    <t>1.1.4 Термоусаживаемые трубки 2:1 с подавлением горения в бухте</t>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-2,5/1,25 красная REXANT</t>
+  </si>
+  <si>
+    <t>1.1.5 Термоусаживаемые трубки 2:1 с подавлением горения в бухте</t>
+  </si>
+  <si>
+    <t>49-0406</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>49-0206</t>
   </si>
   <si>
     <t>49-0306</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая ТУТ нг 3,0/1,5мм, черная (бухта 200м) REXANT</t>
-[...2 lines deleted...]
-    <t>метр</t>
+    <t>49-0506</t>
+  </si>
+  <si>
+    <t>49-0806</t>
+  </si>
+  <si>
+    <t>49-0606</t>
   </si>
   <si>
     <t>49-0504</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая ТУТ нг 5,0/2,5мм, красная (бухта 100м) REXANT</t>
-[...13 lines deleted...]
-  <si>
     <t>49-0604</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая ТУТ нг 6,0/3,0мм, красная (бухта 100м) REXANT</t>
+    <t>49-1506</t>
   </si>
   <si>
     <t>49-1006</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая ТУТ нг 10,0/5,0мм, черная (бухта 100м) REXANT</t>
-[...1 lines deleted...]
-  <si>
     <t>49-1206</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая ТУТ нг 12,0/6,0мм, черная (бухта 100м) REXANT</t>
-[...23 lines deleted...]
-    <t>Трубка термоусаживаемая ТУТ нг 2,0/1,0мм, черная (бухта 200м) REXANT</t>
+    <t>49-1004</t>
   </si>
   <si>
     <t>49-0804</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая ТУТ нг 8,0/4,0мм, красная (бухта 100м) REXANT</t>
-[...8 lines deleted...]
-    <t>1.1.5 Термоусаживаемые трубки 2:1 двустенные с клеевым слоем</t>
+    <t>1.1.6 Термоусаживаемые трубки 3:1 двустенные с клеевым слоем</t>
+  </si>
+  <si>
+    <t>26-0003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (3:1)-3/1 черная REXANT</t>
+  </si>
+  <si>
+    <t>26-0009</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (3:1)-9/3 черная REXANT</t>
+  </si>
+  <si>
+    <t>26-0024</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (3:1)-24/8 черная REXANT</t>
+  </si>
+  <si>
+    <t>26-1209</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (3:1)-12/4 прозрачная REXANT</t>
+  </si>
+  <si>
+    <t>26-6004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (3:1)-6/2 красная REXANT</t>
+  </si>
+  <si>
+    <t>26-3004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (3:1)-3/1 красная REXANT</t>
+  </si>
+  <si>
+    <t>20-4808</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (3:1)-4,8/1,6 черная REXANT</t>
+  </si>
+  <si>
+    <t>26-4809</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (3:1)-4,8/1,6 прозрачная REXANT</t>
+  </si>
+  <si>
+    <t>21-2008</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (3:1)-12/4 черная REXANT</t>
+  </si>
+  <si>
+    <t>20-6008</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (3:1)-6/2 черная REXANT</t>
+  </si>
+  <si>
+    <t>26-6009</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (3:1)-6/2 прозрачная REXANT</t>
+  </si>
+  <si>
+    <t>26-9009</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (3:1)-9/3 прозрачная REXANT</t>
+  </si>
+  <si>
+    <t>26-1809</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (3:1)-18/6 прозрачная REXANT</t>
+  </si>
+  <si>
+    <t>26-2409</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (3:1)-24/8 прозрачная REXANT</t>
+  </si>
+  <si>
+    <t>26-4804</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (3:1)-4,8/1,6 красная REXANT</t>
+  </si>
+  <si>
+    <t>26-9004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (3:1)-9/3 красная REXANT</t>
+  </si>
+  <si>
+    <t>26-1204</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (3:1)-12/4 красная REXANT</t>
+  </si>
+  <si>
+    <t>26-2404</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (3:1)-24/8 красная REXANT</t>
+  </si>
+  <si>
+    <t>26-1804</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (3:1)-18/6 красная REXANT</t>
+  </si>
+  <si>
+    <t>26-0040-1</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (3:1)-40/13 черная REXANT</t>
+  </si>
+  <si>
+    <t>м</t>
+  </si>
+  <si>
+    <t>21-9008</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (3:1)-18/6 черная REXANT</t>
+  </si>
+  <si>
+    <t>26-3009</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (3:1)-3/1 прозрачная REXANT</t>
+  </si>
+  <si>
+    <t>26-0003-1</t>
+  </si>
+  <si>
+    <t>26-0004-1</t>
+  </si>
+  <si>
+    <t>26-0050-1</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (3:1)-50/17 черная REXANT</t>
+  </si>
+  <si>
+    <t>26-0006-1</t>
+  </si>
+  <si>
+    <t>26-0009-1</t>
+  </si>
+  <si>
+    <t>26-0018-1</t>
+  </si>
+  <si>
+    <t>26-0020-1</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (3:1)-20/6 черная REXANT</t>
+  </si>
+  <si>
+    <t>26-0025-1</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (3:1)-25/8 черная REXANT</t>
+  </si>
+  <si>
+    <t>26-0030-1</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (3:1)-30/10 черная REXANT</t>
+  </si>
+  <si>
+    <t>26-0012-1</t>
+  </si>
+  <si>
+    <t>1.1.7 Термоусаживаемые трубки 4:1 двустенные с клеевым слоем</t>
+  </si>
+  <si>
+    <t>23-2406</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (4:1)-24/6 черная REXANT</t>
+  </si>
+  <si>
+    <t>23-1606</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (4:1)-16/4 черная REXANT</t>
+  </si>
+  <si>
+    <t>23-6006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (4:1)-6/1,5 черная REXANT</t>
+  </si>
+  <si>
+    <t>23-1206</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (4:1)-12/3 черная REXANT</t>
+  </si>
+  <si>
+    <t>23-3206</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (4:1)-32/8 черная REXANT</t>
+  </si>
+  <si>
+    <t>23-5206</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (4:1)-52/13 черная REXANT</t>
+  </si>
+  <si>
+    <t>23-4006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (4:1)-4/1 черная REXANT</t>
+  </si>
+  <si>
+    <t>23-9006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (4:1)-8/2 черная REXANT</t>
+  </si>
+  <si>
+    <t>1.1.8 Термоусаживаемые трубки 6:1 с клеевым слоем</t>
+  </si>
+  <si>
+    <t>23-0051</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (6:1)-51/8,5 черная REXANT</t>
+  </si>
+  <si>
+    <t>23-0115</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (6:1)-115/19 черная REXANT</t>
+  </si>
+  <si>
+    <t>23-0070</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (6:1)-70/12 черная REXANT</t>
+  </si>
+  <si>
+    <t>23-0130</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (6:1)-130/22 черная REXANT</t>
+  </si>
+  <si>
+    <t>23-0019</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (6:1)-19/3,2 черная REXANT</t>
+  </si>
+  <si>
+    <t>23-0033</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (6:1)-33/5,5 черная REXANT</t>
+  </si>
+  <si>
+    <t>1.1.9 Термоусаживаемые трубки 2:1 ролик 2,44 м.</t>
+  </si>
+  <si>
+    <t>29-0016</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг-LS (2:1)-4/2 черная (ролик 2,44м) REXANT</t>
+  </si>
+  <si>
+    <t>29-0026</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг-LS (2:1)-5/2,5 черная (ролик 2,44м) REXANT</t>
+  </si>
+  <si>
+    <t>29-0056</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг-LS (2:1)-10/5 черная (ролик 2,44м) REXANT</t>
+  </si>
+  <si>
+    <t>29-0011</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг-LS (2:1)-4/2 белая (ролик 2,44м) REXANT</t>
+  </si>
+  <si>
+    <t>29-0021</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг-LS (2:1)-5/2,5 белая (ролик 2,44м) REXANT</t>
+  </si>
+  <si>
+    <t>29-0051</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг-LS (2:1)-10/5 белая (ролик 2,44м) REXANT</t>
+  </si>
+  <si>
+    <t>29-0044</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг-LS (2:1)-8/4 красная (ролик 2,44м) REXANT</t>
+  </si>
+  <si>
+    <t>29-0055</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг-LS (2:1)-10/5 синяя (ролик 2,44м) REXANT</t>
+  </si>
+  <si>
+    <t>29-0054</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг-LS (2:1)-10/5 красная (ролик 2,44м) REXANT</t>
+  </si>
+  <si>
+    <t>29-0025</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг-LS (2:1)-5/2,5 синяя (ролик 2,44м) REXANT</t>
+  </si>
+  <si>
+    <t>29-0035</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг-LS (2:1)-6/3 синяя (ролик 2,44м) REXANT</t>
+  </si>
+  <si>
+    <t>29-0006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг-LS (2:1)-3/1,5 черная (ролик 2,44м) REXANT</t>
+  </si>
+  <si>
+    <t>29-0036</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг-LS (2:1)-6/3 черная (ролик 2,44м) REXANT</t>
+  </si>
+  <si>
+    <t>29-0001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг-LS (2:1)-3/1,5 белая (ролик 2,44м) REXANT</t>
+  </si>
+  <si>
+    <t>29-0031</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг-LS (2:1)-6/3 белая (ролик 2,44м) REXANT</t>
+  </si>
+  <si>
+    <t>29-0041</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг-LS (2:1)-8/4 белая (ролик 2,44м) REXANT</t>
+  </si>
+  <si>
+    <t>29-0004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг-LS (2:1)-3/1,5 красная (ролик 2,44м) REXANT</t>
+  </si>
+  <si>
+    <t>29-0014</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг-LS (2:1)-4/2 красная (ролик 2,44м) REXANT</t>
+  </si>
+  <si>
+    <t>29-0046</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг-LS (2:1)-8/4 черная (ролик 2,44м) REXANT</t>
+  </si>
+  <si>
+    <t>29-0024</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг-LS (2:1)-5/2,5 красная (ролик 2,44м) REXANT</t>
+  </si>
+  <si>
+    <t>29-0045</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг-LS (2:1)-8/4 синяя (ролик 2,44м) REXANT</t>
+  </si>
+  <si>
+    <t>29-0034</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг-LS (2:1)-6/3 красная (ролик 2,44м) REXANT</t>
+  </si>
+  <si>
+    <t>29-0005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг-LS (2:1)-3/1,5 синяя (ролик 2,44м) REXANT</t>
+  </si>
+  <si>
+    <t>29-0015</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг-LS (2:1)-4/2 синяя (ролик 2,44м) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.10 Термоусаживаемые трубки 2:1 двустенные с клеевым слоем</t>
+  </si>
+  <si>
+    <t>26-2101</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (2:1)-3,2/1,6 черная REXANT</t>
   </si>
   <si>
     <t>26-2102</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая СТТК (2:1) двустенная клеевая 4,8/2,4мм, черная, упаковка 10 шт. по 1м REXANT</t>
+    <t>Трубка термоусаживаемая клеевая ТТК (2:1)-4,8/2,4 черная REXANT</t>
   </si>
   <si>
     <t>26-2103</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая СТТК (2:1) двустенная клеевая 6,4/3,2мм, черная, упаковка 10 шт. по 1м REXANT</t>
+    <t>Трубка термоусаживаемая клеевая ТТК (2:1)-6,4/3,2 черная REXANT</t>
   </si>
   <si>
     <t>26-2104</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая СТТК (2:1) двустенная клеевая 9,5/4,75мм, черная, упаковка 10 шт. по 1м REXANT</t>
+    <t>Трубка термоусаживаемая клеевая ТТК (2:1)-9,5/4,8 черная REXANT</t>
+  </si>
+  <si>
+    <t>26-2105</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (2:1)-12,7/6,4 черная REXANT</t>
+  </si>
+  <si>
+    <t>26-2106</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая клеевая ТТК (2:1)-15,9/7,9 черная REXANT</t>
   </si>
   <si>
     <t>26-2107</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая СТТК (2:1) двустенная клеевая 19,1/9,55мм, черная, упаковка 10 шт. по 1м REXANT</t>
+    <t>Трубка термоусаживаемая клеевая ТТК (2:1)-19,1/9,5 черная REXANT</t>
   </si>
   <si>
     <t>26-2108</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая СТТК (2:1) двустенная клеевая 25,4/12,7мм, черная, упаковка 5 шт. по 1м REXANT</t>
+    <t>Трубка термоусаживаемая клеевая ТТК (2:1)-25,4/12,7 черная REXANT</t>
   </si>
   <si>
     <t>26-2109</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая СТТК (2:1) двустенная клеевая 38,1/19,05мм, черная, упаковка 4 шт. по 1м REXANT</t>
-[...17 lines deleted...]
-    <t>Трубка термоусаживаемая СТТК (2:1) двустенная клеевая 15,9/7,95мм, черная, упаковка 10 шт. по 1м REXANT</t>
+    <t>Трубка термоусаживаемая клеевая ТТК (2:1)-38,1/19,5 черная REXANT</t>
   </si>
   <si>
     <t>26-2110</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая СТТК (2:1) двустенная клеевая 50,8/25,4мм, черная, упаковка 2 шт. по 1м REXANT</t>
-[...404 lines deleted...]
-    <t>Трубка термоусаживаемая ТУТ нг 8,0/4,0мм, синяя, ролик 2,44м REXANT</t>
+    <t>Трубка термоусаживаемая клеевая ТТК (2:1)-50,8/25,4 черная REXANT</t>
   </si>
   <si>
     <t>1.1.11 Набор термоусаживаемых трубок с подавлением горения</t>
   </si>
   <si>
+    <t>29-0105</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №5 STANDARD ТУТ нг-LS (2:1) (упак. 18шт) REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>29-0131</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №1 ТУТ нг-LS (2:1) черный (упак. 305шт) REXANT</t>
+  </si>
+  <si>
+    <t>29-0152</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок ТУТ нг-LS (2:1)-3/1,5, пять цветов REXANT</t>
+  </si>
+  <si>
+    <t>29-0153</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок ТУТ нг-LS (2:1)-3,5/1,75, пять цветов REXANT</t>
+  </si>
+  <si>
+    <t>29-0156</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок ТУТ нг-LS (2:1)-6/3, пять цветов REXANT</t>
+  </si>
+  <si>
     <t>29-0160</t>
   </si>
   <si>
-    <t>Набор термоусаживаемых трубок ТУТ нг 10,0/5,0мм, пять цветов, упаковка 50 шт. по 1м REXANT</t>
-[...8 lines deleted...]
-    <t>Набор термоусаживаемых трубок ТУТ нг 3,5/1,75мм, пять цветов, упаковка 50 шт. по 1м REXANT</t>
+    <t>Набор термоусаживаемых трубок ТУТ нг-LS (2:1)-10/5, пять цветов REXANT</t>
   </si>
   <si>
     <t>29-0107</t>
   </si>
   <si>
-    <t>Набор термоусаживаемых трубок СТТК №7 GLUE 3:1, упаковка 7 шт. по 10 см REXANT</t>
+    <t>Набор термоусаживаемых трубок №7 GLUE ТТК (3:1) (упак. 7шт) REXANT</t>
+  </si>
+  <si>
+    <t>29-0155</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок ТУТ нг-LS (2:1)-5/2,5, пять цветов REXANT</t>
+  </si>
+  <si>
+    <t>29-0162</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок ТУТ нг-LS (2:1)-12/6, пять цветов REXANT</t>
+  </si>
+  <si>
+    <t>29-0165</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок ТУТ нг-LS (2:1)-15/7,5, пять цветов REXANT</t>
+  </si>
+  <si>
+    <t>29-0170</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок ТУТ нг-LS (2:1)-20/10, пять цветов REXANT</t>
+  </si>
+  <si>
+    <t>29-0115</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №15 ТУТ нг-LS (2:1)-6/3 (упак. 21шт) REXANT</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>29-0158</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок ТУТ нг-LS (2:1)-8/4, пять цветов REXANT</t>
+  </si>
+  <si>
+    <t>29-0175</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок ТУТ нг-LS (2:1)-25/12,5, пять цветов REXANT</t>
   </si>
   <si>
     <t>29-0154</t>
   </si>
   <si>
-    <t>Набор термоусаживаемых трубок ТУТ нг 4,0/2,0мм, пять цветов, упаковка 50 шт. по 1м REXANT</t>
-[...5 lines deleted...]
-    <t>Набор термоусаживаемых трубок ТУТ нг 5,0/2,5мм, пять цветов, упаковка 50 шт. по 1м REXANT</t>
+    <t>Набор термоусаживаемых трубок ТУТ нг-LS (2:1)-4/2, пять цветов REXANT</t>
+  </si>
+  <si>
+    <t>29-0151</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок ТУТ нг-LS (2:1)-2/1, пять цветов REXANT</t>
+  </si>
+  <si>
+    <t>29-0104</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №4 SMALL TUBE ТУТ нг-LS (2:1) (упак. 20шт) REXANT</t>
+  </si>
+  <si>
+    <t>29-0102</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №2 AUTO PLUS ТУТ нг-LS (2:1) (упак. 20шт) REXANT</t>
+  </si>
+  <si>
+    <t>29-0103</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №3 MULTICOLOR ТУТ нг-LS (2:1) (упак. 13шт) REXANT</t>
+  </si>
+  <si>
+    <t>29-0113</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №13 ТУТ нг-LS (2:1)-4/2 (упак. 21шт) REXANT</t>
+  </si>
+  <si>
+    <t>29-0114</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №14 ТУТ нг-LS (2:1)-5/2,5 (упак. 21шт) REXANT</t>
+  </si>
+  <si>
+    <t>29-0118</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №18 ТУТ нг-LS (2:1)-12/6 (упак. 21шт) REXANT</t>
+  </si>
+  <si>
+    <t>29-0119</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №19 ТУТ нг-LS (2:1)-15/7,5 (упак. 21шт) REXANT</t>
+  </si>
+  <si>
+    <t>29-0120</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №20 ТУТ нг-LS (2:1)-20/10 (упак. 21шт) REXANT</t>
+  </si>
+  <si>
+    <t>29-0121</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №21 ТУТ нг-LS (2:1)-25/12,5 (упак. 21шт) REXANT</t>
+  </si>
+  <si>
+    <t>29-0123</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №23 ТУТ нг-LS (2:1)-40/20 (упак. 21шт) REXANT</t>
   </si>
   <si>
     <t>29-0124</t>
   </si>
   <si>
-    <t>Набор термоусаживаемых трубок №24 ТУТ нг 50/25мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
-[...44 lines deleted...]
-    <t>Набор термоусаживаемых трубок ТУТ нг №3 MULTICOLOR 2:1, упаковка 13 шт. по 10 см REXANT</t>
+    <t>Набор термоусаживаемых трубок №24 ТУТ нг-LS (2:1)-50/25 (упак. 21шт) REXANT</t>
+  </si>
+  <si>
+    <t>29-0106</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №6 MAXIMUM ТУТ нг-LS (2:1) (упак. 14шт) REXANT</t>
+  </si>
+  <si>
+    <t>29-0111</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №11 ТУТ нг-LS (2:1)-2/1 (упак. 21шт) REXANT</t>
+  </si>
+  <si>
+    <t>29-0112</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №12 ТУТ нг-LS (2:1)-3/1,5 (упак. 21шт) REXANT</t>
+  </si>
+  <si>
+    <t>29-0117</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №17 ТУТ нг-LS (2:1)-10/5 (упак. 21шт) REXANT</t>
+  </si>
+  <si>
+    <t>29-0116</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №16 ТУТ нг-LS (2:1)-8/4 (упак. 21шт) REXANT</t>
+  </si>
+  <si>
+    <t>29-0133</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №3 ТУТ нг-LS (2:1) 4 цвета (упак. 288шт) REXANT</t>
+  </si>
+  <si>
+    <t>29-0122</t>
+  </si>
+  <si>
+    <t>Набор термоусаживаемых трубок №22 ТУТ нг-LS (2:1)-35/17,5 (упак. 21шт) REXANT</t>
   </si>
   <si>
     <t>29-0101</t>
   </si>
   <si>
-    <t>Набор термоусаживаемых трубок ТУТ нг №1 AUTO 2:1, упаковка 10 шт. по 10 см REXANT</t>
-[...5 lines deleted...]
-    <t>Набор №3 термоусаживаемых трубок ТУТ нг (2:1), 4 цвета, 288 шт., REXANT</t>
+    <t>Набор термоусаживаемых трубок №1 AUTO ТУТ нг-LS (2:1) (упак. 10шт) REXANT</t>
   </si>
   <si>
     <t>29-0132</t>
   </si>
   <si>
-    <t>Набор №2 термоусаживаемых трубок ТУТ нг (2:1), черный, 260 шт., REXANT</t>
-[...29 lines deleted...]
-    <t>Набор термоусаживаемых трубок ТУТ нг 20,0/10,0мм, пять цветов, упаковка 25 шт. по 1м REXANT</t>
+    <t>Набор термоусаживаемых трубок №2 ТУТ нг-LS (2:1) черный (упак. 260шт) REXANT</t>
   </si>
   <si>
     <t>29-0134</t>
   </si>
   <si>
-    <t>Набор №4 термоусаживаемых трубок СТТК (3:1) с клеевым слоем, 7 цветов, 126 шт., REXANT</t>
-[...89 lines deleted...]
-    <t>Набор термоусаживаемых трубок №18 ТУТ нг 12/6мм, 7 цветов (упак. 21 шт. по 10см) REXANT</t>
+    <t>Набор термоусаживаемых трубок №3 ТТК (3:1) (упак. 126шт) REXANT</t>
   </si>
   <si>
     <t>1.2 Термоусаживаемые ленты</t>
   </si>
   <si>
+    <t>48-9024</t>
+  </si>
+  <si>
+    <t>Термоусаживаемая лента клеевая ТЛК 25х1 красная (5м) REXANT</t>
+  </si>
+  <si>
+    <t>рулон</t>
+  </si>
+  <si>
     <t>48-9013</t>
   </si>
   <si>
-    <t>Термоусаживаемая лента с клеевым слоем 50х0,8 мм, зеленая, ролик 5м, ТЛ-0,8 REXANT</t>
-[...2 lines deleted...]
-    <t>рулон</t>
+    <t>Термоусаживаемая лента клеевая ТЛК 50х0,8 зеленая (5м) REXANT</t>
   </si>
   <si>
     <t>48-9006</t>
   </si>
   <si>
-    <t>Термоусаживаемая лента с клеевым слоем 25х0,8 мм, черная, ролик 5м, ТЛ-0,8 REXANT</t>
+    <t>Термоусаживаемая лента клеевая ТЛК 25х0,8 черная (5м) REXANT</t>
   </si>
   <si>
     <t>48-9014</t>
   </si>
   <si>
-    <t>Термоусаживаемая лента с клеевым слоем 50х0,8 мм, красная, ролик 5м, ТЛ-0,8 REXANT</t>
+    <t>Термоусаживаемая лента клеевая ТЛК 50х0,8 красная (5м) REXANT</t>
   </si>
   <si>
     <t>48-9026</t>
   </si>
   <si>
-    <t>Термоусаживаемая лента с клеевым слоем 25х1,0 мм, черная, ролик 5м, ТЛ-1,0 REXANT</t>
+    <t>Термоусаживаемая лента клеевая ТЛК 25х1 черная (5м) REXANT</t>
+  </si>
+  <si>
+    <t>48-9016</t>
+  </si>
+  <si>
+    <t>Термоусаживаемая лента клеевая ТЛК 50х0,8 черная (5м) REXANT</t>
   </si>
   <si>
     <t>48-9012</t>
   </si>
   <si>
-    <t>Термоусаживаемая лента с клеевым слоем 50х0,8 мм, желтая, ролик 5м, ТЛ-0,8 REXANT</t>
+    <t>Термоусаживаемая лента клеевая ТЛК 50х0,8 желтая (5м) REXANT</t>
   </si>
   <si>
     <t>48-9004</t>
   </si>
   <si>
-    <t>Термоусаживаемая лента с клеевым слоем 25х0,8 мм, красная, ролик 5м, ТЛ-0,8 REXANT</t>
-[...11 lines deleted...]
-    <t>Термоусаживаемая лента с клеевым слоем 50х0,8 мм, черная, ролик 5м, ТЛ-0,8 REXANT</t>
+    <t>Термоусаживаемая лента клеевая ТЛК 25х0,8 красная (5м) REXANT</t>
   </si>
   <si>
     <t>1.3 Термоусаживаемые перчатки и капы</t>
   </si>
   <si>
     <t>48-1012</t>
   </si>
   <si>
     <t>Термоусаживаемый колпак, капа 12,0 / 5,0 мм черный REXANT</t>
   </si>
   <si>
     <t>48-3110</t>
   </si>
   <si>
     <t>Термоусаживаемая перчатка на 3 жилы 110,0/54,0 мм черная REXANT</t>
   </si>
   <si>
-    <t>48-1016</t>
-[...2 lines deleted...]
-    <t>Термоусаживаемый колпак, (капа) 16,0/8,5 мм черный REXANT</t>
+    <t>48-4090</t>
+  </si>
+  <si>
+    <t>Термоусаживаемая перчатка на 4 жилы 90,0/45,0 мм черная REXANT</t>
+  </si>
+  <si>
+    <t>48-1120</t>
+  </si>
+  <si>
+    <t>Термоусаживаемый колпак, (капа) 120,0/57,0 мм черный REXANT</t>
   </si>
   <si>
     <t>48-3087</t>
   </si>
   <si>
     <t>Термоусаживаемая перчатка на 3 жилы 87,0/46,0 мм черная REXANT</t>
   </si>
   <si>
-    <t>48-4090</t>
-[...16 lines deleted...]
-  <si>
     <t>1.4 Изолента ПВХ</t>
   </si>
   <si>
     <t>1.4.1 Изолента KRANZ</t>
   </si>
   <si>
     <t>KR-09-2001</t>
   </si>
   <si>
     <t>Изолента ПВХ 0,13х15мм, 10м, белая KRANZ</t>
   </si>
   <si>
+    <t>KR-09-2002</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ 0,13х15мм, 10м, желтая KRANZ</t>
+  </si>
+  <si>
     <t>KR-09-2003</t>
   </si>
   <si>
     <t>Изолента ПВХ 0,13х15мм, 10м, зеленая KRANZ</t>
   </si>
   <si>
+    <t>KR-09-2005</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ 0,13х15мм, 10м, синяя KRANZ</t>
+  </si>
+  <si>
     <t>KR-09-2601</t>
   </si>
   <si>
     <t>Изолента ПВХ 0,13х15мм, 20м, белая KRANZ</t>
   </si>
   <si>
+    <t>KR-09-2602</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ 0,13х15мм, 20м, желтая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2604</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ 0,13х15мм, 20м, красная KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2605</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Изолента ПВХ 0,13х15мм, 20м, синяя KRANZ </t>
+  </si>
+  <si>
+    <t>KR-09-2606</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ 0,13х15мм, 20м, черная KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2101</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ 0,13х15мм, 25м, белая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2107</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ 0,13х15мм, 25м, желто-зеленая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2103</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ 0,13х15мм, 25м, зеленая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2105</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ 0,13х15мм, 25м, синяя KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2106</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ 0,13х15мм, 25м, черная KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2202</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ 0,13х19мм, 25м, желтая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2207</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ 0,13х19мм, 25м, желто-зеленая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2203</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ 0,13х19мм, 25м, зеленая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2208</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ 0,13х19мм, 25м, серая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2205</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ 0,13х19мм, 25м, синяя KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2011</t>
+  </si>
+  <si>
+    <t>Набор изоляционных лент «АВТО» 4 цвета KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2010-E</t>
+  </si>
+  <si>
+    <t>Набор изоляционных лент 0,13х15мм, 10м, 7 цветов KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2204</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ 0,13х19мм, 25м, красная KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2206</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ 0,13х19мм, 25м, черная KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2201</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ 0,13х19мм, 25м, белая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2007</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ 0,13х15мм, 10м, желто-зеленая KRANZ</t>
+  </si>
+  <si>
     <t>KR-09-2004</t>
   </si>
   <si>
     <t>Изолента ПВХ 0,13х15мм, 10м, красная KRANZ</t>
   </si>
   <si>
+    <t>KR-09-2603</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ 0,13х15мм, 20м, зеленая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2102</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ 0,13х15 мм, 25 м, желтая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2104</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ 0,13х15мм, 25м, красная KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2108</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ 0,13х15мм, 25м, серая KRANZ</t>
+  </si>
+  <si>
     <t>KR-09-2006</t>
   </si>
   <si>
     <t>Изолента ПВХ 0,13х15мм, 10м, черная KRANZ</t>
   </si>
   <si>
-    <t>KR-09-2602</t>
-[...154 lines deleted...]
-  <si>
     <t>1.4.2 Изолента профессиональная KRANZ</t>
   </si>
   <si>
+    <t>KR-09-2802</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ профессиональная, 0,18х19мм, 20м, желтая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2803</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ профессиональная, 0,18х19мм, 20м, зеленая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2805</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ профессиональная, 0,18х19мм, 20м, синяя KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2801</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ профессиональная, 0,18х19мм, 20м, белая KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2806</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ профессиональная, 0,18х19мм, 20м, черная KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2808</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ профессиональная, 0,18х19мм, 20м, серая KRANZ</t>
+  </si>
+  <si>
     <t>KR-09-2807</t>
   </si>
   <si>
     <t>Изолента ПВХ профессиональная, 0,18х19мм, 20м, желто-зеленая KRANZ</t>
   </si>
   <si>
-    <t>KR-09-2803</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-09-2804</t>
   </si>
   <si>
     <t>Изолента ПВХ профессиональная, 0,18х19мм х 20м, красная KRANZ</t>
   </si>
   <si>
-    <t>KR-09-2805</t>
-[...26 lines deleted...]
-    <t>Изолента ПВХ профессиональная, 0,18х19мм, 20м, черная KRANZ</t>
+    <t>KR-09-2826</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ профессиональная, морозостойкая 0,18х19мм, 20м, черная KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2816</t>
+  </si>
+  <si>
+    <t>Изолента ПВХ профессиональная, термостойкая 0,18х19мм, 20м, черная KRANZ</t>
   </si>
   <si>
     <t>1.5 Изолента х/б</t>
   </si>
   <si>
     <t>09-2409-4</t>
   </si>
   <si>
     <t>Изолента ХБ 18х0,35 мм (ролик 11,3 м/80 г) (2-ПОЛ) PROconnect</t>
   </si>
   <si>
+    <t>09-2411-4</t>
+  </si>
+  <si>
+    <t>Изолента ХБ 18х0,35 мм (ролик 16,4 м/110 г) (2-ПОЛ) PROconnect</t>
+  </si>
+  <si>
     <t>09-2421-4</t>
   </si>
   <si>
     <t>Изолента ХБ 18х0,35 мм (ролик 31,9 м/200 г) (2-ПОЛ) PROconnect</t>
   </si>
   <si>
-    <t>09-2411-4</t>
-[...2 lines deleted...]
-    <t>Изолента ХБ 18х0,35 мм (ролик 16,4 м/110 г) (2-ПОЛ) PROconnect</t>
+    <t>09-2406</t>
+  </si>
+  <si>
+    <t>Изолента х/б 15х0,35 мм (ролик 20 м/200 г) (1-ПОЛ) REXANT</t>
+  </si>
+  <si>
+    <t>09-2401</t>
+  </si>
+  <si>
+    <t>Изолента х/б 18х0,35 мм (ролик 15 м/180 г) (1-ПОЛ) REXANT</t>
+  </si>
+  <si>
+    <t>09-2402</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Изолента х/б 20х0,35 мм (ролик 16,7 м/200 г) (1-ПОЛ) REXANT </t>
+  </si>
+  <si>
+    <t>09-2404</t>
+  </si>
+  <si>
+    <t>Изолента х/б 20х0,35 мм (ролик 8,3 м/110 г) (1-ПОЛ) REXANT</t>
+  </si>
+  <si>
+    <t>09-2403</t>
+  </si>
+  <si>
+    <t>Изолента х/б 20х0,35 мм (ролик 6,7 м/80 г) (1-ПОЛ) REXANT</t>
+  </si>
+  <si>
+    <t>09-2407</t>
+  </si>
+  <si>
+    <t>Изолента х/б 15х0,35 мм (ролик 30 м/300 г) (1-ПОЛ) REXANT</t>
   </si>
   <si>
     <t>09-2412</t>
   </si>
   <si>
     <t>Изолента х/б 15х0,35 мм (ролик 50 м/500 г) (1-ПОЛ) REXANT</t>
   </si>
   <si>
-    <t>09-2401</t>
-[...28 lines deleted...]
-  <si>
     <t>09-2405</t>
   </si>
   <si>
     <t>Изолента х/б 15х0,35 мм (ролик 10 м/100 г) (1-ПОЛ) REXANT</t>
   </si>
   <si>
-    <t>09-2406</t>
-[...4 lines deleted...]
-  <si>
     <t>1.6 Ленты специальные</t>
   </si>
   <si>
+    <t>19-3235</t>
+  </si>
+  <si>
+    <t>Лента оградительная 75 мм х 250 м, бело-красная PROconnect</t>
+  </si>
+  <si>
     <t>19-3136</t>
   </si>
   <si>
-    <t>Лента оградительная 75 мм х 50 м PROconnect, цвет белый/красный</t>
+    <t>Лента оградительная 75 мм х 50 м, бело-красная PROconnect</t>
   </si>
   <si>
     <t>19-3135</t>
   </si>
   <si>
-    <t>Лента оградительная 75 мм х 100 м PROconnect, цвет белый/красный</t>
-[...5 lines deleted...]
-    <t>Лента оградительная 75 мм х 250 м PROconnect, цвет белый/красный</t>
+    <t>Лента оградительная 75 мм х 100 м, бело-красная PROconnect</t>
+  </si>
+  <si>
+    <t>KR-09-2906-1</t>
+  </si>
+  <si>
+    <t>Изолента автомобильная флис, 0.3х25 мм, 15 м KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2916-1</t>
+  </si>
+  <si>
+    <t>Изолента автомобильная KRANZ полиэстер, 0.17х25 мм, 25 м</t>
+  </si>
+  <si>
+    <t>KR-09-2916</t>
+  </si>
+  <si>
+    <t>Изолента автомобильная KRANZ полиэстер, 0.17х19 мм, 25 м</t>
+  </si>
+  <si>
+    <t>KR-09-2513</t>
+  </si>
+  <si>
+    <t>Изолента высоковольтная KRANZ самослипающаяся, до 25кВ, 0.8х20 мм, 10 м</t>
+  </si>
+  <si>
+    <t>KR-09-2510</t>
+  </si>
+  <si>
+    <t>Изолента высоковольтная самослипающаяся, до 10кВ, 0.76х25 мм, 5 м  KRANZ</t>
+  </si>
+  <si>
+    <t>KR-09-2512</t>
+  </si>
+  <si>
+    <t>Изолента высоковольтная KRANZ самослипающаяся, до 25кВ, 0.8х15 мм, 5 м</t>
+  </si>
+  <si>
+    <t>KR-09-2511</t>
+  </si>
+  <si>
+    <t>Изолента высоковольтная самослипающаяся, до 1кВ, 0.76х25 мм, 5 м KRANZ</t>
   </si>
   <si>
     <t>KR-09-2906</t>
   </si>
   <si>
-    <t>Изолента автомобильная KRANZ флис, 0.3х19 мм, 15 м</t>
-[...41 lines deleted...]
-    <t>Изолента высоковольтная KRANZ самослипающаяся, до 25кВ, 0.8х15 мм, 5 м</t>
+    <t>Изолента автомобильная флис, 0,3х19 мм, 15 м KRANZ</t>
+  </si>
+  <si>
+    <t>19-3040</t>
+  </si>
+  <si>
+    <t>Лента сигнальная «Опасно ГАЗ» 200 мм х 100 м, желто-красная REXANT</t>
+  </si>
+  <si>
+    <t>19-3021</t>
+  </si>
+  <si>
+    <t>Лента сигнальная «Осторожно оптический кабель» 70 мм х 500 м, желто-черная REXANT</t>
+  </si>
+  <si>
+    <t>19-3025</t>
+  </si>
+  <si>
+    <t>Лента сигнальная «Осторожно кабель» 250 мм х 100 м, красно-черная REXANT</t>
+  </si>
+  <si>
+    <t>19-3250</t>
+  </si>
+  <si>
+    <t>Лента оградительная 75 мм х 250 м, бело-красная REXANT</t>
+  </si>
+  <si>
+    <t>19-3045</t>
+  </si>
+  <si>
+    <t>Лента сигнальная «Осторожно кабель» 450 мм х 100 м, красно-черная REXANT</t>
+  </si>
+  <si>
+    <t>19-3019</t>
+  </si>
+  <si>
+    <t>Лента сигнальная «Не копать, ниже кабель!» 100 мм х 250 м, оранжево-черная REXANT</t>
+  </si>
+  <si>
+    <t>19-3024</t>
+  </si>
+  <si>
+    <t>Лента сигнальная «Внимание! Канализация» 200 мм х 250 м, бело-черная REXANT</t>
+  </si>
+  <si>
+    <t>19-3016</t>
+  </si>
+  <si>
+    <t>Лента сигнальная «Не копать, ниже кабель!» 40 мм х 250 м, оранжево-черная REXANT</t>
+  </si>
+  <si>
+    <t>19-3060</t>
+  </si>
+  <si>
+    <t>Лента сигнальная «Осторожно кабель» 600 мм х 100 м, красно-черная REXANT</t>
+  </si>
+  <si>
+    <t>19-3020</t>
+  </si>
+  <si>
+    <t>Лента сигнальная «Осторожно оптический кабель» 40 мм х 500 м, желто-черная REXANT</t>
+  </si>
+  <si>
+    <t>19-3015</t>
+  </si>
+  <si>
+    <t>Лента сигнальная «Осторожно кабель» 150 мм х 100 м, красно-черная REXANT</t>
+  </si>
+  <si>
+    <t>19-3027</t>
+  </si>
+  <si>
+    <t>Лента оградительная «Опасная зона» 75 мм х 250 м, бело-красная REXANT</t>
   </si>
   <si>
     <t>19-3022</t>
   </si>
   <si>
-    <t>Лента сигнальная «Внимание! Водопровод» 200 мм х 250 м REXANT, цвет белый/синий</t>
-[...23 lines deleted...]
-    <t>Лента оградительная «Опасная зона» 75 мм х 250 м REXANT, цвет белый/красный</t>
+    <t>Лента сигнальная «Внимание! Водопровод» 200 мм х 250 м, бело-синяя REXANT</t>
+  </si>
+  <si>
+    <t>19-3017</t>
+  </si>
+  <si>
+    <t>Лента сигнальная «Не копать, ниже кабель!» 50 мм х 250 м, оранжево-черная REXANT</t>
+  </si>
+  <si>
+    <t>19-3150</t>
+  </si>
+  <si>
+    <t>Лента оградительная 75 мм х 100 м, бело-красная REXANT</t>
+  </si>
+  <si>
+    <t>19-3023</t>
+  </si>
+  <si>
+    <t>Лента сигнальная «Внимание! Теплосеть» 200 мм х 250 м, бело-красная REXANT</t>
+  </si>
+  <si>
+    <t>19-3030</t>
+  </si>
+  <si>
+    <t>Лента сигнальная «Осторожно кабель» 300 мм х 100 м, красно-черная REXANT</t>
   </si>
   <si>
     <t>19-3018</t>
   </si>
   <si>
-    <t>Лента сигнальная «Не копать, ниже кабель!» 75 мм х 250 м REXANT, цвет оранжевый/черный</t>
-[...71 lines deleted...]
-    <t>Лента сигнальная «Внимание! Теплосеть» 200 мм х 250 м REXANT, цвет белый/красный</t>
+    <t>Лента сигнальная «Не копать, ниже кабель!» 75 мм х 250 м, оранжево-черная REXANT</t>
   </si>
   <si>
     <t>19-3026</t>
   </si>
   <si>
-    <t>Лента оградительная «Проход запрещен» 75 мм х 250 м REXANT, цвет белый/красный</t>
+    <t>Лента оградительная «Проход запрещен» 75 мм х 250 м, бело-красная REXANT</t>
   </si>
   <si>
     <t>1.7 Трубка ТВ-40 (кембрик) ПВХ</t>
   </si>
   <si>
     <t>49-5001-1</t>
   </si>
   <si>
     <t>Трубка кембрик ТВ-40 ПВХ черный, Ø 1,5 мм REXANT</t>
   </si>
   <si>
+    <t>49-5003-1</t>
+  </si>
+  <si>
+    <t>Трубка кембрик ТВ-40 ПВХ черный, Ø 3 мм REXANT</t>
+  </si>
+  <si>
     <t>49-5004-1</t>
   </si>
   <si>
     <t>Трубка кембрик ТВ-40 ПВХ черный, Ø 4 мм REXANT</t>
   </si>
   <si>
+    <t>49-5006-1</t>
+  </si>
+  <si>
+    <t>Трубка кембрик ТВ-40 ПВХ черный, Ø 6 мм REXANT</t>
+  </si>
+  <si>
+    <t>49-5008-1</t>
+  </si>
+  <si>
+    <t>Трубка кембрик ТВ-40 ПВХ черный, Ø 8 мм REXANT</t>
+  </si>
+  <si>
+    <t>49-5010-1</t>
+  </si>
+  <si>
+    <t>Трубка кембрик ТВ-40 ПВХ черный, Ø 10 мм REXANT</t>
+  </si>
+  <si>
+    <t>49-5011-1</t>
+  </si>
+  <si>
+    <t>Трубка кембрик ТВ-40 ПВХ черный, Ø 12 мм REXANT</t>
+  </si>
+  <si>
+    <t>49-5013-1</t>
+  </si>
+  <si>
+    <t>Трубка кембрик ТВ-40 ПВХ черный, Ø 16 мм REXANT</t>
+  </si>
+  <si>
+    <t>49-5016</t>
+  </si>
+  <si>
+    <t>Трубка кембрик ТВ-40 ПВХ белый, Ø22 мм REXANT</t>
+  </si>
+  <si>
+    <t>49-5017</t>
+  </si>
+  <si>
+    <t>Трубка кембрик ТВ-40 ПВХ белый, Ø25 мм REXANT</t>
+  </si>
+  <si>
+    <t>49-5001</t>
+  </si>
+  <si>
+    <t>Трубка, кембрик ТВ-40 ПВХ белый, Ø1,5 мм, REXANT</t>
+  </si>
+  <si>
+    <t>49-5002</t>
+  </si>
+  <si>
+    <t>Трубка, кембрик ТВ-40 ПВХ белый, Ø2 мм,  REXANT</t>
+  </si>
+  <si>
+    <t>49-5003</t>
+  </si>
+  <si>
+    <t>Трубка, кембрик ТВ-40 ПВХ белый, Ø3 мм, REXANT</t>
+  </si>
+  <si>
+    <t>49-5004</t>
+  </si>
+  <si>
+    <t>Трубка кембрик ТВ-40 ПВХ белый, Ø4 мм REXANT</t>
+  </si>
+  <si>
+    <t>49-5005</t>
+  </si>
+  <si>
+    <t>Трубка кембрик ТВ-40 ПВХ белый, Ø5 мм REXANT</t>
+  </si>
+  <si>
+    <t>49-5006</t>
+  </si>
+  <si>
+    <t>Трубка кембрик ТВ-40 ПВХ белый, Ø6 мм REXANT</t>
+  </si>
+  <si>
+    <t>49-5007</t>
+  </si>
+  <si>
+    <t>Трубка кембрик ТВ-40 ПВХ белый, Ø7 мм REXANT</t>
+  </si>
+  <si>
+    <t>49-5008</t>
+  </si>
+  <si>
+    <t>Трубка кембрик ТВ-40 ПВХ белый, Ø8 мм REXANT</t>
+  </si>
+  <si>
+    <t>49-5009</t>
+  </si>
+  <si>
+    <t>Трубка кембрик ТВ-40 ПВХ белый, Ø9 мм REXANT</t>
+  </si>
+  <si>
+    <t>49-5011</t>
+  </si>
+  <si>
+    <t>Трубка кембрик ТВ-40 ПВХ белый, Ø12 мм REXANT</t>
+  </si>
+  <si>
+    <t>49-5013</t>
+  </si>
+  <si>
+    <t>Трубка кембрик ТВ-40 ПВХ белый, Ø16 мм REXANT</t>
+  </si>
+  <si>
+    <t>49-5014</t>
+  </si>
+  <si>
+    <t>Трубка кембрик ТВ-40 ПВХ белый, Ø18 мм REXANT</t>
+  </si>
+  <si>
+    <t>49-5018</t>
+  </si>
+  <si>
+    <t>Трубка кембрик ТВ-40 ПВХ белый, Ø30 мм REXANT</t>
+  </si>
+  <si>
+    <t>49-5005-1</t>
+  </si>
+  <si>
+    <t>Трубка кембрик ТВ-40 ПВХ черный, Ø 5 мм REXANT</t>
+  </si>
+  <si>
     <t>49-5002-1</t>
   </si>
   <si>
     <t>Трубка кембрик ТВ-40 ПВХ черный, Ø 2 мм REXANT</t>
   </si>
   <si>
+    <t>49-5007-1</t>
+  </si>
+  <si>
+    <t>Трубка кембрик ТВ-40 ПВХ черный, Ø 7 мм REXANT</t>
+  </si>
+  <si>
     <t>49-5012-1</t>
   </si>
   <si>
     <t>Трубка кембрик ТВ-40 ПВХ черный, Ø 14 мм REXANT</t>
   </si>
   <si>
-    <t>49-5008-1</t>
-[...80 lines deleted...]
-    <t>Трубка кембрик ТВ-40 ПВХ белый, Ø16 мм REXANT</t>
+    <t>49-5010</t>
+  </si>
+  <si>
+    <t>Трубка кембрик ТВ-40 ПВХ белый, Ø10 мм REXANT</t>
   </si>
   <si>
     <t>49-5012</t>
   </si>
   <si>
     <t>Трубка кембрик ТВ-40 ПВХ белый, Ø14 мм REXANT</t>
-  </si>
-[...58 lines deleted...]
-    <t>Трубка кембрик ТВ-40 ПВХ белый, Ø12 мм REXANT</t>
   </si>
   <si>
     <t>49-5015</t>
   </si>
   <si>
     <t>Трубка кембрик ТВ-40 ПВХ белый, Ø20 мм REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -3708,56 +3708,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-13-0-6-5mm-prozrachnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-25-0-12-5mm-prozrachnaya-upakovka-10-sht-po-1-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-5-0-2-5mm-prozrachnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-15-0-7-5mm-prozrachnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-3-0-1-5mm-prozrachnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-4-0-2-0mm-prozrachnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-8-0-4-0mm-prozrachnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-6-0-3-0mm-prozrachnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-3-5-1-75mm-prozrachnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-10-0-5-0mm-prozrachnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-20-0-10-0mm-prozrachnaya-upakovka-10-sht-po-1-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-8-0-4-0mm-sinyaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-4-0-2-0mm-krasnaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-4-0-2-0mm-zheltaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-12-0-6-0mm-zelenaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-12-0-6-0mm-belaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-4-0-2-0mm-belaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-20-0-10-0mm-chernaya-upakovka-10-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-20-0-10-0mm-belaya-upakovka-10-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-20-0-10-0mm-sinyaya-upakovka-10-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-20-0-10-0mm-krasnaya-upakovka-10-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-25-0-12-5mm-zheltaya-upakovka-10-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-25-0-12-5mm-sinyaya-upakovka-10-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-25-0-12-5mm-belaya-upakovka-10-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-30-0-15-0mm-chernaya-upakovka-10-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-40-0-20-0mm-chernaya-upakovka-10-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-40-0-20-0mm-krasnaya-upakovka-10-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-30-0-15-0mm-zheltaya-upakovka-10-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-40-0-20-0mm-belaya-upakovka-10-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-2-0-1-0mm-krasnaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-2-0-1-0mm-belaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-4-0-2-0mm-zelenaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-10-0-5-0mm-belaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-20-0-10-0mm-zheltaya-upakovka-10-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-20-0-10-0mm-zhelto-zelenaya-upakovka-10-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-25-0-12-5mm-krasnaya-upakovka-10-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-25-0-12-5mm-zelenaya-upakovka-10-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-30-0-15-0mm-krasnaya-upakovka-10-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-50-0-25-0mm-chernaya-upakovka-10-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-5-0-2-5mm-belaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-3-0-1-5mm-krasnaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-5-0-2-5mm-sinyaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-5-0-2-5mm-chernaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-5-0-2-5mm-zheltaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-15-0-7-5mm-belaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-15-0-7-5mm-sinyaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-15-0-7-5mm-krasnaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-15-0-7-5mm-zelenaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-18-0-9-0mm-belaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-18-0-9-0mm-zheltaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-18-0-9-0mm-sinyaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-18-0-9-0mm-chernaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-2-0-1-0mm-sinyaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-6-0-3-0mm-chernaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-6-0-3-0mm-sinyaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-6-0-3-0mm-belaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-8-0-4-0mm-chernaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-8-0-4-0mm-zelenaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-8-0-4-0mm-krasnaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-10-0-5-0mm-zheltaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-10-0-5-0mm-sinyaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-12-0-6-0mm-chernaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-12-0-6-0mm-zheltaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-16-0-8-0mm-chernaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-16-0-8-0mm-krasnaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-50-0-25-0mm-krasnaya-upakovka-10-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-50-0-25-0mm-belaya-upakovka-10-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-60-0-30-0mm-sinyaya-upakovka-10-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-60-0-30-0mm-zelenaya-upakovka-10-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-4-0-2-0mm-chernaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-6-0-3-0mm-zelenaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-8-0-4-0mm-zheltaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-10-0-5-0mm-zelenaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-12-0-6-0mm-sinyaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-20-0-10-0mm-zelenaya-upakovka-10-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-60-0-30-0mm-zhelto-zelenaya-upakovka-10-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-14-0-7-0mm-zheltaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-15-0-7-5mm-zheltaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-3-0-1-5mm-chernaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-3-0-1-5mm-belaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-3-0-1-5mm-zelenaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-5-0-2-5mm-zelenaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-15-0-7-5mm-chernaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-18-0-9-0mm-zelenaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-18-0-9-0mm-krasnaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-60-0-30-0mm-belaya-upakovka-10-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-10-0-5-0mm-chernaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-60-0-30-0mm-krasnaya-upakovka-10-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-12-0-6-0mm-krasnaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-2-0-1-0mm-zelenaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-8-0-4-0mm-belaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-60-0-30-0mm-zheltaya-upakovka-10-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-10-0-5-0mm-krasnaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-2-0-1-0mm-chernaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-30-0-15-0mm-belaya-upakovka-10-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-4-0-2-0mm-sinyaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-60-0-30-0mm-chernaya-upakovka-10-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-6-0-3-0mm-krasnaya-upakovka-50-sht-po-1m-proconnect.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-50-0-25-0mm-krasnaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-60-0-30-0mm-zelenaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-0-0-5mm-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-13-0-6-5mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-seraya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-7-0-3-5mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-5-1-75mm-chernaya-upak-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-13-0-6-5mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-30-0-15-0mm-chernaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-5-0-75mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-chernaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-40-0-20-0mm-belaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-50-0-25-0mm-chernaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-5-1-25mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-35-0-17-5mm-chernaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-5-1-25mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-seraya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-5-0-75mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-7-0-3-5mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-35-0-17-5mm-krasnaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-5-0-75mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-40-0-20-0mm-chernaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-0-0-5mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-19-0-9-5mm-zheltaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-seraya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-seraya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-seraya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-seraya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-7-0-3-5mm-seraya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-seraya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-seraya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-seraya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-seraya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-60-0-30-0mm-zheltaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-60-0-30-0mm-krasnaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-40-0-20-0mm-krasnaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-seraya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-60-0-30-0mm-belaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-5-1-75mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-belaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-19-0-9-5mm-zelenaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-7-0-3-5mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-7-0-3-5mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-5-1-75mm-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-13-0-6-5mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-18-0-9-0mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-5-0-75mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-zheltaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-22-0-11-0mm-zelenaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-50-0-25-0mm-zelenaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-zelenyy-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-22-0-11-0mm-chernaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-80-0-40-0mm-chernaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-100-0-50-0mm-chernaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-19-0-9-5mm-krasnaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-13-0-6-5mm-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-50-0-25-0mm-zhelto-zelenaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-40-0-20-0mm-zhelto-zelenaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-60-0-30-0mm-chernaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-19-0-9-5mm-belaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-35-0-17-5mm-zhelto-zelenaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-40-0-20-0mm-sinyaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-0-0-5mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-22-0-11-0mm-zheltaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-30-0-15-0mm-belaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-0-0-5mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-krasnaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-35-0-17-5mm-sinyaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-9-0-4-5mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-7-0-3-5mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-30-0-15-0mm-krasnaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-9-0-4-5mm-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-35-0-17-5mm-zelenaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-9-0-4-5mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-zhelto-zelenaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-5-1-75mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-0-0-5mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-belaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-40-0-20-0mm-zelenaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-30-0-15-0mm-zheltaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-50-0-25-0mm-sinyaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-krasnaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-7-0-3-5mm-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-5-0-75mm-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-35-0-17-5mm-zheltaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-5-0-75mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-chernyy-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-5-1-25mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-5-1-25mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-5-1-75mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-5-1-25mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-50-0-25-0mm-zheltaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-9-0-4-5mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-19-0-9-5mm-chernaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-sinyaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-zhelto-zelenaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-30-0-15-0mm-sinyaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-40-0-20-0mm-zheltaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-zelenaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-5-1-75mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-zelenaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-30-0-15-0mm-zelenaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-18-0-9-0mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-5-0-75mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-30-0-15-0mm-zhelto-zelenaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-9-0-4-5mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-35-0-17-5mm-belaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-120-0-60-0mm-chernaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-13-0-6-5mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-5-1-25mm-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-zheltaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-9-0-4-5mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-13-0-6-5mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-0-0-5mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-22-0-11-0mm-belaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-50-0-25-0mm-belaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-22-0-11-0mm-krasnaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-sinyaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-chernaya-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-krasnaya-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-chernaya-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-chernaya-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-krasnaya-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-chernaya-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-chernaya-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-chernaya-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-chernaya-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-chernaya-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-chernaya-buhta-200m-rexant.html" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-krasnaya-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-krasnaya-buhta-100m-rexant.html" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-2-1-dvustennaya-kleevaya-4-8-2-4mm-chernaya-upakovka-10-sht-po-1m-rex.html" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-2-1-dvustennaya-kleevaya-6-4-3-2mm-chernaya-upakovka-10-sht-po-1m-rex.html" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-2-1-dvustennaya-kleevaya-9-5-4-75mm-chernaya-upakovka-10-sht-po-1m-re.html" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-2-1-dvustennaya-kleevaya-19-1-9-55mm-chernaya-upakovka-10-sht-po-1m-r.html" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-2-1-dvustennaya-kleevaya-25-4-12-7mm-chernaya-upakovka-5-sht-po-1m-re.html" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-2-1-dvustennaya-kleevaya-38-1-19-05mm-chernaya-upakovka-4-sht-po-1m-r.html" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-2-1-dvustennaya-kleevaya-12-7-6-35mm-chernaya-upakovka-10-sht-po-1m-r.html" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-2-1-dvustennaya-kleevaya-3-2-1-6mm-chernaya-upakovka-10-sht-po-1m-rex.html" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-2-1-dvustennaya-kleevaya-15-9-7-95mm-chernaya-upakovka-10-sht-po-1m-r.html" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-2-1-dvustennaya-kleevaya-50-8-25-4mm-chernaya-upakovka-2-sht-po-1m-re.html" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-3-1-dvustennaya-kleevaya-9-0-3-0mm-chernaya-upakovka-10-sht-po-1m-rex.html" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-3-1-dvustennaya-kleevaya-24-0-8-0mm-chernaya-upakovka-5-sht-po-1m-rex.html" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-3-1-dvustennaya-kleevaya-24-0-8-0mm-prozrachnaya-upakovka-5-sht-po-1m.html" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-3-1-dvustennaya-kleevaya-4-8-1-6mm-krasnaya-upakovka-10-sht-po-1m-rex.html" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-3-1-dvustennaya-kleevaya-18-0-6-0mm-prozrachnaya-upakovka-10-sht-po-1.html" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-3-1-dvustennaya-kleevaya-3-0-1-0mm-prozrachnaya-upakovka-10-sht-po-1m.html" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-3-1-dvustennaya-kleevaya-3-0-1-0mm-chernaya-upakovka-10-sht-po-1m-rex.html" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-3-1-dvustennaya-kleevaya-18-0-6-0mm-chernaya-upakovka-10-sht-po-1m-re.html" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-3-1-dvustennaya-kleevaya-6-0-2-0mm-krasnaya-upakovka-10-sht-po-1m-rex.html" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-3-1-dvustennaya-kleevaya-4-8-1-6mm-chernaya-upakovka-10-sht-po-1m-rex.html" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-3-1-dvustennaya-kleevaya-12-0-4-0mm-chernaya-upakovka-10-sht-po-1m-re.html" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-3-1-dvustennaya-kleevaya-4-8-1-6mm-prozrachnaya-upakovka-10-sht-po-1m.html" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-3-1-dvustennaya-kleevaya-12-0-4-0mm-prozrachnaya-upakovka-10-sht-po-1.html" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-3-1-dvustennaya-kleevaya-3-0-1-0mm-krasnaya-upakovka-10-sht-po-1m-rex.html" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-3-1-dvustennaya-kleevaya-6-0-2-0mm-chernaya-upakovka-10-sht-po-1m-rex.html" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-3-1-dvustennaya-kleevaya-9-0-3-0mm-prozrachnaya-upakovka-10-sht-po-1m.html" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-3-1-dvustennaya-kleevaya-6-0-2-0mm-prozrachnaya-upakovka-10-sht-po-1m.html" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-3-1-dvustennaya-kleevaya-9-0-3-0mm-krasnaya-upakovka-10-sht-po-1m-rex.html" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-3-1-dvustennaya-kleevaya-12-0-4-0mm-krasnaya-upakovka-10-sht-po-1m-re.html" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-3-1-dvustennaya-kleevaya-18-0-6-0mm-krasnaya-upakovka-10-sht-po-1m-re.html" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-3-1-dvustennaya-kleevaya-24-0-8-0mm-krasnaya-upakovka-5-sht-po-1m-rex.html" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-3-4-1-srednestennaya-kleevaya-33-0-8-0mm-chernaya-upakovka-4-sht-po-1.html" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-3-4-1-srednestennaya-kleevaya-95-0-29-0mm-chernaya-upakovka-2-sht-po-.html" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-3-4-1-srednestennaya-kleevaya-160-0-50-0mm-chernaya-upakovka-1-sht-po.html" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-3-4-1-srednestennaya-kleevaya-180-0-58-0mm-chernaya-upakovka-1-sht-po.html" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-3-4-1-srednestennaya-kleevaya-55-0-16-0mm-chernaya-upakovka-2-sht-po-.html" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-3-4-1-srednestennaya-kleevaya-75-0-22-0mm-chernaya-upakovka-2-sht-po-.html" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-4-1-dvustennaya-kleevaya-24-0-6-0mm-chernaya-upakovka-20-sht-po-1m-re.html" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-4-1-dvustennaya-kleevaya-16-0-4-0mm-chernaya-upakovka-10-sht-po-1m-re.html" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-4-1-dvustennaya-kleevaya-52-0-13-0mm-chernaya-upakovka-2-sht-po-1m-re.html" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-4-1-dvustennaya-kleevaya-8-0-2-0mm-chernaya-upakovka-10-sht-po-1m-rex.html" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-4-1-dvustennaya-kleevaya-4-0-1-0mm-chernaya-upakovka-10-sht-po-1m-rex.html" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-4-1-dvustennaya-kleevaya-12-0-3-0mm-chernaya-upakovka-10-sht-po-1m-re.html" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-4-1-dvustennaya-kleevaya-6-0-1-5mm-chernaya-upakovka-10-sht-po-1m-rex.html" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-4-1-dvustennaya-kleevaya-32-0-8-0mm-chernaya-upakovka-5-sht-po-1m-rex.html" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-6-1-kleevaya-19-0-3-2mm-chernaya-upakovka-4-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-6-1-kleevaya-33-0-5-5mm-chernaya-upakovka-2-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-6-1-kleevaya-51-0-8-5mm-chernaya-upakovka-2-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-6-1-kleevaya-70-0-12-0mm-chernaya-upakovka-2-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-6-1-kleevaya-130-0-22-0mm-chernaya-upakovka-1-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-6-1-kleevaya-115-0-19-0mm-chernaya-upakovka-1-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-belaya-rolik-2-44m-rexant.html" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-krasnaya-rolik-2-44m-rexant.html" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-belaya-rolik-2-44m-rexant.html" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-sinyaya-rolik-2-44m-rexant.html" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-chernaya-rolik-2-44m-rexant.html" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-chernaya-rolik-2-44m-rexant.html" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-belaya-rolik-2-44m-rexant.html" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-krasnaya-rolik-2-44m-rexant.html" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-sinyaya-rolik-2-44m-rexant.html" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-chernaya-rolik-2-44m-rexant.html" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-chernaya-rolik-2-44m-rexant.html" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-chernaya-rolik-2-44m-rexant.html" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-belaya-rolik-2-44m-rexant.html" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-belaya-rolik-2-44m-rexant.html" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-belaya-rolik-2-44m-rexant.html" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-krasnaya-rolik-2-44m-rexant.html" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-krasnaya-rolik-2-44m-rexant.html" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-sinyaya-rolik-2-44m-rexant.html" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-sinyaya-rolik-2-44m-rexant.html" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-chernaya-rolik-2-44m-rexant.html" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-krasnaya-rolik-2-44m-rexant.html" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-krasnaya-rolik-2-44m-rexant.html" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-sinyaya-rolik-2-44m-rexant.html" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-sinyaya-rolik-2-44m-rexant.html" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-10-0-5-0mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-3-5-1-75mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-sttk-7-glue-3-1-upakovka-7-sht-po-10-sm-rexant.html" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-4-0-2-0mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-5-0-2-5mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-24-tut-ng-50-25mm-7-tsvetov-upak-21-sht-po-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-3-0-1-5mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-12-0-6-0mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-2-0-1-0mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-6-0-3-0mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-5-standard-2-1-upakovka-18-sht-po-10-sm-rexant.html" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-2-auto-plus-2-1-upakovka-20-sht-po-10-sm-rexant.html" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-3-multicolor-2-1-upakovka-13-sht-po-10-sm-rexant.html" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-1-auto-2-1-upakovka-10-sht-po-10-sm-rexant.html" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-3-termousazhivaemyh-trubok-tut-ng-2-1-4-tsveta-288-sht-rexant.html" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-2-termousazhivaemyh-trubok-tut-ng-2-1-chernyy-260-sht-rexant.html" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-1-termousazhivaemyh-trubok-tut-ng-2-1-chernyy-305-sht-rexant.html" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-15-0-7-5mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-25-0-12-5mm-pyat-tsvetov-upakovka-25-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-8-0-4-0mm-pyat-tsvetov-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-20-0-10-0mm-pyat-tsvetov-upakovka-25-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-4-termousazhivaemyh-trubok-sttk-3-1-s-kleevym-sloem-7-tsvetov-126-sht-rexant.html" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-6-maximum-2-1-upakovka-14-sht-po-10-sm-rexant.html" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-11-tut-ng-2-0-1-0mm-7-tsvetov-upak-21-sht-po-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-15-tut-ng-6-3mm-7-tsvetov-upak-21-sht-po-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-13-tut-ng-4-2mm-7-tsvetov-upak-21-sht-po-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-17-tut-ng-10-5mm-7-tsvetov-upak-21-sht-po-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-14-tut-ng-5-2-5mm-7-tsvetov-upak-21-sht-po-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-19-tut-ng-15-7-5mm-7-tsvetov-upak-21-sht-po-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-20-tut-ng-20-10mm-7-tsvetov-upak-21-sht-po-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-22-tut-ng-35-17-5mm-7-tsvetov-upak-21-sht-po-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-16-tut-ng-8-4mm-7-tsvetov-upak-21-sht-po-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-23-tut-ng-40-20mm-7-tsvetov-upak-21-sht-po-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-12-tut-ng-3-0-1-5mm-7-tsvetov-upak-21-sht-po-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-4-small-tube-2-1-upakovka-20-sht-po-10-sm-rexant.html" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-21-tut-ng-25-12-5mm-7-tsvetov-upak-21-sht-po-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-18-tut-ng-12-6mm-7-tsvetov-upak-21-sht-po-10sm-rexant.html" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termousazhivaemaya-lenta-s-kleevym-sloem-50h0-8-mm-zelenaya-rolik-5m-tl-0-8-rexant.html" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termousazhivaemaya-lenta-s-kleevym-sloem-25h0-8-mm-chernaya-rolik-5m-tl-0-8-rexant.html" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termousazhivaemaya-lenta-s-kleevym-sloem-50h0-8-mm-krasnaya-rolik-5m-tl-0-8-rexant.html" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termousazhivaemaya-lenta-s-kleevym-sloem-25h1-0-mm-chernaya-rolik-5m-tl-1-0-rexant.html" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termousazhivaemaya-lenta-s-kleevym-sloem-50h0-8-mm-zheltaya-rolik-5m-tl-0-8-rexant.html" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termousazhivaemaya-lenta-s-kleevym-sloem-25h0-8-mm-krasnaya-rolik-5m-tl-0-8-rexant.html" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termousazhivaemaya-lenta-s-kleevym-sloem-25h1-0-mm-krasnaya-rolik-5m-tl-1-0-rexant.html" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termousazhivaemaya-lenta-s-kleevym-sloem-50h0-8-mm-chernaya-rolik-5m-tl-0-8-rexant.html" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termousazhivaemyy-kolpak-kapa-12-0-5-0-mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termousazhivaemaya-perchatka-na-3-zhily-110-0-54-0-mm-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termousazhivaemyy-kolpak-kapa-16-0-8-5-mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termousazhivaemaya-perchatka-na-3-zhily-87-0-46-0-mm-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termousazhivaemaya-perchatka-na-4-zhily-90-0-45-0-mm-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termousazhivaemyy-kolpak-kapa-120-0-57-0-mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termousazhivaemaya-perchatka-na-4-zhily-82-0-45-0-mm-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-10m-belaya-kranz.html" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-10m-zelenaya-kranz.html" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-20m-belaya-kranz.html" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-10m-krasnaya-kranz.html" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-10m-chernaya-kranz.html" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-20m-zheltaya-kranz.html" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-20m-sinyaya-kranz.html" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-20m-chernaya-kranz.html" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-25m-belaya-kranz.html" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-25m-zhelto-zelenaya-kranz.html" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15-mm-25-m-zheltaya-kranz.html" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-25m-zelenaya-kranz.html" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-25m-seraya-kranz.html" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-25m-chernaya-kranz.html" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h19mm-25m-zheltaya-kranz.html" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-25m-sinyaya-kranz.html" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h19mm-25m-belaya-kranz.html" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h19mm-25m-zhelto-zelenaya-kranz.html" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h19mm-25m-seraya-kranz.html" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h19mm-25m-chernaya-kranz.html" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h19mm-25m-sinyaya-kranz.html" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-10m-sinyaya-kranz.html" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-10m-zheltaya-kranz.html" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-10m-zhelto-zelenaya-kranz.html" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-20m-zelenaya-kranz.html" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-20m-krasnaya-kranz.html" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-25m-krasnaya-kranz.html" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h19mm-25m-krasnaya-kranz.html" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h19mm-25m-zelenaya-kranz.html" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-izolyatsionnyh-lent-0-13h15mm-10m-7-tsvetov-kranz.html" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-izolyatsionnyh-lent-avto-4-tsveta-kranz.html" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-professionalnaya-0-18h19mm-20m-zhelto-zelenaya-kranz.html" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-professionalnaya-0-18h19mm-20m-zelenaya-kranz.html" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-professionalnaya-0-18h19mm-h-20m-krasnaya-kranz.html" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-professionalnaya-0-18h19mm-20m-sinyaya-kranz.html" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-professionalnaya-0-18h19mm-20m-seraya-kranz.html" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-professionalnaya-0-18h19mm-20m-zheltaya-kranz.html" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-professionalnaya-0-18h19mm-20m-belaya-kranz.html" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-professionalnaya-0-18h19mm-20m-chernaya-kranz.html" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-hb-18h0-35-mm-rolik-11-3-m-80-g-2-pol-proconnect.html" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-hb-18h0-35-mm-rolik-31-9-m-200-g-2-pol-proconnect.html" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-hb-18h0-35-mm-rolik-16-4-m-110-g-2-pol-proconnect.html" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-h-b-15h0-35-mm-rolik-50-m-500-g-1-pol-rexant.html" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-h-b-18h0-35-mm-rolik-15-m-180-g-1-pol-rexant.html" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-h-b-20h0-35-mm-rolik-16-7-m-200-g-1-pol-rexant.html" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-h-b-20h0-35-mm-rolik-6-7-m-80-g-1-pol-rexant.html" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-h-b-20h0-35-mm-rolik-8-3-m-110-g-1-pol-rexant.html" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-h-b-15h0-35-mm-rolik-30-m-300-g-1-pol-rexant.html" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-h-b-15h0-35-mm-rolik-10-m-100-g-1-pol-rexant.html" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-h-b-15h0-35-mm-rolik-20-m-200-g-1-pol-rexant.html" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-ograditelnaya-75-mm-h-50-m-proconnect-tsvet-belyy-krasnyy.html" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-ograditelnaya-75-mm-h-100-m-proconnect-tsvet-belyy-krasnyy.html" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-ograditelnaya-75-mm-h-250-m-proconnect-tsvet-belyy-krasnyy.html" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-avtomobilnaya-kranz-flis-0-3h19-mm-15-m.html" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-avtomobilnaya-kranz-poliester-0-17h25-mm-25-m.html" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-avtomobilnaya-kranz-flis-0-3h25-mm-15-m.html" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-vysokovoltnaya-kranz-samoslipayuschayasya-do-25kv-0-8h20-mm-10-m.html" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-vysokovoltnaya-kranz-samoslipayuschayasya-do-10kv-0-76h25-mm-5-m.html" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-avtomobilnaya-kranz-poliester-0-17h19-mm-25-m.html" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-vysokovoltnaya-kranz-samoslipayuschayasya-do-1kv-0-76h25-mm-5-m.html" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-vysokovoltnaya-kranz-samoslipayuschayasya-do-25kv-0-8h15-mm-5-m.html" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-vnimanie-vodoprovod-200-mm-h-250-m-rexant-tsvet-belyy-siniy.html" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-vnimanie-kanalizatsiya-200-mm-h-250-m-rexant-tsvet-belyy-chernyy.html" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-opasno-gaz-200-mm-h-100-m-rexant-tsvet-zheltyy-krasnyy.html" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ostorozhno-opticheskiy-kabel-70-mm-h-500-m-rexant-tsvet-zheltyy-chernyy.html" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-ograditelnaya-opasnaya-zona-75-mm-h-250-m-rexant-tsvet-belyy-krasnyy.html" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ne-kopat-nizhe-kabel-75-mm-h-250-m-rexant-tsvet-oranzhevyy-chernyy.html" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ne-kopat-nizhe-kabel-40-mm-h-250-m-rexant-tsvet-oranzhevyy-chernyy.html" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ne-kopat-nizhe-kabel-100-mm-h-250-m-rexant-tsvet-oranzhevyy-chernyy.html" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ostorozhno-opticheskiy-kabel-40-mm-h-500-m-rexant-tsvet-zheltyy-chernyy.html" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ostorozhno-kabel-250-mm-h-100-m-rexant-tsvet-krasnyy-chernyy.html" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-ograditelnaya-75-mm-h-250-m-rexant-tsvet-belyy-krasnyy.html" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-ograditelnaya-75-mm-h-100-m-rexant-tsvet-belyy-krasnyy.html" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ostorozhno-kabel-150-mm-h-100-m-rexant-tsvet-krasnyy-chernyy.html" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ostorozhno-kabel-300-mm-h-100-m-rexant-tsvet-krasnyy-chernyy.html" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ne-kopat-nizhe-kabel-50-mm-h-250-m-rexant-tsvet-oranzhevyy-chernyy.html" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ostorozhno-kabel-450-mm-h-100-m-rexant-tsvet-krasnyy-chernyy.html" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ostorozhno-kabel-600-mm-h-100-m-rexant-tsvet-krasnyy-chernyy.html" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-vnimanie-teploset-200-mm-h-250-m-rexant-tsvet-belyy-krasnyy.html" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-ograditelnaya-prohod-zapreschen-75-mm-h-250-m-rexant-tsvet-belyy-krasnyy.html" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-chernyy-1-5-mm-rexant.html" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-chernyy-4-mm-rexant.html" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-chernyy-2-mm-rexant.html" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-chernyy-14-mm-rexant.html" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-chernyy-8-mm-rexant.html" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-chernyy-7-mm-rexant.html" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-chernyy-12-mm-rexant.html" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-3-mm-rexant.html" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-chernyy-6-mm-rexant.html" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-chernyy-16-mm-rexant.html" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-chernyy-3-mm-rexant.html" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-chernyy-5-mm-rexant.html" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-chernyy-10-mm-rexant.html" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-2-mm-rexant.html" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-5-mm-rexant.html" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-7-mm-rexant.html" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-9-mm-rexant.html" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-16-mm-rexant.html" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-14-mm-rexant.html" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-18-mm-rexant.html" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-22-mm-rexant.html" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-25-mm-rexant.html" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-30-mm-rexant.html" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-1-5-mm-rexant.html" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-6-mm-rexant.html" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-8-mm-rexant.html" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-4-mm-rexant.html" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-10-mm-rexant.html" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-12-mm-rexant.html" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-20-mm-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-srednestennaya-kleevaya-sttk-3-4-1-9529-chernaya-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-srednestennaya-kleevaya-sttk-3-4-1-5516-chernaya-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-srednestennaya-kleevaya-sttk-3-4-1-338-chernaya-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-srednestennaya-kleevaya-sttk-3-4-1-7522-chernaya-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-srednestennaya-kleevaya-sttk-3-4-1-16050-chernaya-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-srednestennaya-kleevaya-sttk-3-4-1-18058-chernaya-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf2-1-157-5-prozrachnaya-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf2-1-31-5-prozrachnaya-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf2-1-42-prozrachnaya-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf2-1-84-prozrachnaya-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf2-1-136-5-prozrachnaya-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf2-1-63-prozrachnaya-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf2-1-105-prozrachnaya-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf2-1-3-51-75-prozrachnaya-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf2-1-52-5-prozrachnaya-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf2-1-2010-prozrachnaya-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf2-1-2512-5-prozrachnaya-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-3015-zheltaya-proconnect" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-52-5-zelenaya-proconnect" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-126-sinyaya-proconnect" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-21-krasnaya-proconnect" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-21-belaya-proconnect" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-2010-krasnaya-proconnect" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-2512-5-sinyaya-proconnect" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-2512-5-krasnaya-proconnect" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-2512-5-belaya-proconnect" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-4020-chernaya-proconnect" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-4020-krasnaya-proconnect" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-63-chernaya-proconnect" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-63-krasnaya-proconnect" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-84-belaya-proconnect" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-105-chernaya-proconnect" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-105-zelenaya-proconnect" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-126-krasnaya-proconnect" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-3015-belaya-proconnect" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-5025-belaya-proconnect" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-6030-krasnaya-proconnect" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-6030-belaya-proconnect" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-42-zheltaya-proconnect" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-42-krasnaya-proconnect" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-42-belaya-proconnect" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-105-belaya-proconnect" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-126-zelenaya-proconnect" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-126-belaya-proconnect" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-2010-chernaya-proconnect" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-2010-sinyaya-proconnect" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-2010-belaya-proconnect" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-147-zheltaya-proconnect" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-189-sinyaya-proconnect" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-157-5-krasnaya-proconnect" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-189-belaya-proconnect" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-21-chernaya-proconnect" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-21-sinyaya-proconnect" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-21-zelenaya-proconnect" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-42-sinyaya-proconnect" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-63-sinyaya-proconnect" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-63-belaya-proconnect" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-84-chernaya-proconnect" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-84-sinyaya-proconnect" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-84-zelenaya-proconnect" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-84-krasnaya-proconnect" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-105-zheltaya-proconnect" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-105-krasnaya-proconnect" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-126-zheltaya-proconnect" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-5025-krasnaya-proconnect" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-6030-zheltaya-proconnect" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-6030-sinyaya-proconnect" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-6030-zhelto-zelenaya-proconnect" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-3015-krasnaya-proconnect" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-31-5-belaya-proconnect" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-31-5-zelenaya-proconnect" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-31-5-krasnaya-proconnect" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-31-5-chernaya-proconnect" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-52-5-belaya-proconnect" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-52-5-zheltaya-proconnect" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-52-5-sinyaya-proconnect" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-52-5-chernaya-proconnect" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-157-5-belaya-proconnect" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-157-5-zheltaya-proconnect" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-157-5-zelenaya-proconnect" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-157-5-sinyaya-proconnect" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-157-5-chernaya-proconnect" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-189-zheltaya-proconnect" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-189-zelenaya-proconnect" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-189-krasnaya-proconnect" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-105-sinyaya-proconnect" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-189-chernaya-proconnect" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-63-zelenaya-proconnect" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-84-zheltaya-proconnect" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-126-chernaya-proconnect" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-2010-zelenaya-proconnect" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-6030-chernaya-proconnect" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-42-zelenaya-proconnect" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-42-chernaya-proconnect" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-6030-zelenaya-proconnect" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-2010-zheltaya-proconnect" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-2010-zhelto-zelenaya-proconnect" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-2512-5-zheltaya-proconnect" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-2512-5-zelenaya-proconnect" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-3015-chernaya-proconnect" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-4020-belaya-proconnect" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-hf-2-1-5025-chernaya-proconnect" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-10-5-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-63-chernaya-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-84-seraya-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2010-seraya-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-6030-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-73-5-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2010-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-6-3-zhelto-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-30-15-zhelto-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-35-17-5-zhelto-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-4-2-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-5-2-5-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-30-15-belaya-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-4-2-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-1-0-5-belaya-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-35-17-5-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-1-0-5-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-12-6-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-19-9-5-chernaya-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-25-12-5-zhelto-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-40-20-zelenyy-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-9-4-5-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-30-15-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-25-12-5-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-7-3-5-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-6-3-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-15-7-5-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-40-20-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2-5-1-25-belaya-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-15-7-5-chernaya-rexant-2" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-22-11-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2-1-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-10-5-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-21-seraya-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-126-seraya-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-73-5-chernaya-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2512-5-chernaya-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-5025-chernaya-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2-51-25-chernaya-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-1-50-75-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-1-50-75-belaya-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-126-chernaya-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-52-5-chernaya-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-9-4-5-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-63-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-35-17-5-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-42-seraya-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-52-5-seraya-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-73-5-seraya-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-105-seraya-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-157-5-seraya-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-6030-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-31-5-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-136-5-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2512-5-belaya-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-189-chernaya-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-21-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-73-5-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-5025-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-10-5-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-189-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-199-5-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-136-5-belaya-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-6030-chernaya-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-12060-chernaya-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-4020-chernaya-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-105-chernaya-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-3517-5-chernaya-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-126-zhelto-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-105-zhelto-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-157-5-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-31-5-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-157-5-belaya-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-3-51-75-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-3517-5-belaya-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2512-5-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2211-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-3-51-75-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-126-belaya-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2211-chernaya-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-3015-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-136-5-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-42-zelenyy-rexant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-84-chernaya-rexant-2" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-1-50-75-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-8040-chernaya-rexant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-10050-chernaya-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-1-5-0-75-zhelto-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-3-1-5-zhelto-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-4-2-zhelto-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-15-7-5-zhelto-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-40-20-zhelto-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-50-25-zhelto-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-19-9-5-belaya-rexant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-40-20-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-20-10-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-1-0-5-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-22-11-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-1-0-5-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-8-4-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-13-6-5-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-5-2-5-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-7-3-5-belaya-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-3-1-5-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-19-9-5-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-40-20-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-3-5-1-75-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-136-5-chernaya-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-21-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-9-4-5-chernaya-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-5-2-5-krasnaya-rexant-2" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-3-5-1-75-belaya-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-8-4-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-8-4-krasnaya-rexant-2" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-20-10-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-4-2-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-1-5-0-75-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-50-25-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-10-5-belaya-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-21-belaya-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-8-4-belaya-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-8-4-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-31-5-chernaya-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-20-10-chernyy-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2-5-1-25-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2-5-1-25-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-12-6-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-5-2-5-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-21-chernaya-rexant" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-3-1-5-belaya-rexant" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-1-0-5-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-50-25-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-9-4-5-belaya-rexant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-6-3-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-50-25-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-25-12-5-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-10-5-chernaya-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-21-zhelto-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-31-5-seraya-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-63-seraya-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2512-5-seraya-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-6030-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2-1-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-22-11-belaya-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-63-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-42-chernaya-rexant-2" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-4020-belaya-rexant" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-63-belaya-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-20-10-belaya-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-1-50-75-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-31-5-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-52-5-belaya-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-94-5-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-50-25-belaya-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-6030-belaya-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-30-15-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-10-5-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-73-5-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-3015-chernaya-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-126-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-199-5-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2512-5-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-157-5-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-8-4-zhelto-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-9-4-5-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-30-15-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-20-10-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-15-7-5-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-20-10-zhelto-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-35-17-5-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-1-5-0-75-chernaya-rexant" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2-5-1-25-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-4-2-belaya-rexant" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-3-5-1-75-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-13-6-5-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-3517-5-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-3-51-75-chernaya-rexant" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-126-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2-51-25-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-42-chernaya-rexant" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-21-chernaya-rexant-2" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-31-5-chernaya-rexant-2" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-52-5-chernaya-rexant-2" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-84-chernaya-rexant" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-63-chernaya-rexant-2" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-52-5-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-63-krasnaya-rexant-2" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-157-5-chernaya-rexant" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-105-chernaya-rexant-2" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-126-chernaya-rexant-2" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-105-krasnaya-rexant-2" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-84-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-31-chernaya-rexant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-93-chernaya-rexant" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-248-chernaya-rexant" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-124-prozrachnaya-rexant" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-62-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-31-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-4-81-6-chernaya-rexant" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-4-81-6-prozrachnaya-rexant" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-124-chernaya-rexant" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-62-chernaya-rexant" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-62-prozrachnaya-rexant" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-93-prozrachnaya-rexant" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-186-prozrachnaya-rexant" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-248-prozrachnaya-rexant" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-4-81-6-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-93-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-124-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-248-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-186-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-4013-chernaya-rexant" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-186-chernaya-rexant" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-31-prozrachnaya-rexant" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-31-chernaya-rexant-2" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-4-81-6-chernaya-rexant-2" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-5017-chernaya-rexant" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-62-chernaya-rexant-2" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-93-chernaya-rexant-2" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-186-chernaya-rexant-2" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-206-chernaya-rexant" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-258-chernaya-rexant" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-3010-chernaya-rexant" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-3-1-124-chernaya-rexant-2" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-4-1-246-chernaya-rexant" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-4-1-164-chernaya-rexant" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-4-1-61-5-chernaya-rexant" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-4-1-123-chernaya-rexant" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-4-1-328-chernaya-rexant" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-4-1-5213-chernaya-rexant" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-4-1-41-chernaya-rexant" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-4-1-82-chernaya-rexant" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-6-1-518-5-chernaya-rexant" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-6-1-11519-chernaya-rexant" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-6-1-7012-chernaya-rexant" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-6-1-13022-chernaya-rexant" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-6-1-193-2-chernaya-rexant" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-6-1-335-5-chernaya-rexant" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-ls-2-1-42-chernaya-rolik-2-44m-rexant" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-ls-2-1-52-5-chernaya-rolik-2-44m-rexant" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-ls-2-1-105-chernaya-rolik-2-44m-rexant" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-ls-2-1-42-belaya-rolik-2-44m-rexant" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-ls-2-1-52-5-belaya-rolik-2-44m-rexant" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-ls-2-1-105-belaya-rolik-2-44m-rexant" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-ls-2-1-84-krasnaya-rolik-2-44m-rexant" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-ls-2-1-105-sinyaya-rolik-2-44m-rexant" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-ls-2-1-105-krasnaya-rolik-2-44m-rexant" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-ls-2-1-52-5-sinyaya-rolik-2-44m-rexant" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-ls-2-1-63-sinyaya-rolik-2-44m-rexant" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-ls-2-1-31-5-chernaya-rolik-2-44m-rexant" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-ls-2-1-63-chernaya-rolik-2-44m-rexant" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-ls-2-1-31-5-belaya-rolik-2-44m-rexant" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-ls-2-1-63-belaya-rolik-2-44m-rexant" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-ls-2-1-84-belaya-rolik-2-44m-rexant" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-ls-2-1-31-5-krasnaya-rolik-2-44m-rexant" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-ls-2-1-42-krasnaya-rolik-2-44m-rexant" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-ls-2-1-84-chernaya-rolik-2-44m-rexant" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-ls-2-1-52-5-krasnaya-rolik-2-44m-rexant" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-ls-2-1-84-sinyaya-rolik-2-44m-rexant" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-ls-2-1-63-krasnaya-rolik-2-44m-rexant" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-ls-2-1-31-5-sinyaya-rolik-2-44m-rexant" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-ls-2-1-42-sinyaya-rolik-2-44m-rexant" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-2-1-3-21-6-chernaya-rexant" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-2-1-4-82-4-chernaya-rexant" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-2-1-6-43-2-chernaya-rexant" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-2-1-9-54-8-chernaya-rexant" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-2-1-12-76-4-chernaya-rexant" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-2-1-15-97-9-chernaya-rexant" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-2-1-19-19-5-chernaya-rexant" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-2-1-25-412-7-chernaya-rexant" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-2-1-38-119-5-chernaya-rexant" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-kleevaya-ttk-2-1-50-825-4-chernaya-rexant" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-5-standard-tut-ng-ls-2-1-upak-18sht-rexant" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-1-tut-ng-ls-2-1-chernyy-upak-305sht-rexant" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-ls-2-1-31-5-pyat-tsvetov-rexant" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-ls-2-1-3-51-75-pyat-tsvetov-rexant" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-ls-2-1-63-pyat-tsvetov-rexant" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-ls-2-1-105-pyat-tsvetov-rexant" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-7-glue-ttk-3-1-upak-7sht-rexant" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-ls-2-1-52-5-pyat-tsvetov-rexant" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-ls-2-1-126-pyat-tsvetov-rexant" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-ls-2-1-157-5-pyat-tsvetov-rexant" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-ls-2-1-2010-pyat-tsvetov-rexant" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-15-tut-ng-ls-2-1-63-upak-21sht-rexant" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-ls-2-1-84-pyat-tsvetov-rexant" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-ls-2-1-2512-5-pyat-tsvetov-rexant" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-ls-2-1-42-pyat-tsvetov-rexant" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-tut-ng-ls-2-1-21-pyat-tsvetov-rexant" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-4-small-tube-tut-ng-ls-2-1-upak-20sht-rexant" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-2-auto-plus-tut-ng-ls-2-1-upak-20sht-rexant" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-3-multicolor-tut-ng-ls-2-1-upak-13sht-rexant" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-13-tut-ng-ls-2-1-42-upak-21sht-rexant" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-14-tut-ng-ls-2-1-52-5-upak-21sht-rexant" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-18-tut-ng-ls-2-1-126-upak-21sht-rexant" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-19-tut-ng-ls-2-1-157-5-upak-21sht-rexant" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-20-tut-ng-ls-2-1-2010-upak-21sht-rexant" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-21-tut-ng-ls-2-1-2512-5-upak-21sht-rexant" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-23-tut-ng-ls-2-1-4020-upak-21sht-rexant" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-24-tut-ng-ls-2-1-5025-upak-21sht-rexant" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-6-maximum-tut-ng-ls-2-1-upak-14sht-rexant" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-11-tut-ng-ls-2-1-21-upak-21sht-rexant" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-12-tut-ng-ls-2-1-31-5-upak-21sht-rexant" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-17-tut-ng-ls-2-1-105-upak-21sht-rexant" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-16-tut-ng-ls-2-1-84-upak-21sht-rexant" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-3-tut-ng-ls-2-1-4-tsveta-upak-288sht-rexant" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-22-tut-ng-ls-2-1-3517-5-upak-21sht-rexant" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-1-auto-tut-ng-ls-2-1-upak-10sht-rexant" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-2-tut-ng-ls-2-1-chernyy-upak-260sht-rexant" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-termousazhivaemyh-trubok-3-ttk-3-1-upak-126sht-rexant" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termousazhivaemaya-lenta-kleevaya-tlk-25h1-krasnaya-5m-rexant" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termousazhivaemaya-lenta-kleevaya-tlk-50h0-8-zelenaya-5m-rexant" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termousazhivaemaya-lenta-kleevaya-tlk-25h0-8-chernaya-5m-rexant" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termousazhivaemaya-lenta-kleevaya-tlk-50h0-8-krasnaya-5m-rexant" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termousazhivaemaya-lenta-kleevaya-tlk-25h1-chernaya-5m-rexant" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termousazhivaemaya-lenta-kleevaya-tlk-50h0-8-chernaya-5m-rexant" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termousazhivaemaya-lenta-kleevaya-tlk-50h0-8-zheltaya-5m-rexant" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termousazhivaemaya-lenta-kleevaya-tlk-25h0-8-krasnaya-5m-rexant" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termousazhivaemyy-kolpak-kapa-12-0-5-0-mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termousazhivaemaya-perchatka-na-3-zhily-110-054-0-mm-chernaya-rexant" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termousazhivaemaya-perchatka-na-4-zhily-90-045-0-mm-chernaya-rexant" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termousazhivaemyy-kolpak-kapa-120-057-0-mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termousazhivaemaya-perchatka-na-3-zhily-87-046-0-mm-chernaya-rexant" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-10m-belaya-kranz" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-10m-zheltaya-kranz" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-10m-zelenaya-kranz" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-10m-sinyaya-kranz" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-20m-belaya-kranz" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-20m-zheltaya-kranz" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-20m-krasnaya-kranz" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-20m-sinyaya-kranz" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-20m-chernaya-kranz" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-25m-belaya-kranz" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-25m-zhelto-zelenaya-kranz" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-25m-zelenaya-kranz" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-25m-sinyaya-kranz" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-25m-chernaya-kranz" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h19mm-25m-zheltaya-kranz" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h19mm-25m-zhelto-zelenaya-kranz" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h19mm-25m-zelenaya-kranz" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h19mm-25m-seraya-kranz" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h19mm-25m-sinyaya-kranz" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-izolyatsionnyh-lent-avto-4-tsveta-kranz" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-izolyatsionnyh-lent-0-13h15mm-10m-7-tsvetov-kranz" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h19mm-25m-krasnaya-kranz" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h19mm-25m-chernaya-kranz" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h19mm-25m-belaya-kranz" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-10m-zhelto-zelenaya-kranz" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-10m-krasnaya-kranz" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-20m-zelenaya-kranz" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15-mm-25-m-zheltaya-kranz" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-25m-krasnaya-kranz" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-25m-seraya-kranz" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-0-13h15mm-10m-chernaya-kranz" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-professionalnaya-0-18h19mm-20m-zheltaya-kranz" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-professionalnaya-0-18h19mm-20m-zelenaya-kranz" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-professionalnaya-0-18h19mm-20m-sinyaya-kranz" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-professionalnaya-0-18h19mm-20m-belaya-kranz" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-professionalnaya-0-18h19mm-20m-chernaya-kranz" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-professionalnaya-0-18h19mm-20m-seraya-kranz" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-professionalnaya-0-18h19mm-20m-zhelto-zelenaya-kranz" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-professionalnaya-0-18h19mm-h-20m-krasnaya-kranz" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-professionalnaya-morozostoykaya-0-18h19mm-20m-chernaya-kranz" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-pvh-professionalnaya-termostoykaya-0-18h19mm-20m-chernaya-kranz" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-hb-18h0-35-mm-rolik-11-3-m80-g-2-pol-proconnect" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-hb-18h0-35-mm-rolik-16-4-m110-g-2-pol-proconnect" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-hb-18h0-35-mm-rolik-31-9-m200-g-2-pol-proconnect" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-hb-15h0-35-mm-rolik-20-m200-g-1-pol-rexant" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-hb-18h0-35-mm-rolik-15-m180-g-1-pol-rexant" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-hb-20h0-35-mm-rolik-16-7-m200-g-1-pol-rexant" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-hb-20h0-35-mm-rolik-8-3-m110-g-1-pol-rexant" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-hb-20h0-35-mm-rolik-6-7-m80-g-1-pol-rexant" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-hb-15h0-35-mm-rolik-30-m300-g-1-pol-rexant" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-hb-15h0-35-mm-rolik-50-m500-g-1-pol-rexant" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-hb-15h0-35-mm-rolik-10-m100-g-1-pol-rexant" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-ograditelnaya-75-mm-h-250-m-belo-krasnaya-proconnect" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-ograditelnaya-75-mm-h-50-m-belo-krasnaya-proconnect" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-ograditelnaya-75-mm-h-100-m-belo-krasnaya-proconnect" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-avtomobilnaya-flis-0-3h25-mm-15-m-kranz" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-avtomobilnaya-kranz-poliester-0-17h25-mm-25-m" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-avtomobilnaya-kranz-poliester-0-17h19-mm-25-m" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-vysokovoltnaya-kranz-samoslipayushchayasya-do-25kv-0-8h20-mm-10-m" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-vysokovoltnaya-samoslipayushchayasya-do-10kv-0-76h25-mm-5-m-kranz" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-vysokovoltnaya-kranz-samoslipayushchayasya-do-25kv-0-8h15-mm-5-m" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-vysokovoltnaya-samoslipayushchayasya-do-1kv-0-76h25-mm-5-m-kranz" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/izolenta-avtomobilnaya-flis-0-3h19-mm-15-m-kranz" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-opasno-gaz-200-mm-h-100-m-zhelto-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ostorozhno-opticheskiy-kabel-70-mm-h-500-m-zhelto-chernaya-rexant" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ostorozhno-kabel-250-mm-h-100-m-krasno-chernaya-rexant" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-ograditelnaya-75-mm-h-250-m-belo-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ostorozhno-kabel-450-mm-h-100-m-krasno-chernaya-rexant" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ne-kopat-nizhe-kabel-100-mm-h-250-m-oranzhevo-chernaya-rexant" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-vnimanie-kanalizatsiya-200-mm-h-250-m-belo-chernaya-rexant" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ne-kopat-nizhe-kabel-40-mm-h-250-m-oranzhevo-chernaya-rexant" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ostorozhno-kabel-600-mm-h-100-m-krasno-chernaya-rexant" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ostorozhno-opticheskiy-kabel-40-mm-h-500-m-zhelto-chernaya-rexant" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ostorozhno-kabel-150-mm-h-100-m-krasno-chernaya-rexant" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-ograditelnaya-opasnaya-zona-75-mm-h-250-m-belo-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-vnimanie-vodoprovod-200-mm-h-250-m-belo-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ne-kopat-nizhe-kabel-50-mm-h-250-m-oranzhevo-chernaya-rexant" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-ograditelnaya-75-mm-h-100-m-belo-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-vnimanie-teploset-200-mm-h-250-m-belo-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ostorozhno-kabel-300-mm-h-100-m-krasno-chernaya-rexant" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-signalnaya-ne-kopat-nizhe-kabel-75-mm-h-250-m-oranzhevo-chernaya-rexant" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-ograditelnaya-prohod-zapreshchen-75-mm-h-250-m-belo-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-chernyy-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-chernyy-3-mm-rexant" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-chernyy-4-mm-rexant" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-chernyy-6-mm-rexant" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-chernyy-8-mm-rexant" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-chernyy-10-mm-rexant" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-chernyy-12-mm-rexant" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-chernyy-16-mm-rexant" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-22-mm-rexant" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-25-mm-rexant" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-1-5-mm-rexant" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-2-mm-rexant" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-3-mm-rexant" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-4-mm-rexant" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-5-mm-rexant" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-6-mm-rexant" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-7-mm-rexant" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-8-mm-rexant" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-9-mm-rexant" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-12-mm-rexant" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-16-mm-rexant" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-18-mm-rexant" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-30-mm-rexant" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-chernyy-5-mm-rexant" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-chernyy-2-mm-rexant" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-chernyy-7-mm-rexant" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-chernyy-14-mm-rexant" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-10-mm-rexant" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-14-mm-rexant" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-kembrik-tv-40-pvh-belyy-20-mm-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I549"/>
+  <dimension ref="A1:I558"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -3802,16111 +3802,16381 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>40.47</v>
+        <v>1254.49</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>3633</v>
+        <v>542</v>
       </c>
       <c r="G5" s="3">
-        <v>50</v>
+        <v>2</v>
       </c>
       <c r="H5" s="3">
-        <v>600</v>
+        <v>20</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>134.11</v>
+        <v>668.98</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>4640</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H6" s="3">
-        <v>300</v>
+        <v>32</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>19.18</v>
+        <v>415.08</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>12283</v>
+        <v>13884</v>
       </c>
       <c r="G7" s="3">
-        <v>50</v>
+        <v>4</v>
       </c>
       <c r="H7" s="3">
-        <v>1500</v>
+        <v>48</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>62.69</v>
+        <v>1009.87</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>5100</v>
+        <v>1578</v>
       </c>
       <c r="G8" s="3">
-        <v>50</v>
+        <v>2</v>
       </c>
       <c r="H8" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>14.99</v>
+        <v>2090.59</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>18650</v>
+        <v>716</v>
       </c>
       <c r="G9" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>1000</v>
+        <v>15</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>16.25</v>
+        <v>3594.3</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>14550</v>
+        <v>320</v>
       </c>
       <c r="G10" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>1000</v>
+        <v>25</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A11" s="3" t="s">
+      <c r="A11" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B11" s="2"/>
+      <c r="C11" s="2"/>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>22.08</v>
+        <v>57.38</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>18400</v>
+        <v>4550</v>
       </c>
       <c r="G12" s="3">
         <v>50</v>
       </c>
       <c r="H12" s="3">
-        <v>1500</v>
+        <v>500</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>14.57</v>
+        <v>13.72</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>11400</v>
+        <v>14350</v>
       </c>
       <c r="G13" s="3">
         <v>50</v>
       </c>
       <c r="H13" s="3">
         <v>1000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>35.13</v>
+        <v>16.53</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>11033</v>
+        <v>12700</v>
       </c>
       <c r="G14" s="3">
         <v>50</v>
       </c>
       <c r="H14" s="3">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B15" s="3" t="s">
+      <c r="C15" s="3">
+        <v>25.2</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F15" s="3">
+        <v>9050</v>
+      </c>
+      <c r="G15" s="3">
+        <v>50</v>
+      </c>
+      <c r="H15" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I15" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="C15" s="3">
-[...22 lines deleted...]
-      <c r="A16" s="2" t="s">
+      <c r="B16" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B16" s="2"/>
-[...6 lines deleted...]
-      <c r="I16" s="2"/>
+      <c r="C16" s="3">
+        <v>41.16</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F16" s="3">
+        <v>6100</v>
+      </c>
+      <c r="G16" s="3">
+        <v>50</v>
+      </c>
+      <c r="H16" s="3">
+        <v>600</v>
+      </c>
+      <c r="I16" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C17" s="3">
-        <v>22.42</v>
+        <v>22.46</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>4750</v>
+        <v>14750</v>
       </c>
       <c r="G17" s="3">
         <v>50</v>
       </c>
       <c r="H17" s="3">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>15.39</v>
+        <v>32.15</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>1700</v>
+        <v>6000</v>
       </c>
       <c r="G18" s="3">
         <v>50</v>
       </c>
       <c r="H18" s="3">
-        <v>2000</v>
+        <v>800</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="3">
-        <v>15.39</v>
+        <v>14.82</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>3400</v>
+        <v>10550</v>
       </c>
       <c r="G19" s="3">
         <v>50</v>
       </c>
       <c r="H19" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="3">
-        <v>35.87</v>
+        <v>19.51</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>1750</v>
+        <v>7600</v>
       </c>
       <c r="G20" s="3">
         <v>50</v>
       </c>
       <c r="H20" s="3">
-        <v>800</v>
+        <v>1500</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>34.26</v>
+        <v>89.34</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>3100</v>
+        <v>3980</v>
       </c>
       <c r="G21" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H21" s="3">
-        <v>800</v>
+        <v>400</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>15.42</v>
+        <v>136.39</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>3100</v>
+        <v>2790</v>
       </c>
       <c r="G22" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H22" s="3">
-        <v>2000</v>
+        <v>300</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A23" s="3" t="s">
+      <c r="A23" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B23" s="2"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="2"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="2"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="2"/>
+      <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>76.32</v>
+        <v>153.77</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>400</v>
+        <v>90</v>
       </c>
       <c r="G24" s="3">
         <v>10</v>
       </c>
       <c r="H24" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>64.06</v>
+        <v>20.85</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>1960</v>
+        <v>800</v>
       </c>
       <c r="G25" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H25" s="3">
-        <v>400</v>
+        <v>1500</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>67.62</v>
+        <v>27.99</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>2280</v>
+        <v>3150</v>
       </c>
       <c r="G26" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H26" s="3">
-        <v>400</v>
+        <v>800</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3">
-        <v>124.73</v>
+        <v>10.09</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>110</v>
+        <v>3400</v>
       </c>
       <c r="G27" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H27" s="3">
-        <v>300</v>
+        <v>4000</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3">
-        <v>124.73</v>
+        <v>10.09</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="G28" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H28" s="3">
-        <v>300</v>
+        <v>4000</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>95.01</v>
+        <v>61.89</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>1150</v>
       </c>
       <c r="G29" s="3">
         <v>10</v>
       </c>
       <c r="H29" s="3">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3">
-        <v>98.92</v>
+        <v>126.85</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>930</v>
+        <v>50</v>
       </c>
       <c r="G30" s="3">
         <v>10</v>
       </c>
       <c r="H30" s="3">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3">
-        <v>192.56</v>
+        <v>126.85</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>930</v>
+        <v>10</v>
       </c>
       <c r="G31" s="3">
         <v>10</v>
       </c>
       <c r="H31" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>168.23</v>
+        <v>96.63</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G32" s="3">
         <v>10</v>
       </c>
       <c r="H32" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>151.2</v>
+        <v>195.83</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>160</v>
+        <v>810</v>
       </c>
       <c r="G33" s="3">
         <v>10</v>
       </c>
       <c r="H33" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3">
-        <v>212.15</v>
+        <v>171.09</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>10</v>
       </c>
       <c r="H34" s="3">
         <v>200</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3">
-        <v>9.92</v>
+        <v>19.36</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>3800</v>
+        <v>10250</v>
       </c>
       <c r="G35" s="3">
         <v>50</v>
       </c>
       <c r="H35" s="3">
-        <v>4000</v>
+        <v>1500</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="3">
-        <v>9.92</v>
+        <v>19.52</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>100</v>
+        <v>3550</v>
       </c>
       <c r="G36" s="3">
         <v>50</v>
       </c>
       <c r="H36" s="3">
-        <v>4000</v>
+        <v>1500</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="3">
-        <v>15.39</v>
+        <v>19.22</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>4850</v>
+        <v>6850</v>
       </c>
       <c r="G37" s="3">
         <v>50</v>
       </c>
       <c r="H37" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="3">
-        <v>28.43</v>
+        <v>23.31</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>6050</v>
+        <v>8750</v>
       </c>
       <c r="G38" s="3">
         <v>50</v>
       </c>
       <c r="H38" s="3">
         <v>800</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="3">
-        <v>67.62</v>
+        <v>26.94</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>1270</v>
+        <v>1450</v>
       </c>
       <c r="G39" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H39" s="3">
-        <v>400</v>
+        <v>800</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="3">
-        <v>92.84</v>
+        <v>27.99</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>50</v>
+        <v>4100</v>
       </c>
       <c r="G40" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H40" s="3">
-        <v>400</v>
+        <v>800</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="B41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="3">
-        <v>124.73</v>
+        <v>100.59</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>0</v>
+        <v>690</v>
       </c>
       <c r="G41" s="3">
         <v>10</v>
       </c>
       <c r="H41" s="3">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="3">
-        <v>115.49</v>
+        <v>206.88</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>330</v>
+        <v>740</v>
       </c>
       <c r="G42" s="3">
         <v>10</v>
       </c>
       <c r="H42" s="3">
-        <v>300</v>
+        <v>80</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="3">
-        <v>116.55</v>
+        <v>233.03</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>770</v>
+        <v>410</v>
       </c>
       <c r="G43" s="3">
         <v>10</v>
       </c>
       <c r="H43" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3">
-        <v>270.21</v>
+        <v>160.93</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>1390</v>
+        <v>710</v>
       </c>
       <c r="G44" s="3">
         <v>10</v>
       </c>
       <c r="H44" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>20.5</v>
+        <v>15.65</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>1450</v>
+        <v>2450</v>
       </c>
       <c r="G45" s="3">
         <v>50</v>
       </c>
       <c r="H45" s="3">
-        <v>1500</v>
+        <v>2000</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="3">
-        <v>12.64</v>
+        <v>15.65</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>2550</v>
+        <v>450</v>
       </c>
       <c r="G46" s="3">
         <v>50</v>
       </c>
       <c r="H46" s="3">
         <v>2000</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="3">
-        <v>20.5</v>
+        <v>15.68</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>1800</v>
+        <v>2150</v>
       </c>
       <c r="G47" s="3">
         <v>50</v>
       </c>
       <c r="H47" s="3">
-        <v>1500</v>
+        <v>2000</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="3">
-        <v>19.69</v>
+        <v>23.42</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>3500</v>
+        <v>5600</v>
       </c>
       <c r="G48" s="3">
         <v>50</v>
       </c>
       <c r="H48" s="3">
-        <v>1500</v>
+        <v>800</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>22.13</v>
+        <v>32.93</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>2250</v>
+        <v>1600</v>
       </c>
       <c r="G49" s="3">
         <v>50</v>
       </c>
       <c r="H49" s="3">
-        <v>1500</v>
+        <v>800</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>53.45</v>
+        <v>28.22</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>2350</v>
+        <v>3100</v>
       </c>
       <c r="G50" s="3">
         <v>50</v>
       </c>
       <c r="H50" s="3">
-        <v>500</v>
+        <v>800</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>56.26</v>
+        <v>75.88</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>1100</v>
+        <v>2610</v>
       </c>
       <c r="G51" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H51" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>56.26</v>
+        <v>52.77</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>1350</v>
+        <v>1680</v>
       </c>
       <c r="G52" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H52" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="3">
-        <v>60.76</v>
+        <v>77.62</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="3">
-        <v>200</v>
+        <v>310</v>
       </c>
       <c r="G53" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H53" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="3">
-        <v>73.39</v>
+        <v>45.89</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>1500</v>
+        <v>100</v>
       </c>
       <c r="G54" s="3">
         <v>50</v>
       </c>
       <c r="H54" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3">
-        <v>81.54</v>
+        <v>60.46</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>350</v>
+        <v>1400</v>
       </c>
       <c r="G55" s="3">
         <v>50</v>
       </c>
       <c r="H55" s="3">
         <v>400</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>73.39</v>
+        <v>57.22</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>1500</v>
+        <v>1300</v>
       </c>
       <c r="G56" s="3">
         <v>50</v>
       </c>
       <c r="H56" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="B57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="3">
-        <v>77.71</v>
+        <v>60.46</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>1500</v>
+        <v>1400</v>
       </c>
       <c r="G57" s="3">
         <v>50</v>
       </c>
       <c r="H57" s="3">
         <v>400</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B58" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="3">
-        <v>9.18</v>
+        <v>6.64</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>2200</v>
+        <v>18500</v>
       </c>
       <c r="G58" s="3">
         <v>50</v>
       </c>
       <c r="H58" s="3">
         <v>4000</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B59" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="3">
-        <v>19.04</v>
+        <v>9.34</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>13200</v>
+        <v>1550</v>
       </c>
       <c r="G59" s="3">
         <v>50</v>
       </c>
       <c r="H59" s="3">
-        <v>1500</v>
+        <v>4000</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="3">
-        <v>19.19</v>
+        <v>9.34</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>2550</v>
+        <v>2200</v>
       </c>
       <c r="G60" s="3">
         <v>50</v>
       </c>
       <c r="H60" s="3">
-        <v>1500</v>
+        <v>4000</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="B61" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="B61" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" s="3">
-        <v>19.19</v>
+        <v>15.78</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>3600</v>
+        <v>2150</v>
       </c>
       <c r="G61" s="3">
         <v>50</v>
       </c>
       <c r="H61" s="3">
-        <v>1500</v>
+        <v>2000</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="B62" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="B62" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62" s="3">
-        <v>21.22</v>
+        <v>19.52</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>3500</v>
+        <v>1900</v>
       </c>
       <c r="G62" s="3">
         <v>50</v>
       </c>
       <c r="H62" s="3">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="B63" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="B63" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" s="3">
-        <v>23.32</v>
+        <v>19.52</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>3250</v>
+        <v>2500</v>
       </c>
       <c r="G63" s="3">
         <v>50</v>
       </c>
       <c r="H63" s="3">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="B64" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="B64" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64" s="3">
-        <v>23.66</v>
+        <v>21.58</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>4100</v>
+        <v>1950</v>
       </c>
       <c r="G64" s="3">
         <v>50</v>
       </c>
       <c r="H64" s="3">
         <v>1000</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="B65" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="B65" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" s="3">
-        <v>26.49</v>
+        <v>20.58</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>2650</v>
+        <v>4100</v>
       </c>
       <c r="G65" s="3">
         <v>50</v>
       </c>
       <c r="H65" s="3">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="B66" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="B66" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" s="3">
-        <v>25.09</v>
+        <v>21.4</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>4900</v>
+        <v>2900</v>
       </c>
       <c r="G66" s="3">
         <v>50</v>
       </c>
       <c r="H66" s="3">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="B67" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="B67" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67" s="3">
-        <v>34.63</v>
+        <v>21.72</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>9300</v>
+        <v>3650</v>
       </c>
       <c r="G67" s="3">
         <v>50</v>
       </c>
       <c r="H67" s="3">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="B68" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="B68" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68" s="3">
-        <v>32.82</v>
+        <v>23.03</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>3450</v>
+        <v>2250</v>
       </c>
       <c r="G68" s="3">
         <v>50</v>
       </c>
       <c r="H68" s="3">
         <v>800</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="B69" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="B69" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69" s="3">
-        <v>31.58</v>
+        <v>20.67</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>0</v>
+        <v>6100</v>
       </c>
       <c r="G69" s="3">
         <v>50</v>
       </c>
       <c r="H69" s="3">
-        <v>400</v>
+        <v>800</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="B70" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="B70" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70" s="3">
-        <v>53.16</v>
+        <v>27.04</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>0</v>
+        <v>3400</v>
       </c>
       <c r="G70" s="3">
         <v>50</v>
       </c>
       <c r="H70" s="3">
-        <v>400</v>
+        <v>800</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="B71" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="B71" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" s="3">
-        <v>247.13</v>
+        <v>203.58</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>480</v>
+        <v>410</v>
       </c>
       <c r="G71" s="3">
         <v>10</v>
       </c>
       <c r="H71" s="3">
         <v>80</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="B72" s="3" t="s">
         <v>147</v>
       </c>
-      <c r="B72" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72" s="3">
-        <v>251.13</v>
+        <v>160.93</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>760</v>
+        <v>1780</v>
       </c>
       <c r="G72" s="3">
         <v>10</v>
       </c>
       <c r="H72" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="B73" s="3" t="s">
         <v>149</v>
       </c>
-      <c r="B73" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73" s="3">
-        <v>268.74</v>
+        <v>273.31</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>570</v>
+        <v>490</v>
       </c>
       <c r="G73" s="3">
         <v>10</v>
       </c>
       <c r="H73" s="3">
         <v>50</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="B74" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="B74" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" s="3">
-        <v>367.62</v>
+        <v>295.16</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>60</v>
+        <v>2690</v>
       </c>
       <c r="G74" s="3">
         <v>10</v>
       </c>
       <c r="H74" s="3">
         <v>50</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="B75" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="B75" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" s="3">
-        <v>15.16</v>
+        <v>118.53</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>22000</v>
+        <v>720</v>
       </c>
       <c r="G75" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H75" s="3">
-        <v>2000</v>
+        <v>250</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="B76" s="3" t="s">
         <v>155</v>
       </c>
-      <c r="B76" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" s="3">
-        <v>19.19</v>
+        <v>13.5</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>3050</v>
+        <v>4700</v>
       </c>
       <c r="G76" s="3">
         <v>50</v>
       </c>
       <c r="H76" s="3">
         <v>1500</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B77" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="B77" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77" s="3">
-        <v>22.1</v>
+        <v>12.85</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>3300</v>
+        <v>1300</v>
       </c>
       <c r="G77" s="3">
         <v>50</v>
       </c>
       <c r="H77" s="3">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="B78" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="B78" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78" s="3">
-        <v>27.88</v>
+        <v>12.85</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>1850</v>
+        <v>1300</v>
       </c>
       <c r="G78" s="3">
         <v>50</v>
       </c>
       <c r="H78" s="3">
-        <v>800</v>
+        <v>2000</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="B79" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="B79" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79" s="3">
-        <v>33.98</v>
+        <v>12.05</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>3250</v>
+        <v>2700</v>
       </c>
       <c r="G79" s="3">
         <v>50</v>
       </c>
       <c r="H79" s="3">
-        <v>800</v>
+        <v>2000</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="B80" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="B80" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80" s="3">
-        <v>64.06</v>
+        <v>20.85</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>1640</v>
+        <v>450</v>
       </c>
       <c r="G80" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H80" s="3">
-        <v>400</v>
+        <v>1500</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="B81" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="B81" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81" s="3">
-        <v>358.3</v>
+        <v>22.51</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>2720</v>
+        <v>2000</v>
       </c>
       <c r="G81" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H81" s="3">
-        <v>50</v>
+        <v>1500</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="B82" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="B82" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82" s="3">
-        <v>45.12</v>
+        <v>20.85</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>150</v>
+        <v>1300</v>
       </c>
       <c r="G82" s="3">
         <v>50</v>
       </c>
       <c r="H82" s="3">
-        <v>500</v>
+        <v>1500</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="B83" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="B83" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83" s="3">
-        <v>53.45</v>
+        <v>20.02</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>1600</v>
+        <v>1350</v>
       </c>
       <c r="G83" s="3">
         <v>50</v>
       </c>
       <c r="H83" s="3">
-        <v>500</v>
+        <v>1500</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B84" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="B84" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84" s="3">
-        <v>11.85</v>
+        <v>49.06</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F84" s="3">
-        <v>5150</v>
+        <v>2150</v>
       </c>
       <c r="G84" s="3">
         <v>50</v>
       </c>
       <c r="H84" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="B85" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="B85" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85" s="3">
-        <v>13.27</v>
+        <v>49.06</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>5850</v>
+        <v>1650</v>
       </c>
       <c r="G85" s="3">
         <v>50</v>
       </c>
       <c r="H85" s="3">
-        <v>1500</v>
+        <v>500</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="B86" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="B86" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86" s="3">
-        <v>12.64</v>
+        <v>61.79</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="3">
-        <v>2150</v>
+        <v>150</v>
       </c>
       <c r="G86" s="3">
         <v>50</v>
       </c>
       <c r="H86" s="3">
-        <v>1500</v>
+        <v>500</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="B87" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="B87" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87" s="3">
-        <v>20.5</v>
+        <v>54.36</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>1350</v>
+        <v>1000</v>
       </c>
       <c r="G87" s="3">
         <v>50</v>
       </c>
       <c r="H87" s="3">
-        <v>1500</v>
+        <v>500</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="B88" s="3" t="s">
         <v>179</v>
       </c>
-      <c r="B88" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88" s="3">
-        <v>53.45</v>
+        <v>54.36</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F88" s="3">
-        <v>4400</v>
+        <v>3600</v>
       </c>
       <c r="G88" s="3">
         <v>50</v>
       </c>
       <c r="H88" s="3">
         <v>500</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="B89" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="B89" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89" s="3">
-        <v>81.85</v>
+        <v>82.93</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>400</v>
+        <v>350</v>
       </c>
       <c r="G89" s="3">
         <v>50</v>
       </c>
       <c r="H89" s="3">
         <v>400</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="B90" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="B90" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90" s="3">
-        <v>81.55</v>
+        <v>83.24</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F90" s="3">
-        <v>800</v>
+        <v>300</v>
       </c>
       <c r="G90" s="3">
         <v>50</v>
       </c>
       <c r="H90" s="3">
         <v>400</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B91" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="B91" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91" s="3">
-        <v>195.36</v>
+        <v>78.79</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>780</v>
+        <v>700</v>
       </c>
       <c r="G91" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H91" s="3">
-        <v>50</v>
+        <v>400</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="B92" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="B92" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92" s="3">
-        <v>26.81</v>
+        <v>20.67</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>9800</v>
+        <v>4400</v>
       </c>
       <c r="G92" s="3">
         <v>50</v>
       </c>
       <c r="H92" s="3">
         <v>800</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="B93" s="3" t="s">
         <v>189</v>
       </c>
-      <c r="B93" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93" s="3">
-        <v>229.13</v>
+        <v>75.08</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>480</v>
+        <v>1300</v>
       </c>
       <c r="G93" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H93" s="3">
-        <v>50</v>
+        <v>400</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="B94" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="B94" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94" s="3">
-        <v>33.98</v>
+        <v>18.54</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>4500</v>
+        <v>2700</v>
       </c>
       <c r="G94" s="3">
         <v>50</v>
       </c>
       <c r="H94" s="3">
-        <v>800</v>
+        <v>1500</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="B95" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="B95" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95" s="3">
-        <v>9.18</v>
+        <v>19.22</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>2650</v>
+        <v>2950</v>
       </c>
       <c r="G95" s="3">
         <v>50</v>
       </c>
       <c r="H95" s="3">
-        <v>4000</v>
+        <v>1000</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="B96" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="B96" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96" s="3">
-        <v>22.1</v>
+        <v>31.7</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>7950</v>
+        <v>8500</v>
       </c>
       <c r="G96" s="3">
         <v>50</v>
       </c>
       <c r="H96" s="3">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="B97" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="B97" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97" s="3">
-        <v>195.36</v>
+        <v>58.63</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>1850</v>
+        <v>590</v>
       </c>
       <c r="G97" s="3">
         <v>10</v>
       </c>
       <c r="H97" s="3">
-        <v>50</v>
+        <v>400</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="B98" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="B98" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98" s="3">
-        <v>25.09</v>
+        <v>373.87</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>6850</v>
+        <v>10</v>
       </c>
       <c r="G98" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H98" s="3">
-        <v>800</v>
+        <v>50</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="B99" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="B99" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99" s="3">
-        <v>8.05</v>
+        <v>15.65</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>21100</v>
+        <v>4450</v>
       </c>
       <c r="G99" s="3">
         <v>50</v>
       </c>
       <c r="H99" s="3">
-        <v>4000</v>
+        <v>2000</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="B100" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="B100" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100" s="3">
-        <v>98.91</v>
+        <v>14.65</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>840</v>
+        <v>20250</v>
       </c>
       <c r="G100" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H100" s="3">
-        <v>250</v>
+        <v>2000</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="B101" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="B101" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101" s="3">
-        <v>15.52</v>
+        <v>373.87</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F101" s="3">
-        <v>2750</v>
+        <v>50</v>
       </c>
       <c r="G101" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H101" s="3">
-        <v>2000</v>
+        <v>50</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="B102" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="B102" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C102" s="3">
-        <v>367.62</v>
+        <v>65.33</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>40</v>
+        <v>400</v>
       </c>
       <c r="G102" s="3">
         <v>10</v>
       </c>
       <c r="H102" s="3">
-        <v>50</v>
+        <v>400</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="B103" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="B103" s="3" t="s">
+      <c r="C103" s="3">
+        <v>94.42</v>
+      </c>
+      <c r="D103" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F103" s="3">
+        <v>40</v>
+      </c>
+      <c r="G103" s="3">
+        <v>10</v>
+      </c>
+      <c r="H103" s="3">
+        <v>400</v>
+      </c>
+      <c r="I103" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A104" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="C103" s="3">
-[...22 lines deleted...]
-      <c r="A104" s="2" t="s">
+      <c r="B104" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="B104" s="2"/>
-[...6 lines deleted...]
-      <c r="I104" s="2"/>
+      <c r="C104" s="3">
+        <v>126.85</v>
+      </c>
+      <c r="D104" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F104" s="3">
+        <v>10</v>
+      </c>
+      <c r="G104" s="3">
+        <v>10</v>
+      </c>
+      <c r="H104" s="3">
+        <v>300</v>
+      </c>
+      <c r="I104" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C105" s="3">
-        <v>11.78</v>
+        <v>117.45</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F105" s="3">
-        <v>24450</v>
+        <v>300</v>
       </c>
       <c r="G105" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H105" s="3">
-        <v>4000</v>
+        <v>300</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C106" s="3">
-        <v>90.34</v>
+        <v>100.6</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F106" s="3">
-        <v>2350</v>
+        <v>660</v>
       </c>
       <c r="G106" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H106" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C107" s="3">
-        <v>297.85</v>
+        <v>215.76</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>1250</v>
+        <v>70</v>
       </c>
       <c r="G107" s="3">
         <v>10</v>
       </c>
       <c r="H107" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C108" s="3">
-        <v>11.78</v>
+        <v>261.06</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F108" s="3">
-        <v>17550</v>
+        <v>1370</v>
       </c>
       <c r="G108" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H108" s="3">
-        <v>2000</v>
+        <v>80</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A109" s="3" t="s">
+      <c r="A109" s="2" t="s">
         <v>220</v>
       </c>
-      <c r="B109" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B109" s="2"/>
+      <c r="C109" s="2"/>
+      <c r="D109" s="2"/>
+      <c r="E109" s="2"/>
+      <c r="F109" s="2"/>
+      <c r="G109" s="2"/>
+      <c r="H109" s="2"/>
+      <c r="I109" s="2"/>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="B110" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="B110" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C110" s="3">
-        <v>10.75</v>
+        <v>35.8</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F110" s="3">
-        <v>9750</v>
+        <v>17550</v>
       </c>
       <c r="G110" s="3">
         <v>50</v>
       </c>
       <c r="H110" s="3">
-        <v>5000</v>
+        <v>800</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="B111" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="B111" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C111" s="3">
-        <v>44.77</v>
+        <v>21.3</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F111" s="3">
-        <v>11150</v>
+        <v>105950</v>
       </c>
       <c r="G111" s="3">
         <v>50</v>
       </c>
       <c r="H111" s="3">
-        <v>600</v>
+        <v>1500</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="B112" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="B112" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C112" s="3">
-        <v>11.44</v>
+        <v>31.07</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F112" s="3">
-        <v>18450</v>
+        <v>3250</v>
       </c>
       <c r="G112" s="3">
         <v>50</v>
       </c>
       <c r="H112" s="3">
-        <v>4000</v>
+        <v>1000</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="B113" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="B113" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C113" s="3">
-        <v>14.45</v>
+        <v>87.32</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F113" s="3">
-        <v>326583</v>
+        <v>70</v>
       </c>
       <c r="G113" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H113" s="3">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="B114" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="B114" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C114" s="3">
-        <v>26.53</v>
+        <v>339.54</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F114" s="3">
-        <v>58700</v>
+        <v>490</v>
       </c>
       <c r="G114" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H114" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="B115" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="B115" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C115" s="3">
-        <v>11.66</v>
+        <v>29.98</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F115" s="3">
-        <v>71283</v>
+        <v>19800</v>
       </c>
       <c r="G115" s="3">
         <v>50</v>
       </c>
       <c r="H115" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="B116" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="B116" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C116" s="3">
-        <v>44.36</v>
+        <v>82.04</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F116" s="3">
-        <v>21633</v>
+        <v>4820</v>
       </c>
       <c r="G116" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H116" s="3">
-        <v>600</v>
+        <v>400</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="B117" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="B117" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C117" s="3">
-        <v>11.78</v>
+        <v>38.33</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F117" s="3">
-        <v>30600</v>
+        <v>7400</v>
       </c>
       <c r="G117" s="3">
         <v>50</v>
       </c>
       <c r="H117" s="3">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="B118" s="3" t="s">
         <v>238</v>
       </c>
-      <c r="B118" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C118" s="3">
-        <v>153.13</v>
+        <v>253.8</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F118" s="3">
-        <v>30180</v>
+        <v>990</v>
       </c>
       <c r="G118" s="3">
         <v>10</v>
       </c>
       <c r="H118" s="3">
         <v>150</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="B119" s="3" t="s">
         <v>240</v>
       </c>
-      <c r="B119" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C119" s="3">
-        <v>11.78</v>
+        <v>400.09</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F119" s="3">
-        <v>53200</v>
+        <v>1470</v>
       </c>
       <c r="G119" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H119" s="3">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="B120" s="3" t="s">
         <v>242</v>
       </c>
-      <c r="B120" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C120" s="3">
-        <v>10.93</v>
+        <v>15.43</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F120" s="3">
-        <v>49500</v>
+        <v>45100</v>
       </c>
       <c r="G120" s="3">
         <v>50</v>
       </c>
       <c r="H120" s="3">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="B121" s="3" t="s">
         <v>244</v>
       </c>
-      <c r="B121" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C121" s="3">
-        <v>107.68</v>
+        <v>20.83</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F121" s="3">
-        <v>55140</v>
+        <v>7500</v>
       </c>
       <c r="G121" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H121" s="3">
-        <v>300</v>
+        <v>1500</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="B122" s="3" t="s">
         <v>246</v>
       </c>
-      <c r="B122" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C122" s="3">
-        <v>10.22</v>
+        <v>135.56</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F122" s="3">
-        <v>80983</v>
+        <v>1900</v>
       </c>
       <c r="G122" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H122" s="3">
-        <v>2000</v>
+        <v>150</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="B123" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="B123" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C123" s="3">
-        <v>176.19</v>
+        <v>15.43</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F123" s="3">
-        <v>1630</v>
+        <v>62650</v>
       </c>
       <c r="G123" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H123" s="3">
-        <v>150</v>
+        <v>2000</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="B124" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="B124" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C124" s="3">
-        <v>34.12</v>
+        <v>11.48</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>11250</v>
+        <v>16700</v>
       </c>
       <c r="G124" s="3">
         <v>50</v>
       </c>
       <c r="H124" s="3">
-        <v>800</v>
+        <v>5000</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="B125" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="B125" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C125" s="3">
-        <v>269.32</v>
+        <v>229.47</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F125" s="3">
-        <v>10240</v>
+        <v>2220</v>
       </c>
       <c r="G125" s="3">
         <v>10</v>
       </c>
       <c r="H125" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="B126" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="B126" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C126" s="3">
-        <v>30.49</v>
+        <v>11.48</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F126" s="3">
-        <v>70283</v>
+        <v>0</v>
       </c>
       <c r="G126" s="3">
         <v>50</v>
       </c>
       <c r="H126" s="3">
-        <v>800</v>
+        <v>5000</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="B127" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="B127" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C127" s="3">
-        <v>12.04</v>
+        <v>38.16</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F127" s="3">
-        <v>73583</v>
+        <v>7450</v>
       </c>
       <c r="G127" s="3">
         <v>50</v>
       </c>
       <c r="H127" s="3">
-        <v>3000</v>
+        <v>800</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="B128" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="B128" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C128" s="3">
-        <v>32.49</v>
+        <v>80.48</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F128" s="3">
-        <v>44900</v>
+        <v>5520</v>
       </c>
       <c r="G128" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H128" s="3">
-        <v>800</v>
+        <v>400</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="B129" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="B129" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C129" s="3">
-        <v>183.32</v>
+        <v>190.99</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F129" s="3">
-        <v>7790</v>
+        <v>1620</v>
       </c>
       <c r="G129" s="3">
         <v>10</v>
       </c>
       <c r="H129" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="B130" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="B130" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C130" s="3">
-        <v>10.44</v>
+        <v>179.19</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F130" s="3">
-        <v>22400</v>
+        <v>1670</v>
       </c>
       <c r="G130" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H130" s="3">
-        <v>3000</v>
+        <v>100</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="B131" s="3" t="s">
         <v>264</v>
       </c>
-      <c r="B131" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C131" s="3">
-        <v>20.08</v>
+        <v>31.57</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F131" s="3">
-        <v>56050</v>
+        <v>5400</v>
       </c>
       <c r="G131" s="3">
         <v>50</v>
       </c>
       <c r="H131" s="3">
         <v>1000</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="B132" s="3" t="s">
         <v>266</v>
       </c>
-      <c r="B132" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C132" s="3">
-        <v>34.12</v>
+        <v>135.56</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F132" s="3">
-        <v>2000</v>
+        <v>3880</v>
       </c>
       <c r="G132" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H132" s="3">
-        <v>800</v>
+        <v>150</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="B133" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="B133" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C133" s="3">
-        <v>10.93</v>
+        <v>114.98</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F133" s="3">
-        <v>9400</v>
+        <v>3530</v>
       </c>
       <c r="G133" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H133" s="3">
-        <v>5000</v>
+        <v>300</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="B134" s="3" t="s">
         <v>270</v>
       </c>
-      <c r="B134" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C134" s="3">
-        <v>29.48</v>
+        <v>29.98</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F134" s="3">
-        <v>18600</v>
+        <v>4600</v>
       </c>
       <c r="G134" s="3">
         <v>50</v>
       </c>
       <c r="H134" s="3">
         <v>1000</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="B135" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="B135" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C135" s="3">
-        <v>19.04</v>
+        <v>20.42</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F135" s="3">
-        <v>200617</v>
+        <v>7450</v>
       </c>
       <c r="G135" s="3">
         <v>50</v>
       </c>
       <c r="H135" s="3">
         <v>1500</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="B136" s="3" t="s">
         <v>274</v>
       </c>
-      <c r="B136" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C136" s="3">
-        <v>15.17</v>
+        <v>61.63</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F136" s="3">
-        <v>102250</v>
+        <v>3300</v>
       </c>
       <c r="G136" s="3">
         <v>50</v>
       </c>
       <c r="H136" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="B137" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="B137" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C137" s="3">
-        <v>225.63</v>
+        <v>179.19</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F137" s="3">
-        <v>3230</v>
+        <v>2220</v>
       </c>
       <c r="G137" s="3">
         <v>10</v>
       </c>
       <c r="H137" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="B138" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="B138" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C138" s="3">
-        <v>10.93</v>
+        <v>13.87</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F138" s="3">
-        <v>15900</v>
+        <v>26050</v>
       </c>
       <c r="G138" s="3">
         <v>50</v>
       </c>
       <c r="H138" s="3">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="B139" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="B139" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C139" s="3">
-        <v>12.71</v>
+        <v>59.21</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F139" s="3">
-        <v>285217</v>
+        <v>7350</v>
       </c>
       <c r="G139" s="3">
         <v>50</v>
       </c>
       <c r="H139" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="B140" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="B140" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C140" s="3">
-        <v>20.08</v>
+        <v>117.89</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F140" s="3">
-        <v>81550</v>
+        <v>1140</v>
       </c>
       <c r="G140" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H140" s="3">
-        <v>1500</v>
+        <v>350</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="B141" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="B141" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C141" s="3">
-        <v>182.43</v>
+        <v>11.98</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F141" s="3">
-        <v>8870</v>
+        <v>12650</v>
       </c>
       <c r="G141" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H141" s="3">
-        <v>100</v>
+        <v>2000</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="B142" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="B142" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C142" s="3">
-        <v>23.9</v>
+        <v>35.8</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F142" s="3">
-        <v>7600</v>
+        <v>12100</v>
       </c>
       <c r="G142" s="3">
         <v>50</v>
       </c>
       <c r="H142" s="3">
-        <v>4000</v>
+        <v>800</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="B143" s="3" t="s">
         <v>288</v>
       </c>
-      <c r="B143" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C143" s="3">
-        <v>9.36</v>
+        <v>10.47</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F143" s="3">
-        <v>149000</v>
+        <v>16450</v>
       </c>
       <c r="G143" s="3">
         <v>50</v>
       </c>
       <c r="H143" s="3">
-        <v>5000</v>
+        <v>4000</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="B144" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="B144" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C144" s="3">
-        <v>19.5</v>
+        <v>38.16</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F144" s="3">
-        <v>223267</v>
+        <v>2950</v>
       </c>
       <c r="G144" s="3">
         <v>50</v>
       </c>
       <c r="H144" s="3">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="B145" s="3" t="s">
         <v>292</v>
       </c>
-      <c r="B145" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C145" s="3">
-        <v>83.09</v>
+        <v>26.98</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F145" s="3">
-        <v>1190</v>
+        <v>26249</v>
       </c>
       <c r="G145" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H145" s="3">
-        <v>400</v>
+        <v>1000</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="B146" s="3" t="s">
         <v>294</v>
       </c>
-      <c r="B146" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C146" s="3">
-        <v>13.34</v>
+        <v>109.51</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F146" s="3">
-        <v>11000</v>
+        <v>35660</v>
       </c>
       <c r="G146" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H146" s="3">
-        <v>3000</v>
+        <v>300</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="B147" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="B147" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C147" s="3">
-        <v>15.17</v>
+        <v>273.9</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F147" s="3">
-        <v>16750</v>
+        <v>9590</v>
       </c>
       <c r="G147" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H147" s="3">
-        <v>2000</v>
+        <v>80</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="B148" s="3" t="s">
         <v>298</v>
       </c>
-      <c r="B148" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C148" s="3">
-        <v>20.48</v>
+        <v>12.24</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F148" s="3">
-        <v>6100</v>
+        <v>63600</v>
       </c>
       <c r="G148" s="3">
         <v>50</v>
       </c>
       <c r="H148" s="3">
-        <v>1500</v>
+        <v>2000</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="B149" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="B149" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C149" s="3">
-        <v>20.08</v>
+        <v>11.66</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F149" s="3">
-        <v>11300</v>
+        <v>18900</v>
       </c>
       <c r="G149" s="3">
         <v>50</v>
       </c>
       <c r="H149" s="3">
-        <v>1500</v>
+        <v>5000</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="B150" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="B150" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C150" s="3">
-        <v>29.48</v>
+        <v>11.66</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F150" s="3">
-        <v>3800</v>
+        <v>48200</v>
       </c>
       <c r="G150" s="3">
         <v>50</v>
       </c>
       <c r="H150" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="B151" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="B151" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C151" s="3">
-        <v>32</v>
+        <v>36.34</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F151" s="3">
-        <v>5600</v>
+        <v>33400</v>
       </c>
       <c r="G151" s="3">
         <v>50</v>
       </c>
       <c r="H151" s="3">
         <v>800</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="B152" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="B152" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C152" s="3">
-        <v>63.71</v>
+        <v>19.83</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F152" s="3">
-        <v>2700</v>
+        <v>135750</v>
       </c>
       <c r="G152" s="3">
         <v>50</v>
       </c>
       <c r="H152" s="3">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="B153" s="3" t="s">
         <v>308</v>
       </c>
-      <c r="B153" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C153" s="3">
-        <v>60.6</v>
+        <v>31.57</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F153" s="3">
-        <v>3350</v>
+        <v>1900</v>
       </c>
       <c r="G153" s="3">
         <v>50</v>
       </c>
       <c r="H153" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="B154" s="3" t="s">
         <v>310</v>
       </c>
-      <c r="B154" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C154" s="3">
-        <v>85.86</v>
+        <v>20.42</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F154" s="3">
-        <v>1600</v>
+        <v>8350</v>
       </c>
       <c r="G154" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H154" s="3">
-        <v>400</v>
+        <v>1500</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="B155" s="3" t="s">
         <v>312</v>
       </c>
-      <c r="B155" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C155" s="3">
-        <v>113.06</v>
+        <v>229.47</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F155" s="3">
-        <v>3290</v>
+        <v>2430</v>
       </c>
       <c r="G155" s="3">
         <v>10</v>
       </c>
       <c r="H155" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="B156" s="3" t="s">
         <v>314</v>
       </c>
-      <c r="B156" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C156" s="3">
-        <v>333.86</v>
+        <v>15.43</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F156" s="3">
-        <v>690</v>
+        <v>13700</v>
       </c>
       <c r="G156" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H156" s="3">
-        <v>50</v>
+        <v>2000</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="B157" s="3" t="s">
         <v>316</v>
       </c>
-      <c r="B157" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C157" s="3">
-        <v>333.86</v>
+        <v>20.83</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F157" s="3">
-        <v>800</v>
+        <v>7550</v>
       </c>
       <c r="G157" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H157" s="3">
-        <v>50</v>
+        <v>1500</v>
       </c>
       <c r="I157" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="B158" s="3" t="s">
         <v>318</v>
       </c>
-      <c r="B158" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C158" s="3">
-        <v>176.19</v>
+        <v>29.98</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F158" s="3">
-        <v>2260</v>
+        <v>3500</v>
       </c>
       <c r="G158" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H158" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="B159" s="3" t="s">
         <v>320</v>
       </c>
-      <c r="B159" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C159" s="3">
-        <v>30.55</v>
+        <v>35.8</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F159" s="3">
-        <v>3000</v>
+        <v>4150</v>
       </c>
       <c r="G159" s="3">
         <v>50</v>
       </c>
       <c r="H159" s="3">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="B160" s="3" t="s">
         <v>322</v>
       </c>
-      <c r="B160" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C160" s="3">
-        <v>333.86</v>
+        <v>61.63</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F160" s="3">
-        <v>610</v>
+        <v>500</v>
       </c>
       <c r="G160" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H160" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I160" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="B161" s="3" t="s">
         <v>324</v>
       </c>
-      <c r="B161" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C161" s="3">
-        <v>12.68</v>
+        <v>339.54</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F161" s="3">
-        <v>26400</v>
+        <v>490</v>
       </c>
       <c r="G161" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H161" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="B162" s="3" t="s">
         <v>326</v>
       </c>
-      <c r="B162" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C162" s="3">
-        <v>13.34</v>
+        <v>13.57</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F162" s="3">
-        <v>59500</v>
+        <v>47300</v>
       </c>
       <c r="G162" s="3">
         <v>50</v>
       </c>
       <c r="H162" s="3">
         <v>3000</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="B163" s="3" t="s">
         <v>328</v>
       </c>
-      <c r="B163" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C163" s="3">
-        <v>34.12</v>
+        <v>45.53</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F163" s="3">
-        <v>8500</v>
+        <v>2750</v>
       </c>
       <c r="G163" s="3">
         <v>50</v>
       </c>
       <c r="H163" s="3">
-        <v>800</v>
+        <v>600</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="B164" s="3" t="s">
         <v>330</v>
       </c>
-      <c r="B164" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C164" s="3">
-        <v>119.01</v>
+        <v>121.03</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F164" s="3">
-        <v>3570</v>
+        <v>3100</v>
       </c>
       <c r="G164" s="3">
         <v>10</v>
       </c>
       <c r="H164" s="3">
         <v>300</v>
       </c>
       <c r="I164" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="B165" s="3" t="s">
         <v>332</v>
       </c>
-      <c r="B165" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C165" s="3">
-        <v>83.09</v>
+        <v>79.66</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F165" s="3">
-        <v>1340</v>
+        <v>9599</v>
       </c>
       <c r="G165" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H165" s="3">
         <v>400</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="B166" s="3" t="s">
         <v>334</v>
       </c>
-      <c r="B166" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C166" s="3">
-        <v>13.34</v>
+        <v>11.98</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F166" s="3">
-        <v>72250</v>
+        <v>24150</v>
       </c>
       <c r="G166" s="3">
         <v>50</v>
       </c>
       <c r="H166" s="3">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="I166" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="B167" s="3" t="s">
         <v>336</v>
       </c>
-      <c r="B167" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C167" s="3">
-        <v>60.59</v>
+        <v>29.98</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F167" s="3">
-        <v>13800</v>
+        <v>5950</v>
       </c>
       <c r="G167" s="3">
         <v>50</v>
       </c>
       <c r="H167" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I167" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="B168" s="3" t="s">
         <v>338</v>
       </c>
-      <c r="B168" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C168" s="3">
-        <v>29.48</v>
+        <v>302.9</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F168" s="3">
-        <v>16400</v>
+        <v>960</v>
       </c>
       <c r="G168" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H168" s="3">
-        <v>1000</v>
+        <v>80</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="B169" s="3" t="s">
         <v>340</v>
       </c>
-      <c r="B169" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C169" s="3">
-        <v>29.48</v>
+        <v>35.8</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F169" s="3">
-        <v>6900</v>
+        <v>5600</v>
       </c>
       <c r="G169" s="3">
         <v>50</v>
       </c>
       <c r="H169" s="3">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="B170" s="3" t="s">
         <v>342</v>
       </c>
-      <c r="B170" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C170" s="3">
-        <v>13.34</v>
+        <v>79.67</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F170" s="3">
-        <v>32800</v>
+        <v>3100</v>
       </c>
       <c r="G170" s="3">
         <v>50</v>
       </c>
       <c r="H170" s="3">
-        <v>3000</v>
+        <v>400</v>
       </c>
       <c r="I170" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="B171" s="3" t="s">
         <v>344</v>
       </c>
-      <c r="B171" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C171" s="3">
-        <v>12.68</v>
+        <v>84.5</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F171" s="3">
-        <v>12800</v>
+        <v>1790</v>
       </c>
       <c r="G171" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H171" s="3">
-        <v>2000</v>
+        <v>400</v>
       </c>
       <c r="I171" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="B172" s="3" t="s">
         <v>346</v>
       </c>
-      <c r="B172" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C172" s="3">
-        <v>44.77</v>
+        <v>45.53</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F172" s="3">
-        <v>3000</v>
+        <v>3200</v>
       </c>
       <c r="G172" s="3">
         <v>50</v>
       </c>
       <c r="H172" s="3">
         <v>600</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="B173" s="3" t="s">
         <v>348</v>
       </c>
-      <c r="B173" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C173" s="3">
-        <v>71.22</v>
+        <v>359.6</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F173" s="3">
-        <v>12500</v>
+        <v>4890</v>
       </c>
       <c r="G173" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H173" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I173" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="B174" s="3" t="s">
         <v>350</v>
       </c>
-      <c r="B174" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C174" s="3">
-        <v>10.93</v>
+        <v>885.56</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F174" s="3">
-        <v>17150</v>
+        <v>1120</v>
       </c>
       <c r="G174" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H174" s="3">
-        <v>5000</v>
+        <v>40</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="B175" s="3" t="s">
         <v>352</v>
       </c>
-      <c r="B175" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C175" s="3">
-        <v>113.06</v>
+        <v>185.53</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F175" s="3">
-        <v>3420</v>
+        <v>14710</v>
       </c>
       <c r="G175" s="3">
         <v>10</v>
       </c>
       <c r="H175" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I175" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="B176" s="3" t="s">
         <v>354</v>
       </c>
-      <c r="B176" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C176" s="3">
-        <v>20.48</v>
+        <v>34.1</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F176" s="3">
-        <v>41550</v>
+        <v>63800</v>
       </c>
       <c r="G176" s="3">
         <v>50</v>
       </c>
       <c r="H176" s="3">
-        <v>1500</v>
+        <v>800</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="B177" s="3" t="s">
         <v>356</v>
       </c>
-      <c r="B177" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C177" s="3">
-        <v>115.92</v>
+        <v>186.44</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F177" s="3">
-        <v>3080</v>
+        <v>11550</v>
       </c>
       <c r="G177" s="3">
         <v>10</v>
       </c>
       <c r="H177" s="3">
-        <v>350</v>
+        <v>200</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="B178" s="3" t="s">
         <v>358</v>
       </c>
-      <c r="B178" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C178" s="3">
-        <v>34.12</v>
+        <v>64.79</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F178" s="3">
-        <v>12650</v>
+        <v>400</v>
       </c>
       <c r="G178" s="3">
         <v>50</v>
       </c>
       <c r="H178" s="3">
         <v>800</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="B179" s="3" t="s">
         <v>360</v>
       </c>
-      <c r="B179" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C179" s="3">
-        <v>297.84</v>
+        <v>40.83</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F179" s="3">
-        <v>590</v>
+        <v>3950</v>
       </c>
       <c r="G179" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H179" s="3">
-        <v>80</v>
+        <v>800</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="B180" s="3" t="s">
         <v>362</v>
       </c>
-      <c r="B180" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C180" s="3">
-        <v>15.17</v>
+        <v>61.62</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F180" s="3">
-        <v>43150</v>
+        <v>16400</v>
       </c>
       <c r="G180" s="3">
         <v>50</v>
       </c>
       <c r="H180" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="B181" s="3" t="s">
         <v>364</v>
       </c>
-      <c r="B181" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C181" s="3">
-        <v>22.57</v>
+        <v>13.57</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F181" s="3">
-        <v>92400</v>
+        <v>29500</v>
       </c>
       <c r="G181" s="3">
         <v>50</v>
       </c>
       <c r="H181" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I181" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="B182" s="3" t="s">
         <v>366</v>
       </c>
-      <c r="B182" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C182" s="3">
-        <v>20.08</v>
+        <v>61.63</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F182" s="3">
-        <v>43850</v>
+        <v>8050</v>
       </c>
       <c r="G182" s="3">
         <v>50</v>
       </c>
       <c r="H182" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I182" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="B183" s="3" t="s">
         <v>368</v>
       </c>
-      <c r="B183" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C183" s="3">
-        <v>110.4</v>
+        <v>12.9</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F183" s="3">
-        <v>10160</v>
+        <v>9700</v>
       </c>
       <c r="G183" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H183" s="3">
-        <v>350</v>
+        <v>2000</v>
       </c>
       <c r="I183" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="B184" s="3" t="s">
         <v>370</v>
       </c>
-      <c r="B184" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C184" s="3">
-        <v>498.53</v>
+        <v>229.47</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F184" s="3">
-        <v>3630</v>
+        <v>2040</v>
       </c>
       <c r="G184" s="3">
         <v>10</v>
       </c>
       <c r="H184" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I184" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="B185" s="3" t="s">
         <v>372</v>
       </c>
-      <c r="B185" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C185" s="3">
-        <v>724.87</v>
+        <v>114.98</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F185" s="3">
-        <v>2439</v>
+        <v>2920</v>
       </c>
       <c r="G185" s="3">
         <v>10</v>
       </c>
       <c r="H185" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I185" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="B186" s="3" t="s">
         <v>374</v>
       </c>
-      <c r="B186" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C186" s="3">
-        <v>83.09</v>
+        <v>117.89</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F186" s="3">
-        <v>2070</v>
+        <v>3110</v>
       </c>
       <c r="G186" s="3">
         <v>10</v>
       </c>
       <c r="H186" s="3">
-        <v>400</v>
+        <v>350</v>
       </c>
       <c r="I186" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="B187" s="3" t="s">
         <v>376</v>
       </c>
-      <c r="B187" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C187" s="3">
-        <v>44.77</v>
+        <v>12.9</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F187" s="3">
-        <v>2150</v>
+        <v>10850</v>
       </c>
       <c r="G187" s="3">
         <v>50</v>
       </c>
       <c r="H187" s="3">
-        <v>600</v>
+        <v>2000</v>
       </c>
       <c r="I187" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="B188" s="3" t="s">
         <v>378</v>
       </c>
-      <c r="B188" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C188" s="3">
-        <v>24</v>
+        <v>38.16</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F188" s="3">
-        <v>9800</v>
+        <v>13550</v>
       </c>
       <c r="G188" s="3">
         <v>50</v>
       </c>
       <c r="H188" s="3">
-        <v>2000</v>
+        <v>800</v>
       </c>
       <c r="I188" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="B189" s="3" t="s">
         <v>380</v>
       </c>
-      <c r="B189" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C189" s="3">
-        <v>37.69</v>
+        <v>112.28</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F189" s="3">
-        <v>5900</v>
+        <v>6960</v>
       </c>
       <c r="G189" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H189" s="3">
-        <v>1500</v>
+        <v>350</v>
       </c>
       <c r="I189" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="B190" s="3" t="s">
         <v>382</v>
       </c>
-      <c r="B190" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C190" s="3">
-        <v>441.98</v>
+        <v>135.56</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F190" s="3">
-        <v>230</v>
+        <v>5030</v>
       </c>
       <c r="G190" s="3">
         <v>10</v>
       </c>
       <c r="H190" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I190" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="B191" s="3" t="s">
         <v>384</v>
       </c>
-      <c r="B191" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C191" s="3">
-        <v>347.48</v>
+        <v>45.53</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F191" s="3">
-        <v>1070</v>
+        <v>2350</v>
       </c>
       <c r="G191" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H191" s="3">
-        <v>150</v>
+        <v>600</v>
       </c>
       <c r="I191" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="B192" s="3" t="s">
         <v>386</v>
       </c>
-      <c r="B192" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C192" s="3">
-        <v>353.59</v>
+        <v>15.43</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F192" s="3">
-        <v>4150</v>
+        <v>15050</v>
       </c>
       <c r="G192" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H192" s="3">
-        <v>100</v>
+        <v>2000</v>
       </c>
       <c r="I192" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="B193" s="3" t="s">
         <v>388</v>
       </c>
-      <c r="B193" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C193" s="3">
-        <v>83.09</v>
+        <v>26.4</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F193" s="3">
-        <v>2310</v>
+        <v>67250</v>
       </c>
       <c r="G193" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H193" s="3">
-        <v>400</v>
+        <v>1000</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="B194" s="3" t="s">
         <v>390</v>
       </c>
-      <c r="B194" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C194" s="3">
-        <v>36.83</v>
+        <v>11.66</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F194" s="3">
-        <v>5700</v>
+        <v>1450</v>
       </c>
       <c r="G194" s="3">
         <v>50</v>
       </c>
       <c r="H194" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="B195" s="3" t="s">
         <v>392</v>
       </c>
-      <c r="B195" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C195" s="3">
-        <v>393.4</v>
+        <v>507.01</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F195" s="3">
-        <v>1720</v>
+        <v>4100</v>
       </c>
       <c r="G195" s="3">
         <v>10</v>
       </c>
       <c r="H195" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="B196" s="3" t="s">
         <v>394</v>
       </c>
-      <c r="B196" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C196" s="3">
-        <v>176.19</v>
+        <v>737.19</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F196" s="3">
-        <v>2750</v>
+        <v>2040</v>
       </c>
       <c r="G196" s="3">
         <v>10</v>
       </c>
       <c r="H196" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I196" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="B197" s="3" t="s">
         <v>396</v>
       </c>
-      <c r="B197" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C197" s="3">
-        <v>15.17</v>
+        <v>22.9</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F197" s="3">
-        <v>52300</v>
+        <v>4400</v>
       </c>
       <c r="G197" s="3">
         <v>50</v>
       </c>
       <c r="H197" s="3">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="I197" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="B198" s="3" t="s">
         <v>398</v>
       </c>
-      <c r="B198" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C198" s="3">
-        <v>10.75</v>
+        <v>27.12</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F198" s="3">
-        <v>20750</v>
+        <v>0</v>
       </c>
       <c r="G198" s="3">
         <v>50</v>
       </c>
       <c r="H198" s="3">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="I198" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="B199" s="3" t="s">
         <v>400</v>
       </c>
-      <c r="B199" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C199" s="3">
-        <v>115.92</v>
+        <v>24.41</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F199" s="3">
-        <v>3800</v>
+        <v>5850</v>
       </c>
       <c r="G199" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H199" s="3">
-        <v>350</v>
+        <v>2000</v>
       </c>
       <c r="I199" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="B200" s="3" t="s">
         <v>402</v>
       </c>
-      <c r="B200" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C200" s="3">
-        <v>133.29</v>
+        <v>91.88</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F200" s="3">
-        <v>3630</v>
+        <v>1800</v>
       </c>
       <c r="G200" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H200" s="3">
-        <v>150</v>
+        <v>500</v>
       </c>
       <c r="I200" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="B201" s="3" t="s">
         <v>404</v>
       </c>
-      <c r="B201" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C201" s="3">
-        <v>25.73</v>
+        <v>353.39</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F201" s="3">
-        <v>18000</v>
+        <v>550</v>
       </c>
       <c r="G201" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H201" s="3">
-        <v>1000</v>
+        <v>150</v>
       </c>
       <c r="I201" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="B202" s="3" t="s">
         <v>406</v>
       </c>
-      <c r="B202" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C202" s="3">
-        <v>11.78</v>
+        <v>449.49</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F202" s="3">
-        <v>19800</v>
+        <v>430</v>
       </c>
       <c r="G202" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H202" s="3">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="I202" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="B203" s="3" t="s">
         <v>408</v>
       </c>
-      <c r="B203" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C203" s="3">
-        <v>10.75</v>
+        <v>84.5</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F203" s="3">
-        <v>32450</v>
+        <v>1580</v>
       </c>
       <c r="G203" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H203" s="3">
-        <v>5000</v>
+        <v>400</v>
       </c>
       <c r="I203" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="B204" s="3" t="s">
         <v>410</v>
       </c>
-      <c r="B204" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C204" s="3">
-        <v>20.48</v>
+        <v>179.19</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F204" s="3">
-        <v>24300</v>
+        <v>1720</v>
       </c>
       <c r="G204" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H204" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I204" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="B205" s="3" t="s">
         <v>412</v>
       </c>
-      <c r="B205" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C205" s="3">
-        <v>80.67</v>
+        <v>82.04</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F205" s="3">
-        <v>7280</v>
+        <v>6790</v>
       </c>
       <c r="G205" s="3">
         <v>10</v>
       </c>
       <c r="H205" s="3">
         <v>400</v>
       </c>
       <c r="I205" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="B206" s="3" t="s">
         <v>414</v>
       </c>
-      <c r="B206" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C206" s="3">
-        <v>15.17</v>
+        <v>11.48</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F206" s="3">
-        <v>82600</v>
+        <v>12800</v>
       </c>
       <c r="G206" s="3">
         <v>50</v>
       </c>
       <c r="H206" s="3">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="I206" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="B207" s="3" t="s">
         <v>416</v>
       </c>
-      <c r="B207" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C207" s="3">
-        <v>225.63</v>
+        <v>117.89</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F207" s="3">
-        <v>2170</v>
+        <v>3520</v>
       </c>
       <c r="G207" s="3">
         <v>10</v>
       </c>
       <c r="H207" s="3">
-        <v>200</v>
+        <v>350</v>
       </c>
       <c r="I207" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="B208" s="3" t="s">
         <v>418</v>
       </c>
-      <c r="B208" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C208" s="3">
-        <v>31.04</v>
+        <v>11.48</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F208" s="3">
-        <v>5350</v>
+        <v>7250</v>
       </c>
       <c r="G208" s="3">
         <v>50</v>
       </c>
       <c r="H208" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I208" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="B209" s="3" t="s">
         <v>420</v>
       </c>
-      <c r="B209" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C209" s="3">
-        <v>29.48</v>
+        <v>26.17</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F209" s="3">
-        <v>12300</v>
+        <v>16650</v>
       </c>
       <c r="G209" s="3">
         <v>50</v>
       </c>
       <c r="H209" s="3">
         <v>1000</v>
       </c>
       <c r="I209" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="B210" s="3" t="s">
         <v>422</v>
       </c>
-      <c r="B210" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C210" s="3">
-        <v>133.29</v>
+        <v>45.53</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F210" s="3">
-        <v>4180</v>
+        <v>10600</v>
       </c>
       <c r="G210" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H210" s="3">
-        <v>150</v>
+        <v>600</v>
       </c>
       <c r="I210" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="B211" s="3" t="s">
         <v>424</v>
       </c>
-      <c r="B211" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C211" s="3">
-        <v>13.34</v>
+        <v>20.83</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F211" s="3">
-        <v>39600</v>
+        <v>30500</v>
       </c>
       <c r="G211" s="3">
         <v>50</v>
       </c>
       <c r="H211" s="3">
-        <v>3000</v>
+        <v>1500</v>
       </c>
       <c r="I211" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="B212" s="3" t="s">
         <v>426</v>
       </c>
-      <c r="B212" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C212" s="3">
-        <v>31.04</v>
+        <v>29.98</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F212" s="3">
-        <v>2600</v>
+        <v>9850</v>
       </c>
       <c r="G212" s="3">
         <v>50</v>
       </c>
       <c r="H212" s="3">
         <v>1000</v>
       </c>
       <c r="I212" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="B213" s="3" t="s">
         <v>428</v>
       </c>
-      <c r="B213" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C213" s="3">
-        <v>225.63</v>
+        <v>13.57</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F213" s="3">
-        <v>2340</v>
+        <v>18300</v>
       </c>
       <c r="G213" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H213" s="3">
-        <v>200</v>
+        <v>3000</v>
       </c>
       <c r="I213" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="B214" s="3" t="s">
         <v>430</v>
       </c>
-      <c r="B214" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C214" s="3">
-        <v>29.57</v>
+        <v>84.5</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F214" s="3">
-        <v>15550</v>
+        <v>850</v>
       </c>
       <c r="G214" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H214" s="3">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="I214" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="B215" s="3" t="s">
         <v>432</v>
       </c>
-      <c r="B215" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C215" s="3">
-        <v>60.6</v>
+        <v>179.19</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F215" s="3">
-        <v>5550</v>
+        <v>1910</v>
       </c>
       <c r="G215" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H215" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I215" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="B216" s="3" t="s">
         <v>434</v>
       </c>
-      <c r="B216" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C216" s="3">
-        <v>130.75</v>
+        <v>12.9</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F216" s="3">
-        <v>1710</v>
+        <v>20600</v>
       </c>
       <c r="G216" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H216" s="3">
-        <v>400</v>
+        <v>1000</v>
       </c>
       <c r="I216" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="B217" s="3" t="s">
         <v>436</v>
       </c>
-      <c r="B217" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C217" s="3">
-        <v>20.48</v>
+        <v>45.11</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F217" s="3">
-        <v>54300</v>
+        <v>17750</v>
       </c>
       <c r="G217" s="3">
         <v>50</v>
       </c>
       <c r="H217" s="3">
-        <v>1500</v>
+        <v>600</v>
       </c>
       <c r="I217" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="B218" s="3" t="s">
         <v>438</v>
       </c>
-      <c r="B218" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C218" s="3">
-        <v>12.68</v>
+        <v>11.98</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F218" s="3">
-        <v>23800</v>
+        <v>32150</v>
       </c>
       <c r="G218" s="3">
         <v>50</v>
       </c>
       <c r="H218" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I218" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="B219" s="3" t="s">
         <v>440</v>
       </c>
-      <c r="B219" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C219" s="3">
-        <v>20.48</v>
+        <v>30.07</v>
       </c>
       <c r="D219" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E219" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F219" s="3">
-        <v>25700</v>
+        <v>0</v>
       </c>
       <c r="G219" s="3">
         <v>50</v>
       </c>
       <c r="H219" s="3">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="I219" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="B220" s="3" t="s">
         <v>442</v>
       </c>
-      <c r="B220" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C220" s="3">
-        <v>10.75</v>
+        <v>20.83</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F220" s="3">
-        <v>13400</v>
+        <v>6250</v>
       </c>
       <c r="G220" s="3">
         <v>50</v>
       </c>
       <c r="H220" s="3">
-        <v>5000</v>
+        <v>1500</v>
       </c>
       <c r="I220" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
+        <v>443</v>
+      </c>
+      <c r="B221" s="3" t="s">
         <v>444</v>
       </c>
-      <c r="B221" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C221" s="3">
-        <v>80.67</v>
+        <v>12.9</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F221" s="3">
-        <v>9400</v>
+        <v>18600</v>
       </c>
       <c r="G221" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H221" s="3">
-        <v>400</v>
+        <v>1000</v>
       </c>
       <c r="I221" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="B222" s="3" t="s">
         <v>446</v>
       </c>
-      <c r="B222" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C222" s="3">
-        <v>176.19</v>
+        <v>26.17</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F222" s="3">
-        <v>1360</v>
+        <v>13250</v>
       </c>
       <c r="G222" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H222" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I222" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="B223" s="3" t="s">
         <v>448</v>
       </c>
-      <c r="B223" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C223" s="3">
-        <v>133.29</v>
+        <v>26.17</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F223" s="3">
-        <v>3600</v>
+        <v>21400</v>
       </c>
       <c r="G223" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H223" s="3">
-        <v>150</v>
+        <v>1000</v>
       </c>
       <c r="I223" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="B224" s="3" t="s">
         <v>450</v>
       </c>
-      <c r="B224" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C224" s="3">
-        <v>297.84</v>
+        <v>82.04</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F224" s="3">
-        <v>340</v>
+        <v>2490</v>
       </c>
       <c r="G224" s="3">
         <v>10</v>
       </c>
       <c r="H224" s="3">
-        <v>80</v>
+        <v>400</v>
       </c>
       <c r="I224" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="B225" s="3" t="s">
         <v>452</v>
       </c>
-      <c r="B225" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C225" s="3">
-        <v>32</v>
+        <v>15.43</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F225" s="3">
-        <v>30300</v>
+        <v>29900</v>
       </c>
       <c r="G225" s="3">
         <v>50</v>
       </c>
       <c r="H225" s="3">
-        <v>800</v>
+        <v>2000</v>
       </c>
       <c r="I225" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="B226" s="3" t="s">
         <v>454</v>
       </c>
-      <c r="B226" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C226" s="3">
-        <v>25.74</v>
+        <v>11.66</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F226" s="3">
-        <v>12300</v>
+        <v>9100</v>
       </c>
       <c r="G226" s="3">
         <v>50</v>
       </c>
       <c r="H226" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I226" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="B227" s="3" t="s">
         <v>456</v>
       </c>
-      <c r="B227" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C227" s="3">
-        <v>15.17</v>
+        <v>302.9</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F227" s="3">
-        <v>40700</v>
+        <v>1120</v>
       </c>
       <c r="G227" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H227" s="3">
-        <v>2000</v>
+        <v>80</v>
       </c>
       <c r="I227" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="B228" s="3" t="s">
         <v>458</v>
       </c>
-      <c r="B228" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C228" s="3">
-        <v>113.06</v>
+        <v>35.8</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F228" s="3">
-        <v>6880</v>
+        <v>24750</v>
       </c>
       <c r="G228" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H228" s="3">
-        <v>300</v>
+        <v>800</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="B229" s="3" t="s">
         <v>460</v>
       </c>
-      <c r="B229" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C229" s="3">
-        <v>29.48</v>
+        <v>11.98</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F229" s="3">
-        <v>4500</v>
+        <v>32750</v>
       </c>
       <c r="G229" s="3">
         <v>50</v>
       </c>
       <c r="H229" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I229" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="B230" s="3" t="s">
         <v>462</v>
       </c>
-      <c r="B230" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C230" s="3">
-        <v>10.93</v>
+        <v>26.17</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F230" s="3">
-        <v>12250</v>
+        <v>27800</v>
       </c>
       <c r="G230" s="3">
         <v>50</v>
       </c>
       <c r="H230" s="3">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="I230" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="B231" s="3" t="s">
         <v>464</v>
       </c>
-      <c r="B231" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C231" s="3">
-        <v>20.08</v>
+        <v>26.18</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F231" s="3">
-        <v>38900</v>
+        <v>12150</v>
       </c>
       <c r="G231" s="3">
         <v>50</v>
       </c>
       <c r="H231" s="3">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="I231" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="B232" s="3" t="s">
         <v>466</v>
       </c>
-      <c r="B232" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C232" s="3">
-        <v>225.63</v>
+        <v>12.93</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F232" s="3">
-        <v>1710</v>
+        <v>81850</v>
       </c>
       <c r="G232" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H232" s="3">
-        <v>200</v>
+        <v>3000</v>
       </c>
       <c r="I232" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
+        <v>467</v>
+      </c>
+      <c r="B233" s="3" t="s">
         <v>468</v>
       </c>
-      <c r="B233" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C233" s="3">
-        <v>10.26</v>
+        <v>84.72</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F233" s="3">
-        <v>44850</v>
+        <v>38920</v>
       </c>
       <c r="G233" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H233" s="3">
-        <v>5000</v>
+        <v>400</v>
       </c>
       <c r="I233" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="B234" s="3" t="s">
         <v>470</v>
       </c>
-      <c r="B234" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C234" s="3">
-        <v>83.3</v>
+        <v>11.68</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F234" s="3">
-        <v>31353</v>
+        <v>10700</v>
       </c>
       <c r="G234" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H234" s="3">
-        <v>400</v>
+        <v>3000</v>
       </c>
       <c r="I234" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
+        <v>471</v>
+      </c>
+      <c r="B235" s="3" t="s">
         <v>472</v>
       </c>
-      <c r="B235" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C235" s="3">
-        <v>13.64</v>
+        <v>11.68</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F235" s="3">
-        <v>35050</v>
+        <v>9650</v>
       </c>
       <c r="G235" s="3">
         <v>50</v>
       </c>
       <c r="H235" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I235" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="B236" s="3" t="s">
         <v>474</v>
       </c>
-      <c r="B236" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C236" s="3">
-        <v>10.44</v>
+        <v>38.16</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F236" s="3">
-        <v>15450</v>
+        <v>9650</v>
       </c>
       <c r="G236" s="3">
         <v>50</v>
       </c>
       <c r="H236" s="3">
-        <v>3000</v>
+        <v>800</v>
       </c>
       <c r="I236" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="B237" s="3" t="s">
         <v>476</v>
       </c>
-      <c r="B237" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C237" s="3">
-        <v>34.12</v>
+        <v>20.83</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F237" s="3">
-        <v>8300</v>
+        <v>32800</v>
       </c>
       <c r="G237" s="3">
         <v>50</v>
       </c>
       <c r="H237" s="3">
-        <v>800</v>
+        <v>1500</v>
       </c>
       <c r="I237" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="B238" s="3" t="s">
         <v>478</v>
       </c>
-      <c r="B238" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C238" s="3">
-        <v>20.48</v>
+        <v>11.42</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F238" s="3">
-        <v>37050</v>
+        <v>173250</v>
       </c>
       <c r="G238" s="3">
         <v>50</v>
       </c>
       <c r="H238" s="3">
-        <v>1500</v>
+        <v>2000</v>
       </c>
       <c r="I238" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
+        <v>479</v>
+      </c>
+      <c r="B239" s="3" t="s">
         <v>480</v>
       </c>
-      <c r="B239" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C239" s="3">
-        <v>13.34</v>
+        <v>13.57</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F239" s="3">
-        <v>96050</v>
+        <v>9150</v>
       </c>
       <c r="G239" s="3">
         <v>50</v>
       </c>
       <c r="H239" s="3">
         <v>3000</v>
       </c>
       <c r="I239" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="B240" s="3" t="s">
         <v>482</v>
       </c>
-      <c r="B240" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C240" s="3">
-        <v>12.68</v>
+        <v>11.48</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F240" s="3">
-        <v>8250</v>
+        <v>9450</v>
       </c>
       <c r="G240" s="3">
         <v>50</v>
       </c>
       <c r="H240" s="3">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="I240" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="B241" s="3" t="s">
         <v>484</v>
       </c>
-      <c r="B241" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C241" s="3">
-        <v>32</v>
+        <v>302.91</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F241" s="3">
-        <v>10100</v>
+        <v>890</v>
       </c>
       <c r="G241" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H241" s="3">
-        <v>800</v>
+        <v>80</v>
       </c>
       <c r="I241" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="B242" s="3" t="s">
         <v>486</v>
       </c>
-      <c r="B242" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C242" s="3">
-        <v>10.44</v>
+        <v>31.57</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F242" s="3">
-        <v>10700</v>
+        <v>14850</v>
       </c>
       <c r="G242" s="3">
         <v>50</v>
       </c>
       <c r="H242" s="3">
-        <v>3000</v>
+        <v>800</v>
       </c>
       <c r="I242" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
+        <v>487</v>
+      </c>
+      <c r="B243" s="3" t="s">
         <v>488</v>
       </c>
-      <c r="B243" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C243" s="3">
-        <v>297.85</v>
+        <v>20.42</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F243" s="3">
-        <v>410</v>
+        <v>24150</v>
       </c>
       <c r="G243" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H243" s="3">
-        <v>80</v>
+        <v>1500</v>
       </c>
       <c r="I243" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="B244" s="3" t="s">
         <v>490</v>
       </c>
-      <c r="B244" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C244" s="3">
-        <v>52.93</v>
+        <v>302.91</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F244" s="3">
-        <v>41700</v>
+        <v>1200</v>
       </c>
       <c r="G244" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H244" s="3">
-        <v>500</v>
+        <v>80</v>
       </c>
       <c r="I244" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
+        <v>491</v>
+      </c>
+      <c r="B245" s="3" t="s">
         <v>492</v>
       </c>
-      <c r="B245" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C245" s="3">
-        <v>20.08</v>
+        <v>114.98</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F245" s="3">
-        <v>29400</v>
+        <v>3120</v>
       </c>
       <c r="G245" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H245" s="3">
-        <v>1500</v>
+        <v>300</v>
       </c>
       <c r="I245" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="B246" s="3" t="s">
         <v>494</v>
       </c>
-      <c r="B246" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C246" s="3">
-        <v>31.04</v>
+        <v>10</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F246" s="3">
-        <v>16600</v>
+        <v>79850</v>
       </c>
       <c r="G246" s="3">
         <v>50</v>
       </c>
       <c r="H246" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I246" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="B247" s="3" t="s">
         <v>496</v>
       </c>
-      <c r="B247" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C247" s="3">
-        <v>79.13</v>
+        <v>24.31</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F247" s="3">
-        <v>4890</v>
+        <v>6750</v>
       </c>
       <c r="G247" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H247" s="3">
-        <v>400</v>
+        <v>4000</v>
       </c>
       <c r="I247" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="B248" s="3" t="s">
         <v>498</v>
       </c>
-      <c r="B248" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C248" s="3">
-        <v>80.67</v>
+        <v>13.57</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F248" s="3">
-        <v>5590</v>
+        <v>8800</v>
       </c>
       <c r="G248" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H248" s="3">
-        <v>400</v>
+        <v>3000</v>
       </c>
       <c r="I248" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="B249" s="3" t="s">
         <v>500</v>
       </c>
-      <c r="B249" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C249" s="3">
-        <v>187.8</v>
+        <v>20.42</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F249" s="3">
-        <v>1870</v>
+        <v>9550</v>
       </c>
       <c r="G249" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H249" s="3">
-        <v>300</v>
+        <v>1500</v>
       </c>
       <c r="I249" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="B250" s="3" t="s">
         <v>502</v>
       </c>
-      <c r="B250" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C250" s="3">
-        <v>133.29</v>
+        <v>114.98</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E250" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F250" s="3">
-        <v>2200</v>
+        <v>0</v>
       </c>
       <c r="G250" s="3">
         <v>10</v>
       </c>
       <c r="H250" s="3">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="I250" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="B251" s="3" t="s">
         <v>504</v>
       </c>
-      <c r="B251" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C251" s="3">
-        <v>25.73</v>
+        <v>339.54</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E251" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F251" s="3">
-        <v>33750</v>
+        <v>650</v>
       </c>
       <c r="G251" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H251" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I251" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="B252" s="3" t="s">
         <v>506</v>
       </c>
-      <c r="B252" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C252" s="3">
-        <v>176.19</v>
+        <v>11.98</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F252" s="3">
-        <v>1900</v>
+        <v>17250</v>
       </c>
       <c r="G252" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H252" s="3">
-        <v>150</v>
+        <v>2000</v>
       </c>
       <c r="I252" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="B253" s="3" t="s">
         <v>508</v>
       </c>
-      <c r="B253" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C253" s="3">
-        <v>113.06</v>
+        <v>117.89</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F253" s="3">
-        <v>2880</v>
+        <v>550</v>
       </c>
       <c r="G253" s="3">
         <v>10</v>
       </c>
       <c r="H253" s="3">
-        <v>300</v>
+        <v>350</v>
       </c>
       <c r="I253" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="B254" s="3" t="s">
         <v>510</v>
       </c>
-      <c r="B254" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C254" s="3">
-        <v>12.68</v>
+        <v>20.42</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F254" s="3">
-        <v>15300</v>
+        <v>28700</v>
       </c>
       <c r="G254" s="3">
         <v>50</v>
       </c>
       <c r="H254" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I254" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
+        <v>511</v>
+      </c>
+      <c r="B255" s="3" t="s">
         <v>512</v>
       </c>
-      <c r="B255" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C255" s="3">
-        <v>80.67</v>
+        <v>14.7</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F255" s="3">
-        <v>5150</v>
+        <v>198150</v>
       </c>
       <c r="G255" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H255" s="3">
-        <v>400</v>
+        <v>1000</v>
       </c>
       <c r="I255" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="B256" s="3" t="s">
         <v>514</v>
       </c>
-      <c r="B256" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C256" s="3">
-        <v>133.29</v>
+        <v>179.19</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E256" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F256" s="3">
-        <v>1600</v>
+        <v>1420</v>
       </c>
       <c r="G256" s="3">
         <v>10</v>
       </c>
       <c r="H256" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I256" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="B257" s="3" t="s">
         <v>516</v>
       </c>
-      <c r="B257" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C257" s="3">
-        <v>78.34</v>
+        <v>20.42</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E257" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F257" s="3">
-        <v>4250</v>
+        <v>42800</v>
       </c>
       <c r="G257" s="3">
         <v>50</v>
       </c>
       <c r="H257" s="3">
-        <v>400</v>
+        <v>1500</v>
       </c>
       <c r="I257" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
+        <v>517</v>
+      </c>
+      <c r="B258" s="3" t="s">
         <v>518</v>
       </c>
-      <c r="B258" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C258" s="3">
-        <v>60.6</v>
+        <v>82.04</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E258" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F258" s="3">
-        <v>7050</v>
+        <v>7889</v>
       </c>
       <c r="G258" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H258" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I258" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
+        <v>519</v>
+      </c>
+      <c r="B259" s="3" t="s">
         <v>520</v>
       </c>
-      <c r="B259" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C259" s="3">
-        <v>19.57</v>
+        <v>11.66</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E259" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F259" s="3">
-        <v>7750</v>
+        <v>17600</v>
       </c>
       <c r="G259" s="3">
         <v>50</v>
       </c>
       <c r="H259" s="3">
         <v>5000</v>
       </c>
       <c r="I259" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="B260" s="3" t="s">
         <v>522</v>
       </c>
-      <c r="B260" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C260" s="3">
-        <v>249.56</v>
+        <v>13.57</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F260" s="3">
-        <v>1590</v>
+        <v>20250</v>
       </c>
       <c r="G260" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H260" s="3">
-        <v>150</v>
+        <v>3000</v>
       </c>
       <c r="I260" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="B261" s="3" t="s">
         <v>524</v>
       </c>
-      <c r="B261" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C261" s="3">
-        <v>60.6</v>
+        <v>20.83</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E261" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F261" s="3">
-        <v>7450</v>
+        <v>41650</v>
       </c>
       <c r="G261" s="3">
         <v>50</v>
       </c>
       <c r="H261" s="3">
-        <v>500</v>
+        <v>1500</v>
       </c>
       <c r="I261" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="B262" s="3" t="s">
         <v>526</v>
       </c>
-      <c r="B262" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C262" s="3">
-        <v>26.67</v>
+        <v>31.57</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E262" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F262" s="3">
-        <v>8350</v>
+        <v>5650</v>
       </c>
       <c r="G262" s="3">
         <v>50</v>
       </c>
       <c r="H262" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I262" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="B263" s="3" t="s">
         <v>528</v>
       </c>
-      <c r="B263" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C263" s="3">
-        <v>31.04</v>
+        <v>302.9</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E263" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F263" s="3">
-        <v>5500</v>
+        <v>1470</v>
       </c>
       <c r="G263" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H263" s="3">
-        <v>1000</v>
+        <v>80</v>
       </c>
       <c r="I263" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
+        <v>529</v>
+      </c>
+      <c r="B264" s="3" t="s">
         <v>530</v>
       </c>
-      <c r="B264" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C264" s="3">
-        <v>37.52</v>
+        <v>339.54</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F264" s="3">
-        <v>3050</v>
+        <v>420</v>
       </c>
       <c r="G264" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H264" s="3">
-        <v>800</v>
+        <v>50</v>
       </c>
       <c r="I264" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
+        <v>531</v>
+      </c>
+      <c r="B265" s="3" t="s">
         <v>532</v>
       </c>
-      <c r="B265" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C265" s="3">
-        <v>225.63</v>
+        <v>135.56</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E265" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F265" s="3">
-        <v>2470</v>
+        <v>2550</v>
       </c>
       <c r="G265" s="3">
         <v>10</v>
       </c>
       <c r="H265" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I265" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="B266" s="3" t="s">
         <v>534</v>
       </c>
-      <c r="B266" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C266" s="3">
-        <v>25.73</v>
+        <v>35.8</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E266" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F266" s="3">
-        <v>10900</v>
+        <v>15100</v>
       </c>
       <c r="G266" s="3">
         <v>50</v>
       </c>
       <c r="H266" s="3">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="I266" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
+        <v>535</v>
+      </c>
+      <c r="B267" s="3" t="s">
         <v>536</v>
       </c>
-      <c r="B267" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C267" s="3">
-        <v>870.76</v>
+        <v>29.98</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E267" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F267" s="3">
-        <v>1600</v>
+        <v>17600</v>
       </c>
       <c r="G267" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H267" s="3">
-        <v>40</v>
+        <v>1000</v>
       </c>
       <c r="I267" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
+        <v>537</v>
+      </c>
+      <c r="B268" s="3" t="s">
         <v>538</v>
       </c>
-      <c r="B268" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C268" s="3">
-        <v>44.77</v>
+        <v>155.73</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E268" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F268" s="3">
-        <v>3750</v>
+        <v>22890</v>
       </c>
       <c r="G268" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H268" s="3">
-        <v>600</v>
+        <v>150</v>
       </c>
       <c r="I268" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
+        <v>539</v>
+      </c>
+      <c r="B269" s="3" t="s">
         <v>540</v>
       </c>
-      <c r="B269" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C269" s="3">
-        <v>10.44</v>
+        <v>38.16</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E269" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F269" s="3">
-        <v>9550</v>
+        <v>4900</v>
       </c>
       <c r="G269" s="3">
         <v>50</v>
       </c>
       <c r="H269" s="3">
-        <v>3000</v>
+        <v>800</v>
       </c>
       <c r="I269" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
+        <v>541</v>
+      </c>
+      <c r="B270" s="3" t="s">
         <v>542</v>
       </c>
-      <c r="B270" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C270" s="3">
-        <v>32</v>
+        <v>84.5</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E270" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F270" s="3">
-        <v>15100</v>
+        <v>850</v>
       </c>
       <c r="G270" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H270" s="3">
-        <v>800</v>
+        <v>400</v>
       </c>
       <c r="I270" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
+        <v>543</v>
+      </c>
+      <c r="B271" s="3" t="s">
         <v>544</v>
       </c>
-      <c r="B271" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C271" s="3">
-        <v>80.67</v>
+        <v>114.98</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E271" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F271" s="3">
-        <v>5550</v>
+        <v>3710</v>
       </c>
       <c r="G271" s="3">
         <v>10</v>
       </c>
       <c r="H271" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I271" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
+        <v>545</v>
+      </c>
+      <c r="B272" s="3" t="s">
         <v>546</v>
       </c>
-      <c r="B272" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C272" s="3">
-        <v>25.73</v>
+        <v>61.63</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E272" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F272" s="3">
-        <v>21150</v>
+        <v>9250</v>
       </c>
       <c r="G272" s="3">
         <v>50</v>
       </c>
       <c r="H272" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I272" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="B273" s="3" t="s">
         <v>548</v>
       </c>
-      <c r="B273" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C273" s="3">
-        <v>31.04</v>
+        <v>37.46</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E273" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F273" s="3">
-        <v>6500</v>
+        <v>2100</v>
       </c>
       <c r="G273" s="3">
         <v>50</v>
       </c>
       <c r="H273" s="3">
         <v>1000</v>
       </c>
       <c r="I273" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="3" t="s">
+        <v>549</v>
+      </c>
+      <c r="B274" s="3" t="s">
         <v>550</v>
       </c>
-      <c r="B274" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C274" s="3">
-        <v>32</v>
+        <v>31.57</v>
       </c>
       <c r="D274" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E274" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F274" s="3">
-        <v>10900</v>
+        <v>3650</v>
       </c>
       <c r="G274" s="3">
         <v>50</v>
       </c>
       <c r="H274" s="3">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="I274" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
+        <v>551</v>
+      </c>
+      <c r="B275" s="3" t="s">
         <v>552</v>
       </c>
-      <c r="B275" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C275" s="3">
-        <v>60.6</v>
+        <v>135.56</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E275" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F275" s="3">
-        <v>5650</v>
+        <v>3130</v>
       </c>
       <c r="G275" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H275" s="3">
-        <v>500</v>
+        <v>150</v>
       </c>
       <c r="I275" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
+        <v>553</v>
+      </c>
+      <c r="B276" s="3" t="s">
         <v>554</v>
       </c>
-      <c r="B276" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C276" s="3">
-        <v>44.77</v>
+        <v>82.04</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E276" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F276" s="3">
-        <v>4250</v>
+        <v>4920</v>
       </c>
       <c r="G276" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H276" s="3">
-        <v>600</v>
+        <v>400</v>
       </c>
       <c r="I276" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="B277" s="3" t="s">
         <v>556</v>
       </c>
-      <c r="B277" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C277" s="3">
-        <v>10.75</v>
+        <v>61.63</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E277" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F277" s="3">
-        <v>12800</v>
+        <v>5300</v>
       </c>
       <c r="G277" s="3">
         <v>50</v>
       </c>
       <c r="H277" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I277" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="B278" s="3" t="s">
         <v>558</v>
       </c>
-      <c r="B278" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C278" s="3">
-        <v>115.92</v>
+        <v>132.97</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F278" s="3">
-        <v>860</v>
+        <v>2080</v>
       </c>
       <c r="G278" s="3">
         <v>10</v>
       </c>
       <c r="H278" s="3">
-        <v>350</v>
+        <v>400</v>
       </c>
       <c r="I278" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="B279" s="3" t="s">
         <v>560</v>
       </c>
-      <c r="B279" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C279" s="3">
-        <v>297.84</v>
+        <v>229.47</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F279" s="3">
-        <v>1070</v>
+        <v>1610</v>
       </c>
       <c r="G279" s="3">
         <v>10</v>
       </c>
       <c r="H279" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I279" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
+        <v>561</v>
+      </c>
+      <c r="B280" s="3" t="s">
         <v>562</v>
       </c>
-      <c r="B280" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C280" s="3">
-        <v>32</v>
+        <v>10.97</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F280" s="3">
-        <v>9200</v>
+        <v>39200</v>
       </c>
       <c r="G280" s="3">
         <v>50</v>
       </c>
       <c r="H280" s="3">
-        <v>800</v>
+        <v>5000</v>
       </c>
       <c r="I280" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="B281" s="3" t="s">
         <v>564</v>
       </c>
-      <c r="B281" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C281" s="3">
-        <v>34.12</v>
+        <v>11.68</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E281" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F281" s="3">
-        <v>8300</v>
+        <v>9750</v>
       </c>
       <c r="G281" s="3">
         <v>50</v>
       </c>
       <c r="H281" s="3">
-        <v>800</v>
+        <v>3000</v>
       </c>
       <c r="I281" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="B282" s="3" t="s">
         <v>566</v>
       </c>
-      <c r="B282" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C282" s="3">
-        <v>115.92</v>
+        <v>15.43</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E282" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F282" s="3">
-        <v>1380</v>
+        <v>84300</v>
       </c>
       <c r="G282" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H282" s="3">
-        <v>350</v>
+        <v>2000</v>
       </c>
       <c r="I282" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="B283" s="3" t="s">
         <v>568</v>
       </c>
-      <c r="B283" s="3" t="s">
+      <c r="C283" s="3">
+        <v>12.9</v>
+      </c>
+      <c r="D283" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E283" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F283" s="3">
+        <v>7400</v>
+      </c>
+      <c r="G283" s="3">
+        <v>50</v>
+      </c>
+      <c r="H283" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I283" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="284" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A284" s="3" t="s">
         <v>569</v>
       </c>
-      <c r="C283" s="3">
-[...22 lines deleted...]
-      <c r="A284" s="2" t="s">
+      <c r="B284" s="3" t="s">
         <v>570</v>
       </c>
-      <c r="B284" s="2"/>
-[...6 lines deleted...]
-      <c r="I284" s="2"/>
+      <c r="C284" s="3">
+        <v>45.53</v>
+      </c>
+      <c r="D284" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E284" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F284" s="3">
+        <v>2350</v>
+      </c>
+      <c r="G284" s="3">
+        <v>50</v>
+      </c>
+      <c r="H284" s="3">
+        <v>600</v>
+      </c>
+      <c r="I284" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
         <v>571</v>
       </c>
       <c r="B285" s="3" t="s">
         <v>572</v>
       </c>
       <c r="C285" s="3">
-        <v>10.83</v>
+        <v>229.47</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>573</v>
+        <v>15</v>
       </c>
       <c r="F285" s="3">
-        <v>51200</v>
+        <v>2890</v>
       </c>
       <c r="G285" s="3">
+        <v>10</v>
+      </c>
+      <c r="H285" s="3">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>2200</v>
       </c>
       <c r="I285" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
+        <v>573</v>
+      </c>
+      <c r="B286" s="3" t="s">
         <v>574</v>
       </c>
-      <c r="B286" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C286" s="3">
-        <v>8.79</v>
+        <v>11.86</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>573</v>
+        <v>15</v>
       </c>
       <c r="F286" s="3">
-        <v>25200</v>
+        <v>29350</v>
       </c>
       <c r="G286" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H286" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I286" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
+        <v>575</v>
+      </c>
+      <c r="B287" s="3" t="s">
         <v>576</v>
       </c>
-      <c r="B287" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C287" s="3">
-        <v>13.76</v>
+        <v>38.16</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>573</v>
+        <v>15</v>
       </c>
       <c r="F287" s="3">
-        <v>38000</v>
+        <v>12750</v>
       </c>
       <c r="G287" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="H287" s="3">
-        <v>1600</v>
+        <v>800</v>
       </c>
       <c r="I287" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="B288" s="3" t="s">
         <v>578</v>
       </c>
-      <c r="B288" s="3" t="s">
+      <c r="C288" s="3">
+        <v>11.68</v>
+      </c>
+      <c r="D288" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E288" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F288" s="3">
+        <v>20200</v>
+      </c>
+      <c r="G288" s="3">
+        <v>50</v>
+      </c>
+      <c r="H288" s="3">
+        <v>3000</v>
+      </c>
+      <c r="I288" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="289" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A289" s="2" t="s">
         <v>579</v>
       </c>
-      <c r="C288" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B289" s="2"/>
+      <c r="C289" s="2"/>
+      <c r="D289" s="2"/>
+      <c r="E289" s="2"/>
+      <c r="F289" s="2"/>
+      <c r="G289" s="2"/>
+      <c r="H289" s="2"/>
+      <c r="I289" s="2"/>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="3" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>583</v>
+        <v>512</v>
       </c>
       <c r="C290" s="3">
-        <v>26.34</v>
+        <v>13.99</v>
       </c>
       <c r="D290" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="F290" s="3">
-        <v>16100</v>
+        <v>22000</v>
       </c>
       <c r="G290" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H290" s="3">
-        <v>1200</v>
+        <v>1600</v>
       </c>
       <c r="I290" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="3" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>585</v>
+        <v>478</v>
       </c>
       <c r="C291" s="3">
-        <v>31.45</v>
+        <v>8.18</v>
       </c>
       <c r="D291" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="F291" s="3">
-        <v>1200</v>
+        <v>16200</v>
       </c>
       <c r="G291" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H291" s="3">
-        <v>1100</v>
+        <v>3000</v>
       </c>
       <c r="I291" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>587</v>
+        <v>466</v>
       </c>
       <c r="C292" s="3">
-        <v>21.67</v>
+        <v>11.01</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="F292" s="3">
-        <v>28300</v>
+        <v>38200</v>
       </c>
       <c r="G292" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H292" s="3">
-        <v>800</v>
+        <v>2200</v>
       </c>
       <c r="I292" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
-        <v>588</v>
+        <v>584</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>589</v>
+        <v>306</v>
       </c>
       <c r="C293" s="3">
-        <v>22.56</v>
+        <v>19.04</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="F293" s="3">
-        <v>600</v>
+        <v>24300</v>
       </c>
       <c r="G293" s="3">
         <v>100</v>
       </c>
       <c r="H293" s="3">
-        <v>1400</v>
+        <v>1000</v>
       </c>
       <c r="I293" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="3" t="s">
-        <v>590</v>
+        <v>585</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>591</v>
+        <v>388</v>
       </c>
       <c r="C294" s="3">
-        <v>47.01</v>
+        <v>22.94</v>
       </c>
       <c r="D294" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="F294" s="3">
-        <v>15000</v>
+        <v>47400</v>
       </c>
       <c r="G294" s="3">
         <v>100</v>
       </c>
       <c r="H294" s="3">
-        <v>900</v>
+        <v>1400</v>
       </c>
       <c r="I294" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="3" t="s">
-        <v>592</v>
+        <v>586</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>593</v>
+        <v>224</v>
       </c>
       <c r="C295" s="3">
-        <v>8.04</v>
+        <v>20.23</v>
       </c>
       <c r="D295" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="F295" s="3">
-        <v>20600</v>
+        <v>12000</v>
       </c>
       <c r="G295" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="H295" s="3">
-        <v>3000</v>
+        <v>800</v>
       </c>
       <c r="I295" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" s="3" t="s">
-        <v>594</v>
+        <v>587</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>595</v>
+        <v>442</v>
       </c>
       <c r="C296" s="3">
-        <v>15.7</v>
+        <v>8.49</v>
       </c>
       <c r="D296" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="F296" s="3">
-        <v>6200</v>
+        <v>21900</v>
       </c>
       <c r="G296" s="3">
         <v>100</v>
       </c>
       <c r="H296" s="3">
-        <v>1400</v>
+        <v>1000</v>
       </c>
       <c r="I296" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="3" t="s">
-        <v>596</v>
+        <v>588</v>
       </c>
       <c r="B297" s="3" t="s">
-        <v>597</v>
+        <v>310</v>
       </c>
       <c r="C297" s="3">
-        <v>17.52</v>
+        <v>16.87</v>
       </c>
       <c r="D297" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="F297" s="3">
-        <v>1800</v>
+        <v>500</v>
       </c>
       <c r="G297" s="3">
         <v>100</v>
       </c>
       <c r="H297" s="3">
-        <v>1300</v>
+        <v>800</v>
       </c>
       <c r="I297" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A298" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I298" s="2"/>
+      <c r="A298" s="3" t="s">
+        <v>589</v>
+      </c>
+      <c r="B298" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="C298" s="3">
+        <v>47.81</v>
+      </c>
+      <c r="D298" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E298" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="F298" s="3">
+        <v>12500</v>
+      </c>
+      <c r="G298" s="3">
+        <v>100</v>
+      </c>
+      <c r="H298" s="3">
+        <v>900</v>
+      </c>
+      <c r="I298" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="3" t="s">
-        <v>599</v>
+        <v>590</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>600</v>
+        <v>354</v>
       </c>
       <c r="C299" s="3">
-        <v>34.76</v>
+        <v>26.79</v>
       </c>
       <c r="D299" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>15</v>
+        <v>581</v>
       </c>
       <c r="F299" s="3">
-        <v>27190</v>
+        <v>13500</v>
       </c>
       <c r="G299" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H299" s="3">
-        <v>400</v>
+        <v>1200</v>
       </c>
       <c r="I299" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>602</v>
+        <v>304</v>
       </c>
       <c r="C300" s="3">
-        <v>45.26</v>
+        <v>31.98</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>15</v>
+        <v>581</v>
       </c>
       <c r="F300" s="3">
-        <v>8580</v>
+        <v>2600</v>
       </c>
       <c r="G300" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H300" s="3">
-        <v>300</v>
+        <v>1100</v>
       </c>
       <c r="I300" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="3" t="s">
-        <v>603</v>
+        <v>592</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>604</v>
+        <v>222</v>
       </c>
       <c r="C301" s="3">
-        <v>70.2</v>
+        <v>17.82</v>
       </c>
       <c r="D301" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>15</v>
+        <v>581</v>
       </c>
       <c r="F301" s="3">
-        <v>11300</v>
+        <v>1600</v>
       </c>
       <c r="G301" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H301" s="3">
-        <v>200</v>
+        <v>1300</v>
       </c>
       <c r="I301" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
-        <v>605</v>
+        <v>593</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>606</v>
+        <v>448</v>
       </c>
       <c r="C302" s="3">
-        <v>182.57</v>
+        <v>15.97</v>
       </c>
       <c r="D302" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>15</v>
+        <v>581</v>
       </c>
       <c r="F302" s="3">
-        <v>3430</v>
+        <v>4200</v>
       </c>
       <c r="G302" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H302" s="3">
-        <v>100</v>
+        <v>1400</v>
       </c>
       <c r="I302" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A303" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A303" s="2" t="s">
+        <v>594</v>
+      </c>
+      <c r="B303" s="2"/>
+      <c r="C303" s="2"/>
+      <c r="D303" s="2"/>
+      <c r="E303" s="2"/>
+      <c r="F303" s="2"/>
+      <c r="G303" s="2"/>
+      <c r="H303" s="2"/>
+      <c r="I303" s="2"/>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" s="3" t="s">
-        <v>609</v>
+        <v>595</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>610</v>
+        <v>596</v>
       </c>
       <c r="C304" s="3">
-        <v>386.16</v>
+        <v>33.95</v>
       </c>
       <c r="D304" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E304" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F304" s="3">
-        <v>2824</v>
+        <v>74150</v>
       </c>
       <c r="G304" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="H304" s="3">
-        <v>48</v>
+        <v>720</v>
       </c>
       <c r="I304" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
-        <v>611</v>
+        <v>597</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>612</v>
+        <v>598</v>
       </c>
       <c r="C305" s="3">
-        <v>106.41</v>
+        <v>84.48</v>
       </c>
       <c r="D305" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E305" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F305" s="3">
-        <v>4940</v>
+        <v>39550</v>
       </c>
       <c r="G305" s="3">
         <v>10</v>
       </c>
       <c r="H305" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I305" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306" s="3" t="s">
-        <v>613</v>
+        <v>599</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>614</v>
+        <v>600</v>
       </c>
       <c r="C306" s="3">
-        <v>26.97</v>
+        <v>383.27</v>
       </c>
       <c r="D306" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E306" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F306" s="3">
-        <v>33410</v>
+        <v>16335</v>
       </c>
       <c r="G306" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H306" s="3">
-        <v>720</v>
+        <v>100</v>
       </c>
       <c r="I306" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" s="3" t="s">
-        <v>615</v>
+        <v>601</v>
       </c>
       <c r="B307" s="3" t="s">
-        <v>616</v>
+        <v>602</v>
       </c>
       <c r="C307" s="3">
-        <v>177.36</v>
+        <v>155.14</v>
       </c>
       <c r="D307" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E307" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F307" s="3">
-        <v>1610</v>
+        <v>1630</v>
       </c>
       <c r="G307" s="3">
         <v>10</v>
       </c>
       <c r="H307" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I307" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="3" t="s">
-        <v>617</v>
+        <v>603</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>618</v>
+        <v>604</v>
       </c>
       <c r="C308" s="3">
-        <v>567.3</v>
+        <v>67.19</v>
       </c>
       <c r="D308" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E308" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F308" s="3">
-        <v>1092</v>
+        <v>7020</v>
       </c>
       <c r="G308" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H308" s="3">
-        <v>32</v>
+        <v>300</v>
       </c>
       <c r="I308" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A309" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I309" s="2"/>
+      <c r="A309" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="B309" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="C309" s="3">
+        <v>40.26</v>
+      </c>
+      <c r="D309" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E309" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F309" s="3">
+        <v>14140</v>
+      </c>
+      <c r="G309" s="3">
+        <v>10</v>
+      </c>
+      <c r="H309" s="3">
+        <v>720</v>
+      </c>
+      <c r="I309" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" s="3" t="s">
-        <v>620</v>
+        <v>607</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>621</v>
+        <v>608</v>
       </c>
       <c r="C310" s="3">
-        <v>83.07</v>
+        <v>46.47</v>
       </c>
       <c r="D310" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E310" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F310" s="3">
-        <v>131177</v>
+        <v>67210</v>
       </c>
       <c r="G310" s="3">
         <v>10</v>
       </c>
       <c r="H310" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I310" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="3" t="s">
-        <v>622</v>
+        <v>609</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>623</v>
+        <v>610</v>
       </c>
       <c r="C311" s="3">
-        <v>376.86</v>
+        <v>52.27</v>
       </c>
       <c r="D311" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E311" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F311" s="3">
-        <v>28235</v>
+        <v>9730</v>
       </c>
       <c r="G311" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H311" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I311" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A312" s="3" t="s">
-        <v>624</v>
+        <v>611</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>625</v>
+        <v>612</v>
       </c>
       <c r="C312" s="3">
-        <v>423.76</v>
+        <v>134.74</v>
       </c>
       <c r="D312" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E312" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F312" s="3">
-        <v>3105</v>
+        <v>23270</v>
       </c>
       <c r="G312" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H312" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I312" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
-        <v>626</v>
+        <v>613</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>627</v>
+        <v>614</v>
       </c>
       <c r="C313" s="3">
-        <v>51.41</v>
+        <v>61.61</v>
       </c>
       <c r="D313" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E313" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F313" s="3">
-        <v>10900</v>
+        <v>51180</v>
       </c>
       <c r="G313" s="3">
         <v>10</v>
       </c>
       <c r="H313" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I313" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A314" s="3" t="s">
-        <v>628</v>
+        <v>615</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>629</v>
+        <v>616</v>
       </c>
       <c r="C314" s="3">
-        <v>293.35</v>
+        <v>67.19</v>
       </c>
       <c r="D314" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E314" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F314" s="3">
-        <v>4540</v>
+        <v>8210</v>
       </c>
       <c r="G314" s="3">
         <v>10</v>
       </c>
       <c r="H314" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I314" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A315" s="3" t="s">
-        <v>630</v>
+        <v>617</v>
       </c>
       <c r="B315" s="3" t="s">
-        <v>631</v>
+        <v>618</v>
       </c>
       <c r="C315" s="3">
-        <v>39.59</v>
+        <v>101.06</v>
       </c>
       <c r="D315" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E315" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F315" s="3">
-        <v>18640</v>
+        <v>8480</v>
       </c>
       <c r="G315" s="3">
         <v>10</v>
       </c>
       <c r="H315" s="3">
-        <v>720</v>
+        <v>200</v>
       </c>
       <c r="I315" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A316" s="3" t="s">
-        <v>632</v>
+        <v>619</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="C316" s="3">
-        <v>33.38</v>
+        <v>298.34</v>
       </c>
       <c r="D316" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E316" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F316" s="3">
-        <v>352007</v>
+        <v>4510</v>
       </c>
       <c r="G316" s="3">
         <v>10</v>
       </c>
       <c r="H316" s="3">
-        <v>720</v>
+        <v>100</v>
       </c>
       <c r="I316" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A317" s="3" t="s">
-        <v>634</v>
+        <v>621</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>635</v>
+        <v>622</v>
       </c>
       <c r="C317" s="3">
-        <v>243.93</v>
+        <v>430.96</v>
       </c>
       <c r="D317" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E317" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F317" s="3">
-        <v>51060</v>
+        <v>2975</v>
       </c>
       <c r="G317" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H317" s="3">
         <v>100</v>
       </c>
       <c r="I317" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="3" t="s">
-        <v>636</v>
+        <v>623</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>637</v>
+        <v>624</v>
       </c>
       <c r="C318" s="3">
-        <v>66.07</v>
+        <v>52.28</v>
       </c>
       <c r="D318" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E318" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F318" s="3">
-        <v>11920</v>
+        <v>8450</v>
       </c>
       <c r="G318" s="3">
         <v>10</v>
       </c>
       <c r="H318" s="3">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="I318" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A319" s="3" t="s">
-        <v>638</v>
+        <v>625</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>639</v>
+        <v>626</v>
       </c>
       <c r="C319" s="3">
-        <v>45.69</v>
+        <v>101.06</v>
       </c>
       <c r="D319" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E319" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F319" s="3">
-        <v>146050</v>
+        <v>3700</v>
       </c>
       <c r="G319" s="3">
         <v>10</v>
       </c>
       <c r="H319" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I319" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A320" s="3" t="s">
-        <v>640</v>
+        <v>627</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>641</v>
+        <v>628</v>
       </c>
       <c r="C320" s="3">
-        <v>132.49</v>
+        <v>155.14</v>
       </c>
       <c r="D320" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E320" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F320" s="3">
-        <v>83553</v>
+        <v>3580</v>
       </c>
       <c r="G320" s="3">
         <v>10</v>
       </c>
       <c r="H320" s="3">
         <v>150</v>
       </c>
       <c r="I320" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A321" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>643</v>
+        <v>630</v>
       </c>
       <c r="C321" s="3">
-        <v>51.4</v>
+        <v>412.69</v>
       </c>
       <c r="D321" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E321" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F321" s="3">
-        <v>13410</v>
+        <v>370</v>
       </c>
       <c r="G321" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H321" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I321" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="322" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A322" s="3" t="s">
-        <v>644</v>
+        <v>631</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>645</v>
+        <v>632</v>
       </c>
       <c r="C322" s="3">
-        <v>152.55</v>
+        <v>272.16</v>
       </c>
       <c r="D322" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E322" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F322" s="3">
-        <v>6560</v>
+        <v>1090</v>
       </c>
       <c r="G322" s="3">
         <v>10</v>
       </c>
       <c r="H322" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I322" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A323" s="3" t="s">
-        <v>646</v>
+        <v>633</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>647</v>
+        <v>634</v>
       </c>
       <c r="C323" s="3">
-        <v>39.59</v>
+        <v>508.06</v>
       </c>
       <c r="D323" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>15</v>
+        <v>635</v>
       </c>
       <c r="F323" s="3">
-        <v>22290</v>
+        <v>275</v>
       </c>
       <c r="G323" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="H323" s="3">
-        <v>720</v>
+        <v>100</v>
       </c>
       <c r="I323" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A324" s="3" t="s">
-        <v>648</v>
+        <v>636</v>
       </c>
       <c r="B324" s="3" t="s">
-        <v>649</v>
+        <v>637</v>
       </c>
       <c r="C324" s="3">
-        <v>60.58</v>
+        <v>248.08</v>
       </c>
       <c r="D324" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E324" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F324" s="3">
-        <v>193967</v>
+        <v>6540</v>
       </c>
       <c r="G324" s="3">
         <v>10</v>
       </c>
       <c r="H324" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I324" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="325" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A325" s="3" t="s">
-        <v>650</v>
+        <v>638</v>
       </c>
       <c r="B325" s="3" t="s">
-        <v>651</v>
+        <v>639</v>
       </c>
       <c r="C325" s="3">
-        <v>99.37</v>
+        <v>40.26</v>
       </c>
       <c r="D325" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E325" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F325" s="3">
-        <v>8190</v>
+        <v>15920</v>
       </c>
       <c r="G325" s="3">
         <v>10</v>
       </c>
       <c r="H325" s="3">
-        <v>200</v>
+        <v>720</v>
       </c>
       <c r="I325" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A326" s="3" t="s">
-        <v>652</v>
+        <v>640</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>653</v>
+        <v>596</v>
       </c>
       <c r="C326" s="3">
-        <v>66.07</v>
+        <v>31.29</v>
       </c>
       <c r="D326" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>15</v>
+        <v>635</v>
       </c>
       <c r="F326" s="3">
-        <v>12740</v>
+        <v>28200</v>
       </c>
       <c r="G326" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="H326" s="3">
-        <v>300</v>
+        <v>2600</v>
       </c>
       <c r="I326" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A327" s="3" t="s">
-        <v>654</v>
+        <v>641</v>
       </c>
       <c r="B327" s="3" t="s">
-        <v>655</v>
+        <v>608</v>
       </c>
       <c r="C327" s="3">
-        <v>99.37</v>
+        <v>42.84</v>
       </c>
       <c r="D327" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>15</v>
+        <v>635</v>
       </c>
       <c r="F327" s="3">
-        <v>6740</v>
+        <v>9800</v>
       </c>
       <c r="G327" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H327" s="3">
-        <v>200</v>
+        <v>1300</v>
       </c>
       <c r="I327" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A328" s="3" t="s">
-        <v>656</v>
+        <v>642</v>
       </c>
       <c r="B328" s="3" t="s">
-        <v>657</v>
+        <v>643</v>
       </c>
       <c r="C328" s="3">
-        <v>152.55</v>
+        <v>706.85</v>
       </c>
       <c r="D328" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>15</v>
+        <v>635</v>
       </c>
       <c r="F328" s="3">
-        <v>6100</v>
+        <v>775</v>
       </c>
       <c r="G328" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="H328" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I328" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A329" s="3" t="s">
-        <v>658</v>
+        <v>644</v>
       </c>
       <c r="B329" s="3" t="s">
-        <v>659</v>
+        <v>614</v>
       </c>
       <c r="C329" s="3">
-        <v>267.61</v>
+        <v>52.1</v>
       </c>
       <c r="D329" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>15</v>
+        <v>635</v>
       </c>
       <c r="F329" s="3">
-        <v>2940</v>
+        <v>7300</v>
       </c>
       <c r="G329" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H329" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I329" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A330" s="3" t="s">
-        <v>660</v>
+        <v>645</v>
       </c>
       <c r="B330" s="3" t="s">
-        <v>661</v>
+        <v>598</v>
       </c>
       <c r="C330" s="3">
-        <v>405.79</v>
+        <v>77.81</v>
       </c>
       <c r="D330" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>15</v>
+        <v>635</v>
       </c>
       <c r="F330" s="3">
-        <v>1425</v>
+        <v>2400</v>
       </c>
       <c r="G330" s="3">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="H330" s="3">
-        <v>125</v>
+        <v>350</v>
       </c>
       <c r="I330" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A331" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I331" s="2"/>
+      <c r="A331" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="B331" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="C331" s="3">
+        <v>218.72</v>
+      </c>
+      <c r="D331" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E331" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="F331" s="3">
+        <v>575</v>
+      </c>
+      <c r="G331" s="3">
+        <v>25</v>
+      </c>
+      <c r="H331" s="3">
+        <v>200</v>
+      </c>
+      <c r="I331" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="332" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A332" s="3" t="s">
-        <v>663</v>
+        <v>647</v>
       </c>
       <c r="B332" s="3" t="s">
-        <v>664</v>
+        <v>648</v>
       </c>
       <c r="C332" s="3">
-        <v>408.14</v>
+        <v>235.67</v>
       </c>
       <c r="D332" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>15</v>
+        <v>635</v>
       </c>
       <c r="F332" s="3">
-        <v>20716</v>
+        <v>775</v>
       </c>
       <c r="G332" s="3">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="H332" s="3">
-        <v>48</v>
+        <v>200</v>
       </c>
       <c r="I332" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="333" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A333" s="3" t="s">
-        <v>665</v>
+        <v>649</v>
       </c>
       <c r="B333" s="3" t="s">
-        <v>666</v>
+        <v>650</v>
       </c>
       <c r="C333" s="3">
-        <v>1233.52</v>
+        <v>352.98</v>
       </c>
       <c r="D333" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>15</v>
+        <v>635</v>
       </c>
       <c r="F333" s="3">
-        <v>1528</v>
+        <v>2250</v>
       </c>
       <c r="G333" s="3">
-        <v>2</v>
+        <v>25</v>
       </c>
       <c r="H333" s="3">
-        <v>20</v>
+        <v>175</v>
       </c>
       <c r="I333" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="334" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A334" s="3" t="s">
-        <v>667</v>
+        <v>651</v>
       </c>
       <c r="B334" s="3" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="C334" s="3">
-        <v>2055.64</v>
+        <v>422.92</v>
       </c>
       <c r="D334" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>15</v>
+        <v>635</v>
       </c>
       <c r="F334" s="3">
-        <v>1561</v>
+        <v>1475</v>
       </c>
       <c r="G334" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H334" s="3">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="I334" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="335" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A335" s="3" t="s">
-        <v>669</v>
+        <v>653</v>
       </c>
       <c r="B335" s="3" t="s">
-        <v>670</v>
+        <v>612</v>
       </c>
       <c r="C335" s="3">
-        <v>3534.22</v>
+        <v>120.81</v>
       </c>
       <c r="D335" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>15</v>
+        <v>635</v>
       </c>
       <c r="F335" s="3">
-        <v>647</v>
+        <v>6725</v>
       </c>
       <c r="G335" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H335" s="3">
-        <v>15</v>
+        <v>150</v>
       </c>
       <c r="I335" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="336" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A336" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A336" s="2" t="s">
+        <v>654</v>
+      </c>
+      <c r="B336" s="2"/>
+      <c r="C336" s="2"/>
+      <c r="D336" s="2"/>
+      <c r="E336" s="2"/>
+      <c r="F336" s="2"/>
+      <c r="G336" s="2"/>
+      <c r="H336" s="2"/>
+      <c r="I336" s="2"/>
     </row>
     <row r="337" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A337" s="3" t="s">
-        <v>673</v>
+        <v>655</v>
       </c>
       <c r="B337" s="3" t="s">
-        <v>674</v>
+        <v>656</v>
       </c>
       <c r="C337" s="3">
-        <v>992.99</v>
+        <v>341.59</v>
       </c>
       <c r="D337" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E337" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F337" s="3">
-        <v>5008</v>
+        <v>5180</v>
       </c>
       <c r="G337" s="3">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="H337" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I337" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="338" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A338" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I338" s="2"/>
+      <c r="A338" s="3" t="s">
+        <v>657</v>
+      </c>
+      <c r="B338" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="C338" s="3">
+        <v>207.48</v>
+      </c>
+      <c r="D338" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E338" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F338" s="3">
+        <v>16090</v>
+      </c>
+      <c r="G338" s="3">
+        <v>10</v>
+      </c>
+      <c r="H338" s="3">
+        <v>120</v>
+      </c>
+      <c r="I338" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="339" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A339" s="3" t="s">
-        <v>676</v>
+        <v>659</v>
       </c>
       <c r="B339" s="3" t="s">
-        <v>677</v>
+        <v>660</v>
       </c>
       <c r="C339" s="3">
-        <v>335.88</v>
+        <v>71.87</v>
       </c>
       <c r="D339" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E339" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F339" s="3">
-        <v>8680</v>
+        <v>12990</v>
       </c>
       <c r="G339" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H339" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I339" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="340" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A340" s="3" t="s">
-        <v>678</v>
+        <v>661</v>
       </c>
       <c r="B340" s="3" t="s">
-        <v>679</v>
+        <v>662</v>
       </c>
       <c r="C340" s="3">
-        <v>204.01</v>
+        <v>146.49</v>
       </c>
       <c r="D340" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E340" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F340" s="3">
-        <v>26700</v>
+        <v>9210</v>
       </c>
       <c r="G340" s="3">
         <v>10</v>
       </c>
       <c r="H340" s="3">
-        <v>120</v>
+        <v>150</v>
       </c>
       <c r="I340" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="341" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A341" s="3" t="s">
-        <v>680</v>
+        <v>663</v>
       </c>
       <c r="B341" s="3" t="s">
-        <v>681</v>
+        <v>664</v>
       </c>
       <c r="C341" s="3">
-        <v>843.82</v>
+        <v>523.13</v>
       </c>
       <c r="D341" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E341" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F341" s="3">
-        <v>2564</v>
+        <v>1795</v>
       </c>
       <c r="G341" s="3">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="H341" s="3">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="I341" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="342" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A342" s="3" t="s">
-        <v>682</v>
+        <v>665</v>
       </c>
       <c r="B342" s="3" t="s">
-        <v>683</v>
+        <v>666</v>
       </c>
       <c r="C342" s="3">
-        <v>100.9</v>
+        <v>858.16</v>
       </c>
       <c r="D342" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E342" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F342" s="3">
-        <v>40020</v>
+        <v>912</v>
       </c>
       <c r="G342" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H342" s="3">
-        <v>200</v>
+        <v>24</v>
       </c>
       <c r="I342" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="343" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A343" s="3" t="s">
-        <v>684</v>
+        <v>667</v>
       </c>
       <c r="B343" s="3" t="s">
-        <v>685</v>
+        <v>668</v>
       </c>
       <c r="C343" s="3">
-        <v>50.02</v>
+        <v>50.87</v>
       </c>
       <c r="D343" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E343" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F343" s="3">
-        <v>77050</v>
+        <v>16150</v>
       </c>
       <c r="G343" s="3">
         <v>10</v>
       </c>
       <c r="H343" s="3">
         <v>400</v>
       </c>
       <c r="I343" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="344" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A344" s="3" t="s">
-        <v>686</v>
+        <v>669</v>
       </c>
       <c r="B344" s="3" t="s">
-        <v>687</v>
+        <v>670</v>
       </c>
       <c r="C344" s="3">
-        <v>144.04</v>
+        <v>102.62</v>
       </c>
       <c r="D344" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E344" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F344" s="3">
-        <v>16550</v>
+        <v>19040</v>
       </c>
       <c r="G344" s="3">
         <v>10</v>
       </c>
       <c r="H344" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I344" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="345" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A345" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A345" s="2" t="s">
+        <v>671</v>
+      </c>
+      <c r="B345" s="2"/>
+      <c r="C345" s="2"/>
+      <c r="D345" s="2"/>
+      <c r="E345" s="2"/>
+      <c r="F345" s="2"/>
+      <c r="G345" s="2"/>
+      <c r="H345" s="2"/>
+      <c r="I345" s="2"/>
     </row>
     <row r="346" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A346" s="3" t="s">
-        <v>690</v>
+        <v>672</v>
       </c>
       <c r="B346" s="3" t="s">
-        <v>691</v>
+        <v>673</v>
       </c>
       <c r="C346" s="3">
-        <v>514.39</v>
+        <v>2347.41</v>
       </c>
       <c r="D346" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E346" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F346" s="3">
-        <v>7475</v>
+        <v>238</v>
       </c>
       <c r="G346" s="3">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="H346" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I346" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="347" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A347" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I347" s="2"/>
+      <c r="A347" s="3" t="s">
+        <v>674</v>
+      </c>
+      <c r="B347" s="3" t="s">
+        <v>675</v>
+      </c>
+      <c r="C347" s="3">
+        <v>4879.24</v>
+      </c>
+      <c r="D347" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E347" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F347" s="3">
+        <v>97</v>
+      </c>
+      <c r="G347" s="3">
+        <v>1</v>
+      </c>
+      <c r="H347" s="3">
+        <v>30</v>
+      </c>
+      <c r="I347" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="348" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A348" s="3" t="s">
-        <v>693</v>
+        <v>676</v>
       </c>
       <c r="B348" s="3" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="C348" s="3">
-        <v>765.89</v>
+        <v>3079.01</v>
       </c>
       <c r="D348" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E348" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F348" s="3">
-        <v>1764</v>
+        <v>1640</v>
       </c>
       <c r="G348" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H348" s="3">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="I348" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="349" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A349" s="3" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="B349" s="3" t="s">
-        <v>696</v>
+        <v>679</v>
       </c>
       <c r="C349" s="3">
-        <v>1272.32</v>
+        <v>6365.54</v>
       </c>
       <c r="D349" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E349" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F349" s="3">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="G349" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H349" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I349" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="350" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A350" s="3" t="s">
-        <v>697</v>
+        <v>680</v>
       </c>
       <c r="B350" s="3" t="s">
-        <v>698</v>
+        <v>681</v>
       </c>
       <c r="C350" s="3">
-        <v>2308.17</v>
+        <v>778.91</v>
       </c>
       <c r="D350" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E350" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F350" s="3">
-        <v>554</v>
+        <v>1552</v>
       </c>
       <c r="G350" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H350" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I350" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="351" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A351" s="3" t="s">
-        <v>699</v>
+        <v>682</v>
       </c>
       <c r="B351" s="3" t="s">
-        <v>700</v>
+        <v>683</v>
       </c>
       <c r="C351" s="3">
-        <v>3027.54</v>
+        <v>1293.95</v>
       </c>
       <c r="D351" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E351" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F351" s="3">
-        <v>1976</v>
+        <v>554</v>
       </c>
       <c r="G351" s="3">
         <v>2</v>
       </c>
       <c r="H351" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I351" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="352" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A352" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A352" s="2" t="s">
+        <v>684</v>
+      </c>
+      <c r="B352" s="2"/>
+      <c r="C352" s="2"/>
+      <c r="D352" s="2"/>
+      <c r="E352" s="2"/>
+      <c r="F352" s="2"/>
+      <c r="G352" s="2"/>
+      <c r="H352" s="2"/>
+      <c r="I352" s="2"/>
     </row>
     <row r="353" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A353" s="3" t="s">
-        <v>703</v>
+        <v>685</v>
       </c>
       <c r="B353" s="3" t="s">
-        <v>704</v>
+        <v>686</v>
       </c>
       <c r="C353" s="3">
-        <v>4797.68</v>
+        <v>118.08</v>
       </c>
       <c r="D353" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E353" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F353" s="3">
-        <v>175</v>
+        <v>754</v>
       </c>
       <c r="G353" s="3">
         <v>1</v>
       </c>
       <c r="H353" s="3">
-        <v>30</v>
+        <v>300</v>
       </c>
       <c r="I353" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="354" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A354" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I354" s="2"/>
+      <c r="A354" s="3" t="s">
+        <v>687</v>
+      </c>
+      <c r="B354" s="3" t="s">
+        <v>688</v>
+      </c>
+      <c r="C354" s="3">
+        <v>145.43</v>
+      </c>
+      <c r="D354" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E354" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F354" s="3">
+        <v>7468</v>
+      </c>
+      <c r="G354" s="3">
+        <v>1</v>
+      </c>
+      <c r="H354" s="3">
+        <v>250</v>
+      </c>
+      <c r="I354" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="355" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A355" s="3" t="s">
-        <v>706</v>
+        <v>689</v>
       </c>
       <c r="B355" s="3" t="s">
-        <v>707</v>
+        <v>690</v>
       </c>
       <c r="C355" s="3">
-        <v>106.55</v>
+        <v>207.94</v>
       </c>
       <c r="D355" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E355" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F355" s="3">
-        <v>6500</v>
+        <v>0</v>
       </c>
       <c r="G355" s="3">
         <v>1</v>
       </c>
       <c r="H355" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I355" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="356" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A356" s="3" t="s">
-        <v>708</v>
+        <v>691</v>
       </c>
       <c r="B356" s="3" t="s">
-        <v>709</v>
+        <v>692</v>
       </c>
       <c r="C356" s="3">
-        <v>106.55</v>
+        <v>118.08</v>
       </c>
       <c r="D356" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E356" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F356" s="3">
-        <v>7855</v>
+        <v>5815</v>
       </c>
       <c r="G356" s="3">
         <v>1</v>
       </c>
       <c r="H356" s="3">
         <v>300</v>
       </c>
       <c r="I356" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="357" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A357" s="3" t="s">
-        <v>710</v>
+        <v>693</v>
       </c>
       <c r="B357" s="3" t="s">
-        <v>711</v>
+        <v>694</v>
       </c>
       <c r="C357" s="3">
-        <v>131.99</v>
+        <v>124.02</v>
       </c>
       <c r="D357" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E357" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F357" s="3">
-        <v>8718</v>
+        <v>14147</v>
       </c>
       <c r="G357" s="3">
         <v>1</v>
       </c>
       <c r="H357" s="3">
         <v>250</v>
       </c>
       <c r="I357" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="358" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A358" s="3" t="s">
-        <v>712</v>
+        <v>695</v>
       </c>
       <c r="B358" s="3" t="s">
-        <v>713</v>
+        <v>696</v>
       </c>
       <c r="C358" s="3">
-        <v>106.55</v>
+        <v>161.9</v>
       </c>
       <c r="D358" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E358" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F358" s="3">
-        <v>13162</v>
+        <v>13211</v>
       </c>
       <c r="G358" s="3">
         <v>1</v>
       </c>
       <c r="H358" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I358" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="359" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A359" s="3" t="s">
-        <v>714</v>
+        <v>697</v>
       </c>
       <c r="B359" s="3" t="s">
-        <v>715</v>
+        <v>698</v>
       </c>
       <c r="C359" s="3">
-        <v>116.11</v>
+        <v>141.77</v>
       </c>
       <c r="D359" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E359" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F359" s="3">
-        <v>10222</v>
+        <v>9602</v>
       </c>
       <c r="G359" s="3">
         <v>1</v>
       </c>
       <c r="H359" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I359" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="360" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A360" s="3" t="s">
-        <v>716</v>
+        <v>699</v>
       </c>
       <c r="B360" s="3" t="s">
-        <v>717</v>
+        <v>700</v>
       </c>
       <c r="C360" s="3">
-        <v>204.46</v>
+        <v>161.9</v>
       </c>
       <c r="D360" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E360" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F360" s="3">
-        <v>0</v>
+        <v>8777</v>
       </c>
       <c r="G360" s="3">
         <v>1</v>
       </c>
       <c r="H360" s="3">
         <v>200</v>
       </c>
       <c r="I360" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="361" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A361" s="3" t="s">
-        <v>718</v>
+        <v>701</v>
       </c>
       <c r="B361" s="3" t="s">
-        <v>719</v>
+        <v>702</v>
       </c>
       <c r="C361" s="3">
-        <v>121.95</v>
+        <v>161.9</v>
       </c>
       <c r="D361" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E361" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F361" s="3">
-        <v>14409</v>
+        <v>7545</v>
       </c>
       <c r="G361" s="3">
         <v>1</v>
       </c>
       <c r="H361" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I361" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="362" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A362" s="3" t="s">
-        <v>720</v>
+        <v>703</v>
       </c>
       <c r="B362" s="3" t="s">
-        <v>721</v>
+        <v>704</v>
       </c>
       <c r="C362" s="3">
-        <v>116.11</v>
+        <v>124.02</v>
       </c>
       <c r="D362" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E362" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F362" s="3">
-        <v>19045</v>
+        <v>12024</v>
       </c>
       <c r="G362" s="3">
         <v>1</v>
       </c>
       <c r="H362" s="3">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="I362" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="363" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A363" s="3" t="s">
-        <v>722</v>
+        <v>705</v>
       </c>
       <c r="B363" s="3" t="s">
-        <v>723</v>
+        <v>706</v>
       </c>
       <c r="C363" s="3">
-        <v>159.19</v>
+        <v>134.23</v>
       </c>
       <c r="D363" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E363" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F363" s="3">
-        <v>8886</v>
+        <v>14865</v>
       </c>
       <c r="G363" s="3">
         <v>1</v>
       </c>
       <c r="H363" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I363" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="364" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A364" s="3" t="s">
-        <v>724</v>
+        <v>707</v>
       </c>
       <c r="B364" s="3" t="s">
-        <v>725</v>
+        <v>708</v>
       </c>
       <c r="C364" s="3">
-        <v>106.55</v>
+        <v>108.36</v>
       </c>
       <c r="D364" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E364" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F364" s="3">
-        <v>5415</v>
+        <v>5102</v>
       </c>
       <c r="G364" s="3">
         <v>1</v>
       </c>
       <c r="H364" s="3">
         <v>300</v>
       </c>
       <c r="I364" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="365" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A365" s="3" t="s">
-        <v>726</v>
+        <v>709</v>
       </c>
       <c r="B365" s="3" t="s">
-        <v>727</v>
+        <v>710</v>
       </c>
       <c r="C365" s="3">
-        <v>161.15</v>
+        <v>163.89</v>
       </c>
       <c r="D365" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E365" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F365" s="3">
-        <v>10345</v>
+        <v>9093</v>
       </c>
       <c r="G365" s="3">
         <v>1</v>
       </c>
       <c r="H365" s="3">
         <v>250</v>
       </c>
       <c r="I365" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="366" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A366" s="3" t="s">
-        <v>728</v>
+        <v>711</v>
       </c>
       <c r="B366" s="3" t="s">
-        <v>729</v>
+        <v>712</v>
       </c>
       <c r="C366" s="3">
-        <v>143</v>
+        <v>108.36</v>
       </c>
       <c r="D366" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E366" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F366" s="3">
-        <v>8380</v>
+        <v>5215</v>
       </c>
       <c r="G366" s="3">
         <v>1</v>
       </c>
       <c r="H366" s="3">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="I366" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="367" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A367" s="3" t="s">
-        <v>730</v>
+        <v>713</v>
       </c>
       <c r="B367" s="3" t="s">
-        <v>731</v>
+        <v>714</v>
       </c>
       <c r="C367" s="3">
-        <v>116.11</v>
+        <v>134.23</v>
       </c>
       <c r="D367" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E367" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F367" s="3">
-        <v>6250</v>
+        <v>7876</v>
       </c>
       <c r="G367" s="3">
         <v>1</v>
       </c>
       <c r="H367" s="3">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="I367" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="368" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A368" s="3" t="s">
-        <v>732</v>
+        <v>715</v>
       </c>
       <c r="B368" s="3" t="s">
-        <v>733</v>
+        <v>716</v>
       </c>
       <c r="C368" s="3">
-        <v>159.19</v>
+        <v>141.77</v>
       </c>
       <c r="D368" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E368" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F368" s="3">
-        <v>13613</v>
+        <v>3822</v>
       </c>
       <c r="G368" s="3">
         <v>1</v>
       </c>
       <c r="H368" s="3">
         <v>200</v>
       </c>
       <c r="I368" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="369" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A369" s="3" t="s">
-        <v>734</v>
+        <v>717</v>
       </c>
       <c r="B369" s="3" t="s">
-        <v>735</v>
+        <v>718</v>
       </c>
       <c r="C369" s="3">
-        <v>139.4</v>
+        <v>108.36</v>
       </c>
       <c r="D369" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E369" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F369" s="3">
-        <v>4619</v>
+        <v>7233</v>
       </c>
       <c r="G369" s="3">
         <v>1</v>
       </c>
       <c r="H369" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I369" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="370" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A370" s="3" t="s">
-        <v>736</v>
+        <v>719</v>
       </c>
       <c r="B370" s="3" t="s">
-        <v>737</v>
+        <v>720</v>
       </c>
       <c r="C370" s="3">
-        <v>131.99</v>
+        <v>118.08</v>
       </c>
       <c r="D370" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E370" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F370" s="3">
-        <v>15648</v>
+        <v>18245</v>
       </c>
       <c r="G370" s="3">
         <v>1</v>
       </c>
       <c r="H370" s="3">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="I370" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="371" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A371" s="3" t="s">
-        <v>738</v>
+        <v>721</v>
       </c>
       <c r="B371" s="3" t="s">
-        <v>739</v>
+        <v>722</v>
       </c>
       <c r="C371" s="3">
-        <v>139.4</v>
+        <v>141.77</v>
       </c>
       <c r="D371" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E371" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F371" s="3">
-        <v>9702</v>
+        <v>4714</v>
       </c>
       <c r="G371" s="3">
         <v>1</v>
       </c>
       <c r="H371" s="3">
         <v>200</v>
       </c>
       <c r="I371" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="372" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A372" s="3" t="s">
-        <v>740</v>
+        <v>723</v>
       </c>
       <c r="B372" s="3" t="s">
-        <v>741</v>
+        <v>724</v>
       </c>
       <c r="C372" s="3">
-        <v>116.11</v>
+        <v>124.02</v>
       </c>
       <c r="D372" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E372" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F372" s="3">
-        <v>13108</v>
+        <v>20414</v>
       </c>
       <c r="G372" s="3">
         <v>1</v>
       </c>
       <c r="H372" s="3">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="I372" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="373" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A373" s="3" t="s">
-        <v>742</v>
+        <v>725</v>
       </c>
       <c r="B373" s="3" t="s">
-        <v>743</v>
+        <v>726</v>
       </c>
       <c r="C373" s="3">
-        <v>121.95</v>
+        <v>141.77</v>
       </c>
       <c r="D373" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E373" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F373" s="3">
-        <v>12159</v>
+        <v>7789</v>
       </c>
       <c r="G373" s="3">
         <v>1</v>
       </c>
       <c r="H373" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I373" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="374" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A374" s="3" t="s">
-        <v>744</v>
+        <v>727</v>
       </c>
       <c r="B374" s="3" t="s">
-        <v>745</v>
+        <v>728</v>
       </c>
       <c r="C374" s="3">
-        <v>139.4</v>
+        <v>134.23</v>
       </c>
       <c r="D374" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E374" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F374" s="3">
-        <v>4706</v>
+        <v>15424</v>
       </c>
       <c r="G374" s="3">
         <v>1</v>
       </c>
       <c r="H374" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I374" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="375" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A375" s="3" t="s">
-        <v>746</v>
+        <v>729</v>
       </c>
       <c r="B375" s="3" t="s">
-        <v>747</v>
+        <v>730</v>
       </c>
       <c r="C375" s="3">
-        <v>121.95</v>
+        <v>108.36</v>
       </c>
       <c r="D375" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E375" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F375" s="3">
-        <v>20704</v>
+        <v>12594</v>
       </c>
       <c r="G375" s="3">
         <v>1</v>
       </c>
       <c r="H375" s="3">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="I375" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="376" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A376" s="3" t="s">
-        <v>748</v>
+        <v>731</v>
       </c>
       <c r="B376" s="3" t="s">
-        <v>749</v>
+        <v>732</v>
       </c>
       <c r="C376" s="3">
-        <v>159.19</v>
+        <v>118.08</v>
       </c>
       <c r="D376" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E376" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F376" s="3">
-        <v>7725</v>
+        <v>12890</v>
       </c>
       <c r="G376" s="3">
         <v>1</v>
       </c>
       <c r="H376" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I376" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="377" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A377" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A377" s="2" t="s">
+        <v>733</v>
+      </c>
+      <c r="B377" s="2"/>
+      <c r="C377" s="2"/>
+      <c r="D377" s="2"/>
+      <c r="E377" s="2"/>
+      <c r="F377" s="2"/>
+      <c r="G377" s="2"/>
+      <c r="H377" s="2"/>
+      <c r="I377" s="2"/>
     </row>
     <row r="378" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A378" s="3" t="s">
-        <v>752</v>
+        <v>734</v>
       </c>
       <c r="B378" s="3" t="s">
-        <v>753</v>
+        <v>735</v>
       </c>
       <c r="C378" s="3">
-        <v>139.4</v>
+        <v>27.43</v>
       </c>
       <c r="D378" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E378" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F378" s="3">
-        <v>7878</v>
+        <v>26240</v>
       </c>
       <c r="G378" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H378" s="3">
-        <v>200</v>
+        <v>720</v>
       </c>
       <c r="I378" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="379" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A379" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I379" s="2"/>
+      <c r="A379" s="3" t="s">
+        <v>736</v>
+      </c>
+      <c r="B379" s="3" t="s">
+        <v>737</v>
+      </c>
+      <c r="C379" s="3">
+        <v>35.35</v>
+      </c>
+      <c r="D379" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E379" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F379" s="3">
+        <v>18500</v>
+      </c>
+      <c r="G379" s="3">
+        <v>10</v>
+      </c>
+      <c r="H379" s="3">
+        <v>400</v>
+      </c>
+      <c r="I379" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="380" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A380" s="3" t="s">
-        <v>755</v>
+        <v>738</v>
       </c>
       <c r="B380" s="3" t="s">
-        <v>756</v>
+        <v>739</v>
       </c>
       <c r="C380" s="3">
-        <v>1685.76</v>
+        <v>46.03</v>
       </c>
       <c r="D380" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E380" s="3" t="s">
-        <v>757</v>
+        <v>15</v>
       </c>
       <c r="F380" s="3">
-        <v>631</v>
+        <v>12430</v>
       </c>
       <c r="G380" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H380" s="3">
-        <v>16</v>
+        <v>300</v>
       </c>
       <c r="I380" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="381" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A381" s="3" t="s">
-        <v>758</v>
+        <v>740</v>
       </c>
       <c r="B381" s="3" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C381" s="3">
-        <v>702.87</v>
+        <v>71.39</v>
       </c>
       <c r="D381" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E381" s="3" t="s">
-        <v>757</v>
+        <v>15</v>
       </c>
       <c r="F381" s="3">
-        <v>985</v>
+        <v>9990</v>
       </c>
       <c r="G381" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H381" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I381" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="382" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A382" s="3" t="s">
-        <v>760</v>
+        <v>742</v>
       </c>
       <c r="B382" s="3" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="C382" s="3">
-        <v>122.6</v>
+        <v>108.22</v>
       </c>
       <c r="D382" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E382" s="3" t="s">
-        <v>757</v>
+        <v>15</v>
       </c>
       <c r="F382" s="3">
-        <v>78172</v>
+        <v>4280</v>
       </c>
       <c r="G382" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H382" s="3">
-        <v>250</v>
+        <v>150</v>
       </c>
       <c r="I382" s="3">
-        <v>70</v>
+        <v>1</v>
       </c>
     </row>
     <row r="383" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A383" s="3" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="B383" s="3" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="C383" s="3">
-        <v>679.76</v>
+        <v>180.38</v>
       </c>
       <c r="D383" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E383" s="3" t="s">
-        <v>757</v>
+        <v>15</v>
       </c>
       <c r="F383" s="3">
-        <v>2046</v>
+        <v>3340</v>
       </c>
       <c r="G383" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H383" s="3">
-        <v>40</v>
+        <v>120</v>
       </c>
       <c r="I383" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="384" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A384" s="3" t="s">
-        <v>764</v>
+        <v>746</v>
       </c>
       <c r="B384" s="3" t="s">
-        <v>765</v>
+        <v>747</v>
       </c>
       <c r="C384" s="3">
-        <v>926.62</v>
+        <v>185.67</v>
       </c>
       <c r="D384" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E384" s="3" t="s">
-        <v>757</v>
+        <v>15</v>
       </c>
       <c r="F384" s="3">
-        <v>1589</v>
+        <v>2250</v>
       </c>
       <c r="G384" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H384" s="3">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="I384" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="385" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A385" s="3" t="s">
-        <v>766</v>
+        <v>748</v>
       </c>
       <c r="B385" s="3" t="s">
-        <v>767</v>
+        <v>749</v>
       </c>
       <c r="C385" s="3">
-        <v>490.5</v>
+        <v>277.18</v>
       </c>
       <c r="D385" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E385" s="3" t="s">
-        <v>768</v>
+        <v>15</v>
       </c>
       <c r="F385" s="3">
-        <v>41</v>
+        <v>975</v>
       </c>
       <c r="G385" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H385" s="3">
         <v>100</v>
       </c>
       <c r="I385" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="386" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A386" s="3" t="s">
-        <v>769</v>
+        <v>750</v>
       </c>
       <c r="B386" s="3" t="s">
-        <v>770</v>
+        <v>751</v>
       </c>
       <c r="C386" s="3">
-        <v>527.65</v>
+        <v>392.72</v>
       </c>
       <c r="D386" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E386" s="3" t="s">
-        <v>757</v>
+        <v>15</v>
       </c>
       <c r="F386" s="3">
-        <v>1999</v>
+        <v>1548</v>
       </c>
       <c r="G386" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H386" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I386" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="387" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A387" s="3" t="s">
-        <v>771</v>
+        <v>752</v>
       </c>
       <c r="B387" s="3" t="s">
-        <v>772</v>
+        <v>753</v>
       </c>
       <c r="C387" s="3">
-        <v>1853.89</v>
+        <v>576.94</v>
       </c>
       <c r="D387" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E387" s="3" t="s">
-        <v>757</v>
+        <v>15</v>
       </c>
       <c r="F387" s="3">
-        <v>283</v>
+        <v>1990</v>
       </c>
       <c r="G387" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H387" s="3">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="I387" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="388" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A388" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A388" s="2" t="s">
+        <v>754</v>
+      </c>
+      <c r="B388" s="2"/>
+      <c r="C388" s="2"/>
+      <c r="D388" s="2"/>
+      <c r="E388" s="2"/>
+      <c r="F388" s="2"/>
+      <c r="G388" s="2"/>
+      <c r="H388" s="2"/>
+      <c r="I388" s="2"/>
     </row>
     <row r="389" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A389" s="3" t="s">
-        <v>775</v>
+        <v>755</v>
       </c>
       <c r="B389" s="3" t="s">
-        <v>776</v>
+        <v>756</v>
       </c>
       <c r="C389" s="3">
-        <v>1087.48</v>
+        <v>87.36</v>
       </c>
       <c r="D389" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E389" s="3" t="s">
         <v>757</v>
       </c>
       <c r="F389" s="3">
-        <v>1785</v>
+        <v>27154</v>
       </c>
       <c r="G389" s="3">
         <v>1</v>
       </c>
       <c r="H389" s="3">
-        <v>30</v>
+        <v>250</v>
       </c>
       <c r="I389" s="3">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="390" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A390" s="3" t="s">
-        <v>777</v>
+        <v>758</v>
       </c>
       <c r="B390" s="3" t="s">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="C390" s="3">
-        <v>85.9</v>
+        <v>946.9</v>
       </c>
       <c r="D390" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E390" s="3" t="s">
-        <v>757</v>
+        <v>15</v>
       </c>
       <c r="F390" s="3">
-        <v>81592</v>
+        <v>3526</v>
       </c>
       <c r="G390" s="3">
         <v>1</v>
       </c>
       <c r="H390" s="3">
-        <v>250</v>
+        <v>36</v>
       </c>
       <c r="I390" s="3">
-        <v>180</v>
+        <v>1</v>
       </c>
     </row>
     <row r="391" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A391" s="3" t="s">
-        <v>779</v>
+        <v>760</v>
       </c>
       <c r="B391" s="3" t="s">
-        <v>780</v>
+        <v>761</v>
       </c>
       <c r="C391" s="3">
-        <v>106.42</v>
+        <v>536.62</v>
       </c>
       <c r="D391" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E391" s="3" t="s">
         <v>757</v>
       </c>
       <c r="F391" s="3">
-        <v>118842</v>
+        <v>1034</v>
       </c>
       <c r="G391" s="3">
         <v>1</v>
       </c>
       <c r="H391" s="3">
-        <v>250</v>
+        <v>60</v>
       </c>
       <c r="I391" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="392" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A392" s="3" t="s">
-        <v>781</v>
+        <v>762</v>
       </c>
       <c r="B392" s="3" t="s">
-        <v>782</v>
+        <v>763</v>
       </c>
       <c r="C392" s="3">
-        <v>78.11</v>
+        <v>714.82</v>
       </c>
       <c r="D392" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E392" s="3" t="s">
         <v>757</v>
       </c>
       <c r="F392" s="3">
-        <v>95588</v>
+        <v>996</v>
       </c>
       <c r="G392" s="3">
         <v>1</v>
       </c>
       <c r="H392" s="3">
-        <v>250</v>
+        <v>40</v>
       </c>
       <c r="I392" s="3">
-        <v>130</v>
+        <v>50</v>
       </c>
     </row>
     <row r="393" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A393" s="3" t="s">
-        <v>783</v>
+        <v>764</v>
       </c>
       <c r="B393" s="3" t="s">
-        <v>784</v>
+        <v>765</v>
       </c>
       <c r="C393" s="3">
-        <v>65.21</v>
+        <v>1105.97</v>
       </c>
       <c r="D393" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E393" s="3" t="s">
         <v>757</v>
       </c>
       <c r="F393" s="3">
-        <v>158928</v>
+        <v>325</v>
       </c>
       <c r="G393" s="3">
         <v>1</v>
       </c>
       <c r="H393" s="3">
-        <v>250</v>
+        <v>30</v>
       </c>
       <c r="I393" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="394" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A394" s="3" t="s">
-        <v>785</v>
+        <v>766</v>
       </c>
       <c r="B394" s="3" t="s">
-        <v>786</v>
+        <v>767</v>
       </c>
       <c r="C394" s="3">
-        <v>1116.25</v>
+        <v>1714.42</v>
       </c>
       <c r="D394" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E394" s="3" t="s">
-        <v>15</v>
+        <v>757</v>
       </c>
       <c r="F394" s="3">
-        <v>2546</v>
+        <v>448</v>
       </c>
       <c r="G394" s="3">
         <v>1</v>
       </c>
       <c r="H394" s="3">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="I394" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="395" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A395" s="3" t="s">
-        <v>787</v>
+        <v>768</v>
       </c>
       <c r="B395" s="3" t="s">
-        <v>788</v>
+        <v>769</v>
       </c>
       <c r="C395" s="3">
-        <v>1066.03</v>
+        <v>124.68</v>
       </c>
       <c r="D395" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E395" s="3" t="s">
-        <v>15</v>
+        <v>757</v>
       </c>
       <c r="F395" s="3">
-        <v>1286</v>
+        <v>15273</v>
       </c>
       <c r="G395" s="3">
         <v>1</v>
       </c>
       <c r="H395" s="3">
-        <v>36</v>
+        <v>250</v>
       </c>
       <c r="I395" s="3">
-        <v>1</v>
+        <v>70</v>
       </c>
     </row>
     <row r="396" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A396" s="3" t="s">
-        <v>789</v>
+        <v>770</v>
       </c>
       <c r="B396" s="3" t="s">
-        <v>790</v>
+        <v>771</v>
       </c>
       <c r="C396" s="3">
-        <v>931.07</v>
+        <v>942.37</v>
       </c>
       <c r="D396" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E396" s="3" t="s">
-        <v>15</v>
+        <v>757</v>
       </c>
       <c r="F396" s="3">
-        <v>4355</v>
+        <v>558</v>
       </c>
       <c r="G396" s="3">
         <v>1</v>
       </c>
       <c r="H396" s="3">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="I396" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="397" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A397" s="3" t="s">
-        <v>791</v>
+        <v>772</v>
       </c>
       <c r="B397" s="3" t="s">
-        <v>792</v>
+        <v>773</v>
       </c>
       <c r="C397" s="3">
-        <v>2781.23</v>
+        <v>1885.41</v>
       </c>
       <c r="D397" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E397" s="3" t="s">
         <v>757</v>
       </c>
       <c r="F397" s="3">
-        <v>182</v>
+        <v>310</v>
       </c>
       <c r="G397" s="3">
         <v>1</v>
       </c>
       <c r="H397" s="3">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="I397" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="398" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A398" s="3" t="s">
-        <v>793</v>
+        <v>774</v>
       </c>
       <c r="B398" s="3" t="s">
-        <v>794</v>
+        <v>775</v>
       </c>
       <c r="C398" s="3">
-        <v>2982.42</v>
+        <v>2828.51</v>
       </c>
       <c r="D398" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E398" s="3" t="s">
         <v>757</v>
       </c>
       <c r="F398" s="3">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="G398" s="3">
         <v>1</v>
       </c>
       <c r="H398" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I398" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="399" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A399" s="3" t="s">
-        <v>795</v>
+        <v>776</v>
       </c>
       <c r="B399" s="3" t="s">
-        <v>796</v>
+        <v>777</v>
       </c>
       <c r="C399" s="3">
-        <v>1349.02</v>
+        <v>2963.22</v>
       </c>
       <c r="D399" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E399" s="3" t="s">
         <v>757</v>
       </c>
       <c r="F399" s="3">
-        <v>797</v>
+        <v>142</v>
       </c>
       <c r="G399" s="3">
         <v>1</v>
       </c>
       <c r="H399" s="3">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="I399" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="400" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A400" s="3" t="s">
-        <v>797</v>
+        <v>778</v>
       </c>
       <c r="B400" s="3" t="s">
-        <v>798</v>
+        <v>779</v>
       </c>
       <c r="C400" s="3">
-        <v>2913.69</v>
+        <v>61.25</v>
       </c>
       <c r="D400" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E400" s="3" t="s">
-        <v>757</v>
+        <v>780</v>
       </c>
       <c r="F400" s="3">
-        <v>215</v>
+        <v>10474</v>
       </c>
       <c r="G400" s="3">
         <v>1</v>
       </c>
       <c r="H400" s="3">
-        <v>8</v>
+        <v>400</v>
       </c>
       <c r="I400" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="401" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A401" s="3" t="s">
-        <v>799</v>
+        <v>781</v>
       </c>
       <c r="B401" s="3" t="s">
-        <v>800</v>
+        <v>782</v>
       </c>
       <c r="C401" s="3">
-        <v>1326.22</v>
+        <v>1371.95</v>
       </c>
       <c r="D401" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E401" s="3" t="s">
-        <v>15</v>
+        <v>757</v>
       </c>
       <c r="F401" s="3">
-        <v>3349</v>
+        <v>594</v>
       </c>
       <c r="G401" s="3">
         <v>1</v>
       </c>
       <c r="H401" s="3">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="I401" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="402" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A402" s="3" t="s">
-        <v>801</v>
+        <v>783</v>
       </c>
       <c r="B402" s="3" t="s">
-        <v>802</v>
+        <v>784</v>
       </c>
       <c r="C402" s="3">
-        <v>97.92</v>
+        <v>3033.12</v>
       </c>
       <c r="D402" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E402" s="3" t="s">
         <v>757</v>
       </c>
       <c r="F402" s="3">
-        <v>35151</v>
+        <v>206</v>
       </c>
       <c r="G402" s="3">
         <v>1</v>
       </c>
       <c r="H402" s="3">
-        <v>250</v>
+        <v>6</v>
       </c>
       <c r="I402" s="3">
-        <v>140</v>
+        <v>25</v>
       </c>
     </row>
     <row r="403" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A403" s="3" t="s">
-        <v>803</v>
+        <v>785</v>
       </c>
       <c r="B403" s="3" t="s">
-        <v>804</v>
+        <v>786</v>
       </c>
       <c r="C403" s="3">
-        <v>35.75</v>
+        <v>691.32</v>
       </c>
       <c r="D403" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E403" s="3" t="s">
-        <v>768</v>
+        <v>757</v>
       </c>
       <c r="F403" s="3">
-        <v>5334</v>
+        <v>1058</v>
       </c>
       <c r="G403" s="3">
         <v>1</v>
       </c>
       <c r="H403" s="3">
-        <v>600</v>
+        <v>40</v>
       </c>
       <c r="I403" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="404" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A404" s="3" t="s">
-        <v>805</v>
+        <v>787</v>
       </c>
       <c r="B404" s="3" t="s">
-        <v>806</v>
+        <v>788</v>
       </c>
       <c r="C404" s="3">
-        <v>60.23</v>
+        <v>476.38</v>
       </c>
       <c r="D404" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E404" s="3" t="s">
-        <v>768</v>
+        <v>757</v>
       </c>
       <c r="F404" s="3">
-        <v>12334</v>
+        <v>796</v>
       </c>
       <c r="G404" s="3">
         <v>1</v>
       </c>
       <c r="H404" s="3">
-        <v>400</v>
+        <v>60</v>
       </c>
       <c r="I404" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="405" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A405" s="3" t="s">
-        <v>807</v>
+        <v>789</v>
       </c>
       <c r="B405" s="3" t="s">
-        <v>808</v>
+        <v>790</v>
       </c>
       <c r="C405" s="3">
-        <v>44.91</v>
+        <v>79.61</v>
       </c>
       <c r="D405" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E405" s="3" t="s">
-        <v>768</v>
+        <v>757</v>
       </c>
       <c r="F405" s="3">
-        <v>11329</v>
+        <v>24824</v>
       </c>
       <c r="G405" s="3">
         <v>1</v>
       </c>
       <c r="H405" s="3">
-        <v>600</v>
+        <v>250</v>
       </c>
       <c r="I405" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="406" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A406" s="3" t="s">
-        <v>809</v>
+        <v>791</v>
       </c>
       <c r="B406" s="3" t="s">
-        <v>810</v>
+        <v>792</v>
       </c>
       <c r="C406" s="3">
-        <v>76.74</v>
+        <v>108.23</v>
       </c>
       <c r="D406" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E406" s="3" t="s">
-        <v>768</v>
+        <v>757</v>
       </c>
       <c r="F406" s="3">
-        <v>1740</v>
+        <v>17746</v>
       </c>
       <c r="G406" s="3">
         <v>1</v>
       </c>
       <c r="H406" s="3">
-        <v>400</v>
+        <v>250</v>
       </c>
       <c r="I406" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
     </row>
     <row r="407" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A407" s="3" t="s">
-        <v>811</v>
+        <v>793</v>
       </c>
       <c r="B407" s="3" t="s">
-        <v>812</v>
+        <v>794</v>
       </c>
       <c r="C407" s="3">
-        <v>76.76</v>
+        <v>79.44</v>
       </c>
       <c r="D407" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E407" s="3" t="s">
-        <v>768</v>
+        <v>757</v>
       </c>
       <c r="F407" s="3">
-        <v>899</v>
+        <v>8966</v>
       </c>
       <c r="G407" s="3">
         <v>1</v>
       </c>
       <c r="H407" s="3">
-        <v>400</v>
+        <v>250</v>
       </c>
       <c r="I407" s="3">
-        <v>0</v>
+        <v>130</v>
       </c>
     </row>
     <row r="408" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A408" s="3" t="s">
-        <v>813</v>
+        <v>795</v>
       </c>
       <c r="B408" s="3" t="s">
-        <v>814</v>
+        <v>796</v>
       </c>
       <c r="C408" s="3">
-        <v>150.53</v>
+        <v>45.67</v>
       </c>
       <c r="D408" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E408" s="3" t="s">
-        <v>768</v>
+        <v>780</v>
       </c>
       <c r="F408" s="3">
-        <v>942</v>
+        <v>8435</v>
       </c>
       <c r="G408" s="3">
         <v>1</v>
       </c>
       <c r="H408" s="3">
-        <v>200</v>
+        <v>600</v>
       </c>
       <c r="I408" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="409" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A409" s="3" t="s">
-        <v>815</v>
+        <v>797</v>
       </c>
       <c r="B409" s="3" t="s">
-        <v>816</v>
+        <v>798</v>
       </c>
       <c r="C409" s="3">
-        <v>162.08</v>
+        <v>78.06</v>
       </c>
       <c r="D409" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E409" s="3" t="s">
-        <v>768</v>
+        <v>780</v>
       </c>
       <c r="F409" s="3">
-        <v>997</v>
+        <v>92</v>
       </c>
       <c r="G409" s="3">
         <v>1</v>
       </c>
       <c r="H409" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I409" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="410" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A410" s="3" t="s">
-        <v>817</v>
+        <v>799</v>
       </c>
       <c r="B410" s="3" t="s">
-        <v>818</v>
+        <v>800</v>
       </c>
       <c r="C410" s="3">
-        <v>319.89</v>
+        <v>87.22</v>
       </c>
       <c r="D410" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E410" s="3" t="s">
-        <v>768</v>
+        <v>780</v>
       </c>
       <c r="F410" s="3">
-        <v>28</v>
+        <v>1643</v>
       </c>
       <c r="G410" s="3">
         <v>1</v>
       </c>
       <c r="H410" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I410" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="411" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A411" s="3" t="s">
-        <v>819</v>
+        <v>801</v>
       </c>
       <c r="B411" s="3" t="s">
-        <v>820</v>
+        <v>802</v>
       </c>
       <c r="C411" s="3">
-        <v>64.33</v>
+        <v>153.09</v>
       </c>
       <c r="D411" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E411" s="3" t="s">
-        <v>768</v>
+        <v>780</v>
       </c>
       <c r="F411" s="3">
-        <v>3840</v>
+        <v>674</v>
       </c>
       <c r="G411" s="3">
         <v>1</v>
       </c>
       <c r="H411" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I411" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="412" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A412" s="3" t="s">
-        <v>821</v>
+        <v>803</v>
       </c>
       <c r="B412" s="3" t="s">
-        <v>822</v>
+        <v>804</v>
       </c>
       <c r="C412" s="3">
-        <v>400.15</v>
+        <v>164.84</v>
       </c>
       <c r="D412" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E412" s="3" t="s">
-        <v>768</v>
+        <v>780</v>
       </c>
       <c r="F412" s="3">
-        <v>84</v>
+        <v>734</v>
       </c>
       <c r="G412" s="3">
         <v>1</v>
       </c>
       <c r="H412" s="3">
         <v>100</v>
       </c>
       <c r="I412" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="413" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A413" s="3" t="s">
-        <v>823</v>
+        <v>805</v>
       </c>
       <c r="B413" s="3" t="s">
-        <v>824</v>
+        <v>806</v>
       </c>
       <c r="C413" s="3">
-        <v>63.97</v>
+        <v>238.57</v>
       </c>
       <c r="D413" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E413" s="3" t="s">
-        <v>768</v>
+        <v>780</v>
       </c>
       <c r="F413" s="3">
-        <v>0</v>
+        <v>233</v>
       </c>
       <c r="G413" s="3">
         <v>1</v>
       </c>
       <c r="H413" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I413" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="414" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A414" s="3" t="s">
-        <v>825</v>
+        <v>807</v>
       </c>
       <c r="B414" s="3" t="s">
-        <v>826</v>
+        <v>808</v>
       </c>
       <c r="C414" s="3">
-        <v>78.28</v>
+        <v>406.95</v>
       </c>
       <c r="D414" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E414" s="3" t="s">
-        <v>757</v>
+        <v>780</v>
       </c>
       <c r="F414" s="3">
-        <v>79419</v>
+        <v>7</v>
       </c>
       <c r="G414" s="3">
         <v>1</v>
       </c>
       <c r="H414" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I414" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
     </row>
     <row r="415" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A415" s="3" t="s">
-        <v>827</v>
+        <v>809</v>
       </c>
       <c r="B415" s="3" t="s">
-        <v>828</v>
+        <v>810</v>
       </c>
       <c r="C415" s="3">
-        <v>234.58</v>
+        <v>498.84</v>
       </c>
       <c r="D415" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E415" s="3" t="s">
-        <v>768</v>
+        <v>780</v>
       </c>
       <c r="F415" s="3">
-        <v>347</v>
+        <v>163</v>
       </c>
       <c r="G415" s="3">
         <v>1</v>
       </c>
       <c r="H415" s="3">
         <v>100</v>
       </c>
       <c r="I415" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="416" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A416" s="3" t="s">
-        <v>829</v>
+        <v>811</v>
       </c>
       <c r="B416" s="3" t="s">
-        <v>830</v>
+        <v>812</v>
       </c>
       <c r="C416" s="3">
-        <v>85.76</v>
+        <v>99.58</v>
       </c>
       <c r="D416" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E416" s="3" t="s">
-        <v>768</v>
+        <v>757</v>
       </c>
       <c r="F416" s="3">
-        <v>2161</v>
+        <v>7851</v>
       </c>
       <c r="G416" s="3">
         <v>1</v>
       </c>
       <c r="H416" s="3">
-        <v>400</v>
+        <v>250</v>
       </c>
       <c r="I416" s="3">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="417" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A417" s="3" t="s">
+        <v>813</v>
+      </c>
+      <c r="B417" s="3" t="s">
+        <v>814</v>
+      </c>
+      <c r="C417" s="3">
+        <v>36.36</v>
+      </c>
+      <c r="D417" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E417" s="3" t="s">
+        <v>780</v>
+      </c>
+      <c r="F417" s="3">
+        <v>3049</v>
+      </c>
+      <c r="G417" s="3">
+        <v>1</v>
+      </c>
+      <c r="H417" s="3">
+        <v>600</v>
+      </c>
+      <c r="I417" s="3">
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I417" s="2"/>
     </row>
     <row r="418" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A418" s="3" t="s">
-        <v>832</v>
+        <v>815</v>
       </c>
       <c r="B418" s="3" t="s">
-        <v>833</v>
+        <v>816</v>
       </c>
       <c r="C418" s="3">
-        <v>923.38</v>
+        <v>65.06</v>
       </c>
       <c r="D418" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E418" s="3" t="s">
-        <v>834</v>
+        <v>780</v>
       </c>
       <c r="F418" s="3">
-        <v>284</v>
+        <v>440</v>
       </c>
       <c r="G418" s="3">
         <v>1</v>
       </c>
       <c r="H418" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I418" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="419" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A419" s="3" t="s">
-        <v>835</v>
+        <v>817</v>
       </c>
       <c r="B419" s="3" t="s">
-        <v>836</v>
+        <v>818</v>
       </c>
       <c r="C419" s="3">
-        <v>453.03</v>
+        <v>78.04</v>
       </c>
       <c r="D419" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E419" s="3" t="s">
-        <v>834</v>
+        <v>780</v>
       </c>
       <c r="F419" s="3">
-        <v>4202</v>
+        <v>1078</v>
       </c>
       <c r="G419" s="3">
         <v>1</v>
       </c>
       <c r="H419" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I419" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="420" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A420" s="3" t="s">
-        <v>837</v>
+        <v>819</v>
       </c>
       <c r="B420" s="3" t="s">
-        <v>838</v>
+        <v>820</v>
       </c>
       <c r="C420" s="3">
-        <v>923.39</v>
+        <v>65.42</v>
       </c>
       <c r="D420" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E420" s="3" t="s">
-        <v>834</v>
+        <v>780</v>
       </c>
       <c r="F420" s="3">
-        <v>589</v>
+        <v>2807</v>
       </c>
       <c r="G420" s="3">
         <v>1</v>
       </c>
       <c r="H420" s="3">
-        <v>50</v>
+        <v>400</v>
       </c>
       <c r="I420" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="421" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A421" s="3" t="s">
-        <v>839</v>
+        <v>821</v>
       </c>
       <c r="B421" s="3" t="s">
-        <v>840</v>
+        <v>822</v>
       </c>
       <c r="C421" s="3">
-        <v>739.9</v>
+        <v>1135.23</v>
       </c>
       <c r="D421" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E421" s="3" t="s">
-        <v>834</v>
+        <v>15</v>
       </c>
       <c r="F421" s="3">
-        <v>409</v>
+        <v>1831</v>
       </c>
       <c r="G421" s="3">
         <v>1</v>
       </c>
       <c r="H421" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I421" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="422" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A422" s="3" t="s">
-        <v>841</v>
+        <v>823</v>
       </c>
       <c r="B422" s="3" t="s">
-        <v>842</v>
+        <v>824</v>
       </c>
       <c r="C422" s="3">
-        <v>923.38</v>
+        <v>325.33</v>
       </c>
       <c r="D422" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E422" s="3" t="s">
-        <v>834</v>
+        <v>780</v>
       </c>
       <c r="F422" s="3">
-        <v>855</v>
+        <v>150</v>
       </c>
       <c r="G422" s="3">
         <v>1</v>
       </c>
       <c r="H422" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I422" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="423" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A423" s="3" t="s">
-        <v>843</v>
+        <v>825</v>
       </c>
       <c r="B423" s="3" t="s">
-        <v>844</v>
+        <v>826</v>
       </c>
       <c r="C423" s="3">
-        <v>453.03</v>
+        <v>66.32</v>
       </c>
       <c r="D423" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E423" s="3" t="s">
-        <v>834</v>
+        <v>757</v>
       </c>
       <c r="F423" s="3">
-        <v>360</v>
+        <v>24576</v>
       </c>
       <c r="G423" s="3">
         <v>1</v>
       </c>
       <c r="H423" s="3">
+        <v>250</v>
+      </c>
+      <c r="I423" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="424" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A424" s="3" t="s">
-        <v>845</v>
+        <v>827</v>
       </c>
       <c r="B424" s="3" t="s">
-        <v>846</v>
+        <v>828</v>
       </c>
       <c r="C424" s="3">
-        <v>520.74</v>
+        <v>1084.15</v>
       </c>
       <c r="D424" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E424" s="3" t="s">
-        <v>834</v>
+        <v>15</v>
       </c>
       <c r="F424" s="3">
-        <v>408</v>
+        <v>525</v>
       </c>
       <c r="G424" s="3">
         <v>1</v>
       </c>
       <c r="H424" s="3">
-        <v>100</v>
+        <v>36</v>
       </c>
       <c r="I424" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="425" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A425" s="3" t="s">
-        <v>847</v>
+        <v>829</v>
       </c>
       <c r="B425" s="3" t="s">
-        <v>848</v>
+        <v>830</v>
       </c>
       <c r="C425" s="3">
-        <v>1038.27</v>
+        <v>1348.77</v>
       </c>
       <c r="D425" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E425" s="3" t="s">
-        <v>834</v>
+        <v>15</v>
       </c>
       <c r="F425" s="3">
-        <v>3806</v>
+        <v>2136</v>
       </c>
       <c r="G425" s="3">
         <v>1</v>
       </c>
       <c r="H425" s="3">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="I425" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="426" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A426" s="2" t="s">
-        <v>849</v>
+        <v>831</v>
       </c>
       <c r="B426" s="2"/>
       <c r="C426" s="2"/>
       <c r="D426" s="2"/>
       <c r="E426" s="2"/>
       <c r="F426" s="2"/>
       <c r="G426" s="2"/>
       <c r="H426" s="2"/>
       <c r="I426" s="2"/>
     </row>
     <row r="427" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A427" s="3" t="s">
-        <v>850</v>
+        <v>832</v>
       </c>
       <c r="B427" s="3" t="s">
-        <v>851</v>
+        <v>833</v>
       </c>
       <c r="C427" s="3">
-        <v>45.65</v>
+        <v>529.59</v>
       </c>
       <c r="D427" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E427" s="3" t="s">
-        <v>15</v>
+        <v>834</v>
       </c>
       <c r="F427" s="3">
-        <v>0</v>
+        <v>348</v>
       </c>
       <c r="G427" s="3">
+        <v>1</v>
+      </c>
+      <c r="H427" s="3">
+        <v>100</v>
+      </c>
+      <c r="I427" s="3">
         <v>5</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="428" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A428" s="3" t="s">
-        <v>852</v>
+        <v>835</v>
       </c>
       <c r="B428" s="3" t="s">
-        <v>853</v>
+        <v>836</v>
       </c>
       <c r="C428" s="3">
-        <v>727.41</v>
+        <v>939.08</v>
       </c>
       <c r="D428" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E428" s="3" t="s">
-        <v>15</v>
+        <v>834</v>
       </c>
       <c r="F428" s="3">
-        <v>16</v>
+        <v>423</v>
       </c>
       <c r="G428" s="3">
         <v>1</v>
       </c>
       <c r="H428" s="3">
         <v>50</v>
       </c>
       <c r="I428" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="429" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A429" s="3" t="s">
-        <v>854</v>
+        <v>837</v>
       </c>
       <c r="B429" s="3" t="s">
-        <v>855</v>
+        <v>838</v>
       </c>
       <c r="C429" s="3">
-        <v>86.91</v>
+        <v>460.73</v>
       </c>
       <c r="D429" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E429" s="3" t="s">
-        <v>15</v>
+        <v>834</v>
       </c>
       <c r="F429" s="3">
-        <v>0</v>
+        <v>2694</v>
       </c>
       <c r="G429" s="3">
         <v>1</v>
       </c>
       <c r="H429" s="3">
-        <v>5000</v>
+        <v>100</v>
       </c>
       <c r="I429" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="430" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A430" s="3" t="s">
-        <v>856</v>
+        <v>839</v>
       </c>
       <c r="B430" s="3" t="s">
-        <v>857</v>
+        <v>840</v>
       </c>
       <c r="C430" s="3">
-        <v>378.14</v>
+        <v>939.09</v>
       </c>
       <c r="D430" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E430" s="3" t="s">
-        <v>15</v>
+        <v>834</v>
       </c>
       <c r="F430" s="3">
-        <v>468</v>
+        <v>1026</v>
       </c>
       <c r="G430" s="3">
         <v>1</v>
       </c>
       <c r="H430" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I430" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="431" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A431" s="3" t="s">
-        <v>858</v>
+        <v>841</v>
       </c>
       <c r="B431" s="3" t="s">
-        <v>859</v>
+        <v>842</v>
       </c>
       <c r="C431" s="3">
-        <v>355.49</v>
+        <v>752.48</v>
       </c>
       <c r="D431" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E431" s="3" t="s">
-        <v>15</v>
+        <v>834</v>
       </c>
       <c r="F431" s="3">
-        <v>256</v>
+        <v>221</v>
       </c>
       <c r="G431" s="3">
         <v>1</v>
       </c>
       <c r="H431" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I431" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="432" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A432" s="3" t="s">
-        <v>860</v>
+        <v>843</v>
       </c>
       <c r="B432" s="3" t="s">
-        <v>861</v>
+        <v>844</v>
       </c>
       <c r="C432" s="3">
-        <v>322.75</v>
+        <v>1055.92</v>
       </c>
       <c r="D432" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E432" s="3" t="s">
-        <v>15</v>
+        <v>834</v>
       </c>
       <c r="F432" s="3">
-        <v>39</v>
+        <v>2448</v>
       </c>
       <c r="G432" s="3">
         <v>1</v>
       </c>
       <c r="H432" s="3">
-        <v>75</v>
+        <v>50</v>
       </c>
       <c r="I432" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="433" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A433" s="3" t="s">
-        <v>862</v>
+        <v>845</v>
       </c>
       <c r="B433" s="3" t="s">
-        <v>863</v>
+        <v>846</v>
       </c>
       <c r="C433" s="3">
-        <v>241.15</v>
+        <v>939.08</v>
       </c>
       <c r="D433" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E433" s="3" t="s">
-        <v>15</v>
+        <v>834</v>
       </c>
       <c r="F433" s="3">
-        <v>287</v>
+        <v>701</v>
       </c>
       <c r="G433" s="3">
         <v>1</v>
       </c>
       <c r="H433" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I433" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="434" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A434" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I434" s="2"/>
+      <c r="A434" s="3" t="s">
+        <v>847</v>
+      </c>
+      <c r="B434" s="3" t="s">
+        <v>848</v>
+      </c>
+      <c r="C434" s="3">
+        <v>460.73</v>
+      </c>
+      <c r="D434" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E434" s="3" t="s">
+        <v>834</v>
+      </c>
+      <c r="F434" s="3">
+        <v>180</v>
+      </c>
+      <c r="G434" s="3">
+        <v>1</v>
+      </c>
+      <c r="H434" s="3">
+        <v>100</v>
+      </c>
+      <c r="I434" s="3">
+        <v>5</v>
+      </c>
     </row>
     <row r="435" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A435" s="2" t="s">
-        <v>865</v>
+        <v>849</v>
       </c>
       <c r="B435" s="2"/>
       <c r="C435" s="2"/>
       <c r="D435" s="2"/>
       <c r="E435" s="2"/>
       <c r="F435" s="2"/>
       <c r="G435" s="2"/>
       <c r="H435" s="2"/>
       <c r="I435" s="2"/>
     </row>
     <row r="436" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A436" s="3" t="s">
-        <v>866</v>
+        <v>850</v>
       </c>
       <c r="B436" s="3" t="s">
-        <v>867</v>
+        <v>851</v>
       </c>
       <c r="C436" s="3">
-        <v>34.53</v>
+        <v>37.61</v>
       </c>
       <c r="D436" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E436" s="3" t="s">
-        <v>834</v>
+        <v>15</v>
       </c>
       <c r="F436" s="3">
-        <v>10442</v>
+        <v>0</v>
       </c>
       <c r="G436" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H436" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I436" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="437" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A437" s="3" t="s">
-        <v>868</v>
+        <v>852</v>
       </c>
       <c r="B437" s="3" t="s">
-        <v>869</v>
+        <v>853</v>
       </c>
       <c r="C437" s="3">
-        <v>34.53</v>
+        <v>739.78</v>
       </c>
       <c r="D437" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E437" s="3" t="s">
-        <v>834</v>
+        <v>15</v>
       </c>
       <c r="F437" s="3">
-        <v>2946</v>
+        <v>5</v>
       </c>
       <c r="G437" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H437" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I437" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="438" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A438" s="3" t="s">
-        <v>870</v>
+        <v>854</v>
       </c>
       <c r="B438" s="3" t="s">
-        <v>871</v>
+        <v>855</v>
       </c>
       <c r="C438" s="3">
-        <v>55.74</v>
+        <v>292.84</v>
       </c>
       <c r="D438" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E438" s="3" t="s">
-        <v>834</v>
+        <v>15</v>
       </c>
       <c r="F438" s="3">
-        <v>21088</v>
+        <v>233</v>
       </c>
       <c r="G438" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H438" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I438" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="439" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A439" s="3" t="s">
-        <v>872</v>
+        <v>856</v>
       </c>
       <c r="B439" s="3" t="s">
-        <v>873</v>
+        <v>857</v>
       </c>
       <c r="C439" s="3">
-        <v>34.53</v>
+        <v>328.24</v>
       </c>
       <c r="D439" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E439" s="3" t="s">
-        <v>834</v>
+        <v>15</v>
       </c>
       <c r="F439" s="3">
-        <v>7641</v>
+        <v>20</v>
       </c>
       <c r="G439" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H439" s="3">
-        <v>500</v>
+        <v>75</v>
       </c>
       <c r="I439" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="440" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A440" s="3" t="s">
-        <v>874</v>
+        <v>858</v>
       </c>
       <c r="B440" s="3" t="s">
-        <v>875</v>
+        <v>859</v>
       </c>
       <c r="C440" s="3">
-        <v>34.53</v>
+        <v>311.5</v>
       </c>
       <c r="D440" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E440" s="3" t="s">
-        <v>834</v>
+        <v>15</v>
       </c>
       <c r="F440" s="3">
-        <v>14000</v>
+        <v>468</v>
       </c>
       <c r="G440" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H440" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I440" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="441" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A441" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A441" s="2" t="s">
+        <v>860</v>
+      </c>
+      <c r="B441" s="2"/>
+      <c r="C441" s="2"/>
+      <c r="D441" s="2"/>
+      <c r="E441" s="2"/>
+      <c r="F441" s="2"/>
+      <c r="G441" s="2"/>
+      <c r="H441" s="2"/>
+      <c r="I441" s="2"/>
     </row>
     <row r="442" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A442" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A442" s="2" t="s">
+        <v>861</v>
+      </c>
+      <c r="B442" s="2"/>
+      <c r="C442" s="2"/>
+      <c r="D442" s="2"/>
+      <c r="E442" s="2"/>
+      <c r="F442" s="2"/>
+      <c r="G442" s="2"/>
+      <c r="H442" s="2"/>
+      <c r="I442" s="2"/>
     </row>
     <row r="443" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A443" s="3" t="s">
-        <v>880</v>
+        <v>862</v>
       </c>
       <c r="B443" s="3" t="s">
-        <v>881</v>
+        <v>863</v>
       </c>
       <c r="C443" s="3">
-        <v>55.74</v>
+        <v>35.12</v>
       </c>
       <c r="D443" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E443" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F443" s="3">
-        <v>70429</v>
+        <v>4020</v>
       </c>
       <c r="G443" s="3">
         <v>10</v>
       </c>
       <c r="H443" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I443" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="444" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A444" s="3" t="s">
-        <v>882</v>
+        <v>864</v>
       </c>
       <c r="B444" s="3" t="s">
-        <v>883</v>
+        <v>865</v>
       </c>
       <c r="C444" s="3">
-        <v>69.06</v>
+        <v>35.12</v>
       </c>
       <c r="D444" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E444" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F444" s="3">
-        <v>28482</v>
+        <v>1319</v>
       </c>
       <c r="G444" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H444" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I444" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="445" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A445" s="3" t="s">
-        <v>884</v>
+        <v>866</v>
       </c>
       <c r="B445" s="3" t="s">
-        <v>885</v>
+        <v>867</v>
       </c>
       <c r="C445" s="3">
-        <v>76.18</v>
+        <v>35.12</v>
       </c>
       <c r="D445" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E445" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F445" s="3">
-        <v>4469</v>
+        <v>3946</v>
       </c>
       <c r="G445" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H445" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I445" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="446" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A446" s="3" t="s">
-        <v>886</v>
+        <v>868</v>
       </c>
       <c r="B446" s="3" t="s">
-        <v>887</v>
+        <v>869</v>
       </c>
       <c r="C446" s="3">
-        <v>69.06</v>
+        <v>35.12</v>
       </c>
       <c r="D446" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E446" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F446" s="3">
-        <v>2989</v>
+        <v>10</v>
       </c>
       <c r="G446" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H446" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I446" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="447" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A447" s="3" t="s">
-        <v>888</v>
+        <v>870</v>
       </c>
       <c r="B447" s="3" t="s">
-        <v>889</v>
+        <v>871</v>
       </c>
       <c r="C447" s="3">
-        <v>69.06</v>
+        <v>56.69</v>
       </c>
       <c r="D447" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E447" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F447" s="3">
-        <v>2485</v>
+        <v>10352</v>
       </c>
       <c r="G447" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H447" s="3">
         <v>200</v>
       </c>
       <c r="I447" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="448" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A448" s="3" t="s">
-        <v>890</v>
+        <v>872</v>
       </c>
       <c r="B448" s="3" t="s">
-        <v>891</v>
+        <v>873</v>
       </c>
       <c r="C448" s="3">
-        <v>69.06</v>
+        <v>56.69</v>
       </c>
       <c r="D448" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E448" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F448" s="3">
-        <v>14109</v>
+        <v>6691</v>
       </c>
       <c r="G448" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H448" s="3">
         <v>200</v>
       </c>
       <c r="I448" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="449" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A449" s="3" t="s">
-        <v>892</v>
+        <v>874</v>
       </c>
       <c r="B449" s="3" t="s">
-        <v>893</v>
+        <v>875</v>
       </c>
       <c r="C449" s="3">
-        <v>69.06</v>
+        <v>56.69</v>
       </c>
       <c r="D449" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E449" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F449" s="3">
-        <v>29293</v>
+        <v>11378</v>
       </c>
       <c r="G449" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H449" s="3">
         <v>200</v>
       </c>
       <c r="I449" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="450" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A450" s="3" t="s">
-        <v>894</v>
+        <v>876</v>
       </c>
       <c r="B450" s="3" t="s">
-        <v>895</v>
+        <v>877</v>
       </c>
       <c r="C450" s="3">
-        <v>98.71</v>
+        <v>56.69</v>
       </c>
       <c r="D450" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E450" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F450" s="3">
-        <v>17590</v>
+        <v>0</v>
       </c>
       <c r="G450" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H450" s="3">
         <v>200</v>
       </c>
       <c r="I450" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="451" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A451" s="3" t="s">
-        <v>896</v>
+        <v>878</v>
       </c>
       <c r="B451" s="3" t="s">
-        <v>897</v>
+        <v>879</v>
       </c>
       <c r="C451" s="3">
-        <v>69.06</v>
+        <v>56.69</v>
       </c>
       <c r="D451" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E451" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F451" s="3">
-        <v>27022</v>
+        <v>12515</v>
       </c>
       <c r="G451" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H451" s="3">
         <v>200</v>
       </c>
       <c r="I451" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="452" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A452" s="3" t="s">
-        <v>898</v>
+        <v>880</v>
       </c>
       <c r="B452" s="3" t="s">
-        <v>899</v>
+        <v>881</v>
       </c>
       <c r="C452" s="3">
-        <v>98.71</v>
+        <v>70.23</v>
       </c>
       <c r="D452" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E452" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F452" s="3">
-        <v>50364</v>
+        <v>20770</v>
       </c>
       <c r="G452" s="3">
         <v>5</v>
       </c>
       <c r="H452" s="3">
         <v>200</v>
       </c>
       <c r="I452" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="453" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A453" s="3" t="s">
-        <v>900</v>
+        <v>882</v>
       </c>
       <c r="B453" s="3" t="s">
-        <v>901</v>
+        <v>883</v>
       </c>
       <c r="C453" s="3">
-        <v>108.95</v>
+        <v>77.48</v>
       </c>
       <c r="D453" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E453" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F453" s="3">
-        <v>8716</v>
+        <v>2086</v>
       </c>
       <c r="G453" s="3">
         <v>5</v>
       </c>
       <c r="H453" s="3">
         <v>200</v>
       </c>
       <c r="I453" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="454" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A454" s="3" t="s">
-        <v>902</v>
+        <v>884</v>
       </c>
       <c r="B454" s="3" t="s">
-        <v>903</v>
+        <v>885</v>
       </c>
       <c r="C454" s="3">
-        <v>98.71</v>
+        <v>70.23</v>
       </c>
       <c r="D454" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E454" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F454" s="3">
-        <v>69748</v>
+        <v>2437</v>
       </c>
       <c r="G454" s="3">
         <v>5</v>
       </c>
       <c r="H454" s="3">
         <v>200</v>
       </c>
       <c r="I454" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="455" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A455" s="3" t="s">
-        <v>904</v>
+        <v>886</v>
       </c>
       <c r="B455" s="3" t="s">
-        <v>905</v>
+        <v>887</v>
       </c>
       <c r="C455" s="3">
-        <v>98.71</v>
+        <v>70.23</v>
       </c>
       <c r="D455" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E455" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F455" s="3">
-        <v>201639</v>
+        <v>14285</v>
       </c>
       <c r="G455" s="3">
         <v>5</v>
       </c>
       <c r="H455" s="3">
         <v>200</v>
       </c>
       <c r="I455" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="456" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A456" s="3" t="s">
-        <v>906</v>
+        <v>888</v>
       </c>
       <c r="B456" s="3" t="s">
-        <v>907</v>
+        <v>889</v>
       </c>
       <c r="C456" s="3">
-        <v>98.71</v>
+        <v>70.23</v>
       </c>
       <c r="D456" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E456" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F456" s="3">
-        <v>65307</v>
+        <v>19467</v>
       </c>
       <c r="G456" s="3">
         <v>5</v>
       </c>
       <c r="H456" s="3">
         <v>200</v>
       </c>
       <c r="I456" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="457" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A457" s="3" t="s">
-        <v>908</v>
+        <v>890</v>
       </c>
       <c r="B457" s="3" t="s">
-        <v>909</v>
+        <v>891</v>
       </c>
       <c r="C457" s="3">
-        <v>34.53</v>
+        <v>100.39</v>
       </c>
       <c r="D457" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E457" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F457" s="3">
-        <v>24909</v>
+        <v>13880</v>
       </c>
       <c r="G457" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H457" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I457" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="458" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A458" s="3" t="s">
-        <v>910</v>
+        <v>892</v>
       </c>
       <c r="B458" s="3" t="s">
-        <v>911</v>
+        <v>893</v>
       </c>
       <c r="C458" s="3">
-        <v>34.53</v>
+        <v>110.8</v>
       </c>
       <c r="D458" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E458" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F458" s="3">
-        <v>986</v>
+        <v>3061</v>
       </c>
       <c r="G458" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H458" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I458" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="459" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A459" s="3" t="s">
-        <v>912</v>
+        <v>894</v>
       </c>
       <c r="B459" s="3" t="s">
-        <v>913</v>
+        <v>895</v>
       </c>
       <c r="C459" s="3">
-        <v>39.29</v>
+        <v>100.39</v>
       </c>
       <c r="D459" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E459" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F459" s="3">
-        <v>2898</v>
+        <v>11214</v>
       </c>
       <c r="G459" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H459" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I459" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="460" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A460" s="3" t="s">
-        <v>914</v>
+        <v>896</v>
       </c>
       <c r="B460" s="3" t="s">
-        <v>915</v>
+        <v>897</v>
       </c>
       <c r="C460" s="3">
-        <v>55.74</v>
+        <v>100.39</v>
       </c>
       <c r="D460" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E460" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F460" s="3">
-        <v>5027</v>
+        <v>45025</v>
       </c>
       <c r="G460" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H460" s="3">
         <v>200</v>
       </c>
       <c r="I460" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="461" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A461" s="3" t="s">
-        <v>916</v>
+        <v>898</v>
       </c>
       <c r="B461" s="3" t="s">
-        <v>917</v>
+        <v>899</v>
       </c>
       <c r="C461" s="3">
-        <v>55.74</v>
+        <v>100.39</v>
       </c>
       <c r="D461" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E461" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F461" s="3">
-        <v>6428</v>
+        <v>42248</v>
       </c>
       <c r="G461" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H461" s="3">
         <v>200</v>
       </c>
       <c r="I461" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="462" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A462" s="3" t="s">
-        <v>918</v>
+        <v>900</v>
       </c>
       <c r="B462" s="3" t="s">
-        <v>919</v>
+        <v>901</v>
       </c>
       <c r="C462" s="3">
-        <v>69.06</v>
+        <v>90.86</v>
       </c>
       <c r="D462" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E462" s="3" t="s">
-        <v>834</v>
+        <v>780</v>
       </c>
       <c r="F462" s="3">
-        <v>3814</v>
+        <v>0</v>
       </c>
       <c r="G462" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H462" s="3">
         <v>200</v>
       </c>
       <c r="I462" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="463" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A463" s="3" t="s">
-        <v>920</v>
+        <v>902</v>
       </c>
       <c r="B463" s="3" t="s">
-        <v>921</v>
+        <v>903</v>
       </c>
       <c r="C463" s="3">
-        <v>98.71</v>
+        <v>243.59</v>
       </c>
       <c r="D463" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E463" s="3" t="s">
-        <v>834</v>
+        <v>780</v>
       </c>
       <c r="F463" s="3">
-        <v>14502</v>
+        <v>7784</v>
       </c>
       <c r="G463" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H463" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I463" s="3">
-        <v>1</v>
+        <v>7</v>
       </c>
     </row>
     <row r="464" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A464" s="3" t="s">
-        <v>922</v>
+        <v>904</v>
       </c>
       <c r="B464" s="3" t="s">
-        <v>923</v>
+        <v>905</v>
       </c>
       <c r="C464" s="3">
-        <v>98.71</v>
+        <v>100.39</v>
       </c>
       <c r="D464" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E464" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F464" s="3">
-        <v>16940</v>
+        <v>10927</v>
       </c>
       <c r="G464" s="3">
         <v>5</v>
       </c>
       <c r="H464" s="3">
         <v>200</v>
       </c>
       <c r="I464" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="465" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A465" s="3" t="s">
-        <v>924</v>
+        <v>906</v>
       </c>
       <c r="B465" s="3" t="s">
-        <v>925</v>
+        <v>907</v>
       </c>
       <c r="C465" s="3">
-        <v>239.52</v>
+        <v>100.39</v>
       </c>
       <c r="D465" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E465" s="3" t="s">
-        <v>768</v>
+        <v>834</v>
       </c>
       <c r="F465" s="3">
-        <v>0</v>
+        <v>125937</v>
       </c>
       <c r="G465" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H465" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I465" s="3">
-        <v>7</v>
+        <v>1</v>
       </c>
     </row>
     <row r="466" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A466" s="3" t="s">
-        <v>926</v>
+        <v>908</v>
       </c>
       <c r="B466" s="3" t="s">
-        <v>927</v>
+        <v>909</v>
       </c>
       <c r="C466" s="3">
-        <v>89.34</v>
+        <v>100.39</v>
       </c>
       <c r="D466" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E466" s="3" t="s">
-        <v>768</v>
+        <v>834</v>
       </c>
       <c r="F466" s="3">
-        <v>1190</v>
+        <v>32587</v>
       </c>
       <c r="G466" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H466" s="3">
         <v>200</v>
       </c>
       <c r="I466" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="467" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A467" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I467" s="2"/>
+      <c r="A467" s="3" t="s">
+        <v>910</v>
+      </c>
+      <c r="B467" s="3" t="s">
+        <v>911</v>
+      </c>
+      <c r="C467" s="3">
+        <v>39.96</v>
+      </c>
+      <c r="D467" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E467" s="3" t="s">
+        <v>834</v>
+      </c>
+      <c r="F467" s="3">
+        <v>6338</v>
+      </c>
+      <c r="G467" s="3">
+        <v>10</v>
+      </c>
+      <c r="H467" s="3">
+        <v>500</v>
+      </c>
+      <c r="I467" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="468" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A468" s="3" t="s">
-        <v>929</v>
+        <v>912</v>
       </c>
       <c r="B468" s="3" t="s">
-        <v>930</v>
+        <v>913</v>
       </c>
       <c r="C468" s="3">
-        <v>112.36</v>
+        <v>35.12</v>
       </c>
       <c r="D468" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E468" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F468" s="3">
-        <v>12102</v>
+        <v>270</v>
       </c>
       <c r="G468" s="3">
         <v>10</v>
       </c>
       <c r="H468" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I468" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="469" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A469" s="3" t="s">
-        <v>931</v>
+        <v>914</v>
       </c>
       <c r="B469" s="3" t="s">
-        <v>932</v>
+        <v>915</v>
       </c>
       <c r="C469" s="3">
-        <v>100.99</v>
+        <v>56.69</v>
       </c>
       <c r="D469" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E469" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F469" s="3">
-        <v>8010</v>
+        <v>7669</v>
       </c>
       <c r="G469" s="3">
         <v>10</v>
       </c>
       <c r="H469" s="3">
         <v>200</v>
       </c>
       <c r="I469" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="470" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A470" s="3" t="s">
-        <v>933</v>
+        <v>916</v>
       </c>
       <c r="B470" s="3" t="s">
-        <v>934</v>
+        <v>917</v>
       </c>
       <c r="C470" s="3">
-        <v>100.99</v>
+        <v>70.23</v>
       </c>
       <c r="D470" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E470" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F470" s="3">
-        <v>16671</v>
+        <v>894</v>
       </c>
       <c r="G470" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H470" s="3">
         <v>200</v>
       </c>
       <c r="I470" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="471" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A471" s="3" t="s">
-        <v>935</v>
+        <v>918</v>
       </c>
       <c r="B471" s="3" t="s">
-        <v>936</v>
+        <v>919</v>
       </c>
       <c r="C471" s="3">
-        <v>100.99</v>
+        <v>70.23</v>
       </c>
       <c r="D471" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E471" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F471" s="3">
-        <v>67155</v>
+        <v>2687</v>
       </c>
       <c r="G471" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H471" s="3">
         <v>200</v>
       </c>
       <c r="I471" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="472" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A472" s="3" t="s">
-        <v>937</v>
+        <v>920</v>
       </c>
       <c r="B472" s="3" t="s">
-        <v>938</v>
+        <v>921</v>
       </c>
       <c r="C472" s="3">
-        <v>100.99</v>
+        <v>70.23</v>
       </c>
       <c r="D472" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E472" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F472" s="3">
-        <v>36094</v>
+        <v>7019</v>
       </c>
       <c r="G472" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H472" s="3">
         <v>200</v>
       </c>
       <c r="I472" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="473" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A473" s="3" t="s">
-        <v>939</v>
+        <v>922</v>
       </c>
       <c r="B473" s="3" t="s">
-        <v>940</v>
+        <v>923</v>
       </c>
       <c r="C473" s="3">
-        <v>100.99</v>
+        <v>35.12</v>
       </c>
       <c r="D473" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E473" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F473" s="3">
-        <v>10025</v>
+        <v>24679</v>
       </c>
       <c r="G473" s="3">
         <v>10</v>
       </c>
       <c r="H473" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I473" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="474" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A474" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A474" s="2" t="s">
+        <v>924</v>
+      </c>
+      <c r="B474" s="2"/>
+      <c r="C474" s="2"/>
+      <c r="D474" s="2"/>
+      <c r="E474" s="2"/>
+      <c r="F474" s="2"/>
+      <c r="G474" s="2"/>
+      <c r="H474" s="2"/>
+      <c r="I474" s="2"/>
     </row>
     <row r="475" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A475" s="3" t="s">
-        <v>943</v>
+        <v>925</v>
       </c>
       <c r="B475" s="3" t="s">
-        <v>944</v>
+        <v>926</v>
       </c>
       <c r="C475" s="3">
-        <v>100.99</v>
+        <v>102.71</v>
       </c>
       <c r="D475" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E475" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F475" s="3">
-        <v>211071</v>
+        <v>9056</v>
       </c>
       <c r="G475" s="3">
         <v>10</v>
       </c>
       <c r="H475" s="3">
         <v>200</v>
       </c>
       <c r="I475" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="476" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A476" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I476" s="2"/>
+      <c r="A476" s="3" t="s">
+        <v>927</v>
+      </c>
+      <c r="B476" s="3" t="s">
+        <v>928</v>
+      </c>
+      <c r="C476" s="3">
+        <v>102.71</v>
+      </c>
+      <c r="D476" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E476" s="3" t="s">
+        <v>834</v>
+      </c>
+      <c r="F476" s="3">
+        <v>7550</v>
+      </c>
+      <c r="G476" s="3">
+        <v>10</v>
+      </c>
+      <c r="H476" s="3">
+        <v>200</v>
+      </c>
+      <c r="I476" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="477" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A477" s="3" t="s">
-        <v>946</v>
+        <v>929</v>
       </c>
       <c r="B477" s="3" t="s">
-        <v>947</v>
+        <v>930</v>
       </c>
       <c r="C477" s="3">
-        <v>179.84</v>
+        <v>102.71</v>
       </c>
       <c r="D477" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E477" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F477" s="3">
-        <v>951</v>
+        <v>39149</v>
       </c>
       <c r="G477" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H477" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I477" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="478" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A478" s="3" t="s">
-        <v>948</v>
+        <v>931</v>
       </c>
       <c r="B478" s="3" t="s">
-        <v>949</v>
+        <v>932</v>
       </c>
       <c r="C478" s="3">
-        <v>401.77</v>
+        <v>102.71</v>
       </c>
       <c r="D478" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E478" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F478" s="3">
-        <v>819</v>
+        <v>25685</v>
       </c>
       <c r="G478" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H478" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I478" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="479" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A479" s="3" t="s">
-        <v>950</v>
+        <v>933</v>
       </c>
       <c r="B479" s="3" t="s">
-        <v>951</v>
+        <v>934</v>
       </c>
       <c r="C479" s="3">
-        <v>229.53</v>
+        <v>102.71</v>
       </c>
       <c r="D479" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E479" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F479" s="3">
-        <v>1604</v>
+        <v>80861</v>
       </c>
       <c r="G479" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H479" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I479" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="480" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A480" s="3" t="s">
-        <v>952</v>
+        <v>935</v>
       </c>
       <c r="B480" s="3" t="s">
-        <v>953</v>
+        <v>936</v>
       </c>
       <c r="C480" s="3">
-        <v>541.11</v>
+        <v>102.71</v>
       </c>
       <c r="D480" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E480" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F480" s="3">
-        <v>0</v>
+        <v>11903</v>
       </c>
       <c r="G480" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H480" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I480" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="481" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A481" s="3" t="s">
-        <v>954</v>
+        <v>937</v>
       </c>
       <c r="B481" s="3" t="s">
-        <v>955</v>
+        <v>938</v>
       </c>
       <c r="C481" s="3">
-        <v>194.42</v>
+        <v>114.27</v>
       </c>
       <c r="D481" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E481" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F481" s="3">
-        <v>155</v>
+        <v>10501</v>
       </c>
       <c r="G481" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H481" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I481" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="482" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A482" s="3" t="s">
-        <v>956</v>
+        <v>939</v>
       </c>
       <c r="B482" s="3" t="s">
-        <v>957</v>
+        <v>940</v>
       </c>
       <c r="C482" s="3">
-        <v>216.9</v>
+        <v>102.71</v>
       </c>
       <c r="D482" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E482" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F482" s="3">
-        <v>991</v>
+        <v>11501</v>
       </c>
       <c r="G482" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H482" s="3">
-        <v>72</v>
+        <v>200</v>
       </c>
       <c r="I482" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="483" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A483" s="3" t="s">
-        <v>958</v>
+        <v>941</v>
       </c>
       <c r="B483" s="3" t="s">
-        <v>959</v>
+        <v>942</v>
       </c>
       <c r="C483" s="3">
-        <v>89.31</v>
+        <v>313.1</v>
       </c>
       <c r="D483" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E483" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F483" s="3">
-        <v>2724</v>
+        <v>7581</v>
       </c>
       <c r="G483" s="3">
         <v>1</v>
       </c>
       <c r="H483" s="3">
         <v>120</v>
       </c>
       <c r="I483" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="484" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A484" s="3" t="s">
-        <v>960</v>
+        <v>943</v>
       </c>
       <c r="B484" s="3" t="s">
-        <v>961</v>
+        <v>944</v>
       </c>
       <c r="C484" s="3">
-        <v>125.3</v>
+        <v>272.79</v>
       </c>
       <c r="D484" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E484" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F484" s="3">
+        <v>7709</v>
+      </c>
+      <c r="G484" s="3">
+        <v>1</v>
+      </c>
+      <c r="H484" s="3">
+        <v>120</v>
+      </c>
+      <c r="I484" s="3">
         <v>0</v>
       </c>
-      <c r="G484" s="3">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="485" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A485" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A485" s="2" t="s">
+        <v>945</v>
+      </c>
+      <c r="B485" s="2"/>
+      <c r="C485" s="2"/>
+      <c r="D485" s="2"/>
+      <c r="E485" s="2"/>
+      <c r="F485" s="2"/>
+      <c r="G485" s="2"/>
+      <c r="H485" s="2"/>
+      <c r="I485" s="2"/>
     </row>
     <row r="486" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A486" s="3" t="s">
-        <v>964</v>
+        <v>946</v>
       </c>
       <c r="B486" s="3" t="s">
-        <v>965</v>
+        <v>947</v>
       </c>
       <c r="C486" s="3">
-        <v>117.42</v>
+        <v>182.9</v>
       </c>
       <c r="D486" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E486" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F486" s="3">
-        <v>990</v>
+        <v>508</v>
       </c>
       <c r="G486" s="3">
         <v>1</v>
       </c>
       <c r="H486" s="3">
-        <v>180</v>
+        <v>80</v>
       </c>
       <c r="I486" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="487" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A487" s="3" t="s">
-        <v>966</v>
+        <v>948</v>
       </c>
       <c r="B487" s="3" t="s">
-        <v>967</v>
+        <v>949</v>
       </c>
       <c r="C487" s="3">
-        <v>229.41</v>
+        <v>233.43</v>
       </c>
       <c r="D487" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E487" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F487" s="3">
-        <v>753</v>
+        <v>419</v>
       </c>
       <c r="G487" s="3">
         <v>1</v>
       </c>
       <c r="H487" s="3">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="I487" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="488" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A488" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I488" s="2"/>
+      <c r="A488" s="3" t="s">
+        <v>950</v>
+      </c>
+      <c r="B488" s="3" t="s">
+        <v>951</v>
+      </c>
+      <c r="C488" s="3">
+        <v>408.6</v>
+      </c>
+      <c r="D488" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E488" s="3" t="s">
+        <v>834</v>
+      </c>
+      <c r="F488" s="3">
+        <v>926</v>
+      </c>
+      <c r="G488" s="3">
+        <v>1</v>
+      </c>
+      <c r="H488" s="3">
+        <v>60</v>
+      </c>
+      <c r="I488" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="489" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A489" s="3" t="s">
-        <v>969</v>
+        <v>952</v>
       </c>
       <c r="B489" s="3" t="s">
-        <v>970</v>
+        <v>953</v>
       </c>
       <c r="C489" s="3">
-        <v>123.12</v>
+        <v>233.31</v>
       </c>
       <c r="D489" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E489" s="3" t="s">
-        <v>15</v>
+        <v>834</v>
       </c>
       <c r="F489" s="3">
-        <v>9</v>
+        <v>768</v>
       </c>
       <c r="G489" s="3">
         <v>1</v>
       </c>
       <c r="H489" s="3">
-        <v>5</v>
+        <v>90</v>
       </c>
       <c r="I489" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="490" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A490" s="3" t="s">
-        <v>971</v>
+        <v>954</v>
       </c>
       <c r="B490" s="3" t="s">
-        <v>972</v>
+        <v>955</v>
       </c>
       <c r="C490" s="3">
-        <v>191.2</v>
+        <v>197.73</v>
       </c>
       <c r="D490" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E490" s="3" t="s">
-        <v>15</v>
+        <v>834</v>
       </c>
       <c r="F490" s="3">
-        <v>473</v>
+        <v>580</v>
       </c>
       <c r="G490" s="3">
         <v>1</v>
       </c>
       <c r="H490" s="3">
-        <v>5</v>
+        <v>80</v>
       </c>
       <c r="I490" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="491" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A491" s="3" t="s">
-        <v>973</v>
+        <v>956</v>
       </c>
       <c r="B491" s="3" t="s">
-        <v>974</v>
+        <v>957</v>
       </c>
       <c r="C491" s="3">
-        <v>457.24</v>
+        <v>220.59</v>
       </c>
       <c r="D491" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E491" s="3" t="s">
-        <v>15</v>
+        <v>834</v>
       </c>
       <c r="F491" s="3">
-        <v>0</v>
+        <v>1321</v>
       </c>
       <c r="G491" s="3">
         <v>1</v>
       </c>
       <c r="H491" s="3">
-        <v>5</v>
+        <v>72</v>
       </c>
       <c r="I491" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="492" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A492" s="3" t="s">
-        <v>975</v>
+        <v>958</v>
       </c>
       <c r="B492" s="3" t="s">
-        <v>976</v>
+        <v>959</v>
       </c>
       <c r="C492" s="3">
-        <v>247.33</v>
+        <v>127.43</v>
       </c>
       <c r="D492" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E492" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F492" s="3">
-        <v>24965</v>
+        <v>467</v>
       </c>
       <c r="G492" s="3">
         <v>1</v>
       </c>
       <c r="H492" s="3">
-        <v>120</v>
+        <v>132</v>
       </c>
       <c r="I492" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="493" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A493" s="3" t="s">
-        <v>977</v>
+        <v>960</v>
       </c>
       <c r="B493" s="3" t="s">
-        <v>978</v>
+        <v>961</v>
       </c>
       <c r="C493" s="3">
-        <v>490.43</v>
+        <v>90.83</v>
       </c>
       <c r="D493" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E493" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F493" s="3">
-        <v>3455</v>
+        <v>3326</v>
       </c>
       <c r="G493" s="3">
         <v>1</v>
       </c>
       <c r="H493" s="3">
         <v>120</v>
       </c>
       <c r="I493" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="494" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A494" s="3" t="s">
-        <v>979</v>
+        <v>962</v>
       </c>
       <c r="B494" s="3" t="s">
-        <v>980</v>
+        <v>963</v>
       </c>
       <c r="C494" s="3">
-        <v>333.29</v>
+        <v>344.89</v>
       </c>
       <c r="D494" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E494" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F494" s="3">
-        <v>13202</v>
+        <v>107</v>
       </c>
       <c r="G494" s="3">
         <v>1</v>
       </c>
       <c r="H494" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I494" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="495" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A495" s="3" t="s">
-        <v>981</v>
+        <v>964</v>
       </c>
       <c r="B495" s="3" t="s">
-        <v>982</v>
+        <v>965</v>
       </c>
       <c r="C495" s="3">
-        <v>634.7</v>
+        <v>550.31</v>
       </c>
       <c r="D495" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E495" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F495" s="3">
-        <v>1721</v>
+        <v>1</v>
       </c>
       <c r="G495" s="3">
         <v>1</v>
       </c>
       <c r="H495" s="3">
         <v>40</v>
       </c>
       <c r="I495" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="496" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A496" s="3" t="s">
-        <v>983</v>
+        <v>966</v>
       </c>
       <c r="B496" s="3" t="s">
-        <v>984</v>
+        <v>967</v>
       </c>
       <c r="C496" s="3">
-        <v>291.66</v>
+        <v>119.42</v>
       </c>
       <c r="D496" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E496" s="3" t="s">
         <v>834</v>
       </c>
       <c r="F496" s="3">
-        <v>8159</v>
+        <v>480</v>
       </c>
       <c r="G496" s="3">
         <v>1</v>
       </c>
       <c r="H496" s="3">
-        <v>60</v>
+        <v>180</v>
       </c>
       <c r="I496" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="497" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A497" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A497" s="2" t="s">
+        <v>968</v>
+      </c>
+      <c r="B497" s="2"/>
+      <c r="C497" s="2"/>
+      <c r="D497" s="2"/>
+      <c r="E497" s="2"/>
+      <c r="F497" s="2"/>
+      <c r="G497" s="2"/>
+      <c r="H497" s="2"/>
+      <c r="I497" s="2"/>
     </row>
     <row r="498" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A498" s="3" t="s">
-        <v>987</v>
+        <v>969</v>
       </c>
       <c r="B498" s="3" t="s">
-        <v>988</v>
+        <v>970</v>
       </c>
       <c r="C498" s="3">
-        <v>279.75</v>
+        <v>465.01</v>
       </c>
       <c r="D498" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E498" s="3" t="s">
-        <v>834</v>
+        <v>15</v>
       </c>
       <c r="F498" s="3">
-        <v>4481</v>
+        <v>917</v>
       </c>
       <c r="G498" s="3">
         <v>1</v>
       </c>
       <c r="H498" s="3">
-        <v>60</v>
+        <v>5</v>
       </c>
       <c r="I498" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="499" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A499" s="3" t="s">
-        <v>989</v>
+        <v>971</v>
       </c>
       <c r="B499" s="3" t="s">
-        <v>990</v>
+        <v>972</v>
       </c>
       <c r="C499" s="3">
-        <v>268.32</v>
+        <v>125.21</v>
       </c>
       <c r="D499" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E499" s="3" t="s">
-        <v>834</v>
+        <v>15</v>
       </c>
       <c r="F499" s="3">
-        <v>3744</v>
+        <v>2188</v>
       </c>
       <c r="G499" s="3">
         <v>1</v>
       </c>
       <c r="H499" s="3">
-        <v>120</v>
+        <v>5</v>
       </c>
       <c r="I499" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="500" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A500" s="3" t="s">
-        <v>991</v>
+        <v>973</v>
       </c>
       <c r="B500" s="3" t="s">
-        <v>992</v>
+        <v>974</v>
       </c>
       <c r="C500" s="3">
-        <v>5606.17</v>
+        <v>194.45</v>
       </c>
       <c r="D500" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E500" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F500" s="3">
-        <v>388</v>
+        <v>3444</v>
       </c>
       <c r="G500" s="3">
         <v>1</v>
       </c>
       <c r="H500" s="3">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="I500" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="501" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A501" s="3" t="s">
-        <v>993</v>
+        <v>975</v>
       </c>
       <c r="B501" s="3" t="s">
-        <v>994</v>
+        <v>976</v>
       </c>
       <c r="C501" s="3">
-        <v>5606.17</v>
+        <v>305.06</v>
       </c>
       <c r="D501" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E501" s="3" t="s">
-        <v>15</v>
+        <v>834</v>
       </c>
       <c r="F501" s="3">
-        <v>95</v>
+        <v>11907</v>
       </c>
       <c r="G501" s="3">
         <v>1</v>
       </c>
       <c r="H501" s="3">
-        <v>2</v>
+        <v>120</v>
       </c>
       <c r="I501" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="502" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A502" s="3" t="s">
-        <v>995</v>
+        <v>977</v>
       </c>
       <c r="B502" s="3" t="s">
-        <v>996</v>
+        <v>978</v>
       </c>
       <c r="C502" s="3">
-        <v>671.1</v>
+        <v>448.88</v>
       </c>
       <c r="D502" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E502" s="3" t="s">
-        <v>15</v>
+        <v>834</v>
       </c>
       <c r="F502" s="3">
-        <v>0</v>
+        <v>950</v>
       </c>
       <c r="G502" s="3">
         <v>1</v>
       </c>
       <c r="H502" s="3">
-        <v>2</v>
+        <v>120</v>
       </c>
       <c r="I502" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="503" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A503" s="3" t="s">
-        <v>997</v>
+        <v>979</v>
       </c>
       <c r="B503" s="3" t="s">
-        <v>998</v>
+        <v>980</v>
       </c>
       <c r="C503" s="3">
-        <v>1344.32</v>
+        <v>348.78</v>
       </c>
       <c r="D503" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E503" s="3" t="s">
-        <v>15</v>
+        <v>834</v>
       </c>
       <c r="F503" s="3">
-        <v>1</v>
+        <v>1355</v>
       </c>
       <c r="G503" s="3">
         <v>1</v>
       </c>
       <c r="H503" s="3">
-        <v>5</v>
+        <v>120</v>
       </c>
       <c r="I503" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="504" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A504" s="3" t="s">
-        <v>999</v>
+        <v>981</v>
       </c>
       <c r="B504" s="3" t="s">
-        <v>1000</v>
+        <v>982</v>
       </c>
       <c r="C504" s="3">
-        <v>662.59</v>
+        <v>645.49</v>
       </c>
       <c r="D504" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E504" s="3" t="s">
-        <v>15</v>
+        <v>834</v>
       </c>
       <c r="F504" s="3">
-        <v>2330</v>
+        <v>635</v>
       </c>
       <c r="G504" s="3">
         <v>1</v>
       </c>
       <c r="H504" s="3">
-        <v>5</v>
+        <v>40</v>
       </c>
       <c r="I504" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="505" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A505" s="3" t="s">
-        <v>1001</v>
+        <v>983</v>
       </c>
       <c r="B505" s="3" t="s">
-        <v>1002</v>
+        <v>984</v>
       </c>
       <c r="C505" s="3">
-        <v>2082.16</v>
+        <v>296.62</v>
       </c>
       <c r="D505" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E505" s="3" t="s">
-        <v>15</v>
+        <v>834</v>
       </c>
       <c r="F505" s="3">
-        <v>0</v>
+        <v>4729</v>
       </c>
       <c r="G505" s="3">
         <v>1</v>
       </c>
       <c r="H505" s="3">
-        <v>5</v>
+        <v>60</v>
       </c>
       <c r="I505" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="506" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A506" s="3" t="s">
-        <v>1003</v>
+        <v>985</v>
       </c>
       <c r="B506" s="3" t="s">
-        <v>1004</v>
+        <v>986</v>
       </c>
       <c r="C506" s="3">
-        <v>1158.31</v>
+        <v>272.88</v>
       </c>
       <c r="D506" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E506" s="3" t="s">
-        <v>15</v>
+        <v>834</v>
       </c>
       <c r="F506" s="3">
-        <v>10</v>
+        <v>2618</v>
       </c>
       <c r="G506" s="3">
         <v>1</v>
       </c>
       <c r="H506" s="3">
-        <v>5</v>
+        <v>120</v>
       </c>
       <c r="I506" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="507" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A507" s="3" t="s">
-        <v>1005</v>
+        <v>987</v>
       </c>
       <c r="B507" s="3" t="s">
-        <v>1006</v>
+        <v>988</v>
       </c>
       <c r="C507" s="3">
-        <v>2534.62</v>
+        <v>284.51</v>
       </c>
       <c r="D507" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E507" s="3" t="s">
-        <v>15</v>
+        <v>834</v>
       </c>
       <c r="F507" s="3">
-        <v>88</v>
+        <v>1857</v>
       </c>
       <c r="G507" s="3">
         <v>1</v>
       </c>
       <c r="H507" s="3">
-        <v>5</v>
+        <v>60</v>
       </c>
       <c r="I507" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="508" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A508" s="3" t="s">
-        <v>1007</v>
+        <v>989</v>
       </c>
       <c r="B508" s="3" t="s">
-        <v>1008</v>
+        <v>990</v>
       </c>
       <c r="C508" s="3">
-        <v>900.16</v>
+        <v>213.8</v>
       </c>
       <c r="D508" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E508" s="3" t="s">
-        <v>15</v>
+        <v>834</v>
       </c>
       <c r="F508" s="3">
-        <v>0</v>
+        <v>1811</v>
       </c>
       <c r="G508" s="3">
         <v>1</v>
       </c>
       <c r="H508" s="3">
-        <v>5</v>
+        <v>120</v>
       </c>
       <c r="I508" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="509" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A509" s="3" t="s">
-        <v>1009</v>
+        <v>991</v>
       </c>
       <c r="B509" s="3" t="s">
-        <v>1010</v>
+        <v>992</v>
       </c>
       <c r="C509" s="3">
-        <v>2384.6</v>
+        <v>682.51</v>
       </c>
       <c r="D509" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E509" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F509" s="3">
-        <v>19</v>
+        <v>155</v>
       </c>
       <c r="G509" s="3">
         <v>1</v>
       </c>
       <c r="H509" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I509" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="510" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A510" s="3" t="s">
-        <v>1011</v>
+        <v>993</v>
       </c>
       <c r="B510" s="3" t="s">
-        <v>1012</v>
+        <v>994</v>
       </c>
       <c r="C510" s="3">
-        <v>628.75</v>
+        <v>1367.17</v>
       </c>
       <c r="D510" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E510" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F510" s="3">
-        <v>362</v>
+        <v>33</v>
       </c>
       <c r="G510" s="3">
         <v>1</v>
       </c>
       <c r="H510" s="3">
         <v>5</v>
       </c>
       <c r="I510" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="511" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A511" s="3" t="s">
-        <v>1013</v>
+        <v>995</v>
       </c>
       <c r="B511" s="3" t="s">
-        <v>1014</v>
+        <v>996</v>
       </c>
       <c r="C511" s="3">
-        <v>272.32</v>
+        <v>2425.14</v>
       </c>
       <c r="D511" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E511" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F511" s="3">
-        <v>0</v>
+        <v>140</v>
       </c>
       <c r="G511" s="3">
         <v>1</v>
       </c>
       <c r="H511" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I511" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="512" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A512" s="3" t="s">
-        <v>1015</v>
+        <v>997</v>
       </c>
       <c r="B512" s="3" t="s">
-        <v>1016</v>
+        <v>998</v>
       </c>
       <c r="C512" s="3">
-        <v>1422.05</v>
+        <v>639.44</v>
       </c>
       <c r="D512" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E512" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F512" s="3">
-        <v>74</v>
+        <v>0</v>
       </c>
       <c r="G512" s="3">
         <v>1</v>
       </c>
       <c r="H512" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I512" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="513" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A513" s="3" t="s">
-        <v>1017</v>
+        <v>999</v>
       </c>
       <c r="B513" s="3" t="s">
-        <v>1018</v>
+        <v>1000</v>
       </c>
       <c r="C513" s="3">
-        <v>3091.32</v>
+        <v>4683.19</v>
       </c>
       <c r="D513" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E513" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F513" s="3">
-        <v>76</v>
+        <v>19</v>
       </c>
       <c r="G513" s="3">
         <v>1</v>
       </c>
       <c r="H513" s="3">
         <v>1</v>
       </c>
       <c r="I513" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="514" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A514" s="3" t="s">
-        <v>1019</v>
+        <v>1001</v>
       </c>
       <c r="B514" s="3" t="s">
-        <v>1020</v>
+        <v>1002</v>
       </c>
       <c r="C514" s="3">
-        <v>1387.8</v>
+        <v>2577.71</v>
       </c>
       <c r="D514" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E514" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F514" s="3">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="G514" s="3">
         <v>1</v>
       </c>
       <c r="H514" s="3">
         <v>5</v>
       </c>
       <c r="I514" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="515" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A515" s="3" t="s">
-        <v>1021</v>
+        <v>1003</v>
       </c>
       <c r="B515" s="3" t="s">
-        <v>1022</v>
+        <v>1004</v>
       </c>
       <c r="C515" s="3">
-        <v>4604.91</v>
+        <v>5701.47</v>
       </c>
       <c r="D515" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E515" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F515" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G515" s="3">
         <v>1</v>
       </c>
       <c r="H515" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I515" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="516" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A516" s="3" t="s">
-        <v>1023</v>
+        <v>1005</v>
       </c>
       <c r="B516" s="3" t="s">
-        <v>1024</v>
+        <v>1006</v>
       </c>
       <c r="C516" s="3">
-        <v>5527.17</v>
+        <v>1178</v>
       </c>
       <c r="D516" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E516" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F516" s="3">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="G516" s="3">
         <v>1</v>
       </c>
       <c r="H516" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I516" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="517" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A517" s="3" t="s">
-        <v>1025</v>
+        <v>1007</v>
       </c>
       <c r="B517" s="3" t="s">
-        <v>1026</v>
+        <v>1008</v>
       </c>
       <c r="C517" s="3">
-        <v>5606.17</v>
+        <v>5621.13</v>
       </c>
       <c r="D517" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E517" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F517" s="3">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="G517" s="3">
         <v>1</v>
       </c>
       <c r="H517" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I517" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="518" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A518" s="3" t="s">
-        <v>1027</v>
+        <v>1009</v>
       </c>
       <c r="B518" s="3" t="s">
-        <v>1028</v>
+        <v>1010</v>
       </c>
       <c r="C518" s="3">
-        <v>660.05</v>
+        <v>915.46</v>
       </c>
       <c r="D518" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E518" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F518" s="3">
-        <v>2157</v>
+        <v>366</v>
       </c>
       <c r="G518" s="3">
         <v>1</v>
       </c>
       <c r="H518" s="3">
         <v>5</v>
       </c>
       <c r="I518" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="519" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A519" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I519" s="2"/>
+      <c r="A519" s="3" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B519" s="3" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C519" s="3">
+        <v>1446.22</v>
+      </c>
+      <c r="D519" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E519" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F519" s="3">
+        <v>656</v>
+      </c>
+      <c r="G519" s="3">
+        <v>1</v>
+      </c>
+      <c r="H519" s="3">
+        <v>3</v>
+      </c>
+      <c r="I519" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="520" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A520" s="3" t="s">
-        <v>1030</v>
+        <v>1013</v>
       </c>
       <c r="B520" s="3" t="s">
-        <v>1031</v>
+        <v>1014</v>
       </c>
       <c r="C520" s="3">
-        <v>5.1</v>
+        <v>673.85</v>
       </c>
       <c r="D520" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E520" s="3" t="s">
-        <v>573</v>
+        <v>15</v>
       </c>
       <c r="F520" s="3">
-        <v>1600</v>
+        <v>1957</v>
       </c>
       <c r="G520" s="3">
-        <v>400</v>
+        <v>1</v>
       </c>
       <c r="H520" s="3">
-        <v>800</v>
+        <v>5</v>
       </c>
       <c r="I520" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="521" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A521" s="3" t="s">
-        <v>1032</v>
+        <v>1015</v>
       </c>
       <c r="B521" s="3" t="s">
-        <v>1033</v>
+        <v>1016</v>
       </c>
       <c r="C521" s="3">
-        <v>7.42</v>
+        <v>5701.47</v>
       </c>
       <c r="D521" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E521" s="3" t="s">
-        <v>573</v>
+        <v>15</v>
       </c>
       <c r="F521" s="3">
-        <v>5300</v>
+        <v>186</v>
       </c>
       <c r="G521" s="3">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="H521" s="3">
-        <v>600</v>
+        <v>2</v>
       </c>
       <c r="I521" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="522" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A522" s="3" t="s">
-        <v>1034</v>
+        <v>1017</v>
       </c>
       <c r="B522" s="3" t="s">
-        <v>1035</v>
+        <v>1018</v>
       </c>
       <c r="C522" s="3">
-        <v>5.33</v>
+        <v>1411.39</v>
       </c>
       <c r="D522" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E522" s="3" t="s">
-        <v>573</v>
+        <v>15</v>
       </c>
       <c r="F522" s="3">
-        <v>2800</v>
+        <v>50</v>
       </c>
       <c r="G522" s="3">
-        <v>400</v>
+        <v>1</v>
       </c>
       <c r="H522" s="3">
-        <v>800</v>
+        <v>5</v>
       </c>
       <c r="I522" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="523" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A523" s="3" t="s">
-        <v>1036</v>
+        <v>1019</v>
       </c>
       <c r="B523" s="3" t="s">
-        <v>1037</v>
+        <v>1020</v>
       </c>
       <c r="C523" s="3">
-        <v>28.99</v>
+        <v>276.95</v>
       </c>
       <c r="D523" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E523" s="3" t="s">
-        <v>573</v>
+        <v>15</v>
       </c>
       <c r="F523" s="3">
-        <v>600</v>
+        <v>251</v>
       </c>
       <c r="G523" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H523" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="I523" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="524" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A524" s="3" t="s">
-        <v>1038</v>
+        <v>1021</v>
       </c>
       <c r="B524" s="3" t="s">
-        <v>1039</v>
+        <v>1022</v>
       </c>
       <c r="C524" s="3">
-        <v>16.59</v>
+        <v>5701.47</v>
       </c>
       <c r="D524" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E524" s="3" t="s">
-        <v>573</v>
+        <v>15</v>
       </c>
       <c r="F524" s="3">
-        <v>7500</v>
+        <v>94</v>
       </c>
       <c r="G524" s="3">
-        <v>150</v>
+        <v>1</v>
       </c>
       <c r="H524" s="3">
-        <v>300</v>
+        <v>2</v>
       </c>
       <c r="I524" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="525" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A525" s="3" t="s">
-        <v>1040</v>
+        <v>1023</v>
       </c>
       <c r="B525" s="3" t="s">
-        <v>1041</v>
+        <v>1024</v>
       </c>
       <c r="C525" s="3">
-        <v>14.91</v>
+        <v>3143.87</v>
       </c>
       <c r="D525" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E525" s="3" t="s">
-        <v>573</v>
+        <v>15</v>
       </c>
       <c r="F525" s="3">
-        <v>1000</v>
+        <v>470</v>
       </c>
       <c r="G525" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="H525" s="3">
-        <v>400</v>
+        <v>1</v>
       </c>
       <c r="I525" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="526" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A526" s="3" t="s">
-        <v>1042</v>
+        <v>1025</v>
       </c>
       <c r="B526" s="3" t="s">
-        <v>1043</v>
+        <v>1026</v>
       </c>
       <c r="C526" s="3">
-        <v>23.19</v>
+        <v>2117.56</v>
       </c>
       <c r="D526" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E526" s="3" t="s">
-        <v>573</v>
+        <v>15</v>
       </c>
       <c r="F526" s="3">
-        <v>4000</v>
+        <v>40</v>
       </c>
       <c r="G526" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H526" s="3">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="I526" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="527" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A527" s="3" t="s">
-        <v>1044</v>
+        <v>1027</v>
       </c>
       <c r="B527" s="3" t="s">
-        <v>1045</v>
+        <v>1028</v>
       </c>
       <c r="C527" s="3">
-        <v>6.02</v>
+        <v>671.27</v>
       </c>
       <c r="D527" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E527" s="3" t="s">
-        <v>573</v>
+        <v>15</v>
       </c>
       <c r="F527" s="3">
-        <v>58500</v>
+        <v>1549</v>
       </c>
       <c r="G527" s="3">
-        <v>400</v>
+        <v>1</v>
       </c>
       <c r="H527" s="3">
-        <v>800</v>
+        <v>5</v>
       </c>
       <c r="I527" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="528" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A528" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A528" s="2" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B528" s="2"/>
+      <c r="C528" s="2"/>
+      <c r="D528" s="2"/>
+      <c r="E528" s="2"/>
+      <c r="F528" s="2"/>
+      <c r="G528" s="2"/>
+      <c r="H528" s="2"/>
+      <c r="I528" s="2"/>
     </row>
     <row r="529" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A529" s="3" t="s">
-        <v>1048</v>
+        <v>1030</v>
       </c>
       <c r="B529" s="3" t="s">
-        <v>1049</v>
+        <v>1031</v>
       </c>
       <c r="C529" s="3">
-        <v>37.93</v>
+        <v>5.19</v>
       </c>
       <c r="D529" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E529" s="3" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="F529" s="3">
-        <v>1000</v>
+        <v>1900</v>
       </c>
       <c r="G529" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="H529" s="3">
-        <v>200</v>
+        <v>800</v>
       </c>
       <c r="I529" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="530" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A530" s="3" t="s">
-        <v>1050</v>
+        <v>1032</v>
       </c>
       <c r="B530" s="3" t="s">
-        <v>1051</v>
+        <v>1033</v>
       </c>
       <c r="C530" s="3">
-        <v>5.55</v>
+        <v>5.64</v>
       </c>
       <c r="D530" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E530" s="3" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="F530" s="3">
-        <v>10000</v>
+        <v>4400</v>
       </c>
       <c r="G530" s="3">
         <v>400</v>
       </c>
       <c r="H530" s="3">
         <v>800</v>
       </c>
       <c r="I530" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="531" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A531" s="3" t="s">
-        <v>1052</v>
+        <v>1034</v>
       </c>
       <c r="B531" s="3" t="s">
-        <v>1053</v>
+        <v>1035</v>
       </c>
       <c r="C531" s="3">
-        <v>10.91</v>
+        <v>7.55</v>
       </c>
       <c r="D531" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E531" s="3" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="F531" s="3">
-        <v>3600</v>
+        <v>2100</v>
       </c>
       <c r="G531" s="3">
         <v>300</v>
       </c>
       <c r="H531" s="3">
         <v>600</v>
       </c>
       <c r="I531" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="532" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A532" s="3" t="s">
-        <v>1054</v>
+        <v>1036</v>
       </c>
       <c r="B532" s="3" t="s">
-        <v>1055</v>
+        <v>1037</v>
       </c>
       <c r="C532" s="3">
-        <v>22.12</v>
+        <v>13.57</v>
       </c>
       <c r="D532" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E532" s="3" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="F532" s="3">
-        <v>900</v>
+        <v>6400</v>
       </c>
       <c r="G532" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="H532" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I532" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="533" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A533" s="3" t="s">
-        <v>1056</v>
+        <v>1038</v>
       </c>
       <c r="B533" s="3" t="s">
-        <v>1057</v>
+        <v>1039</v>
       </c>
       <c r="C533" s="3">
-        <v>5.29</v>
+        <v>16.87</v>
       </c>
       <c r="D533" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E533" s="3" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="F533" s="3">
-        <v>10800</v>
+        <v>0</v>
       </c>
       <c r="G533" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="H533" s="3">
-        <v>800</v>
+        <v>300</v>
       </c>
       <c r="I533" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="534" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A534" s="3" t="s">
-        <v>1058</v>
+        <v>1040</v>
       </c>
       <c r="B534" s="3" t="s">
-        <v>1059</v>
+        <v>1041</v>
       </c>
       <c r="C534" s="3">
-        <v>9.22</v>
+        <v>22.5</v>
       </c>
       <c r="D534" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E534" s="3" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="F534" s="3">
-        <v>42000</v>
+        <v>2100</v>
       </c>
       <c r="G534" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="H534" s="3">
-        <v>600</v>
+        <v>200</v>
       </c>
       <c r="I534" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="535" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A535" s="3" t="s">
-        <v>1060</v>
+        <v>1042</v>
       </c>
       <c r="B535" s="3" t="s">
-        <v>1061</v>
+        <v>1043</v>
       </c>
       <c r="C535" s="3">
-        <v>12.29</v>
+        <v>23.58</v>
       </c>
       <c r="D535" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E535" s="3" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="F535" s="3">
-        <v>8000</v>
+        <v>0</v>
       </c>
       <c r="G535" s="3">
+        <v>100</v>
+      </c>
+      <c r="H535" s="3">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="I535" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="536" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A536" s="3" t="s">
-        <v>1062</v>
+        <v>1044</v>
       </c>
       <c r="B536" s="3" t="s">
-        <v>1063</v>
+        <v>1045</v>
       </c>
       <c r="C536" s="3">
-        <v>16.34</v>
+        <v>38.57</v>
       </c>
       <c r="D536" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E536" s="3" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="F536" s="3">
-        <v>5400</v>
+        <v>600</v>
       </c>
       <c r="G536" s="3">
         <v>100</v>
       </c>
       <c r="H536" s="3">
         <v>200</v>
       </c>
       <c r="I536" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="537" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A537" s="3" t="s">
-        <v>1064</v>
+        <v>1046</v>
       </c>
       <c r="B537" s="3" t="s">
-        <v>1065</v>
+        <v>1047</v>
       </c>
       <c r="C537" s="3">
-        <v>37.96</v>
+        <v>71</v>
       </c>
       <c r="D537" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E537" s="3" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="F537" s="3">
-        <v>7900</v>
+        <v>850</v>
       </c>
       <c r="G537" s="3">
+        <v>50</v>
+      </c>
+      <c r="H537" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="I537" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="538" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A538" s="3" t="s">
-        <v>1066</v>
+        <v>1048</v>
       </c>
       <c r="B538" s="3" t="s">
-        <v>1067</v>
+        <v>1049</v>
       </c>
       <c r="C538" s="3">
-        <v>28.95</v>
+        <v>78.41</v>
       </c>
       <c r="D538" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E538" s="3" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="F538" s="3">
-        <v>16900</v>
+        <v>250</v>
       </c>
       <c r="G538" s="3">
+        <v>50</v>
+      </c>
+      <c r="H538" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="I538" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="539" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A539" s="3" t="s">
-        <v>1068</v>
+        <v>1050</v>
       </c>
       <c r="B539" s="3" t="s">
-        <v>1069</v>
+        <v>1051</v>
       </c>
       <c r="C539" s="3">
-        <v>46.79</v>
+        <v>5.11</v>
       </c>
       <c r="D539" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E539" s="3" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="F539" s="3">
         <v>800</v>
       </c>
       <c r="G539" s="3">
-        <v>50</v>
+        <v>400</v>
       </c>
       <c r="H539" s="3">
-        <v>100</v>
+        <v>800</v>
       </c>
       <c r="I539" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="540" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A540" s="3" t="s">
-        <v>1070</v>
+        <v>1052</v>
       </c>
       <c r="B540" s="3" t="s">
-        <v>1071</v>
+        <v>1053</v>
       </c>
       <c r="C540" s="3">
-        <v>69.81</v>
+        <v>5.38</v>
       </c>
       <c r="D540" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E540" s="3" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="F540" s="3">
-        <v>2150</v>
+        <v>7200</v>
       </c>
       <c r="G540" s="3">
-        <v>50</v>
+        <v>400</v>
       </c>
       <c r="H540" s="3">
-        <v>100</v>
+        <v>800</v>
       </c>
       <c r="I540" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="541" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A541" s="3" t="s">
-        <v>1072</v>
+        <v>1054</v>
       </c>
       <c r="B541" s="3" t="s">
-        <v>1073</v>
+        <v>1055</v>
       </c>
       <c r="C541" s="3">
-        <v>77.1</v>
+        <v>6.12</v>
       </c>
       <c r="D541" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E541" s="3" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="F541" s="3">
-        <v>1300</v>
+        <v>19200</v>
       </c>
       <c r="G541" s="3">
-        <v>50</v>
+        <v>400</v>
       </c>
       <c r="H541" s="3">
-        <v>100</v>
+        <v>800</v>
       </c>
       <c r="I541" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="542" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A542" s="3" t="s">
-        <v>1074</v>
+        <v>1056</v>
       </c>
       <c r="B542" s="3" t="s">
-        <v>1075</v>
+        <v>1057</v>
       </c>
       <c r="C542" s="3">
-        <v>111.06</v>
+        <v>8.04</v>
       </c>
       <c r="D542" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E542" s="3" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="F542" s="3">
-        <v>0</v>
+        <v>87600</v>
       </c>
       <c r="G542" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="H542" s="3">
-        <v>100</v>
+        <v>600</v>
       </c>
       <c r="I542" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="543" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A543" s="3" t="s">
-        <v>1076</v>
+        <v>1058</v>
       </c>
       <c r="B543" s="3" t="s">
-        <v>1077</v>
+        <v>1059</v>
       </c>
       <c r="C543" s="3">
-        <v>5.02</v>
+        <v>9.38</v>
       </c>
       <c r="D543" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E543" s="3" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="F543" s="3">
-        <v>2400</v>
+        <v>24000</v>
       </c>
       <c r="G543" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="H543" s="3">
-        <v>800</v>
+        <v>600</v>
       </c>
       <c r="I543" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="544" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A544" s="3" t="s">
-        <v>1078</v>
+        <v>1060</v>
       </c>
       <c r="B544" s="3" t="s">
-        <v>1079</v>
+        <v>1061</v>
       </c>
       <c r="C544" s="3">
-        <v>10.25</v>
+        <v>10.42</v>
       </c>
       <c r="D544" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E544" s="3" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="F544" s="3">
-        <v>30400</v>
+        <v>40400</v>
       </c>
       <c r="G544" s="3">
         <v>200</v>
       </c>
       <c r="H544" s="3">
         <v>400</v>
       </c>
       <c r="I544" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="545" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A545" s="3" t="s">
-        <v>1080</v>
+        <v>1062</v>
       </c>
       <c r="B545" s="3" t="s">
-        <v>1081</v>
+        <v>1063</v>
       </c>
       <c r="C545" s="3">
-        <v>14.31</v>
+        <v>12.5</v>
       </c>
       <c r="D545" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E545" s="3" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="F545" s="3">
-        <v>69150</v>
+        <v>1600</v>
       </c>
       <c r="G545" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="H545" s="3">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="I545" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="546" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A546" s="3" t="s">
-        <v>1082</v>
+        <v>1064</v>
       </c>
       <c r="B546" s="3" t="s">
-        <v>1083</v>
+        <v>1065</v>
       </c>
       <c r="C546" s="3">
-        <v>7.91</v>
+        <v>14.55</v>
       </c>
       <c r="D546" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E546" s="3" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="F546" s="3">
         <v>0</v>
       </c>
       <c r="G546" s="3">
+        <v>150</v>
+      </c>
+      <c r="H546" s="3">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>600</v>
       </c>
       <c r="I546" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="547" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A547" s="3" t="s">
-        <v>1084</v>
+        <v>1066</v>
       </c>
       <c r="B547" s="3" t="s">
-        <v>1085</v>
+        <v>1067</v>
       </c>
       <c r="C547" s="3">
-        <v>18.76</v>
+        <v>16.62</v>
       </c>
       <c r="D547" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E547" s="3" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="F547" s="3">
-        <v>39600</v>
+        <v>0</v>
       </c>
       <c r="G547" s="3">
         <v>100</v>
       </c>
       <c r="H547" s="3">
         <v>200</v>
       </c>
       <c r="I547" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="548" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A548" s="3" t="s">
-        <v>1086</v>
+        <v>1068</v>
       </c>
       <c r="B548" s="3" t="s">
-        <v>1087</v>
+        <v>1069</v>
       </c>
       <c r="C548" s="3">
-        <v>22.61</v>
+        <v>22.99</v>
       </c>
       <c r="D548" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E548" s="3" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="F548" s="3">
-        <v>31000</v>
+        <v>19500</v>
       </c>
       <c r="G548" s="3">
         <v>100</v>
       </c>
       <c r="H548" s="3">
         <v>200</v>
       </c>
       <c r="I548" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="549" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A549" s="3" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B549" s="3" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C549" s="3">
+        <v>38.61</v>
+      </c>
+      <c r="D549" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E549" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="F549" s="3">
+        <v>900</v>
+      </c>
+      <c r="G549" s="3">
+        <v>100</v>
+      </c>
+      <c r="H549" s="3">
+        <v>200</v>
+      </c>
+      <c r="I549" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="550" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A550" s="3" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B550" s="3" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C550" s="3">
+        <v>47.59</v>
+      </c>
+      <c r="D550" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E550" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="F550" s="3">
+        <v>50</v>
+      </c>
+      <c r="G550" s="3">
+        <v>50</v>
+      </c>
+      <c r="H550" s="3">
+        <v>100</v>
+      </c>
+      <c r="I550" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="551" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A551" s="3" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B551" s="3" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C551" s="3">
+        <v>112.95</v>
+      </c>
+      <c r="D551" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E551" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="F551" s="3">
+        <v>150</v>
+      </c>
+      <c r="G551" s="3">
+        <v>50</v>
+      </c>
+      <c r="H551" s="3">
+        <v>100</v>
+      </c>
+      <c r="I551" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="552" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A552" s="3" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B552" s="3" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C552" s="3">
+        <v>11.1</v>
+      </c>
+      <c r="D552" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E552" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="F552" s="3">
+        <v>3000</v>
+      </c>
+      <c r="G552" s="3">
+        <v>300</v>
+      </c>
+      <c r="H552" s="3">
+        <v>600</v>
+      </c>
+      <c r="I552" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="553" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A553" s="3" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B553" s="3" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C553" s="3">
+        <v>5.42</v>
+      </c>
+      <c r="D553" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E553" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="F553" s="3">
+        <v>2000</v>
+      </c>
+      <c r="G553" s="3">
+        <v>400</v>
+      </c>
+      <c r="H553" s="3">
+        <v>800</v>
+      </c>
+      <c r="I553" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="554" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A554" s="3" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B554" s="3" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C554" s="3">
+        <v>15.16</v>
+      </c>
+      <c r="D554" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E554" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="F554" s="3">
+        <v>0</v>
+      </c>
+      <c r="G554" s="3">
+        <v>200</v>
+      </c>
+      <c r="H554" s="3">
+        <v>400</v>
+      </c>
+      <c r="I554" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="555" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A555" s="3" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B555" s="3" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C555" s="3">
+        <v>29.48</v>
+      </c>
+      <c r="D555" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E555" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="F555" s="3">
+        <v>2400</v>
+      </c>
+      <c r="G555" s="3">
+        <v>100</v>
+      </c>
+      <c r="H555" s="3">
+        <v>200</v>
+      </c>
+      <c r="I555" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="556" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A556" s="3" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B556" s="3" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C556" s="3">
+        <v>19.08</v>
+      </c>
+      <c r="D556" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E556" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="F556" s="3">
+        <v>24800</v>
+      </c>
+      <c r="G556" s="3">
+        <v>100</v>
+      </c>
+      <c r="H556" s="3">
+        <v>200</v>
+      </c>
+      <c r="I556" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="557" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A557" s="3" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B557" s="3" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C557" s="3">
+        <v>29.44</v>
+      </c>
+      <c r="D557" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E557" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="F557" s="3">
+        <v>0</v>
+      </c>
+      <c r="G557" s="3">
+        <v>100</v>
+      </c>
+      <c r="H557" s="3">
+        <v>200</v>
+      </c>
+      <c r="I557" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="558" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A558" s="3" t="s">
         <v>1088</v>
       </c>
-      <c r="B549" s="3" t="s">
+      <c r="B558" s="3" t="s">
         <v>1089</v>
       </c>
-      <c r="C549" s="3">
-[...14 lines deleted...]
-      <c r="H549" s="3">
+      <c r="C558" s="3">
+        <v>61.16</v>
+      </c>
+      <c r="D558" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E558" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="F558" s="3">
+        <v>2500</v>
+      </c>
+      <c r="G558" s="3">
+        <v>50</v>
+      </c>
+      <c r="H558" s="3">
         <v>100</v>
       </c>
-      <c r="I549" s="3">
+      <c r="I558" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="21">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
-    <mergeCell ref="A16:I16"/>
-[...9 lines deleted...]
-    <mergeCell ref="A417:I417"/>
+    <mergeCell ref="A11:I11"/>
+    <mergeCell ref="A23:I23"/>
+    <mergeCell ref="A109:I109"/>
+    <mergeCell ref="A289:I289"/>
+    <mergeCell ref="A303:I303"/>
+    <mergeCell ref="A336:I336"/>
+    <mergeCell ref="A345:I345"/>
+    <mergeCell ref="A352:I352"/>
+    <mergeCell ref="A377:I377"/>
+    <mergeCell ref="A388:I388"/>
     <mergeCell ref="A426:I426"/>
-    <mergeCell ref="A434:I434"/>
     <mergeCell ref="A435:I435"/>
-    <mergeCell ref="A467:I467"/>
-[...2 lines deleted...]
-    <mergeCell ref="A519:I519"/>
+    <mergeCell ref="A441:I441"/>
+    <mergeCell ref="A442:I442"/>
+    <mergeCell ref="A474:I474"/>
+    <mergeCell ref="A485:I485"/>
+    <mergeCell ref="A497:I497"/>
+    <mergeCell ref="A528:I528"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
-    <hyperlink ref="D11" r:id="rId7"/>
-[...3 lines deleted...]
-    <hyperlink ref="D15" r:id="rId11"/>
+    <hyperlink ref="D12" r:id="rId7"/>
+    <hyperlink ref="D13" r:id="rId8"/>
+    <hyperlink ref="D14" r:id="rId9"/>
+    <hyperlink ref="D15" r:id="rId10"/>
+    <hyperlink ref="D16" r:id="rId11"/>
     <hyperlink ref="D17" r:id="rId12"/>
     <hyperlink ref="D18" r:id="rId13"/>
     <hyperlink ref="D19" r:id="rId14"/>
     <hyperlink ref="D20" r:id="rId15"/>
     <hyperlink ref="D21" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
-    <hyperlink ref="D23" r:id="rId18"/>
-[...79 lines deleted...]
-    <hyperlink ref="D103" r:id="rId98"/>
+    <hyperlink ref="D24" r:id="rId18"/>
+    <hyperlink ref="D25" r:id="rId19"/>
+    <hyperlink ref="D26" r:id="rId20"/>
+    <hyperlink ref="D27" r:id="rId21"/>
+    <hyperlink ref="D28" r:id="rId22"/>
+    <hyperlink ref="D29" r:id="rId23"/>
+    <hyperlink ref="D30" r:id="rId24"/>
+    <hyperlink ref="D31" r:id="rId25"/>
+    <hyperlink ref="D32" r:id="rId26"/>
+    <hyperlink ref="D33" r:id="rId27"/>
+    <hyperlink ref="D34" r:id="rId28"/>
+    <hyperlink ref="D35" r:id="rId29"/>
+    <hyperlink ref="D36" r:id="rId30"/>
+    <hyperlink ref="D37" r:id="rId31"/>
+    <hyperlink ref="D38" r:id="rId32"/>
+    <hyperlink ref="D39" r:id="rId33"/>
+    <hyperlink ref="D40" r:id="rId34"/>
+    <hyperlink ref="D41" r:id="rId35"/>
+    <hyperlink ref="D42" r:id="rId36"/>
+    <hyperlink ref="D43" r:id="rId37"/>
+    <hyperlink ref="D44" r:id="rId38"/>
+    <hyperlink ref="D45" r:id="rId39"/>
+    <hyperlink ref="D46" r:id="rId40"/>
+    <hyperlink ref="D47" r:id="rId41"/>
+    <hyperlink ref="D48" r:id="rId42"/>
+    <hyperlink ref="D49" r:id="rId43"/>
+    <hyperlink ref="D50" r:id="rId44"/>
+    <hyperlink ref="D51" r:id="rId45"/>
+    <hyperlink ref="D52" r:id="rId46"/>
+    <hyperlink ref="D53" r:id="rId47"/>
+    <hyperlink ref="D54" r:id="rId48"/>
+    <hyperlink ref="D55" r:id="rId49"/>
+    <hyperlink ref="D56" r:id="rId50"/>
+    <hyperlink ref="D57" r:id="rId51"/>
+    <hyperlink ref="D58" r:id="rId52"/>
+    <hyperlink ref="D59" r:id="rId53"/>
+    <hyperlink ref="D60" r:id="rId54"/>
+    <hyperlink ref="D61" r:id="rId55"/>
+    <hyperlink ref="D62" r:id="rId56"/>
+    <hyperlink ref="D63" r:id="rId57"/>
+    <hyperlink ref="D64" r:id="rId58"/>
+    <hyperlink ref="D65" r:id="rId59"/>
+    <hyperlink ref="D66" r:id="rId60"/>
+    <hyperlink ref="D67" r:id="rId61"/>
+    <hyperlink ref="D68" r:id="rId62"/>
+    <hyperlink ref="D69" r:id="rId63"/>
+    <hyperlink ref="D70" r:id="rId64"/>
+    <hyperlink ref="D71" r:id="rId65"/>
+    <hyperlink ref="D72" r:id="rId66"/>
+    <hyperlink ref="D73" r:id="rId67"/>
+    <hyperlink ref="D74" r:id="rId68"/>
+    <hyperlink ref="D75" r:id="rId69"/>
+    <hyperlink ref="D76" r:id="rId70"/>
+    <hyperlink ref="D77" r:id="rId71"/>
+    <hyperlink ref="D78" r:id="rId72"/>
+    <hyperlink ref="D79" r:id="rId73"/>
+    <hyperlink ref="D80" r:id="rId74"/>
+    <hyperlink ref="D81" r:id="rId75"/>
+    <hyperlink ref="D82" r:id="rId76"/>
+    <hyperlink ref="D83" r:id="rId77"/>
+    <hyperlink ref="D84" r:id="rId78"/>
+    <hyperlink ref="D85" r:id="rId79"/>
+    <hyperlink ref="D86" r:id="rId80"/>
+    <hyperlink ref="D87" r:id="rId81"/>
+    <hyperlink ref="D88" r:id="rId82"/>
+    <hyperlink ref="D89" r:id="rId83"/>
+    <hyperlink ref="D90" r:id="rId84"/>
+    <hyperlink ref="D91" r:id="rId85"/>
+    <hyperlink ref="D92" r:id="rId86"/>
+    <hyperlink ref="D93" r:id="rId87"/>
+    <hyperlink ref="D94" r:id="rId88"/>
+    <hyperlink ref="D95" r:id="rId89"/>
+    <hyperlink ref="D96" r:id="rId90"/>
+    <hyperlink ref="D97" r:id="rId91"/>
+    <hyperlink ref="D98" r:id="rId92"/>
+    <hyperlink ref="D99" r:id="rId93"/>
+    <hyperlink ref="D100" r:id="rId94"/>
+    <hyperlink ref="D101" r:id="rId95"/>
+    <hyperlink ref="D102" r:id="rId96"/>
+    <hyperlink ref="D103" r:id="rId97"/>
+    <hyperlink ref="D104" r:id="rId98"/>
     <hyperlink ref="D105" r:id="rId99"/>
     <hyperlink ref="D106" r:id="rId100"/>
     <hyperlink ref="D107" r:id="rId101"/>
     <hyperlink ref="D108" r:id="rId102"/>
-    <hyperlink ref="D109" r:id="rId103"/>
-[...173 lines deleted...]
-    <hyperlink ref="D283" r:id="rId277"/>
+    <hyperlink ref="D110" r:id="rId103"/>
+    <hyperlink ref="D111" r:id="rId104"/>
+    <hyperlink ref="D112" r:id="rId105"/>
+    <hyperlink ref="D113" r:id="rId106"/>
+    <hyperlink ref="D114" r:id="rId107"/>
+    <hyperlink ref="D115" r:id="rId108"/>
+    <hyperlink ref="D116" r:id="rId109"/>
+    <hyperlink ref="D117" r:id="rId110"/>
+    <hyperlink ref="D118" r:id="rId111"/>
+    <hyperlink ref="D119" r:id="rId112"/>
+    <hyperlink ref="D120" r:id="rId113"/>
+    <hyperlink ref="D121" r:id="rId114"/>
+    <hyperlink ref="D122" r:id="rId115"/>
+    <hyperlink ref="D123" r:id="rId116"/>
+    <hyperlink ref="D124" r:id="rId117"/>
+    <hyperlink ref="D125" r:id="rId118"/>
+    <hyperlink ref="D126" r:id="rId119"/>
+    <hyperlink ref="D127" r:id="rId120"/>
+    <hyperlink ref="D128" r:id="rId121"/>
+    <hyperlink ref="D129" r:id="rId122"/>
+    <hyperlink ref="D130" r:id="rId123"/>
+    <hyperlink ref="D131" r:id="rId124"/>
+    <hyperlink ref="D132" r:id="rId125"/>
+    <hyperlink ref="D133" r:id="rId126"/>
+    <hyperlink ref="D134" r:id="rId127"/>
+    <hyperlink ref="D135" r:id="rId128"/>
+    <hyperlink ref="D136" r:id="rId129"/>
+    <hyperlink ref="D137" r:id="rId130"/>
+    <hyperlink ref="D138" r:id="rId131"/>
+    <hyperlink ref="D139" r:id="rId132"/>
+    <hyperlink ref="D140" r:id="rId133"/>
+    <hyperlink ref="D141" r:id="rId134"/>
+    <hyperlink ref="D142" r:id="rId135"/>
+    <hyperlink ref="D143" r:id="rId136"/>
+    <hyperlink ref="D144" r:id="rId137"/>
+    <hyperlink ref="D145" r:id="rId138"/>
+    <hyperlink ref="D146" r:id="rId139"/>
+    <hyperlink ref="D147" r:id="rId140"/>
+    <hyperlink ref="D148" r:id="rId141"/>
+    <hyperlink ref="D149" r:id="rId142"/>
+    <hyperlink ref="D150" r:id="rId143"/>
+    <hyperlink ref="D151" r:id="rId144"/>
+    <hyperlink ref="D152" r:id="rId145"/>
+    <hyperlink ref="D153" r:id="rId146"/>
+    <hyperlink ref="D154" r:id="rId147"/>
+    <hyperlink ref="D155" r:id="rId148"/>
+    <hyperlink ref="D156" r:id="rId149"/>
+    <hyperlink ref="D157" r:id="rId150"/>
+    <hyperlink ref="D158" r:id="rId151"/>
+    <hyperlink ref="D159" r:id="rId152"/>
+    <hyperlink ref="D160" r:id="rId153"/>
+    <hyperlink ref="D161" r:id="rId154"/>
+    <hyperlink ref="D162" r:id="rId155"/>
+    <hyperlink ref="D163" r:id="rId156"/>
+    <hyperlink ref="D164" r:id="rId157"/>
+    <hyperlink ref="D165" r:id="rId158"/>
+    <hyperlink ref="D166" r:id="rId159"/>
+    <hyperlink ref="D167" r:id="rId160"/>
+    <hyperlink ref="D168" r:id="rId161"/>
+    <hyperlink ref="D169" r:id="rId162"/>
+    <hyperlink ref="D170" r:id="rId163"/>
+    <hyperlink ref="D171" r:id="rId164"/>
+    <hyperlink ref="D172" r:id="rId165"/>
+    <hyperlink ref="D173" r:id="rId166"/>
+    <hyperlink ref="D174" r:id="rId167"/>
+    <hyperlink ref="D175" r:id="rId168"/>
+    <hyperlink ref="D176" r:id="rId169"/>
+    <hyperlink ref="D177" r:id="rId170"/>
+    <hyperlink ref="D178" r:id="rId171"/>
+    <hyperlink ref="D179" r:id="rId172"/>
+    <hyperlink ref="D180" r:id="rId173"/>
+    <hyperlink ref="D181" r:id="rId174"/>
+    <hyperlink ref="D182" r:id="rId175"/>
+    <hyperlink ref="D183" r:id="rId176"/>
+    <hyperlink ref="D184" r:id="rId177"/>
+    <hyperlink ref="D185" r:id="rId178"/>
+    <hyperlink ref="D186" r:id="rId179"/>
+    <hyperlink ref="D187" r:id="rId180"/>
+    <hyperlink ref="D188" r:id="rId181"/>
+    <hyperlink ref="D189" r:id="rId182"/>
+    <hyperlink ref="D190" r:id="rId183"/>
+    <hyperlink ref="D191" r:id="rId184"/>
+    <hyperlink ref="D192" r:id="rId185"/>
+    <hyperlink ref="D193" r:id="rId186"/>
+    <hyperlink ref="D194" r:id="rId187"/>
+    <hyperlink ref="D195" r:id="rId188"/>
+    <hyperlink ref="D196" r:id="rId189"/>
+    <hyperlink ref="D197" r:id="rId190"/>
+    <hyperlink ref="D198" r:id="rId191"/>
+    <hyperlink ref="D199" r:id="rId192"/>
+    <hyperlink ref="D200" r:id="rId193"/>
+    <hyperlink ref="D201" r:id="rId194"/>
+    <hyperlink ref="D202" r:id="rId195"/>
+    <hyperlink ref="D203" r:id="rId196"/>
+    <hyperlink ref="D204" r:id="rId197"/>
+    <hyperlink ref="D205" r:id="rId198"/>
+    <hyperlink ref="D206" r:id="rId199"/>
+    <hyperlink ref="D207" r:id="rId200"/>
+    <hyperlink ref="D208" r:id="rId201"/>
+    <hyperlink ref="D209" r:id="rId202"/>
+    <hyperlink ref="D210" r:id="rId203"/>
+    <hyperlink ref="D211" r:id="rId204"/>
+    <hyperlink ref="D212" r:id="rId205"/>
+    <hyperlink ref="D213" r:id="rId206"/>
+    <hyperlink ref="D214" r:id="rId207"/>
+    <hyperlink ref="D215" r:id="rId208"/>
+    <hyperlink ref="D216" r:id="rId209"/>
+    <hyperlink ref="D217" r:id="rId210"/>
+    <hyperlink ref="D218" r:id="rId211"/>
+    <hyperlink ref="D219" r:id="rId212"/>
+    <hyperlink ref="D220" r:id="rId213"/>
+    <hyperlink ref="D221" r:id="rId214"/>
+    <hyperlink ref="D222" r:id="rId215"/>
+    <hyperlink ref="D223" r:id="rId216"/>
+    <hyperlink ref="D224" r:id="rId217"/>
+    <hyperlink ref="D225" r:id="rId218"/>
+    <hyperlink ref="D226" r:id="rId219"/>
+    <hyperlink ref="D227" r:id="rId220"/>
+    <hyperlink ref="D228" r:id="rId221"/>
+    <hyperlink ref="D229" r:id="rId222"/>
+    <hyperlink ref="D230" r:id="rId223"/>
+    <hyperlink ref="D231" r:id="rId224"/>
+    <hyperlink ref="D232" r:id="rId225"/>
+    <hyperlink ref="D233" r:id="rId226"/>
+    <hyperlink ref="D234" r:id="rId227"/>
+    <hyperlink ref="D235" r:id="rId228"/>
+    <hyperlink ref="D236" r:id="rId229"/>
+    <hyperlink ref="D237" r:id="rId230"/>
+    <hyperlink ref="D238" r:id="rId231"/>
+    <hyperlink ref="D239" r:id="rId232"/>
+    <hyperlink ref="D240" r:id="rId233"/>
+    <hyperlink ref="D241" r:id="rId234"/>
+    <hyperlink ref="D242" r:id="rId235"/>
+    <hyperlink ref="D243" r:id="rId236"/>
+    <hyperlink ref="D244" r:id="rId237"/>
+    <hyperlink ref="D245" r:id="rId238"/>
+    <hyperlink ref="D246" r:id="rId239"/>
+    <hyperlink ref="D247" r:id="rId240"/>
+    <hyperlink ref="D248" r:id="rId241"/>
+    <hyperlink ref="D249" r:id="rId242"/>
+    <hyperlink ref="D250" r:id="rId243"/>
+    <hyperlink ref="D251" r:id="rId244"/>
+    <hyperlink ref="D252" r:id="rId245"/>
+    <hyperlink ref="D253" r:id="rId246"/>
+    <hyperlink ref="D254" r:id="rId247"/>
+    <hyperlink ref="D255" r:id="rId248"/>
+    <hyperlink ref="D256" r:id="rId249"/>
+    <hyperlink ref="D257" r:id="rId250"/>
+    <hyperlink ref="D258" r:id="rId251"/>
+    <hyperlink ref="D259" r:id="rId252"/>
+    <hyperlink ref="D260" r:id="rId253"/>
+    <hyperlink ref="D261" r:id="rId254"/>
+    <hyperlink ref="D262" r:id="rId255"/>
+    <hyperlink ref="D263" r:id="rId256"/>
+    <hyperlink ref="D264" r:id="rId257"/>
+    <hyperlink ref="D265" r:id="rId258"/>
+    <hyperlink ref="D266" r:id="rId259"/>
+    <hyperlink ref="D267" r:id="rId260"/>
+    <hyperlink ref="D268" r:id="rId261"/>
+    <hyperlink ref="D269" r:id="rId262"/>
+    <hyperlink ref="D270" r:id="rId263"/>
+    <hyperlink ref="D271" r:id="rId264"/>
+    <hyperlink ref="D272" r:id="rId265"/>
+    <hyperlink ref="D273" r:id="rId266"/>
+    <hyperlink ref="D274" r:id="rId267"/>
+    <hyperlink ref="D275" r:id="rId268"/>
+    <hyperlink ref="D276" r:id="rId269"/>
+    <hyperlink ref="D277" r:id="rId270"/>
+    <hyperlink ref="D278" r:id="rId271"/>
+    <hyperlink ref="D279" r:id="rId272"/>
+    <hyperlink ref="D280" r:id="rId273"/>
+    <hyperlink ref="D281" r:id="rId274"/>
+    <hyperlink ref="D282" r:id="rId275"/>
+    <hyperlink ref="D283" r:id="rId276"/>
+    <hyperlink ref="D284" r:id="rId277"/>
     <hyperlink ref="D285" r:id="rId278"/>
     <hyperlink ref="D286" r:id="rId279"/>
     <hyperlink ref="D287" r:id="rId280"/>
     <hyperlink ref="D288" r:id="rId281"/>
-    <hyperlink ref="D289" r:id="rId282"/>
-[...7 lines deleted...]
-    <hyperlink ref="D297" r:id="rId290"/>
+    <hyperlink ref="D290" r:id="rId282"/>
+    <hyperlink ref="D291" r:id="rId283"/>
+    <hyperlink ref="D292" r:id="rId284"/>
+    <hyperlink ref="D293" r:id="rId285"/>
+    <hyperlink ref="D294" r:id="rId286"/>
+    <hyperlink ref="D295" r:id="rId287"/>
+    <hyperlink ref="D296" r:id="rId288"/>
+    <hyperlink ref="D297" r:id="rId289"/>
+    <hyperlink ref="D298" r:id="rId290"/>
     <hyperlink ref="D299" r:id="rId291"/>
     <hyperlink ref="D300" r:id="rId292"/>
     <hyperlink ref="D301" r:id="rId293"/>
     <hyperlink ref="D302" r:id="rId294"/>
-    <hyperlink ref="D303" r:id="rId295"/>
-[...4 lines deleted...]
-    <hyperlink ref="D308" r:id="rId300"/>
+    <hyperlink ref="D304" r:id="rId295"/>
+    <hyperlink ref="D305" r:id="rId296"/>
+    <hyperlink ref="D306" r:id="rId297"/>
+    <hyperlink ref="D307" r:id="rId298"/>
+    <hyperlink ref="D308" r:id="rId299"/>
+    <hyperlink ref="D309" r:id="rId300"/>
     <hyperlink ref="D310" r:id="rId301"/>
     <hyperlink ref="D311" r:id="rId302"/>
     <hyperlink ref="D312" r:id="rId303"/>
     <hyperlink ref="D313" r:id="rId304"/>
     <hyperlink ref="D314" r:id="rId305"/>
     <hyperlink ref="D315" r:id="rId306"/>
     <hyperlink ref="D316" r:id="rId307"/>
     <hyperlink ref="D317" r:id="rId308"/>
     <hyperlink ref="D318" r:id="rId309"/>
     <hyperlink ref="D319" r:id="rId310"/>
     <hyperlink ref="D320" r:id="rId311"/>
     <hyperlink ref="D321" r:id="rId312"/>
     <hyperlink ref="D322" r:id="rId313"/>
     <hyperlink ref="D323" r:id="rId314"/>
     <hyperlink ref="D324" r:id="rId315"/>
     <hyperlink ref="D325" r:id="rId316"/>
     <hyperlink ref="D326" r:id="rId317"/>
     <hyperlink ref="D327" r:id="rId318"/>
     <hyperlink ref="D328" r:id="rId319"/>
     <hyperlink ref="D329" r:id="rId320"/>
     <hyperlink ref="D330" r:id="rId321"/>
-    <hyperlink ref="D332" r:id="rId322"/>
-[...3 lines deleted...]
-    <hyperlink ref="D336" r:id="rId326"/>
+    <hyperlink ref="D331" r:id="rId322"/>
+    <hyperlink ref="D332" r:id="rId323"/>
+    <hyperlink ref="D333" r:id="rId324"/>
+    <hyperlink ref="D334" r:id="rId325"/>
+    <hyperlink ref="D335" r:id="rId326"/>
     <hyperlink ref="D337" r:id="rId327"/>
-    <hyperlink ref="D339" r:id="rId328"/>
-[...5 lines deleted...]
-    <hyperlink ref="D345" r:id="rId334"/>
+    <hyperlink ref="D338" r:id="rId328"/>
+    <hyperlink ref="D339" r:id="rId329"/>
+    <hyperlink ref="D340" r:id="rId330"/>
+    <hyperlink ref="D341" r:id="rId331"/>
+    <hyperlink ref="D342" r:id="rId332"/>
+    <hyperlink ref="D343" r:id="rId333"/>
+    <hyperlink ref="D344" r:id="rId334"/>
     <hyperlink ref="D346" r:id="rId335"/>
-    <hyperlink ref="D348" r:id="rId336"/>
-[...3 lines deleted...]
-    <hyperlink ref="D352" r:id="rId340"/>
+    <hyperlink ref="D347" r:id="rId336"/>
+    <hyperlink ref="D348" r:id="rId337"/>
+    <hyperlink ref="D349" r:id="rId338"/>
+    <hyperlink ref="D350" r:id="rId339"/>
+    <hyperlink ref="D351" r:id="rId340"/>
     <hyperlink ref="D353" r:id="rId341"/>
-    <hyperlink ref="D355" r:id="rId342"/>
-[...21 lines deleted...]
-    <hyperlink ref="D377" r:id="rId364"/>
+    <hyperlink ref="D354" r:id="rId342"/>
+    <hyperlink ref="D355" r:id="rId343"/>
+    <hyperlink ref="D356" r:id="rId344"/>
+    <hyperlink ref="D357" r:id="rId345"/>
+    <hyperlink ref="D358" r:id="rId346"/>
+    <hyperlink ref="D359" r:id="rId347"/>
+    <hyperlink ref="D360" r:id="rId348"/>
+    <hyperlink ref="D361" r:id="rId349"/>
+    <hyperlink ref="D362" r:id="rId350"/>
+    <hyperlink ref="D363" r:id="rId351"/>
+    <hyperlink ref="D364" r:id="rId352"/>
+    <hyperlink ref="D365" r:id="rId353"/>
+    <hyperlink ref="D366" r:id="rId354"/>
+    <hyperlink ref="D367" r:id="rId355"/>
+    <hyperlink ref="D368" r:id="rId356"/>
+    <hyperlink ref="D369" r:id="rId357"/>
+    <hyperlink ref="D370" r:id="rId358"/>
+    <hyperlink ref="D371" r:id="rId359"/>
+    <hyperlink ref="D372" r:id="rId360"/>
+    <hyperlink ref="D373" r:id="rId361"/>
+    <hyperlink ref="D374" r:id="rId362"/>
+    <hyperlink ref="D375" r:id="rId363"/>
+    <hyperlink ref="D376" r:id="rId364"/>
     <hyperlink ref="D378" r:id="rId365"/>
-    <hyperlink ref="D380" r:id="rId366"/>
-[...7 lines deleted...]
-    <hyperlink ref="D388" r:id="rId374"/>
+    <hyperlink ref="D379" r:id="rId366"/>
+    <hyperlink ref="D380" r:id="rId367"/>
+    <hyperlink ref="D381" r:id="rId368"/>
+    <hyperlink ref="D382" r:id="rId369"/>
+    <hyperlink ref="D383" r:id="rId370"/>
+    <hyperlink ref="D384" r:id="rId371"/>
+    <hyperlink ref="D385" r:id="rId372"/>
+    <hyperlink ref="D386" r:id="rId373"/>
+    <hyperlink ref="D387" r:id="rId374"/>
     <hyperlink ref="D389" r:id="rId375"/>
     <hyperlink ref="D390" r:id="rId376"/>
     <hyperlink ref="D391" r:id="rId377"/>
     <hyperlink ref="D392" r:id="rId378"/>
     <hyperlink ref="D393" r:id="rId379"/>
     <hyperlink ref="D394" r:id="rId380"/>
     <hyperlink ref="D395" r:id="rId381"/>
     <hyperlink ref="D396" r:id="rId382"/>
     <hyperlink ref="D397" r:id="rId383"/>
     <hyperlink ref="D398" r:id="rId384"/>
     <hyperlink ref="D399" r:id="rId385"/>
     <hyperlink ref="D400" r:id="rId386"/>
     <hyperlink ref="D401" r:id="rId387"/>
     <hyperlink ref="D402" r:id="rId388"/>
     <hyperlink ref="D403" r:id="rId389"/>
     <hyperlink ref="D404" r:id="rId390"/>
     <hyperlink ref="D405" r:id="rId391"/>
     <hyperlink ref="D406" r:id="rId392"/>
     <hyperlink ref="D407" r:id="rId393"/>
     <hyperlink ref="D408" r:id="rId394"/>
     <hyperlink ref="D409" r:id="rId395"/>
     <hyperlink ref="D410" r:id="rId396"/>
     <hyperlink ref="D411" r:id="rId397"/>
     <hyperlink ref="D412" r:id="rId398"/>
     <hyperlink ref="D413" r:id="rId399"/>
     <hyperlink ref="D414" r:id="rId400"/>
     <hyperlink ref="D415" r:id="rId401"/>
     <hyperlink ref="D416" r:id="rId402"/>
-    <hyperlink ref="D418" r:id="rId403"/>
-[...20 lines deleted...]
-    <hyperlink ref="D442" r:id="rId424"/>
+    <hyperlink ref="D417" r:id="rId403"/>
+    <hyperlink ref="D418" r:id="rId404"/>
+    <hyperlink ref="D419" r:id="rId405"/>
+    <hyperlink ref="D420" r:id="rId406"/>
+    <hyperlink ref="D421" r:id="rId407"/>
+    <hyperlink ref="D422" r:id="rId408"/>
+    <hyperlink ref="D423" r:id="rId409"/>
+    <hyperlink ref="D424" r:id="rId410"/>
+    <hyperlink ref="D425" r:id="rId411"/>
+    <hyperlink ref="D427" r:id="rId412"/>
+    <hyperlink ref="D428" r:id="rId413"/>
+    <hyperlink ref="D429" r:id="rId414"/>
+    <hyperlink ref="D430" r:id="rId415"/>
+    <hyperlink ref="D431" r:id="rId416"/>
+    <hyperlink ref="D432" r:id="rId417"/>
+    <hyperlink ref="D433" r:id="rId418"/>
+    <hyperlink ref="D434" r:id="rId419"/>
+    <hyperlink ref="D436" r:id="rId420"/>
+    <hyperlink ref="D437" r:id="rId421"/>
+    <hyperlink ref="D438" r:id="rId422"/>
+    <hyperlink ref="D439" r:id="rId423"/>
+    <hyperlink ref="D440" r:id="rId424"/>
     <hyperlink ref="D443" r:id="rId425"/>
     <hyperlink ref="D444" r:id="rId426"/>
     <hyperlink ref="D445" r:id="rId427"/>
     <hyperlink ref="D446" r:id="rId428"/>
     <hyperlink ref="D447" r:id="rId429"/>
     <hyperlink ref="D448" r:id="rId430"/>
     <hyperlink ref="D449" r:id="rId431"/>
     <hyperlink ref="D450" r:id="rId432"/>
     <hyperlink ref="D451" r:id="rId433"/>
     <hyperlink ref="D452" r:id="rId434"/>
     <hyperlink ref="D453" r:id="rId435"/>
     <hyperlink ref="D454" r:id="rId436"/>
     <hyperlink ref="D455" r:id="rId437"/>
     <hyperlink ref="D456" r:id="rId438"/>
     <hyperlink ref="D457" r:id="rId439"/>
     <hyperlink ref="D458" r:id="rId440"/>
     <hyperlink ref="D459" r:id="rId441"/>
     <hyperlink ref="D460" r:id="rId442"/>
     <hyperlink ref="D461" r:id="rId443"/>
     <hyperlink ref="D462" r:id="rId444"/>
     <hyperlink ref="D463" r:id="rId445"/>
     <hyperlink ref="D464" r:id="rId446"/>
     <hyperlink ref="D465" r:id="rId447"/>
     <hyperlink ref="D466" r:id="rId448"/>
-    <hyperlink ref="D468" r:id="rId449"/>
-[...5 lines deleted...]
-    <hyperlink ref="D474" r:id="rId455"/>
+    <hyperlink ref="D467" r:id="rId449"/>
+    <hyperlink ref="D468" r:id="rId450"/>
+    <hyperlink ref="D469" r:id="rId451"/>
+    <hyperlink ref="D470" r:id="rId452"/>
+    <hyperlink ref="D471" r:id="rId453"/>
+    <hyperlink ref="D472" r:id="rId454"/>
+    <hyperlink ref="D473" r:id="rId455"/>
     <hyperlink ref="D475" r:id="rId456"/>
-    <hyperlink ref="D477" r:id="rId457"/>
-[...7 lines deleted...]
-    <hyperlink ref="D485" r:id="rId465"/>
+    <hyperlink ref="D476" r:id="rId457"/>
+    <hyperlink ref="D477" r:id="rId458"/>
+    <hyperlink ref="D478" r:id="rId459"/>
+    <hyperlink ref="D479" r:id="rId460"/>
+    <hyperlink ref="D480" r:id="rId461"/>
+    <hyperlink ref="D481" r:id="rId462"/>
+    <hyperlink ref="D482" r:id="rId463"/>
+    <hyperlink ref="D483" r:id="rId464"/>
+    <hyperlink ref="D484" r:id="rId465"/>
     <hyperlink ref="D486" r:id="rId466"/>
     <hyperlink ref="D487" r:id="rId467"/>
-    <hyperlink ref="D489" r:id="rId468"/>
-[...7 lines deleted...]
-    <hyperlink ref="D497" r:id="rId476"/>
+    <hyperlink ref="D488" r:id="rId468"/>
+    <hyperlink ref="D489" r:id="rId469"/>
+    <hyperlink ref="D490" r:id="rId470"/>
+    <hyperlink ref="D491" r:id="rId471"/>
+    <hyperlink ref="D492" r:id="rId472"/>
+    <hyperlink ref="D493" r:id="rId473"/>
+    <hyperlink ref="D494" r:id="rId474"/>
+    <hyperlink ref="D495" r:id="rId475"/>
+    <hyperlink ref="D496" r:id="rId476"/>
     <hyperlink ref="D498" r:id="rId477"/>
     <hyperlink ref="D499" r:id="rId478"/>
     <hyperlink ref="D500" r:id="rId479"/>
     <hyperlink ref="D501" r:id="rId480"/>
     <hyperlink ref="D502" r:id="rId481"/>
     <hyperlink ref="D503" r:id="rId482"/>
     <hyperlink ref="D504" r:id="rId483"/>
     <hyperlink ref="D505" r:id="rId484"/>
     <hyperlink ref="D506" r:id="rId485"/>
     <hyperlink ref="D507" r:id="rId486"/>
     <hyperlink ref="D508" r:id="rId487"/>
     <hyperlink ref="D509" r:id="rId488"/>
     <hyperlink ref="D510" r:id="rId489"/>
     <hyperlink ref="D511" r:id="rId490"/>
     <hyperlink ref="D512" r:id="rId491"/>
     <hyperlink ref="D513" r:id="rId492"/>
     <hyperlink ref="D514" r:id="rId493"/>
     <hyperlink ref="D515" r:id="rId494"/>
     <hyperlink ref="D516" r:id="rId495"/>
     <hyperlink ref="D517" r:id="rId496"/>
     <hyperlink ref="D518" r:id="rId497"/>
-    <hyperlink ref="D520" r:id="rId498"/>
-[...7 lines deleted...]
-    <hyperlink ref="D528" r:id="rId506"/>
+    <hyperlink ref="D519" r:id="rId498"/>
+    <hyperlink ref="D520" r:id="rId499"/>
+    <hyperlink ref="D521" r:id="rId500"/>
+    <hyperlink ref="D522" r:id="rId501"/>
+    <hyperlink ref="D523" r:id="rId502"/>
+    <hyperlink ref="D524" r:id="rId503"/>
+    <hyperlink ref="D525" r:id="rId504"/>
+    <hyperlink ref="D526" r:id="rId505"/>
+    <hyperlink ref="D527" r:id="rId506"/>
     <hyperlink ref="D529" r:id="rId507"/>
     <hyperlink ref="D530" r:id="rId508"/>
     <hyperlink ref="D531" r:id="rId509"/>
     <hyperlink ref="D532" r:id="rId510"/>
     <hyperlink ref="D533" r:id="rId511"/>
     <hyperlink ref="D534" r:id="rId512"/>
     <hyperlink ref="D535" r:id="rId513"/>
     <hyperlink ref="D536" r:id="rId514"/>
     <hyperlink ref="D537" r:id="rId515"/>
     <hyperlink ref="D538" r:id="rId516"/>
     <hyperlink ref="D539" r:id="rId517"/>
     <hyperlink ref="D540" r:id="rId518"/>
     <hyperlink ref="D541" r:id="rId519"/>
     <hyperlink ref="D542" r:id="rId520"/>
     <hyperlink ref="D543" r:id="rId521"/>
     <hyperlink ref="D544" r:id="rId522"/>
     <hyperlink ref="D545" r:id="rId523"/>
     <hyperlink ref="D546" r:id="rId524"/>
     <hyperlink ref="D547" r:id="rId525"/>
     <hyperlink ref="D548" r:id="rId526"/>
     <hyperlink ref="D549" r:id="rId527"/>
+    <hyperlink ref="D550" r:id="rId528"/>
+    <hyperlink ref="D551" r:id="rId529"/>
+    <hyperlink ref="D552" r:id="rId530"/>
+    <hyperlink ref="D553" r:id="rId531"/>
+    <hyperlink ref="D554" r:id="rId532"/>
+    <hyperlink ref="D555" r:id="rId533"/>
+    <hyperlink ref="D556" r:id="rId534"/>
+    <hyperlink ref="D557" r:id="rId535"/>
+    <hyperlink ref="D558" r:id="rId536"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>