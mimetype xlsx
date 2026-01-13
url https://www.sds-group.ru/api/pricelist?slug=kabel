--- v0 (2025-10-14)
+++ v1 (2026-01-13)
@@ -8,1003 +8,1012 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="604" uniqueCount="317">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="612" uniqueCount="320">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Кабель</t>
   </si>
   <si>
     <t>1.1 Lightning</t>
   </si>
   <si>
+    <t>18-7056</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4A, 1м, в белой нейлоновой оплетке, плоский REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>18-7050</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-7054</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 2,4A 1м, в нейлоновой графитовой оплетке, Power Delivery REXANT</t>
+  </si>
+  <si>
+    <t>18-1121</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, белый, REXANT</t>
+  </si>
+  <si>
+    <t>18-1827</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель Type-C – Lightning, 3A, 1м, ПВХ, черный REXANT </t>
+  </si>
+  <si>
+    <t>18-1826</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 3А, 1м, в нейлоновой серой оплетке, Power Delivery REXANT</t>
+  </si>
+  <si>
+    <t>18-7057</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2A, 1м, в матовой стальной оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7075</t>
+  </si>
+  <si>
+    <t>Кабель USB 3в1 Type-С (6A), Lightning (2,4A), micro USB (3A) 1,2м, в черной оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7053</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4A, 1м, в синей нейлоновой оплетке, плоский REXANT</t>
+  </si>
+  <si>
+    <t>18-7076</t>
+  </si>
+  <si>
+    <t>Кабель USB 3в1 со съемными магнитными портами, Type-С (2A), Lightning (2,4A), Micro USB (2A), 1,2м, в черной оплетке, с LED подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>18-7068</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 3А, 1м, в черной нейлоновой  оплетке, с LED-дисплеем REXANT</t>
+  </si>
+  <si>
+    <t>18-7069</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 3А, 1м, в черной нейлоновой оплетке, со световой индикацией REXANT</t>
+  </si>
+  <si>
+    <t>18-1898</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 2,4A, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1125</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 2м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1127</t>
+  </si>
+  <si>
+    <t>Кабель USB 3в1 Type-С (3A), Lightning (2,4A), micro USB (2A) 1м, ПВХ REXANT</t>
+  </si>
+  <si>
+    <t>18-1128</t>
+  </si>
+  <si>
+    <t>Кабель 4в1 USB-А – Type-C, Lightning – Type-C, 60Вт, 1м, в черной оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7058</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке, со световой индикацией REXANT</t>
+  </si>
+  <si>
+    <t>18-7061</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в белой нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7052</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4A 1м, в синей нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7059</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке, с LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>18-7060</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7062</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке, c LED-дисплеем REXANT</t>
+  </si>
+  <si>
+    <t>18-0000</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, белый, оригинал (чип MFI) REXANT</t>
+  </si>
+  <si>
+    <t>18-0001</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1129</t>
+  </si>
+  <si>
+    <t>Кабель Lightning – Type-C 3A, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-4252</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в золотой металлической оплетке REXANT</t>
+  </si>
+  <si>
     <t>18-7051</t>
   </si>
   <si>
     <t>Кабель USB-A – Lightning, 2,4А, 1м, в серебристой нейлоновой оплетке REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...38 lines deleted...]
-    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, белый, оригинал (чип MFI) REXANT</t>
+    <t>18-4248</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4A, 1м, в нейлоновой оплетке (джинсовая ткань) REXANT</t>
   </si>
   <si>
     <t>18-4245</t>
   </si>
   <si>
     <t>Кабель USB-A – Lightning, 2,4А, 1м, нейлон, серый REXANT</t>
   </si>
   <si>
-    <t>18-0001</t>
-[...40 lines deleted...]
-  <si>
     <t>18-4247</t>
   </si>
   <si>
     <t>Кабель USB-A – Lightning, 2,4А, 1м, в металлической оплетке REXANT</t>
   </si>
   <si>
-    <t>18-7059</t>
-[...74 lines deleted...]
-    <t>Кабель 4в1 USB-А – Type-C, Lightning – Type-C, 60Вт, 1м, в черной оплетке REXANT</t>
+    <t>18-1122</t>
   </si>
   <si>
     <t>1.2 USB-Micro</t>
   </si>
   <si>
+    <t>18-1162</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 2,4А, 0,2м, серый REXANT</t>
+  </si>
+  <si>
+    <t>18-1166</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 1А, 3м, серый REXANT</t>
+  </si>
+  <si>
+    <t>18-4300</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 2,4А, 1м, черный, витой REXANT</t>
+  </si>
+  <si>
+    <t>18-4301</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 2,4А,  1м, белый, витой REXANT</t>
+  </si>
+  <si>
     <t>18-4270</t>
   </si>
   <si>
     <t>Кабель USB-A – micro USB, 2,4А, 1м, ПВХ, черный REXANT</t>
   </si>
   <si>
+    <t>18-1164-2</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 1А, 1,8м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
     <t>18-1163</t>
   </si>
   <si>
     <t>Кабель USB-A – micro USB, 2А, 1м, в джинсовой тканевой оплетке, плоский REXANT</t>
   </si>
   <si>
-    <t>18-4300</t>
-[...2 lines deleted...]
-    <t>Кабель USB-A – micro USB, 2,4А, 1м, черный, витой REXANT</t>
+    <t>18-4268-20</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 1А, 1м, черный, длинный штекер, REXANT</t>
+  </si>
+  <si>
+    <t>18-4242</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 2,4А, 1м, в джинсовой тканевой оплетке REXANT</t>
   </si>
   <si>
     <t>18-4268</t>
   </si>
   <si>
     <t>Кабель USB-A – micro USB, 1А, 1м, ПВХ, черный REXANT</t>
   </si>
   <si>
-    <t>18-4268-20</t>
-[...16 lines deleted...]
-  <si>
     <t>18-4269</t>
   </si>
   <si>
     <t>Кабель USB-A – micro USB, 1А, 1м, ПВХ, белый REXANT</t>
   </si>
   <si>
+    <t>18-4269-20</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 1А, 1м, белый, длинный штекер REXANT</t>
+  </si>
+  <si>
     <t>18-1164</t>
   </si>
   <si>
     <t>Кабель USB-A – micro USB, 1А, 1,8м, ПВХ, белый REXANT</t>
   </si>
   <si>
-    <t>18-4269-20</t>
-[...22 lines deleted...]
-  <si>
     <t>1.3 USB-Mini</t>
   </si>
   <si>
     <t>18-4402</t>
   </si>
   <si>
     <t>Кабель USB-A – mini USB, 1А, 1м, ПВХ, черный REXANT</t>
   </si>
   <si>
+    <t>18-1131-2</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – mini USB, 1А, 0,2м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-1136</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – mini USB, 2,4А, 3м, ПВХ, серый REXANT</t>
+  </si>
+  <si>
     <t>18-1134</t>
   </si>
   <si>
     <t>Кабель USB-A – mini USB, 1А, 1,8м, ПВХ, белый REXANT</t>
   </si>
   <si>
-    <t>18-1136</t>
-[...10 lines deleted...]
-  <si>
     <t>1.4 USB-USB</t>
   </si>
   <si>
+    <t>18-1116</t>
+  </si>
+  <si>
+    <t>Кабель шт. USB-A – гн. USB-A, 2,4А, 3м, ПВХ, серый REXANT</t>
+  </si>
+  <si>
+    <t>18-1144</t>
+  </si>
+  <si>
+    <t>Кабель шт. USB-A – шт. USB-A, 2,4А, 1,8м, ПВХ, серый REXANT</t>
+  </si>
+  <si>
     <t>18-1117</t>
   </si>
   <si>
     <t>Кабель шт. USB-A – гн. USB-A, 2,4А, 5м, ПВХ, серый REXANT</t>
   </si>
   <si>
     <t>18-1114</t>
   </si>
   <si>
     <t>Кабель шт. USB-A – гн. USB-A, 2,4А, 1,8м, ПВХ, серый REXANT</t>
   </si>
   <si>
     <t>18-1146</t>
   </si>
   <si>
     <t>Кабель шт. USB-A – шт. USB-A, 2,4А, 3м, ПВХ, серый REXANT</t>
   </si>
   <si>
-    <t>18-1144</t>
-[...10 lines deleted...]
-  <si>
     <t>1.5 Универсальный</t>
   </si>
   <si>
     <t>18-7077</t>
   </si>
   <si>
     <t>Набор 5в1 кабель с переходниками REXANT</t>
   </si>
   <si>
     <t>наб.</t>
   </si>
   <si>
     <t>18-7095</t>
   </si>
   <si>
     <t>Кабель 2в1 Type-C, Type-C, Lightning 65Вт, 1м, в черной нейлоновой оплетке REXANT</t>
   </si>
   <si>
     <t>18-7094</t>
   </si>
   <si>
     <t>Кабель 4в1 USB-A, Type-C, Type-C, Lightning 65Вт, 1м, в черной нейлоновой оплетке REXANT</t>
   </si>
   <si>
     <t>1.6 USB A-B (принтер)</t>
   </si>
   <si>
     <t>18-1104</t>
   </si>
   <si>
     <t>Кабель USB-А– USB-B, 2,4А, 1,8м, ПВХ, серый REXANT</t>
   </si>
   <si>
     <t>18-1106</t>
   </si>
   <si>
     <t>Кабель USB-А– USB-B, 2,4А, 3м, ПВХ, серый REXANT</t>
   </si>
   <si>
-    <t>1.7 Type C</t>
+    <t>1.7 AUX</t>
+  </si>
+  <si>
+    <t>18-4000</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-4010</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, черный, шнур спираль REXANT</t>
+  </si>
+  <si>
+    <t>18-1110</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1105</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 0,5м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1102</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Аудиоразветвитель штекер 3,5мм на 2 по 3,5мм, 0,15м, белый REXANT </t>
+  </si>
+  <si>
+    <t>18-4014</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м белый, шнур спираль REXANT</t>
+  </si>
+  <si>
+    <t>18-2400</t>
+  </si>
+  <si>
+    <t>Адаптер AUX 3,5 мм Bluetooth REXANT</t>
+  </si>
+  <si>
+    <t>18-4084</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, синий, гелевый REXANT</t>
+  </si>
+  <si>
+    <t>18-7078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Адаптер Bluetooth 5.0 – AUX 3.5 мм REXANT </t>
+  </si>
+  <si>
+    <t>18-4071</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, черный, в тканевой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-4076</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, красный, в тканевой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-4072</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, синий, в тканевой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-4083</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, белый, гелевый REXANT</t>
+  </si>
+  <si>
+    <t>18-4080</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, черный, гелевый REXANT</t>
+  </si>
+  <si>
+    <t>18-4070</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, белый, в тканевой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-1120</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, черный, угловой REXANT</t>
+  </si>
+  <si>
+    <t>18-1100</t>
+  </si>
+  <si>
+    <t>Аудиоразветвитель штекер 3,5мм на 2 по 3,5мм, 0,3м, белый REXANT</t>
+  </si>
+  <si>
+    <t>1.8 OTG</t>
+  </si>
+  <si>
+    <t>18-1182</t>
+  </si>
+  <si>
+    <t>Кабель USB OTG, шт. micro USB – гн. USB-A, 2,4A, 0,15м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-1180</t>
+  </si>
+  <si>
+    <t>Кабель USB OTG, шт. Type-C – гн. USB-А, 2,4A, 0,15м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1181</t>
+  </si>
+  <si>
+    <t>Кабель USB OTG, шт. mini USB – гн. USB-A, 2,4A, 0,15м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>1.9 Телефонный шнур RJ</t>
+  </si>
+  <si>
+    <t>18-2041</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 4м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-3021</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 2м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-3201</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 20м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-2073</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 7м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-3251</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 25м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-3101</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 10м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-2071</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 7м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-2043</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 4м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-2021</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 2м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-3031</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 3м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-3071</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 7м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-3051</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 5м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-2023</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 2м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-3151</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 15м, белый REXANT</t>
+  </si>
+  <si>
+    <t>1.10 Шнур сетевой, евро-разъём C5/C6</t>
+  </si>
+  <si>
+    <t>11-1154</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, евровилка–евроразъем С5, кабель 3x0,5мм², 1,8м, для питания ноутбука (пакет ПВХ) REXANT</t>
+  </si>
+  <si>
+    <t>11-1155</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, евровилка–евроразъем С5, кабель 3x0,5мм², 3м, для питания ноутбука (пакет ПВХ) REXANT</t>
+  </si>
+  <si>
+    <t>11-1150</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, евровилка–евроразъем С5, кабель 3x0,75мм², 0,75м, для питания ноутбука (пакет ПВХ) REXANT</t>
+  </si>
+  <si>
+    <t>11-1152</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, евровилка–евроразъем С5, кабель 3x0,75мм², 3м, для питания ноутбука (пакет ПВХ) REXANT</t>
+  </si>
+  <si>
+    <t>11-1153</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, евровилка–евроразъем С5, кабель 3x0,5мм², 0,75м, для питания ноутбука (пакет ПВХ) REXANT</t>
+  </si>
+  <si>
+    <t>11-1151</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/7(Schuko) - разъем IEC 320 C5, кабель 3x0,75мм², 1,8м, для питания ноутбука (пакет ПВХ) REXANT</t>
+  </si>
+  <si>
+    <t>1.11 Шнур сетевой, евро-разъём C7/C8</t>
+  </si>
+  <si>
+    <t>11-1108</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,75 мм², длина 5 метров (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1101</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,5 мм², длина 1,8 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1103</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая  СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,5 мм², длина 1,5 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1104</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,75 мм², длина 1,5 метра (PVC пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1105</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,5 мм², длина 3 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1106</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,5 мм², длина 5 метров (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1107</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,75 мм², длина 3 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1102</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,75 мм², длина 1,8 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1101-8</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,5 мм², длина 1,5 метра (PE пакет) СМАРТКИП</t>
+  </si>
+  <si>
+    <t>1.12 Шнур сетевой, евро-разъём С13/C14</t>
+  </si>
+  <si>
+    <t>11-1121</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая СЕЕ 7/7(Schuko) - разъем IEC 320 C13, кабель 3x0,75 мм², длина 1,8 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1131</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая СЕЕ 7/7(Schuko) - разъем IEC 320 C13, кабель 3x0,75 мм², длина 1,8 метра (PVC пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1132</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая СЕЕ 7/7(Schuko) - разъем IEC 320 C13, кабель 3x0,75 мм², длина 3 метра (PVC пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1161</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, разъем IEC 320 C13 - разъем IEC 320 C14, кабель 3x0,75 мм², длина 1,5 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1156</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, евровилка угловая - евроразъем С13, кабель 3x0,75мм², 0,5м, черный (пакет ПВХ) REXANT</t>
+  </si>
+  <si>
+    <t>11-1136</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая СЕЕ 7/7(Schuko) - разъем IEC 320 C13, кабель 3x1,5 мм², длина 0,5 метра, черный (PVC пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1138</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая СЕЕ 7/7(Schuko) - разъем IEC 320 C13, кабель 3x1,5 мм², длина 1,5 метра, черный (PVC пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1122</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая СЕЕ 7/7(Schuko) - разъем IEC 320 C13, кабель 3x0,75 мм², длина 3 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>1.13 USB-DC</t>
+  </si>
+  <si>
+    <t>18-0235</t>
+  </si>
+  <si>
+    <t>Кабель USB штекер - DC разъем питание 1,4х3,4 мм, спираль 1,5 метра REXANT</t>
+  </si>
+  <si>
+    <t>18-0231</t>
+  </si>
+  <si>
+    <t>Кабель USB штекер - DC разъем питание 2,1х5,5 мм, длина 1,5 метра REXANT</t>
+  </si>
+  <si>
+    <t>18-1155</t>
+  </si>
+  <si>
+    <t>Кабель USB-штекер - DC-разъем питание 0,7х2,5 мм, длина 1 метр REXANT</t>
+  </si>
+  <si>
+    <t>1.14 Type C</t>
+  </si>
+  <si>
+    <t>18-1880</t>
+  </si>
+  <si>
+    <t>Кабель USB-A 3.0 – Type-C 3.1, 3А, 1м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-1895</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 3 А, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1897</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 2,1A, 1м, эко-кожа, коричневый REXANT</t>
+  </si>
+  <si>
+    <t>18-1828</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель Type-C - Type-C, 3A, 1м, ПВХ, белый REXANT </t>
+  </si>
+  <si>
+    <t>18-1829</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель Type-C - Type-C, 3A, 1м, ПВХ, черный REXANT </t>
+  </si>
+  <si>
+    <t>18-7092</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Type-C, 5А, 100Вт, 1м, в черной нейлоновой оплетке со световой индикацией REXANT</t>
+  </si>
+  <si>
+    <t>18-1835</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель Type-C - Type-C, 2,4A, 1м, нейлон, белый REXANT </t>
+  </si>
+  <si>
+    <t>18-1834</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель Type-C - Type-C, 2A, 1м, ПВХ, черный REXANT </t>
   </si>
   <si>
     <t>18-1896</t>
   </si>
   <si>
     <t>Кабель USB-A – Type-C, 3A, 1м, в темно-серой нейлоновой оплетке REXANT</t>
   </si>
   <si>
-    <t>18-1897</t>
-[...2 lines deleted...]
-    <t>Кабель USB-A – Type-C, 2,1A, 1м, эко-кожа, коричневый REXANT</t>
+    <t>18-7064</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 6А, 66Вт, 1м, в черной нейлоновой оплетке, со световой индикацией REXANT</t>
   </si>
   <si>
     <t>18-7066</t>
   </si>
   <si>
     <t>Кабель USB-A – Type-C, 5А, 50Вт, 1м, в черной нейлоновой оплетке REXANT</t>
   </si>
   <si>
+    <t>18-7070</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Type-C, 5А, 100Вт, 1м, в черной нейлоновой оплетке, с угловым штекером и световой индикацией REXANT</t>
+  </si>
+  <si>
+    <t>18-7071</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Type-C, 3A, 60Вт, 1м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7072</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Type-C, 5A, 100Вт, 1м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
     <t>18-7073</t>
   </si>
   <si>
     <t>Кабель Type-C – Type-C, 5A, 100Вт, 2м, в черной нейлоновой оплетке REXANT</t>
   </si>
   <si>
-    <t>18-1829</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Кабель Type-C - Type-C, 3A, 1м, ПВХ, черный REXANT </t>
+    <t>18-7074</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Type-С, 5A, 100Вт, 1м, в черной нейлоновой оплетке, с LED дисплеем REXANT</t>
+  </si>
+  <si>
+    <t>18-1899</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 2,1A, 1м, в серебрянной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-1881-1</t>
+  </si>
+  <si>
+    <t>Кабель USB-A 2.0 – Type-C 3.1, 0,5А, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-7063</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 6А, 120Вт, 1м, в черной нейлоновой оплетке REXANT</t>
   </si>
   <si>
     <t>18-1830</t>
   </si>
   <si>
     <t>Кабель Type-C - Type-C, 3А, 45Вт, 1м, ПВХ, белый, Power Delivery REXANT</t>
   </si>
   <si>
-    <t>18-1828</t>
-[...4 lines deleted...]
-  <si>
     <t>18-1831</t>
   </si>
   <si>
     <t>Кабель Type-C - Type-C, 3А, 60Вт, 1м, ПВХ, белый, Power Delivery REXANT</t>
   </si>
   <si>
+    <t>18-1882</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 3A, 2м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1888</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 2,4A, 1м, ПВХ, черный, плоский REXANT</t>
+  </si>
+  <si>
+    <t>18-1881</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 2А, 1м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-7065</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 3А, 18Вт, 1м, в черной нейлоновой оплетке, с LED подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>18-7067</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 5А, 100Вт, 1м, в белой нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-1832</t>
+  </si>
+  <si>
+    <t>Кабель Type-C - Type-C, 3А, 100Вт, 1м, ПВХ, белый, Power Delivery REXANT</t>
+  </si>
+  <si>
     <t>18-1833</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель Type-C - Type-C, 2A, 1м, ПВХ, белый REXANT </t>
   </si>
   <si>
-    <t>18-1834</t>
-[...22 lines deleted...]
-  <si>
     <t>18-1884</t>
   </si>
   <si>
     <t>Кабель USB-A – Type-C, 2,4A, 1м, в серебрянной нейлоновой оплетке REXANT</t>
-  </si>
-[...469 lines deleted...]
-    <t>Кабель USB штекер - DC разъем питание 1,4х3,4 мм, спираль 1,5 метра REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1389,56 +1398,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-serebristoy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-siney-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-2-4a-1m-v-neylonovoy-grafitovoy-opletke-power-delivery-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-2-4a-1m-pvh-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-beloy-neylonovoy-opletke-ploskiy-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2a-1m-v-matovoy-stalnoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-original-chip-mfi-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-neylon-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-pvh-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-siney-neylonovoy-opletke-ploskiy-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-zolotoy-metallicheskoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-neylonovoy-opletke-dzhinsovaya-tkan-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-neylonovoy-seroy-opletke-power-delivery-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-metallicheskoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-s-led-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-beloy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-6a-lightning-2-4a-micro-usb-3a-1-2m-v-chernoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-c-led-displeem-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-chernoy-neylonovoy-opletke-s-led-displeem-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-3a-lightning-2-4a-micro-usb-2a-1m-pvh-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-lightning-type-c-3a-1m-pvh-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-2m-pvh-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-so-semnymi-magnitnymi-portami-type-s-2a-lightning-2-4a-micro-usb-2a-1-2m-v-chernoy-opl.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-4v1-usb-a-type-c-lightning-type-c-60vt-1m-v-chernoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-1m-pvh-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2a-1m-v-dzhinsovoy-tkanevoy-opletke-ploskiy-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-1m-chernyy-vitoy-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-pvh-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-chernyy-dlinnyy-shteker-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-1m-v-dzhinsovoy-tkanevoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-1m-belyy-vitoy-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-pvh-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1-8m-pvh-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-belyy-dlinnyy-shteker-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1-8m-pvh-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-0-2m-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-3m-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-1a-1m-pvh-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-1a-1-8m-pvh-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-2-4a-3m-pvh-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-1a-0-2m-pvh-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-gn-usb-a-2-4a-5m-pvh-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-gn-usb-a-2-4a-1-8m-pvh-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-sht-usb-a-2-4a-3m-pvh-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-sht-usb-a-2-4a-1-8m-pvh-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-gn-usb-a-2-4a-3m-pvh-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-5v1-kabel-s-perehodnikami-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-2v1-type-c-type-c-lightning-65vt-1m-v-chernoy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-4v1-usb-a-type-c-type-c-lightning-65vt-1m-v-chernoy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-usb-b-2-4a-1-8m-pvh-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-usb-b-2-4a-3m-pvh-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3a-1m-v-temno-seroy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-1a-1m-eko-kozha-korichnevyy-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-5a-50vt-1m-v-chernoy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-2m-v-chernoy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-1m-pvh-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-45vt-1m-pvh-belyy-power-delivery-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-1m-pvh-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-60vt-1m-pvh-belyy-power-delivery-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-2a-1m-pvh-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-2a-1m-pvh-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-2-4a-1m-neylon-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3-a-1m-pvh-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-1a-1m-v-serebryannoy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-4a-1m-v-serebryannoy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-100vt-1m-pvh-belyy-power-delivery-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2a-1m-pvh-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-4a-1m-pvh-chernyy-ploskiy-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-3-0-type-c-3-1-3a-1m-pvh-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-2-0-type-c-3-1-0-5a-1m-pvh-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3a-18vt-1m-v-chernoy-neylonovoy-opletke-s-led-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-5a-100vt-1m-v-beloy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-6a-66vt-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-1m-v-chernoy-neylonovoy-opletke-s-uglovym-shtekerom-i-svetovoy-indikats.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-60vt-1m-v-chernoy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-6a-120vt-1m-v-chernoy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-s-5a-100vt-1m-v-chernoy-neylonovoy-opletke-s-led-displeem-rexant.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3a-2m-pvh-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-1m-v-chernoy-neylonovoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-shnur-spiral-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-shnur-spiral-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-v-tkanevoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-krasnyy-v-tkanevoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-siniy-v-tkanevoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-siniy-gelevyy-rexant.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-uglovoy-rexant.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiorazvetvitel-shteker-3-5mm-na-2-po-3-5mm-0-3m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiorazvetvitel-shteker-3-5mm-na-2-po-3-5mm-0-15m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-0-5m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-gelevyy-rexant.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-v-tkanevoy-opletke-rexant.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-gelevyy-rexant.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-aux-3-5-mm-bluetooth-rexant.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-bluetooth-5-0-aux-3-5-mm-rexant.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-otg-sht-type-c-gn-usb-a-2-4a-0-15m-pvh-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-otg-sht-micro-usb-gn-usb-a-2-4a-0-15m-pvh-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-otg-sht-mini-usb-gn-usb-a-2-4a-0-15m-pvh-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-7m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-2m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-10m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-15m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-7m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-4m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-7m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-25m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-20m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-2m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-4m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-5m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-2m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-3m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-7-schuko-razem-iec-320-c5-kabel-3x0-75mm-1-8m-dlya-pitaniya-noutbuka-paket.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-5mm-1-8m-dlya-pitaniya-noutbuka-paket-pvh-rexant.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-75mm-0-75m-dlya-pitaniya-noutbuka-paket-pvh-rexant.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-75mm-3m-dlya-pitaniya-noutbuka-paket-pvh-rexant.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-5mm-3m-dlya-pitaniya-noutbuka-paket-pvh-rexant.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-5mm-0-75m-dlya-pitaniya-noutbuka-paket-pvh-rexant.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-16-razem-iec-320-c7-kabel-2x0-5-mm-dlina-1-5-metra-pe-paket-rexan.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-5-mm-dlina-3-metra-pe-paket-rexant.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-75-mm-dlina-3-metra-pe-paket-rexant.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-16-razem-iec-320-c7-kabel-2x0-75-mm-dlina-1-5-metra-pvc-paket-rex.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-5-mm-dlina-5-metrov-pe-paket-rexant.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-75-mm-dlina-5-metrov-pe-paket-rexant.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-5-mm-dlina-1-8-metra-pe-paket-rexant.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-75-mm-dlina-1-8-metra-pe-paket-rexant.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-5-mm-dlina-1-5-metra-pe-paket-smartkip.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-razem-iec-320-c13-razem-iec-320-c14-kabel-3x0-75-mm-dlina-1-5-metra-pe-paket-rexant.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x1-5-mm-dlina-0-5-metra-chernyy.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x1-5-mm-dlina-1-5-metra-chernyy.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-1-8-metra-pe-pak.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-3-metra-pe-paket.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-1-8-metra-pvc-pa.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-3-metra-pvc-pake.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-uglovaya-evrorazem-s13-kabel-3x0-75mm-0-5m-chernyy-paket-pvh-rexant.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-shteker-dc-razem-pitanie-0-7h2-5-mm-dlina-1-metr-rexant.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-shteker-dc-razem-pitanie-2-1h5-5-mm-dlina-1-5-metra-rexant.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-shteker-dc-razem-pitanie-1-4h3-4-mm-spiral-1-5-metra-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-beloy-neylonovoy-opletke-ploskiy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-2-4a-1m-v-neylonovoy-grafitovoy-opletke-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-rexant-2" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-neylonovoy-seroy-opletke-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2a-1m-v-matovoy-stalnoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-6a-lightning-2-4a-micro-usb-3a-1-2m-v-chernoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-siney-neylonovoy-opletke-ploskiy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-so-semnymi-magnitnymi-portami-type-s-2a-lightning-2-4a-micro-usb-2a-1-2m-v-chernoy-opl" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-chernoy-neylonovoy-opletke-s-led-displeem-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-2-4a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-2m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-3a-lightning-2-4a-micro-usb-2a-1m-pvh-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-4v1-usb-a-type-c-lightning-type-c-60vt-1m-v-chernoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-beloy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-siney-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-s-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-c-led-displeem-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-original-chip-mfi-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-lightning-type-c-3a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-zolotoy-metallicheskoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-serebristoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-neylonovoy-opletke-dzhinsovaya-tkan-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-neylon-seryy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-metallicheskoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-chernyy-rexant-2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-0-2m-seryy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-3m-seryy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-1m-chernyy-vitoy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-1m-belyy-vitoy-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1-8m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2a-1m-v-dzhinsovoy-tkanevoy-opletke-ploskiy-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-chernyy-dlinnyy-shteker-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-1m-v-dzhinsovoy-tkanevoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-belyy-dlinnyy-shteker-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1-8m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-1a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-1a-0-2m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-2-4a-3m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-1a-1-8m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-gn-usb-a-2-4a-3m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-sht-usb-a-2-4a-1-8m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-gn-usb-a-2-4a-5m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-gn-usb-a-2-4a-1-8m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-sht-usb-a-2-4a-3m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-5v1-kabel-s-perehodnikami-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-2v1-type-c-type-c-lightning-65vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-4v1-usb-a-type-c-type-c-lightning-65vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-usb-b-2-4a-1-8m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-usb-b-2-4a-3m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-shnur-spiral-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-0-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiorazvetvitel-shteker-3-5mm-na-2-po-3-5mm-0-15m-belyy-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-shnur-spiral-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-aux-3-5-mm-bluetooth-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-siniy-gelevyy-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-bluetooth-5-0-aux-3-5-mm-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-v-tkanevoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-krasnyy-v-tkanevoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-siniy-v-tkanevoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-gelevyy-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-gelevyy-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-v-tkanevoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-uglovoy-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiorazvetvitel-shteker-3-5mm-na-2-po-3-5mm-0-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-otg-sht-micro-usb-gn-usb-a-2-4a-0-15m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-otg-sht-type-c-gn-usb-a-2-4a-0-15m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-otg-sht-mini-usb-gn-usb-a-2-4a-0-15m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-4m-belyy-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-2m-belyy-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-20m-belyy-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-7m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-25m-belyy-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-10m-belyy-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-7m-belyy-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-4m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-2m-belyy-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-7m-belyy-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-2m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-15m-belyy-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-5mm-1-8m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-5mm-3m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-75mm-0-75m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-75mm-3m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-5mm-0-75m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-7-schuko-razem-iec-320-c5-kabel-3x0-75mm-1-8m-dlya-pitaniya-noutbuka-paket" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-75-mm-dlina-5-metrov-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-5-mm-dlina-1-8-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-16-razem-iec-320-c7-kabel-2x0-5-mm-dlina-1-5-metra-pe-paket-rexan" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-16-razem-iec-320-c7-kabel-2x0-75-mm-dlina-1-5-metra-pvc-paket-rex" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-5-mm-dlina-3-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-5-mm-dlina-5-metrov-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-75-mm-dlina-3-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-75-mm-dlina-1-8-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-5-mm-dlina-1-5-metra-pe-paket-smartkip" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-1-8-metra-pe-pak" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-1-8-metra-pvc-pa" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-3-metra-pvc-pake" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-razem-iec-320-c13-razem-iec-320-c14-kabel-3x0-75-mm-dlina-1-5-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-uglovaya-evrorazem-s13-kabel-3x0-75mm-0-5m-chernyy-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x1-5-mm-dlina-0-5-metra-chernyy" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x1-5-mm-dlina-1-5-metra-chernyy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-3-metra-pe-paket" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-shteker-dc-razem-pitanie-1-4h3-4-mm-spiral-1-5-metra-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-shteker-dc-razem-pitanie-2-1h5-5-mm-dlina-1-5-metra-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-shteker-dc-razem-pitanie-0-7h2-5-mm-dlina-1-metr-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-3-0-type-c-3-1-3a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3-a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-1a-1m-eko-kozha-korichnevyy-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-2-4a-1m-neylon-belyy-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-2a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3a-1m-v-temno-seroy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-6a-66vt-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-5a-50vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-1m-v-chernoy-neylonovoy-opletke-s-uglovym-shtekerom-i-svetovoy-indikats" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-60vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-2m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-s-5a-100vt-1m-v-chernoy-neylonovoy-opletke-s-led-displeem-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-1a-1m-v-serebryannoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-2-0-type-c-3-1-0-5a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-6a-120vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-45vt-1m-pvh-belyy-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-60vt-1m-pvh-belyy-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3a-2m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-4a-1m-pvh-chernyy-ploskiy-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3a-18vt-1m-v-chernoy-neylonovoy-opletke-s-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-5a-100vt-1m-v-beloy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-100vt-1m-pvh-belyy-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-2a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-4a-1m-v-serebryannoy-neylonovoy-opletke-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I161"/>
+  <dimension ref="A1:I163"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1470,4580 +1479,4640 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>369</v>
+        <v>233.91</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1812</v>
+        <v>1076</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>425.12</v>
+        <v>202.89</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>178</v>
+        <v>1594</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>462</v>
+        <v>249.17</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>958</v>
+        <v>793</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>210</v>
+        <v>213.57</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>1160</v>
+        <v>5430</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>369</v>
+        <v>213.57</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1465</v>
+        <v>890</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>255.33</v>
+        <v>307.65</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>178</v>
+        <v>1496</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>1799</v>
+        <v>259.67</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>1337</v>
+        <v>15</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>308.57</v>
+        <v>914.28</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
+        <v>1008</v>
+      </c>
+      <c r="G11" s="3">
+        <v>1</v>
+      </c>
+      <c r="H11" s="3">
+        <v>110</v>
+      </c>
+      <c r="I11" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>240</v>
+        <v>292.9</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>344</v>
+        <v>1427</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>369</v>
+        <v>558.33</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>997</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>200</v>
+        <v>171</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>400.04</v>
+        <v>710.88</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>1557</v>
+        <v>1</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>369</v>
+        <v>558.33</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>1477</v>
+        <v>1590</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>369</v>
+        <v>253.23</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>841</v>
+        <v>906</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>100</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>301.19</v>
+        <v>292.9</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>819</v>
+        <v>1990</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>318.43</v>
+        <v>253.23</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>1626</v>
+        <v>47</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>369</v>
+        <v>325.44</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>2647</v>
+        <v>281</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>449</v>
+        <v>390.53</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>1671</v>
+        <v>4536</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>171</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>449</v>
+        <v>390.53</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>2925</v>
+        <v>2784</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>171</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>899</v>
+        <v>202.38</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>326</v>
+        <v>50</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="I22" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>449</v>
+        <v>456.63</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>380</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>171</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>799</v>
+        <v>456.63</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>264</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>171</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>799</v>
+        <v>589.86</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>707</v>
+        <v>754</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>171</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>333</v>
+        <v>1129.43</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>880</v>
+        <v>1455</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>200</v>
       </c>
       <c r="I26" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>449</v>
+        <v>213.57</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>3812</v>
+        <v>93</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>200</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>289</v>
+        <v>213.57</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>2426</v>
+        <v>3328</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>200</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>449</v>
+        <v>337.75</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>4746</v>
+        <v>810</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C30" s="3">
-        <v>549</v>
+        <v>375.27</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>354</v>
+        <v>1738</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C31" s="3">
-        <v>599</v>
+        <v>306.31</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>1812</v>
+        <v>505</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C32" s="3">
-        <v>499</v>
+        <v>313.82</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>1802</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A33" s="2" t="s">
+      <c r="A33" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="B33" s="2"/>
-[...6 lines deleted...]
-      <c r="I33" s="2"/>
+      <c r="B33" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="C33" s="3">
+        <v>375.27</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F33" s="3">
+        <v>2254</v>
+      </c>
+      <c r="G33" s="3">
+        <v>1</v>
+      </c>
+      <c r="H33" s="3">
+        <v>100</v>
+      </c>
+      <c r="I33" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>73</v>
+        <v>16</v>
       </c>
       <c r="C34" s="3">
-        <v>288</v>
+        <v>213.57</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>1684</v>
+        <v>1890</v>
       </c>
       <c r="G34" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>500</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A35" s="3" t="s">
+      <c r="A35" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B35" s="2"/>
+      <c r="C35" s="2"/>
+      <c r="D35" s="2"/>
+      <c r="E35" s="2"/>
+      <c r="F35" s="2"/>
+      <c r="G35" s="2"/>
+      <c r="H35" s="2"/>
+      <c r="I35" s="2"/>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="3">
-        <v>630.53</v>
+        <v>138.59</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>34</v>
+        <v>3420</v>
       </c>
       <c r="G36" s="3">
         <v>10</v>
       </c>
       <c r="H36" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="3">
-        <v>234.02</v>
+        <v>426.12</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>6860</v>
+        <v>906</v>
       </c>
       <c r="G37" s="3">
         <v>10</v>
       </c>
       <c r="H37" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="3">
-        <v>150</v>
+        <v>641.25</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>1393</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H38" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="3">
-        <v>444.28</v>
+        <v>430.5</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>1693</v>
+        <v>102</v>
       </c>
       <c r="G39" s="3">
         <v>10</v>
       </c>
       <c r="H39" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="3">
-        <v>445.58</v>
+        <v>292.9</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>96</v>
+        <v>1549</v>
       </c>
       <c r="G40" s="3">
         <v>10</v>
       </c>
       <c r="H40" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="B41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="3">
-        <v>199</v>
+        <v>273.67</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>2711</v>
+        <v>3207</v>
       </c>
       <c r="G41" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H41" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="3">
-        <v>299</v>
+        <v>365.2</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>1996</v>
+        <v>1361</v>
       </c>
       <c r="G42" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="3">
-        <v>188.36</v>
+        <v>152.55</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>767</v>
+        <v>1093</v>
       </c>
       <c r="G43" s="3">
         <v>20</v>
       </c>
       <c r="H43" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3">
-        <v>299</v>
+        <v>406.65</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>3275</v>
+        <v>1689</v>
       </c>
       <c r="G44" s="3">
         <v>10</v>
       </c>
       <c r="H44" s="3">
         <v>100</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>151.42</v>
+        <v>132.21</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>3722</v>
+        <v>1367</v>
       </c>
       <c r="G45" s="3">
         <v>10</v>
       </c>
       <c r="H45" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="B46" s="3" t="s">
+      <c r="C46" s="3">
+        <v>202.38</v>
+      </c>
+      <c r="D46" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F46" s="3">
+        <v>2469</v>
+      </c>
+      <c r="G46" s="3">
+        <v>1</v>
+      </c>
+      <c r="H46" s="3">
+        <v>500</v>
+      </c>
+      <c r="I46" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="C46" s="3">
-[...22 lines deleted...]
-      <c r="A47" s="2" t="s">
+      <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="B47" s="2"/>
-[...6 lines deleted...]
-      <c r="I47" s="2"/>
+      <c r="C47" s="3">
+        <v>181.98</v>
+      </c>
+      <c r="D47" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F47" s="3">
+        <v>727</v>
+      </c>
+      <c r="G47" s="3">
+        <v>20</v>
+      </c>
+      <c r="H47" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I47" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>251.8</v>
+        <v>288.88</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>2244</v>
+        <v>1859</v>
       </c>
       <c r="G48" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H48" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A49" s="3" t="s">
+      <c r="A49" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B49" s="2"/>
+      <c r="C49" s="2"/>
+      <c r="D49" s="2"/>
+      <c r="E49" s="2"/>
+      <c r="F49" s="2"/>
+      <c r="G49" s="2"/>
+      <c r="H49" s="2"/>
+      <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>279.32</v>
+        <v>256.08</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>4393</v>
+        <v>1903</v>
       </c>
       <c r="G50" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>130.35</v>
+        <v>132.57</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>8878</v>
+        <v>9861</v>
       </c>
       <c r="G51" s="3">
         <v>10</v>
       </c>
       <c r="H51" s="3">
         <v>1000</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A52" s="2" t="s">
+      <c r="A52" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="B52" s="2"/>
-[...6 lines deleted...]
-      <c r="I52" s="2"/>
+      <c r="C52" s="3">
+        <v>284.07</v>
+      </c>
+      <c r="D52" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F52" s="3">
+        <v>4328</v>
+      </c>
+      <c r="G52" s="3">
+        <v>10</v>
+      </c>
+      <c r="H52" s="3">
+        <v>200</v>
+      </c>
+      <c r="I52" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C53" s="3">
-        <v>467.17</v>
+        <v>293.91</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>2476</v>
+        <v>1520</v>
       </c>
       <c r="G53" s="3">
         <v>10</v>
       </c>
       <c r="H53" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A54" s="3" t="s">
+      <c r="A54" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B54" s="2"/>
+      <c r="C54" s="2"/>
+      <c r="D54" s="2"/>
+      <c r="E54" s="2"/>
+      <c r="F54" s="2"/>
+      <c r="G54" s="2"/>
+      <c r="H54" s="2"/>
+      <c r="I54" s="2"/>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3">
-        <v>264.85</v>
+        <v>379.93</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>3091</v>
+        <v>190</v>
       </c>
       <c r="G55" s="3">
         <v>10</v>
       </c>
       <c r="H55" s="3">
         <v>200</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>240.53</v>
+        <v>244.62</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>5740</v>
+        <v>5136</v>
       </c>
       <c r="G56" s="3">
         <v>10</v>
       </c>
       <c r="H56" s="3">
         <v>250</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="B57" s="3" t="s">
+      <c r="C57" s="3">
+        <v>475.11</v>
+      </c>
+      <c r="D57" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F57" s="3">
+        <v>2124</v>
+      </c>
+      <c r="G57" s="3">
+        <v>10</v>
+      </c>
+      <c r="H57" s="3">
+        <v>100</v>
+      </c>
+      <c r="I57" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A58" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="C57" s="3">
-[...22 lines deleted...]
-      <c r="A58" s="2" t="s">
+      <c r="B58" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="B58" s="2"/>
-[...6 lines deleted...]
-      <c r="I58" s="2"/>
+      <c r="C58" s="3">
+        <v>244.62</v>
+      </c>
+      <c r="D58" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F58" s="3">
+        <v>2870</v>
+      </c>
+      <c r="G58" s="3">
+        <v>10</v>
+      </c>
+      <c r="H58" s="3">
+        <v>250</v>
+      </c>
+      <c r="I58" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C59" s="3">
-        <v>799</v>
+        <v>269.35</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F59" s="3">
+        <v>2769</v>
+      </c>
+      <c r="G59" s="3">
+        <v>10</v>
+      </c>
+      <c r="H59" s="3">
+        <v>200</v>
+      </c>
+      <c r="I59" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A60" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="F59" s="3">
-[...39 lines deleted...]
-      </c>
+      <c r="B60" s="2"/>
+      <c r="C60" s="2"/>
+      <c r="D60" s="2"/>
+      <c r="E60" s="2"/>
+      <c r="F60" s="2"/>
+      <c r="G60" s="2"/>
+      <c r="H60" s="2"/>
+      <c r="I60" s="2"/>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="C61" s="3">
+        <v>812.58</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="B61" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F61" s="3">
-        <v>1989</v>
+        <v>237</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="I61" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A62" s="2" t="s">
+      <c r="A62" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="B62" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="B62" s="2"/>
-[...6 lines deleted...]
-      <c r="I62" s="2"/>
+      <c r="C62" s="3">
+        <v>456.63</v>
+      </c>
+      <c r="D62" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F62" s="3">
+        <v>2695</v>
+      </c>
+      <c r="G62" s="3">
+        <v>1</v>
+      </c>
+      <c r="H62" s="3">
+        <v>171</v>
+      </c>
+      <c r="I62" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C63" s="3">
-        <v>246.2</v>
+        <v>660.03</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>11758</v>
+        <v>1880</v>
       </c>
       <c r="G63" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H63" s="3">
+        <v>171</v>
+      </c>
+      <c r="I63" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A64" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="B64" s="2"/>
+      <c r="C64" s="2"/>
+      <c r="D64" s="2"/>
+      <c r="E64" s="2"/>
+      <c r="F64" s="2"/>
+      <c r="G64" s="2"/>
+      <c r="H64" s="2"/>
+      <c r="I64" s="2"/>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A65" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="B65" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="C65" s="3">
+        <v>250.39</v>
+      </c>
+      <c r="D65" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F65" s="3">
+        <v>10333</v>
+      </c>
+      <c r="G65" s="3">
+        <v>10</v>
+      </c>
+      <c r="H65" s="3">
         <v>250</v>
       </c>
-      <c r="I63" s="3">
-[...43 lines deleted...]
-      <c r="I65" s="2"/>
+      <c r="I65" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C66" s="3">
-        <v>369</v>
+        <v>311.18</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>3920</v>
+        <v>3587</v>
       </c>
       <c r="G66" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H66" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A67" s="3" t="s">
+      <c r="A67" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="B67" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B67" s="2"/>
+      <c r="C67" s="2"/>
+      <c r="D67" s="2"/>
+      <c r="E67" s="2"/>
+      <c r="F67" s="2"/>
+      <c r="G67" s="2"/>
+      <c r="H67" s="2"/>
+      <c r="I67" s="2"/>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="B68" s="3" t="s">
         <v>136</v>
       </c>
-      <c r="B68" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68" s="3">
-        <v>649</v>
+        <v>142.38</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>2133</v>
+        <v>1426</v>
       </c>
       <c r="G68" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H68" s="3">
-        <v>171</v>
+        <v>500</v>
       </c>
       <c r="I68" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="B69" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="B69" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69" s="3">
-        <v>849</v>
+        <v>309.1</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>0</v>
+        <v>1390</v>
       </c>
       <c r="G69" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H69" s="3">
-        <v>171</v>
+        <v>500</v>
       </c>
       <c r="I69" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="B70" s="3" t="s">
         <v>140</v>
       </c>
-      <c r="B70" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70" s="3">
-        <v>240</v>
+        <v>101.7</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>623</v>
+        <v>1112</v>
       </c>
       <c r="G70" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H70" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="B71" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="B71" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" s="3">
-        <v>240</v>
+        <v>128.56</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>0</v>
+        <v>3983</v>
       </c>
       <c r="G71" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H71" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="B72" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="B72" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72" s="3">
-        <v>240</v>
+        <v>214.22</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>609</v>
+        <v>0</v>
       </c>
       <c r="G72" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H72" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="B73" s="3" t="s">
         <v>146</v>
       </c>
-      <c r="B73" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73" s="3">
-        <v>369</v>
+        <v>152.55</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>1672</v>
+        <v>1186</v>
       </c>
       <c r="G73" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H73" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="B74" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="B74" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" s="3">
-        <v>240</v>
+        <v>1048.87</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>4291</v>
+        <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="B75" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="B75" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" s="3">
-        <v>240</v>
+        <v>166.23</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>4367</v>
+        <v>1184</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="B76" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="B76" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" s="3">
-        <v>369</v>
+        <v>1118.7</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>4932</v>
+        <v>417</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>200</v>
+        <v>183</v>
       </c>
       <c r="I76" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="B77" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="B77" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77" s="3">
-        <v>369</v>
+        <v>192.89</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>4475</v>
+        <v>3922</v>
       </c>
       <c r="G77" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H77" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="B78" s="3" t="s">
         <v>156</v>
       </c>
-      <c r="B78" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78" s="3">
-        <v>240</v>
+        <v>192.89</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>1384</v>
+        <v>359</v>
       </c>
       <c r="G78" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H78" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B79" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="B79" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79" s="3">
-        <v>240</v>
+        <v>192.89</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>2315</v>
+        <v>730</v>
       </c>
       <c r="G79" s="3">
         <v>10</v>
       </c>
       <c r="H79" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="B80" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="B80" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80" s="3">
-        <v>462</v>
+        <v>122.04</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>2683</v>
+        <v>1782</v>
       </c>
       <c r="G80" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H80" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="B81" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="B81" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81" s="3">
-        <v>210</v>
+        <v>166.23</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>5005</v>
+        <v>494</v>
       </c>
       <c r="G81" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H81" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="B82" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="B82" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82" s="3">
-        <v>240</v>
+        <v>142.38</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>2096</v>
+        <v>1966</v>
       </c>
       <c r="G82" s="3">
         <v>10</v>
       </c>
       <c r="H82" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="B83" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="B83" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83" s="3">
-        <v>369</v>
+        <v>101.7</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>3822</v>
+        <v>2401</v>
       </c>
       <c r="G83" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H83" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="B84" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="B84" s="3" t="s">
+      <c r="C84" s="3">
+        <v>311.9</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F84" s="3">
+        <v>827</v>
+      </c>
+      <c r="G84" s="3">
+        <v>10</v>
+      </c>
+      <c r="H84" s="3">
+        <v>500</v>
+      </c>
+      <c r="I84" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A85" s="2" t="s">
         <v>169</v>
       </c>
-      <c r="C84" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B85" s="2"/>
+      <c r="C85" s="2"/>
+      <c r="D85" s="2"/>
+      <c r="E85" s="2"/>
+      <c r="F85" s="2"/>
+      <c r="G85" s="2"/>
+      <c r="H85" s="2"/>
+      <c r="I85" s="2"/>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C86" s="3">
-        <v>499</v>
+        <v>143.52</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>1209</v>
+        <v>1392</v>
       </c>
       <c r="G86" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H86" s="3">
-        <v>171</v>
+        <v>500</v>
       </c>
       <c r="I86" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C87" s="3">
-        <v>499</v>
+        <v>395.94</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>3240</v>
+        <v>3461</v>
       </c>
       <c r="G87" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H87" s="3">
-        <v>171</v>
+        <v>640</v>
       </c>
       <c r="I87" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="B88" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="C88" s="3">
+        <v>147.38</v>
+      </c>
+      <c r="D88" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F88" s="3">
+        <v>0</v>
+      </c>
+      <c r="G88" s="3">
+        <v>10</v>
+      </c>
+      <c r="H88" s="3">
+        <v>500</v>
+      </c>
+      <c r="I88" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A89" s="2" t="s">
         <v>176</v>
       </c>
-      <c r="B88" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B89" s="2"/>
+      <c r="C89" s="2"/>
+      <c r="D89" s="2"/>
+      <c r="E89" s="2"/>
+      <c r="F89" s="2"/>
+      <c r="G89" s="2"/>
+      <c r="H89" s="2"/>
+      <c r="I89" s="2"/>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C90" s="3">
-        <v>499</v>
+        <v>156.2</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>8</v>
+        <v>8092</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="I90" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="C91" s="3">
-        <v>749</v>
+        <v>71.66</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>0</v>
+        <v>6127</v>
       </c>
       <c r="G91" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H91" s="3">
-        <v>171</v>
+        <v>400</v>
       </c>
       <c r="I91" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="C92" s="3">
-        <v>443.26</v>
+        <v>550.18</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>1672</v>
+        <v>1609</v>
       </c>
       <c r="G92" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H92" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I92" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C93" s="3">
-        <v>599</v>
+        <v>328.02</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>965</v>
+        <v>970</v>
       </c>
       <c r="G93" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H93" s="3">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="I93" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="B94" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="C94" s="3">
+        <v>511.98</v>
+      </c>
+      <c r="D94" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F94" s="3">
+        <v>80</v>
+      </c>
+      <c r="G94" s="3">
+        <v>1</v>
+      </c>
+      <c r="H94" s="3">
+        <v>50</v>
+      </c>
+      <c r="I94" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A95" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="B95" s="3" t="s">
         <v>188</v>
       </c>
-      <c r="B94" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I95" s="2"/>
+      <c r="C95" s="3">
+        <v>318.53</v>
+      </c>
+      <c r="D95" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F95" s="3">
+        <v>2255</v>
+      </c>
+      <c r="G95" s="3">
+        <v>10</v>
+      </c>
+      <c r="H95" s="3">
+        <v>100</v>
+      </c>
+      <c r="I95" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="C96" s="3">
-        <v>303.93</v>
+        <v>328.02</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>1327</v>
+        <v>1744</v>
       </c>
       <c r="G96" s="3">
         <v>10</v>
       </c>
       <c r="H96" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="C97" s="3">
-        <v>357.15</v>
+        <v>156.2</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>1566</v>
+        <v>10906</v>
       </c>
       <c r="G97" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="C98" s="3">
-        <v>303.93</v>
+        <v>94.99</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>1564</v>
+        <v>9941</v>
       </c>
       <c r="G98" s="3">
         <v>10</v>
       </c>
       <c r="H98" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="C99" s="3">
-        <v>189.67</v>
+        <v>98.06</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>4518</v>
+        <v>14307</v>
       </c>
       <c r="G99" s="3">
         <v>10</v>
       </c>
       <c r="H99" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="C100" s="3">
-        <v>189.67</v>
+        <v>236.25</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>1422</v>
+        <v>989</v>
       </c>
       <c r="G100" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>1000</v>
+        <v>150</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="C101" s="3">
-        <v>189.67</v>
+        <v>150.35</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>775</v>
+        <v>3758</v>
       </c>
       <c r="G101" s="3">
         <v>10</v>
       </c>
       <c r="H101" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C102" s="3">
-        <v>163.45</v>
+        <v>94.9</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>1285</v>
+        <v>22812</v>
       </c>
       <c r="G102" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H102" s="3">
-        <v>1000</v>
+        <v>300</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="B103" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="C103" s="3">
+        <v>399.79</v>
+      </c>
+      <c r="D103" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F103" s="3">
+        <v>1143</v>
+      </c>
+      <c r="G103" s="3">
+        <v>10</v>
+      </c>
+      <c r="H103" s="3">
+        <v>100</v>
+      </c>
+      <c r="I103" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A104" s="2" t="s">
         <v>205</v>
       </c>
-      <c r="B103" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B104" s="2"/>
+      <c r="C104" s="2"/>
+      <c r="D104" s="2"/>
+      <c r="E104" s="2"/>
+      <c r="F104" s="2"/>
+      <c r="G104" s="2"/>
+      <c r="H104" s="2"/>
+      <c r="I104" s="2"/>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="C105" s="3">
-        <v>210.64</v>
+        <v>254.25</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>2480</v>
+        <v>843</v>
       </c>
       <c r="G105" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I105" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="C106" s="3">
-        <v>140.46</v>
+        <v>274.59</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>4204</v>
+        <v>840</v>
       </c>
       <c r="G106" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>500</v>
+        <v>80</v>
       </c>
       <c r="I106" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="C107" s="3">
-        <v>287.57</v>
+        <v>193.23</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>1372</v>
+        <v>698</v>
       </c>
       <c r="G107" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I107" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="C108" s="3">
-        <v>163.45</v>
+        <v>294.93</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>1675</v>
+        <v>973</v>
       </c>
       <c r="G108" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>1000</v>
+        <v>80</v>
       </c>
       <c r="I108" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="C109" s="3">
-        <v>189.67</v>
+        <v>172.89</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>2217</v>
+        <v>960</v>
       </c>
       <c r="G109" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I109" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="C110" s="3">
-        <v>163.45</v>
+        <v>774.3</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>2078</v>
+        <v>3164</v>
       </c>
       <c r="G110" s="3">
         <v>10</v>
       </c>
       <c r="H110" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A111" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A111" s="2" t="s">
+        <v>218</v>
+      </c>
+      <c r="B111" s="2"/>
+      <c r="C111" s="2"/>
+      <c r="D111" s="2"/>
+      <c r="E111" s="2"/>
+      <c r="F111" s="2"/>
+      <c r="G111" s="2"/>
+      <c r="H111" s="2"/>
+      <c r="I111" s="2"/>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="C112" s="3">
-        <v>1100</v>
+        <v>364.28</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>569</v>
+        <v>0</v>
       </c>
       <c r="G112" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H112" s="3">
-        <v>183</v>
+        <v>50</v>
       </c>
       <c r="I112" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A113" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I113" s="2"/>
+      <c r="A113" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="B113" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="C113" s="3">
+        <v>122.04</v>
+      </c>
+      <c r="D113" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F113" s="3">
+        <v>41213</v>
+      </c>
+      <c r="G113" s="3">
+        <v>10</v>
+      </c>
+      <c r="H113" s="3">
+        <v>250</v>
+      </c>
+      <c r="I113" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="C114" s="3">
-        <v>389.32</v>
+        <v>232.73</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>2536</v>
+        <v>0</v>
       </c>
       <c r="G114" s="3">
         <v>10</v>
       </c>
       <c r="H114" s="3">
-        <v>640</v>
+        <v>250</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="C115" s="3">
-        <v>141.12</v>
+        <v>664.85</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>1637</v>
+        <v>321</v>
       </c>
       <c r="G115" s="3">
         <v>10</v>
       </c>
       <c r="H115" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="B116" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="C116" s="3">
+        <v>283.07</v>
+      </c>
+      <c r="D116" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F116" s="3">
+        <v>1665</v>
+      </c>
+      <c r="G116" s="3">
+        <v>10</v>
+      </c>
+      <c r="H116" s="3">
+        <v>200</v>
+      </c>
+      <c r="I116" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A117" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="B117" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="B116" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I117" s="2"/>
+      <c r="C117" s="3">
+        <v>326.12</v>
+      </c>
+      <c r="D117" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F117" s="3">
+        <v>2662</v>
+      </c>
+      <c r="G117" s="3">
+        <v>10</v>
+      </c>
+      <c r="H117" s="3">
+        <v>100</v>
+      </c>
+      <c r="I117" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="C118" s="3">
-        <v>322.54</v>
+        <v>318.9</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>1885</v>
+        <v>0</v>
       </c>
       <c r="G118" s="3">
         <v>10</v>
       </c>
       <c r="H118" s="3">
         <v>100</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="C119" s="3">
-        <v>70.46</v>
+        <v>224.7</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>4217</v>
+        <v>6371</v>
       </c>
       <c r="G119" s="3">
         <v>10</v>
       </c>
       <c r="H119" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="B120" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="C120" s="3">
+        <v>120.49</v>
+      </c>
+      <c r="D120" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F120" s="3">
+        <v>12632</v>
+      </c>
+      <c r="G120" s="3">
+        <v>10</v>
+      </c>
+      <c r="H120" s="3">
+        <v>250</v>
+      </c>
+      <c r="I120" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A121" s="2" t="s">
         <v>237</v>
       </c>
-      <c r="B120" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B121" s="2"/>
+      <c r="C121" s="2"/>
+      <c r="D121" s="2"/>
+      <c r="E121" s="2"/>
+      <c r="F121" s="2"/>
+      <c r="G121" s="2"/>
+      <c r="H121" s="2"/>
+      <c r="I121" s="2"/>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="C122" s="3">
-        <v>322.54</v>
+        <v>326.12</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>2392</v>
+        <v>14755</v>
       </c>
       <c r="G122" s="3">
         <v>10</v>
       </c>
       <c r="H122" s="3">
         <v>100</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="C123" s="3">
-        <v>153.59</v>
+        <v>758.21</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F123" s="3">
-        <v>10140</v>
+        <v>2384</v>
       </c>
       <c r="G123" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H123" s="3">
         <v>100</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="C124" s="3">
-        <v>232.3</v>
+        <v>1120.82</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="3">
-        <v>1756</v>
+        <v>377</v>
       </c>
       <c r="G124" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H124" s="3">
-        <v>150</v>
+        <v>50</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="C125" s="3">
-        <v>503.42</v>
+        <v>345.96</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="3">
-        <v>131</v>
+        <v>2407</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="C126" s="3">
-        <v>540.98</v>
+        <v>288.18</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="3">
-        <v>1749</v>
+        <v>1430</v>
       </c>
       <c r="G126" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H126" s="3">
         <v>50</v>
       </c>
       <c r="I126" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="C127" s="3">
-        <v>93.4</v>
+        <v>432.26</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="3">
-        <v>13460</v>
+        <v>1</v>
       </c>
       <c r="G127" s="3">
         <v>10</v>
       </c>
       <c r="H127" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="C128" s="3">
-        <v>153.59</v>
+        <v>1150.04</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F128" s="3">
-        <v>23441</v>
+        <v>1748</v>
       </c>
       <c r="G128" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H128" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="C129" s="3">
-        <v>147.84</v>
+        <v>642.89</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F129" s="3">
-        <v>8071</v>
+        <v>4955</v>
       </c>
       <c r="G129" s="3">
         <v>10</v>
       </c>
       <c r="H129" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A130" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A130" s="2" t="s">
+        <v>254</v>
+      </c>
+      <c r="B130" s="2"/>
+      <c r="C130" s="2"/>
+      <c r="D130" s="2"/>
+      <c r="E130" s="2"/>
+      <c r="F130" s="2"/>
+      <c r="G130" s="2"/>
+      <c r="H130" s="2"/>
+      <c r="I130" s="2"/>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="C131" s="3">
-        <v>96.42</v>
+        <v>218.4</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>15878</v>
+        <v>3746</v>
       </c>
       <c r="G131" s="3">
         <v>10</v>
       </c>
       <c r="H131" s="3">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A132" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I132" s="2"/>
+      <c r="A132" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="B132" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="C132" s="3">
+        <v>223.19</v>
+      </c>
+      <c r="D132" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F132" s="3">
+        <v>6232</v>
+      </c>
+      <c r="G132" s="3">
+        <v>10</v>
+      </c>
+      <c r="H132" s="3">
+        <v>250</v>
+      </c>
+      <c r="I132" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="C133" s="3">
-        <v>761.36</v>
+        <v>168.57</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F133" s="3">
-        <v>3449</v>
+        <v>2891</v>
       </c>
       <c r="G133" s="3">
         <v>10</v>
       </c>
       <c r="H133" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A134" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A134" s="2" t="s">
+        <v>261</v>
+      </c>
+      <c r="B134" s="2"/>
+      <c r="C134" s="2"/>
+      <c r="D134" s="2"/>
+      <c r="E134" s="2"/>
+      <c r="F134" s="2"/>
+      <c r="G134" s="2"/>
+      <c r="H134" s="2"/>
+      <c r="I134" s="2"/>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="C135" s="3">
-        <v>292.06</v>
+        <v>375.27</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>743</v>
+        <v>2566</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="I135" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="C136" s="3">
-        <v>798.82</v>
+        <v>213.57</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F136" s="3">
-        <v>1026</v>
+        <v>3276</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I136" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="C137" s="3">
-        <v>385.41</v>
+        <v>337.75</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="3">
-        <v>953</v>
+        <v>1697</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="I137" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="C138" s="3">
-        <v>265.38</v>
+        <v>213.57</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F138" s="3">
-        <v>969</v>
+        <v>318</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I138" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A139" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I139" s="2"/>
+      <c r="A139" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="B139" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="C139" s="3">
+        <v>213.57</v>
+      </c>
+      <c r="D139" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F139" s="3">
+        <v>293</v>
+      </c>
+      <c r="G139" s="3">
+        <v>1</v>
+      </c>
+      <c r="H139" s="3">
+        <v>100</v>
+      </c>
+      <c r="I139" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="C140" s="3">
-        <v>228.84</v>
+        <v>479.01</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F140" s="3">
-        <v>45</v>
+        <v>2695</v>
       </c>
       <c r="G140" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>250</v>
+        <v>171</v>
       </c>
       <c r="I140" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="C141" s="3">
-        <v>278.34</v>
+        <v>227.91</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F141" s="3">
-        <v>1874</v>
+        <v>4867</v>
       </c>
       <c r="G141" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H141" s="3">
         <v>200</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="C142" s="3">
-        <v>313.57</v>
+        <v>174.82</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F142" s="3">
-        <v>0</v>
+        <v>4324</v>
       </c>
       <c r="G142" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="C143" s="3">
-        <v>653.74</v>
+        <v>253.23</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="3">
-        <v>531</v>
+        <v>3022</v>
       </c>
       <c r="G143" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="C144" s="3">
-        <v>320.67</v>
+        <v>487.14</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F144" s="3">
-        <v>2603</v>
+        <v>14</v>
       </c>
       <c r="G144" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I144" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="C145" s="3">
-        <v>358.19</v>
+        <v>456.63</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="3">
-        <v>246</v>
+        <v>1676</v>
       </c>
       <c r="G145" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H145" s="3">
-        <v>50</v>
+        <v>171</v>
       </c>
       <c r="I145" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="C146" s="3">
-        <v>120</v>
+        <v>609.18</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="3">
-        <v>90846</v>
+        <v>404</v>
       </c>
       <c r="G146" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H146" s="3">
-        <v>250</v>
+        <v>171</v>
       </c>
       <c r="I146" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="C147" s="3">
-        <v>220.94</v>
+        <v>476.97</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="3">
-        <v>16726</v>
+        <v>0</v>
       </c>
       <c r="G147" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>200</v>
+        <v>171</v>
       </c>
       <c r="I147" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="B148" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="C148" s="3">
+        <v>609.18</v>
+      </c>
+      <c r="D148" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F148" s="3">
+        <v>0</v>
+      </c>
+      <c r="G148" s="3">
+        <v>1</v>
+      </c>
+      <c r="H148" s="3">
+        <v>171</v>
+      </c>
+      <c r="I148" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A149" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="B149" s="3" t="s">
         <v>291</v>
       </c>
-      <c r="B148" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I149" s="2"/>
+      <c r="C149" s="3">
+        <v>863.43</v>
+      </c>
+      <c r="D149" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F149" s="3">
+        <v>189</v>
+      </c>
+      <c r="G149" s="3">
+        <v>1</v>
+      </c>
+      <c r="H149" s="3">
+        <v>171</v>
+      </c>
+      <c r="I149" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="C150" s="3">
-        <v>340.18</v>
+        <v>761.73</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F150" s="3">
-        <v>1231</v>
+        <v>779</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I150" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="C151" s="3">
-        <v>425.03</v>
+        <v>213.57</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F151" s="3">
-        <v>450</v>
+        <v>477</v>
       </c>
       <c r="G151" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H151" s="3">
         <v>100</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="C152" s="3">
-        <v>1130.82</v>
+        <v>213.57</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F152" s="3">
-        <v>2615</v>
+        <v>4451</v>
       </c>
       <c r="G152" s="3">
         <v>10</v>
       </c>
       <c r="H152" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="C153" s="3">
-        <v>320.67</v>
+        <v>507.48</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="3">
-        <v>34502</v>
+        <v>173</v>
       </c>
       <c r="G153" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H153" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I153" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="C154" s="3">
-        <v>632.14</v>
+        <v>213.57</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="3">
-        <v>4116</v>
+        <v>0</v>
       </c>
       <c r="G154" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="C155" s="3">
-        <v>745.54</v>
+        <v>192.21</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F155" s="3">
-        <v>2845</v>
+        <v>1610</v>
       </c>
       <c r="G155" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="C156" s="3">
-        <v>1102.08</v>
+        <v>292.9</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F156" s="3">
-        <v>611</v>
+        <v>1372</v>
       </c>
       <c r="G156" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I156" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="B157" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="C157" s="3">
+        <v>213.57</v>
+      </c>
+      <c r="D157" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F157" s="3">
+        <v>1762</v>
+      </c>
+      <c r="G157" s="3">
+        <v>10</v>
+      </c>
+      <c r="H157" s="3">
+        <v>200</v>
+      </c>
+      <c r="I157" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="158" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A158" s="3" t="s">
         <v>308</v>
       </c>
-      <c r="B157" s="3" t="s">
+      <c r="B158" s="3" t="s">
         <v>309</v>
       </c>
-      <c r="C157" s="3">
-[...32 lines deleted...]
-      <c r="I158" s="2"/>
+      <c r="C158" s="3">
+        <v>213.57</v>
+      </c>
+      <c r="D158" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E158" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F158" s="3">
+        <v>2594</v>
+      </c>
+      <c r="G158" s="3">
+        <v>1</v>
+      </c>
+      <c r="H158" s="3">
+        <v>100</v>
+      </c>
+      <c r="I158" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="B159" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="B159" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C159" s="3">
-        <v>165.75</v>
+        <v>507.48</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F159" s="3">
-        <v>3155</v>
+        <v>0</v>
       </c>
       <c r="G159" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>250</v>
+        <v>171</v>
       </c>
       <c r="I159" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="B160" s="3" t="s">
         <v>313</v>
       </c>
-      <c r="B160" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C160" s="3">
-        <v>219.46</v>
+        <v>507.48</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F160" s="3">
-        <v>8717</v>
+        <v>0</v>
       </c>
       <c r="G160" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H160" s="3">
-        <v>250</v>
+        <v>171</v>
       </c>
       <c r="I160" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="B161" s="3" t="s">
         <v>315</v>
       </c>
-      <c r="B161" s="3" t="s">
+      <c r="C161" s="3">
+        <v>292.9</v>
+      </c>
+      <c r="D161" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E161" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F161" s="3">
+        <v>2555</v>
+      </c>
+      <c r="G161" s="3">
+        <v>1</v>
+      </c>
+      <c r="H161" s="3">
+        <v>1</v>
+      </c>
+      <c r="I161" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="162" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A162" s="3" t="s">
         <v>316</v>
       </c>
-      <c r="C161" s="3">
-[...17 lines deleted...]
-      <c r="I161" s="3">
+      <c r="B162" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="C162" s="3">
+        <v>184.53</v>
+      </c>
+      <c r="D162" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F162" s="3">
+        <v>3962</v>
+      </c>
+      <c r="G162" s="3">
+        <v>1</v>
+      </c>
+      <c r="H162" s="3">
+        <v>200</v>
+      </c>
+      <c r="I162" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="163" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A163" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="B163" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="C163" s="3">
+        <v>244.08</v>
+      </c>
+      <c r="D163" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E163" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F163" s="3">
+        <v>935</v>
+      </c>
+      <c r="G163" s="3">
+        <v>10</v>
+      </c>
+      <c r="H163" s="3">
+        <v>100</v>
+      </c>
+      <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="15">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A33:I33"/>
-[...11 lines deleted...]
-    <mergeCell ref="A158:I158"/>
+    <mergeCell ref="A35:I35"/>
+    <mergeCell ref="A49:I49"/>
+    <mergeCell ref="A54:I54"/>
+    <mergeCell ref="A60:I60"/>
+    <mergeCell ref="A64:I64"/>
+    <mergeCell ref="A67:I67"/>
+    <mergeCell ref="A85:I85"/>
+    <mergeCell ref="A89:I89"/>
+    <mergeCell ref="A104:I104"/>
+    <mergeCell ref="A111:I111"/>
+    <mergeCell ref="A121:I121"/>
+    <mergeCell ref="A130:I130"/>
+    <mergeCell ref="A134:I134"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
     <hyperlink ref="D27" r:id="rId24"/>
     <hyperlink ref="D28" r:id="rId25"/>
     <hyperlink ref="D29" r:id="rId26"/>
     <hyperlink ref="D30" r:id="rId27"/>
     <hyperlink ref="D31" r:id="rId28"/>
     <hyperlink ref="D32" r:id="rId29"/>
-    <hyperlink ref="D34" r:id="rId30"/>
-    <hyperlink ref="D35" r:id="rId31"/>
+    <hyperlink ref="D33" r:id="rId30"/>
+    <hyperlink ref="D34" r:id="rId31"/>
     <hyperlink ref="D36" r:id="rId32"/>
     <hyperlink ref="D37" r:id="rId33"/>
     <hyperlink ref="D38" r:id="rId34"/>
     <hyperlink ref="D39" r:id="rId35"/>
     <hyperlink ref="D40" r:id="rId36"/>
     <hyperlink ref="D41" r:id="rId37"/>
     <hyperlink ref="D42" r:id="rId38"/>
     <hyperlink ref="D43" r:id="rId39"/>
     <hyperlink ref="D44" r:id="rId40"/>
     <hyperlink ref="D45" r:id="rId41"/>
     <hyperlink ref="D46" r:id="rId42"/>
-    <hyperlink ref="D48" r:id="rId43"/>
-    <hyperlink ref="D49" r:id="rId44"/>
+    <hyperlink ref="D47" r:id="rId43"/>
+    <hyperlink ref="D48" r:id="rId44"/>
     <hyperlink ref="D50" r:id="rId45"/>
     <hyperlink ref="D51" r:id="rId46"/>
-    <hyperlink ref="D53" r:id="rId47"/>
-    <hyperlink ref="D54" r:id="rId48"/>
+    <hyperlink ref="D52" r:id="rId47"/>
+    <hyperlink ref="D53" r:id="rId48"/>
     <hyperlink ref="D55" r:id="rId49"/>
     <hyperlink ref="D56" r:id="rId50"/>
     <hyperlink ref="D57" r:id="rId51"/>
-    <hyperlink ref="D59" r:id="rId52"/>
-    <hyperlink ref="D60" r:id="rId53"/>
+    <hyperlink ref="D58" r:id="rId52"/>
+    <hyperlink ref="D59" r:id="rId53"/>
     <hyperlink ref="D61" r:id="rId54"/>
-    <hyperlink ref="D63" r:id="rId55"/>
-[...2 lines deleted...]
-    <hyperlink ref="D67" r:id="rId58"/>
+    <hyperlink ref="D62" r:id="rId55"/>
+    <hyperlink ref="D63" r:id="rId56"/>
+    <hyperlink ref="D65" r:id="rId57"/>
+    <hyperlink ref="D66" r:id="rId58"/>
     <hyperlink ref="D68" r:id="rId59"/>
     <hyperlink ref="D69" r:id="rId60"/>
     <hyperlink ref="D70" r:id="rId61"/>
     <hyperlink ref="D71" r:id="rId62"/>
     <hyperlink ref="D72" r:id="rId63"/>
     <hyperlink ref="D73" r:id="rId64"/>
     <hyperlink ref="D74" r:id="rId65"/>
     <hyperlink ref="D75" r:id="rId66"/>
     <hyperlink ref="D76" r:id="rId67"/>
     <hyperlink ref="D77" r:id="rId68"/>
     <hyperlink ref="D78" r:id="rId69"/>
     <hyperlink ref="D79" r:id="rId70"/>
     <hyperlink ref="D80" r:id="rId71"/>
     <hyperlink ref="D81" r:id="rId72"/>
     <hyperlink ref="D82" r:id="rId73"/>
     <hyperlink ref="D83" r:id="rId74"/>
     <hyperlink ref="D84" r:id="rId75"/>
-    <hyperlink ref="D85" r:id="rId76"/>
-[...65 lines deleted...]
-    <hyperlink ref="D157" r:id="rId142"/>
+    <hyperlink ref="D86" r:id="rId76"/>
+    <hyperlink ref="D87" r:id="rId77"/>
+    <hyperlink ref="D88" r:id="rId78"/>
+    <hyperlink ref="D90" r:id="rId79"/>
+    <hyperlink ref="D91" r:id="rId80"/>
+    <hyperlink ref="D92" r:id="rId81"/>
+    <hyperlink ref="D93" r:id="rId82"/>
+    <hyperlink ref="D94" r:id="rId83"/>
+    <hyperlink ref="D95" r:id="rId84"/>
+    <hyperlink ref="D96" r:id="rId85"/>
+    <hyperlink ref="D97" r:id="rId86"/>
+    <hyperlink ref="D98" r:id="rId87"/>
+    <hyperlink ref="D99" r:id="rId88"/>
+    <hyperlink ref="D100" r:id="rId89"/>
+    <hyperlink ref="D101" r:id="rId90"/>
+    <hyperlink ref="D102" r:id="rId91"/>
+    <hyperlink ref="D103" r:id="rId92"/>
+    <hyperlink ref="D105" r:id="rId93"/>
+    <hyperlink ref="D106" r:id="rId94"/>
+    <hyperlink ref="D107" r:id="rId95"/>
+    <hyperlink ref="D108" r:id="rId96"/>
+    <hyperlink ref="D109" r:id="rId97"/>
+    <hyperlink ref="D110" r:id="rId98"/>
+    <hyperlink ref="D112" r:id="rId99"/>
+    <hyperlink ref="D113" r:id="rId100"/>
+    <hyperlink ref="D114" r:id="rId101"/>
+    <hyperlink ref="D115" r:id="rId102"/>
+    <hyperlink ref="D116" r:id="rId103"/>
+    <hyperlink ref="D117" r:id="rId104"/>
+    <hyperlink ref="D118" r:id="rId105"/>
+    <hyperlink ref="D119" r:id="rId106"/>
+    <hyperlink ref="D120" r:id="rId107"/>
+    <hyperlink ref="D122" r:id="rId108"/>
+    <hyperlink ref="D123" r:id="rId109"/>
+    <hyperlink ref="D124" r:id="rId110"/>
+    <hyperlink ref="D125" r:id="rId111"/>
+    <hyperlink ref="D126" r:id="rId112"/>
+    <hyperlink ref="D127" r:id="rId113"/>
+    <hyperlink ref="D128" r:id="rId114"/>
+    <hyperlink ref="D129" r:id="rId115"/>
+    <hyperlink ref="D131" r:id="rId116"/>
+    <hyperlink ref="D132" r:id="rId117"/>
+    <hyperlink ref="D133" r:id="rId118"/>
+    <hyperlink ref="D135" r:id="rId119"/>
+    <hyperlink ref="D136" r:id="rId120"/>
+    <hyperlink ref="D137" r:id="rId121"/>
+    <hyperlink ref="D138" r:id="rId122"/>
+    <hyperlink ref="D139" r:id="rId123"/>
+    <hyperlink ref="D140" r:id="rId124"/>
+    <hyperlink ref="D141" r:id="rId125"/>
+    <hyperlink ref="D142" r:id="rId126"/>
+    <hyperlink ref="D143" r:id="rId127"/>
+    <hyperlink ref="D144" r:id="rId128"/>
+    <hyperlink ref="D145" r:id="rId129"/>
+    <hyperlink ref="D146" r:id="rId130"/>
+    <hyperlink ref="D147" r:id="rId131"/>
+    <hyperlink ref="D148" r:id="rId132"/>
+    <hyperlink ref="D149" r:id="rId133"/>
+    <hyperlink ref="D150" r:id="rId134"/>
+    <hyperlink ref="D151" r:id="rId135"/>
+    <hyperlink ref="D152" r:id="rId136"/>
+    <hyperlink ref="D153" r:id="rId137"/>
+    <hyperlink ref="D154" r:id="rId138"/>
+    <hyperlink ref="D155" r:id="rId139"/>
+    <hyperlink ref="D156" r:id="rId140"/>
+    <hyperlink ref="D157" r:id="rId141"/>
+    <hyperlink ref="D158" r:id="rId142"/>
     <hyperlink ref="D159" r:id="rId143"/>
     <hyperlink ref="D160" r:id="rId144"/>
     <hyperlink ref="D161" r:id="rId145"/>
+    <hyperlink ref="D162" r:id="rId146"/>
+    <hyperlink ref="D163" r:id="rId147"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>