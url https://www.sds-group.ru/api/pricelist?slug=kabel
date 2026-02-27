--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -8,1012 +8,997 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="612" uniqueCount="320">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="604" uniqueCount="315">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Кабель</t>
   </si>
   <si>
     <t>1.1 Lightning</t>
   </si>
   <si>
+    <t>18-7050</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>18-7051</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в серебристой нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7052</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4A 1м, в синей нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-1898</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 2,4A, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
     <t>18-7056</t>
   </si>
   <si>
     <t>Кабель USB-A – Lightning, 2,4A, 1м, в белой нейлоновой оплетке, плоский REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, черный REXANT</t>
+    <t>18-1122</t>
+  </si>
+  <si>
+    <t>18-0000</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, белый, оригинал (чип MFI) REXANT</t>
+  </si>
+  <si>
+    <t>18-4248</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4A, 1м, в нейлоновой оплетке (джинсовая ткань) REXANT</t>
+  </si>
+  <si>
+    <t>18-7058</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке, со световой индикацией REXANT</t>
+  </si>
+  <si>
+    <t>18-7061</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в белой нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7062</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке, c LED-дисплеем REXANT</t>
+  </si>
+  <si>
+    <t>18-4252</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в золотой металлической оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-4247</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в металлической оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7068</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 3А, 1м, в черной нейлоновой  оплетке, с LED-дисплеем REXANT</t>
+  </si>
+  <si>
+    <t>18-7069</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Lightning, 3А, 1м, в черной нейлоновой оплетке, со световой индикацией REXANT</t>
+  </si>
+  <si>
+    <t>18-1125</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 2м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1127</t>
+  </si>
+  <si>
+    <t>Кабель USB 3в1 Type-С (3A), Lightning (2,4A), micro USB (2A) 1м, ПВХ REXANT</t>
+  </si>
+  <si>
+    <t>18-1128</t>
+  </si>
+  <si>
+    <t>Кабель 4в1 USB-А – Type-C, Lightning – Type-C, 60Вт, 1м, в черной оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-1129</t>
+  </si>
+  <si>
+    <t>Кабель Lightning – Type-C 3A, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-7057</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2A, 1м, в матовой стальной оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7059</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке, с LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>18-7075</t>
+  </si>
+  <si>
+    <t>Кабель USB 3в1 Type-С (6A), Lightning (2,4A), micro USB (3A) 1,2м, в черной оплетке REXANT</t>
   </si>
   <si>
     <t>18-7054</t>
   </si>
   <si>
     <t>Кабель Type-C – Lightning, 2,4A 1м, в нейлоновой графитовой оплетке, Power Delivery REXANT</t>
   </si>
   <si>
     <t>18-1121</t>
   </si>
   <si>
     <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, белый, REXANT</t>
   </si>
   <si>
+    <t>18-0001</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Lightning, 2,4А, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
     <t>18-1827</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель Type-C – Lightning, 3A, 1м, ПВХ, черный REXANT </t>
   </si>
   <si>
     <t>18-1826</t>
   </si>
   <si>
     <t>Кабель Type-C – Lightning, 3А, 1м, в нейлоновой серой оплетке, Power Delivery REXANT</t>
   </si>
   <si>
-    <t>18-7057</t>
-[...10 lines deleted...]
-  <si>
     <t>18-7053</t>
   </si>
   <si>
     <t>Кабель USB-A – Lightning, 2,4A, 1м, в синей нейлоновой оплетке, плоский REXANT</t>
   </si>
   <si>
     <t>18-7076</t>
   </si>
   <si>
     <t>Кабель USB 3в1 со съемными магнитными портами, Type-С (2A), Lightning (2,4A), Micro USB (2A), 1,2м, в черной оплетке, с LED подсветкой REXANT</t>
   </si>
   <si>
-    <t>18-7068</t>
-[...58 lines deleted...]
-  <si>
     <t>18-7060</t>
   </si>
   <si>
     <t>Кабель USB-A – Lightning, 2,4А, 1м, в черной нейлоновой оплетке REXANT</t>
   </si>
   <si>
-    <t>18-7062</t>
-[...55 lines deleted...]
-  <si>
     <t>1.2 USB-Micro</t>
   </si>
   <si>
+    <t>18-1163</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 2А, 1м, в джинсовой тканевой оплетке, плоский REXANT</t>
+  </si>
+  <si>
+    <t>18-4268</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 1А, 1м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-4268-20</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 1А, 1м, черный, длинный штекер, REXANT</t>
+  </si>
+  <si>
+    <t>18-1164-2</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 1А, 1,8м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-4242</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 2,4А, 1м, в джинсовой тканевой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-4269</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 1А, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-4269-20</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 1А, 1м, белый, длинный штекер REXANT</t>
+  </si>
+  <si>
     <t>18-1162</t>
   </si>
   <si>
     <t>Кабель USB-A – micro USB, 2,4А, 0,2м, серый REXANT</t>
   </si>
   <si>
+    <t>18-1164</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – micro USB, 1А, 1,8м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
     <t>18-1166</t>
   </si>
   <si>
     <t>Кабель USB-A – micro USB, 1А, 3м, серый REXANT</t>
   </si>
   <si>
-    <t>18-4300</t>
-[...4 lines deleted...]
-  <si>
     <t>18-4301</t>
   </si>
   <si>
     <t>Кабель USB-A – micro USB, 2,4А,  1м, белый, витой REXANT</t>
   </si>
   <si>
     <t>18-4270</t>
   </si>
   <si>
     <t>Кабель USB-A – micro USB, 2,4А, 1м, ПВХ, черный REXANT</t>
   </si>
   <si>
-    <t>18-1164-2</t>
-[...46 lines deleted...]
-  <si>
     <t>1.3 USB-Mini</t>
   </si>
   <si>
+    <t>18-1136</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – mini USB, 2,4А, 3м, ПВХ, серый REXANT</t>
+  </si>
+  <si>
     <t>18-4402</t>
   </si>
   <si>
     <t>Кабель USB-A – mini USB, 1А, 1м, ПВХ, черный REXANT</t>
   </si>
   <si>
+    <t>18-1134</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – mini USB, 1А, 1,8м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
     <t>18-1131-2</t>
   </si>
   <si>
     <t>Кабель USB-A – mini USB, 1А, 0,2м, ПВХ, черный REXANT</t>
   </si>
   <si>
-    <t>18-1136</t>
-[...10 lines deleted...]
-  <si>
     <t>1.4 USB-USB</t>
   </si>
   <si>
+    <t>18-1117</t>
+  </si>
+  <si>
+    <t>Кабель шт. USB-A – гн. USB-A, 2,4А, 5м, ПВХ, серый REXANT</t>
+  </si>
+  <si>
+    <t>18-1144</t>
+  </si>
+  <si>
+    <t>Кабель шт. USB-A – шт. USB-A, 2,4А, 1,8м, ПВХ, серый REXANT</t>
+  </si>
+  <si>
     <t>18-1116</t>
   </si>
   <si>
     <t>Кабель шт. USB-A – гн. USB-A, 2,4А, 3м, ПВХ, серый REXANT</t>
   </si>
   <si>
-    <t>18-1144</t>
-[...8 lines deleted...]
-    <t>Кабель шт. USB-A – гн. USB-A, 2,4А, 5м, ПВХ, серый REXANT</t>
+    <t>18-1146</t>
+  </si>
+  <si>
+    <t>Кабель шт. USB-A – шт. USB-A, 2,4А, 3м, ПВХ, серый REXANT</t>
   </si>
   <si>
     <t>18-1114</t>
   </si>
   <si>
     <t>Кабель шт. USB-A – гн. USB-A, 2,4А, 1,8м, ПВХ, серый REXANT</t>
   </si>
   <si>
-    <t>18-1146</t>
-[...4 lines deleted...]
-  <si>
     <t>1.5 Универсальный</t>
   </si>
   <si>
+    <t>18-7094</t>
+  </si>
+  <si>
+    <t>Кабель 4в1 USB-A, Type-C, Type-C, Lightning 65Вт, 1м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7095</t>
+  </si>
+  <si>
+    <t>Кабель 2в1 Type-C, Type-C, Lightning 65Вт, 1м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
     <t>18-7077</t>
   </si>
   <si>
     <t>Набор 5в1 кабель с переходниками REXANT</t>
   </si>
   <si>
     <t>наб.</t>
   </si>
   <si>
-    <t>18-7095</t>
-[...10 lines deleted...]
-  <si>
     <t>1.6 USB A-B (принтер)</t>
   </si>
   <si>
+    <t>18-1106</t>
+  </si>
+  <si>
+    <t>Кабель USB-А– USB-B, 2,4А, 3м, ПВХ, серый REXANT</t>
+  </si>
+  <si>
     <t>18-1104</t>
   </si>
   <si>
     <t>Кабель USB-А– USB-B, 2,4А, 1,8м, ПВХ, серый REXANT</t>
   </si>
   <si>
-    <t>18-1106</t>
-[...4 lines deleted...]
-  <si>
     <t>1.7 AUX</t>
   </si>
   <si>
     <t>18-4000</t>
   </si>
   <si>
     <t>Аудиокабель AUX 3,5мм, 1м, черный REXANT</t>
   </si>
   <si>
     <t>18-4010</t>
   </si>
   <si>
     <t>Аудиокабель AUX 3,5мм, 1м, черный, шнур спираль REXANT</t>
   </si>
   <si>
     <t>18-1110</t>
   </si>
   <si>
     <t>Аудиокабель AUX 3,5мм, 1м, белый REXANT</t>
   </si>
   <si>
+    <t>18-4070</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, белый, в тканевой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-4071</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, черный, в тканевой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-4076</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, красный, в тканевой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-4072</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, синий, в тканевой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-4083</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, белый, гелевый REXANT</t>
+  </si>
+  <si>
+    <t>18-4080</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, черный, гелевый REXANT</t>
+  </si>
+  <si>
+    <t>18-4084</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, синий, гелевый REXANT</t>
+  </si>
+  <si>
+    <t>18-7078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Адаптер Bluetooth 5.0 – AUX 3.5 мм REXANT </t>
+  </si>
+  <si>
+    <t>18-1120</t>
+  </si>
+  <si>
+    <t>Аудиокабель AUX 3,5мм, 1м, черный, угловой REXANT</t>
+  </si>
+  <si>
+    <t>18-1100</t>
+  </si>
+  <si>
+    <t>Аудиоразветвитель штекер 3,5мм на 2 по 3,5мм, 0,3м, белый REXANT</t>
+  </si>
+  <si>
     <t>18-1105</t>
   </si>
   <si>
     <t>Аудиокабель AUX 3,5мм, 0,5м, белый REXANT</t>
   </si>
   <si>
     <t>18-1102</t>
   </si>
   <si>
     <t xml:space="preserve">Аудиоразветвитель штекер 3,5мм на 2 по 3,5мм, 0,15м, белый REXANT </t>
   </si>
   <si>
     <t>18-4014</t>
   </si>
   <si>
     <t>Аудиокабель AUX 3,5мм, 1м белый, шнур спираль REXANT</t>
   </si>
   <si>
     <t>18-2400</t>
   </si>
   <si>
     <t>Адаптер AUX 3,5 мм Bluetooth REXANT</t>
   </si>
   <si>
-    <t>18-4084</t>
-[...58 lines deleted...]
-  <si>
     <t>1.8 OTG</t>
   </si>
   <si>
+    <t>18-1180</t>
+  </si>
+  <si>
+    <t>Кабель USB OTG, шт. Type-C – гн. USB-А, 2,4A, 0,15м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1181</t>
+  </si>
+  <si>
+    <t>Кабель USB OTG, шт. mini USB – гн. USB-A, 2,4A, 0,15м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
     <t>18-1182</t>
   </si>
   <si>
     <t>Кабель USB OTG, шт. micro USB – гн. USB-A, 2,4A, 0,15м, ПВХ, черный REXANT</t>
   </si>
   <si>
-    <t>18-1180</t>
-[...10 lines deleted...]
-  <si>
     <t>1.9 Телефонный шнур RJ</t>
   </si>
   <si>
+    <t>18-3151</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 15м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-2071</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 7м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-3031</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 3м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-3071</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 7м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-3051</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 5м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-2023</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 2м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-3101</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 10м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-2073</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 7м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-3201</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 20м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-2021</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 2м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-2043</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 4м, черный REXANT</t>
+  </si>
+  <si>
     <t>18-2041</t>
   </si>
   <si>
     <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 4м, белый REXANT</t>
   </si>
   <si>
     <t>18-3021</t>
   </si>
   <si>
     <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 2м, белый REXANT</t>
   </si>
   <si>
-    <t>18-3201</t>
-[...10 lines deleted...]
-  <si>
     <t>18-3251</t>
   </si>
   <si>
     <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 25м, белый REXANT</t>
   </si>
   <si>
-    <t>18-3101</t>
-[...52 lines deleted...]
-  <si>
     <t>1.10 Шнур сетевой, евро-разъём C5/C6</t>
   </si>
   <si>
+    <t>11-1151</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/7(Schuko) - разъем IEC 320 C5, кабель 3x0,75мм², 1,8м, для питания ноутбука (пакет ПВХ) REXANT</t>
+  </si>
+  <si>
+    <t>11-1155</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, евровилка–евроразъем С5, кабель 3x0,5мм², 3м, для питания ноутбука (пакет ПВХ) REXANT</t>
+  </si>
+  <si>
+    <t>11-1152</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, евровилка–евроразъем С5, кабель 3x0,75мм², 3м, для питания ноутбука (пакет ПВХ) REXANT</t>
+  </si>
+  <si>
     <t>11-1154</t>
   </si>
   <si>
     <t>Шнур сетевой, евровилка–евроразъем С5, кабель 3x0,5мм², 1,8м, для питания ноутбука (пакет ПВХ) REXANT</t>
   </si>
   <si>
-    <t>11-1155</t>
-[...4 lines deleted...]
-  <si>
     <t>11-1150</t>
   </si>
   <si>
     <t>Шнур сетевой, евровилка–евроразъем С5, кабель 3x0,75мм², 0,75м, для питания ноутбука (пакет ПВХ) REXANT</t>
   </si>
   <si>
-    <t>11-1152</t>
-[...4 lines deleted...]
-  <si>
     <t>11-1153</t>
   </si>
   <si>
     <t>Шнур сетевой, евровилка–евроразъем С5, кабель 3x0,5мм², 0,75м, для питания ноутбука (пакет ПВХ) REXANT</t>
   </si>
   <si>
-    <t>11-1151</t>
-[...4 lines deleted...]
-  <si>
     <t>1.11 Шнур сетевой, евро-разъём C7/C8</t>
   </si>
   <si>
+    <t>11-1103</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая  СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,5 мм², длина 1,5 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1104</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,75 мм², длина 1,5 метра (PVC пакет) REXANT</t>
+  </si>
+  <si>
     <t>11-1108</t>
   </si>
   <si>
     <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,75 мм², длина 5 метров (PE пакет) REXANT</t>
   </si>
   <si>
+    <t>11-1102</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,75 мм², длина 1,8 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
     <t>11-1101</t>
   </si>
   <si>
     <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,5 мм², длина 1,8 метра (PE пакет) REXANT</t>
   </si>
   <si>
-    <t>11-1103</t>
-[...10 lines deleted...]
-  <si>
     <t>11-1105</t>
   </si>
   <si>
     <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,5 мм², длина 3 метра (PE пакет) REXANT</t>
   </si>
   <si>
     <t>11-1106</t>
   </si>
   <si>
     <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,5 мм², длина 5 метров (PE пакет) REXANT</t>
   </si>
   <si>
     <t>11-1107</t>
   </si>
   <si>
     <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,75 мм², длина 3 метра (PE пакет) REXANT</t>
   </si>
   <si>
-    <t>11-1102</t>
-[...4 lines deleted...]
-  <si>
     <t>11-1101-8</t>
   </si>
   <si>
     <t>Шнур сетевой, вилка СЕЕ 7/16 - разъем IEC 320 C7, кабель 2x0,5 мм², длина 1,5 метра (PE пакет) СМАРТКИП</t>
   </si>
   <si>
     <t>1.12 Шнур сетевой, евро-разъём С13/C14</t>
   </si>
   <si>
+    <t>11-1161</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, разъем IEC 320 C13 - разъем IEC 320 C14, кабель 3x0,75 мм², длина 1,5 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1136</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая СЕЕ 7/7(Schuko) - разъем IEC 320 C13, кабель 3x1,5 мм², длина 0,5 метра, черный (PVC пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1156</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, евровилка угловая - евроразъем С13, кабель 3x0,75мм², 0,5м, черный (пакет ПВХ) REXANT</t>
+  </si>
+  <si>
+    <t>11-1122</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая СЕЕ 7/7(Schuko) - разъем IEC 320 C13, кабель 3x0,75 мм², длина 3 метра (PE пакет) REXANT</t>
+  </si>
+  <si>
+    <t>11-1132</t>
+  </si>
+  <si>
+    <t>Шнур сетевой, вилка угловая СЕЕ 7/7(Schuko) - разъем IEC 320 C13, кабель 3x0,75 мм², длина 3 метра (PVC пакет) REXANT</t>
+  </si>
+  <si>
     <t>11-1121</t>
   </si>
   <si>
     <t>Шнур сетевой, вилка угловая СЕЕ 7/7(Schuko) - разъем IEC 320 C13, кабель 3x0,75 мм², длина 1,8 метра (PE пакет) REXANT</t>
   </si>
   <si>
     <t>11-1131</t>
   </si>
   <si>
     <t>Шнур сетевой, вилка угловая СЕЕ 7/7(Schuko) - разъем IEC 320 C13, кабель 3x0,75 мм², длина 1,8 метра (PVC пакет) REXANT</t>
   </si>
   <si>
-    <t>11-1132</t>
-[...22 lines deleted...]
-  <si>
     <t>11-1138</t>
   </si>
   <si>
     <t>Шнур сетевой, вилка угловая СЕЕ 7/7(Schuko) - разъем IEC 320 C13, кабель 3x1,5 мм², длина 1,5 метра, черный (PVC пакет) REXANT</t>
   </si>
   <si>
-    <t>11-1122</t>
-[...4 lines deleted...]
-  <si>
     <t>1.13 USB-DC</t>
   </si>
   <si>
+    <t>18-1155</t>
+  </si>
+  <si>
+    <t>Кабель USB-штекер - DC-разъем питание 0,7х2,5 мм, длина 1 метр REXANT</t>
+  </si>
+  <si>
     <t>18-0235</t>
   </si>
   <si>
     <t>Кабель USB штекер - DC разъем питание 1,4х3,4 мм, спираль 1,5 метра REXANT</t>
   </si>
   <si>
     <t>18-0231</t>
   </si>
   <si>
     <t>Кабель USB штекер - DC разъем питание 2,1х5,5 мм, длина 1,5 метра REXANT</t>
   </si>
   <si>
-    <t>18-1155</t>
-[...4 lines deleted...]
-  <si>
     <t>1.14 Type C</t>
   </si>
   <si>
+    <t>18-1895</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 3 А, 1м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-1899</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 2,4A, 1м, в серебрянной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-1830</t>
+  </si>
+  <si>
+    <t>Кабель Type-C - Type-C, 3А, 45Вт, 1м, ПВХ, белый, Power Delivery REXANT</t>
+  </si>
+  <si>
+    <t>18-1831</t>
+  </si>
+  <si>
+    <t>Кабель Type-C - Type-C, 3А, 60Вт, 1м, ПВХ, белый, Power Delivery REXANT</t>
+  </si>
+  <si>
+    <t>18-1832</t>
+  </si>
+  <si>
+    <t>Кабель Type-C - Type-C, 3А, 100Вт, 1м, ПВХ, белый, Power Delivery REXANT</t>
+  </si>
+  <si>
+    <t>18-1833</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель Type-C - Type-C, 2A, 1м, ПВХ, белый REXANT </t>
+  </si>
+  <si>
+    <t>18-1881</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 2А, 1м, ПВХ, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-1884</t>
+  </si>
+  <si>
+    <t>18-1882</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 3A, 2м, ПВХ, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-7066</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 5А, 50Вт, 1м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7071</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Type-C, 3A, 60Вт, 1м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7063</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 6А, 120Вт, 1м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7064</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 6А, 66Вт, 1м, в черной нейлоновой оплетке, со световой индикацией REXANT</t>
+  </si>
+  <si>
+    <t>18-7065</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 3А, 18Вт, 1м, в черной нейлоновой оплетке, с LED подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>18-7067</t>
+  </si>
+  <si>
+    <t>Кабель USB-A – Type-C, 5А, 100Вт, 1м, в белой нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7070</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Type-C, 5А, 100Вт, 1м, в черной нейлоновой оплетке, с угловым штекером и световой индикацией REXANT</t>
+  </si>
+  <si>
+    <t>18-7072</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Type-C, 5A, 100Вт, 1м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7073</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Type-C, 5A, 100Вт, 2м, в черной нейлоновой оплетке REXANT</t>
+  </si>
+  <si>
+    <t>18-7074</t>
+  </si>
+  <si>
+    <t>Кабель Type-C – Type-С, 5A, 100Вт, 1м, в черной нейлоновой оплетке, с LED дисплеем REXANT</t>
+  </si>
+  <si>
     <t>18-1880</t>
   </si>
   <si>
     <t>Кабель USB-A 3.0 – Type-C 3.1, 3А, 1м, ПВХ, черный REXANT</t>
   </si>
   <si>
-    <t>18-1895</t>
-[...4 lines deleted...]
-  <si>
     <t>18-1897</t>
   </si>
   <si>
     <t>Кабель USB-A – Type-C, 2,1A, 1м, эко-кожа, коричневый REXANT</t>
   </si>
   <si>
     <t>18-1828</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель Type-C - Type-C, 3A, 1м, ПВХ, белый REXANT </t>
   </si>
   <si>
     <t>18-1829</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель Type-C - Type-C, 3A, 1м, ПВХ, черный REXANT </t>
   </si>
   <si>
     <t>18-7092</t>
   </si>
   <si>
     <t>Кабель Type-C – Type-C, 5А, 100Вт, 1м, в черной нейлоновой оплетке со световой индикацией REXANT</t>
   </si>
   <si>
     <t>18-1835</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель Type-C - Type-C, 2,4A, 1м, нейлон, белый REXANT </t>
   </si>
   <si>
     <t>18-1834</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель Type-C - Type-C, 2A, 1м, ПВХ, черный REXANT </t>
   </si>
   <si>
     <t>18-1896</t>
   </si>
   <si>
     <t>Кабель USB-A – Type-C, 3A, 1м, в темно-серой нейлоновой оплетке REXANT</t>
   </si>
   <si>
-    <t>18-7064</t>
-[...46 lines deleted...]
-  <si>
     <t>18-1881-1</t>
   </si>
   <si>
     <t>Кабель USB-A 2.0 – Type-C 3.1, 0,5А, 1м, ПВХ, белый REXANT</t>
   </si>
   <si>
-    <t>18-7063</t>
-[...22 lines deleted...]
-  <si>
     <t>18-1888</t>
   </si>
   <si>
     <t>Кабель USB-A – Type-C, 2,4A, 1м, ПВХ, черный, плоский REXANT</t>
-  </si>
-[...34 lines deleted...]
-    <t>Кабель USB-A – Type-C, 2,4A, 1м, в серебрянной нейлоновой оплетке REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1398,56 +1383,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-beloy-neylonovoy-opletke-ploskiy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-2-4a-1m-v-neylonovoy-grafitovoy-opletke-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-rexant-2" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-neylonovoy-seroy-opletke-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2a-1m-v-matovoy-stalnoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-6a-lightning-2-4a-micro-usb-3a-1-2m-v-chernoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-siney-neylonovoy-opletke-ploskiy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-so-semnymi-magnitnymi-portami-type-s-2a-lightning-2-4a-micro-usb-2a-1-2m-v-chernoy-opl" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-chernoy-neylonovoy-opletke-s-led-displeem-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-2-4a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-2m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-3a-lightning-2-4a-micro-usb-2a-1m-pvh-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-4v1-usb-a-type-c-lightning-type-c-60vt-1m-v-chernoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-beloy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-siney-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-s-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-c-led-displeem-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-original-chip-mfi-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-lightning-type-c-3a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-zolotoy-metallicheskoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-serebristoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-neylonovoy-opletke-dzhinsovaya-tkan-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-neylon-seryy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-metallicheskoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-chernyy-rexant-2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-0-2m-seryy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-3m-seryy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-1m-chernyy-vitoy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-1m-belyy-vitoy-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1-8m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2a-1m-v-dzhinsovoy-tkanevoy-opletke-ploskiy-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-chernyy-dlinnyy-shteker-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-1m-v-dzhinsovoy-tkanevoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-belyy-dlinnyy-shteker-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1-8m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-1a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-1a-0-2m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-2-4a-3m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-1a-1-8m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-gn-usb-a-2-4a-3m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-sht-usb-a-2-4a-1-8m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-gn-usb-a-2-4a-5m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-gn-usb-a-2-4a-1-8m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-sht-usb-a-2-4a-3m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-5v1-kabel-s-perehodnikami-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-2v1-type-c-type-c-lightning-65vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-4v1-usb-a-type-c-type-c-lightning-65vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-usb-b-2-4a-1-8m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-usb-b-2-4a-3m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-shnur-spiral-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-0-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiorazvetvitel-shteker-3-5mm-na-2-po-3-5mm-0-15m-belyy-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-shnur-spiral-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-aux-3-5-mm-bluetooth-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-siniy-gelevyy-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-bluetooth-5-0-aux-3-5-mm-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-v-tkanevoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-krasnyy-v-tkanevoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-siniy-v-tkanevoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-gelevyy-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-gelevyy-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-v-tkanevoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-uglovoy-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiorazvetvitel-shteker-3-5mm-na-2-po-3-5mm-0-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-otg-sht-micro-usb-gn-usb-a-2-4a-0-15m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-otg-sht-type-c-gn-usb-a-2-4a-0-15m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-otg-sht-mini-usb-gn-usb-a-2-4a-0-15m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-4m-belyy-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-2m-belyy-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-20m-belyy-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-7m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-25m-belyy-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-10m-belyy-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-7m-belyy-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-4m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-2m-belyy-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-7m-belyy-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-2m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-15m-belyy-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-5mm-1-8m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-5mm-3m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-75mm-0-75m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-75mm-3m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-5mm-0-75m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-7-schuko-razem-iec-320-c5-kabel-3x0-75mm-1-8m-dlya-pitaniya-noutbuka-paket" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-75-mm-dlina-5-metrov-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-5-mm-dlina-1-8-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-16-razem-iec-320-c7-kabel-2x0-5-mm-dlina-1-5-metra-pe-paket-rexan" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-16-razem-iec-320-c7-kabel-2x0-75-mm-dlina-1-5-metra-pvc-paket-rex" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-5-mm-dlina-3-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-5-mm-dlina-5-metrov-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-75-mm-dlina-3-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-75-mm-dlina-1-8-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-7-16-razem-iec-320-c7-kabel-2x0-5-mm-dlina-1-5-metra-pe-paket-smartkip" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-1-8-metra-pe-pak" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-1-8-metra-pvc-pa" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-3-metra-pvc-pake" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-razem-iec-320-c13-razem-iec-320-c14-kabel-3x0-75-mm-dlina-1-5-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-uglovaya-evrorazem-s13-kabel-3x0-75mm-0-5m-chernyy-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x1-5-mm-dlina-0-5-metra-chernyy" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x1-5-mm-dlina-1-5-metra-chernyy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-7-7-schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-3-metra-pe-paket" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-shteker-dc-razem-pitanie-1-4h3-4-mm-spiral-1-5-metra-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-shteker-dc-razem-pitanie-2-1h5-5-mm-dlina-1-5-metra-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-shteker-dc-razem-pitanie-0-7h2-5-mm-dlina-1-metr-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-3-0-type-c-3-1-3a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3-a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-1a-1m-eko-kozha-korichnevyy-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-2-4a-1m-neylon-belyy-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-2a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3a-1m-v-temno-seroy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-6a-66vt-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-5a-50vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-1m-v-chernoy-neylonovoy-opletke-s-uglovym-shtekerom-i-svetovoy-indikats" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-60vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-2m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-s-5a-100vt-1m-v-chernoy-neylonovoy-opletke-s-led-displeem-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-1a-1m-v-serebryannoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-2-0-type-c-3-1-0-5a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-6a-120vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-45vt-1m-pvh-belyy-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-60vt-1m-pvh-belyy-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3a-2m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-4a-1m-pvh-chernyy-ploskiy-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3a-18vt-1m-v-chernoy-neylonovoy-opletke-s-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-5a-100vt-1m-v-beloy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-100vt-1m-pvh-belyy-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-2a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-4a-1m-v-serebryannoy-neylonovoy-opletke-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-serebristoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-siney-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-2-4a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-beloy-neylonovoy-opletke-ploskiy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-chernyy-rexant-2" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-original-chip-mfi-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-neylonovoy-opletke-dzhinsovaya-tkan-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-beloy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-c-led-displeem-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-zolotoy-metallicheskoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-metallicheskoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-chernoy-neylonovoy-opletke-s-led-displeem-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-2m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-3a-lightning-2-4a-micro-usb-2a-1m-pvh-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-4v1-usb-a-type-c-lightning-type-c-60vt-1m-v-chernoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-lightning-type-c-3a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2a-1m-v-matovoy-stalnoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-s-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-type-s-6a-lightning-2-4a-micro-usb-3a-1-2m-v-chernoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-2-4a-1m-v-neylonovoy-grafitovoy-opletke-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-rexant-2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-lightning-3a-1m-v-neylonovoy-seroy-opletke-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-siney-neylonovoy-opletke-ploskiy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-3v1-so-semnymi-magnitnymi-portami-type-s-2a-lightning-2-4a-micro-usb-2a-1-2m-v-chernoy-opl" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-lightning-2-4a-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2a-1m-v-dzhinsovoy-tkanevoy-opletke-ploskiy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-chernyy-dlinnyy-shteker-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1-8m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-1m-v-dzhinsovoy-tkanevoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1m-belyy-dlinnyy-shteker-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-0-2m-seryy-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-1-8m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-1a-3m-seryy-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-1m-belyy-vitoy-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-micro-usb-2-4a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-2-4a-3m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-1a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-1a-1-8m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-mini-usb-1a-0-2m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-gn-usb-a-2-4a-5m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-sht-usb-a-2-4a-1-8m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-gn-usb-a-2-4a-3m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-sht-usb-a-2-4a-3m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-sht-usb-a-gn-usb-a-2-4a-1-8m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-4v1-usb-a-type-c-type-c-lightning-65vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-2v1-type-c-type-c-lightning-65vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-5v1-kabel-s-perehodnikami-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-usb-b-2-4a-3m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-usb-b-2-4a-1-8m-pvh-seryy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-shnur-spiral-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-v-tkanevoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-v-tkanevoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-krasnyy-v-tkanevoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-siniy-v-tkanevoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-gelevyy-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-gelevyy-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-siniy-gelevyy-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-bluetooth-5-0-aux-3-5-mm-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-chernyy-uglovoy-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiorazvetvitel-shteker-3-5mm-na-2-po-3-5mm-0-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-0-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiorazvetvitel-shteker-3-5mm-na-2-po-3-5mm-0-15m-belyy-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/audiokabel-aux-3-5mm-1m-belyy-shnur-spiral-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-aux-3-5-mm-bluetooth-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-otg-sht-type-c-gn-usb-a-2-4a-0-15m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-otg-sht-mini-usb-gn-usb-a-2-4a-0-15m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-otg-sht-micro-usb-gn-usb-a-2-4a-0-15m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-15m-belyy-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-7m-belyy-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-7m-belyy-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-2m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-10m-belyy-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-7m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-20m-belyy-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-2m-belyy-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-4m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-4m-belyy-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-2m-belyy-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-25m-belyy-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-77schuko-razem-iec-320-c5-kabel-3x0-75mm-1-8m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-5mm-3m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-75mm-3m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-5mm-1-8m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-75mm-0-75m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-evrorazem-s5-kabel-3x0-5mm-0-75m-dlya-pitaniya-noutbuka-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-716-razem-iec-320-c7-kabel-2x0-5-mm-dlina-1-5-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-716-razem-iec-320-c7-kabel-2x0-75-mm-dlina-1-5-metra-pvc-paket-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-716-razem-iec-320-c7-kabel-2x0-75-mm-dlina-5-metrov-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-716-razem-iec-320-c7-kabel-2x0-75-mm-dlina-1-8-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-716-razem-iec-320-c7-kabel-2x0-5-mm-dlina-1-8-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-716-razem-iec-320-c7-kabel-2x0-5-mm-dlina-3-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-716-razem-iec-320-c7-kabel-2x0-5-mm-dlina-5-metrov-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-716-razem-iec-320-c7-kabel-2x0-75-mm-dlina-3-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-see-716-razem-iec-320-c7-kabel-2x0-5-mm-dlina-1-5-metra-pe-paket-smartkip" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-razem-iec-320-c13-razem-iec-320-c14-kabel-3x0-75-mm-dlina-1-5-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-77schuko-razem-iec-320-c13-kabel-3x1-5-mm-dlina-0-5-metra-chernyy-pvc-paket-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-evrovilka-uglovaya-evrorazem-s13-kabel-3x0-75mm-0-5m-chernyy-paket-pvh-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-77schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-3-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-77schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-3-metra-pvc-paket-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-77schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-1-8-metra-pe-paket-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-77schuko-razem-iec-320-c13-kabel-3x0-75-mm-dlina-1-8-metra-pvc-paket-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-vilka-uglovaya-see-77schuko-razem-iec-320-c13-kabel-3x1-5-mm-dlina-1-5-metra-chernyy-pvc-paket-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-shteker-dc-razem-pitanie-0-7h2-5-mm-dlina-1-metr-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-shteker-dc-razem-pitanie-1-4h3-4-mm-spiral-1-5-metra-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-shteker-dc-razem-pitanie-2-1h5-5-mm-dlina-1-5-metra-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3-a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-4a-1m-v-serebryannoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-45vt-1m-pvh-belyy-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-60vt-1m-pvh-belyy-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-100vt-1m-pvh-belyy-power-delivery-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-2a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-4a-1m-v-serebryannoy-neylonovoy-opletke-rexant-2" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3a-2m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-5a-50vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-60vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-6a-120vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-6a-66vt-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3a-18vt-1m-v-chernoy-neylonovoy-opletke-s-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-5a-100vt-1m-v-beloy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-1m-v-chernoy-neylonovoy-opletke-s-uglovym-shtekerom-i-svetovoy-indikats" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-1m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-2m-v-chernoy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-s-5a-100vt-1m-v-chernoy-neylonovoy-opletke-s-led-displeem-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-3-0-type-c-3-1-3a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-1a-1m-eko-kozha-korichnevyy-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-3a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-5a-100vt-1m-v-chernoy-neylonovoy-opletke-so-svetovoy-indikatsiey-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-2-4a-1m-neylon-belyy-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-type-c-type-c-2a-1m-pvh-chernyy-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-3a-1m-v-temno-seroy-neylonovoy-opletke-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-2-0-type-c-3-1-0-5a-1m-pvh-belyy-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-usb-a-type-c-2-4a-1m-pvh-chernyy-ploskiy-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I163"/>
+  <dimension ref="A1:I161"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1479,4640 +1464,4580 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>233.91</v>
+        <v>202.89</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1076</v>
+        <v>1559</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>202.89</v>
+        <v>375.27</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>1594</v>
+        <v>1683</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>249.17</v>
+        <v>202.38</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>793</v>
+        <v>53</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>213.57</v>
+        <v>253.23</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>5430</v>
+        <v>748</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>213.57</v>
+        <v>233.91</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>890</v>
+        <v>975</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="C9" s="3">
-        <v>307.65</v>
+        <v>213.57</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>1496</v>
+        <v>1759</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>259.67</v>
+        <v>1129.43</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>15</v>
+        <v>1430</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>914.28</v>
+        <v>306.31</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1008</v>
+        <v>416</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>292.9</v>
+        <v>390.53</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1427</v>
+        <v>4403</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>558.33</v>
+        <v>390.53</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>2653</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>171</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>710.88</v>
+        <v>589.86</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>1</v>
+        <v>703</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>171</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>558.33</v>
+        <v>337.75</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>1590</v>
+        <v>802</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>253.23</v>
+        <v>375.27</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>906</v>
+        <v>2110</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>292.9</v>
+        <v>710.88</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>1990</v>
+        <v>512</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>200</v>
+        <v>171</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>253.23</v>
+        <v>558.33</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>47</v>
+        <v>1507</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>200</v>
+        <v>171</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>325.44</v>
+        <v>292.9</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>281</v>
+        <v>1913</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>200</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>390.53</v>
+        <v>253.23</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>4536</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>171</v>
+        <v>200</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>390.53</v>
+        <v>325.44</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>2784</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>171</v>
+        <v>200</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>202.38</v>
+        <v>213.57</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>50</v>
+        <v>2977</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>456.63</v>
+        <v>259.67</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>380</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="C24" s="3">
         <v>456.63</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>1256</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>171</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>589.86</v>
+        <v>914.28</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>754</v>
+        <v>904</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>171</v>
+        <v>110</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>1129.43</v>
+        <v>249.17</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>1455</v>
+        <v>716</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="C27" s="3">
         <v>213.57</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>93</v>
+        <v>4777</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>200</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="C28" s="3">
         <v>213.57</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>3328</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>200</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>337.75</v>
+        <v>213.57</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>810</v>
+        <v>835</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3">
-        <v>375.27</v>
+        <v>307.65</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>1738</v>
+        <v>1424</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3">
-        <v>306.31</v>
+        <v>292.9</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>505</v>
+        <v>1413</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>313.82</v>
+        <v>558.33</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
         <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>500</v>
+        <v>171</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="B33" s="3" t="s">
+      <c r="C33" s="3">
+        <v>456.63</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F33" s="3">
+        <v>0</v>
+      </c>
+      <c r="G33" s="3">
+        <v>1</v>
+      </c>
+      <c r="H33" s="3">
+        <v>171</v>
+      </c>
+      <c r="I33" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A34" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="C33" s="3">
-[...14 lines deleted...]
-      <c r="H33" s="3">
+      <c r="B34" s="2"/>
+      <c r="C34" s="2"/>
+      <c r="D34" s="2"/>
+      <c r="E34" s="2"/>
+      <c r="F34" s="2"/>
+      <c r="G34" s="2"/>
+      <c r="H34" s="2"/>
+      <c r="I34" s="2"/>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A35" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="C35" s="3">
+        <v>365.2</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F35" s="3">
+        <v>1360</v>
+      </c>
+      <c r="G35" s="3">
+        <v>1</v>
+      </c>
+      <c r="H35" s="3">
         <v>100</v>
       </c>
-      <c r="I33" s="3">
-[...43 lines deleted...]
-      <c r="I35" s="2"/>
+      <c r="I35" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>138.59</v>
+        <v>132.21</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>3420</v>
+        <v>1031</v>
       </c>
       <c r="G36" s="3">
         <v>10</v>
       </c>
       <c r="H36" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>426.12</v>
+        <v>152.55</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>906</v>
+        <v>1013</v>
       </c>
       <c r="G37" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H37" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>641.25</v>
+        <v>273.67</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>3122</v>
       </c>
       <c r="G38" s="3">
         <v>10</v>
       </c>
       <c r="H38" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>430.5</v>
+        <v>406.65</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>102</v>
+        <v>1646</v>
       </c>
       <c r="G39" s="3">
         <v>10</v>
       </c>
       <c r="H39" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>292.9</v>
+        <v>202.38</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>1549</v>
+        <v>2377</v>
       </c>
       <c r="G40" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>500</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>273.67</v>
+        <v>181.98</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>3207</v>
+        <v>687</v>
       </c>
       <c r="G41" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H41" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>365.2</v>
+        <v>138.59</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>1361</v>
+        <v>3322</v>
       </c>
       <c r="G42" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H42" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>152.55</v>
+        <v>288.88</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>1093</v>
+        <v>1756</v>
       </c>
       <c r="G43" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H43" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>406.65</v>
+        <v>426.12</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>1689</v>
+        <v>879</v>
       </c>
       <c r="G44" s="3">
         <v>10</v>
       </c>
       <c r="H44" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>132.21</v>
+        <v>430.5</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>1367</v>
+        <v>102</v>
       </c>
       <c r="G45" s="3">
         <v>10</v>
       </c>
       <c r="H45" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>202.38</v>
+        <v>292.9</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>2469</v>
+        <v>1489</v>
       </c>
       <c r="G46" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H46" s="3">
         <v>500</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A47" s="3" t="s">
+      <c r="A47" s="2" t="s">
         <v>97</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B47" s="2"/>
+      <c r="C47" s="2"/>
+      <c r="D47" s="2"/>
+      <c r="E47" s="2"/>
+      <c r="F47" s="2"/>
+      <c r="G47" s="2"/>
+      <c r="H47" s="2"/>
+      <c r="I47" s="2"/>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="B48" s="3" t="s">
+      <c r="C48" s="3">
+        <v>284.07</v>
+      </c>
+      <c r="D48" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F48" s="3">
+        <v>4261</v>
+      </c>
+      <c r="G48" s="3">
+        <v>10</v>
+      </c>
+      <c r="H48" s="3">
+        <v>200</v>
+      </c>
+      <c r="I48" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A49" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="C48" s="3">
-[...22 lines deleted...]
-      <c r="A49" s="2" t="s">
+      <c r="B49" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="B49" s="2"/>
-[...6 lines deleted...]
-      <c r="I49" s="2"/>
+      <c r="C49" s="3">
+        <v>256.08</v>
+      </c>
+      <c r="D49" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F49" s="3">
+        <v>1756</v>
+      </c>
+      <c r="G49" s="3">
+        <v>1</v>
+      </c>
+      <c r="H49" s="3">
+        <v>500</v>
+      </c>
+      <c r="I49" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C50" s="3">
-        <v>256.08</v>
+        <v>293.91</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>1903</v>
+        <v>1380</v>
       </c>
       <c r="G50" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H50" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C51" s="3">
         <v>132.57</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>9861</v>
+        <v>9254</v>
       </c>
       <c r="G51" s="3">
         <v>10</v>
       </c>
       <c r="H51" s="3">
         <v>1000</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A52" s="3" t="s">
+      <c r="A52" s="2" t="s">
         <v>106</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B52" s="2"/>
+      <c r="C52" s="2"/>
+      <c r="D52" s="2"/>
+      <c r="E52" s="2"/>
+      <c r="F52" s="2"/>
+      <c r="G52" s="2"/>
+      <c r="H52" s="2"/>
+      <c r="I52" s="2"/>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="B53" s="3" t="s">
+      <c r="C53" s="3">
+        <v>475.11</v>
+      </c>
+      <c r="D53" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F53" s="3">
+        <v>1657</v>
+      </c>
+      <c r="G53" s="3">
+        <v>10</v>
+      </c>
+      <c r="H53" s="3">
+        <v>100</v>
+      </c>
+      <c r="I53" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A54" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="C53" s="3">
-[...14 lines deleted...]
-      <c r="H53" s="3">
+      <c r="B54" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="C54" s="3">
+        <v>244.62</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F54" s="3">
+        <v>4400</v>
+      </c>
+      <c r="G54" s="3">
+        <v>10</v>
+      </c>
+      <c r="H54" s="3">
         <v>250</v>
       </c>
-      <c r="I53" s="3">
-[...14 lines deleted...]
-      <c r="I54" s="2"/>
+      <c r="I54" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C55" s="3">
         <v>379.93</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>190</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>10</v>
       </c>
       <c r="H55" s="3">
         <v>200</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C56" s="3">
-        <v>244.62</v>
+        <v>269.35</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>5136</v>
+        <v>2603</v>
       </c>
       <c r="G56" s="3">
         <v>10</v>
       </c>
       <c r="H56" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C57" s="3">
-        <v>475.11</v>
+        <v>244.62</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>2124</v>
+        <v>1557</v>
       </c>
       <c r="G57" s="3">
         <v>10</v>
       </c>
       <c r="H57" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A58" s="3" t="s">
+      <c r="A58" s="2" t="s">
         <v>117</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B58" s="2"/>
+      <c r="C58" s="2"/>
+      <c r="D58" s="2"/>
+      <c r="E58" s="2"/>
+      <c r="F58" s="2"/>
+      <c r="G58" s="2"/>
+      <c r="H58" s="2"/>
+      <c r="I58" s="2"/>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B59" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="B59" s="3" t="s">
+      <c r="C59" s="3">
+        <v>660.03</v>
+      </c>
+      <c r="D59" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F59" s="3">
+        <v>1832</v>
+      </c>
+      <c r="G59" s="3">
+        <v>1</v>
+      </c>
+      <c r="H59" s="3">
+        <v>171</v>
+      </c>
+      <c r="I59" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A60" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="C59" s="3">
-[...22 lines deleted...]
-      <c r="A60" s="2" t="s">
+      <c r="B60" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="B60" s="2"/>
-[...6 lines deleted...]
-      <c r="I60" s="2"/>
+      <c r="C60" s="3">
+        <v>456.63</v>
+      </c>
+      <c r="D60" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F60" s="3">
+        <v>2582</v>
+      </c>
+      <c r="G60" s="3">
+        <v>1</v>
+      </c>
+      <c r="H60" s="3">
+        <v>171</v>
+      </c>
+      <c r="I60" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C61" s="3">
         <v>812.58</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>124</v>
       </c>
       <c r="F61" s="3">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>100</v>
       </c>
       <c r="I61" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A62" s="3" t="s">
+      <c r="A62" s="2" t="s">
         <v>125</v>
       </c>
-      <c r="B62" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B62" s="2"/>
+      <c r="C62" s="2"/>
+      <c r="D62" s="2"/>
+      <c r="E62" s="2"/>
+      <c r="F62" s="2"/>
+      <c r="G62" s="2"/>
+      <c r="H62" s="2"/>
+      <c r="I62" s="2"/>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="B63" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="B63" s="3" t="s">
+      <c r="C63" s="3">
+        <v>311.18</v>
+      </c>
+      <c r="D63" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F63" s="3">
+        <v>3525</v>
+      </c>
+      <c r="G63" s="3">
+        <v>10</v>
+      </c>
+      <c r="H63" s="3">
+        <v>200</v>
+      </c>
+      <c r="I63" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A64" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="C63" s="3">
-[...22 lines deleted...]
-      <c r="A64" s="2" t="s">
+      <c r="B64" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="B64" s="2"/>
-[...6 lines deleted...]
-      <c r="I64" s="2"/>
+      <c r="C64" s="3">
+        <v>250.39</v>
+      </c>
+      <c r="D64" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F64" s="3">
+        <v>10022</v>
+      </c>
+      <c r="G64" s="3">
+        <v>10</v>
+      </c>
+      <c r="H64" s="3">
+        <v>250</v>
+      </c>
+      <c r="I64" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A65" s="3" t="s">
+      <c r="A65" s="2" t="s">
         <v>130</v>
       </c>
-      <c r="B65" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B65" s="2"/>
+      <c r="C65" s="2"/>
+      <c r="D65" s="2"/>
+      <c r="E65" s="2"/>
+      <c r="F65" s="2"/>
+      <c r="G65" s="2"/>
+      <c r="H65" s="2"/>
+      <c r="I65" s="2"/>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="B66" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="B66" s="3" t="s">
+      <c r="C66" s="3">
+        <v>142.38</v>
+      </c>
+      <c r="D66" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F66" s="3">
+        <v>1207</v>
+      </c>
+      <c r="G66" s="3">
+        <v>20</v>
+      </c>
+      <c r="H66" s="3">
+        <v>500</v>
+      </c>
+      <c r="I66" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A67" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="C66" s="3">
-[...22 lines deleted...]
-      <c r="A67" s="2" t="s">
+      <c r="B67" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="B67" s="2"/>
-[...6 lines deleted...]
-      <c r="I67" s="2"/>
+      <c r="C67" s="3">
+        <v>309.1</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F67" s="3">
+        <v>1305</v>
+      </c>
+      <c r="G67" s="3">
+        <v>10</v>
+      </c>
+      <c r="H67" s="3">
+        <v>500</v>
+      </c>
+      <c r="I67" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C68" s="3">
-        <v>142.38</v>
+        <v>101.7</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>1426</v>
+        <v>970</v>
       </c>
       <c r="G68" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H68" s="3">
         <v>500</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C69" s="3">
-        <v>309.1</v>
+        <v>142.38</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>1390</v>
+        <v>1913</v>
       </c>
       <c r="G69" s="3">
         <v>10</v>
       </c>
       <c r="H69" s="3">
         <v>500</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C70" s="3">
-        <v>101.7</v>
+        <v>192.89</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>1112</v>
+        <v>3572</v>
       </c>
       <c r="G70" s="3">
         <v>10</v>
       </c>
       <c r="H70" s="3">
         <v>500</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C71" s="3">
-        <v>128.56</v>
+        <v>192.89</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>3983</v>
+        <v>326</v>
       </c>
       <c r="G71" s="3">
         <v>10</v>
       </c>
       <c r="H71" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C72" s="3">
-        <v>214.22</v>
+        <v>192.89</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>0</v>
+        <v>723</v>
       </c>
       <c r="G72" s="3">
         <v>10</v>
       </c>
       <c r="H72" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C73" s="3">
-        <v>152.55</v>
+        <v>122.04</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>1186</v>
+        <v>1512</v>
       </c>
       <c r="G73" s="3">
         <v>10</v>
       </c>
       <c r="H73" s="3">
         <v>500</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C74" s="3">
-        <v>1048.87</v>
+        <v>166.23</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>0</v>
+        <v>425</v>
       </c>
       <c r="G74" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H74" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C75" s="3">
         <v>166.23</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>1184</v>
+        <v>1042</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>1000</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C76" s="3">
         <v>1118.7</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>417</v>
+        <v>326</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>183</v>
       </c>
       <c r="I76" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C77" s="3">
-        <v>192.89</v>
+        <v>101.7</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>3922</v>
+        <v>2137</v>
       </c>
       <c r="G77" s="3">
         <v>10</v>
       </c>
       <c r="H77" s="3">
         <v>500</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C78" s="3">
-        <v>192.89</v>
+        <v>311.9</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>359</v>
+        <v>212</v>
       </c>
       <c r="G78" s="3">
         <v>10</v>
       </c>
       <c r="H78" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C79" s="3">
-        <v>192.89</v>
+        <v>128.56</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>730</v>
+        <v>3865</v>
       </c>
       <c r="G79" s="3">
         <v>10</v>
       </c>
       <c r="H79" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C80" s="3">
-        <v>122.04</v>
+        <v>214.22</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>1782</v>
+        <v>7</v>
       </c>
       <c r="G80" s="3">
         <v>10</v>
       </c>
       <c r="H80" s="3">
         <v>500</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C81" s="3">
-        <v>166.23</v>
+        <v>152.55</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>494</v>
+        <v>1015</v>
       </c>
       <c r="G81" s="3">
         <v>10</v>
       </c>
       <c r="H81" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C82" s="3">
-        <v>142.38</v>
+        <v>1048.87</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>1966</v>
+        <v>0</v>
       </c>
       <c r="G82" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A83" s="3" t="s">
+      <c r="A83" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="B83" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B83" s="2"/>
+      <c r="C83" s="2"/>
+      <c r="D83" s="2"/>
+      <c r="E83" s="2"/>
+      <c r="F83" s="2"/>
+      <c r="G83" s="2"/>
+      <c r="H83" s="2"/>
+      <c r="I83" s="2"/>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="B84" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="B84" s="3" t="s">
+      <c r="C84" s="3">
+        <v>395.94</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F84" s="3">
+        <v>3160</v>
+      </c>
+      <c r="G84" s="3">
+        <v>10</v>
+      </c>
+      <c r="H84" s="3">
+        <v>640</v>
+      </c>
+      <c r="I84" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A85" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="C84" s="3">
-[...14 lines deleted...]
-      <c r="H84" s="3">
+      <c r="B85" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="C85" s="3">
+        <v>147.38</v>
+      </c>
+      <c r="D85" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F85" s="3">
+        <v>1411</v>
+      </c>
+      <c r="G85" s="3">
+        <v>10</v>
+      </c>
+      <c r="H85" s="3">
         <v>500</v>
       </c>
-      <c r="I84" s="3">
-[...14 lines deleted...]
-      <c r="I85" s="2"/>
+      <c r="I85" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C86" s="3">
         <v>143.52</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>1392</v>
+        <v>1328</v>
       </c>
       <c r="G86" s="3">
         <v>10</v>
       </c>
       <c r="H86" s="3">
         <v>500</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A87" s="3" t="s">
+      <c r="A87" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="B87" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B87" s="2"/>
+      <c r="C87" s="2"/>
+      <c r="D87" s="2"/>
+      <c r="E87" s="2"/>
+      <c r="F87" s="2"/>
+      <c r="G87" s="2"/>
+      <c r="H87" s="2"/>
+      <c r="I87" s="2"/>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="B88" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="B88" s="3" t="s">
+      <c r="C88" s="3">
+        <v>399.79</v>
+      </c>
+      <c r="D88" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F88" s="3">
+        <v>1013</v>
+      </c>
+      <c r="G88" s="3">
+        <v>10</v>
+      </c>
+      <c r="H88" s="3">
+        <v>100</v>
+      </c>
+      <c r="I88" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A89" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="C88" s="3">
-[...22 lines deleted...]
-      <c r="A89" s="2" t="s">
+      <c r="B89" s="3" t="s">
         <v>176</v>
       </c>
-      <c r="B89" s="2"/>
-[...6 lines deleted...]
-      <c r="I89" s="2"/>
+      <c r="C89" s="3">
+        <v>328.02</v>
+      </c>
+      <c r="D89" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F89" s="3">
+        <v>1655</v>
+      </c>
+      <c r="G89" s="3">
+        <v>10</v>
+      </c>
+      <c r="H89" s="3">
+        <v>100</v>
+      </c>
+      <c r="I89" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C90" s="3">
-        <v>156.2</v>
+        <v>98.06</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>8092</v>
+        <v>13999</v>
       </c>
       <c r="G90" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H90" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C91" s="3">
-        <v>71.66</v>
+        <v>236.25</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>6127</v>
+        <v>820</v>
       </c>
       <c r="G91" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C92" s="3">
-        <v>550.18</v>
+        <v>150.35</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>1609</v>
+        <v>2875</v>
       </c>
       <c r="G92" s="3">
         <v>10</v>
       </c>
       <c r="H92" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C93" s="3">
-        <v>328.02</v>
+        <v>94.9</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>970</v>
+        <v>33455</v>
       </c>
       <c r="G93" s="3">
         <v>10</v>
       </c>
       <c r="H93" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C94" s="3">
-        <v>511.98</v>
+        <v>318.53</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>80</v>
+        <v>2066</v>
       </c>
       <c r="G94" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H94" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C95" s="3">
-        <v>318.53</v>
+        <v>328.02</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>2255</v>
+        <v>734</v>
       </c>
       <c r="G95" s="3">
         <v>10</v>
       </c>
       <c r="H95" s="3">
         <v>100</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C96" s="3">
-        <v>328.02</v>
+        <v>550.18</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>1744</v>
+        <v>1567</v>
       </c>
       <c r="G96" s="3">
         <v>10</v>
       </c>
       <c r="H96" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C97" s="3">
-        <v>156.2</v>
+        <v>94.99</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>10906</v>
+        <v>12192</v>
       </c>
       <c r="G97" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H97" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C98" s="3">
-        <v>94.99</v>
+        <v>156.2</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>9941</v>
+        <v>9423</v>
       </c>
       <c r="G98" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C99" s="3">
-        <v>98.06</v>
+        <v>156.2</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>14307</v>
+        <v>7086</v>
       </c>
       <c r="G99" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C100" s="3">
-        <v>236.25</v>
+        <v>71.66</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>989</v>
+        <v>5461</v>
       </c>
       <c r="G100" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H100" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C101" s="3">
-        <v>150.35</v>
+        <v>511.98</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>3758</v>
+        <v>58</v>
       </c>
       <c r="G101" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A102" s="3" t="s">
+      <c r="A102" s="2" t="s">
         <v>201</v>
       </c>
-      <c r="B102" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B102" s="2"/>
+      <c r="C102" s="2"/>
+      <c r="D102" s="2"/>
+      <c r="E102" s="2"/>
+      <c r="F102" s="2"/>
+      <c r="G102" s="2"/>
+      <c r="H102" s="2"/>
+      <c r="I102" s="2"/>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="B103" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="B103" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C103" s="3">
-        <v>399.79</v>
+        <v>774.3</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>1143</v>
+        <v>3065</v>
       </c>
       <c r="G103" s="3">
         <v>10</v>
       </c>
       <c r="H103" s="3">
         <v>100</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A104" s="2" t="s">
+      <c r="A104" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="B104" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="B104" s="2"/>
-[...6 lines deleted...]
-      <c r="I104" s="2"/>
+      <c r="C104" s="3">
+        <v>274.59</v>
+      </c>
+      <c r="D104" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F104" s="3">
+        <v>839</v>
+      </c>
+      <c r="G104" s="3">
+        <v>1</v>
+      </c>
+      <c r="H104" s="3">
+        <v>80</v>
+      </c>
+      <c r="I104" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C105" s="3">
-        <v>254.25</v>
+        <v>294.93</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>843</v>
+        <v>713</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I105" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C106" s="3">
-        <v>274.59</v>
+        <v>254.25</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>840</v>
+        <v>838</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I106" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C107" s="3">
         <v>193.23</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>698</v>
+        <v>694</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
         <v>200</v>
       </c>
       <c r="I107" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C108" s="3">
-        <v>294.93</v>
+        <v>172.89</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>973</v>
+        <v>959</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I108" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A109" s="3" t="s">
+      <c r="A109" s="2" t="s">
         <v>214</v>
       </c>
-      <c r="B109" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B109" s="2"/>
+      <c r="C109" s="2"/>
+      <c r="D109" s="2"/>
+      <c r="E109" s="2"/>
+      <c r="F109" s="2"/>
+      <c r="G109" s="2"/>
+      <c r="H109" s="2"/>
+      <c r="I109" s="2"/>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B110" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="B110" s="3" t="s">
+      <c r="C110" s="3">
+        <v>232.73</v>
+      </c>
+      <c r="D110" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F110" s="3">
+        <v>2332</v>
+      </c>
+      <c r="G110" s="3">
+        <v>10</v>
+      </c>
+      <c r="H110" s="3">
+        <v>250</v>
+      </c>
+      <c r="I110" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A111" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="C110" s="3">
-[...22 lines deleted...]
-      <c r="A111" s="2" t="s">
+      <c r="B111" s="3" t="s">
         <v>218</v>
       </c>
-      <c r="B111" s="2"/>
-[...6 lines deleted...]
-      <c r="I111" s="2"/>
+      <c r="C111" s="3">
+        <v>664.85</v>
+      </c>
+      <c r="D111" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F111" s="3">
+        <v>252</v>
+      </c>
+      <c r="G111" s="3">
+        <v>10</v>
+      </c>
+      <c r="H111" s="3">
+        <v>200</v>
+      </c>
+      <c r="I111" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C112" s="3">
         <v>364.28</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>0</v>
+        <v>942</v>
       </c>
       <c r="G112" s="3">
         <v>10</v>
       </c>
       <c r="H112" s="3">
         <v>50</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C113" s="3">
-        <v>122.04</v>
+        <v>224.7</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="3">
-        <v>41213</v>
+        <v>5438</v>
       </c>
       <c r="G113" s="3">
         <v>10</v>
       </c>
       <c r="H113" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C114" s="3">
-        <v>232.73</v>
+        <v>122.04</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>0</v>
+        <v>50857</v>
       </c>
       <c r="G114" s="3">
         <v>10</v>
       </c>
       <c r="H114" s="3">
         <v>250</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C115" s="3">
-        <v>664.85</v>
+        <v>283.07</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>321</v>
+        <v>3273</v>
       </c>
       <c r="G115" s="3">
         <v>10</v>
       </c>
       <c r="H115" s="3">
         <v>200</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C116" s="3">
-        <v>283.07</v>
+        <v>326.12</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F116" s="3">
-        <v>1665</v>
+        <v>2026</v>
       </c>
       <c r="G116" s="3">
         <v>10</v>
       </c>
       <c r="H116" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C117" s="3">
-        <v>326.12</v>
+        <v>318.9</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>2662</v>
+        <v>4021</v>
       </c>
       <c r="G117" s="3">
         <v>10</v>
       </c>
       <c r="H117" s="3">
         <v>100</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>232</v>
       </c>
       <c r="C118" s="3">
-        <v>318.9</v>
+        <v>120.49</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>0</v>
+        <v>15776</v>
       </c>
       <c r="G118" s="3">
         <v>10</v>
       </c>
       <c r="H118" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A119" s="3" t="s">
+      <c r="A119" s="2" t="s">
         <v>233</v>
       </c>
-      <c r="B119" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B119" s="2"/>
+      <c r="C119" s="2"/>
+      <c r="D119" s="2"/>
+      <c r="E119" s="2"/>
+      <c r="F119" s="2"/>
+      <c r="G119" s="2"/>
+      <c r="H119" s="2"/>
+      <c r="I119" s="2"/>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="B120" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="B120" s="3" t="s">
+      <c r="C120" s="3">
+        <v>345.96</v>
+      </c>
+      <c r="D120" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F120" s="3">
+        <v>1760</v>
+      </c>
+      <c r="G120" s="3">
+        <v>1</v>
+      </c>
+      <c r="H120" s="3">
+        <v>100</v>
+      </c>
+      <c r="I120" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A121" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="C120" s="3">
-[...22 lines deleted...]
-      <c r="A121" s="2" t="s">
+      <c r="B121" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="B121" s="2"/>
-[...6 lines deleted...]
-      <c r="I121" s="2"/>
+      <c r="C121" s="3">
+        <v>432.26</v>
+      </c>
+      <c r="D121" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F121" s="3">
+        <v>6</v>
+      </c>
+      <c r="G121" s="3">
+        <v>10</v>
+      </c>
+      <c r="H121" s="3">
+        <v>100</v>
+      </c>
+      <c r="I121" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C122" s="3">
-        <v>326.12</v>
+        <v>288.18</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>14755</v>
+        <v>1397</v>
       </c>
       <c r="G122" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I122" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C123" s="3">
-        <v>758.21</v>
+        <v>642.89</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F123" s="3">
-        <v>2384</v>
+        <v>4628</v>
       </c>
       <c r="G123" s="3">
         <v>10</v>
       </c>
       <c r="H123" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C124" s="3">
         <v>1120.82</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="3">
-        <v>377</v>
+        <v>332</v>
       </c>
       <c r="G124" s="3">
         <v>10</v>
       </c>
       <c r="H124" s="3">
         <v>50</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C125" s="3">
-        <v>345.96</v>
+        <v>326.12</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="3">
-        <v>2407</v>
+        <v>11083</v>
       </c>
       <c r="G125" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H125" s="3">
         <v>100</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C126" s="3">
-        <v>288.18</v>
+        <v>758.21</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="3">
-        <v>1430</v>
+        <v>2339</v>
       </c>
       <c r="G126" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H126" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I126" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>248</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>249</v>
       </c>
       <c r="C127" s="3">
-        <v>432.26</v>
+        <v>1150.04</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="3">
-        <v>1</v>
+        <v>1005</v>
       </c>
       <c r="G127" s="3">
         <v>10</v>
       </c>
       <c r="H127" s="3">
         <v>100</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A128" s="3" t="s">
+      <c r="A128" s="2" t="s">
         <v>250</v>
       </c>
-      <c r="B128" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B128" s="2"/>
+      <c r="C128" s="2"/>
+      <c r="D128" s="2"/>
+      <c r="E128" s="2"/>
+      <c r="F128" s="2"/>
+      <c r="G128" s="2"/>
+      <c r="H128" s="2"/>
+      <c r="I128" s="2"/>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="B129" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="B129" s="3" t="s">
+      <c r="C129" s="3">
+        <v>168.57</v>
+      </c>
+      <c r="D129" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F129" s="3">
+        <v>2701</v>
+      </c>
+      <c r="G129" s="3">
+        <v>10</v>
+      </c>
+      <c r="H129" s="3">
+        <v>250</v>
+      </c>
+      <c r="I129" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="130" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A130" s="3" t="s">
         <v>253</v>
       </c>
-      <c r="C129" s="3">
-[...22 lines deleted...]
-      <c r="A130" s="2" t="s">
+      <c r="B130" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="B130" s="2"/>
-[...6 lines deleted...]
-      <c r="I130" s="2"/>
+      <c r="C130" s="3">
+        <v>218.4</v>
+      </c>
+      <c r="D130" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F130" s="3">
+        <v>3544</v>
+      </c>
+      <c r="G130" s="3">
+        <v>10</v>
+      </c>
+      <c r="H130" s="3">
+        <v>250</v>
+      </c>
+      <c r="I130" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>255</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>256</v>
       </c>
       <c r="C131" s="3">
-        <v>218.4</v>
+        <v>223.19</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>3746</v>
+        <v>6029</v>
       </c>
       <c r="G131" s="3">
         <v>10</v>
       </c>
       <c r="H131" s="3">
         <v>250</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A132" s="3" t="s">
+      <c r="A132" s="2" t="s">
         <v>257</v>
       </c>
-      <c r="B132" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B132" s="2"/>
+      <c r="C132" s="2"/>
+      <c r="D132" s="2"/>
+      <c r="E132" s="2"/>
+      <c r="F132" s="2"/>
+      <c r="G132" s="2"/>
+      <c r="H132" s="2"/>
+      <c r="I132" s="2"/>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="B133" s="3" t="s">
         <v>259</v>
       </c>
-      <c r="B133" s="3" t="s">
+      <c r="C133" s="3">
+        <v>213.57</v>
+      </c>
+      <c r="D133" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F133" s="3">
+        <v>3095</v>
+      </c>
+      <c r="G133" s="3">
+        <v>1</v>
+      </c>
+      <c r="H133" s="3">
+        <v>100</v>
+      </c>
+      <c r="I133" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="134" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A134" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="C133" s="3">
-[...22 lines deleted...]
-      <c r="A134" s="2" t="s">
+      <c r="B134" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="B134" s="2"/>
-[...6 lines deleted...]
-      <c r="I134" s="2"/>
+      <c r="C134" s="3">
+        <v>213.57</v>
+      </c>
+      <c r="D134" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E134" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F134" s="3">
+        <v>1145</v>
+      </c>
+      <c r="G134" s="3">
+        <v>1</v>
+      </c>
+      <c r="H134" s="3">
+        <v>100</v>
+      </c>
+      <c r="I134" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C135" s="3">
-        <v>375.27</v>
+        <v>213.57</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>2566</v>
+        <v>0</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>264</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>265</v>
       </c>
       <c r="C136" s="3">
-        <v>213.57</v>
+        <v>192.21</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F136" s="3">
-        <v>3276</v>
+        <v>1542</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>266</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C137" s="3">
-        <v>337.75</v>
+        <v>292.9</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="3">
-        <v>1697</v>
+        <v>2522</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
       <c r="H137" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>268</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>269</v>
       </c>
       <c r="C138" s="3">
-        <v>213.57</v>
+        <v>184.53</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F138" s="3">
-        <v>318</v>
+        <v>3900</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>270</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>271</v>
       </c>
       <c r="C139" s="3">
         <v>213.57</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F139" s="3">
-        <v>293</v>
+        <v>1651</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
         <v>100</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>272</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>273</v>
+        <v>261</v>
       </c>
       <c r="C140" s="3">
-        <v>479.01</v>
+        <v>244.08</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F140" s="3">
-        <v>2695</v>
+        <v>809</v>
       </c>
       <c r="G140" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H140" s="3">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="I140" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="B141" s="3" t="s">
         <v>274</v>
       </c>
-      <c r="B141" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C141" s="3">
-        <v>227.91</v>
+        <v>292.9</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F141" s="3">
-        <v>4867</v>
+        <v>1265</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
         <v>200</v>
       </c>
       <c r="I141" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="B142" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="B142" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C142" s="3">
-        <v>174.82</v>
+        <v>456.63</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F142" s="3">
-        <v>4324</v>
+        <v>1372</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>200</v>
+        <v>171</v>
       </c>
       <c r="I142" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="B143" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="B143" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C143" s="3">
-        <v>253.23</v>
+        <v>476.97</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="3">
-        <v>3022</v>
+        <v>494</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I143" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="B144" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="B144" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C144" s="3">
-        <v>487.14</v>
+        <v>507.48</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F144" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
         <v>171</v>
       </c>
       <c r="I144" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="B145" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="B145" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C145" s="3">
-        <v>456.63</v>
+        <v>487.14</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="3">
-        <v>1676</v>
+        <v>990</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
         <v>171</v>
       </c>
       <c r="I145" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="B146" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="B146" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C146" s="3">
-        <v>609.18</v>
+        <v>507.48</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="3">
-        <v>404</v>
+        <v>0</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
         <v>171</v>
       </c>
       <c r="I146" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="B147" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="B147" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C147" s="3">
-        <v>476.97</v>
+        <v>507.48</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="3">
         <v>0</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
         <v>171</v>
       </c>
       <c r="I147" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="B148" s="3" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="C148" s="3">
         <v>609.18</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="3">
-        <v>0</v>
+        <v>1162</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
         <v>171</v>
       </c>
       <c r="I148" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="B149" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="B149" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C149" s="3">
-        <v>863.43</v>
+        <v>609.18</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F149" s="3">
-        <v>189</v>
+        <v>2</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
         <v>171</v>
       </c>
       <c r="I149" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="B150" s="3" t="s">
         <v>292</v>
       </c>
-      <c r="B150" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C150" s="3">
-        <v>761.73</v>
+        <v>863.43</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F150" s="3">
-        <v>779</v>
+        <v>0</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
         <v>171</v>
       </c>
       <c r="I150" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="B151" s="3" t="s">
         <v>294</v>
       </c>
-      <c r="B151" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C151" s="3">
-        <v>213.57</v>
+        <v>761.73</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F151" s="3">
-        <v>477</v>
+        <v>669</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>100</v>
+        <v>171</v>
       </c>
       <c r="I151" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="B152" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="B152" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C152" s="3">
-        <v>213.57</v>
+        <v>375.27</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F152" s="3">
-        <v>4451</v>
+        <v>1659</v>
       </c>
       <c r="G152" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H152" s="3">
         <v>200</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="B153" s="3" t="s">
         <v>298</v>
       </c>
-      <c r="B153" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C153" s="3">
-        <v>507.48</v>
+        <v>337.75</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="3">
-        <v>173</v>
+        <v>1643</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
-        <v>171</v>
+        <v>200</v>
       </c>
       <c r="I153" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="B154" s="3" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
       <c r="C154" s="3">
         <v>213.57</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="3">
-        <v>0</v>
+        <v>232</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
         <v>100</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="B155" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="B155" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C155" s="3">
-        <v>192.21</v>
+        <v>213.57</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F155" s="3">
-        <v>1610</v>
+        <v>232</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="B156" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="B156" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C156" s="3">
-        <v>292.9</v>
+        <v>479.01</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F156" s="3">
-        <v>1372</v>
+        <v>2615</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
-        <v>200</v>
+        <v>171</v>
       </c>
       <c r="I156" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="B157" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="B157" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C157" s="3">
-        <v>213.57</v>
+        <v>227.91</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F157" s="3">
-        <v>1762</v>
+        <v>4846</v>
       </c>
       <c r="G157" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H157" s="3">
         <v>200</v>
       </c>
       <c r="I157" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="B158" s="3" t="s">
         <v>308</v>
       </c>
-      <c r="B158" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C158" s="3">
-        <v>213.57</v>
+        <v>174.82</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F158" s="3">
-        <v>2594</v>
+        <v>4319</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="B159" s="3" t="s">
         <v>310</v>
       </c>
-      <c r="B159" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C159" s="3">
-        <v>507.48</v>
+        <v>253.23</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F159" s="3">
-        <v>0</v>
+        <v>2684</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="I159" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="B160" s="3" t="s">
         <v>312</v>
       </c>
-      <c r="B160" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C160" s="3">
-        <v>507.48</v>
+        <v>213.57</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F160" s="3">
-        <v>0</v>
+        <v>4004</v>
       </c>
       <c r="G160" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H160" s="3">
-        <v>171</v>
+        <v>200</v>
       </c>
       <c r="I160" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="B161" s="3" t="s">
         <v>314</v>
       </c>
-      <c r="B161" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C161" s="3">
-        <v>292.9</v>
+        <v>213.57</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F161" s="3">
-        <v>2555</v>
+        <v>1609</v>
       </c>
       <c r="G161" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H161" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I161" s="3">
-        <v>1</v>
-[...56 lines deleted...]
-      <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="15">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A35:I35"/>
-[...11 lines deleted...]
-    <mergeCell ref="A134:I134"/>
+    <mergeCell ref="A34:I34"/>
+    <mergeCell ref="A47:I47"/>
+    <mergeCell ref="A52:I52"/>
+    <mergeCell ref="A58:I58"/>
+    <mergeCell ref="A62:I62"/>
+    <mergeCell ref="A65:I65"/>
+    <mergeCell ref="A83:I83"/>
+    <mergeCell ref="A87:I87"/>
+    <mergeCell ref="A102:I102"/>
+    <mergeCell ref="A109:I109"/>
+    <mergeCell ref="A119:I119"/>
+    <mergeCell ref="A128:I128"/>
+    <mergeCell ref="A132:I132"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
     <hyperlink ref="D27" r:id="rId24"/>
     <hyperlink ref="D28" r:id="rId25"/>
     <hyperlink ref="D29" r:id="rId26"/>
     <hyperlink ref="D30" r:id="rId27"/>
     <hyperlink ref="D31" r:id="rId28"/>
     <hyperlink ref="D32" r:id="rId29"/>
     <hyperlink ref="D33" r:id="rId30"/>
-    <hyperlink ref="D34" r:id="rId31"/>
+    <hyperlink ref="D35" r:id="rId31"/>
     <hyperlink ref="D36" r:id="rId32"/>
     <hyperlink ref="D37" r:id="rId33"/>
     <hyperlink ref="D38" r:id="rId34"/>
     <hyperlink ref="D39" r:id="rId35"/>
     <hyperlink ref="D40" r:id="rId36"/>
     <hyperlink ref="D41" r:id="rId37"/>
     <hyperlink ref="D42" r:id="rId38"/>
     <hyperlink ref="D43" r:id="rId39"/>
     <hyperlink ref="D44" r:id="rId40"/>
     <hyperlink ref="D45" r:id="rId41"/>
     <hyperlink ref="D46" r:id="rId42"/>
-    <hyperlink ref="D47" r:id="rId43"/>
-    <hyperlink ref="D48" r:id="rId44"/>
+    <hyperlink ref="D48" r:id="rId43"/>
+    <hyperlink ref="D49" r:id="rId44"/>
     <hyperlink ref="D50" r:id="rId45"/>
     <hyperlink ref="D51" r:id="rId46"/>
-    <hyperlink ref="D52" r:id="rId47"/>
-    <hyperlink ref="D53" r:id="rId48"/>
+    <hyperlink ref="D53" r:id="rId47"/>
+    <hyperlink ref="D54" r:id="rId48"/>
     <hyperlink ref="D55" r:id="rId49"/>
     <hyperlink ref="D56" r:id="rId50"/>
     <hyperlink ref="D57" r:id="rId51"/>
-    <hyperlink ref="D58" r:id="rId52"/>
-    <hyperlink ref="D59" r:id="rId53"/>
+    <hyperlink ref="D59" r:id="rId52"/>
+    <hyperlink ref="D60" r:id="rId53"/>
     <hyperlink ref="D61" r:id="rId54"/>
-    <hyperlink ref="D62" r:id="rId55"/>
-[...2 lines deleted...]
-    <hyperlink ref="D66" r:id="rId58"/>
+    <hyperlink ref="D63" r:id="rId55"/>
+    <hyperlink ref="D64" r:id="rId56"/>
+    <hyperlink ref="D66" r:id="rId57"/>
+    <hyperlink ref="D67" r:id="rId58"/>
     <hyperlink ref="D68" r:id="rId59"/>
     <hyperlink ref="D69" r:id="rId60"/>
     <hyperlink ref="D70" r:id="rId61"/>
     <hyperlink ref="D71" r:id="rId62"/>
     <hyperlink ref="D72" r:id="rId63"/>
     <hyperlink ref="D73" r:id="rId64"/>
     <hyperlink ref="D74" r:id="rId65"/>
     <hyperlink ref="D75" r:id="rId66"/>
     <hyperlink ref="D76" r:id="rId67"/>
     <hyperlink ref="D77" r:id="rId68"/>
     <hyperlink ref="D78" r:id="rId69"/>
     <hyperlink ref="D79" r:id="rId70"/>
     <hyperlink ref="D80" r:id="rId71"/>
     <hyperlink ref="D81" r:id="rId72"/>
     <hyperlink ref="D82" r:id="rId73"/>
-    <hyperlink ref="D83" r:id="rId74"/>
-    <hyperlink ref="D84" r:id="rId75"/>
+    <hyperlink ref="D84" r:id="rId74"/>
+    <hyperlink ref="D85" r:id="rId75"/>
     <hyperlink ref="D86" r:id="rId76"/>
-    <hyperlink ref="D87" r:id="rId77"/>
-    <hyperlink ref="D88" r:id="rId78"/>
+    <hyperlink ref="D88" r:id="rId77"/>
+    <hyperlink ref="D89" r:id="rId78"/>
     <hyperlink ref="D90" r:id="rId79"/>
     <hyperlink ref="D91" r:id="rId80"/>
     <hyperlink ref="D92" r:id="rId81"/>
     <hyperlink ref="D93" r:id="rId82"/>
     <hyperlink ref="D94" r:id="rId83"/>
     <hyperlink ref="D95" r:id="rId84"/>
     <hyperlink ref="D96" r:id="rId85"/>
     <hyperlink ref="D97" r:id="rId86"/>
     <hyperlink ref="D98" r:id="rId87"/>
     <hyperlink ref="D99" r:id="rId88"/>
     <hyperlink ref="D100" r:id="rId89"/>
     <hyperlink ref="D101" r:id="rId90"/>
-    <hyperlink ref="D102" r:id="rId91"/>
-    <hyperlink ref="D103" r:id="rId92"/>
+    <hyperlink ref="D103" r:id="rId91"/>
+    <hyperlink ref="D104" r:id="rId92"/>
     <hyperlink ref="D105" r:id="rId93"/>
     <hyperlink ref="D106" r:id="rId94"/>
     <hyperlink ref="D107" r:id="rId95"/>
     <hyperlink ref="D108" r:id="rId96"/>
-    <hyperlink ref="D109" r:id="rId97"/>
-    <hyperlink ref="D110" r:id="rId98"/>
+    <hyperlink ref="D110" r:id="rId97"/>
+    <hyperlink ref="D111" r:id="rId98"/>
     <hyperlink ref="D112" r:id="rId99"/>
     <hyperlink ref="D113" r:id="rId100"/>
     <hyperlink ref="D114" r:id="rId101"/>
     <hyperlink ref="D115" r:id="rId102"/>
     <hyperlink ref="D116" r:id="rId103"/>
     <hyperlink ref="D117" r:id="rId104"/>
     <hyperlink ref="D118" r:id="rId105"/>
-    <hyperlink ref="D119" r:id="rId106"/>
-    <hyperlink ref="D120" r:id="rId107"/>
+    <hyperlink ref="D120" r:id="rId106"/>
+    <hyperlink ref="D121" r:id="rId107"/>
     <hyperlink ref="D122" r:id="rId108"/>
     <hyperlink ref="D123" r:id="rId109"/>
     <hyperlink ref="D124" r:id="rId110"/>
     <hyperlink ref="D125" r:id="rId111"/>
     <hyperlink ref="D126" r:id="rId112"/>
     <hyperlink ref="D127" r:id="rId113"/>
-    <hyperlink ref="D128" r:id="rId114"/>
-    <hyperlink ref="D129" r:id="rId115"/>
+    <hyperlink ref="D129" r:id="rId114"/>
+    <hyperlink ref="D130" r:id="rId115"/>
     <hyperlink ref="D131" r:id="rId116"/>
-    <hyperlink ref="D132" r:id="rId117"/>
-    <hyperlink ref="D133" r:id="rId118"/>
+    <hyperlink ref="D133" r:id="rId117"/>
+    <hyperlink ref="D134" r:id="rId118"/>
     <hyperlink ref="D135" r:id="rId119"/>
     <hyperlink ref="D136" r:id="rId120"/>
     <hyperlink ref="D137" r:id="rId121"/>
     <hyperlink ref="D138" r:id="rId122"/>
     <hyperlink ref="D139" r:id="rId123"/>
     <hyperlink ref="D140" r:id="rId124"/>
     <hyperlink ref="D141" r:id="rId125"/>
     <hyperlink ref="D142" r:id="rId126"/>
     <hyperlink ref="D143" r:id="rId127"/>
     <hyperlink ref="D144" r:id="rId128"/>
     <hyperlink ref="D145" r:id="rId129"/>
     <hyperlink ref="D146" r:id="rId130"/>
     <hyperlink ref="D147" r:id="rId131"/>
     <hyperlink ref="D148" r:id="rId132"/>
     <hyperlink ref="D149" r:id="rId133"/>
     <hyperlink ref="D150" r:id="rId134"/>
     <hyperlink ref="D151" r:id="rId135"/>
     <hyperlink ref="D152" r:id="rId136"/>
     <hyperlink ref="D153" r:id="rId137"/>
     <hyperlink ref="D154" r:id="rId138"/>
     <hyperlink ref="D155" r:id="rId139"/>
     <hyperlink ref="D156" r:id="rId140"/>
     <hyperlink ref="D157" r:id="rId141"/>
     <hyperlink ref="D158" r:id="rId142"/>
     <hyperlink ref="D159" r:id="rId143"/>
     <hyperlink ref="D160" r:id="rId144"/>
     <hyperlink ref="D161" r:id="rId145"/>
-    <hyperlink ref="D162" r:id="rId146"/>
-    <hyperlink ref="D163" r:id="rId147"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>