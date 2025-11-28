--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -42,228 +42,228 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Кабель акустический BLUELINE минибухта</t>
   </si>
   <si>
+    <t>01-6306-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², прозрачный SILICON, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>01-6204-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,75мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6203-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², прозрачный BLUELINE, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6202-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,35мм², прозрачный BLUELINE, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6204-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,75мм², прозрачный BLUELINE, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
     <t>01-6303-05</t>
   </si>
   <si>
     <t>Кабель акустический 2х0,50мм², прозрачный SILICON, мини-бухта 5м REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Кабель акустический 2х1,50мм², прозрачный SILICON, мини-бухта 5м REXANT</t>
+    <t>01-6205-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,00мм², прозрачный BLUELINE, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6203-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
   </si>
   <si>
     <t>01-6304-05</t>
   </si>
   <si>
     <t>Кабель акустический 2х0,75мм², прозрачный SILICON, мини-бухта 5м REXANT</t>
   </si>
   <si>
     <t>01-6303-10</t>
   </si>
   <si>
     <t>Кабель акустический 2х0,50мм², прозрачный SILICON, мини-бухта 10м REXANT</t>
   </si>
   <si>
     <t>01-6304-10</t>
   </si>
   <si>
     <t>Кабель акустический 2х0,75мм², прозрачный SILICON, мини-бухта 10м REXANT</t>
   </si>
   <si>
+    <t>01-6203-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
+    <t>01-6204-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,75мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
+    <t>01-6208-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,50мм², прозрачный BLUELINE, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6305-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,00мм², прозрачный SILICON, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6206-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², прозрачный BLUELINE, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
     <t>01-6202-3-20</t>
   </si>
   <si>
     <t>Кабель акустический 2х0,35мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
   </si>
   <si>
-    <t>01-6203-3-20</t>
-[...16 lines deleted...]
-  <si>
     <t>01-6305-05</t>
   </si>
   <si>
     <t>Кабель акустический 2х1,00мм², прозрачный SILICON, мини-бухта 5м REXANT</t>
   </si>
   <si>
     <t>01-6308-05</t>
   </si>
   <si>
     <t>Кабель акустический 2х2,50мм², прозрачный SILICON, мини-бухта 5м REXANT</t>
   </si>
   <si>
+    <t>01-6205-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,00мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6206-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6207-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,00мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
     <t>01-6208-3-10</t>
   </si>
   <si>
     <t>Кабель акустический 2х2,50мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
   </si>
   <si>
     <t>01-6306-10</t>
   </si>
   <si>
     <t>Кабель акустический 2х1,50мм², прозрачный SILICON, мини-бухта 10м REXANT</t>
   </si>
   <si>
+    <t>01-6308-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,50мм², прозрачный SILICON, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6205-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,00мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
+    <t>01-6206-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
+    <t>01-6207-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,00мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
     <t>01-6208-3-20</t>
   </si>
   <si>
     <t>Кабель акустический 2х2,50мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
-  </si>
-[...88 lines deleted...]
-    <t>Кабель акустический 2х1,50мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -648,51 +648,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-silicon-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-silicon-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-silicon-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-silicon-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-silicon-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-prozrachnyy-blueline-mini-buhta-20m-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-mini-buhta-20m-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-prozrachnyy-blueline-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-silicon-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-silicon-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-silicon-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-mini-buhta-20m-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-silicon-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-00mm-prozrachnyy-blueline-mini-buhta-20m-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-mini-buhta-20m-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-mini-buhta-5m-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-silicon-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-00mm-prozrachnyy-blueline-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-mini-buhta-10m-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-mini-buhta-20m-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-mini-buhta-20m-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-sup2-prozrachniy-silicon-mini-buhta-5m-rexant-12739" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-sup2-prozrachniy-blueline-mini-buhta-10m-rexant-12745" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-sup2-prozrachniy-blueline-mini-buhta-5m-rexant-12723" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-sup2-prozrachniy-blueline-mini-buhta-5m-rexant-12737" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-sup2-prozrachniy-blueline-mini-buhta-5m-rexant-12743" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-sup2-prozrachniy-silicon-mini-buhta-5m-rexant-15069" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-sup2-prozrachniy-blueline-mini-buhta-5m-rexant-15125" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-sup2-prozrachniy-blueline-mini-buhta-10m-rexant-12727" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-sup2-prozrachniy-silicon-mini-buhta-5m-rexant-15070" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-sup2-prozrachniy-silicon-mini-buhta-10m-rexant-15071" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-sup2-prozrachniy-silicon-mini-buhta-10m-rexant-15072" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-sup2-prozrachniy-blueline-mini-buhta-20m-rexant-12729" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-sup2-prozrachniy-blueline-mini-buhta-20m-rexant-12736" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-sup2-prozrachniy-blueline-mini-buhta-5m-rexant-15088" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-sup2-prozrachniy-silicon-mini-buhta-10m-rexant-15109" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-sup2-prozrachniy-blueline-mini-buhta-5m-rexant-12719" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-sup2-prozrachniy-blueline-mini-buhta-20m-rexant-12733" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-sup2-prozrachniy-silicon-mini-buhta-5m-rexant-15094" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-sup2-prozrachniy-silicon-mini-buhta-5m-rexant-15140" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-sup2-prozrachniy-blueline-mini-buhta-10m-rexant-15087" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-sup2-prozrachniy-blueline-mini-buhta-10m-rexant-15091" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-00mm-sup2-prozrachniy-blueline-mini-buhta-10m-rexant-15126" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-sup2-prozrachniy-blueline-mini-buhta-10m-rexant-15092" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-sup2-prozrachniy-silicon-mini-buhta-10m-rexant-15141" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-sup2-prozrachniy-silicon-mini-buhta-10m-rexant-15095" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-sup2-prozrachniy-blueline-mini-buhta-20m-rexant-15099" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-sup2-prozrachniy-blueline-mini-buhta-20m-rexant-15074" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-00mm-sup2-prozrachniy-blueline-mini-buhta-20m-rexant-15084" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-sup2-prozrachniy-blueline-mini-buhta-20m-rexant-15085" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I31"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -716,878 +716,878 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>550.59</v>
+        <v>1478.32</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1</v>
+        <v>242</v>
       </c>
       <c r="G3" s="3">
         <v>5</v>
       </c>
       <c r="H3" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I3" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>1478.32</v>
+        <v>400.62</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>197</v>
+        <v>485</v>
       </c>
       <c r="G4" s="3">
         <v>5</v>
       </c>
       <c r="H4" s="3">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="I4" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>734.69</v>
+        <v>217.53</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>103</v>
+        <v>552</v>
       </c>
       <c r="G5" s="3">
         <v>5</v>
       </c>
       <c r="H5" s="3">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>839.06</v>
+        <v>170.52</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>106</v>
       </c>
       <c r="G6" s="3">
         <v>5</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="I6" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1062.63</v>
+        <v>255.56</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>50</v>
+        <v>1060</v>
       </c>
       <c r="G7" s="3">
         <v>5</v>
       </c>
       <c r="H7" s="3">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="I7" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>415.36</v>
+        <v>550.59</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>630</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>5</v>
       </c>
       <c r="H8" s="3">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>589.13</v>
+        <v>317.78</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>550</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>5</v>
       </c>
       <c r="H9" s="3">
         <v>70</v>
       </c>
       <c r="I9" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>170.52</v>
+        <v>308.96</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>138</v>
+        <v>304</v>
       </c>
       <c r="G10" s="3">
         <v>5</v>
       </c>
       <c r="H10" s="3">
-        <v>110</v>
+        <v>80</v>
       </c>
       <c r="I10" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>255.56</v>
+        <v>697.96</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>978</v>
+        <v>98</v>
       </c>
       <c r="G11" s="3">
         <v>5</v>
       </c>
       <c r="H11" s="3">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="I11" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>925.71</v>
+        <v>839.06</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>261</v>
+        <v>5</v>
       </c>
       <c r="G12" s="3">
         <v>5</v>
       </c>
       <c r="H12" s="3">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>2458.33</v>
+        <v>1062.63</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>95</v>
+        <v>203</v>
       </c>
       <c r="G13" s="3">
         <v>5</v>
       </c>
       <c r="H13" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I13" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>906.5</v>
+        <v>589.13</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>609</v>
+        <v>580</v>
       </c>
       <c r="G14" s="3">
         <v>5</v>
       </c>
       <c r="H14" s="3">
         <v>70</v>
       </c>
       <c r="I14" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>2428.32</v>
+        <v>752.21</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>137</v>
+        <v>320</v>
       </c>
       <c r="G15" s="3">
         <v>5</v>
       </c>
       <c r="H15" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I15" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>2117.42</v>
+        <v>758.04</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="G16" s="3">
         <v>5</v>
       </c>
       <c r="H16" s="3">
-        <v>20</v>
+        <v>70</v>
       </c>
       <c r="I16" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
         <v>1598.84</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="G17" s="3">
         <v>5</v>
       </c>
       <c r="H17" s="3">
         <v>40</v>
       </c>
       <c r="I17" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>1339.26</v>
+        <v>308.37</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>353</v>
+        <v>947</v>
       </c>
       <c r="G18" s="3">
         <v>5</v>
       </c>
       <c r="H18" s="3">
-        <v>30</v>
+        <v>70</v>
       </c>
       <c r="I18" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>308.96</v>
+        <v>415.36</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>184</v>
+        <v>616</v>
       </c>
       <c r="G19" s="3">
         <v>5</v>
       </c>
       <c r="H19" s="3">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="I19" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>400.62</v>
+        <v>925.71</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>283</v>
+        <v>257</v>
       </c>
       <c r="G20" s="3">
         <v>5</v>
       </c>
       <c r="H20" s="3">
-        <v>90</v>
+        <v>70</v>
       </c>
       <c r="I20" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>752.21</v>
+        <v>2458.33</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>93</v>
+        <v>247</v>
       </c>
       <c r="G21" s="3">
         <v>5</v>
       </c>
       <c r="H21" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I21" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>217.53</v>
+        <v>703.64</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>584</v>
+        <v>176</v>
       </c>
       <c r="G22" s="3">
         <v>5</v>
       </c>
       <c r="H22" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I22" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>308.37</v>
+        <v>632.24</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>420</v>
+        <v>444</v>
       </c>
       <c r="G23" s="3">
         <v>5</v>
       </c>
       <c r="H23" s="3">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="I23" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>758.04</v>
+        <v>785.44</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>37</v>
+        <v>421</v>
       </c>
       <c r="G24" s="3">
         <v>5</v>
       </c>
       <c r="H24" s="3">
         <v>70</v>
       </c>
       <c r="I24" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>353.09</v>
+        <v>906.5</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>567</v>
       </c>
       <c r="G25" s="3">
         <v>5</v>
       </c>
       <c r="H25" s="3">
         <v>70</v>
       </c>
       <c r="I25" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>3868.89</v>
+        <v>2428.32</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>655</v>
+        <v>205</v>
       </c>
       <c r="G26" s="3">
         <v>5</v>
       </c>
       <c r="H26" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I26" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>632.24</v>
+        <v>3868.89</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>74</v>
+        <v>709</v>
       </c>
       <c r="G27" s="3">
         <v>5</v>
       </c>
       <c r="H27" s="3">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="I27" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>872.71</v>
+        <v>925.97</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>431</v>
+        <v>40</v>
       </c>
       <c r="G28" s="3">
         <v>5</v>
       </c>
       <c r="H28" s="3">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="I28" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>703.64</v>
+        <v>1210.63</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>107</v>
+        <v>741</v>
       </c>
       <c r="G29" s="3">
         <v>5</v>
       </c>
       <c r="H29" s="3">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="I29" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>925.97</v>
+        <v>1339.26</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>2</v>
+        <v>348</v>
       </c>
       <c r="G30" s="3">
         <v>5</v>
       </c>
       <c r="H30" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I30" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>1210.63</v>
+        <v>2117.42</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>773</v>
+        <v>103</v>
       </c>
       <c r="G31" s="3">
         <v>5</v>
       </c>
       <c r="H31" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I31" s="3">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>