--- v1 (2025-11-28)
+++ v2 (2026-01-13)
@@ -8,262 +8,256 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="122" uniqueCount="68">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Кабель акустический BLUELINE минибухта</t>
   </si>
   <si>
     <t>01-6306-05</t>
   </si>
   <si>
     <t>Кабель акустический 2х1,50мм², прозрачный SILICON, мини-бухта 5м REXANT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>01-6208-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,50мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
+    <t>01-6303-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², прозрачный SILICON, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6204-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,75мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
+    <t>01-6207-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,00мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6305-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,00мм², прозрачный SILICON, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6203-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², прозрачный BLUELINE, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6204-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,75мм², прозрачный BLUELINE, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6206-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², прозрачный BLUELINE, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6203-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6202-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,35мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
+    <t>01-6203-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
+    <t>01-6202-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,35мм², прозрачный BLUELINE, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
     <t>01-6204-3-10</t>
   </si>
   <si>
     <t>Кабель акустический 2х0,75мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
   </si>
   <si>
-    <t>01-6203-3-05</t>
-[...22 lines deleted...]
-  <si>
     <t>01-6205-3-05</t>
   </si>
   <si>
     <t>Кабель акустический 2х1,00мм², прозрачный BLUELINE, мини-бухта 5м REXANT</t>
   </si>
   <si>
-    <t>01-6203-3-10</t>
-[...2 lines deleted...]
-    <t>Кабель акустический 2х0,50мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
+    <t>01-6305-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,00мм², прозрачный SILICON, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6206-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6208-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,50мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6306-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², прозрачный SILICON, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6308-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,50мм², прозрачный SILICON, мини-бухта 10м REXANT</t>
   </si>
   <si>
     <t>01-6304-05</t>
   </si>
   <si>
     <t>Кабель акустический 2х0,75мм², прозрачный SILICON, мини-бухта 5м REXANT</t>
   </si>
   <si>
-    <t>01-6303-10</t>
-[...2 lines deleted...]
-    <t>Кабель акустический 2х0,50мм², прозрачный SILICON, мини-бухта 10м REXANT</t>
+    <t>01-6205-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,00мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
+    <t>01-6207-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,00мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
   </si>
   <si>
     <t>01-6304-10</t>
   </si>
   <si>
     <t>Кабель акустический 2х0,75мм², прозрачный SILICON, мини-бухта 10м REXANT</t>
   </si>
   <si>
-    <t>01-6203-3-20</t>
-[...10 lines deleted...]
-  <si>
     <t>01-6208-3-05</t>
   </si>
   <si>
     <t>Кабель акустический 2х2,50мм², прозрачный BLUELINE, мини-бухта 5м REXANT</t>
   </si>
   <si>
-    <t>01-6305-10</t>
-[...22 lines deleted...]
-  <si>
     <t>01-6308-05</t>
   </si>
   <si>
     <t>Кабель акустический 2х2,50мм², прозрачный SILICON, мини-бухта 5м REXANT</t>
   </si>
   <si>
+    <t>01-6206-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
     <t>01-6205-3-10</t>
   </si>
   <si>
     <t>Кабель акустический 2х1,00мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
-  </si>
-[...52 lines deleted...]
-    <t>Кабель акустический 2х2,50мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -648,56 +642,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-sup2-prozrachniy-silicon-mini-buhta-5m-rexant-12739" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-sup2-prozrachniy-blueline-mini-buhta-10m-rexant-12745" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-sup2-prozrachniy-blueline-mini-buhta-5m-rexant-12723" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-sup2-prozrachniy-blueline-mini-buhta-5m-rexant-12737" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-sup2-prozrachniy-blueline-mini-buhta-5m-rexant-12743" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-sup2-prozrachniy-silicon-mini-buhta-5m-rexant-15069" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-sup2-prozrachniy-blueline-mini-buhta-5m-rexant-15125" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-sup2-prozrachniy-blueline-mini-buhta-10m-rexant-12727" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-sup2-prozrachniy-silicon-mini-buhta-5m-rexant-15070" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-sup2-prozrachniy-silicon-mini-buhta-10m-rexant-15071" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-sup2-prozrachniy-silicon-mini-buhta-10m-rexant-15072" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-sup2-prozrachniy-blueline-mini-buhta-20m-rexant-12729" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-sup2-prozrachniy-blueline-mini-buhta-20m-rexant-12736" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-sup2-prozrachniy-blueline-mini-buhta-5m-rexant-15088" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-sup2-prozrachniy-silicon-mini-buhta-10m-rexant-15109" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-sup2-prozrachniy-blueline-mini-buhta-5m-rexant-12719" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-sup2-prozrachniy-blueline-mini-buhta-20m-rexant-12733" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-sup2-prozrachniy-silicon-mini-buhta-5m-rexant-15094" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-sup2-prozrachniy-silicon-mini-buhta-5m-rexant-15140" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-sup2-prozrachniy-blueline-mini-buhta-10m-rexant-15087" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-sup2-prozrachniy-blueline-mini-buhta-10m-rexant-15091" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-00mm-sup2-prozrachniy-blueline-mini-buhta-10m-rexant-15126" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-sup2-prozrachniy-blueline-mini-buhta-10m-rexant-15092" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-sup2-prozrachniy-silicon-mini-buhta-10m-rexant-15141" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-sup2-prozrachniy-silicon-mini-buhta-10m-rexant-15095" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-sup2-prozrachniy-blueline-mini-buhta-20m-rexant-15099" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-sup2-prozrachniy-blueline-mini-buhta-20m-rexant-15074" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-00mm-sup2-prozrachniy-blueline-mini-buhta-20m-rexant-15084" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-sup2-prozrachniy-blueline-mini-buhta-20m-rexant-15085" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-silicon-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-silicon-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-00mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-silicon-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-silicon-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-silicon-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-silicon-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-silicon-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-00mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-silicon-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-silicon-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I31"/>
+  <dimension ref="A1:I30"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -716,917 +710,887 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>1478.32</v>
+        <v>1653.8</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="G3" s="3">
         <v>5</v>
       </c>
       <c r="H3" s="3">
         <v>60</v>
       </c>
       <c r="I3" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>400.62</v>
+        <v>2368.76</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>485</v>
+        <v>90</v>
       </c>
       <c r="G4" s="3">
         <v>5</v>
       </c>
       <c r="H4" s="3">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="I4" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>217.53</v>
+        <v>938.66</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>552</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>5</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>170.52</v>
+        <v>841.5</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>106</v>
+        <v>272</v>
       </c>
       <c r="G6" s="3">
         <v>5</v>
       </c>
       <c r="H6" s="3">
-        <v>110</v>
+        <v>50</v>
       </c>
       <c r="I6" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>255.56</v>
+        <v>878.67</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1060</v>
+        <v>414</v>
       </c>
       <c r="G7" s="3">
         <v>5</v>
       </c>
       <c r="H7" s="3">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="I7" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>550.59</v>
+        <v>1788.62</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>164</v>
       </c>
       <c r="G8" s="3">
         <v>5</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I8" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>317.78</v>
+        <v>243.35</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>522</v>
       </c>
       <c r="G9" s="3">
         <v>5</v>
       </c>
       <c r="H9" s="3">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>308.96</v>
+        <v>285.89</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>304</v>
+        <v>1053</v>
       </c>
       <c r="G10" s="3">
         <v>5</v>
       </c>
       <c r="H10" s="3">
         <v>80</v>
       </c>
       <c r="I10" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>697.96</v>
+        <v>344.97</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>98</v>
+        <v>904</v>
       </c>
       <c r="G11" s="3">
         <v>5</v>
       </c>
       <c r="H11" s="3">
-        <v>90</v>
+        <v>70</v>
       </c>
       <c r="I11" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>839.06</v>
+        <v>345.63</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>5</v>
+        <v>289</v>
       </c>
       <c r="G12" s="3">
         <v>5</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I12" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>1062.63</v>
+        <v>464.66</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>203</v>
+        <v>591</v>
       </c>
       <c r="G13" s="3">
         <v>5</v>
       </c>
       <c r="H13" s="3">
-        <v>50</v>
+        <v>70</v>
       </c>
       <c r="I13" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>589.13</v>
+        <v>659.06</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>580</v>
+        <v>127</v>
       </c>
       <c r="G14" s="3">
         <v>5</v>
       </c>
       <c r="H14" s="3">
         <v>70</v>
       </c>
       <c r="I14" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>752.21</v>
+        <v>190.76</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>320</v>
+        <v>96</v>
       </c>
       <c r="G15" s="3">
         <v>5</v>
       </c>
       <c r="H15" s="3">
-        <v>50</v>
+        <v>110</v>
       </c>
       <c r="I15" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>758.04</v>
+        <v>448.17</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>32</v>
+        <v>443</v>
       </c>
       <c r="G16" s="3">
         <v>5</v>
       </c>
       <c r="H16" s="3">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="I16" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>1598.84</v>
+        <v>355.5</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>164</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>5</v>
       </c>
       <c r="H17" s="3">
-        <v>40</v>
+        <v>70</v>
       </c>
       <c r="I17" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>308.37</v>
+        <v>1035.59</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>947</v>
+        <v>242</v>
       </c>
       <c r="G18" s="3">
         <v>5</v>
       </c>
       <c r="H18" s="3">
         <v>70</v>
       </c>
       <c r="I18" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>415.36</v>
+        <v>707.29</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>616</v>
+        <v>426</v>
       </c>
       <c r="G19" s="3">
         <v>5</v>
       </c>
       <c r="H19" s="3">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="I19" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>925.71</v>
+        <v>1014.1</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>257</v>
+        <v>539</v>
       </c>
       <c r="G20" s="3">
         <v>5</v>
       </c>
       <c r="H20" s="3">
         <v>70</v>
       </c>
       <c r="I20" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>2458.33</v>
+        <v>2716.56</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>247</v>
+        <v>203</v>
       </c>
       <c r="G21" s="3">
         <v>5</v>
       </c>
       <c r="H21" s="3">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I21" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>703.64</v>
+        <v>4328.13</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>176</v>
+        <v>672</v>
       </c>
       <c r="G22" s="3">
         <v>5</v>
       </c>
       <c r="H22" s="3">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="I22" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>632.24</v>
+        <v>780.81</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>444</v>
+        <v>98</v>
       </c>
       <c r="G23" s="3">
         <v>5</v>
       </c>
       <c r="H23" s="3">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="I23" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>785.44</v>
+        <v>1035.88</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>421</v>
+        <v>117</v>
       </c>
       <c r="G24" s="3">
         <v>5</v>
       </c>
       <c r="H24" s="3">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="I24" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>906.5</v>
+        <v>1498.23</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>567</v>
+        <v>343</v>
       </c>
       <c r="G25" s="3">
         <v>5</v>
       </c>
       <c r="H25" s="3">
-        <v>70</v>
+        <v>30</v>
       </c>
       <c r="I25" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>2428.32</v>
+        <v>1188.76</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>205</v>
+        <v>240</v>
       </c>
       <c r="G26" s="3">
         <v>5</v>
       </c>
       <c r="H26" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I26" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>3868.89</v>
+        <v>848.02</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>709</v>
+        <v>25</v>
       </c>
       <c r="G27" s="3">
         <v>5</v>
       </c>
       <c r="H27" s="3">
-        <v>20</v>
+        <v>70</v>
       </c>
       <c r="I27" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>925.97</v>
+        <v>2750.13</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>40</v>
+        <v>236</v>
       </c>
       <c r="G28" s="3">
         <v>5</v>
       </c>
       <c r="H28" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I28" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>1210.63</v>
+        <v>1354.33</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>741</v>
+        <v>714</v>
       </c>
       <c r="G29" s="3">
         <v>5</v>
       </c>
       <c r="H29" s="3">
         <v>40</v>
       </c>
       <c r="I29" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>1339.26</v>
+        <v>787.16</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>348</v>
+        <v>279</v>
       </c>
       <c r="G30" s="3">
         <v>5</v>
       </c>
       <c r="H30" s="3">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="I30" s="3">
-        <v>20</v>
-[...28 lines deleted...]
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
     <hyperlink ref="D21" r:id="rId19"/>
     <hyperlink ref="D22" r:id="rId20"/>
     <hyperlink ref="D23" r:id="rId21"/>
     <hyperlink ref="D24" r:id="rId22"/>
     <hyperlink ref="D25" r:id="rId23"/>
     <hyperlink ref="D26" r:id="rId24"/>
     <hyperlink ref="D27" r:id="rId25"/>
     <hyperlink ref="D28" r:id="rId26"/>
     <hyperlink ref="D29" r:id="rId27"/>
     <hyperlink ref="D30" r:id="rId28"/>
-    <hyperlink ref="D31" r:id="rId29"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>