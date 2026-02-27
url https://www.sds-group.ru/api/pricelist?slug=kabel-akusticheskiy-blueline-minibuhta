--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -54,210 +54,210 @@
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Кабель акустический BLUELINE минибухта</t>
   </si>
   <si>
     <t>01-6306-05</t>
   </si>
   <si>
     <t>Кабель акустический 2х1,50мм², прозрачный SILICON, мини-бухта 5м REXANT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>01-6304-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,75мм², прозрачный SILICON, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6303-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², прозрачный SILICON, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6304-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,75мм², прозрачный SILICON, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6205-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,00мм², прозрачный BLUELINE, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6208-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,50мм², прозрачный BLUELINE, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6305-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,00мм², прозрачный SILICON, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6308-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,50мм², прозрачный SILICON, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6205-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,00мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6206-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6207-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,00мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6208-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,50мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6305-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,00мм², прозрачный SILICON, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6306-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², прозрачный SILICON, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6308-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,50мм², прозрачный SILICON, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6205-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,00мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
+    <t>01-6206-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
+    <t>01-6207-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х2,00мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
     <t>01-6208-3-20</t>
   </si>
   <si>
     <t>Кабель акустический 2х2,50мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
   </si>
   <si>
-    <t>01-6303-10</t>
-[...2 lines deleted...]
-    <t>Кабель акустический 2х0,50мм², прозрачный SILICON, мини-бухта 10м REXANT</t>
+    <t>01-6202-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,35мм², прозрачный BLUELINE, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6203-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², прозрачный BLUELINE, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6204-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,75мм², прозрачный BLUELINE, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6206-3-05</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х1,50мм², прозрачный BLUELINE, мини-бухта 5м REXANT</t>
+  </si>
+  <si>
+    <t>01-6203-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6204-3-10</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,75мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
+  </si>
+  <si>
+    <t>01-6202-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,35мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
+  </si>
+  <si>
+    <t>01-6203-3-20</t>
+  </si>
+  <si>
+    <t>Кабель акустический 2х0,50мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
   </si>
   <si>
     <t>01-6204-3-20</t>
   </si>
   <si>
     <t>Кабель акустический 2х0,75мм², прозрачный BLUELINE, мини-бухта 20м REXANT</t>
-  </si>
-[...142 lines deleted...]
-    <t>Кабель акустический 2х1,00мм², прозрачный BLUELINE, мини-бухта 10м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -642,51 +642,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-silicon-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-silicon-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-00mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-silicon-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-silicon-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-silicon-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-silicon-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-silicon-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-00mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-silicon-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-silicon-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-silicon-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-silicon-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-silicon-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-silicon-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-silicon-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-silicon-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-00mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-silicon-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-silicon-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-silicon-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-00mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-00mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h2-50mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h1-50mm-prozrachnyy-blueline-mini-buhta-5m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-mini-buhta-10m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-35mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-50mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-akusticheskiy-2h0-75mm-prozrachnyy-blueline-mini-buhta-20m-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I30"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -719,843 +719,843 @@
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
         <v>1653.8</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>236</v>
+        <v>224</v>
       </c>
       <c r="G3" s="3">
         <v>5</v>
       </c>
       <c r="H3" s="3">
         <v>60</v>
       </c>
       <c r="I3" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>2368.76</v>
+        <v>780.81</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
+        <v>88</v>
+      </c>
+      <c r="G4" s="3">
+        <v>5</v>
+      </c>
+      <c r="H4" s="3">
         <v>90</v>
       </c>
-      <c r="G4" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="I4" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
         <v>938.66</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>5</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>841.5</v>
+        <v>1188.76</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>272</v>
+        <v>221</v>
       </c>
       <c r="G6" s="3">
         <v>5</v>
       </c>
       <c r="H6" s="3">
         <v>50</v>
       </c>
       <c r="I6" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>878.67</v>
+        <v>355.5</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>414</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>5</v>
       </c>
       <c r="H7" s="3">
         <v>70</v>
       </c>
       <c r="I7" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1788.62</v>
+        <v>848.02</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>164</v>
+        <v>16</v>
       </c>
       <c r="G8" s="3">
         <v>5</v>
       </c>
       <c r="H8" s="3">
-        <v>40</v>
+        <v>70</v>
       </c>
       <c r="I8" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>243.35</v>
+        <v>1035.59</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>522</v>
+        <v>233</v>
       </c>
       <c r="G9" s="3">
         <v>5</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="I9" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>285.89</v>
+        <v>2750.13</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1053</v>
+        <v>237</v>
       </c>
       <c r="G10" s="3">
         <v>5</v>
       </c>
       <c r="H10" s="3">
-        <v>80</v>
+        <v>30</v>
       </c>
       <c r="I10" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>344.97</v>
+        <v>787.16</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>904</v>
+        <v>273</v>
       </c>
       <c r="G11" s="3">
         <v>5</v>
       </c>
       <c r="H11" s="3">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="I11" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>345.63</v>
+        <v>707.29</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>289</v>
+        <v>656</v>
       </c>
       <c r="G12" s="3">
         <v>5</v>
       </c>
       <c r="H12" s="3">
         <v>80</v>
       </c>
       <c r="I12" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>464.66</v>
+        <v>878.67</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>591</v>
+        <v>407</v>
       </c>
       <c r="G13" s="3">
         <v>5</v>
       </c>
       <c r="H13" s="3">
         <v>70</v>
       </c>
       <c r="I13" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>659.06</v>
+        <v>1014.1</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>127</v>
+        <v>533</v>
       </c>
       <c r="G14" s="3">
         <v>5</v>
       </c>
       <c r="H14" s="3">
         <v>70</v>
       </c>
       <c r="I14" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>190.76</v>
+        <v>1788.62</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>96</v>
+        <v>153</v>
       </c>
       <c r="G15" s="3">
         <v>5</v>
       </c>
       <c r="H15" s="3">
-        <v>110</v>
+        <v>40</v>
       </c>
       <c r="I15" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>448.17</v>
+        <v>2716.56</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>443</v>
+        <v>193</v>
       </c>
       <c r="G16" s="3">
         <v>5</v>
       </c>
       <c r="H16" s="3">
-        <v>90</v>
+        <v>40</v>
       </c>
       <c r="I16" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>355.5</v>
+        <v>4328.13</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>665</v>
       </c>
       <c r="G17" s="3">
         <v>5</v>
       </c>
       <c r="H17" s="3">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="I17" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>1035.59</v>
+        <v>1035.88</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>242</v>
+        <v>117</v>
       </c>
       <c r="G18" s="3">
         <v>5</v>
       </c>
       <c r="H18" s="3">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="I18" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>707.29</v>
+        <v>1354.33</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>426</v>
+        <v>718</v>
       </c>
       <c r="G19" s="3">
         <v>5</v>
       </c>
       <c r="H19" s="3">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="I19" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>1014.1</v>
+        <v>1498.23</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>539</v>
+        <v>339</v>
       </c>
       <c r="G20" s="3">
         <v>5</v>
       </c>
       <c r="H20" s="3">
-        <v>70</v>
+        <v>30</v>
       </c>
       <c r="I20" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>2716.56</v>
+        <v>2368.76</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>203</v>
+        <v>194</v>
       </c>
       <c r="G21" s="3">
         <v>5</v>
       </c>
       <c r="H21" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I21" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>4328.13</v>
+        <v>190.76</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>672</v>
+        <v>84</v>
       </c>
       <c r="G22" s="3">
         <v>5</v>
       </c>
       <c r="H22" s="3">
-        <v>20</v>
+        <v>110</v>
       </c>
       <c r="I22" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>780.81</v>
+        <v>243.35</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>98</v>
+        <v>505</v>
       </c>
       <c r="G23" s="3">
         <v>5</v>
       </c>
       <c r="H23" s="3">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>1035.88</v>
+        <v>285.89</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>117</v>
+        <v>1024</v>
       </c>
       <c r="G24" s="3">
         <v>5</v>
       </c>
       <c r="H24" s="3">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="I24" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>1498.23</v>
+        <v>344.97</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>343</v>
+        <v>1196</v>
       </c>
       <c r="G25" s="3">
         <v>5</v>
       </c>
       <c r="H25" s="3">
-        <v>30</v>
+        <v>70</v>
       </c>
       <c r="I25" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>1188.76</v>
+        <v>345.63</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>240</v>
+        <v>276</v>
       </c>
       <c r="G26" s="3">
         <v>5</v>
       </c>
       <c r="H26" s="3">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="I26" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>848.02</v>
+        <v>448.17</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>25</v>
+        <v>676</v>
       </c>
       <c r="G27" s="3">
         <v>5</v>
       </c>
       <c r="H27" s="3">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="I27" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>2750.13</v>
+        <v>464.66</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>236</v>
+        <v>576</v>
       </c>
       <c r="G28" s="3">
         <v>5</v>
       </c>
       <c r="H28" s="3">
-        <v>30</v>
+        <v>70</v>
       </c>
       <c r="I28" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>1354.33</v>
+        <v>659.06</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>714</v>
+        <v>256</v>
       </c>
       <c r="G29" s="3">
         <v>5</v>
       </c>
       <c r="H29" s="3">
-        <v>40</v>
+        <v>70</v>
       </c>
       <c r="I29" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>787.16</v>
+        <v>841.5</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>279</v>
+        <v>199</v>
       </c>
       <c r="G30" s="3">
         <v>5</v>
       </c>
       <c r="H30" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I30" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>