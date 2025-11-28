--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -63,171 +63,171 @@
   <si>
     <t>1 Кабель для видеонаблюдения</t>
   </si>
   <si>
     <t>1.1 Кабель КВК с питанием 2*0,75 мм2</t>
   </si>
   <si>
     <t>01-4109</t>
   </si>
   <si>
     <t>Кабель КВК-П-2 +2x0,75 мм² (Cu/CCA) (96) черный, 200 м, PROconnect</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>бухта</t>
   </si>
   <si>
     <t>01-4108</t>
   </si>
   <si>
     <t>Кабель КВК-В-2+2x0,75 мм² (Cu/CCA) (96) белый, 200 м, PROconnect</t>
   </si>
   <si>
+    <t>01-4014</t>
+  </si>
+  <si>
+    <t>Кабель КВК-В-1,5+2x0,75 мм² (Cu/Cu) белый, 200 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-4105</t>
+  </si>
+  <si>
+    <t>Кабель КВК-П-2 +2x0,75 мм² (Cu/Cu) черный, 200 м, REXANT</t>
+  </si>
+  <si>
     <t>01-4107</t>
   </si>
   <si>
     <t>Кабель КВК-П-2+2x0,75 мм², +ТРОС (Cu/Cu) черный, 305 м, REXANT</t>
   </si>
   <si>
-    <t>01-4105</t>
-[...10 lines deleted...]
-  <si>
     <t>01-4015</t>
   </si>
   <si>
     <t>Кабель КВК-П-1,5+2x0,75 мм² (Cu/Cu) черный, 200 м, REXANT</t>
   </si>
   <si>
     <t>01-4101-1</t>
   </si>
   <si>
     <t>Кабель КВК-В-2+2x0,75 мм² (Cu/Cu) белый, 200 м, REXANT</t>
   </si>
   <si>
-    <t>1.2 Кабель КВК с питанием 2*0,5 мм2</t>
+    <t>1.2 Кабель ШВЭВ, ШВЭП, ШСМ</t>
+  </si>
+  <si>
+    <t>01-4033</t>
+  </si>
+  <si>
+    <t>Кабель ШВЭВ (ШСм, 3x0,12 мм², 200 м, белый, REXANT</t>
+  </si>
+  <si>
+    <t>01-4034</t>
+  </si>
+  <si>
+    <t>Кабель ШВЭП (ШСм, 4x0,12 мм², 200 м, черный, REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Кабель ККСВ, ККСП</t>
+  </si>
+  <si>
+    <t>01-4003</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-В+2х0,5 мм, 305 м, белый, REXANT</t>
+  </si>
+  <si>
+    <t>01-4021</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-В+4х0,5 мм, 100 м, белый, REXANT</t>
+  </si>
+  <si>
+    <t>01-4022</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-П+4х0,5 мм, 100 м, черный, REXANT</t>
+  </si>
+  <si>
+    <t>01-4002</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-П+2х0,5 мм, 100 м, черный, REXANT</t>
+  </si>
+  <si>
+    <t>01-4004</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-П+2х0,5 мм, 305 м, черный, REXANT</t>
+  </si>
+  <si>
+    <t>01-4001</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-В+2х0,5 мм, 100 м, белый, REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Кабель КВК с питанием 2*0,5 мм2</t>
+  </si>
+  <si>
+    <t>01-4216</t>
+  </si>
+  <si>
+    <t>Кабель КВК-В-2+2x0,50 мм² (Cu/CCA) (96) белый, 200 м, PROconnect</t>
+  </si>
+  <si>
+    <t>01-4213</t>
+  </si>
+  <si>
+    <t>Кабель КВК-В-2+2x0,50 мм² (Cu/Cu) белый, 200 м, PROconnect</t>
+  </si>
+  <si>
+    <t>01-4214</t>
+  </si>
+  <si>
+    <t>Кабель КВК-П-2 +2x0,50 мм² (Cu/Cu) черный, 200 м, PROconnect</t>
   </si>
   <si>
     <t>01-4215</t>
   </si>
   <si>
     <t>Кабель КВК-П-2 +2x0,50 мм² (Cu/CCA) (96) черный, 200 м, PROconnect</t>
   </si>
   <si>
-    <t>01-4214</t>
-[...16 lines deleted...]
-  <si>
     <t>01-4012</t>
   </si>
   <si>
     <t>Кабель КВК-В-1,5+2x0,50 мм² (Cu/Cu) белый, 200 м, REXANT</t>
   </si>
   <si>
     <t>01-4013</t>
   </si>
   <si>
     <t>Кабель КВК-П-1,5+2x0,50 мм² (Cu/Cu) черный, 200 м, REXANT</t>
-  </si>
-[...52 lines deleted...]
-    <t>Кабель ШВЭВ (ШСм, 3x0,12 мм², 200 м, белый, REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -612,51 +612,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-cu-cca-96-chernyy-200-m-proconnect.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-75-mm-cu-cca-96-belyy-200-m-proconnect.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-tros-cu-cu-chernyy-305-m-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-cu-cu-chernyy-200-m-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-1-5-2x0-75-mm-cu-cu-belyy-200-m-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-1-5-2x0-75-mm-cu-cu-chernyy-200-m-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-75-mm-cu-cu-belyy-200-m-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-50-mm-cu-cca-96-chernyy-200-m-proconnect.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-50-mm-cu-cu-chernyy-200-m-proconnect.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-50-mm-cu-cu-belyy-200-m-proconnect.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-50-mm-cu-cca-96-belyy-200-m-proconnect.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-1-5-2x0-50-mm-cu-cu-belyy-200-m-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-1-5-2x0-50-mm-cu-cu-chernyy-200-m-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-2h0-5-mm-100-m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-2h0-5-mm-305-m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-2h0-5-mm-305-m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-4h0-5-mm-100-m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-4h0-5-mm-100-m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-2h0-5-mm-100-m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-shvep-shsm-4x0-12-mm-200-m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-shvev-shsm-3x0-12-mm-200-m-belyy-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-sup2-cu-cca-96-cherniy-200-m-proconnect-4255" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-75-mm-sup2-cu-cca-96-beliy-200-m-proconnect-4254" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-1-5-2x0-75-mm-sup2-cu-cu-beliy-200-m-rexant-9401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-sup2-cu-cu-cherniy-200-m-rexant-2091" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-sup2-tros-cu-cu-cherniy-305-m-rexant-4478" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-1-5-2x0-75-mm-sup2-cu-cu-cherniy-200-m-rexant-9402" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-75-mm-sup2-cu-cu-beliy-200-m-rexant-12227" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-shvev-shsm-3x0-12-mm-sup2-200-m-beliy-rexant-3567" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-shvep-shsm-4x0-12-mm-sup2-200-m-cherniy-rexant-3569" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-2h0-5-mm-305-m-beliy-rexant-491" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-4h0-5-mm-100-m-beliy-rexant-493" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-4h0-5-mm-100-m-cherniy-rexant-495" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-2h0-5-mm-100-m-cherniy-rexant-490" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-2h0-5-mm-305-m-cherniy-rexant-492" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-2h0-5-mm-100-m-beliy-rexant-167" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-50-mm-sup2-cu-cca-96-beliy-200-m-proconnect-4252" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-50-mm-sup2-cu-cu-beliy-200-m-proconnect-2092" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-50-mm-sup2-cu-cu-cherniy-200-m-proconnect-2093" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-50-mm-sup2-cu-cca-96-cherniy-200-m-proconnect-15655" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-1-5-2x0-50-mm-sup2-cu-cu-beliy-200-m-rexant-9399" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-1-5-2x0-50-mm-sup2-cu-cu-cherniy-200-m-rexant-9400" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I27"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -702,709 +702,709 @@
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
         <v>12933.18</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>426</v>
+        <v>396</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>2</v>
       </c>
       <c r="I4" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
         <v>12698.06</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>156</v>
+        <v>130</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>2</v>
       </c>
       <c r="I5" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>25778.71</v>
+        <v>17717.92</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I6" s="3">
-        <v>305</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
         <v>13746.11</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>255</v>
+        <v>8</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>2</v>
       </c>
       <c r="I7" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>17717.92</v>
+        <v>25778.71</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>42</v>
+        <v>79</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I8" s="3">
-        <v>200</v>
+        <v>305</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
         <v>16855.07</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>2</v>
       </c>
       <c r="I9" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
         <v>14229</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>2</v>
       </c>
       <c r="I10" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>9050.53</v>
+        <v>6229.51</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>218</v>
+        <v>338</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I12" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>11822.29</v>
+        <v>7868.85</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>43</v>
+        <v>248</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I13" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A14" s="3" t="s">
+      <c r="A14" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B14" s="2"/>
+      <c r="C14" s="2"/>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2"/>
+      <c r="I14" s="2"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>9123.53</v>
+        <v>17706.6</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>164</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>2</v>
       </c>
       <c r="I15" s="3">
-        <v>200</v>
+        <v>305</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>11760.82</v>
+        <v>7595.37</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>144</v>
+        <v>67</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I16" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B17" s="3" t="s">
+      <c r="C17" s="3">
+        <v>7731.44</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F17" s="3">
+        <v>158</v>
+      </c>
+      <c r="G17" s="3">
+        <v>1</v>
+      </c>
+      <c r="H17" s="3">
+        <v>6</v>
+      </c>
+      <c r="I17" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A18" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="C17" s="3">
-[...22 lines deleted...]
-      <c r="A18" s="2" t="s">
+      <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B18" s="2"/>
-[...6 lines deleted...]
-      <c r="I18" s="2"/>
+      <c r="C18" s="3">
+        <v>4605.08</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F18" s="3">
+        <v>497</v>
+      </c>
+      <c r="G18" s="3">
+        <v>1</v>
+      </c>
+      <c r="H18" s="3">
+        <v>6</v>
+      </c>
+      <c r="I18" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="3">
-        <v>4605.08</v>
+        <v>16109.9</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>534</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I19" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="3">
-        <v>16109.9</v>
+        <v>4929.83</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>1031</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I20" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A21" s="3" t="s">
+      <c r="A21" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B21" s="2"/>
+      <c r="C21" s="2"/>
+      <c r="D21" s="2"/>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2"/>
+      <c r="H21" s="2"/>
+      <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>7731.44</v>
+        <v>9123.53</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>163</v>
+        <v>147</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I22" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>7595.37</v>
+        <v>11602.93</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>73</v>
+        <v>85</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I23" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="B24" s="3" t="s">
+      <c r="C24" s="3">
+        <v>11822.29</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F24" s="3">
+        <v>127</v>
+      </c>
+      <c r="G24" s="3">
+        <v>1</v>
+      </c>
+      <c r="H24" s="3">
+        <v>2</v>
+      </c>
+      <c r="I24" s="3">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A25" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="C24" s="3">
-[...22 lines deleted...]
-      <c r="A25" s="2" t="s">
+      <c r="B25" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B25" s="2"/>
-[...6 lines deleted...]
-      <c r="I25" s="2"/>
+      <c r="C25" s="3">
+        <v>9050.53</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F25" s="3">
+        <v>206</v>
+      </c>
+      <c r="G25" s="3">
+        <v>1</v>
+      </c>
+      <c r="H25" s="3">
+        <v>2</v>
+      </c>
+      <c r="I25" s="3">
+        <v>200</v>
+      </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C26" s="3">
-        <v>7868.85</v>
+        <v>11760.82</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>193</v>
+        <v>37</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I26" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="3">
-        <v>6229.51</v>
+        <v>10629.48</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>288</v>
+        <v>66</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I27" s="3">
         <v>200</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A11:I11"/>
-    <mergeCell ref="A18:I18"/>
-    <mergeCell ref="A25:I25"/>
+    <mergeCell ref="A14:I14"/>
+    <mergeCell ref="A21:I21"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
-    <hyperlink ref="D14" r:id="rId10"/>
-[...2 lines deleted...]
-    <hyperlink ref="D17" r:id="rId13"/>
+    <hyperlink ref="D15" r:id="rId10"/>
+    <hyperlink ref="D16" r:id="rId11"/>
+    <hyperlink ref="D17" r:id="rId12"/>
+    <hyperlink ref="D18" r:id="rId13"/>
     <hyperlink ref="D19" r:id="rId14"/>
     <hyperlink ref="D20" r:id="rId15"/>
-    <hyperlink ref="D21" r:id="rId16"/>
-[...2 lines deleted...]
-    <hyperlink ref="D24" r:id="rId19"/>
+    <hyperlink ref="D22" r:id="rId16"/>
+    <hyperlink ref="D23" r:id="rId17"/>
+    <hyperlink ref="D24" r:id="rId18"/>
+    <hyperlink ref="D25" r:id="rId19"/>
     <hyperlink ref="D26" r:id="rId20"/>
     <hyperlink ref="D27" r:id="rId21"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">