--- v1 (2025-11-28)
+++ v2 (2026-02-27)
@@ -63,171 +63,171 @@
   <si>
     <t>1 Кабель для видеонаблюдения</t>
   </si>
   <si>
     <t>1.1 Кабель КВК с питанием 2*0,75 мм2</t>
   </si>
   <si>
     <t>01-4109</t>
   </si>
   <si>
     <t>Кабель КВК-П-2 +2x0,75 мм² (Cu/CCA) (96) черный, 200 м, PROconnect</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>бухта</t>
   </si>
   <si>
     <t>01-4108</t>
   </si>
   <si>
     <t>Кабель КВК-В-2+2x0,75 мм² (Cu/CCA) (96) белый, 200 м, PROconnect</t>
   </si>
   <si>
+    <t>01-4105</t>
+  </si>
+  <si>
+    <t>Кабель КВК-П-2 +2x0,75 мм² (Cu/Cu) черный, 200 м, REXANT</t>
+  </si>
+  <si>
     <t>01-4014</t>
   </si>
   <si>
     <t>Кабель КВК-В-1,5+2x0,75 мм² (Cu/Cu) белый, 200 м, REXANT</t>
   </si>
   <si>
-    <t>01-4105</t>
-[...4 lines deleted...]
-  <si>
     <t>01-4107</t>
   </si>
   <si>
     <t>Кабель КВК-П-2+2x0,75 мм², +ТРОС (Cu/Cu) черный, 305 м, REXANT</t>
   </si>
   <si>
     <t>01-4015</t>
   </si>
   <si>
     <t>Кабель КВК-П-1,5+2x0,75 мм² (Cu/Cu) черный, 200 м, REXANT</t>
   </si>
   <si>
     <t>01-4101-1</t>
   </si>
   <si>
     <t>Кабель КВК-В-2+2x0,75 мм² (Cu/Cu) белый, 200 м, REXANT</t>
   </si>
   <si>
-    <t>1.2 Кабель ШВЭВ, ШВЭП, ШСМ</t>
+    <t>1.2 Кабель КВК с питанием 2*0,5 мм2</t>
+  </si>
+  <si>
+    <t>01-4215</t>
+  </si>
+  <si>
+    <t>Кабель КВК-П-2 +2x0,50 мм² (Cu/CCA) (96) черный, 200 м, PROconnect</t>
+  </si>
+  <si>
+    <t>01-4214</t>
+  </si>
+  <si>
+    <t>Кабель КВК-П-2 +2x0,50 мм² (Cu/Cu) черный, 200 м, PROconnect</t>
+  </si>
+  <si>
+    <t>01-4213</t>
+  </si>
+  <si>
+    <t>Кабель КВК-В-2+2x0,50 мм² (Cu/Cu) белый, 200 м, PROconnect</t>
+  </si>
+  <si>
+    <t>01-4216</t>
+  </si>
+  <si>
+    <t>Кабель КВК-В-2+2x0,50 мм² (Cu/CCA) (96) белый, 200 м, PROconnect</t>
+  </si>
+  <si>
+    <t>01-4012</t>
+  </si>
+  <si>
+    <t>Кабель КВК-В-1,5+2x0,50 мм² (Cu/Cu) белый, 200 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-4013</t>
+  </si>
+  <si>
+    <t>Кабель КВК-П-1,5+2x0,50 мм² (Cu/Cu) черный, 200 м, REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Кабель ККСВ, ККСП</t>
+  </si>
+  <si>
+    <t>01-4002</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-П+2х0,5 мм, 100 м, черный, REXANT</t>
+  </si>
+  <si>
+    <t>01-4003</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-В+2х0,5 мм, 305 м, белый, REXANT</t>
+  </si>
+  <si>
+    <t>01-4022</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-П+4х0,5 мм, 100 м, черный, REXANT</t>
+  </si>
+  <si>
+    <t>01-4004</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-П+2х0,5 мм, 305 м, черный, REXANT</t>
+  </si>
+  <si>
+    <t>01-4021</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-В+4х0,5 мм, 100 м, белый, REXANT</t>
+  </si>
+  <si>
+    <t>01-4001</t>
+  </si>
+  <si>
+    <t>Кабель ККСВ-В+2х0,5 мм, 100 м, белый, REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Кабель ШВЭВ, ШВЭП, ШСМ</t>
+  </si>
+  <si>
+    <t>01-4034</t>
+  </si>
+  <si>
+    <t>Кабель ШВЭП (ШСм, 4x0,12 мм², 200 м, черный, REXANT</t>
   </si>
   <si>
     <t>01-4033</t>
   </si>
   <si>
     <t>Кабель ШВЭВ (ШСм, 3x0,12 мм², 200 м, белый, REXANT</t>
-  </si>
-[...82 lines deleted...]
-    <t>Кабель КВК-П-1,5+2x0,50 мм² (Cu/Cu) черный, 200 м, REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -612,51 +612,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-sup2-cu-cca-96-cherniy-200-m-proconnect-4255" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-75-mm-sup2-cu-cca-96-beliy-200-m-proconnect-4254" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-1-5-2x0-75-mm-sup2-cu-cu-beliy-200-m-rexant-9401" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-sup2-cu-cu-cherniy-200-m-rexant-2091" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-sup2-tros-cu-cu-cherniy-305-m-rexant-4478" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-1-5-2x0-75-mm-sup2-cu-cu-cherniy-200-m-rexant-9402" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-75-mm-sup2-cu-cu-beliy-200-m-rexant-12227" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-shvev-shsm-3x0-12-mm-sup2-200-m-beliy-rexant-3567" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-shvep-shsm-4x0-12-mm-sup2-200-m-cherniy-rexant-3569" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-2h0-5-mm-305-m-beliy-rexant-491" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-4h0-5-mm-100-m-beliy-rexant-493" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-4h0-5-mm-100-m-cherniy-rexant-495" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-2h0-5-mm-100-m-cherniy-rexant-490" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-2h0-5-mm-305-m-cherniy-rexant-492" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-2h0-5-mm-100-m-beliy-rexant-167" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-50-mm-sup2-cu-cca-96-beliy-200-m-proconnect-4252" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-50-mm-sup2-cu-cu-beliy-200-m-proconnect-2092" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-50-mm-sup2-cu-cu-cherniy-200-m-proconnect-2093" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-50-mm-sup2-cu-cca-96-cherniy-200-m-proconnect-15655" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-1-5-2x0-50-mm-sup2-cu-cu-beliy-200-m-rexant-9399" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-1-5-2x0-50-mm-sup2-cu-cu-cherniy-200-m-rexant-9400" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-cucca-96-chernyy-200-m-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-75-mm-cu-cca-96-belyy-200-m-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-cucu-chernyy-200-m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-1-5-2x0-75-mm-cucu-belyy-200-m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-75-mm-tros-cucu-chernyy-305-m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-1-5-2x0-75-mm-cucu-chernyy-200-m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-75-mm-cucu-belyy-200-m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-50-mm-cucca-96-chernyy-200-m-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-2-2x0-50-mm-cucu-chernyy-200-m-proconnect" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-50-mm-cu-cu-belyy-200-m-proconnect" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-2-2x0-50-mm-cu-cca-96-belyy-200-m-proconnect" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-v-1-5-2x0-50-mm-cucu-belyy-200-m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kvk-p-1-5-2x0-50-mm-cucu-chernyy-200-m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-2h0-5-mm-100-m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-2h0-5-mm-305-m-belyy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-4h0-5-mm-100-m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-p-2h0-5-mm-305-m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-4h0-5-mm-100-m-belyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-kksv-v-2h0-5-mm-100-m-belyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-shvep-shsm-4x0-12-mm-200-m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-shvev-shsm-3x0-12-mm-200-m-belyy-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I27"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -693,718 +693,718 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>12933.18</v>
+        <v>13153.04</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>396</v>
+        <v>119</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>2</v>
       </c>
       <c r="I4" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>12698.06</v>
+        <v>12913.93</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>130</v>
+        <v>101</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>2</v>
       </c>
       <c r="I5" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>17717.92</v>
+        <v>13979.79</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>30</v>
+        <v>323</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>2</v>
       </c>
       <c r="I6" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>13746.11</v>
+        <v>18019.12</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>2</v>
       </c>
       <c r="I7" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>25778.71</v>
+        <v>26216.95</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>79</v>
+        <v>54</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>1</v>
       </c>
       <c r="I8" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>16855.07</v>
+        <v>17141.61</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>2</v>
       </c>
       <c r="I9" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>14229</v>
+        <v>14470.89</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>90</v>
+        <v>68</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>2</v>
       </c>
       <c r="I10" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>6229.51</v>
+        <v>9204.39</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>338</v>
+        <v>98</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I12" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>7868.85</v>
+        <v>12023.27</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>248</v>
+        <v>97</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I13" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A14" s="2" t="s">
+      <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B14" s="2"/>
-[...6 lines deleted...]
-      <c r="I14" s="2"/>
+      <c r="B14" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C14" s="3">
+        <v>11800.18</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F14" s="3">
+        <v>80</v>
+      </c>
+      <c r="G14" s="3">
+        <v>1</v>
+      </c>
+      <c r="H14" s="3">
+        <v>2</v>
+      </c>
+      <c r="I14" s="3">
+        <v>200</v>
+      </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>17706.6</v>
+        <v>9278.63</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>64</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>2</v>
       </c>
       <c r="I15" s="3">
-        <v>305</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>7595.37</v>
+        <v>11960.75</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>67</v>
+        <v>132</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I16" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>7731.44</v>
+        <v>10810.18</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>158</v>
+        <v>41</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I17" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A18" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B18" s="3" t="s">
+      <c r="A18" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="C18" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B18" s="2"/>
+      <c r="C18" s="2"/>
+      <c r="D18" s="2"/>
+      <c r="E18" s="2"/>
+      <c r="F18" s="2"/>
+      <c r="G18" s="2"/>
+      <c r="H18" s="2"/>
+      <c r="I18" s="2"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="3">
-        <v>16109.9</v>
+        <v>4683.37</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>154</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I19" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="3">
-        <v>4929.83</v>
+        <v>18007.61</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>1031</v>
+        <v>72</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
+        <v>2</v>
+      </c>
+      <c r="I20" s="3">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A21" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="C21" s="3">
+        <v>7862.87</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F21" s="3">
+        <v>151</v>
+      </c>
+      <c r="G21" s="3">
+        <v>1</v>
+      </c>
+      <c r="H21" s="3">
         <v>6</v>
       </c>
-      <c r="I20" s="3">
+      <c r="I21" s="3">
         <v>100</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>9123.53</v>
+        <v>16383.77</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>147</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>2</v>
       </c>
       <c r="I22" s="3">
-        <v>200</v>
+        <v>305</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>11602.93</v>
+        <v>7724.49</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>85</v>
+        <v>64</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I23" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>11822.29</v>
+        <v>5013.64</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>127</v>
+        <v>453</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I24" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A25" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B25" s="3" t="s">
+      <c r="A25" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="C25" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B25" s="2"/>
+      <c r="C25" s="2"/>
+      <c r="D25" s="2"/>
+      <c r="E25" s="2"/>
+      <c r="F25" s="2"/>
+      <c r="G25" s="2"/>
+      <c r="H25" s="2"/>
+      <c r="I25" s="2"/>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C26" s="3">
-        <v>11760.82</v>
+        <v>8002.62</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>37</v>
+        <v>118</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I26" s="3">
         <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="3">
-        <v>10629.48</v>
+        <v>6335.41</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>66</v>
+        <v>101</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I27" s="3">
         <v>200</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A11:I11"/>
-    <mergeCell ref="A14:I14"/>
-    <mergeCell ref="A21:I21"/>
+    <mergeCell ref="A18:I18"/>
+    <mergeCell ref="A25:I25"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
-    <hyperlink ref="D15" r:id="rId10"/>
-[...2 lines deleted...]
-    <hyperlink ref="D18" r:id="rId13"/>
+    <hyperlink ref="D14" r:id="rId10"/>
+    <hyperlink ref="D15" r:id="rId11"/>
+    <hyperlink ref="D16" r:id="rId12"/>
+    <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D19" r:id="rId14"/>
     <hyperlink ref="D20" r:id="rId15"/>
-    <hyperlink ref="D22" r:id="rId16"/>
-[...2 lines deleted...]
-    <hyperlink ref="D25" r:id="rId19"/>
+    <hyperlink ref="D21" r:id="rId16"/>
+    <hyperlink ref="D22" r:id="rId17"/>
+    <hyperlink ref="D23" r:id="rId18"/>
+    <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D26" r:id="rId20"/>
     <hyperlink ref="D27" r:id="rId21"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">