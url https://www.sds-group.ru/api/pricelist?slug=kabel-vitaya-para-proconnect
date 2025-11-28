--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -45,171 +45,171 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Кабель витая пара PROconnect</t>
   </si>
   <si>
     <t>1.1 Кабель внутренний медный 5е, 6 UTP / FTP</t>
   </si>
   <si>
+    <t>01-0052</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
     <t>01-0027</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>01-0148</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5, PVC, 4PR, 26AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
   </si>
   <si>
     <t>01-0152</t>
   </si>
   <si>
     <t>Кабель витая пара, F/UTP, CAT 5е, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
-    <t>01-0052</t>
-[...4 lines deleted...]
-  <si>
     <t>1.2 Кабель внутренний омедненный 5е, 6 UTP / FTP</t>
   </si>
   <si>
+    <t>01-0047-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 6, PVC, 4PR, 23AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0148-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5, PVC, 4PR, 26AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
+  </si>
+  <si>
     <t>01-0043-2</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
   </si>
   <si>
+    <t>01-0142-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0043-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 4PR 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0022-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0121-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0048-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5, PVC, 4PR, 26AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
+  </si>
+  <si>
     <t>01-0147-3</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный F/UTP, CCA, CAT 6, PVC, 4PR, 23AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
-    <t>01-0043-3</t>
-[...40 lines deleted...]
-  <si>
     <t>1.3 Кабель внешний медный 5е UTP / FTP</t>
   </si>
   <si>
     <t>01-0155</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, с тросом, 305м PROconnect</t>
   </si>
   <si>
+    <t>01-0054</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м PROconnect</t>
+  </si>
+  <si>
     <t>01-0154</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м PROconnect</t>
   </si>
   <si>
-    <t>01-0054</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4 Кабель внешний омедненный 5е UTP / FTP</t>
   </si>
   <si>
+    <t>01-0045-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный, U/UTP, CCA, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м PROconnect</t>
+  </si>
+  <si>
     <t>01-0146-3</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный, F/UTP, CCA, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м PROconnect</t>
-  </si>
-[...4 lines deleted...]
-    <t>Кабель витая пара омедненный, U/UTP, CCA, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м PROconnect</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -594,51 +594,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect-light.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-6-pvc-4pr-23awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-6-pvc-4pr-23awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-s-trosom-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-proconnect-2073" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seriy-305m-proconnect-3546" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-light-cat-5-pvc-4pr-26awg-indoor-solid-seriy-305m-proconnect-985" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-proconnect-6240" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-cat-6-pvc-4pr-23awg-indoor-solid-seriy-305m-proconnect-2072" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-light-cat-5-pvc-4pr-26awg-indoor-solid-seriy-305m-proconnect-986" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-light-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-proconnect-7910" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-proconnect-987" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-proconnect-2079" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seriy-305m-proconnect-1601" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seriy-305m-proconnect-2080" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-light-cat-5-pvc-4pr-26awg-indoor-solid-seriy-305m-proconnect-981" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-cat-6-pvc-4pr-23awg-indoor-solid-seriy-305m-proconnect-2074" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-s-trosom-305m-proconnect-14807" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-proconnect-6239" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-proconnect-6241" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-proconnect-3807" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-proconnect-3804" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I24"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -675,592 +675,592 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>8614.77</v>
+        <v>13537.02</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>269</v>
+        <v>2466</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I4" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>17939.56</v>
+        <v>8184.03</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>115</v>
+        <v>170</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I5" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>18909.27</v>
+        <v>17939.56</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>440</v>
+        <v>29</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>2</v>
       </c>
       <c r="I6" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>13537.02</v>
+        <v>18909.27</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>4595</v>
+        <v>388</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>2</v>
       </c>
       <c r="I7" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>5691.29</v>
+        <v>14035.8</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>3411</v>
+        <v>124</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>2</v>
       </c>
       <c r="I9" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>14672.7</v>
+        <v>7945.62</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>88</v>
+        <v>186</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>2</v>
       </c>
       <c r="I10" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>6066.64</v>
+        <v>5691.29</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>6061</v>
+        <v>2551</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>2</v>
       </c>
       <c r="I11" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>7309.95</v>
+        <v>7334.47</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>124</v>
+        <v>1005</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>2</v>
       </c>
       <c r="I12" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>14035.8</v>
+        <v>6066.64</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>154</v>
+        <v>6135</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>2</v>
       </c>
       <c r="I13" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>7945.62</v>
+        <v>4859.66</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>301</v>
+        <v>709</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>2</v>
       </c>
       <c r="I14" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>6031.56</v>
+        <v>7309.95</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>1026</v>
+        <v>78</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>2</v>
       </c>
       <c r="I15" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>4859.66</v>
+        <v>6031.56</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>655</v>
+        <v>897</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>2</v>
       </c>
       <c r="I16" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>7334.47</v>
+        <v>14672.7</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>1095</v>
+        <v>65</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>2</v>
       </c>
       <c r="I17" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="3">
         <v>24136.99</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>1</v>
       </c>
       <c r="I19" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="3">
-        <v>17865.73</v>
+        <v>15055.22</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>684</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I20" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>15055.22</v>
+        <v>17865.73</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>301</v>
+        <v>146</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I21" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="2"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C23" s="3">
-        <v>9474.49</v>
+        <v>6713.26</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>896</v>
+        <v>1350</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>2</v>
       </c>
       <c r="I23" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C24" s="3">
-        <v>6713.26</v>
+        <v>9474.49</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>1927</v>
+        <v>343</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>2</v>
       </c>
       <c r="I24" s="3">
         <v>305</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A8:I8"/>
     <mergeCell ref="A18:I18"/>
     <mergeCell ref="A22:I22"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>