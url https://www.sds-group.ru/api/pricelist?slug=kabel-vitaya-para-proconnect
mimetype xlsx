--- v1 (2025-11-28)
+++ v2 (2026-01-15)
@@ -42,174 +42,174 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Кабель витая пара PROconnect</t>
   </si>
   <si>
-    <t>1.1 Кабель внутренний медный 5е, 6 UTP / FTP</t>
+    <t>1.1 Кабель внешний медный 5е UTP / FTP</t>
+  </si>
+  <si>
+    <t>01-0154</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>01-0155</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, с тросом, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0054</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>1.2 Кабель внешний омедненный 5е UTP / FTP</t>
+  </si>
+  <si>
+    <t>01-0045-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный, U/UTP, CCA, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0146-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный, F/UTP, CCA, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>1.3 Кабель внутренний медный 5е, 6 UTP / FTP</t>
   </si>
   <si>
     <t>01-0052</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>бухта</t>
+    <t>01-0152</t>
+  </si>
+  <si>
+    <t>Кабель витая пара, F/UTP, CAT 5е, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
     <t>01-0027</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
     <t>01-0148</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5, PVC, 4PR, 26AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
   </si>
   <si>
-    <t>01-0152</t>
-[...5 lines deleted...]
-    <t>1.2 Кабель внутренний омедненный 5е, 6 UTP / FTP</t>
+    <t>1.4 Кабель внутренний омедненный 5е, 6 UTP / FTP</t>
+  </si>
+  <si>
+    <t>01-0022-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0142-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0043-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 4PR 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0147-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный F/UTP, CCA, CAT 6, PVC, 4PR, 23AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0043-2</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
   </si>
   <si>
     <t>01-0047-3</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный U/UTP, CCA, CAT 6, PVC, 4PR, 23AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
+    <t>01-0121-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0048-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5, PVC, 4PR, 26AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
+  </si>
+  <si>
     <t>01-0148-3</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5, PVC, 4PR, 26AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
-  </si>
-[...76 lines deleted...]
-    <t>Кабель витая пара омедненный, F/UTP, CCA, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м PROconnect</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -594,51 +594,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-proconnect-2073" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seriy-305m-proconnect-3546" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-light-cat-5-pvc-4pr-26awg-indoor-solid-seriy-305m-proconnect-985" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-proconnect-6240" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-cat-6-pvc-4pr-23awg-indoor-solid-seriy-305m-proconnect-2072" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-light-cat-5-pvc-4pr-26awg-indoor-solid-seriy-305m-proconnect-986" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-light-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-proconnect-7910" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-proconnect-987" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-proconnect-2079" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seriy-305m-proconnect-1601" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seriy-305m-proconnect-2080" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-light-cat-5-pvc-4pr-26awg-indoor-solid-seriy-305m-proconnect-981" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-cat-6-pvc-4pr-23awg-indoor-solid-seriy-305m-proconnect-2074" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-s-trosom-305m-proconnect-14807" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-proconnect-6239" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-proconnect-6241" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-proconnect-3807" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-cherniy-305m-proconnect-3804" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-s-trosom-305m-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-6-pvc-4pr-23awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-6-pvc-4pr-23awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I24"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -675,628 +675,628 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>13537.02</v>
+        <v>18169.45</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>2466</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I4" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>8184.03</v>
+        <v>24547.32</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>170</v>
+        <v>114</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I5" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>17939.56</v>
+        <v>15311.16</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>2</v>
       </c>
       <c r="I6" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="3" t="s">
+      <c r="A7" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="3" t="s">
+      <c r="B7" s="2"/>
+      <c r="C7" s="2"/>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="C7" s="3">
-[...22 lines deleted...]
-      <c r="A8" s="2" t="s">
+      <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B8" s="2"/>
-[...6 lines deleted...]
-      <c r="I8" s="2"/>
+      <c r="C8" s="3">
+        <v>6827.39</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F8" s="3">
+        <v>1164</v>
+      </c>
+      <c r="G8" s="3">
+        <v>1</v>
+      </c>
+      <c r="H8" s="3">
+        <v>2</v>
+      </c>
+      <c r="I8" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>14035.8</v>
+        <v>9635.56</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>124</v>
+        <v>374</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>2</v>
       </c>
       <c r="I9" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A10" s="3" t="s">
+      <c r="A10" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B10" s="2"/>
+      <c r="C10" s="2"/>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2"/>
+      <c r="F10" s="2"/>
+      <c r="G10" s="2"/>
+      <c r="H10" s="2"/>
+      <c r="I10" s="2"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>5691.29</v>
+        <v>13767.15</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>2551</v>
+        <v>1553</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>2</v>
       </c>
       <c r="I11" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>7334.47</v>
+        <v>19230.73</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1005</v>
+        <v>94</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>2</v>
       </c>
       <c r="I12" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>6066.64</v>
+        <v>8323.16</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>6135</v>
+        <v>321</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I13" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B14" s="3" t="s">
+      <c r="C14" s="3">
+        <v>18244.53</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F14" s="3">
+        <v>181</v>
+      </c>
+      <c r="G14" s="3">
+        <v>1</v>
+      </c>
+      <c r="H14" s="3">
+        <v>2</v>
+      </c>
+      <c r="I14" s="3">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A15" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="C14" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B15" s="2"/>
+      <c r="C15" s="2"/>
+      <c r="D15" s="2"/>
+      <c r="E15" s="2"/>
+      <c r="F15" s="2"/>
+      <c r="G15" s="2"/>
+      <c r="H15" s="2"/>
+      <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C16" s="3">
-        <v>6031.56</v>
+        <v>4942.27</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>897</v>
+        <v>866</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>2</v>
       </c>
       <c r="I16" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C17" s="3">
+        <v>7459.16</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F17" s="3">
+        <v>235</v>
+      </c>
+      <c r="G17" s="3">
+        <v>1</v>
+      </c>
+      <c r="H17" s="3">
+        <v>2</v>
+      </c>
+      <c r="I17" s="3">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A18" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B17" s="3" t="s">
+      <c r="B18" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="C17" s="3">
-[...32 lines deleted...]
-      <c r="I18" s="2"/>
+      <c r="C18" s="3">
+        <v>6169.77</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F18" s="3">
+        <v>1966</v>
+      </c>
+      <c r="G18" s="3">
+        <v>1</v>
+      </c>
+      <c r="H18" s="3">
+        <v>2</v>
+      </c>
+      <c r="I18" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>24136.99</v>
+        <v>14922.14</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I19" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>15055.22</v>
+        <v>5788.04</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>591</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>2</v>
       </c>
       <c r="I20" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B21" s="3" t="s">
+      <c r="C21" s="3">
+        <v>14274.41</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F21" s="3">
+        <v>102</v>
+      </c>
+      <c r="G21" s="3">
+        <v>1</v>
+      </c>
+      <c r="H21" s="3">
+        <v>2</v>
+      </c>
+      <c r="I21" s="3">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="C21" s="3">
-[...22 lines deleted...]
-      <c r="A22" s="2" t="s">
+      <c r="B22" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B22" s="2"/>
-[...6 lines deleted...]
-      <c r="I22" s="2"/>
+      <c r="C22" s="3">
+        <v>7434.22</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F22" s="3">
+        <v>74</v>
+      </c>
+      <c r="G22" s="3">
+        <v>1</v>
+      </c>
+      <c r="H22" s="3">
+        <v>2</v>
+      </c>
+      <c r="I22" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C23" s="3">
-        <v>6713.26</v>
+        <v>6134.1</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1350</v>
+        <v>368</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>2</v>
       </c>
       <c r="I23" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C24" s="3">
-        <v>9474.49</v>
+        <v>8080.7</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>343</v>
+        <v>303</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>2</v>
       </c>
       <c r="I24" s="3">
         <v>305</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A8:I8"/>
-[...1 lines deleted...]
-    <mergeCell ref="A22:I22"/>
+    <mergeCell ref="A7:I7"/>
+    <mergeCell ref="A10:I10"/>
+    <mergeCell ref="A15:I15"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
-    <hyperlink ref="D7" r:id="rId4"/>
+    <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
-    <hyperlink ref="D10" r:id="rId6"/>
-[...9 lines deleted...]
-    <hyperlink ref="D21" r:id="rId16"/>
+    <hyperlink ref="D11" r:id="rId6"/>
+    <hyperlink ref="D12" r:id="rId7"/>
+    <hyperlink ref="D13" r:id="rId8"/>
+    <hyperlink ref="D14" r:id="rId9"/>
+    <hyperlink ref="D16" r:id="rId10"/>
+    <hyperlink ref="D17" r:id="rId11"/>
+    <hyperlink ref="D18" r:id="rId12"/>
+    <hyperlink ref="D19" r:id="rId13"/>
+    <hyperlink ref="D20" r:id="rId14"/>
+    <hyperlink ref="D21" r:id="rId15"/>
+    <hyperlink ref="D22" r:id="rId16"/>
     <hyperlink ref="D23" r:id="rId17"/>
     <hyperlink ref="D24" r:id="rId18"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">