--- v2 (2026-01-15)
+++ v3 (2026-03-03)
@@ -45,171 +45,171 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Кабель витая пара PROconnect</t>
   </si>
   <si>
     <t>1.1 Кабель внешний медный 5е UTP / FTP</t>
   </si>
   <si>
+    <t>01-0155</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, с тросом, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>01-0054</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м PROconnect</t>
+  </si>
+  <si>
     <t>01-0154</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...16 lines deleted...]
-  <si>
     <t>1.2 Кабель внешний омедненный 5е UTP / FTP</t>
   </si>
   <si>
     <t>01-0045-3</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный, U/UTP, CCA, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м PROconnect</t>
   </si>
   <si>
     <t>01-0146-3</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный, F/UTP, CCA, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м PROconnect</t>
   </si>
   <si>
     <t>1.3 Кабель внутренний медный 5е, 6 UTP / FTP</t>
   </si>
   <si>
+    <t>01-0152</t>
+  </si>
+  <si>
+    <t>Кабель витая пара, F/UTP, CAT 5е, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0027</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
     <t>01-0052</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
-    <t>01-0152</t>
-[...10 lines deleted...]
-  <si>
     <t>01-0148</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5, PVC, 4PR, 26AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
   </si>
   <si>
     <t>1.4 Кабель внутренний омедненный 5е, 6 UTP / FTP</t>
   </si>
   <si>
+    <t>01-0043-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 4PR 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
     <t>01-0022-3</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
+    <t>01-0048-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5, PVC, 4PR, 26AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
+  </si>
+  <si>
+    <t>01-0047-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 6, PVC, 4PR, 23AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
     <t>01-0142-3</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
-    <t>01-0043-3</t>
-[...2 lines deleted...]
-    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 4PR 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+    <t>01-0148-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5, PVC, 4PR, 26AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
+  </si>
+  <si>
+    <t>01-0043-2</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
   </si>
   <si>
     <t>01-0147-3</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный F/UTP, CCA, CAT 6, PVC, 4PR, 23AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
-    <t>01-0043-2</t>
-[...10 lines deleted...]
-  <si>
     <t>01-0121-3</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
-  </si>
-[...10 lines deleted...]
-    <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5, PVC, 4PR, 26AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -594,51 +594,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-s-trosom-305m-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-6-pvc-4pr-23awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-6-pvc-4pr-23awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-s-trosom-305m-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-uutp-cca-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-futp-cca-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-uutp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-uutp-cca-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-uutp-cca-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-uutp-cca-cat-6-pvc-4pr-23awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-futp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-futp-cca-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-uutp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-futp-cca-cat-6-pvc-4pr-23awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-futp-cca-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I24"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -675,592 +675,592 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>18169.45</v>
+        <v>26265.63</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>93</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>1</v>
       </c>
       <c r="I4" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>24547.32</v>
+        <v>16382.94</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I5" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>15311.16</v>
+        <v>19441.31</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I6" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>6827.39</v>
+        <v>7305.31</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1164</v>
+        <v>1485</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>2</v>
       </c>
       <c r="I8" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>9635.56</v>
+        <v>10310.05</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>374</v>
+        <v>248</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>2</v>
       </c>
       <c r="I9" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="3">
-        <v>13767.15</v>
+        <v>20576.88</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1553</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>2</v>
       </c>
       <c r="I11" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C12" s="3">
-        <v>19230.73</v>
+        <v>8905.78</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>94</v>
+        <v>258</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I12" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C13" s="3">
-        <v>8323.16</v>
+        <v>14730.85</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>321</v>
+        <v>3301</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I13" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="3">
-        <v>18244.53</v>
+        <v>19521.65</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>181</v>
+        <v>226</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>2</v>
       </c>
       <c r="I14" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C16" s="3">
-        <v>4942.27</v>
+        <v>6601.65</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>866</v>
+        <v>5769</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>2</v>
       </c>
       <c r="I16" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C17" s="3">
-        <v>7459.16</v>
+        <v>5288.23</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>235</v>
+        <v>1080</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>2</v>
       </c>
       <c r="I17" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C18" s="3">
-        <v>6169.77</v>
+        <v>6563.49</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>1966</v>
+        <v>376</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>2</v>
       </c>
       <c r="I18" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C19" s="3">
-        <v>14922.14</v>
+        <v>15273.62</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>2</v>
       </c>
       <c r="I19" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C20" s="3">
-        <v>5788.04</v>
+        <v>7981.3</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>591</v>
+        <v>1307</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>2</v>
       </c>
       <c r="I20" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C21" s="3">
-        <v>14274.41</v>
+        <v>8646.35</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>102</v>
+        <v>259</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>2</v>
       </c>
       <c r="I21" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C22" s="3">
-        <v>7434.22</v>
+        <v>6193.2</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>74</v>
+        <v>463</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>2</v>
       </c>
       <c r="I22" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C23" s="3">
-        <v>6134.1</v>
+        <v>15966.69</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>368</v>
+        <v>101</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>2</v>
       </c>
       <c r="I23" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C24" s="3">
-        <v>8080.7</v>
+        <v>7954.62</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>303</v>
+        <v>66</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>2</v>
       </c>
       <c r="I24" s="3">
         <v>305</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A7:I7"/>
     <mergeCell ref="A10:I10"/>
     <mergeCell ref="A15:I15"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>