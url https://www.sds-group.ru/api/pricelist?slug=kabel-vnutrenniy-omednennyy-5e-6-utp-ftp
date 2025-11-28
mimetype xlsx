--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -42,108 +42,108 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Кабель внутренний омедненный 5е, 6 UTP / FTP</t>
   </si>
   <si>
+    <t>01-0047-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 6, PVC, 4PR, 23AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>01-0148-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5, PVC, 4PR, 26AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
+  </si>
+  <si>
     <t>01-0043-2</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>бухта</t>
+    <t>01-0142-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0043-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 4PR 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0022-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0121-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0048-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5, PVC, 4PR, 26AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
   </si>
   <si>
     <t>01-0147-3</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный F/UTP, CCA, CAT 6, PVC, 4PR, 23AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
-  </si>
-[...40 lines deleted...]
-    <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -528,51 +528,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect-light.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-6-pvc-4pr-23awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-6-pvc-4pr-23awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-cat-6-pvc-4pr-23awg-indoor-solid-seriy-305m-proconnect-2072" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-light-cat-5-pvc-4pr-26awg-indoor-solid-seriy-305m-proconnect-986" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-light-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-proconnect-7910" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-proconnect-987" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-proconnect-2079" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seriy-305m-proconnect-1601" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seriy-305m-proconnect-2080" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-light-cat-5-pvc-4pr-26awg-indoor-solid-seriy-305m-proconnect-981" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-cat-6-pvc-4pr-23awg-indoor-solid-seriy-305m-proconnect-2074" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I11"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -596,292 +596,292 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>5691.29</v>
+        <v>14035.8</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>3411</v>
+        <v>124</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>2</v>
       </c>
       <c r="I3" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>14672.7</v>
+        <v>7945.62</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>88</v>
+        <v>186</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>2</v>
       </c>
       <c r="I4" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>6066.64</v>
+        <v>5691.29</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>6061</v>
+        <v>2551</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>2</v>
       </c>
       <c r="I5" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>7309.95</v>
+        <v>7334.47</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>124</v>
+        <v>1005</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>2</v>
       </c>
       <c r="I6" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>14035.8</v>
+        <v>6066.64</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>154</v>
+        <v>6135</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>2</v>
       </c>
       <c r="I7" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>7945.62</v>
+        <v>4859.66</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>301</v>
+        <v>709</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>2</v>
       </c>
       <c r="I8" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>6031.56</v>
+        <v>7309.95</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1026</v>
+        <v>78</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>2</v>
       </c>
       <c r="I9" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>4859.66</v>
+        <v>6031.56</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>655</v>
+        <v>897</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>2</v>
       </c>
       <c r="I10" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>7334.47</v>
+        <v>14672.7</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1095</v>
+        <v>65</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>2</v>
       </c>
       <c r="I11" s="3">
         <v>305</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>