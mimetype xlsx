--- v1 (2025-11-28)
+++ v2 (2026-01-15)
@@ -42,108 +42,108 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Кабель внутренний омедненный 5е, 6 UTP / FTP</t>
   </si>
   <si>
+    <t>01-0022-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>01-0142-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0043-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 4PR 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0147-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный F/UTP, CCA, CAT 6, PVC, 4PR, 23AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0043-2</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
+  </si>
+  <si>
     <t>01-0047-3</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный U/UTP, CCA, CAT 6, PVC, 4PR, 23AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>бухта</t>
+    <t>01-0121-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0048-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5, PVC, 4PR, 26AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
   </si>
   <si>
     <t>01-0148-3</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5, PVC, 4PR, 26AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
-  </si>
-[...40 lines deleted...]
-    <t>Кабель витая пара омедненный F/UTP, CCA, CAT 6, PVC, 4PR, 23AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -528,51 +528,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-cat-6-pvc-4pr-23awg-indoor-solid-seriy-305m-proconnect-2072" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-light-cat-5-pvc-4pr-26awg-indoor-solid-seriy-305m-proconnect-986" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-light-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-proconnect-7910" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-proconnect-987" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seriy-305m-proconnect-2079" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seriy-305m-proconnect-1601" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seriy-305m-proconnect-2080" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-u-utp-light-cat-5-pvc-4pr-26awg-indoor-solid-seriy-305m-proconnect-981" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednenniy-f-utp-cat-6-pvc-4pr-23awg-indoor-solid-seriy-305m-proconnect-2074" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-6-pvc-4pr-23awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-6-pvc-4pr-23awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I11"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -596,292 +596,292 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>14035.8</v>
+        <v>4942.27</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>124</v>
+        <v>866</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>2</v>
       </c>
       <c r="I3" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>7945.62</v>
+        <v>7459.16</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>186</v>
+        <v>235</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>2</v>
       </c>
       <c r="I4" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>5691.29</v>
+        <v>6169.77</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>2551</v>
+        <v>1966</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>2</v>
       </c>
       <c r="I5" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>7334.47</v>
+        <v>14922.14</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1005</v>
+        <v>46</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>2</v>
       </c>
       <c r="I6" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>6066.64</v>
+        <v>5788.04</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>6135</v>
+        <v>591</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>2</v>
       </c>
       <c r="I7" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>4859.66</v>
+        <v>14274.41</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>709</v>
+        <v>102</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>2</v>
       </c>
       <c r="I8" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>7309.95</v>
+        <v>7434.22</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>2</v>
       </c>
       <c r="I9" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>6031.56</v>
+        <v>6134.1</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>897</v>
+        <v>368</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>2</v>
       </c>
       <c r="I10" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>14672.7</v>
+        <v>8080.7</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>65</v>
+        <v>303</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>2</v>
       </c>
       <c r="I11" s="3">
         <v>305</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>