--- v2 (2026-01-15)
+++ v3 (2026-03-03)
@@ -42,108 +42,108 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Кабель внутренний омедненный 5е, 6 UTP / FTP</t>
   </si>
   <si>
+    <t>01-0043-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 4PR 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
     <t>01-0022-3</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>бухта</t>
+    <t>01-0048-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5, PVC, 4PR, 26AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
+  </si>
+  <si>
+    <t>01-0047-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 6, PVC, 4PR, 23AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
     <t>01-0142-3</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
-    <t>01-0043-3</t>
-[...2 lines deleted...]
-    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 4PR 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+    <t>01-0148-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5, PVC, 4PR, 26AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
+  </si>
+  <si>
+    <t>01-0043-2</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
   </si>
   <si>
     <t>01-0147-3</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный F/UTP, CCA, CAT 6, PVC, 4PR, 23AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
-    <t>01-0043-2</t>
-[...10 lines deleted...]
-  <si>
     <t>01-0121-3</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
-  </si>
-[...10 lines deleted...]
-    <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5, PVC, 4PR, 26AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -528,51 +528,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-6-pvc-4pr-23awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-6-pvc-4pr-23awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-uutp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-uutp-cca-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-uutp-cca-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-uutp-cca-cat-6-pvc-4pr-23awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-futp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-futp-cca-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-uutp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-futp-cca-cat-6-pvc-4pr-23awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-futp-cca-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I11"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -596,292 +596,292 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>4942.27</v>
+        <v>6601.65</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>866</v>
+        <v>5769</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>2</v>
       </c>
       <c r="I3" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>7459.16</v>
+        <v>5288.23</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>235</v>
+        <v>1080</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>2</v>
       </c>
       <c r="I4" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>6169.77</v>
+        <v>6563.49</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1966</v>
+        <v>376</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>2</v>
       </c>
       <c r="I5" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>14922.14</v>
+        <v>15273.62</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>2</v>
       </c>
       <c r="I6" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>5788.04</v>
+        <v>7981.3</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>591</v>
+        <v>1307</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>2</v>
       </c>
       <c r="I7" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>14274.41</v>
+        <v>8646.35</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>102</v>
+        <v>259</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>2</v>
       </c>
       <c r="I8" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>7434.22</v>
+        <v>6193.2</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>74</v>
+        <v>463</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>2</v>
       </c>
       <c r="I9" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>6134.1</v>
+        <v>15966.69</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>368</v>
+        <v>101</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>2</v>
       </c>
       <c r="I10" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>8080.7</v>
+        <v>7954.62</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>303</v>
+        <v>66</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>2</v>
       </c>
       <c r="I11" s="3">
         <v>305</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>