--- v0 (2025-10-14)
+++ v1 (2026-01-12)
@@ -45,390 +45,390 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Кабельные вводы и сальники</t>
   </si>
   <si>
     <t>1.1 Кабельные вводы серии PG</t>
   </si>
   <si>
+    <t>07-8013</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-13,5 (6-12мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>07-8048</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-48 (34-44мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8016-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-16 (10-14мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8009-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-9 (4-8мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8011</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-11 (5-10мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8048-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-48 (34-44 мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8007</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-7 (3,5-6мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8036</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-36 (22-32мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8009</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-9 (4-8мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8021-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-21 (13-18мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8029</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-29 (18-25мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8029-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-29 (18-25мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8042-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-42 (30-38 мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8007-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-7 (3,5-6мм) черный REXANT</t>
+  </si>
+  <si>
     <t>07-8016</t>
   </si>
   <si>
     <t xml:space="preserve">Кабельный ввод PG-16 (10-14мм) серый REXANT </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...38 lines deleted...]
-    <t>Кабельный ввод PG-29 (18-25мм) черный REXANT</t>
+    <t>07-8011-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-11 (5-10мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8013-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-13,5 (6-12мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8036-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-36 (22-32мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8021</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-21 (13-18мм) серый REXANT</t>
   </si>
   <si>
     <t>07-8042</t>
   </si>
   <si>
     <t>Кабельный ввод PG-42 (30-38мм) серый REXANT</t>
   </si>
   <si>
-    <t>07-8042-1</t>
-[...70 lines deleted...]
-  <si>
     <t>1.2 Кабельные вводы серии MG</t>
   </si>
   <si>
+    <t>07-8112-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-12 (7,6-4,6мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8120</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-20 (14-9мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8125</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-25 (18-13мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8125-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-25 (18-13мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8116-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-16 (10-6мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8132</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-32 (25-18мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8140</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-40 (30-24мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8112</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-12 (7,6-4,6мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8140-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-40 (30-24мм) черный REXANT</t>
+  </si>
+  <si>
     <t>07-8132-1</t>
   </si>
   <si>
     <t>Кабельный ввод MG-32 (25-18мм) черный REXANT</t>
   </si>
   <si>
     <t>07-8150-1</t>
   </si>
   <si>
     <t>Кабельный ввод MG-50 (39-30 мм) черный REXANT</t>
   </si>
   <si>
-    <t>07-8112</t>
-[...34 lines deleted...]
-  <si>
     <t>07-8116</t>
   </si>
   <si>
     <t>Кабельный ввод MG-16 (10-6мм) серый REXANT</t>
   </si>
   <si>
-    <t>07-8140</t>
-[...10 lines deleted...]
-  <si>
     <t>07-8120-1</t>
   </si>
   <si>
     <t>Кабельный ввод MG-20 (14-9мм) черный REXANT</t>
   </si>
   <si>
-    <t>07-8112-1</t>
-[...4 lines deleted...]
-  <si>
     <t>1.3 Кабельные вводы серии PG-M</t>
   </si>
   <si>
+    <t>07-8209</t>
+  </si>
+  <si>
+    <t>Кабельный ввод металлический PGM-9 (8-4мм) REXANT</t>
+  </si>
+  <si>
     <t>07-8213</t>
   </si>
   <si>
     <t>Кабельный ввод металлический PGM-13 (12-6мм) REXANT</t>
   </si>
   <si>
     <t>07-8216</t>
   </si>
   <si>
     <t>Кабельный ввод металлический PGM-16 (14-10мм) REXANT</t>
   </si>
   <si>
     <t>07-8211</t>
   </si>
   <si>
     <t>Кабельный ввод металлический PGM-11 (10-5мм) REXANT</t>
   </si>
   <si>
     <t>07-8221</t>
   </si>
   <si>
     <t>Кабельный ввод металлический PGM-21 (18-13мм) REXANT</t>
   </si>
   <si>
-    <t>07-8209</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4 Кабельные вводы по 2-3 шт.</t>
   </si>
   <si>
+    <t>07-8112-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабельный ввод MG-12 (7,6-4,6мм) серый, уп. 2 шт REXANT </t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>07-8125-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабельный ввод MG-25 (18-13мм) серый, уп. 2 шт REXANT </t>
+  </si>
+  <si>
+    <t>07-8007-A3</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-7 (3,5-6мм) серый, комплект (3 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-8011-A2</t>
   </si>
   <si>
     <t>Кабельный ввод PG-11 (5-10мм) серый, комплект (2 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>упак</t>
-[...5 lines deleted...]
-    <t>Кабельный ввод PG-7 (3,5-6мм) серый, комплект (3 шт/уп) REXANT</t>
+    <t>07-8021-A2</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-21 (13-18мм) серый, комплект (2 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-8036-A1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-36 (22-32мм) серый, комплект (1 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-8013-A2</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-13,5 (6-12мм) серый, комплект (2 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-8042-A1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-42 (30-38мм) серый, комплект (1 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-8016-A2</t>
   </si>
   <si>
     <t>Кабельный ввод PG-16 (10-14мм) серый, комплект (2 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-8021-A2</t>
-[...4 lines deleted...]
-  <si>
     <t>07-8029-A2</t>
   </si>
   <si>
     <t>Кабельный ввод PG-29 (18-25мм) серый, комплект (2 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-8036-A1</t>
-[...20 lines deleted...]
-    <t xml:space="preserve">Кабельный ввод MG-12 (7,6-4,6мм) серый, уп. 2 шт REXANT </t>
+    <t>07-8120-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабельный ввод MG-20 (14-9мм) серый, уп. 2 шт REXANT </t>
   </si>
   <si>
     <t>07-8132-2</t>
   </si>
   <si>
     <t xml:space="preserve">Кабельный ввод MG-32 (25-18мм) серый, уп. 2 шт REXANT </t>
   </si>
   <si>
+    <t>07-8009-A3</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-9 (4-8мм) серый, комплект (3 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-8048-A1</t>
   </si>
   <si>
     <t>Кабельный ввод PG-48 (34-44мм) серый, комплект (1 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-8009-A3</t>
-[...10 lines deleted...]
-  <si>
     <t>07-8116-2</t>
   </si>
   <si>
     <t xml:space="preserve">Кабельный ввод MG-16 (10-6мм) серый, уп. 2 шт REXANT </t>
   </si>
   <si>
     <t>07-8132-1-2</t>
   </si>
   <si>
     <t xml:space="preserve">Кабельный ввод MG-32 (25-18 мм) черный, уп. 2 шт REXANT </t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">Кабельный ввод MG-20 (14-9мм) серый, уп. 2 шт REXANT </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -813,51 +813,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-16-10-14mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-29-18-25mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-36-22-32mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-7-3-5-6mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-9-4-8mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-21-13-18mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-29-18-25mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-42-30-38mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-42-30-38-mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-7-3-5-6mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-21-13-18mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-9-4-8mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-11-5-10mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-13-5-6-12mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-13-5-6-12mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-36-22-32mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-48-34-44mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-48-34-44-mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-16-10-14mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-11-5-10mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-50-39-30-mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-12-7-6-4-6mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-25-18-13mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-40-30-24mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-16-10-6mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-20-14-9mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-16-10-6mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-40-30-24mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-25-18-13mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-20-14-9mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-12-7-6-4-6mm-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-13-12-6mm-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-16-14-10mm-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-11-10-5mm-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-21-18-13mm-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-9-8-4mm-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-11-5-10mm-seryy-komplekt-2-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-7-3-5-6mm-seryy-komplekt-3-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-16-10-14mm-seryy-komplekt-2-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-21-13-18mm-seryy-komplekt-2-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-29-18-25mm-seryy-komplekt-2-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-36-22-32mm-seryy-komplekt-1-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-42-30-38mm-seryy-komplekt-1-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-25-18-13mm-seryy-up-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-12-7-6-4-6mm-seryy-up-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18mm-seryy-up-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-48-34-44mm-seryy-komplekt-1-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-9-4-8mm-seryy-komplekt-3-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-13-5-6-12mm-seryy-komplekt-2-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-16-10-6mm-seryy-up-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18-mm-chernyy-up-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-20-14-9mm-seryy-up-2-sht-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-13-5-6-12mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-48-34-44mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-16-10-14mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-9-4-8mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-11-5-10mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-48-34-44-mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-7-3-5-6mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-36-22-32mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-9-4-8mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-21-13-18mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-29-18-25mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-29-18-25mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-42-30-38-mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-7-3-5-6mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-16-10-14mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-11-5-10mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-13-5-6-12mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-36-22-32mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-21-13-18mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-42-30-38mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-12-7-6-4-6mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-20-14-9mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-25-18-13mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-25-18-13mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-16-10-6mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-40-30-24mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-12-7-6-4-6mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-40-30-24mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-50-39-30-mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-16-10-6mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-20-14-9mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-9-8-4mm-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-13-12-6mm-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-16-14-10mm-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-11-10-5mm-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-21-18-13mm-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-12-7-6-4-6mm-seryy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-25-18-13mm-seryy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-7-3-5-6mm-seryy-komplekt-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-11-5-10mm-seryy-komplekt-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-21-13-18mm-seryy-komplekt-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-36-22-32mm-seryy-komplekt-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-13-5-6-12mm-seryy-komplekt-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-42-30-38mm-seryy-komplekt-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-16-10-14mm-seryy-komplekt-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-29-18-25mm-seryy-komplekt-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-20-14-9mm-seryy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18mm-seryy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-9-4-8mm-seryy-komplekt-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-48-34-44mm-seryy-komplekt-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-16-10-6mm-seryy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18-mm-chernyy-up-2-sht-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I60"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -894,1642 +894,1642 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>24.06</v>
+        <v>18.04</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>13400</v>
+        <v>17700</v>
       </c>
       <c r="G4" s="3">
         <v>100</v>
       </c>
       <c r="H4" s="3">
-        <v>1600</v>
+        <v>2000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>60.79</v>
+        <v>173.9</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>2650</v>
+        <v>680</v>
       </c>
       <c r="G5" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H5" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>98.39</v>
+        <v>24.47</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>700</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H6" s="3">
-        <v>240</v>
+        <v>1600</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>10.36</v>
+        <v>13.69</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>82600</v>
+        <v>38900</v>
       </c>
       <c r="G7" s="3">
         <v>100</v>
       </c>
       <c r="H7" s="3">
-        <v>6000</v>
+        <v>3500</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>13.46</v>
+        <v>17.13</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>39096</v>
+        <v>28400</v>
       </c>
       <c r="G8" s="3">
         <v>100</v>
       </c>
       <c r="H8" s="3">
-        <v>3500</v>
+        <v>2500</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>33.93</v>
+        <v>165.2</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>5750</v>
+        <v>260</v>
       </c>
       <c r="G9" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H9" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>59.4</v>
+        <v>10.54</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>2900</v>
+        <v>55400</v>
       </c>
       <c r="G10" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H10" s="3">
-        <v>500</v>
+        <v>6000</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>145.82</v>
+        <v>105.07</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1200</v>
+        <v>240</v>
       </c>
       <c r="G11" s="3">
         <v>20</v>
       </c>
       <c r="H11" s="3">
-        <v>200</v>
+        <v>240</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>131.06</v>
+        <v>13.69</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>140</v>
+        <v>14796</v>
       </c>
       <c r="G12" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H12" s="3">
-        <v>200</v>
+        <v>3500</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>10.36</v>
+        <v>34.51</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>59300</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H13" s="3">
-        <v>6000</v>
+        <v>1000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>33.93</v>
+        <v>61.82</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>2800</v>
+        <v>2650</v>
       </c>
       <c r="G14" s="3">
         <v>50</v>
       </c>
       <c r="H14" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>13.46</v>
+        <v>60.41</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>50200</v>
+        <v>1300</v>
       </c>
       <c r="G15" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H15" s="3">
-        <v>3500</v>
+        <v>500</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>17.29</v>
+        <v>133.29</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>16100</v>
+        <v>20</v>
       </c>
       <c r="G16" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H16" s="3">
-        <v>2500</v>
+        <v>200</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>17.74</v>
+        <v>10.54</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>27100</v>
+        <v>4200</v>
       </c>
       <c r="G17" s="3">
         <v>100</v>
       </c>
       <c r="H17" s="3">
-        <v>2000</v>
+        <v>6000</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>17.74</v>
+        <v>24.47</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>16100</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>100</v>
       </c>
       <c r="H18" s="3">
-        <v>2000</v>
+        <v>1600</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>102.23</v>
+        <v>17.58</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>420</v>
+        <v>18700</v>
       </c>
       <c r="G19" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H19" s="3">
-        <v>200</v>
+        <v>2500</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>170.99</v>
+        <v>18.04</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>860</v>
+        <v>9400</v>
       </c>
       <c r="G20" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H20" s="3">
-        <v>200</v>
+        <v>2000</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>170.99</v>
+        <v>109.16</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>560</v>
+        <v>1560</v>
       </c>
       <c r="G21" s="3">
         <v>20</v>
       </c>
       <c r="H21" s="3">
         <v>200</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>24.06</v>
+        <v>34.51</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>6200</v>
       </c>
       <c r="G22" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H22" s="3">
-        <v>1600</v>
+        <v>1000</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>15.28</v>
+        <v>148.3</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>46000</v>
+        <v>840</v>
       </c>
       <c r="G23" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H23" s="3">
-        <v>2500</v>
+        <v>200</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="2"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>108.28</v>
+        <v>23.16</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>1560</v>
+        <v>12800</v>
       </c>
       <c r="G25" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="H25" s="3">
-        <v>450</v>
+        <v>2500</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>261.61</v>
+        <v>40.28</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>276</v>
+        <v>6850</v>
       </c>
       <c r="G26" s="3">
-        <v>6</v>
+        <v>50</v>
       </c>
       <c r="H26" s="3">
-        <v>120</v>
+        <v>1000</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>25.31</v>
+        <v>53.69</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>18100</v>
+        <v>5750</v>
       </c>
       <c r="G27" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H27" s="3">
-        <v>3000</v>
+        <v>800</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>50.28</v>
+        <v>53.69</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
         <v>24</v>
       </c>
       <c r="G28" s="3">
         <v>24</v>
       </c>
       <c r="H28" s="3">
         <v>600</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>126.2</v>
+        <v>27.42</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>1080</v>
+        <v>5600</v>
       </c>
       <c r="G29" s="3">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="H29" s="3">
-        <v>240</v>
+        <v>2000</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>26.96</v>
+        <v>104.62</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>6600</v>
+        <v>1050</v>
       </c>
       <c r="G30" s="3">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="H30" s="3">
-        <v>2000</v>
+        <v>450</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>108.28</v>
+        <v>95.05</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>1680</v>
+        <v>12</v>
       </c>
       <c r="G31" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="H31" s="3">
-        <v>450</v>
+        <v>240</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>37.72</v>
+        <v>25.74</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>8250</v>
+        <v>17100</v>
       </c>
       <c r="G32" s="3">
         <v>50</v>
       </c>
       <c r="H32" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>26.95</v>
+        <v>137.33</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>26500</v>
+        <v>984</v>
       </c>
       <c r="G33" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="H33" s="3">
-        <v>2000</v>
+        <v>240</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>93.46</v>
+        <v>104.62</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>60</v>
+        <v>360</v>
       </c>
       <c r="G34" s="3">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="H34" s="3">
-        <v>240</v>
+        <v>450</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>50.28</v>
+        <v>266.06</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>9450</v>
+        <v>276</v>
       </c>
       <c r="G35" s="3">
-        <v>25</v>
+        <v>6</v>
       </c>
       <c r="H35" s="3">
-        <v>800</v>
+        <v>120</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>37.73</v>
+        <v>27.41</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>5250</v>
+        <v>25000</v>
       </c>
       <c r="G36" s="3">
         <v>50</v>
       </c>
       <c r="H36" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>25.3</v>
+        <v>40.29</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>13250</v>
+        <v>250</v>
       </c>
       <c r="G37" s="3">
         <v>50</v>
       </c>
       <c r="H37" s="3">
-        <v>2500</v>
+        <v>1000</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="2" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>188.79</v>
+        <v>142.05</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>2850</v>
+        <v>6000</v>
       </c>
       <c r="G39" s="3">
         <v>50</v>
       </c>
       <c r="H39" s="3">
-        <v>700</v>
+        <v>1000</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>218.41</v>
+        <v>192</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>2600</v>
+        <v>2650</v>
       </c>
       <c r="G40" s="3">
         <v>50</v>
       </c>
       <c r="H40" s="3">
-        <v>600</v>
+        <v>700</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>163.72</v>
+        <v>222.12</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>5750</v>
+        <v>1600</v>
       </c>
       <c r="G41" s="3">
         <v>50</v>
       </c>
       <c r="H41" s="3">
-        <v>1000</v>
+        <v>600</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>245.93</v>
+        <v>166.5</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>1175</v>
+        <v>4900</v>
       </c>
       <c r="G42" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H42" s="3">
-        <v>350</v>
+        <v>1000</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>139.68</v>
+        <v>262.62</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>6850</v>
+        <v>425</v>
       </c>
       <c r="G43" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H43" s="3">
-        <v>1000</v>
+        <v>350</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C45" s="3">
-        <v>77.6</v>
+        <v>93.67</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F45" s="3">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>10</v>
+        <v>2400</v>
       </c>
       <c r="I45" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>65.42</v>
+        <v>184.35</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F46" s="3">
-        <v>127</v>
+        <v>1</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>10</v>
+        <v>576</v>
       </c>
       <c r="I46" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>89.3</v>
+        <v>66.53</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F47" s="3">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>10</v>
       </c>
       <c r="I47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>102.94</v>
+        <v>82.87</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F48" s="3">
-        <v>87</v>
+        <v>11</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>10</v>
       </c>
       <c r="I48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>195.49</v>
+        <v>104.69</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F49" s="3">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>10</v>
       </c>
       <c r="I49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C50" s="3">
-        <v>180.15</v>
+        <v>183.21</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F50" s="3">
-        <v>49</v>
+        <v>63</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>10</v>
       </c>
       <c r="I50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C51" s="3">
-        <v>182.27</v>
+        <v>87.8</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F51" s="3">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>10</v>
       </c>
       <c r="I51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C52" s="3">
-        <v>181.27</v>
+        <v>185.37</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F52" s="3">
+        <v>59</v>
+      </c>
+      <c r="G52" s="3">
+        <v>1</v>
+      </c>
+      <c r="H52" s="3">
+        <v>10</v>
+      </c>
+      <c r="I52" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C53" s="3">
-        <v>92.1</v>
+        <v>95.36</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F53" s="3">
+        <v>13</v>
+      </c>
+      <c r="G53" s="3">
+        <v>1</v>
+      </c>
+      <c r="H53" s="3">
+        <v>10</v>
+      </c>
+      <c r="I53" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C54" s="3">
-        <v>365.68</v>
+        <v>198.81</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F54" s="3">
-        <v>63</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>360</v>
+        <v>10</v>
       </c>
       <c r="I54" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C55" s="3">
-        <v>209.02</v>
+        <v>148.01</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F55" s="3">
-        <v>106</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I55" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C56" s="3">
-        <v>79.1</v>
+        <v>371.9</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F56" s="3">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>10</v>
+        <v>360</v>
       </c>
       <c r="I56" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C57" s="3">
-        <v>78.48</v>
+        <v>80.44</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F57" s="3">
-        <v>200</v>
+        <v>104</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>10</v>
       </c>
       <c r="I57" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C58" s="3">
-        <v>97.41</v>
+        <v>212.04</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F58" s="3">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>1500</v>
+        <v>10</v>
       </c>
       <c r="I58" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C59" s="3">
-        <v>420.31</v>
+        <v>99.07</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F59" s="3">
-        <v>0</v>
+        <v>78</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>360</v>
+        <v>1500</v>
       </c>
       <c r="I59" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C60" s="3">
-        <v>145.54</v>
+        <v>427.46</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F60" s="3">
         <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>1000</v>
+        <v>360</v>
       </c>
       <c r="I60" s="3">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A24:I24"/>
     <mergeCell ref="A38:I38"/>
     <mergeCell ref="A44:I44"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>