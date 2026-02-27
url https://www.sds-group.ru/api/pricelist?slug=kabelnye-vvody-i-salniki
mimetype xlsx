--- v1 (2026-01-12)
+++ v2 (2026-02-27)
@@ -45,384 +45,384 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Кабельные вводы и сальники</t>
   </si>
   <si>
     <t>1.1 Кабельные вводы серии PG</t>
   </si>
   <si>
+    <t>07-8007</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-7 (3,5-6мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>07-8007-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-7 (3,5-6мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8009</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-9 (4-8мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабельный ввод PG-16 (10-14мм) серый REXANT </t>
+  </si>
+  <si>
+    <t>07-8021</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-21 (13-18мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8021-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-21 (13-18мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8029</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-29 (18-25мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8029-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-29 (18-25мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8042</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-42 (30-38мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8042-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-42 (30-38 мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8009-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-9 (4-8мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8011-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-11 (5-10мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8013-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-13,5 (6-12мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8048-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-48 (34-44 мм) черный REXANT</t>
+  </si>
+  <si>
     <t>07-8013</t>
   </si>
   <si>
     <t>Кабельный ввод PG-13,5 (6-12мм) серый REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>07-8036-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-36 (22-32мм) черный REXANT</t>
   </si>
   <si>
     <t>07-8048</t>
   </si>
   <si>
     <t>Кабельный ввод PG-48 (34-44мм) серый REXANT</t>
   </si>
   <si>
     <t>07-8016-1</t>
   </si>
   <si>
     <t>Кабельный ввод PG-16 (10-14мм) черный REXANT</t>
   </si>
   <si>
-    <t>07-8009-1</t>
-[...2 lines deleted...]
-    <t>Кабельный ввод PG-9 (4-8мм) черный REXANT</t>
+    <t>07-8036</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-36 (22-32мм) серый REXANT</t>
   </si>
   <si>
     <t>07-8011</t>
   </si>
   <si>
     <t>Кабельный ввод PG-11 (5-10мм) серый REXANT</t>
   </si>
   <si>
-    <t>07-8048-1</t>
-[...88 lines deleted...]
-  <si>
     <t>1.2 Кабельные вводы серии MG</t>
   </si>
   <si>
+    <t>07-8132-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-32 (25-18мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8140-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-40 (30-24мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8150-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-50 (39-30 мм) черный REXANT</t>
+  </si>
+  <si>
+    <t>07-8116</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-16 (10-6мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8125</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-25 (18-13мм) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-8140</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-40 (30-24мм) серый REXANT</t>
+  </si>
+  <si>
     <t>07-8112-1</t>
   </si>
   <si>
     <t>Кабельный ввод MG-12 (7,6-4,6мм) черный REXANT</t>
   </si>
   <si>
     <t>07-8120</t>
   </si>
   <si>
     <t>Кабельный ввод MG-20 (14-9мм) серый REXANT</t>
   </si>
   <si>
-    <t>07-8125</t>
-[...2 lines deleted...]
-    <t>Кабельный ввод MG-25 (18-13мм) серый REXANT</t>
+    <t>07-8120-1</t>
+  </si>
+  <si>
+    <t>Кабельный ввод MG-20 (14-9мм) черный REXANT</t>
   </si>
   <si>
     <t>07-8125-1</t>
   </si>
   <si>
     <t>Кабельный ввод MG-25 (18-13мм) черный REXANT</t>
   </si>
   <si>
     <t>07-8116-1</t>
   </si>
   <si>
     <t>Кабельный ввод MG-16 (10-6мм) черный REXANT</t>
   </si>
   <si>
     <t>07-8132</t>
   </si>
   <si>
     <t>Кабельный ввод MG-32 (25-18мм) серый REXANT</t>
   </si>
   <si>
-    <t>07-8140</t>
-[...4 lines deleted...]
-  <si>
     <t>07-8112</t>
   </si>
   <si>
     <t>Кабельный ввод MG-12 (7,6-4,6мм) серый REXANT</t>
   </si>
   <si>
-    <t>07-8140-1</t>
-[...28 lines deleted...]
-  <si>
     <t>1.3 Кабельные вводы серии PG-M</t>
   </si>
   <si>
     <t>07-8209</t>
   </si>
   <si>
     <t>Кабельный ввод металлический PGM-9 (8-4мм) REXANT</t>
   </si>
   <si>
     <t>07-8213</t>
   </si>
   <si>
     <t>Кабельный ввод металлический PGM-13 (12-6мм) REXANT</t>
   </si>
   <si>
     <t>07-8216</t>
   </si>
   <si>
     <t>Кабельный ввод металлический PGM-16 (14-10мм) REXANT</t>
   </si>
   <si>
     <t>07-8211</t>
   </si>
   <si>
     <t>Кабельный ввод металлический PGM-11 (10-5мм) REXANT</t>
   </si>
   <si>
     <t>07-8221</t>
   </si>
   <si>
     <t>Кабельный ввод металлический PGM-21 (18-13мм) REXANT</t>
   </si>
   <si>
     <t>1.4 Кабельные вводы по 2-3 шт.</t>
   </si>
   <si>
+    <t>07-8009-A3</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-9 (4-8мм) серый, комплект (3 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
     <t>07-8112-2</t>
   </si>
   <si>
     <t xml:space="preserve">Кабельный ввод MG-12 (7,6-4,6мм) серый, уп. 2 шт REXANT </t>
   </si>
   <si>
-    <t>упак</t>
+    <t>07-8116-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабельный ввод MG-16 (10-6мм) серый, уп. 2 шт REXANT </t>
+  </si>
+  <si>
+    <t>07-8132-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабельный ввод MG-32 (25-18мм) серый, уп. 2 шт REXANT </t>
+  </si>
+  <si>
+    <t>07-8013-A2</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-13,5 (6-12мм) серый, комплект (2 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-8125-2</t>
   </si>
   <si>
     <t xml:space="preserve">Кабельный ввод MG-25 (18-13мм) серый, уп. 2 шт REXANT </t>
   </si>
   <si>
+    <t>07-8021-A2</t>
+  </si>
+  <si>
+    <t>Кабельный ввод PG-21 (13-18мм) серый, комплект (2 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>07-8007-A3</t>
   </si>
   <si>
     <t>Кабельный ввод PG-7 (3,5-6мм) серый, комплект (3 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-8011-A2</t>
   </si>
   <si>
     <t>Кабельный ввод PG-11 (5-10мм) серый, комплект (2 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-8021-A2</t>
-[...4 lines deleted...]
-  <si>
     <t>07-8036-A1</t>
   </si>
   <si>
     <t>Кабельный ввод PG-36 (22-32мм) серый, комплект (1 шт/уп) REXANT</t>
   </si>
   <si>
-    <t>07-8013-A2</t>
-[...4 lines deleted...]
-  <si>
     <t>07-8042-A1</t>
   </si>
   <si>
     <t>Кабельный ввод PG-42 (30-38мм) серый, комплект (1 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-8016-A2</t>
   </si>
   <si>
     <t>Кабельный ввод PG-16 (10-14мм) серый, комплект (2 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-8029-A2</t>
   </si>
   <si>
     <t>Кабельный ввод PG-29 (18-25мм) серый, комплект (2 шт/уп) REXANT</t>
   </si>
   <si>
     <t>07-8120-2</t>
   </si>
   <si>
     <t xml:space="preserve">Кабельный ввод MG-20 (14-9мм) серый, уп. 2 шт REXANT </t>
   </si>
   <si>
-    <t>07-8132-2</t>
-[...10 lines deleted...]
-  <si>
     <t>07-8048-A1</t>
   </si>
   <si>
     <t>Кабельный ввод PG-48 (34-44мм) серый, комплект (1 шт/уп) REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">Кабельный ввод MG-16 (10-6мм) серый, уп. 2 шт REXANT </t>
   </si>
   <si>
     <t>07-8132-1-2</t>
   </si>
   <si>
     <t xml:space="preserve">Кабельный ввод MG-32 (25-18 мм) черный, уп. 2 шт REXANT </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -813,51 +813,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-13-5-6-12mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-48-34-44mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-16-10-14mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-9-4-8mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-11-5-10mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-48-34-44-mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-7-3-5-6mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-36-22-32mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-9-4-8mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-21-13-18mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-29-18-25mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-29-18-25mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-42-30-38-mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-7-3-5-6mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-16-10-14mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-11-5-10mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-13-5-6-12mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-36-22-32mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-21-13-18mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-42-30-38mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-12-7-6-4-6mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-20-14-9mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-25-18-13mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-25-18-13mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-16-10-6mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-40-30-24mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-12-7-6-4-6mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-40-30-24mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-50-39-30-mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-16-10-6mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-20-14-9mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-9-8-4mm-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-13-12-6mm-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-16-14-10mm-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-11-10-5mm-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-21-18-13mm-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-12-7-6-4-6mm-seryy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-25-18-13mm-seryy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-7-3-5-6mm-seryy-komplekt-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-11-5-10mm-seryy-komplekt-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-21-13-18mm-seryy-komplekt-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-36-22-32mm-seryy-komplekt-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-13-5-6-12mm-seryy-komplekt-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-42-30-38mm-seryy-komplekt-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-16-10-14mm-seryy-komplekt-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-29-18-25mm-seryy-komplekt-2-sht-up-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-20-14-9mm-seryy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18mm-seryy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-9-4-8mm-seryy-komplekt-3-sht-up-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-48-34-44mm-seryy-komplekt-1-sht-up-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-16-10-6mm-seryy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18-mm-chernyy-up-2-sht-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-7-3-5-6mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-7-3-5-6mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-9-4-8mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-16-10-14mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-21-13-18mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-21-13-18mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-29-18-25mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-29-18-25mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-42-30-38mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-42-30-38-mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-9-4-8mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-11-5-10mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-13-5-6-12mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-48-34-44-mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-13-5-6-12mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-36-22-32mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-48-34-44mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-16-10-14mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-36-22-32mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-11-5-10mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-40-30-24mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-50-39-30-mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-16-10-6mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-25-18-13mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-40-30-24mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-12-7-6-4-6mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-20-14-9mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-20-14-9mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-25-18-13mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-16-10-6mm-chernyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-12-7-6-4-6mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-9-8-4mm-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-13-12-6mm-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-16-14-10mm-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-11-10-5mm-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-metallicheskiy-pgm-21-18-13mm-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-9-4-8mm-seryy-komplekt-3-shtup-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-12-7-6-4-6mm-seryy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-16-10-6mm-seryy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18mm-seryy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-13-5-6-12mm-seryy-komplekt-2-shtup-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-25-18-13mm-seryy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-21-13-18mm-seryy-komplekt-2-shtup-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-7-3-5-6mm-seryy-komplekt-3-shtup-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-11-5-10mm-seryy-komplekt-2-shtup-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-36-22-32mm-seryy-komplekt-1-shtup-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-42-30-38mm-seryy-komplekt-1-shtup-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-16-10-14mm-seryy-komplekt-2-shtup-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-29-18-25mm-seryy-komplekt-2-shtup-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-20-14-9mm-seryy-up-2-sht-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-pg-48-34-44mm-seryy-komplekt-1-shtup-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabelnyy-vvod-mg-32-25-18-mm-chernyy-up-2-sht-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I60"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -894,1636 +894,1636 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>18.04</v>
+        <v>10.54</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>17700</v>
+        <v>52600</v>
       </c>
       <c r="G4" s="3">
         <v>100</v>
       </c>
       <c r="H4" s="3">
-        <v>2000</v>
+        <v>6000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>173.9</v>
+        <v>10.54</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>680</v>
+        <v>24600</v>
       </c>
       <c r="G5" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H5" s="3">
-        <v>200</v>
+        <v>6000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>24.47</v>
+        <v>13.69</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>7196</v>
       </c>
       <c r="G6" s="3">
         <v>100</v>
       </c>
       <c r="H6" s="3">
-        <v>1600</v>
+        <v>3500</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>13.69</v>
+        <v>24.47</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>38900</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>100</v>
       </c>
       <c r="H7" s="3">
-        <v>3500</v>
+        <v>1600</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>17.13</v>
+        <v>34.51</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>28400</v>
+        <v>8150</v>
       </c>
       <c r="G8" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H8" s="3">
-        <v>2500</v>
+        <v>1000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>165.2</v>
+        <v>34.51</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>260</v>
+        <v>5300</v>
       </c>
       <c r="G9" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H9" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>10.54</v>
+        <v>61.82</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>55400</v>
+        <v>3800</v>
       </c>
       <c r="G10" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H10" s="3">
-        <v>6000</v>
+        <v>500</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>105.07</v>
+        <v>60.41</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>240</v>
+        <v>3000</v>
       </c>
       <c r="G11" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H11" s="3">
-        <v>240</v>
+        <v>500</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>13.69</v>
+        <v>148.3</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>14796</v>
+        <v>800</v>
       </c>
       <c r="G12" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H12" s="3">
-        <v>3500</v>
+        <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>34.51</v>
+        <v>133.29</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H13" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>61.82</v>
+        <v>13.69</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>2650</v>
+        <v>44200</v>
       </c>
       <c r="G14" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H14" s="3">
-        <v>500</v>
+        <v>3500</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>60.41</v>
+        <v>17.58</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>1300</v>
+        <v>28000</v>
       </c>
       <c r="G15" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H15" s="3">
-        <v>500</v>
+        <v>2500</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>133.29</v>
+        <v>18.04</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>20</v>
+        <v>18900</v>
       </c>
       <c r="G16" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H16" s="3">
-        <v>200</v>
+        <v>2000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>10.54</v>
+        <v>165.2</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>4200</v>
+        <v>220</v>
       </c>
       <c r="G17" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H17" s="3">
-        <v>6000</v>
+        <v>200</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>24.47</v>
+        <v>18.04</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>22700</v>
       </c>
       <c r="G18" s="3">
         <v>100</v>
       </c>
       <c r="H18" s="3">
-        <v>1600</v>
+        <v>2000</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>17.58</v>
+        <v>109.16</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>18700</v>
+        <v>1700</v>
       </c>
       <c r="G19" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H19" s="3">
-        <v>2500</v>
+        <v>200</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>18.04</v>
+        <v>173.9</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>9400</v>
+        <v>560</v>
       </c>
       <c r="G20" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H20" s="3">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>109.16</v>
+        <v>24.47</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>1560</v>
+        <v>4400</v>
       </c>
       <c r="G21" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H21" s="3">
-        <v>200</v>
+        <v>1600</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>34.51</v>
+        <v>105.07</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>6200</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H22" s="3">
-        <v>1000</v>
+        <v>240</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>148.3</v>
+        <v>17.13</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>840</v>
+        <v>26600</v>
       </c>
       <c r="G23" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H23" s="3">
-        <v>200</v>
+        <v>2500</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="2"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>23.16</v>
+        <v>104.62</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>12800</v>
+        <v>2895</v>
       </c>
       <c r="G25" s="3">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="H25" s="3">
-        <v>2500</v>
+        <v>450</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>40.28</v>
+        <v>137.33</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>6850</v>
+        <v>864</v>
       </c>
       <c r="G26" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="H26" s="3">
-        <v>1000</v>
+        <v>240</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>53.69</v>
+        <v>266.06</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>5750</v>
+        <v>126</v>
       </c>
       <c r="G27" s="3">
-        <v>25</v>
+        <v>6</v>
       </c>
       <c r="H27" s="3">
-        <v>800</v>
+        <v>120</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>53.69</v>
+        <v>27.41</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>24</v>
+        <v>24350</v>
       </c>
       <c r="G28" s="3">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="H28" s="3">
-        <v>600</v>
+        <v>2000</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>27.42</v>
+        <v>53.69</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>5600</v>
+        <v>3601</v>
       </c>
       <c r="G29" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H29" s="3">
-        <v>2000</v>
+        <v>800</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>104.62</v>
+        <v>95.05</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>1050</v>
+        <v>12</v>
       </c>
       <c r="G30" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="H30" s="3">
-        <v>450</v>
+        <v>240</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>95.05</v>
+        <v>23.16</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>12</v>
+        <v>11600</v>
       </c>
       <c r="G31" s="3">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="H31" s="3">
-        <v>240</v>
+        <v>2500</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>25.74</v>
+        <v>40.28</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>17100</v>
+        <v>5350</v>
       </c>
       <c r="G32" s="3">
         <v>50</v>
       </c>
       <c r="H32" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>137.33</v>
+        <v>40.29</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>984</v>
+        <v>3100</v>
       </c>
       <c r="G33" s="3">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="H33" s="3">
-        <v>240</v>
+        <v>1000</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>104.62</v>
+        <v>53.69</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>360</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="H34" s="3">
-        <v>450</v>
+        <v>600</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>266.06</v>
+        <v>27.42</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>276</v>
+        <v>7750</v>
       </c>
       <c r="G35" s="3">
-        <v>6</v>
+        <v>50</v>
       </c>
       <c r="H35" s="3">
-        <v>120</v>
+        <v>2000</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>27.41</v>
+        <v>104.62</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>25000</v>
+        <v>675</v>
       </c>
       <c r="G36" s="3">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="H36" s="3">
-        <v>2000</v>
+        <v>450</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>40.29</v>
+        <v>25.74</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>250</v>
+        <v>16500</v>
       </c>
       <c r="G37" s="3">
         <v>50</v>
       </c>
       <c r="H37" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="2" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
         <v>142.05</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>6000</v>
+        <v>4500</v>
       </c>
       <c r="G39" s="3">
         <v>50</v>
       </c>
       <c r="H39" s="3">
         <v>1000</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
         <v>192</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>2650</v>
+        <v>2600</v>
       </c>
       <c r="G40" s="3">
         <v>50</v>
       </c>
       <c r="H40" s="3">
         <v>700</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
         <v>222.12</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>1600</v>
+        <v>1450</v>
       </c>
       <c r="G41" s="3">
         <v>50</v>
       </c>
       <c r="H41" s="3">
         <v>600</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
         <v>166.5</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>4900</v>
+        <v>4750</v>
       </c>
       <c r="G42" s="3">
         <v>50</v>
       </c>
       <c r="H42" s="3">
         <v>1000</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
         <v>262.62</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>425</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>25</v>
       </c>
       <c r="H43" s="3">
         <v>350</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C45" s="3">
-        <v>93.67</v>
+        <v>80.44</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F45" s="3">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>2400</v>
+        <v>10</v>
       </c>
       <c r="I45" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>184.35</v>
+        <v>93.67</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F46" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>576</v>
+        <v>2400</v>
       </c>
       <c r="I46" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>66.53</v>
+        <v>99.07</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F47" s="3">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>10</v>
+        <v>1500</v>
       </c>
       <c r="I47" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>82.87</v>
+        <v>371.9</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F48" s="3">
-        <v>11</v>
+        <v>64</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>10</v>
+        <v>360</v>
       </c>
       <c r="I48" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C49" s="3">
-        <v>104.69</v>
+        <v>87.8</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F49" s="3">
-        <v>59</v>
+        <v>88</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>10</v>
       </c>
       <c r="I49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C50" s="3">
-        <v>183.21</v>
+        <v>184.35</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F50" s="3">
-        <v>63</v>
+        <v>38</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>10</v>
+        <v>576</v>
       </c>
       <c r="I50" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C51" s="3">
-        <v>87.8</v>
+        <v>104.69</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F51" s="3">
-        <v>44</v>
+        <v>92</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>10</v>
       </c>
       <c r="I51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C52" s="3">
-        <v>185.37</v>
+        <v>66.53</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F52" s="3">
-        <v>59</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>10</v>
       </c>
       <c r="I52" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C53" s="3">
-        <v>95.36</v>
+        <v>82.87</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F53" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>10</v>
       </c>
       <c r="I53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C54" s="3">
-        <v>198.81</v>
+        <v>183.21</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F54" s="3">
-        <v>0</v>
+        <v>56</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>10</v>
       </c>
       <c r="I54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C55" s="3">
-        <v>148.01</v>
+        <v>185.37</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F55" s="3">
+        <v>36</v>
+      </c>
+      <c r="G55" s="3">
+        <v>1</v>
+      </c>
+      <c r="H55" s="3">
+        <v>10</v>
+      </c>
+      <c r="I55" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C56" s="3">
-        <v>371.9</v>
+        <v>95.36</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F56" s="3">
-        <v>86</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>360</v>
+        <v>10</v>
       </c>
       <c r="I56" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C57" s="3">
-        <v>80.44</v>
+        <v>198.81</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F57" s="3">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>10</v>
       </c>
       <c r="I57" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C58" s="3">
-        <v>212.04</v>
+        <v>148.01</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F58" s="3">
-        <v>84</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I58" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C59" s="3">
-        <v>99.07</v>
+        <v>212.04</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F59" s="3">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>1500</v>
+        <v>10</v>
       </c>
       <c r="I59" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C60" s="3">
         <v>427.46</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F60" s="3">
-        <v>0</v>
+        <v>37</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>360</v>
       </c>
       <c r="I60" s="3">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A24:I24"/>
     <mergeCell ref="A38:I38"/>
     <mergeCell ref="A44:I44"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>