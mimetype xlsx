--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -42,204 +42,204 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Кабельный теплый пол REXANT</t>
   </si>
   <si>
-    <t>1.1 Slim (без стяжки)</t>
+    <t>1.1 Standard (в стяжку)</t>
+  </si>
+  <si>
+    <t>51-0519-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-100-1500 1500Вт, 100м, 9,4-12,5м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>51-0521-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-140-2100 2100Вт, 140м, 13,0-17,5м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0513-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-20-300 300Вт, 20м, 1,3-2,6м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0515-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-40-600 600Вт, 40м, 3,7-5,0м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0523-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-180-2700 2700Вт, 180м, 17,0-22,5м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0517-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-60-900 900Вт, 60м, 5,6-7,5м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0518-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-80-1200 1200Вт, 80м, 7,5-10,0м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0514-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-30-450 450Вт, 30м, 2,7-3,8м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0516-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-50-750 750Вт, 50м, 4,7-6,3м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0520-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-120-1800 1800Вт, 120м, 11,2-15,0м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0512-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-10-150 150Вт, 10м, 0,9-1,2м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0522-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-160-2400 2400Вт, 160м, 15,0-20,0м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Slim (без стяжки)</t>
+  </si>
+  <si>
+    <t>51-0501-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Slim RNB-15-270 270Вт,15м, 1,2-1,8м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0509-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Slim RNB-145-2600 2600Вт, 145м, 14,5-16,5м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0504-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Slim RNB-39-700 700Вт, 39м, 3,6-4,5м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0507-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Slim RNB-105-1900 1900Вт, 105м, 8,5-12,5м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0505-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Slim RNB-55-1000 1000Вт, 55м, 4,5-6,5м² двухжильный REXANT</t>
   </si>
   <si>
     <t>51-0502-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-21-370 370Вт, 21м,1,8-2,5м² двухжильный REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...14 lines deleted...]
-    <t>Теплый пол, кабельная секция Slim RNB-145-2600 2600Вт, 145м, 14,5-16,5м² двухжильный REXANT</t>
+    <t>51-0508-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Slim RNB-128-2300 2300Вт, 128м 12,5-14,5м² двухжильный REXANT</t>
   </si>
   <si>
     <t>51-0503-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-30-550 550Вт, 30м, 2,5-3,6м² двухжильный REXANT</t>
   </si>
   <si>
-    <t>51-0507-3</t>
-[...22 lines deleted...]
-  <si>
     <t>51-0506-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-70-1250 1250Вт, 70м, 6,5-8,5м² двухжильный REXANT</t>
   </si>
   <si>
-    <t>1.2 Standard (в стяжку)</t>
-[...73 lines deleted...]
-  <si>
     <t>1.3 Монтажная перфорированная лента</t>
   </si>
   <si>
+    <t>07-7110-4</t>
+  </si>
+  <si>
+    <t>Монтажная перфорированная лента для теплого пола 20х0,55 мм, 10 м REXANT</t>
+  </si>
+  <si>
+    <t>рулон</t>
+  </si>
+  <si>
     <t>07-7121-4</t>
   </si>
   <si>
     <t>Монтажная перфорированная лента для теплого пола 20х0,55 мм, 20 м REXANT</t>
-  </si>
-[...7 lines deleted...]
-    <t>Монтажная перфорированная лента для теплого пола 20х0,55 мм, 10 м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -624,51 +624,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-21-370-370vt-21m-1-8-2-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-55-1000-1000vt-55m-4-5-6-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-145-2600-2600vt-145m-14-5-16-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-30-550-550vt-30m-2-5-3-6m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-105-1900-1900vt-105m-8-5-12-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-128-2300-2300vt-128m-12-5-14-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-39-700-700vt-39m-3-6-4-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-15-270-270vt-15m-1-2-1-8m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-70-1250-1250vt-70m-6-5-8-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-40-600-600vt-40m-3-7-5-0m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-100-1500-1500vt-100m-9-4-12-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-80-1200-1200vt-80m-7-5-10-0m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-20-300-300vt-20m-1-3-2-6m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-180-2700-2700vt-180m-17-0-22-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-120-1800-1800vt-120m-11-2-15-0m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-140-2100-2100vt-140m-13-0-17-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-160-2400-2400vt-160m-15-0-20-0m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-10-150-150vt-10m-0-9-1-2m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-30-450-450vt-30m-2-7-3-8m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-50-750-750vt-50m-4-7-6-3m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-60-900-900vt-60m-5-6-7-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-perforirovannaya-lenta-dlya-teplogo-pola-20h0-55-mm-20-m-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-perforirovannaya-lenta-dlya-teplogo-pola-20h0-55-mm-10-m-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-standard-rnd-100-1500-1500vt-100m-9-4-12-5m-sup2-dvuhjilniy-rexant-12384" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-standard-rnd-140-2100-2100vt-140m-13-0-17-5m-sup2-dvuhjilniy-rexant-12385" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-standard-rnd-20-300-300vt-20m-1-3-2-6m-sup2-dvuhjilniy-rexant-12387" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-standard-rnd-40-600-600vt-40m-3-7-5-0m-sup2-dvuhjilniy-rexant-12382" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-standard-rnd-180-2700-2700vt-180m-17-0-22-5m-sup2-dvuhjilniy-rexant-12392" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-standard-rnd-60-900-900vt-60m-5-6-7-5m-sup2-dvuhjilniy-rexant-12383" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-standard-rnd-80-1200-1200vt-80m-7-5-10-0m-sup2-dvuhjilniy-rexant-12388" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-standard-rnd-30-450-450vt-30m-2-7-3-8m-sup2-dvuhjilniy-rexant-12386" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-standard-rnd-50-750-750vt-50m-4-7-6-3m-sup2-dvuhjilniy-rexant-12391" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-standard-rnd-120-1800-1800vt-120m-11-2-15-0m-sup2-dvuhjilniy-rexant-12393" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-standard-rnd-10-150-150vt-10m-0-9-1-2m-sup2-dvuhjilniy-rexant-12390" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-standard-rnd-160-2400-2400vt-160m-15-0-20-0m-sup2-dvuhjilniy-rexant-12389" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-slim-rnb-15-270-270vt-15m-1-2-1-8m-sup2-dvuhjilniy-rexant-12375" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-slim-rnb-145-2600-2600vt-145m-14-6-16-5m-sup2-dvuhjilniy-rexant-12373" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-slim-rnb-39-700-700vt-39m-3-6-4-5m-sup2-dvuhjilniy-rexant-12381" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-slim-rnb-105-1900-1900vt-105m-8-5-12-5m-sup2-dvuhjilniy-rexant-12374" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-slim-rnb-55-1000-1000vt-55m-4-5-6-5m-sup2-dvuhjilniy-rexant-12377" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-slim-rnb-21-370-370vt-21m-1-8-2-5m-sup2-dvuhjilniy-rexant-12379" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-slim-rnb-128-2300-2300vt-128m-12-5-14-5m-sup2-dvuhjilniy-rexant-12378" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-slim-rnb-30-550-550vt-30m-2-5-3-6m-sup2-dvuhjilniy-rexant-12380" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-slim-rnb-70-1250-1250vt-70m-6-5-8-5m-sup2-dvuhjilniy-rexant-12376" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montajnaya-perforirovannaya-lenta-dlya-teplogo-pola-20h0-55-mm-10-m-rexant-18925" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montajnaya-perforirovannaya-lenta-dlya-teplogo-pola-20h0-55-mm-20-m-rexant-18926" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I28"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -705,755 +705,755 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>4922.93</v>
+        <v>13170</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>143</v>
+        <v>70</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>11627.9</v>
+        <v>18110</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>30555.4</v>
+        <v>3890</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>20</v>
+        <v>152</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>5</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>6747.66</v>
+        <v>5960</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>215</v>
+        <v>130</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>5</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>20847.2</v>
+        <v>25000</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>27228.5</v>
+        <v>8710</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>5</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>8593.71</v>
+        <v>11670</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>37</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>5</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>4084.81</v>
+        <v>4790</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>219</v>
+        <v>251</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>5</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>14142.3</v>
+        <v>7220</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>23</v>
+        <v>71</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>5</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="2" t="s">
+      <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="2"/>
-[...6 lines deleted...]
-      <c r="I13" s="2"/>
+      <c r="B13" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C13" s="3">
+        <v>15770</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F13" s="3">
+        <v>72</v>
+      </c>
+      <c r="G13" s="3">
+        <v>1</v>
+      </c>
+      <c r="H13" s="3">
+        <v>3</v>
+      </c>
+      <c r="I13" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>5960</v>
+        <v>2870</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>5</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>13170</v>
+        <v>20960</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>83</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>3</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A16" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B16" s="3" t="s">
+      <c r="A16" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="C16" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B16" s="2"/>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>3890</v>
+        <v>4084.81</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>162</v>
+        <v>210</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>5</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>25000</v>
+        <v>30555.4</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>15770</v>
+        <v>8593.71</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>18110</v>
+        <v>20847.2</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>20960</v>
+        <v>11627.9</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>2870</v>
+        <v>4922.93</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>173</v>
+        <v>133</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>5</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>4790</v>
+        <v>27228.5</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>347</v>
+        <v>39</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>5</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>7220</v>
+        <v>6747.66</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>58</v>
+        <v>225</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>5</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>8710</v>
+        <v>14142.3</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>79</v>
+        <v>22</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>5</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>1004.5</v>
+        <v>525.61</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="F27" s="3">
-        <v>234</v>
+        <v>123</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>1</v>
       </c>
       <c r="I27" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>525.61</v>
+        <v>1004.5</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="F28" s="3">
-        <v>7</v>
+        <v>229</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>1</v>
       </c>
       <c r="I28" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A13:I13"/>
+    <mergeCell ref="A16:I16"/>
     <mergeCell ref="A26:I26"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
-    <hyperlink ref="D14" r:id="rId10"/>
-[...1 lines deleted...]
-    <hyperlink ref="D16" r:id="rId12"/>
+    <hyperlink ref="D13" r:id="rId10"/>
+    <hyperlink ref="D14" r:id="rId11"/>
+    <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D27" r:id="rId22"/>
     <hyperlink ref="D28" r:id="rId23"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>