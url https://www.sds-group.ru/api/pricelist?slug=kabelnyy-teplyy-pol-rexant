--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -42,204 +42,204 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Кабельный теплый пол REXANT</t>
   </si>
   <si>
-    <t>1.1 Standard (в стяжку)</t>
+    <t>1.1 Slim (без стяжки)</t>
+  </si>
+  <si>
+    <t>51-0506-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Slim RNB-70-1250 1250Вт, 70м, 6,5-8,5м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>51-0501-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Slim RNB-15-270 270Вт,15м, 1,2-1,8м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0502-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Slim RNB-21-370 370Вт, 21м,1,8-2,5м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0503-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Slim RNB-30-550 550Вт, 30м, 2,5-3,6м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0504-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Slim RNB-39-700 700Вт, 39м, 3,6-4,5м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0505-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Slim RNB-55-1000 1000Вт, 55м, 4,5-6,5м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0507-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Slim RNB-105-1900 1900Вт, 105м, 8,5-12,5м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0508-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Slim RNB-128-2300 2300Вт, 128м 12,5-14,5м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0509-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Slim RNB-145-2600 2600Вт, 145м, 14,5-16,5м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Standard (в стяжку)</t>
+  </si>
+  <si>
+    <t>51-0521-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-140-2100 2100Вт, 140м, 13,0-17,5м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0512-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-10-150 150Вт, 10м, 0,9-1,2м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0513-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-20-300 300Вт, 20м, 1,3-2,6м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0514-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-30-450 450Вт, 30м, 2,7-3,8м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0515-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-40-600 600Вт, 40м, 3,7-5,0м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0516-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-50-750 750Вт, 50м, 4,7-6,3м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0517-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-60-900 900Вт, 60м, 5,6-7,5м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0518-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-80-1200 1200Вт, 80м, 7,5-10,0м² двухжильный REXANT</t>
   </si>
   <si>
     <t>51-0519-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Standard RND-100-1500 1500Вт, 100м, 9,4-12,5м² двухжильный REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...20 lines deleted...]
-    <t>Теплый пол, кабельная секция Standard RND-40-600 600Вт, 40м, 3,7-5,0м² двухжильный REXANT</t>
+    <t>51-0520-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-120-1800 1800Вт, 120м, 11,2-15,0м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0522-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-160-2400 2400Вт, 160м, 15,0-20,0м² двухжильный REXANT</t>
   </si>
   <si>
     <t>51-0523-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Standard RND-180-2700 2700Вт, 180м, 17,0-22,5м² двухжильный REXANT</t>
   </si>
   <si>
-    <t>51-0517-3</t>
-[...97 lines deleted...]
-  <si>
     <t>1.3 Монтажная перфорированная лента</t>
   </si>
   <si>
+    <t>07-7121-4</t>
+  </si>
+  <si>
+    <t>Монтажная перфорированная лента для теплого пола 20х0,55 мм, 20 м REXANT</t>
+  </si>
+  <si>
+    <t>рулон</t>
+  </si>
+  <si>
     <t>07-7110-4</t>
   </si>
   <si>
     <t>Монтажная перфорированная лента для теплого пола 20х0,55 мм, 10 м REXANT</t>
-  </si>
-[...7 lines deleted...]
-    <t>Монтажная перфорированная лента для теплого пола 20х0,55 мм, 20 м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -624,51 +624,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-standard-rnd-100-1500-1500vt-100m-9-4-12-5m-sup2-dvuhjilniy-rexant-12384" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-standard-rnd-140-2100-2100vt-140m-13-0-17-5m-sup2-dvuhjilniy-rexant-12385" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-standard-rnd-20-300-300vt-20m-1-3-2-6m-sup2-dvuhjilniy-rexant-12387" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-standard-rnd-40-600-600vt-40m-3-7-5-0m-sup2-dvuhjilniy-rexant-12382" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-standard-rnd-180-2700-2700vt-180m-17-0-22-5m-sup2-dvuhjilniy-rexant-12392" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-standard-rnd-60-900-900vt-60m-5-6-7-5m-sup2-dvuhjilniy-rexant-12383" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-standard-rnd-80-1200-1200vt-80m-7-5-10-0m-sup2-dvuhjilniy-rexant-12388" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-standard-rnd-30-450-450vt-30m-2-7-3-8m-sup2-dvuhjilniy-rexant-12386" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-standard-rnd-50-750-750vt-50m-4-7-6-3m-sup2-dvuhjilniy-rexant-12391" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-standard-rnd-120-1800-1800vt-120m-11-2-15-0m-sup2-dvuhjilniy-rexant-12393" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-standard-rnd-10-150-150vt-10m-0-9-1-2m-sup2-dvuhjilniy-rexant-12390" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-standard-rnd-160-2400-2400vt-160m-15-0-20-0m-sup2-dvuhjilniy-rexant-12389" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-slim-rnb-15-270-270vt-15m-1-2-1-8m-sup2-dvuhjilniy-rexant-12375" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-slim-rnb-145-2600-2600vt-145m-14-6-16-5m-sup2-dvuhjilniy-rexant-12373" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-slim-rnb-39-700-700vt-39m-3-6-4-5m-sup2-dvuhjilniy-rexant-12381" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-slim-rnb-105-1900-1900vt-105m-8-5-12-5m-sup2-dvuhjilniy-rexant-12374" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-slim-rnb-55-1000-1000vt-55m-4-5-6-5m-sup2-dvuhjilniy-rexant-12377" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-slim-rnb-21-370-370vt-21m-1-8-2-5m-sup2-dvuhjilniy-rexant-12379" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-slim-rnb-128-2300-2300vt-128m-12-5-14-5m-sup2-dvuhjilniy-rexant-12378" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-slim-rnb-30-550-550vt-30m-2-5-3-6m-sup2-dvuhjilniy-rexant-12380" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tepliy-pol-slim-rnb-70-1250-1250vt-70m-6-5-8-5m-sup2-dvuhjilniy-rexant-12376" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montajnaya-perforirovannaya-lenta-dlya-teplogo-pola-20h0-55-mm-10-m-rexant-18925" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montajnaya-perforirovannaya-lenta-dlya-teplogo-pola-20h0-55-mm-20-m-rexant-18926" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-70-1250-1250vt-70m-6-5-8-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-15-270-270vt-15m-1-2-1-8m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-21-370-370vt-21m-1-8-2-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-30-550-550vt-30m-2-5-3-6m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-39-700-700vt-39m-3-6-4-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-55-1000-1000vt-55m-4-5-6-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-105-1900-1900vt-105m-8-5-12-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-128-2300-2300vt-128m-12-5-14-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-145-2600-2600vt-145m-14-5-16-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-140-2100-2100vt-140m-13-0-17-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-10-150-150vt-10m-0-9-1-2m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-20-300-300vt-20m-1-3-2-6m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-30-450-450vt-30m-2-7-3-8m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-40-600-600vt-40m-3-7-5-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-50-750-750vt-50m-4-7-6-3m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-60-900-900vt-60m-5-6-7-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-80-1200-1200vt-80m-7-5-10-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-100-1500-1500vt-100m-9-4-12-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-120-1800-1800vt-120m-11-2-15-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-160-2400-2400vt-160m-15-0-20-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-180-2700-2700vt-180m-17-0-22-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-perforirovannaya-lenta-dlya-teplogo-pola-20h0-55-mm-20-m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-perforirovannaya-lenta-dlya-teplogo-pola-20h0-55-mm-10-m-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I28"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -705,755 +705,755 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>13170</v>
+        <v>14382.72</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>70</v>
+        <v>21</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>18110</v>
+        <v>4154.25</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>16</v>
+        <v>211</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>3890</v>
+        <v>5006.62</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>152</v>
+        <v>121</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>5</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>5960</v>
+        <v>6862.37</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>130</v>
+        <v>233</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>5</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>25000</v>
+        <v>8739.8</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>8710</v>
+        <v>11825.57</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>5</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>11670</v>
+        <v>21201.6</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>5</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>4790</v>
+        <v>27691.38</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>251</v>
+        <v>38</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>5</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>7220</v>
+        <v>31074.84</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>71</v>
+        <v>14</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>5</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="3" t="s">
+      <c r="A13" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B13" s="2"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>2870</v>
+        <v>18417.87</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>186</v>
+        <v>3</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B15" s="3" t="s">
+      <c r="C15" s="3">
+        <v>2918.79</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F15" s="3">
+        <v>138</v>
+      </c>
+      <c r="G15" s="3">
+        <v>1</v>
+      </c>
+      <c r="H15" s="3">
+        <v>5</v>
+      </c>
+      <c r="I15" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="C15" s="3">
-[...22 lines deleted...]
-      <c r="A16" s="2" t="s">
+      <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="B16" s="2"/>
-[...6 lines deleted...]
-      <c r="I16" s="2"/>
+      <c r="C16" s="3">
+        <v>3956.13</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F16" s="3">
+        <v>351</v>
+      </c>
+      <c r="G16" s="3">
+        <v>1</v>
+      </c>
+      <c r="H16" s="3">
+        <v>5</v>
+      </c>
+      <c r="I16" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>4084.81</v>
+        <v>4871.43</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>210</v>
+        <v>196</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>5</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>30555.4</v>
+        <v>6061.32</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>15</v>
+        <v>147</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>5</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>8593.71</v>
+        <v>7342.74</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>5</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>20847.2</v>
+        <v>8858.07</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>5</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>11627.9</v>
+        <v>11868.39</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>5</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>4922.93</v>
+        <v>13393.89</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>133</v>
+        <v>49</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>27228.5</v>
+        <v>16038.09</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>6747.66</v>
+        <v>21316.32</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>225</v>
+        <v>16</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>14142.3</v>
+        <v>25425</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>525.61</v>
+        <v>1021.58</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="F27" s="3">
-        <v>123</v>
+        <v>300</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>1</v>
       </c>
       <c r="I27" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>1004.5</v>
+        <v>534.55</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="F28" s="3">
-        <v>229</v>
+        <v>124</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>1</v>
       </c>
       <c r="I28" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A16:I16"/>
+    <mergeCell ref="A13:I13"/>
     <mergeCell ref="A26:I26"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
-    <hyperlink ref="D13" r:id="rId10"/>
-[...1 lines deleted...]
-    <hyperlink ref="D15" r:id="rId12"/>
+    <hyperlink ref="D14" r:id="rId10"/>
+    <hyperlink ref="D15" r:id="rId11"/>
+    <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
     <hyperlink ref="D18" r:id="rId14"/>
     <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D22" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D27" r:id="rId22"/>
     <hyperlink ref="D28" r:id="rId23"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>