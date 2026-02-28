--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -57,159 +57,159 @@
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Кабельный теплый пол REXANT</t>
   </si>
   <si>
     <t>1.1 Slim (без стяжки)</t>
   </si>
   <si>
     <t>51-0506-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-70-1250 1250Вт, 70м, 6,5-8,5м² двухжильный REXANT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>51-0509-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Slim RNB-145-2600 2600Вт, 145м, 14,5-16,5м² двухжильный REXANT</t>
+  </si>
+  <si>
     <t>51-0501-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-15-270 270Вт,15м, 1,2-1,8м² двухжильный REXANT</t>
   </si>
   <si>
     <t>51-0502-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-21-370 370Вт, 21м,1,8-2,5м² двухжильный REXANT</t>
   </si>
   <si>
     <t>51-0503-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-30-550 550Вт, 30м, 2,5-3,6м² двухжильный REXANT</t>
   </si>
   <si>
     <t>51-0504-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-39-700 700Вт, 39м, 3,6-4,5м² двухжильный REXANT</t>
   </si>
   <si>
     <t>51-0505-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-55-1000 1000Вт, 55м, 4,5-6,5м² двухжильный REXANT</t>
   </si>
   <si>
     <t>51-0507-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-105-1900 1900Вт, 105м, 8,5-12,5м² двухжильный REXANT</t>
   </si>
   <si>
     <t>51-0508-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-128-2300 2300Вт, 128м 12,5-14,5м² двухжильный REXANT</t>
   </si>
   <si>
-    <t>51-0509-3</t>
-[...4 lines deleted...]
-  <si>
     <t>1.2 Standard (в стяжку)</t>
   </si>
   <si>
+    <t>51-0512-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-10-150 150Вт, 10м, 0,9-1,2м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0513-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-20-300 300Вт, 20м, 1,3-2,6м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0514-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-30-450 450Вт, 30м, 2,7-3,8м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0515-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-40-600 600Вт, 40м, 3,7-5,0м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0516-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-50-750 750Вт, 50м, 4,7-6,3м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0517-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-60-900 900Вт, 60м, 5,6-7,5м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0518-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-80-1200 1200Вт, 80м, 7,5-10,0м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0519-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-100-1500 1500Вт, 100м, 9,4-12,5м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0520-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-120-1800 1800Вт, 120м, 11,2-15,0м² двухжильный REXANT</t>
+  </si>
+  <si>
     <t>51-0521-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Standard RND-140-2100 2100Вт, 140м, 13,0-17,5м² двухжильный REXANT</t>
-  </si>
-[...52 lines deleted...]
-    <t>Теплый пол, кабельная секция Standard RND-120-1800 1800Вт, 120м, 11,2-15,0м² двухжильный REXANT</t>
   </si>
   <si>
     <t>51-0522-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Standard RND-160-2400 2400Вт, 160м, 15,0-20,0м² двухжильный REXANT</t>
   </si>
   <si>
     <t>51-0523-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Standard RND-180-2700 2700Вт, 180м, 17,0-22,5м² двухжильный REXANT</t>
   </si>
   <si>
     <t>1.3 Монтажная перфорированная лента</t>
   </si>
   <si>
     <t>07-7121-4</t>
   </si>
   <si>
     <t>Монтажная перфорированная лента для теплого пола 20х0,55 мм, 20 м REXANT</t>
   </si>
   <si>
     <t>рулон</t>
   </si>
@@ -624,51 +624,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-70-1250-1250vt-70m-6-5-8-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-15-270-270vt-15m-1-2-1-8m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-21-370-370vt-21m-1-8-2-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-30-550-550vt-30m-2-5-3-6m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-39-700-700vt-39m-3-6-4-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-55-1000-1000vt-55m-4-5-6-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-105-1900-1900vt-105m-8-5-12-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-128-2300-2300vt-128m-12-5-14-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-145-2600-2600vt-145m-14-5-16-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-140-2100-2100vt-140m-13-0-17-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-10-150-150vt-10m-0-9-1-2m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-20-300-300vt-20m-1-3-2-6m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-30-450-450vt-30m-2-7-3-8m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-40-600-600vt-40m-3-7-5-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-50-750-750vt-50m-4-7-6-3m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-60-900-900vt-60m-5-6-7-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-80-1200-1200vt-80m-7-5-10-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-100-1500-1500vt-100m-9-4-12-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-120-1800-1800vt-120m-11-2-15-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-160-2400-2400vt-160m-15-0-20-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-180-2700-2700vt-180m-17-0-22-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-perforirovannaya-lenta-dlya-teplogo-pola-20h0-55-mm-20-m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-perforirovannaya-lenta-dlya-teplogo-pola-20h0-55-mm-10-m-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-70-1250-1250vt-70m-6-5-8-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-145-2600-2600vt-145m-14-5-16-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-15-270-270vt-15m-1-2-1-8m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-21-370-370vt-21m-1-8-2-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-30-550-550vt-30m-2-5-3-6m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-39-700-700vt-39m-3-6-4-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-55-1000-1000vt-55m-4-5-6-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-105-1900-1900vt-105m-8-5-12-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-128-2300-2300vt-128m-12-5-14-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-10-150-150vt-10m-0-9-1-2m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-20-300-300vt-20m-1-3-2-6m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-30-450-450vt-30m-2-7-3-8m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-40-600-600vt-40m-3-7-5-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-50-750-750vt-50m-4-7-6-3m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-60-900-900vt-60m-5-6-7-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-80-1200-1200vt-80m-7-5-10-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-100-1500-1500vt-100m-9-4-12-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-120-1800-1800vt-120m-11-2-15-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-140-2100-2100vt-140m-13-0-17-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-160-2400-2400vt-160m-15-0-20-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-180-2700-2700vt-180m-17-0-22-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-perforirovannaya-lenta-dlya-teplogo-pola-20h0-55-mm-20-m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-perforirovannaya-lenta-dlya-teplogo-pola-20h0-55-mm-10-m-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I28"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -714,715 +714,715 @@
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
         <v>14382.72</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>5</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>4154.25</v>
+        <v>31074.84</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>5</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>5006.62</v>
+        <v>4154.25</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>121</v>
+        <v>201</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>5</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>6862.37</v>
+        <v>5006.62</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>233</v>
+        <v>114</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>5</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>8739.8</v>
+        <v>6862.37</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>33</v>
+        <v>237</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>5</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>11825.57</v>
+        <v>8739.8</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>5</v>
+        <v>31</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>5</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>21201.6</v>
+        <v>11825.57</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>5</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>27691.38</v>
+        <v>21201.6</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>5</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>31074.84</v>
+        <v>27691.38</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>5</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>18417.87</v>
+        <v>2918.79</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>3</v>
+        <v>189</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>2918.79</v>
+        <v>3956.13</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>5</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>3956.13</v>
+        <v>4871.43</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>351</v>
+        <v>114</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>5</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>4871.43</v>
+        <v>6061.32</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>196</v>
+        <v>94</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>5</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>6061.32</v>
+        <v>7342.74</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>147</v>
+        <v>105</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>5</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>7342.74</v>
+        <v>8858.07</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>45</v>
+        <v>73</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>5</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>8858.07</v>
+        <v>11868.39</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>51</v>
+        <v>110</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>5</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>11868.39</v>
+        <v>13393.89</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>34</v>
+        <v>81</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>13393.89</v>
+        <v>16038.09</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>3</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>16038.09</v>
+        <v>18417.87</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>61</v>
+        <v>9</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>3</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
         <v>21316.32</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>3</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
         <v>25425</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>16</v>
+        <v>61</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>3</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
         <v>1021.58</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="F27" s="3">
-        <v>300</v>
+        <v>332</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>1</v>
       </c>
       <c r="I27" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
         <v>534.55</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="F28" s="3">
-        <v>124</v>
+        <v>749</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>1</v>
       </c>
       <c r="I28" s="3">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A13:I13"/>
     <mergeCell ref="A26:I26"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>