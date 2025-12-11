--- v0 (2025-10-24)
+++ v1 (2025-12-11)
@@ -45,414 +45,414 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Каркасная иллюминация</t>
   </si>
   <si>
     <t>1.1 Снежинки и звезды</t>
   </si>
   <si>
+    <t>501-332</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Большая снежинка 95x95см СИНИЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>501-212</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Снежинка 45x38см ТЕПЛЫЙ БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-225</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из гибкого неона Снежинка с эффектом тающих сосулек 60x60см БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-226</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из гибкого неона Снежинка с эффектом тающих сосулек 60x60см ТЕПЛЫЙ БЕЛЫЙ/БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-211</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Звездочка 30x28см ТЕПЛЫЙ БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-338</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Снежинка с эффектом мерцания 95x95см БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-325</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из гибкого неона Снежинка 60x60см БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-326</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из гибкого неона Снежинка 60x60см ТЕПЛЫЙ БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-343</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из гибкого неона Снежинка 60x60см СИНИЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-337</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Снежинка с эффектом мерцания 55x55см БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
     <t>501-324</t>
   </si>
   <si>
     <t>Светодиодная фигура из дюралайта Снежинка 55x55см ТЕПЛЫЙ БЕЛЫЙ NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...14 lines deleted...]
-    <t>Светодиодная фигура из дюралайта Звездочка 30x28см ТЕПЛЫЙ БЕЛЫЙ NEON-NIGHT</t>
+    <t>501-363</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Снежинка 45x38см СИНИЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-333</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Большая снежинка 95x95см БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-211-1</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Звездочка 30x28см БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-335</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Снежинка 55x55см СИНИЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-334</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Снежинка 55x55см БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-531</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Снежинка с контроллером 60x60см БЕЛЫЙ/СИНИЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-210</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Снежинка 30x28см ТЕПЛЫЙ БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-223</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из гибкого неона Снежинка с эффектом тающих сосулек 60x60см СИНИЙ/БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-212-1</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Снежинка 45x38см БЕЛЫЙ NEON-NIGHT</t>
   </si>
   <si>
     <t>501-313</t>
   </si>
   <si>
     <t>Светодиодная фигура из дюралайта Большая снежинка 95x95см ТЕПЛЫЙ БЕЛЫЙ NEON-NIGHT</t>
   </si>
   <si>
-    <t>501-226</t>
-[...100 lines deleted...]
-  <si>
     <t>1.2 Плоские фигуры</t>
   </si>
   <si>
+    <t>501-314</t>
+  </si>
+  <si>
+    <t>Фигура световая Сказочный олень из гибкого неона, 140х93 см, 1680 LED, цвет свечения белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-536</t>
+  </si>
+  <si>
+    <t>Фигура световая Хвост кометы 75х250 см, 160 LED, цвет свечения теплый белый/белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-312</t>
+  </si>
+  <si>
+    <t>Фигура световая Подарки из гибкого неона 120х120 см, 1680 LED, цвет свечения теплый белый/белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-359</t>
+  </si>
+  <si>
+    <t>Фигура световая Снежинка 125х120 см, 200 LED, IP65, цвет свечения белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-535</t>
+  </si>
+  <si>
+    <t>Фигура световая Факел 60х220 см, 160 LED, цвет свечения теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
     <t>501-315</t>
   </si>
   <si>
     <t>Фигура световая Сказочный олень из гибкого неона, 180х110 см, 2400 LED, цвет свечения белый NEON-NIGHT</t>
   </si>
   <si>
-    <t>501-312</t>
-[...14 lines deleted...]
-    <t>Фигура световая Факел 60х220 см, 160 LED, цвет свечения теплый белый NEON-NIGHT</t>
+    <t>501-355</t>
+  </si>
+  <si>
+    <t>Фигура световая Созвездие размер 55x100см, свечение белое NEON-NIGHT</t>
   </si>
   <si>
     <t>501-113</t>
   </si>
   <si>
     <t>Надпись прописная светодиодная С Новым Годом красная 230x90 см NEON-NIGHT</t>
   </si>
   <si>
-    <t>501-536</t>
-[...10 lines deleted...]
-  <si>
     <t>501-336</t>
   </si>
   <si>
     <t>Фигура световая Звездный фейерверк размер 85x175 см NEON-NIGHT</t>
   </si>
   <si>
     <t>501-217</t>
   </si>
   <si>
     <t>Фигура Колокольчик цвет красный, размер 36x30 см NEON-NIGHT</t>
   </si>
   <si>
-    <t>501-359</t>
-[...4 lines deleted...]
-  <si>
     <t>1.3 Объемные фигуры</t>
   </si>
   <si>
     <t>501-235</t>
   </si>
   <si>
     <t>Фигура объемная Северный олень 200х300 см, 3000 LED, IP65, цвет свечения теплый белый NEON-NIGHT</t>
   </si>
   <si>
     <t>501-231</t>
   </si>
   <si>
     <t>Фигура объемная Полярный медведь 210х110 см, 1500 LED, IP65, цвет свечения белый NEON-NIGHT</t>
   </si>
   <si>
+    <t>501-236</t>
+  </si>
+  <si>
+    <t>Фигура объемная Олень 115х195 см, 528 LED, IP65, цвет свечения теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-237</t>
+  </si>
+  <si>
+    <t>Фигура объемная Олень 115х195см, 528 LED, IP65, цвет свечения белый NEON-NIGHT</t>
+  </si>
+  <si>
     <t>503-112</t>
   </si>
   <si>
     <t>Фигура олени с санями 350х195 см NEON-NIGHT</t>
   </si>
   <si>
-    <t>501-236</t>
-[...10 lines deleted...]
-  <si>
     <t>S-0001</t>
   </si>
   <si>
     <t>Световой арт-объект Ангел 600х250 см</t>
   </si>
   <si>
     <t>S-0003</t>
   </si>
   <si>
     <t>Световое пано Перо павлина 80х50 см</t>
   </si>
   <si>
-    <t>1.4 Шары</t>
+    <t>1.4 Макушки для Елок</t>
+  </si>
+  <si>
+    <t>514-271</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Звезда 50 см, 80 светодиодов, с трубой и подвесом, цвет свечения теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>514-276</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Звезда 80 см, 160 светодиодов, с трубой и подвесом, цвет свечения красный NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>514-273</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Звезда 80 см, 80 светодиодов, с трубой и подвесом, цвет свечения теплый белый/белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>514-272</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Звезда 50 см, 80 светодиодов, с трубой и подвесом, цвет свечения белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-452</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Звезда 50см, 160 светодиодов, красная NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>514-274</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Звезда 100 см, 200 светодиодов, с трубой и подвесом, цвет свечения красный NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-455</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Звезда 50см, со съемной трубой и кольцом для подвеса,160 светодиодов, белая NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>514-275</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Звезда 100 см, 200 светодиодов, с трубой и подвесом, цвет свечения белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-456</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Звезда 80 см, 210 светодиодов, красная NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.5 Шары</t>
+  </si>
+  <si>
+    <t>501-644</t>
+  </si>
+  <si>
+    <t>Шар светодиодный Ø 50 см, 200 светодиодов, теплый белый цвет свечения с эффектом мерцания NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-629</t>
+  </si>
+  <si>
+    <t>Шар светодиодный 230V, диаметр 120 см, 600 светодиодов,эффект мерцания, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>501-609</t>
+  </si>
+  <si>
+    <t>Шар светодиодный 230V, диаметр 30 см, 120 светодиодов, эффект мерцания, цвет теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-624</t>
+  </si>
+  <si>
+    <t>Шар светодиодный 230V, диаметр 90 см, 372 светодиода, цвет белый</t>
+  </si>
+  <si>
+    <t>501-625</t>
+  </si>
+  <si>
+    <t>Шар светодиодный 230V, диаметр 120 см, 600 светодиодов, цвет белый</t>
+  </si>
+  <si>
+    <t>501-612</t>
+  </si>
+  <si>
+    <t>Шар светодиодный 230V, диаметр 30 см, 120 светодиодов, эффект мерцания, цвет белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>506-212</t>
+  </si>
+  <si>
+    <t>Фигура Шар, LED подсветка диам. 40см, синий NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-613</t>
+  </si>
+  <si>
+    <t>Шар светодиодный 230V, диаметр 50 см, 200 светодиодов, эффект мерцания, цвет белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-614</t>
+  </si>
+  <si>
+    <t>Шар светодиодный 230V, диаметр 80 см, 450 светодиодов, эффект мерцания, цвет белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-616</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Шар диаметр 80см 300 LED ТЕПЛЫЙ БЕЛЫЙ эффект мерцания 230В NEON-NIGHT</t>
   </si>
   <si>
     <t>501-615</t>
   </si>
   <si>
     <t>Светодиодная фигура Шар диаметр 50см 200 LED ТЕПЛЫЙ БЕЛЫЙ эффект мерцания 230В NEON-NIGHT</t>
-  </si>
-[...115 lines deleted...]
-    <t>Акриловая светодиодная фигура Звезда 80 см, 210 светодиодов, красная NEON-NIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -837,51 +837,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-tsvet-tepliy-beliy-razmer-55x55-sm-neon-night-1539" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-iz-gibkogo-neona-s-effektom-tayuschih-sosulek-60h60-sm-tsvet-svecheniya-beliy-neon-night-23559" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-zvezdochka-tsvet-tepliy-beliy-razmer-30x28-sm-neon-night-1089" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-bolshaya-snejinka-tsvet-tepliy-beliy-razmer-95x95-sm-neon-night-1543" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-iz-gibkogo-neona-s-effektom-tayuschih-sosulek-60h60-sm-tsvet-svecheniya-tepliy-beliy-beliy-neon-night-23560" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-bolshaya-snejinka-tsvet-beliy-razmer-95x95-sm-neon-night-1545" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-snejinka-tsvet-beliy-razmer-55x55sm-neon-night-1541" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-iz-gibkogo-neona-s-effektom-tayuschih-sosulek-60h60-sm-tsvet-svecheniya-siniy-beliy-neon-night-27396" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-iz-gibkogo-neona-60h60-sm-tsvet-svecheniya-tepliy-beliy-neon-night-27397" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-snejinka-tsvet-belaya-sinyaya-razmer-60x60-sm-s-kontrollerom-neon-night-1540" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-tsvet-tepliy-beliy-razmer-30h28sm-14967" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-tsvet-beliy-razmer-45x38-sm-neon-night-6502" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-iz-gibkogo-neona-60h60-sm-tsvet-svecheniya-siniy-neon-night-28708" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-snejinka-tsvet-beliy-razmer-55x55-sm-mertsayuschaya-neon-night-3097" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-snejinka-tsvet-beliy-razmer-95x95-sm-mertsayuschaya-neon-night-3098" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-led-svetodiodnaya-bez-kontr-razmer-55x55sm-sinyaya-neon-night-1542" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-zvezdochka-led-tsvet-beliy-razmer-30x28-sm-neon-night-6501" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-iz-gibkogo-neona-60h60-sm-tsvet-svecheniya-beliy-neon-night-23558" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-bolshaya-snejinka-tsvet-siniy-razmer-95x95-sm-neon-night-1544" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-tsvet-svecheniya-siniy-razmer-45h38-sm-neon-night-28709" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-tsvet-tepliy-beliy-razmer-45x38-sm-neon-night-1090" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-skazochniy-olen-iz-gibkogo-neona-180h110-sm-2400-led-tsvet-svecheniya-beliy-neon-night-23549" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-podarki-iz-gibkogo-neona-120h120-sm-1680-led-tsvet-svecheniya-tepliy-beliy-beliy-neon-night-23553" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-skazochniy-olen-iz-gibkogo-neona-140h93-sm-1680-led-tsvet-svecheniya-beliy-neon-night-23548" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-fakel-60h220-sm-160-led-tsvet-svecheniya-tepliy-beliy-neon-night-23551" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nadpis-propisnaya-svetodiodnaya-s-novim-godom-krasnaya-230x90-sm-neon-night-1087" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-hvost-kometi-75h250-sm-160-led-tsvet-svecheniya-tepliy-beliy-beliy-neon-night-23552" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-sozvezdie-razmer-55x100sm-svechenie-beloe-neon-night-7716" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-zvezdniy-feyerverk-razmer-85x175-sm-neon-night-1531" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-kolokolchik-tsvet-krasniy-razmer-36-30-sm-neon-night-1534" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-snejinka-125h120-sm-200-led-ip65-tsvet-svecheniya-beliy-neon-night-23550" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-obemnaya-severniy-olen-300h200-sm-3000-led-ip65-tsvet-svecheniya-tepliy-beliy-neon-night-23544" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-obemnaya-polyarniy-medved-210h110-sm-1500-led-ip65-tsvet-svecheniya-beliy-neon-night-23543" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-oleni-s-sanyami-neon-night-3079" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-obemnaya-olen-115h195-sm-528-led-ip65-tsvet-svecheniya-tepliy-beliy-neon-night-28667" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-obemnaya-olen-115h195sm-528-led-ip65-tsvet-svecheniya-beliy-neon-night-29891" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetovoy-art-obekt-angel-600h250-sm-28047" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetovoe-pano-pero-pavlina-80h50-sm-28049" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-shar-diametr-50sm-200-led-tepliy-beliy-effekt-mertsaniya-230v-neon-night-31161" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-230v-diametr-120-sm-600-svetodiodov-effekt-mertsaniya-tsvet-tepliy-beliy-27399" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-230v-diametr-90-sm-372-svetodioda-tsvet-beliy-7718" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-230v-diametr-120-sm-600-svetodiodov-tsvet-beliy-7719" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-230v-diametr-30-sm-120-svetodiodov-effekt-mertsaniya-tsvet-tepliy-beliy-neon-night-27398" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-shar-led-podsvetka-diam-40sm-siniy-neon-night-2015" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-230v-diametr-50-sm-200-svetodiodov-effekt-mertsaniya-tsvet-beliy-neon-night-6443" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-230v-diametr-80-sm-450-svetodiodov-effekt-mertsaniya-tsvet-beliy-neon-night-6444" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-oslash-50-sm-200-svetodiodov-tepliy-beliy-tsvet-svecheniya-s-effektom-mertsaniya-neon-night-23516" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-230v-diametr-30-sm-120-svetodiodov-effekt-mertsaniya-tsvet-beliy-neon-night-6442" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-shar-diametr-80sm-300-led-tepliy-beliy-effekt-mertsaniya-230v-neon-night-31162" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-100-sm-200-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-beliy-neon-night-28664" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-50-sm-80-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-tepliy-beliy-neon-night-23545" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-50-sm-80-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-beliy-neon-night-23546" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-80-sm-80-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-tepliy-beliy-beliy-neon-night-23547" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-zvezda-50sm-so-semnoy-truboy-i-koltsom-dlya-podvesa-160-svetodiodov-belaya-neon-night-7654" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-zvezda-50sm-160-svetodiodov-krasnaya-neon-night-7655" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-100-sm-200-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-krasniy-neon-night-28710" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-80-sm-160-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-krasniy-neon-night-28665" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-zvezda-80-sm-210-svetodiodov-krasnaya-neon-night-28681" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-bolshaya-snejinka-tsvet-siniy-razmer-95x95-sm-neon-night-1544" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-tsvet-tepliy-beliy-razmer-45x38-sm-neon-night-1090" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-iz-gibkogo-neona-s-effektom-tayuschih-sosulek-60h60-sm-tsvet-svecheniya-beliy-neon-night-23559" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-iz-gibkogo-neona-s-effektom-tayuschih-sosulek-60h60-sm-tsvet-svecheniya-tepliy-beliy-beliy-neon-night-23560" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-zvezdochka-tsvet-tepliy-beliy-razmer-30x28-sm-neon-night-1089" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-snejinka-tsvet-beliy-razmer-95x95-sm-mertsayuschaya-neon-night-3098" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-iz-gibkogo-neona-60h60-sm-tsvet-svecheniya-beliy-neon-night-23558" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-iz-gibkogo-neona-60h60-sm-tsvet-svecheniya-tepliy-beliy-neon-night-27397" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-iz-gibkogo-neona-60h60-sm-tsvet-svecheniya-siniy-neon-night-28708" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-snejinka-tsvet-beliy-razmer-55x55-sm-mertsayuschaya-neon-night-3097" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-tsvet-tepliy-beliy-razmer-55x55-sm-neon-night-1539" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-tsvet-svecheniya-siniy-razmer-45h38-sm-neon-night-28709" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-bolshaya-snejinka-tsvet-beliy-razmer-95x95-sm-neon-night-1545" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-zvezdochka-led-tsvet-beliy-razmer-30x28-sm-neon-night-6501" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-led-svetodiodnaya-bez-kontr-razmer-55x55sm-sinyaya-neon-night-1542" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-snejinka-tsvet-beliy-razmer-55x55sm-neon-night-1541" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-snejinka-tsvet-belaya-sinyaya-razmer-60x60-sm-s-kontrollerom-neon-night-1540" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-tsvet-tepliy-beliy-razmer-30h28sm-14967" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-iz-gibkogo-neona-s-effektom-tayuschih-sosulek-60h60-sm-tsvet-svecheniya-siniy-beliy-neon-night-27396" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-tsvet-beliy-razmer-45x38-sm-neon-night-6502" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-bolshaya-snejinka-tsvet-tepliy-beliy-razmer-95x95-sm-neon-night-1543" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-skazochniy-olen-iz-gibkogo-neona-140h93-sm-1680-led-tsvet-svecheniya-beliy-neon-night-23548" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-hvost-kometi-75h250-sm-160-led-tsvet-svecheniya-tepliy-beliy-beliy-neon-night-23552" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-podarki-iz-gibkogo-neona-120h120-sm-1680-led-tsvet-svecheniya-tepliy-beliy-beliy-neon-night-23553" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-snejinka-125h120-sm-200-led-ip65-tsvet-svecheniya-beliy-neon-night-23550" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-fakel-60h220-sm-160-led-tsvet-svecheniya-tepliy-beliy-neon-night-23551" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-skazochniy-olen-iz-gibkogo-neona-180h110-sm-2400-led-tsvet-svecheniya-beliy-neon-night-23549" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-sozvezdie-razmer-55x100sm-svechenie-beloe-neon-night-7716" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nadpis-propisnaya-svetodiodnaya-s-novim-godom-krasnaya-230x90-sm-neon-night-1087" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-zvezdniy-feyerverk-razmer-85x175-sm-neon-night-1531" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-kolokolchik-tsvet-krasniy-razmer-36-30-sm-neon-night-1534" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-obemnaya-severniy-olen-300h200-sm-3000-led-ip65-tsvet-svecheniya-tepliy-beliy-neon-night-23544" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-obemnaya-polyarniy-medved-210h110-sm-1500-led-ip65-tsvet-svecheniya-beliy-neon-night-23543" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-obemnaya-olen-115h195-sm-528-led-ip65-tsvet-svecheniya-tepliy-beliy-neon-night-28667" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-obemnaya-olen-115h195sm-528-led-ip65-tsvet-svecheniya-beliy-neon-night-29891" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-oleni-s-sanyami-neon-night-3079" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetovoy-art-obekt-angel-600h250-sm-28047" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetovoe-pano-pero-pavlina-80h50-sm-28049" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-50-sm-80-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-tepliy-beliy-neon-night-23545" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-80-sm-160-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-krasniy-neon-night-28665" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-80-sm-80-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-tepliy-beliy-beliy-neon-night-23547" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-50-sm-80-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-beliy-neon-night-23546" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-zvezda-50sm-160-svetodiodov-krasnaya-neon-night-7655" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-100-sm-200-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-krasniy-neon-night-28710" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-zvezda-50sm-so-semnoy-truboy-i-koltsom-dlya-podvesa-160-svetodiodov-belaya-neon-night-7654" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-100-sm-200-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-beliy-neon-night-28664" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-zvezda-80-sm-210-svetodiodov-krasnaya-neon-night-28681" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-oslash-50-sm-200-svetodiodov-tepliy-beliy-tsvet-svecheniya-s-effektom-mertsaniya-neon-night-23516" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-230v-diametr-120-sm-600-svetodiodov-effekt-mertsaniya-tsvet-tepliy-beliy-27399" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-230v-diametr-30-sm-120-svetodiodov-effekt-mertsaniya-tsvet-tepliy-beliy-neon-night-27398" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-230v-diametr-90-sm-372-svetodioda-tsvet-beliy-7718" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-230v-diametr-120-sm-600-svetodiodov-tsvet-beliy-7719" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-230v-diametr-30-sm-120-svetodiodov-effekt-mertsaniya-tsvet-beliy-neon-night-6442" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-shar-led-podsvetka-diam-40sm-siniy-neon-night-2015" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-230v-diametr-50-sm-200-svetodiodov-effekt-mertsaniya-tsvet-beliy-neon-night-6443" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-230v-diametr-80-sm-450-svetodiodov-effekt-mertsaniya-tsvet-beliy-neon-night-6444" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-shar-diametr-80sm-300-led-tepliy-beliy-effekt-mertsaniya-230v-neon-night-31162" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-shar-diametr-50sm-200-led-tepliy-beliy-effekt-mertsaniya-230v-neon-night-31161" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I65"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -918,1110 +918,1110 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>5773.84</v>
+        <v>12329.3</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>204</v>
+        <v>23</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>9807.09</v>
+        <v>4622.59</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>180</v>
+        <v>41</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>10</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>803.77</v>
+        <v>9807.09</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>729</v>
+        <v>136</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>10</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>12329.3</v>
+        <v>9807.09</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>7</v>
+        <v>83</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>9807.09</v>
+        <v>803.77</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>127</v>
+        <v>596</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>10</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>12329.3</v>
+        <v>14711.3</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>5</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>6147.78</v>
+        <v>8826.24</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>307</v>
+        <v>78</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>10</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>9807.09</v>
+        <v>8826.24</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>10</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
         <v>8826.24</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>10</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>14711.3</v>
+        <v>6582.34</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>72</v>
+        <v>120</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>2170.56</v>
+        <v>5773.84</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>107</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>10</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
         <v>4622.59</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>149</v>
+        <v>33</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>8826.24</v>
+        <v>12329.3</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>6582.34</v>
+        <v>861.59</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>147</v>
+        <v>1</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>14711.3</v>
+        <v>6147.78</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
         <v>6147.78</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>133</v>
+        <v>153</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>861.59</v>
+        <v>14711.3</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>136</v>
+        <v>50</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>8826.24</v>
+        <v>2170.56</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>95</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>10</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>12329.3</v>
+        <v>9807.09</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
         <v>4622.59</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>65</v>
+        <v>1</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>4622.59</v>
+        <v>12329.3</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>100</v>
+        <v>3</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="2"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>35911.4</v>
+        <v>31064</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>5</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>22706.5</v>
+        <v>16910.2</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
         <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>5</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>31064</v>
+        <v>22706.5</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>5</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>16910.2</v>
+        <v>32162.8</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>34200.4</v>
+        <v>16910.2</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>52</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>16910.2</v>
+        <v>35911.4</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
         <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>5</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
         <v>5211.92</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>10</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>24463.9</v>
+        <v>34200.4</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>5</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>676.68</v>
+        <v>24463.9</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
         <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>48</v>
+        <v>5</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>32162.8</v>
+        <v>676.68</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>5</v>
+        <v>48</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
         <v>230989</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>1</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
         <v>75063.4</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
         <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>1</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>273900</v>
+        <v>72190.9</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>1</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>72190.9</v>
+        <v>68753.3</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>1</v>
       </c>
       <c r="I40" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>68753.3</v>
+        <v>273900</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>1</v>
       </c>
       <c r="I41" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
         <v>495000</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
         <v>1</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
@@ -2059,694 +2059,694 @@
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C45" s="3">
-        <v>19633.9</v>
+        <v>20217.9</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I45" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C46" s="3">
-        <v>47411.7</v>
+        <v>29423</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
+        <v>0</v>
+      </c>
+      <c r="G46" s="3">
+        <v>1</v>
+      </c>
+      <c r="H46" s="3">
         <v>5</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C47" s="3">
-        <v>31183.9</v>
+        <v>35771.3</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>6</v>
+        <v>21</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C48" s="3">
-        <v>43981.1</v>
+        <v>20217.9</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C49" s="3">
-        <v>12329.1</v>
+        <v>17107.2</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
         <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>1</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C50" s="3">
-        <v>6710.22</v>
+        <v>46658.8</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C51" s="3">
-        <v>19633.9</v>
+        <v>17107.2</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>35</v>
+        <v>3</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C52" s="3">
-        <v>27727.9</v>
+        <v>46658.8</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>27</v>
+        <v>7</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C53" s="3">
-        <v>19633.9</v>
+        <v>20408.11</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A54" s="3" t="s">
+      <c r="A54" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B54" s="2"/>
+      <c r="C54" s="2"/>
+      <c r="D54" s="2"/>
+      <c r="E54" s="2"/>
+      <c r="F54" s="2"/>
+      <c r="G54" s="2"/>
+      <c r="H54" s="2"/>
+      <c r="I54" s="2"/>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B55" s="3" t="s">
+      <c r="C55" s="3">
+        <v>19633.9</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F55" s="3">
+        <v>3</v>
+      </c>
+      <c r="G55" s="3">
+        <v>1</v>
+      </c>
+      <c r="H55" s="3">
+        <v>1</v>
+      </c>
+      <c r="I55" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A56" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="C55" s="3">
-[...22 lines deleted...]
-      <c r="A56" s="2" t="s">
+      <c r="B56" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="B56" s="2"/>
-[...6 lines deleted...]
-      <c r="I56" s="2"/>
+      <c r="C56" s="3">
+        <v>47411.7</v>
+      </c>
+      <c r="D56" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F56" s="3">
+        <v>3</v>
+      </c>
+      <c r="G56" s="3">
+        <v>1</v>
+      </c>
+      <c r="H56" s="3">
+        <v>1</v>
+      </c>
+      <c r="I56" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C57" s="3">
-        <v>46658.8</v>
+        <v>12329.1</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C58" s="3">
-        <v>20217.9</v>
+        <v>31183.9</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C59" s="3">
-        <v>20217.9</v>
+        <v>43981.1</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C60" s="3">
-        <v>35771.3</v>
+        <v>12329.1</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>5</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C61" s="3">
-        <v>17107.2</v>
+        <v>6710.22</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C62" s="3">
-        <v>17107.2</v>
+        <v>19633.9</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C63" s="3">
-        <v>46658.8</v>
+        <v>27727.9</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>1</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C64" s="3">
-        <v>29423</v>
+        <v>27727.9</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
+        <v>11</v>
+      </c>
+      <c r="G64" s="3">
+        <v>1</v>
+      </c>
+      <c r="H64" s="3">
+        <v>1</v>
+      </c>
+      <c r="I64" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C65" s="3">
-        <v>20408.11</v>
+        <v>19633.9</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
+        <v>23</v>
+      </c>
+      <c r="G65" s="3">
+        <v>1</v>
+      </c>
+      <c r="H65" s="3">
+        <v>1</v>
+      </c>
+      <c r="I65" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A25:I25"/>
     <mergeCell ref="A36:I36"/>
     <mergeCell ref="A44:I44"/>
-    <mergeCell ref="A56:I56"/>
+    <mergeCell ref="A54:I54"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
     <hyperlink ref="D28" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
     <hyperlink ref="D31" r:id="rId27"/>
     <hyperlink ref="D32" r:id="rId28"/>
     <hyperlink ref="D33" r:id="rId29"/>
     <hyperlink ref="D34" r:id="rId30"/>
     <hyperlink ref="D35" r:id="rId31"/>
     <hyperlink ref="D37" r:id="rId32"/>
     <hyperlink ref="D38" r:id="rId33"/>
     <hyperlink ref="D39" r:id="rId34"/>
     <hyperlink ref="D40" r:id="rId35"/>
     <hyperlink ref="D41" r:id="rId36"/>
     <hyperlink ref="D42" r:id="rId37"/>
     <hyperlink ref="D43" r:id="rId38"/>
     <hyperlink ref="D45" r:id="rId39"/>
     <hyperlink ref="D46" r:id="rId40"/>
     <hyperlink ref="D47" r:id="rId41"/>
     <hyperlink ref="D48" r:id="rId42"/>
     <hyperlink ref="D49" r:id="rId43"/>
     <hyperlink ref="D50" r:id="rId44"/>
     <hyperlink ref="D51" r:id="rId45"/>
     <hyperlink ref="D52" r:id="rId46"/>
     <hyperlink ref="D53" r:id="rId47"/>
-    <hyperlink ref="D54" r:id="rId48"/>
-    <hyperlink ref="D55" r:id="rId49"/>
+    <hyperlink ref="D55" r:id="rId48"/>
+    <hyperlink ref="D56" r:id="rId49"/>
     <hyperlink ref="D57" r:id="rId50"/>
     <hyperlink ref="D58" r:id="rId51"/>
     <hyperlink ref="D59" r:id="rId52"/>
     <hyperlink ref="D60" r:id="rId53"/>
     <hyperlink ref="D61" r:id="rId54"/>
     <hyperlink ref="D62" r:id="rId55"/>
     <hyperlink ref="D63" r:id="rId56"/>
     <hyperlink ref="D64" r:id="rId57"/>
     <hyperlink ref="D65" r:id="rId58"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>