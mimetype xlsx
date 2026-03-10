--- v1 (2025-12-11)
+++ v2 (2026-03-10)
@@ -45,414 +45,414 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Каркасная иллюминация</t>
   </si>
   <si>
     <t>1.1 Снежинки и звезды</t>
   </si>
   <si>
+    <t>501-333</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Большая снежинка 95x95см БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>501-337</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Снежинка с эффектом мерцания 55x55см БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-338</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Снежинка с эффектом мерцания 95x95см БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-211-1</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Звездочка 30x28см БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-335</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Снежинка 55x55см СИНИЙ NEON-NIGHT</t>
+  </si>
+  <si>
     <t>501-332</t>
   </si>
   <si>
     <t>Светодиодная фигура из дюралайта Большая снежинка 95x95см СИНИЙ NEON-NIGHT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>501-334</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Снежинка 55x55см БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-531</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Снежинка с контроллером 60x60см БЕЛЫЙ/СИНИЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-325</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из гибкого неона Снежинка 60x60см БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-225</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из гибкого неона Снежинка с эффектом тающих сосулек 60x60см БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-226</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из гибкого неона Снежинка с эффектом тающих сосулек 60x60см ТЕПЛЫЙ БЕЛЫЙ/БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-223</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из гибкого неона Снежинка с эффектом тающих сосулек 60x60см СИНИЙ/БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-326</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из гибкого неона Снежинка 60x60см ТЕПЛЫЙ БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-343</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из гибкого неона Снежинка 60x60см СИНИЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-363</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Снежинка 45x38см СИНИЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-210</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Снежинка 30x28см ТЕПЛЫЙ БЕЛЫЙ NEON-NIGHT</t>
   </si>
   <si>
     <t>501-212</t>
   </si>
   <si>
     <t>Светодиодная фигура из дюралайта Снежинка 45x38см ТЕПЛЫЙ БЕЛЫЙ NEON-NIGHT</t>
   </si>
   <si>
-    <t>501-225</t>
-[...8 lines deleted...]
-    <t>Светодиодная фигура из гибкого неона Снежинка с эффектом тающих сосулек 60x60см ТЕПЛЫЙ БЕЛЫЙ/БЕЛЫЙ NEON-NIGHT</t>
+    <t>501-212-1</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Снежинка 45x38см БЕЛЫЙ NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-313</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура из дюралайта Большая снежинка 95x95см ТЕПЛЫЙ БЕЛЫЙ NEON-NIGHT</t>
   </si>
   <si>
     <t>501-211</t>
   </si>
   <si>
     <t>Светодиодная фигура из дюралайта Звездочка 30x28см ТЕПЛЫЙ БЕЛЫЙ NEON-NIGHT</t>
   </si>
   <si>
-    <t>501-338</t>
-[...28 lines deleted...]
-  <si>
     <t>501-324</t>
   </si>
   <si>
     <t>Светодиодная фигура из дюралайта Снежинка 55x55см ТЕПЛЫЙ БЕЛЫЙ NEON-NIGHT</t>
   </si>
   <si>
-    <t>501-363</t>
-[...58 lines deleted...]
-  <si>
     <t>1.2 Плоские фигуры</t>
   </si>
   <si>
     <t>501-314</t>
   </si>
   <si>
     <t>Фигура световая Сказочный олень из гибкого неона, 140х93 см, 1680 LED, цвет свечения белый NEON-NIGHT</t>
   </si>
   <si>
+    <t>501-315</t>
+  </si>
+  <si>
+    <t>Фигура световая Сказочный олень из гибкого неона, 180х110 см, 2400 LED, цвет свечения белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-359</t>
+  </si>
+  <si>
+    <t>Фигура световая Снежинка 125х120 см, 200 LED, IP65, цвет свечения белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-535</t>
+  </si>
+  <si>
+    <t>Фигура световая Факел 60х220 см, 160 LED, цвет свечения теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
     <t>501-536</t>
   </si>
   <si>
     <t>Фигура световая Хвост кометы 75х250 см, 160 LED, цвет свечения теплый белый/белый NEON-NIGHT</t>
   </si>
   <si>
     <t>501-312</t>
   </si>
   <si>
     <t>Фигура световая Подарки из гибкого неона 120х120 см, 1680 LED, цвет свечения теплый белый/белый NEON-NIGHT</t>
   </si>
   <si>
-    <t>501-359</t>
-[...14 lines deleted...]
-    <t>Фигура световая Сказочный олень из гибкого неона, 180х110 см, 2400 LED, цвет свечения белый NEON-NIGHT</t>
+    <t>501-113</t>
+  </si>
+  <si>
+    <t>Надпись прописная светодиодная С Новым Годом красная 230x90 см NEON-NIGHT</t>
   </si>
   <si>
     <t>501-355</t>
   </si>
   <si>
     <t>Фигура световая Созвездие размер 55x100см, свечение белое NEON-NIGHT</t>
   </si>
   <si>
-    <t>501-113</t>
-[...4 lines deleted...]
-  <si>
     <t>501-336</t>
   </si>
   <si>
     <t>Фигура световая Звездный фейерверк размер 85x175 см NEON-NIGHT</t>
   </si>
   <si>
     <t>501-217</t>
   </si>
   <si>
     <t>Фигура Колокольчик цвет красный, размер 36x30 см NEON-NIGHT</t>
   </si>
   <si>
     <t>1.3 Объемные фигуры</t>
   </si>
   <si>
+    <t>501-231</t>
+  </si>
+  <si>
+    <t>Фигура объемная Полярный медведь 210х110 см, 1500 LED, IP65, цвет свечения белый NEON-NIGHT</t>
+  </si>
+  <si>
     <t>501-235</t>
   </si>
   <si>
     <t>Фигура объемная Северный олень 200х300 см, 3000 LED, IP65, цвет свечения теплый белый NEON-NIGHT</t>
   </si>
   <si>
-    <t>501-231</t>
-[...4 lines deleted...]
-  <si>
     <t>501-236</t>
   </si>
   <si>
     <t>Фигура объемная Олень 115х195 см, 528 LED, IP65, цвет свечения теплый белый NEON-NIGHT</t>
   </si>
   <si>
     <t>501-237</t>
   </si>
   <si>
     <t>Фигура объемная Олень 115х195см, 528 LED, IP65, цвет свечения белый NEON-NIGHT</t>
   </si>
   <si>
+    <t>S-0001</t>
+  </si>
+  <si>
+    <t>Световой арт-объект Ангел 600х250 см</t>
+  </si>
+  <si>
+    <t>S-0003</t>
+  </si>
+  <si>
+    <t>Световое пано Перо павлина 80х50 см</t>
+  </si>
+  <si>
     <t>503-112</t>
   </si>
   <si>
     <t>Фигура олени с санями 350х195 см NEON-NIGHT</t>
   </si>
   <si>
-    <t>S-0001</t>
-[...11 lines deleted...]
-    <t>1.4 Макушки для Елок</t>
+    <t>1.4 Шары</t>
+  </si>
+  <si>
+    <t>506-212</t>
+  </si>
+  <si>
+    <t>Фигура Шар, LED подсветка диам. 40см, синий NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-644</t>
+  </si>
+  <si>
+    <t>Шар светодиодный Ø 50 см, 200 светодиодов, теплый белый цвет свечения с эффектом мерцания NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-609</t>
+  </si>
+  <si>
+    <t>Шар светодиодный 230V, диаметр 30 см, 120 светодиодов, эффект мерцания, цвет теплый белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-629</t>
+  </si>
+  <si>
+    <t>Шар светодиодный 230V, диаметр 120 см, 600 светодиодов,эффект мерцания, цвет теплый белый</t>
+  </si>
+  <si>
+    <t>501-624</t>
+  </si>
+  <si>
+    <t>Шар светодиодный 230V, диаметр 90 см, 372 светодиода, цвет белый</t>
+  </si>
+  <si>
+    <t>501-625</t>
+  </si>
+  <si>
+    <t>Шар светодиодный 230V, диаметр 120 см, 600 светодиодов, цвет белый</t>
+  </si>
+  <si>
+    <t>501-612</t>
+  </si>
+  <si>
+    <t>Шар светодиодный 230V, диаметр 30 см, 120 светодиодов, эффект мерцания, цвет белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-613</t>
+  </si>
+  <si>
+    <t>Шар светодиодный 230V, диаметр 50 см, 200 светодиодов, эффект мерцания, цвет белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-614</t>
+  </si>
+  <si>
+    <t>Шар светодиодный 230V, диаметр 80 см, 450 светодиодов, эффект мерцания, цвет белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-615</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Шар диаметр 50см 200 LED ТЕПЛЫЙ БЕЛЫЙ эффект мерцания 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>501-616</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Шар диаметр 80см 300 LED ТЕПЛЫЙ БЕЛЫЙ эффект мерцания 230В NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>1.5 Макушки для Елок</t>
   </si>
   <si>
     <t>514-271</t>
   </si>
   <si>
     <t>Светодиодная фигура Звезда 50 см, 80 светодиодов, с трубой и подвесом, цвет свечения теплый белый NEON-NIGHT</t>
   </si>
   <si>
+    <t>514-272</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Звезда 50 см, 80 светодиодов, с трубой и подвесом, цвет свечения белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>514-273</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Звезда 80 см, 80 светодиодов, с трубой и подвесом, цвет свечения теплый белый/белый NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-455</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Звезда 50см, со съемной трубой и кольцом для подвеса,160 светодиодов, белая NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>513-452</t>
+  </si>
+  <si>
+    <t>Акриловая светодиодная фигура Звезда 50см, 160 светодиодов, красная NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>514-274</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Звезда 100 см, 200 светодиодов, с трубой и подвесом, цвет свечения красный NEON-NIGHT</t>
+  </si>
+  <si>
+    <t>514-275</t>
+  </si>
+  <si>
+    <t>Светодиодная фигура Звезда 100 см, 200 светодиодов, с трубой и подвесом, цвет свечения белый NEON-NIGHT</t>
+  </si>
+  <si>
     <t>514-276</t>
   </si>
   <si>
     <t>Светодиодная фигура Звезда 80 см, 160 светодиодов, с трубой и подвесом, цвет свечения красный NEON-NIGHT</t>
   </si>
   <si>
-    <t>514-273</t>
-[...34 lines deleted...]
-  <si>
     <t>513-456</t>
   </si>
   <si>
     <t>Акриловая светодиодная фигура Звезда 80 см, 210 светодиодов, красная NEON-NIGHT</t>
-  </si>
-[...67 lines deleted...]
-    <t>Светодиодная фигура Шар диаметр 50см 200 LED ТЕПЛЫЙ БЕЛЫЙ эффект мерцания 230В NEON-NIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -837,51 +837,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-bolshaya-snejinka-tsvet-siniy-razmer-95x95-sm-neon-night-1544" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-tsvet-tepliy-beliy-razmer-45x38-sm-neon-night-1090" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-iz-gibkogo-neona-s-effektom-tayuschih-sosulek-60h60-sm-tsvet-svecheniya-beliy-neon-night-23559" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-iz-gibkogo-neona-s-effektom-tayuschih-sosulek-60h60-sm-tsvet-svecheniya-tepliy-beliy-beliy-neon-night-23560" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-zvezdochka-tsvet-tepliy-beliy-razmer-30x28-sm-neon-night-1089" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-snejinka-tsvet-beliy-razmer-95x95-sm-mertsayuschaya-neon-night-3098" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-iz-gibkogo-neona-60h60-sm-tsvet-svecheniya-beliy-neon-night-23558" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-iz-gibkogo-neona-60h60-sm-tsvet-svecheniya-tepliy-beliy-neon-night-27397" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-iz-gibkogo-neona-60h60-sm-tsvet-svecheniya-siniy-neon-night-28708" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-snejinka-tsvet-beliy-razmer-55x55-sm-mertsayuschaya-neon-night-3097" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-tsvet-tepliy-beliy-razmer-55x55-sm-neon-night-1539" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-tsvet-svecheniya-siniy-razmer-45h38-sm-neon-night-28709" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-bolshaya-snejinka-tsvet-beliy-razmer-95x95-sm-neon-night-1545" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-zvezdochka-led-tsvet-beliy-razmer-30x28-sm-neon-night-6501" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-led-svetodiodnaya-bez-kontr-razmer-55x55sm-sinyaya-neon-night-1542" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-snejinka-tsvet-beliy-razmer-55x55sm-neon-night-1541" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-snejinka-tsvet-belaya-sinyaya-razmer-60x60-sm-s-kontrollerom-neon-night-1540" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-tsvet-tepliy-beliy-razmer-30h28sm-14967" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-iz-gibkogo-neona-s-effektom-tayuschih-sosulek-60h60-sm-tsvet-svecheniya-siniy-beliy-neon-night-27396" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-snejinka-tsvet-beliy-razmer-45x38-sm-neon-night-6502" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-bolshaya-snejinka-tsvet-tepliy-beliy-razmer-95x95-sm-neon-night-1543" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-skazochniy-olen-iz-gibkogo-neona-140h93-sm-1680-led-tsvet-svecheniya-beliy-neon-night-23548" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-hvost-kometi-75h250-sm-160-led-tsvet-svecheniya-tepliy-beliy-beliy-neon-night-23552" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-podarki-iz-gibkogo-neona-120h120-sm-1680-led-tsvet-svecheniya-tepliy-beliy-beliy-neon-night-23553" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-snejinka-125h120-sm-200-led-ip65-tsvet-svecheniya-beliy-neon-night-23550" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-fakel-60h220-sm-160-led-tsvet-svecheniya-tepliy-beliy-neon-night-23551" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-skazochniy-olen-iz-gibkogo-neona-180h110-sm-2400-led-tsvet-svecheniya-beliy-neon-night-23549" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-sozvezdie-razmer-55x100sm-svechenie-beloe-neon-night-7716" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nadpis-propisnaya-svetodiodnaya-s-novim-godom-krasnaya-230x90-sm-neon-night-1087" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-zvezdniy-feyerverk-razmer-85x175-sm-neon-night-1531" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-kolokolchik-tsvet-krasniy-razmer-36-30-sm-neon-night-1534" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-obemnaya-severniy-olen-300h200-sm-3000-led-ip65-tsvet-svecheniya-tepliy-beliy-neon-night-23544" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-obemnaya-polyarniy-medved-210h110-sm-1500-led-ip65-tsvet-svecheniya-beliy-neon-night-23543" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-obemnaya-olen-115h195-sm-528-led-ip65-tsvet-svecheniya-tepliy-beliy-neon-night-28667" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-obemnaya-olen-115h195sm-528-led-ip65-tsvet-svecheniya-beliy-neon-night-29891" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-oleni-s-sanyami-neon-night-3079" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetovoy-art-obekt-angel-600h250-sm-28047" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetovoe-pano-pero-pavlina-80h50-sm-28049" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-50-sm-80-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-tepliy-beliy-neon-night-23545" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-80-sm-160-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-krasniy-neon-night-28665" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-80-sm-80-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-tepliy-beliy-beliy-neon-night-23547" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-50-sm-80-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-beliy-neon-night-23546" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-zvezda-50sm-160-svetodiodov-krasnaya-neon-night-7655" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-100-sm-200-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-krasniy-neon-night-28710" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-zvezda-50sm-so-semnoy-truboy-i-koltsom-dlya-podvesa-160-svetodiodov-belaya-neon-night-7654" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-100-sm-200-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-beliy-neon-night-28664" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-zvezda-80-sm-210-svetodiodov-krasnaya-neon-night-28681" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-oslash-50-sm-200-svetodiodov-tepliy-beliy-tsvet-svecheniya-s-effektom-mertsaniya-neon-night-23516" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-230v-diametr-120-sm-600-svetodiodov-effekt-mertsaniya-tsvet-tepliy-beliy-27399" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-230v-diametr-30-sm-120-svetodiodov-effekt-mertsaniya-tsvet-tepliy-beliy-neon-night-27398" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-230v-diametr-90-sm-372-svetodioda-tsvet-beliy-7718" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-230v-diametr-120-sm-600-svetodiodov-tsvet-beliy-7719" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-230v-diametr-30-sm-120-svetodiodov-effekt-mertsaniya-tsvet-beliy-neon-night-6442" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-shar-led-podsvetka-diam-40sm-siniy-neon-night-2015" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-230v-diametr-50-sm-200-svetodiodov-effekt-mertsaniya-tsvet-beliy-neon-night-6443" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodniy-230v-diametr-80-sm-450-svetodiodov-effekt-mertsaniya-tsvet-beliy-neon-night-6444" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-shar-diametr-80sm-300-led-tepliy-beliy-effekt-mertsaniya-230v-neon-night-31162" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-shar-diametr-50sm-200-led-tepliy-beliy-effekt-mertsaniya-230v-neon-night-31161" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-dyuralayta-bolshaya-snezhinka-95x95sm-belyy-neon-night" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-dyuralayta-snezhinka-s-effektom-mertsaniya-55x55sm-belyy-neon-night" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-dyuralayta-snezhinka-s-effektom-mertsaniya-95x95sm-belyy-neon-night" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-dyuralayta-zvezdochka-30x28sm-belyy-neon-night" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-dyuralayta-snezhinka-55x55sm-siniy-neon-night" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-dyuralayta-bolshaya-snezhinka-95x95sm-siniy-neon-night" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-dyuralayta-snezhinka-55x55sm-belyy-neon-night" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-dyuralayta-snezhinka-s-kontrollerom-60x60sm-belyysiniy-neon-night" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-gibkogo-neona-snezhinka-60x60sm-belyy-neon-night" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-gibkogo-neona-snezhinka-s-effektom-tayushchih-sosulek-60x60sm-belyy-neon-night" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-gibkogo-neona-snezhinka-s-effektom-tayushchih-sosulek-60x60sm-teplyy-belyybelyy-neon-night" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-gibkogo-neona-snezhinka-s-effektom-tayushchih-sosulek-60x60sm-siniybelyy-neon-night" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-gibkogo-neona-snezhinka-60x60sm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-gibkogo-neona-snezhinka-60x60sm-siniy-neon-night" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-dyuralayta-snezhinka-45x38sm-siniy-neon-night" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-dyuralayta-snezhinka-30x28sm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-dyuralayta-snezhinka-45x38sm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-dyuralayta-snezhinka-45x38sm-belyy-neon-night" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-dyuralayta-bolshaya-snezhinka-95x95sm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-dyuralayta-zvezdochka-30x28sm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-iz-dyuralayta-snezhinka-55x55sm-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-skazochnyy-olen-iz-gibkogo-neona-140h93-sm-1680-led-tsvet-svecheniya-belyy-neon-night" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-skazochnyy-olen-iz-gibkogo-neona-180h110-sm-2400-led-tsvet-svecheniya-belyy-neon-night" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-snezhinka-125h120-sm-200-led-ip65-tsvet-svecheniya-belyy-neon-night" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-fakel-60h220-sm-160-led-tsvet-svecheniya-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-hvost-komety-75h250-sm-160-led-tsvet-svecheniya-teplyy-belyybelyy-neon-night" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-podarki-iz-gibkogo-neona-120h120-sm-1680-led-tsvet-svecheniya-teplyy-belyybelyy-neon-night" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nadpis-propisnaya-svetodiodnaya-s-novym-godom-krasnaya-230x90-sm-neon-night" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-sozvezdie-razmer-55x100sm-svechenie-beloe-neon-night" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-svetovaya-zvezdnyy-feyerverk-razmer-85x175-sm-neon-night" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-kolokolchik-tsvet-krasnyy-razmer-36x30-sm-neon-night" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-obemnaya-polyarnyy-medved-210h110-sm-1500-led-ip65-tsvet-svecheniya-belyy-neon-night" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-obemnaya-severnyy-olen-200h300-sm-3000-led-ip65-tsvet-svecheniya-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-obemnaya-olen-115h195-sm-528-led-ip65-tsvet-svecheniya-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-obemnaya-olen-115h195sm-528-led-ip65-tsvet-svecheniya-belyy-neon-night" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetovoy-art-obekt-angel-600h250-sm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetovoe-pano-pero-pavlina-80h50-sm" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-oleni-s-sanyami-350h195-sm-neon-night" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/figura-shar-led-podsvetka-diam-40sm-siniy-neon-night" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodnyy-50-sm-200-svetodiodov-teplyy-belyy-tsvet-svecheniya-s-effektom-mertsaniya-neon-night" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodnyy-230v-diametr-30-sm-120-svetodiodov-effekt-mertsaniya-tsvet-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodnyy-230v-diametr-120-sm-600-svetodiodov-effekt-mertsaniya-tsvet-teplyy-belyy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodnyy-230v-diametr-90-sm-372-svetodioda-tsvet-belyy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodnyy-230v-diametr-120-sm-600-svetodiodov-tsvet-belyy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodnyy-230v-diametr-30-sm-120-svetodiodov-effekt-mertsaniya-tsvet-belyy-neon-night" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodnyy-230v-diametr-50-sm-200-svetodiodov-effekt-mertsaniya-tsvet-belyy-neon-night" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shar-svetodiodnyy-230v-diametr-80-sm-450-svetodiodov-effekt-mertsaniya-tsvet-belyy-neon-night" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-shar-diametr-50sm-200-led-teplyy-belyy-effekt-mertsaniya-230v-neon-night" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-shar-diametr-80sm-300-led-teplyy-belyy-effekt-mertsaniya-230v-neon-night" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-50-sm-80-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-teplyy-belyy-neon-night" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-50-sm-80-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-belyy-neon-night" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-80-sm-80-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-teplyy-belyybelyy-neon-night" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-zvezda-50sm-so-semnoy-truboy-i-koltsom-dlya-podvesa-160-svetodiodov-belaya-neon-night" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-zvezda-50sm-160-svetodiodov-krasnaya-neon-night" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-100-sm-200-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-krasnyy-neon-night" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-100-sm-200-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-belyy-neon-night" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-figura-zvezda-80-sm-160-svetodiodov-s-truboy-i-podvesom-tsvet-svecheniya-krasnyy-neon-night" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/akrilovaya-svetodiodnaya-figura-zvezda-80-sm-210-svetodiodov-krasnaya-neon-night" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I65"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -918,1835 +918,1835 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>12329.3</v>
+        <v>12538.9</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>5</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>4622.59</v>
+        <v>6694.24</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>41</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>10</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>9807.09</v>
+        <v>14961.39</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>136</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>9807.09</v>
+        <v>876.24</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>83</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>803.77</v>
+        <v>6252.29</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>596</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>14711.3</v>
+        <v>12538.9</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>5</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>8826.24</v>
+        <v>6252.29</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>10</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>8826.24</v>
+        <v>14961.39</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>85</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>8826.24</v>
+        <v>8976.29</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>86</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>10</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>6582.34</v>
+        <v>9973.81</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>120</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>5773.84</v>
+        <v>9973.81</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>107</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>10</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>4622.59</v>
+        <v>9973.81</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>12329.3</v>
+        <v>8976.29</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>861.59</v>
+        <v>8976.29</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>6147.78</v>
+        <v>4701.17</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>6147.78</v>
+        <v>1390.7</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>153</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>10</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>14711.3</v>
+        <v>4701.17</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>2170.56</v>
+        <v>4701.17</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
         <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>10</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>9807.09</v>
+        <v>12538.9</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>4622.59</v>
+        <v>817.43</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>10</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>12329.3</v>
+        <v>5872</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="2"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>31064</v>
+        <v>31592.09</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>5</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>16910.2</v>
+        <v>36521.89</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
         <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>5</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>22706.5</v>
+        <v>32709.57</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
         <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>5</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>32162.8</v>
+        <v>17197.67</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>16910.2</v>
+        <v>17197.67</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
         <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>35911.4</v>
+        <v>23092.51</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
         <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>5</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>5211.92</v>
+        <v>34781.81</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>34200.4</v>
+        <v>3710.36</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>24463.9</v>
+        <v>24879.79</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
         <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>5</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>676.68</v>
+        <v>433.56</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
         <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>48</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>230989</v>
+        <v>76339.48</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>1</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>75063.4</v>
+        <v>234915.81</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
         <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>1</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>72190.9</v>
+        <v>73418.15</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>1</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>68753.3</v>
+        <v>69922.11</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>1</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>273900</v>
+        <v>503415</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
         <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>1</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>495000</v>
+        <v>27967.5</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>1</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>27500</v>
+        <v>278556.3</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>1</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C45" s="3">
-        <v>20217.9</v>
+        <v>4299.3</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
         <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C46" s="3">
-        <v>29423</v>
+        <v>19967.68</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
         <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C47" s="3">
-        <v>35771.3</v>
+        <v>12538.69</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C48" s="3">
-        <v>20217.9</v>
+        <v>48217.7</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C49" s="3">
-        <v>17107.2</v>
+        <v>31714.03</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
         <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>1</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C50" s="3">
-        <v>46658.8</v>
+        <v>44728.78</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C51" s="3">
-        <v>17107.2</v>
+        <v>12538.69</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C52" s="3">
-        <v>46658.8</v>
+        <v>19967.68</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C53" s="3">
-        <v>20408.11</v>
+        <v>28199.27</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
         <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A54" s="2" t="s">
+      <c r="A54" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="B54" s="2"/>
-[...6 lines deleted...]
-      <c r="I54" s="2"/>
+      <c r="B54" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="C54" s="3">
+        <v>19967.68</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F54" s="3">
+        <v>0</v>
+      </c>
+      <c r="G54" s="3">
+        <v>1</v>
+      </c>
+      <c r="H54" s="3">
+        <v>1</v>
+      </c>
+      <c r="I54" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C55" s="3">
-        <v>19633.9</v>
+        <v>28199.27</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>1</v>
       </c>
       <c r="I55" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A56" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B56" s="3" t="s">
+      <c r="A56" s="2" t="s">
         <v>114</v>
       </c>
-      <c r="C56" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B56" s="2"/>
+      <c r="C56" s="2"/>
+      <c r="D56" s="2"/>
+      <c r="E56" s="2"/>
+      <c r="F56" s="2"/>
+      <c r="G56" s="2"/>
+      <c r="H56" s="2"/>
+      <c r="I56" s="2"/>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C57" s="3">
-        <v>12329.1</v>
+        <v>20561.6</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
         <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C58" s="3">
-        <v>31183.9</v>
+        <v>20561.6</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C59" s="3">
-        <v>43981.1</v>
+        <v>36379.41</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
         <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C60" s="3">
-        <v>12329.1</v>
+        <v>17398.02</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C61" s="3">
-        <v>6710.22</v>
+        <v>17398.02</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
         <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C62" s="3">
-        <v>19633.9</v>
+        <v>47452</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C63" s="3">
-        <v>27727.9</v>
+        <v>47452</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C64" s="3">
-        <v>27727.9</v>
+        <v>29923.19</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I64" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C65" s="3">
-        <v>19633.9</v>
+        <v>13075.68</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I65" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A25:I25"/>
     <mergeCell ref="A36:I36"/>
     <mergeCell ref="A44:I44"/>
-    <mergeCell ref="A54:I54"/>
+    <mergeCell ref="A56:I56"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
     <hyperlink ref="D27" r:id="rId23"/>
     <hyperlink ref="D28" r:id="rId24"/>
     <hyperlink ref="D29" r:id="rId25"/>
     <hyperlink ref="D30" r:id="rId26"/>
     <hyperlink ref="D31" r:id="rId27"/>
     <hyperlink ref="D32" r:id="rId28"/>
     <hyperlink ref="D33" r:id="rId29"/>
     <hyperlink ref="D34" r:id="rId30"/>
     <hyperlink ref="D35" r:id="rId31"/>
     <hyperlink ref="D37" r:id="rId32"/>
     <hyperlink ref="D38" r:id="rId33"/>
     <hyperlink ref="D39" r:id="rId34"/>
     <hyperlink ref="D40" r:id="rId35"/>
     <hyperlink ref="D41" r:id="rId36"/>
     <hyperlink ref="D42" r:id="rId37"/>
     <hyperlink ref="D43" r:id="rId38"/>
     <hyperlink ref="D45" r:id="rId39"/>
     <hyperlink ref="D46" r:id="rId40"/>
     <hyperlink ref="D47" r:id="rId41"/>
     <hyperlink ref="D48" r:id="rId42"/>
     <hyperlink ref="D49" r:id="rId43"/>
     <hyperlink ref="D50" r:id="rId44"/>
     <hyperlink ref="D51" r:id="rId45"/>
     <hyperlink ref="D52" r:id="rId46"/>
     <hyperlink ref="D53" r:id="rId47"/>
-    <hyperlink ref="D55" r:id="rId48"/>
-    <hyperlink ref="D56" r:id="rId49"/>
+    <hyperlink ref="D54" r:id="rId48"/>
+    <hyperlink ref="D55" r:id="rId49"/>
     <hyperlink ref="D57" r:id="rId50"/>
     <hyperlink ref="D58" r:id="rId51"/>
     <hyperlink ref="D59" r:id="rId52"/>
     <hyperlink ref="D60" r:id="rId53"/>
     <hyperlink ref="D61" r:id="rId54"/>
     <hyperlink ref="D62" r:id="rId55"/>
     <hyperlink ref="D63" r:id="rId56"/>
     <hyperlink ref="D64" r:id="rId57"/>
     <hyperlink ref="D65" r:id="rId58"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>