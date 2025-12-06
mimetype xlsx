--- v0 (2025-10-21)
+++ v1 (2025-12-06)
@@ -42,210 +42,210 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Клавишные выключатели 12 V</t>
   </si>
   <si>
+    <t>36-2580</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF черный с красной подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>36-2593</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 16А (3с) ON-OFF зеленый с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2673</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный овальный 12В 30А (3с) ON-OFF черный с зеленой LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2587</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF желтый с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2670</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный овальный 12В 30А (3с) ON-OFF черный с красной LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2671</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный овальный 12В 30А (3с) ON-OFF черный с синей LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2672</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный овальный 12В 30А (3с) ON-OFF черный с желтой LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2170</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 15А (3с) ON-OFF красный с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2173</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 15А (3с) ON-OFF зеленый с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2171</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 15А (3с) ON-OFF синий с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2172</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 15А (3с) ON-OFF желтый с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-4420</t>
+  </si>
+  <si>
+    <t>Переключатель (стеклоподъемника) клавишный 12В 20А (5с) (ON)-OFF-(ON) черный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-4441</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 35А (4с) ON-OFF с зеленой LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2590</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 16А (3с) ON-OFF красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2591</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 16А (3с) ON-OFF синий с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-4430</t>
+  </si>
+  <si>
+    <t>Переключатель (стеклоподъемника) клавишный 12В 20А (6с) (ON)-OFF-(ON) черный с подсветкой и проводом REXANT</t>
+  </si>
+  <si>
+    <t>36-4440</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 35А (4с) ON-OFF с красной LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-4442</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 35А (4с) ON-OFF с желтой LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2581</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF черный с синей подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2583</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF черный с зеленой подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2715</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный овальный 12В 30А (3с) ON-OFF черный с красной подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2585</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2586</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF синий с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2588</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF зеленый с подсветкой REXANT</t>
+  </si>
+  <si>
     <t>36-4410</t>
   </si>
   <si>
     <t>Переключатель (стеклоподъемника) клавишный 12В 20А (5с) (ON)-OFF-(ON) черный REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...70 lines deleted...]
-  <si>
     <t>36-4443</t>
   </si>
   <si>
     <t>Выключатель клавишный 12В 35А (4с) ON-OFF с синей LED-подсветкой REXANT</t>
-  </si>
-[...76 lines deleted...]
-    <t>Выключатель клавишный 12В 35А (4с) ON-OFF с желтой LED-подсветкой REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -630,51 +630,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishniy-12v-20a-5s-on-off-on-cherniy-asw-01-rexant-9014" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishniy-12v-20a-5s-on-off-on-cherniy-s-podsvetkoy-asw-02d-rexant-9015" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-15a-3s-on-off-siniy-s-podsvetkoy-mini-rwb-206-1-sc-768-rexant-8956" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-15a-3s-on-off-jeltiy-s-podsvetkoy-mini-rwb-206-1-sc-768-rexant-8957" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-15a-3s-on-off-krasniy-s-podsvetkoy-mini-rwb-206-1-sc-768-rexant-8955" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-30a-3s-on-off-cherniy-oval-s-krasnoy-podsvetkoy-rwb-523-asw-20d-2-rexant-9264" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-cherniy-s-krasnoy-podsvetkoy-rwb-215-mirs-101e-8s-d-rexant-9005" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-16a-3s-on-off-siniy-s-podsvetkoy-rwb-224-ss-214-rexant-9007" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-16a-3s-on-off-zeleniy-s-podsvetkoy-rwb-224-ss-214-rexant-9009" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishniy-12v-20a-6s-on-off-on-cherniy-s-podsvetkoy-i-provodom-asw-21d-rexant-9016" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-35a-4s-on-off-s-krasnoy-led-podsvetkoy-asw-17d-rexant-9017" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-35a-4s-on-off-s-zelenoy-led-podsvetkoy-asw-17d-rexant-9018" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-35a-4s-on-off-s-siney-led-podsvetkoy-asw-17d-rexant-9020" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-cherniy-s-siney-podsvetkoy-rwb-215-mirs-101e-8s-d-rexant-9261" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-cherniy-s-zelenoy-podsvetkoy-rwb-215-mirs-101e-8s-d-rexant-9262" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-krasniy-s-podsvetkoy-rwb-214-rexant-11729" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-jeltiy-s-podsvetkoy-rwb-214-rexant-11728" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-30a-3s-on-off-cherniy-oval-s-jeltoy-led-podsvetkoy-rwb-523-asw-20d-rexant-11915" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-siniy-s-podsvetkoy-rwb-214-rexant-11727" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-zeleniy-s-podsvetkoy-rwb-214-rexant-11730" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-30a-3s-on-off-cherniy-oval-s-krasnoy-led-podsvetkoy-rwb-523-asw-20d-rexant-11916" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-30a-3s-on-off-cherniy-oval-s-siney-led-podsvetkoy-rwb-523-asw-20d-rexant-11914" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-30a-3s-on-off-cherniy-oval-s-zelenoy-led-podsvetkoy-rwb-523-asw-20d-rexant-11913" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-15a-3s-on-off-zeleniy-s-podsvetkoy-mini-rwb-206-1-sc-768-rexant-8958" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-16a-3s-on-off-krasniy-s-podsvetkoy-rwb-224-ss-214-rexant-9006" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-35a-4s-on-off-s-jeltoy-led-podsvetkoy-asw-17d-rexant-9019" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-cherniy-s-krasnoy-podsvetkoy-rwb-215-mirs-101e-8s-d-rexant-9005" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-16a-3s-on-off-zeleniy-s-podsvetkoy-rwb-224-ss-214-rexant-9009" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-30a-3s-on-off-cherniy-oval-s-zelenoy-led-podsvetkoy-rwb-523-asw-20d-rexant-11913" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-jeltiy-s-podsvetkoy-rwb-214-rexant-11728" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-30a-3s-on-off-cherniy-oval-s-krasnoy-led-podsvetkoy-rwb-523-asw-20d-rexant-11916" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-30a-3s-on-off-cherniy-oval-s-siney-led-podsvetkoy-rwb-523-asw-20d-rexant-11914" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-30a-3s-on-off-cherniy-oval-s-jeltoy-led-podsvetkoy-rwb-523-asw-20d-rexant-11915" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-15a-3s-on-off-krasniy-s-podsvetkoy-mini-rwb-206-1-sc-768-rexant-8955" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-15a-3s-on-off-zeleniy-s-podsvetkoy-mini-rwb-206-1-sc-768-rexant-8958" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-15a-3s-on-off-siniy-s-podsvetkoy-mini-rwb-206-1-sc-768-rexant-8956" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-15a-3s-on-off-jeltiy-s-podsvetkoy-mini-rwb-206-1-sc-768-rexant-8957" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishniy-12v-20a-5s-on-off-on-cherniy-s-podsvetkoy-asw-02d-rexant-9015" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-35a-4s-on-off-s-zelenoy-led-podsvetkoy-asw-17d-rexant-9018" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-16a-3s-on-off-krasniy-s-podsvetkoy-rwb-224-ss-214-rexant-9006" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-16a-3s-on-off-siniy-s-podsvetkoy-rwb-224-ss-214-rexant-9007" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishniy-12v-20a-6s-on-off-on-cherniy-s-podsvetkoy-i-provodom-asw-21d-rexant-9016" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-35a-4s-on-off-s-krasnoy-led-podsvetkoy-asw-17d-rexant-9017" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-35a-4s-on-off-s-jeltoy-led-podsvetkoy-asw-17d-rexant-9019" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-cherniy-s-siney-podsvetkoy-rwb-215-mirs-101e-8s-d-rexant-9261" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-cherniy-s-zelenoy-podsvetkoy-rwb-215-mirs-101e-8s-d-rexant-9262" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-30a-3s-on-off-cherniy-oval-s-krasnoy-podsvetkoy-rwb-523-asw-20d-2-rexant-9264" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-krasniy-s-podsvetkoy-rwb-214-rexant-11729" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-siniy-s-podsvetkoy-rwb-214-rexant-11727" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-zeleniy-s-podsvetkoy-rwb-214-rexant-11730" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishniy-12v-20a-5s-on-off-on-cherniy-asw-01-rexant-9014" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-35a-4s-on-off-s-siney-led-podsvetkoy-asw-17d-rexant-9020" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I28"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -698,785 +698,785 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>357.94</v>
+        <v>88.4</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>600</v>
+        <v>13750</v>
       </c>
       <c r="G3" s="3">
         <v>10</v>
       </c>
       <c r="H3" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>353.88</v>
+        <v>88.2</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>3010</v>
+        <v>2100</v>
       </c>
       <c r="G4" s="3">
         <v>10</v>
       </c>
       <c r="H4" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>70.8</v>
+        <v>222.33</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>4277</v>
+        <v>1350</v>
       </c>
       <c r="G5" s="3">
         <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>67.44</v>
+        <v>71.29</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>4963</v>
+        <v>4750</v>
       </c>
       <c r="G6" s="3">
         <v>10</v>
       </c>
       <c r="H6" s="3">
         <v>3000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>70.8</v>
+        <v>233.48</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>12170</v>
+        <v>1960</v>
       </c>
       <c r="G7" s="3">
         <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>233.48</v>
+        <v>222.33</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1830</v>
+        <v>1040</v>
       </c>
       <c r="G8" s="3">
         <v>10</v>
       </c>
       <c r="H8" s="3">
         <v>1000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>88.4</v>
+        <v>190.64</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>14850</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>92.6</v>
+        <v>70.8</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>2990</v>
+        <v>10670</v>
       </c>
       <c r="G10" s="3">
         <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>88.2</v>
+        <v>70.8</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>2540</v>
+        <v>3230</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>268.68</v>
+        <v>70.8</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>170</v>
+        <v>3820</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>255.66</v>
+        <v>67.44</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>2700</v>
+        <v>4650</v>
       </c>
       <c r="G13" s="3">
         <v>10</v>
       </c>
       <c r="H13" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>243.49</v>
+        <v>353.88</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1440</v>
+        <v>2920</v>
       </c>
       <c r="G14" s="3">
         <v>10</v>
       </c>
       <c r="H14" s="3">
         <v>500</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>255.66</v>
+        <v>243.49</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>620</v>
+        <v>1240</v>
       </c>
       <c r="G15" s="3">
         <v>10</v>
       </c>
       <c r="H15" s="3">
         <v>500</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>73.07</v>
+        <v>92.6</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>12650</v>
+        <v>4380</v>
       </c>
       <c r="G16" s="3">
         <v>10</v>
       </c>
       <c r="H16" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>73.07</v>
+        <v>92.6</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>11617</v>
+        <v>2780</v>
       </c>
       <c r="G17" s="3">
         <v>10</v>
       </c>
       <c r="H17" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>74.86</v>
+        <v>268.68</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>21220</v>
+        <v>130</v>
       </c>
       <c r="G18" s="3">
         <v>10</v>
       </c>
       <c r="H18" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>71.29</v>
+        <v>255.66</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>5340</v>
+        <v>2480</v>
       </c>
       <c r="G19" s="3">
         <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>190.64</v>
+        <v>210.13</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>1740</v>
       </c>
       <c r="G20" s="3">
         <v>10</v>
       </c>
       <c r="H20" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>74.86</v>
+        <v>73.07</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>7510</v>
+        <v>11810</v>
       </c>
       <c r="G21" s="3">
         <v>10</v>
       </c>
       <c r="H21" s="3">
         <v>3000</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>74.86</v>
+        <v>73.07</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>11890</v>
+        <v>11110</v>
       </c>
       <c r="G22" s="3">
         <v>10</v>
       </c>
       <c r="H22" s="3">
         <v>3000</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
         <v>233.48</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>2200</v>
+        <v>1460</v>
       </c>
       <c r="G23" s="3">
         <v>10</v>
       </c>
       <c r="H23" s="3">
         <v>1000</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>222.33</v>
+        <v>74.86</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>1200</v>
+        <v>18610</v>
       </c>
       <c r="G24" s="3">
         <v>10</v>
       </c>
       <c r="H24" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>222.33</v>
+        <v>74.86</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>1520</v>
+        <v>5690</v>
       </c>
       <c r="G25" s="3">
         <v>10</v>
       </c>
       <c r="H25" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>70.8</v>
+        <v>74.86</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>3640</v>
+        <v>10590</v>
       </c>
       <c r="G26" s="3">
         <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>2500</v>
+        <v>3000</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>92.6</v>
+        <v>357.94</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>4700</v>
+        <v>300</v>
       </c>
       <c r="G27" s="3">
         <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>210.13</v>
+        <v>255.66</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>1960</v>
+        <v>660</v>
       </c>
       <c r="G28" s="3">
         <v>10</v>
       </c>
       <c r="H28" s="3">
         <v>500</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>