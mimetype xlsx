--- v1 (2025-12-06)
+++ v2 (2026-01-22)
@@ -42,210 +42,210 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Клавишные выключатели 12 V</t>
   </si>
   <si>
+    <t>36-2172</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 15А (3с) ON-OFF желтый с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>36-2580</t>
   </si>
   <si>
     <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF черный с красной подсветкой REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>36-2593</t>
   </si>
   <si>
     <t>Выключатель клавишный круглый 12В 16А (3с) ON-OFF зеленый с подсветкой REXANT</t>
   </si>
   <si>
+    <t>36-4410</t>
+  </si>
+  <si>
+    <t>Переключатель (стеклоподъемника) клавишный 12В 20А (5с) (ON)-OFF-(ON) черный REXANT</t>
+  </si>
+  <si>
+    <t>36-4420</t>
+  </si>
+  <si>
+    <t>Переключатель (стеклоподъемника) клавишный 12В 20А (5с) (ON)-OFF-(ON) черный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-4430</t>
+  </si>
+  <si>
+    <t>Переключатель (стеклоподъемника) клавишный 12В 20А (6с) (ON)-OFF-(ON) черный с подсветкой и проводом REXANT</t>
+  </si>
+  <si>
+    <t>36-4440</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 35А (4с) ON-OFF с красной LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-4441</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 35А (4с) ON-OFF с зеленой LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-4442</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 35А (4с) ON-OFF с желтой LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2173</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 15А (3с) ON-OFF зеленый с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2591</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 16А (3с) ON-OFF синий с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2585</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2583</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF черный с зеленой подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2587</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF желтый с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2715</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный овальный 12В 30А (3с) ON-OFF черный с красной подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2170</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 15А (3с) ON-OFF красный с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-2171</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 15А (3с) ON-OFF синий с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>36-4443</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 35А (4с) ON-OFF с синей LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2581</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF черный с синей подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2586</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF синий с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2588</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF зеленый с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2590</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 16А (3с) ON-OFF красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2670</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный овальный 12В 30А (3с) ON-OFF черный с красной LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2671</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный овальный 12В 30А (3с) ON-OFF черный с синей LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2672</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный овальный 12В 30А (3с) ON-OFF черный с желтой LED-подсветкой REXANT</t>
+  </si>
+  <si>
     <t>36-2673</t>
   </si>
   <si>
     <t>Выключатель клавишный овальный 12В 30А (3с) ON-OFF черный с зеленой LED-подсветкой REXANT</t>
-  </si>
-[...136 lines deleted...]
-    <t>Выключатель клавишный 12В 35А (4с) ON-OFF с синей LED-подсветкой REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -630,51 +630,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-cherniy-s-krasnoy-podsvetkoy-rwb-215-mirs-101e-8s-d-rexant-9005" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-16a-3s-on-off-zeleniy-s-podsvetkoy-rwb-224-ss-214-rexant-9009" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-30a-3s-on-off-cherniy-oval-s-zelenoy-led-podsvetkoy-rwb-523-asw-20d-rexant-11913" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-jeltiy-s-podsvetkoy-rwb-214-rexant-11728" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-30a-3s-on-off-cherniy-oval-s-krasnoy-led-podsvetkoy-rwb-523-asw-20d-rexant-11916" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-30a-3s-on-off-cherniy-oval-s-siney-led-podsvetkoy-rwb-523-asw-20d-rexant-11914" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-30a-3s-on-off-cherniy-oval-s-jeltoy-led-podsvetkoy-rwb-523-asw-20d-rexant-11915" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-15a-3s-on-off-krasniy-s-podsvetkoy-mini-rwb-206-1-sc-768-rexant-8955" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-15a-3s-on-off-zeleniy-s-podsvetkoy-mini-rwb-206-1-sc-768-rexant-8958" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-15a-3s-on-off-siniy-s-podsvetkoy-mini-rwb-206-1-sc-768-rexant-8956" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-15a-3s-on-off-jeltiy-s-podsvetkoy-mini-rwb-206-1-sc-768-rexant-8957" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishniy-12v-20a-5s-on-off-on-cherniy-s-podsvetkoy-asw-02d-rexant-9015" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-35a-4s-on-off-s-zelenoy-led-podsvetkoy-asw-17d-rexant-9018" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-16a-3s-on-off-krasniy-s-podsvetkoy-rwb-224-ss-214-rexant-9006" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-16a-3s-on-off-siniy-s-podsvetkoy-rwb-224-ss-214-rexant-9007" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishniy-12v-20a-6s-on-off-on-cherniy-s-podsvetkoy-i-provodom-asw-21d-rexant-9016" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-35a-4s-on-off-s-krasnoy-led-podsvetkoy-asw-17d-rexant-9017" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-35a-4s-on-off-s-jeltoy-led-podsvetkoy-asw-17d-rexant-9019" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-cherniy-s-siney-podsvetkoy-rwb-215-mirs-101e-8s-d-rexant-9261" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-cherniy-s-zelenoy-podsvetkoy-rwb-215-mirs-101e-8s-d-rexant-9262" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-30a-3s-on-off-cherniy-oval-s-krasnoy-podsvetkoy-rwb-523-asw-20d-2-rexant-9264" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-krasniy-s-podsvetkoy-rwb-214-rexant-11729" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-siniy-s-podsvetkoy-rwb-214-rexant-11727" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-krugliy-12v-20a-3s-on-off-zeleniy-s-podsvetkoy-rwb-214-rexant-11730" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishniy-12v-20a-5s-on-off-on-cherniy-asw-01-rexant-9014" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/viklyuchatel-klavishniy-12v-35a-4s-on-off-s-siney-led-podsvetkoy-asw-17d-rexant-9020" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-15a-3s-on-off-zheltyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-chernyy-s-krasnoy-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-16a-3s-on-off-zelenyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishnyy-12v-20a-5s-on-off-on-chernyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishnyy-12v-20a-5s-on-off-on-chernyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishnyy-12v-20a-6s-on-off-on-chernyy-s-podsvetkoy-i-provodom-rexan" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-35a-4s-on-off-s-krasnoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-35a-4s-on-off-s-zelenoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-35a-4s-on-off-s-zheltoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-15a-3s-on-off-zelenyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-16a-3s-on-off-siniy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-chernyy-s-zelenoy-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-zheltyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-krasnoy-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-15a-3s-on-off-krasnyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-15a-3s-on-off-siniy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-35a-4s-on-off-s-siney-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-chernyy-s-siney-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-siniy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-zelenyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-16a-3s-on-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-krasnoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-siney-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-zheltoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-zelenoy-led-podsvetkoy-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I28"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -698,791 +698,791 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>88.4</v>
+        <v>68.59</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>13750</v>
+        <v>4460</v>
       </c>
       <c r="G3" s="3">
         <v>10</v>
       </c>
       <c r="H3" s="3">
         <v>3000</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>88.2</v>
+        <v>89.9</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>2100</v>
+        <v>12630</v>
       </c>
       <c r="G4" s="3">
         <v>10</v>
       </c>
       <c r="H4" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>222.33</v>
+        <v>89.7</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1350</v>
+        <v>3900</v>
       </c>
       <c r="G5" s="3">
         <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>71.29</v>
+        <v>364.02</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>4750</v>
+        <v>280</v>
       </c>
       <c r="G6" s="3">
         <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>233.48</v>
+        <v>359.9</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1960</v>
+        <v>2920</v>
       </c>
       <c r="G7" s="3">
         <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>222.33</v>
+        <v>273.25</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1040</v>
+        <v>160</v>
       </c>
       <c r="G8" s="3">
         <v>10</v>
       </c>
       <c r="H8" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>190.64</v>
+        <v>260.01</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>2340</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>70.8</v>
+        <v>247.63</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>10670</v>
+        <v>1120</v>
       </c>
       <c r="G10" s="3">
         <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>70.8</v>
+        <v>213.7</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>3230</v>
+        <v>1660</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>2500</v>
+        <v>500</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>70.8</v>
+        <v>72</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>3820</v>
+        <v>4840</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>67.44</v>
+        <v>94.17</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>4650</v>
+        <v>2680</v>
       </c>
       <c r="G13" s="3">
         <v>10</v>
       </c>
       <c r="H13" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>353.88</v>
+        <v>76.13</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>2920</v>
+        <v>15840</v>
       </c>
       <c r="G14" s="3">
         <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>243.49</v>
+        <v>74.31</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1240</v>
+        <v>4390</v>
       </c>
       <c r="G15" s="3">
         <v>10</v>
       </c>
       <c r="H15" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>92.6</v>
+        <v>72.5</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>4380</v>
+        <v>4190</v>
       </c>
       <c r="G16" s="3">
         <v>10</v>
       </c>
       <c r="H16" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>92.6</v>
+        <v>237.45</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>2780</v>
+        <v>1370</v>
       </c>
       <c r="G17" s="3">
         <v>10</v>
       </c>
       <c r="H17" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>268.68</v>
+        <v>72</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>130</v>
+        <v>9320</v>
       </c>
       <c r="G18" s="3">
         <v>10</v>
       </c>
       <c r="H18" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>255.66</v>
+        <v>72</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>2480</v>
+        <v>3460</v>
       </c>
       <c r="G19" s="3">
         <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>210.13</v>
+        <v>260.01</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>1740</v>
+        <v>580</v>
       </c>
       <c r="G20" s="3">
         <v>10</v>
       </c>
       <c r="H20" s="3">
         <v>500</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>73.07</v>
+        <v>74.31</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>11810</v>
+        <v>8490</v>
       </c>
       <c r="G21" s="3">
         <v>10</v>
       </c>
       <c r="H21" s="3">
         <v>3000</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>73.07</v>
+        <v>76.13</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>11110</v>
+        <v>5050</v>
       </c>
       <c r="G22" s="3">
         <v>10</v>
       </c>
       <c r="H22" s="3">
         <v>3000</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>233.48</v>
+        <v>76.13</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>1460</v>
+        <v>9780</v>
       </c>
       <c r="G23" s="3">
         <v>10</v>
       </c>
       <c r="H23" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>74.86</v>
+        <v>94.17</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>18610</v>
+        <v>6080</v>
       </c>
       <c r="G24" s="3">
         <v>10</v>
       </c>
       <c r="H24" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>74.86</v>
+        <v>237.45</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>5690</v>
+        <v>1830</v>
       </c>
       <c r="G25" s="3">
         <v>10</v>
       </c>
       <c r="H25" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>74.86</v>
+        <v>226.11</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>10590</v>
+        <v>990</v>
       </c>
       <c r="G26" s="3">
         <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>357.94</v>
+        <v>174.49</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>255.66</v>
+        <v>226.11</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>660</v>
+        <v>1240</v>
       </c>
       <c r="G28" s="3">
         <v>10</v>
       </c>
       <c r="H28" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>