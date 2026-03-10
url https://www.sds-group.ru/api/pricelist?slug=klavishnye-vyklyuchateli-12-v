--- v2 (2026-01-22)
+++ v3 (2026-03-10)
@@ -8,238 +8,232 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="110" uniqueCount="62">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Клавишные выключатели 12 V</t>
   </si>
   <si>
+    <t>36-2170</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 15А (3с) ON-OFF красный с подсветкой Mini REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>36-2171</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 15А (3с) ON-OFF синий с подсветкой Mini REXANT</t>
+  </si>
+  <si>
     <t>36-2172</t>
   </si>
   <si>
     <t>Выключатель клавишный 12В 15А (3с) ON-OFF желтый с подсветкой Mini REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>36-2173</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 15А (3с) ON-OFF зеленый с подсветкой Mini REXANT</t>
   </si>
   <si>
     <t>36-2580</t>
   </si>
   <si>
     <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF черный с красной подсветкой REXANT</t>
   </si>
   <si>
+    <t>36-2590</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 16А (3с) ON-OFF красный с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2591</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 16А (3с) ON-OFF синий с подсветкой REXANT</t>
+  </si>
+  <si>
     <t>36-2593</t>
   </si>
   <si>
     <t>Выключатель клавишный круглый 12В 16А (3с) ON-OFF зеленый с подсветкой REXANT</t>
   </si>
   <si>
     <t>36-4410</t>
   </si>
   <si>
     <t>Переключатель (стеклоподъемника) клавишный 12В 20А (5с) (ON)-OFF-(ON) черный REXANT</t>
   </si>
   <si>
     <t>36-4420</t>
   </si>
   <si>
     <t>Переключатель (стеклоподъемника) клавишный 12В 20А (5с) (ON)-OFF-(ON) черный с подсветкой REXANT</t>
   </si>
   <si>
     <t>36-4430</t>
   </si>
   <si>
     <t>Переключатель (стеклоподъемника) клавишный 12В 20А (6с) (ON)-OFF-(ON) черный с подсветкой и проводом REXANT</t>
   </si>
   <si>
     <t>36-4440</t>
   </si>
   <si>
     <t>Выключатель клавишный 12В 35А (4с) ON-OFF с красной LED-подсветкой REXANT</t>
   </si>
   <si>
     <t>36-4441</t>
   </si>
   <si>
     <t>Выключатель клавишный 12В 35А (4с) ON-OFF с зеленой LED-подсветкой REXANT</t>
   </si>
   <si>
     <t>36-4442</t>
   </si>
   <si>
     <t>Выключатель клавишный 12В 35А (4с) ON-OFF с желтой LED-подсветкой REXANT</t>
   </si>
   <si>
-    <t>36-2173</t>
-[...8 lines deleted...]
-    <t>Выключатель клавишный круглый 12В 16А (3с) ON-OFF синий с подсветкой REXANT</t>
+    <t>36-4443</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный 12В 35А (4с) ON-OFF с синей LED-подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2581</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF черный с синей подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2583</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF черный с зеленой подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>36-2715</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный овальный 12В 30А (3с) ON-OFF черный с красной подсветкой REXANT</t>
   </si>
   <si>
     <t>36-2585</t>
   </si>
   <si>
     <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF красный с подсветкой REXANT</t>
   </si>
   <si>
-    <t>36-2583</t>
-[...2 lines deleted...]
-    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF черный с зеленой подсветкой REXANT</t>
+    <t>36-2586</t>
+  </si>
+  <si>
+    <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF синий с подсветкой REXANT</t>
   </si>
   <si>
     <t>36-2587</t>
   </si>
   <si>
     <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF желтый с подсветкой REXANT</t>
   </si>
   <si>
-    <t>36-2715</t>
-[...34 lines deleted...]
-  <si>
     <t>36-2588</t>
   </si>
   <si>
     <t>Выключатель клавишный круглый 12В 20А (3с) ON-OFF зеленый с подсветкой REXANT</t>
   </si>
   <si>
-    <t>36-2590</t>
-[...4 lines deleted...]
-  <si>
     <t>36-2670</t>
   </si>
   <si>
     <t>Выключатель клавишный овальный 12В 30А (3с) ON-OFF черный с красной LED-подсветкой REXANT</t>
   </si>
   <si>
     <t>36-2671</t>
   </si>
   <si>
     <t>Выключатель клавишный овальный 12В 30А (3с) ON-OFF черный с синей LED-подсветкой REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Выключатель клавишный овальный 12В 30А (3с) ON-OFF черный с желтой LED-подсветкой REXANT</t>
   </si>
   <si>
     <t>36-2673</t>
   </si>
   <si>
     <t>Выключатель клавишный овальный 12В 30А (3с) ON-OFF черный с зеленой LED-подсветкой REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -630,56 +624,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-15a-3s-on-off-zheltyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-chernyy-s-krasnoy-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-16a-3s-on-off-zelenyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishnyy-12v-20a-5s-on-off-on-chernyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishnyy-12v-20a-5s-on-off-on-chernyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishnyy-12v-20a-6s-on-off-on-chernyy-s-podsvetkoy-i-provodom-rexan" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-35a-4s-on-off-s-krasnoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-35a-4s-on-off-s-zelenoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-35a-4s-on-off-s-zheltoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-15a-3s-on-off-zelenyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-16a-3s-on-off-siniy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-chernyy-s-zelenoy-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-zheltyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-krasnoy-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-15a-3s-on-off-krasnyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-15a-3s-on-off-siniy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-35a-4s-on-off-s-siney-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-chernyy-s-siney-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-siniy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-zelenyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-16a-3s-on-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-krasnoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-siney-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-zheltoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-zelenoy-led-podsvetkoy-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-15a-3s-on-off-krasnyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-15a-3s-on-off-siniy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-15a-3s-on-off-zheltyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-15a-3s-on-off-zelenyy-s-podsvetkoy-mini-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-chernyy-s-krasnoy-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-16a-3s-on-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-16a-3s-on-off-siniy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-16a-3s-on-off-zelenyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishnyy-12v-20a-5s-on-off-on-chernyy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishnyy-12v-20a-5s-on-off-on-chernyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pereklyuchatel-steklopodemnika-klavishnyy-12v-20a-6s-on-off-on-chernyy-s-podsvetkoy-i-provodom-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-35a-4s-on-off-s-krasnoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-35a-4s-on-off-s-zelenoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-35a-4s-on-off-s-zheltoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-12v-35a-4s-on-off-s-siney-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-chernyy-s-siney-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-chernyy-s-zelenoy-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-krasnoy-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-krasnyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-siniy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-zheltyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-kruglyy-12v-20a-3s-on-off-zelenyy-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-krasnoy-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-siney-led-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyklyuchatel-klavishnyy-ovalnyy-12v-30a-3s-on-off-chernyy-s-zelenoy-led-podsvetkoy-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I28"/>
+  <dimension ref="A1:I27"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -698,827 +692,797 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>68.59</v>
+        <v>61.2</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>4460</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>10</v>
       </c>
       <c r="H3" s="3">
         <v>3000</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>89.9</v>
+        <v>61.2</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>12630</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>10</v>
       </c>
       <c r="H4" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>89.7</v>
+        <v>58.3</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>3900</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>364.02</v>
+        <v>61.2</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>280</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>359.9</v>
+        <v>76.42</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>2920</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>273.25</v>
+        <v>80.04</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>160</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>10</v>
       </c>
       <c r="H8" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>260.01</v>
+        <v>80.04</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>2340</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>247.63</v>
+        <v>76.25</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1120</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>213.7</v>
+        <v>309.42</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1660</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>72</v>
+        <v>305.92</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>4840</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>2500</v>
+        <v>500</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>94.17</v>
+        <v>191.28</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>2680</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>10</v>
       </c>
       <c r="H13" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>76.13</v>
+        <v>221.01</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>15840</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>74.31</v>
+        <v>210.49</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>4390</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>10</v>
       </c>
       <c r="H15" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>72.5</v>
+        <v>181.65</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>4190</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>10</v>
       </c>
       <c r="H16" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>237.45</v>
+        <v>221.01</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>1370</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>10</v>
       </c>
       <c r="H17" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>72</v>
+        <v>63.16</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>9320</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>10</v>
       </c>
       <c r="H18" s="3">
         <v>3000</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>72</v>
+        <v>63.16</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>3460</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>260.01</v>
+        <v>201.83</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>580</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>10</v>
       </c>
       <c r="H20" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>74.31</v>
+        <v>64.71</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>8490</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>10</v>
       </c>
       <c r="H21" s="3">
         <v>3000</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>76.13</v>
+        <v>64.71</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>5050</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>10</v>
       </c>
       <c r="H22" s="3">
         <v>3000</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>76.13</v>
+        <v>61.63</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>9780</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>10</v>
       </c>
       <c r="H23" s="3">
         <v>3000</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>94.17</v>
+        <v>64.71</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>6080</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>10</v>
       </c>
       <c r="H24" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>237.45</v>
+        <v>201.83</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>1830</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>10</v>
       </c>
       <c r="H25" s="3">
         <v>1000</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>226.11</v>
+        <v>192.19</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>990</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>10</v>
       </c>
       <c r="H26" s="3">
         <v>1000</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>174.49</v>
+        <v>192.19</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
         <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
-[...27 lines deleted...]
-      <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
     <hyperlink ref="D21" r:id="rId19"/>
     <hyperlink ref="D22" r:id="rId20"/>
     <hyperlink ref="D23" r:id="rId21"/>
     <hyperlink ref="D24" r:id="rId22"/>
     <hyperlink ref="D25" r:id="rId23"/>
     <hyperlink ref="D26" r:id="rId24"/>
     <hyperlink ref="D27" r:id="rId25"/>
-    <hyperlink ref="D28" r:id="rId26"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>