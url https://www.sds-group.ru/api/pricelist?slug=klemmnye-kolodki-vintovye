--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -8,427 +8,421 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="234" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="230" uniqueCount="123">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Клеммные колодки винтовые</t>
   </si>
   <si>
+    <t>07-5004-9</t>
+  </si>
+  <si>
+    <t>Колодка клеммная КВ-4 PROconnect, 3А, 4 мм², индивидуальная упаковка, 1 шт.</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
     <t>07-5006-9</t>
   </si>
   <si>
     <t>Колодка клеммная КВ-6, 6А, 6 мм², индивидуальная упаковка, (1 шт/уп) PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...10 lines deleted...]
-  <si>
     <t>07-5010-9</t>
   </si>
   <si>
     <t>Колодка клеммная КВ-10, 10А, 10 мм², индивидуальная упаковка, (1 шт/уп) PROconnect</t>
   </si>
   <si>
     <t>07-5012-9</t>
   </si>
   <si>
     <t>Колодка клеммная КВ-12, 16А, 12 мм², индивидуальная упаковка, (1 шт/уп) PROconnect</t>
   </si>
   <si>
-    <t>07-5006-2-9</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5004-2-9</t>
   </si>
   <si>
     <t>Колодка клеммная КВ-4 PROconnect, 3А, 4 мм², PP (полипропилен), черная, индивидуальная упаковка, 1 шт.</t>
   </si>
   <si>
+    <t>07-5010-1</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5014-2-7</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-14 (6-14 мм²), ток 20 A, полипропилен черный, индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>07-5040</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-40 (25-40 мм²), ток 100 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5006-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-6 2,5-6, ток 6 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5004-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-4 1,5-4, ток 3 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5010-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-10 4-10, ток 10 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5012-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-12 4-12, ток 16 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5012-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-12 4-12, ток 16 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
     <t>07-5006-2-01</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полипропилен черный (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
   </si>
   <si>
-    <t>07-5004-3</t>
-[...31 lines deleted...]
-  <si>
     <t>07-5004-2</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полипропилен черный (ЗВИ) REXANT</t>
   </si>
   <si>
     <t>07-5004-1</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
   </si>
   <si>
+    <t>07-5035-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5016-1</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A, полиэтилен белый, индивидуальная упаковка, 1 шт. (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5035-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полипропилен черный REXANT (10 шт./уп.) </t>
+  </si>
+  <si>
+    <t>07-5010-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5016-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5006-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5012-01</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5012-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5012</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5014-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-14 (6-14 мм²), ток 20 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5025-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-25 (10-25 мм²), ток 60 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5014</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-14 (6-14 мм²), ток 20 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5010</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полиэтилен белый (ЗВИ) REXANT </t>
+  </si>
+  <si>
     <t>07-5006</t>
   </si>
   <si>
     <t xml:space="preserve">Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полиэтилен белый (ЗВИ) REXANT </t>
   </si>
   <si>
     <t>07-5010-3</t>
   </si>
   <si>
     <t>Клеммная винтовая колодка KВ-10 4-10, ток 10 A, полипропилен желтый REXANT (10 шт./уп.)</t>
   </si>
   <si>
+    <t>07-5016-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-16 6-16, ток 30 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5040-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-40 25-40, ток 100 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5006-4</t>
+  </si>
+  <si>
+    <t>Колодка клеммная винтовая KВ-6, 6А, 2,5-6мм² полипропилен синий ЗВИ (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5016-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-16 6-16, ток 30 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5025-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-25 10-25, ток 60 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5040-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-40 25-40, ток 100 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полиэтилен белый REXANT (10 шт./уп.) </t>
+  </si>
+  <si>
     <t>07-5014-3</t>
   </si>
   <si>
     <t>Клеммная винтовая колодка KВ-14 6-14, ток 20 A, полипропилен желтый REXANT (10 шт./уп.)</t>
   </si>
   <si>
-    <t>07-5006-4</t>
-[...10 lines deleted...]
-  <si>
     <t>07-5025-3</t>
   </si>
   <si>
     <t>Клеммная винтовая колодка KВ-25 10-25, ток 60 A, полипропилен желтый REXANT (10 шт./уп.)</t>
   </si>
   <si>
-    <t>07-5035-3</t>
-[...10 lines deleted...]
-  <si>
     <t>07-5004-4</t>
   </si>
   <si>
     <t>Клеммная винтовая колодка KВ-4 1,5-4, ток 3 A, полипропилен синий REXANT (10 шт./уп.)</t>
   </si>
   <si>
     <t>07-5014-4</t>
   </si>
   <si>
     <t>Клеммная винтовая колодка KВ-14 6-14, ток 20 A, полипропилен синий REXANT (10 шт./уп.)</t>
   </si>
   <si>
-    <t>07-5016-4</t>
-[...10 lines deleted...]
-  <si>
     <t>07-5035-4</t>
   </si>
   <si>
     <t>Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полипропилен синий REXANT (10 шт./уп.)</t>
   </si>
   <si>
-    <t>07-5040-4</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5025-1</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-25 (10-25 мм²), ток 60 A, полиэтилен белый, индивидуальная упаковка, 1 шт. (ЗВИ) REXANT</t>
   </si>
   <si>
-    <t>07-5004</t>
-[...38 lines deleted...]
-    <t>Клеммная колодка винтовая KВ-14 (6-14 мм²), ток 20 A, полипропилен черный, индивидуальная упаковка, 1 шт. REXANT</t>
+    <t>07-5010-2-7</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полипропилен черный, индивидуальная упаковка, 1 шт. REXANT</t>
   </si>
   <si>
     <t>07-5025</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-25 (10-25 мм²), ток 60 A, полиэтилен белый (ЗВИ) REXANT</t>
   </si>
   <si>
     <t>07-5016</t>
   </si>
   <si>
     <t xml:space="preserve">Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A, полиэтилен белый (ЗВИ) REXANT </t>
   </si>
   <si>
-    <t>07-5012</t>
-[...26 lines deleted...]
-    <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+    <t>07-5004-2-01</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полипропилен черный (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
   </si>
   <si>
     <t>07-5006-1</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
   </si>
   <si>
-    <t>07-5010-1</t>
-[...38 lines deleted...]
-    <t>Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полипропилен черный (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+    <t>07-5016-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A полиэтилен белый (ЗВИ) СМАРТКИП </t>
+  </si>
+  <si>
+    <t>07-5006-5</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полиэтилен белый (ЗВИ) СМАРТКИП</t>
+  </si>
+  <si>
+    <t>07-5012-5</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полиэтилен белый (ЗВИ) СМАРТКИП</t>
   </si>
   <si>
     <t>07-5004-5</t>
   </si>
   <si>
     <t xml:space="preserve">Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полиэтилен белый (ЗВИ) СМАРТКИП </t>
   </si>
   <si>
-    <t>07-5006-5</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5010-5</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полиэтилен белый (ЗВИ) СМАРТКИП</t>
-  </si>
-[...10 lines deleted...]
-    <t xml:space="preserve">Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A полиэтилен белый (ЗВИ) СМАРТКИП </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -813,56 +807,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-6-6a-6-mm-individualnaya-upakovka-1-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-4-proconnect-3a-4-mm-individualnaya-upakovka-1-sht.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-10-10a-10-mm-individualnaya-upakovka-1-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-12-16a-12-mm-individualnaya-upakovka-1-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-6-proconnect-6a-6-mm-pp-polipropilen-chernaya-individualnaya-upakovka-1-sht.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-4-proconnect-3a-4-mm-pp-polipropilen-chernaya-individualnaya-upakovka-1-sht.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polipropilen-chernyy-zvi-individualnaya-upakovka-1.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-zheltyy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-6-2-5-6-tok-6-a-polipropilen-zheltyy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-siniy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-zheltyy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-siniy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polipropilen-chernyy-zvi-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sht.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-zheltyy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-zheltyy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-vintovaya-kv-6-6a-2-5-6mm-polipropilen-siniy-zvi-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-zheltyy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-zheltyy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-zheltyy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-zheltyy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-siniy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-siniy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-siniy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-siniy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-siniy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-siniy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polietilen-belyy-individualnaya-upakovka-1-sht-z.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polipropilen-chernyy-zvi-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polipropilen-chernyy-zvi-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polipropilen-chernyy-zvi-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polietilen-belyy-zvi-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polipropilen-chernyy-individualnaya-upakovka-1-sh.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polietilen-belyy-zvi-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-zvi-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polietilen-belyy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-chernyy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-individualnaya-upakovka-1-sht-zv.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sh.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sht.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sh.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polipropilen-chernyy-zvi-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polipropilen-chernyy-zvi-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polipropilen-chernyy-zvi-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-40-25-40-mm-tok-100-a-polietilen-belyy-zvi-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polipropilen-chernyy-individualnaya-upakovka-1-sh.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polipropilen-chernyy-zvi-individualnaya-upakovka-1.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-smartkip.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-smartkip.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-smartkip.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-smartkip.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-zvi-smartkip.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-4-proconnect-3a-4-mm-sup2-individualnaya-upakovka-1-sht-11869" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-6-6a-6-mm-sup2-individualnaya-upakovka-1-sht-up-proconnect-11420" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-10-10a-10-mm-sup2-individualnaya-upakovka-1-sht-up-proconnect-15169" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-12-16a-12-mm-sup2-individualnaya-upakovka-1-sht-up-proconnect-15172" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-4-proconnect-3a-4-mm-sup2-pp-polipropilen-chernaya-individualnaya-upakovka-1-sht-11421" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-sup2-tok-10-a-polietilen-beliy-zvi-individualnaya-upakovka-1-sht-rexant-31569" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-sup2-tok-20-a-polipropilen-cherniy-individualnaya-upakovka-1-sht-rexant-21042" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-40-25-40-mm-sup2-tok-100-a-polietilen-beliy-zvi-rexant-12576" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-6-2-5-6-tok-6-a-polipropilen-jeltiy-rexant-10-sht-up-25001" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-jeltiy-rexant-10-sht-up-25000" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-siniy-rexant-10-sht-up-25011" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-jeltiy-rexant-10-sht-up-25003" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-siniy-rexant-10-sht-up-25012" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-sup2-tok-6-a-polipropilen-cherniy-zvi-individualnaya-upakovka-1-sht-rexant-31577" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-sup2-tok-3-a-polipropilen-cherniy-zvi-rexant-9158" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-sup2-tok-3-a-polietilen-beliy-zvi-individualnaya-upakovka-1-sht-rexant-31570" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-jeltiy-rexant-10-sht-up-25007" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-sup2-tok-30-a-polietilen-beliy-individualnaya-upakovka-1-sht-zvi-rexant-27988" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-cherniy-rexant-10-sht-up-25019" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-sup2-tok-10-a-polipropilen-cherniy-zvi-rexant-9160" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-sup2-tok-30-a-polipropilen-cherniy-zvi-rexant-9163" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-sup2-tok-6-a-polipropilen-cherniy-zvi-rexant-9159" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-sup2-tok-16-a-polietilen-beliy-zvi-individualnaya-upakovka-1-sht-rexant-31575" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-sup2-tok-16-a-polipropilen-cherniy-zvi-rexant-9161" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-sup2-tok-16-a-polietilen-beliy-zvi-rexant-759" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-sup2-tok-20-a-polipropilen-cherniy-zvi-rexant-9162" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-sup2-tok-60-a-polipropilen-cherniy-zvi-rexant-9164" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-sup2-tok-20-a-polietilen-beliy-zvi-rexant-760" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-sup2-tok-10-a-polietilen-beliy-zvi-rexant-758" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-sup2-tok-3-a-polietilen-beliy-zvi-rexant-393" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-sup2-tok-6-a-polietilen-beliy-zvi-rexant-757" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-jeltiy-rexant-10-sht-up-25002" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-jeltiy-rexant-10-sht-up-25005" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-jeltiy-rexant-10-sht-up-25008" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-vintovaya-kv-6-6a-2-5-6mm-sup2-polipropilen-siniy-zvi-10-sht-up-rexant-25010" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-siniy-rexant-10-sht-up-25014" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-siniy-rexant-10-sht-up-25015" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-siniy-rexant-10-sht-up-25017" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polietilen-beliy-rexant-10-sht-up-25018" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-jeltiy-rexant-10-sht-up-25004" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-jeltiy-rexant-10-sht-up-25006" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-siniy-rexant-10-sht-up-25009" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-siniy-rexant-10-sht-up-25013" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-siniy-rexant-10-sht-up-25016" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-sup2-tok-60-a-polietilen-beliy-individualnaya-upakovka-1-sht-zvi-rexant-27989" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-sup2-tok-10-a-polipropilen-cherniy-individualnaya-upakovka-1-sht-rexant-21041" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-sup2-tok-60-a-polietilen-beliy-zvi-rexant-1626" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-sup2-tok-30-a-polietilen-beliy-zvi-rexant-761" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-sup2-tok-3-a-polipropilen-cherniy-zvi-individualnaya-upakovka-1-sht-rexant-31576" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-sup2-tok-6-a-polietilen-beliy-zvi-individualnaya-upakovka-1-sht-rexant-31571" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-sup2-tok-30-a-polietilen-beliy-zvi-smartkip-23642" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-sup2-tok-6-a-polietilen-beliy-zvi-smartkip-19185" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-sup2-tok-16-a-polietilen-beliy-zvi-smartkip-19186" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-sup2-tok-3-a-polietilen-beliy-zvi-smartkip-19184" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-sup2-tok-10-a-polietilen-beliy-zvi-smartkip-19187" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I58"/>
+  <dimension ref="A1:I57"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -881,1663 +875,1634 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>167.79</v>
+        <v>124.75</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>518</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>124.75</v>
+        <v>167.79</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>385</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
         <v>217.62</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>426</v>
+        <v>255</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>300</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
         <v>255.38</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>266</v>
+        <v>69</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>250</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>151.07</v>
+        <v>140.31</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>919</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>140.31</v>
+        <v>134.89</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1046</v>
+        <v>60</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>126.03</v>
+        <v>276.84</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>1495</v>
+        <v>200</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>50</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>47.56</v>
+        <v>563.92</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F10" s="3">
-        <v>13290</v>
+        <v>280</v>
       </c>
       <c r="G10" s="3">
         <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>1200</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>38.4</v>
+        <v>40.32</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F11" s="3">
-        <v>8850</v>
+        <v>8560</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
         <v>1200</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>97.59</v>
+        <v>49.94</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F12" s="3">
-        <v>1920</v>
+        <v>12160</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>500</v>
+        <v>1200</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>93.69</v>
+        <v>85.09</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F13" s="3">
-        <v>840</v>
+        <v>3820</v>
       </c>
       <c r="G13" s="3">
         <v>10</v>
       </c>
       <c r="H13" s="3">
         <v>500</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>81.04</v>
+        <v>104</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F14" s="3">
-        <v>4280</v>
+        <v>710</v>
       </c>
       <c r="G14" s="3">
         <v>10</v>
       </c>
       <c r="H14" s="3">
         <v>500</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>47.56</v>
+        <v>103.45</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F15" s="3">
-        <v>9290</v>
+        <v>1730</v>
       </c>
       <c r="G15" s="3">
         <v>10</v>
       </c>
       <c r="H15" s="3">
-        <v>1200</v>
+        <v>500</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>71</v>
+        <v>126.03</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>1901</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>59.33</v>
+        <v>49.94</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F17" s="3">
-        <v>28930</v>
+        <v>8310</v>
       </c>
       <c r="G17" s="3">
         <v>10</v>
       </c>
       <c r="H17" s="3">
-        <v>500</v>
+        <v>1200</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>72.08</v>
+        <v>71</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>5510</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>76.28</v>
+        <v>280.28</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F19" s="3">
-        <v>4120</v>
+        <v>1010</v>
       </c>
       <c r="G19" s="3">
         <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>500</v>
+        <v>120</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>51.02</v>
+        <v>190.23</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>5670</v>
+        <v>79</v>
       </c>
       <c r="G20" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>1200</v>
+        <v>50</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>123.32</v>
+        <v>280.28</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F21" s="3">
-        <v>3240</v>
+        <v>1290</v>
       </c>
       <c r="G21" s="3">
         <v>10</v>
       </c>
       <c r="H21" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>150.33</v>
+        <v>76.08</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F22" s="3">
-        <v>3620</v>
+        <v>4650</v>
       </c>
       <c r="G22" s="3">
         <v>10</v>
       </c>
       <c r="H22" s="3">
-        <v>200</v>
+        <v>800</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>266.93</v>
+        <v>123.04</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F23" s="3">
-        <v>1010</v>
+        <v>3020</v>
       </c>
       <c r="G23" s="3">
         <v>10</v>
       </c>
       <c r="H23" s="3">
-        <v>120</v>
+        <v>300</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>335.52</v>
+        <v>56.36</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F24" s="3">
-        <v>1630</v>
+        <v>16100</v>
       </c>
       <c r="G24" s="3">
         <v>10</v>
       </c>
       <c r="H24" s="3">
-        <v>100</v>
+        <v>1200</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>42.71</v>
+        <v>192.95</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>11420</v>
+        <v>20</v>
       </c>
       <c r="G25" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>1200</v>
+        <v>250</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>103.7</v>
+        <v>105.14</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F26" s="3">
-        <v>1880</v>
+        <v>2350</v>
       </c>
       <c r="G26" s="3">
         <v>10</v>
       </c>
       <c r="H26" s="3">
         <v>500</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>148.38</v>
+        <v>103.95</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F27" s="3">
-        <v>2410</v>
+        <v>10640</v>
       </c>
       <c r="G27" s="3">
         <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>150.33</v>
+        <v>105.95</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F28" s="3">
-        <v>2010</v>
+        <v>1740</v>
       </c>
       <c r="G28" s="3">
         <v>10</v>
       </c>
       <c r="H28" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>314.03</v>
+        <v>238.04</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F29" s="3">
-        <v>337</v>
+        <v>1910</v>
       </c>
       <c r="G29" s="3">
         <v>10</v>
       </c>
       <c r="H29" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C30" s="3">
-        <v>335.52</v>
+        <v>123.27</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F30" s="3">
-        <v>1530</v>
+        <v>3640</v>
       </c>
       <c r="G30" s="3">
         <v>10</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C31" s="3">
-        <v>474.75</v>
+        <v>86.09</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>4550</v>
       </c>
       <c r="G31" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H31" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C32" s="3">
         <v>50.52</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F32" s="3">
-        <v>28750</v>
+        <v>24900</v>
       </c>
       <c r="G32" s="3">
         <v>10</v>
       </c>
       <c r="H32" s="3">
         <v>500</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C33" s="3">
-        <v>72.46</v>
+        <v>62.3</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F33" s="3">
-        <v>7180</v>
+        <v>19990</v>
       </c>
       <c r="G33" s="3">
         <v>10</v>
       </c>
       <c r="H33" s="3">
-        <v>800</v>
+        <v>500</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C34" s="3">
-        <v>100.13</v>
+        <v>72.08</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F34" s="3">
-        <v>2560</v>
+        <v>5270</v>
       </c>
       <c r="G34" s="3">
         <v>10</v>
       </c>
       <c r="H34" s="3">
         <v>500</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C35" s="3">
-        <v>52.67</v>
+        <v>123.32</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F35" s="3">
-        <v>17040</v>
+        <v>3120</v>
       </c>
       <c r="G35" s="3">
         <v>10</v>
       </c>
       <c r="H35" s="3">
-        <v>1200</v>
+        <v>300</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C36" s="3">
-        <v>80.46</v>
+        <v>352.3</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F36" s="3">
-        <v>1890</v>
+        <v>1610</v>
       </c>
       <c r="G36" s="3">
         <v>10</v>
       </c>
       <c r="H36" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C37" s="3">
-        <v>117.4</v>
+        <v>54.59</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F37" s="3">
-        <v>3530</v>
+        <v>3440</v>
       </c>
       <c r="G37" s="3">
         <v>10</v>
       </c>
       <c r="H37" s="3">
-        <v>500</v>
+        <v>1200</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C38" s="3">
-        <v>276.84</v>
+        <v>148.38</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>2190</v>
       </c>
       <c r="G38" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H38" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C39" s="3">
-        <v>243.82</v>
+        <v>157.85</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F39" s="3">
-        <v>4060</v>
+        <v>1870</v>
       </c>
       <c r="G39" s="3">
         <v>10</v>
       </c>
       <c r="H39" s="3">
         <v>200</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C40" s="3">
-        <v>100.47</v>
+        <v>352.3</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F40" s="3">
-        <v>7660</v>
+        <v>1480</v>
       </c>
       <c r="G40" s="3">
         <v>10</v>
       </c>
       <c r="H40" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C41" s="3">
-        <v>118.12</v>
+        <v>260.25</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F41" s="3">
-        <v>11920</v>
+        <v>570</v>
       </c>
       <c r="G41" s="3">
         <v>10</v>
       </c>
       <c r="H41" s="3">
-        <v>500</v>
+        <v>120</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C42" s="3">
-        <v>247.86</v>
+        <v>80.09</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F42" s="3">
-        <v>640</v>
+        <v>4070</v>
       </c>
       <c r="G42" s="3">
         <v>10</v>
       </c>
       <c r="H42" s="3">
-        <v>120</v>
+        <v>500</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C43" s="3">
-        <v>266.93</v>
+        <v>157.85</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F43" s="3">
-        <v>1290</v>
+        <v>3510</v>
       </c>
       <c r="G43" s="3">
         <v>10</v>
       </c>
       <c r="H43" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C44" s="3">
-        <v>190.23</v>
+        <v>42.71</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F44" s="3">
-        <v>0</v>
+        <v>10490</v>
       </c>
       <c r="G44" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H44" s="3">
-        <v>50</v>
+        <v>1200</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C45" s="3">
-        <v>192.95</v>
+        <v>103.7</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F45" s="3">
-        <v>0</v>
+        <v>1690</v>
       </c>
       <c r="G45" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H45" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C46" s="3">
-        <v>92.57</v>
+        <v>314.03</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F46" s="3">
-        <v>1181</v>
+        <v>297</v>
       </c>
       <c r="G46" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H46" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C47" s="3">
-        <v>134.89</v>
+        <v>474.75</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>215</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C48" s="3">
-        <v>105.95</v>
+        <v>195.97</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F48" s="3">
-        <v>2150</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C49" s="3">
-        <v>238.04</v>
+        <v>243.82</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F49" s="3">
-        <v>2070</v>
+        <v>3310</v>
       </c>
       <c r="G49" s="3">
         <v>10</v>
       </c>
       <c r="H49" s="3">
         <v>200</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C50" s="3">
-        <v>123.04</v>
+        <v>105.49</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F50" s="3">
-        <v>3430</v>
+        <v>3440</v>
       </c>
       <c r="G50" s="3">
         <v>10</v>
       </c>
       <c r="H50" s="3">
         <v>300</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C51" s="3">
-        <v>563.92</v>
+        <v>78.79</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>460</v>
+        <v>224</v>
       </c>
       <c r="G51" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C52" s="3">
-        <v>195.97</v>
+        <v>92.57</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C53" s="3">
-        <v>82.94</v>
+        <v>139.38</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F53" s="3">
-        <v>249</v>
+        <v>1670</v>
       </c>
       <c r="G53" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H53" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C54" s="3">
-        <v>43.35</v>
+        <v>47.82</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F54" s="3">
-        <v>5860</v>
+        <v>7400</v>
       </c>
       <c r="G54" s="3">
         <v>10</v>
       </c>
       <c r="H54" s="3">
         <v>1200</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C55" s="3">
-        <v>47.82</v>
+        <v>94.75</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F55" s="3">
-        <v>9360</v>
+        <v>4980</v>
       </c>
       <c r="G55" s="3">
         <v>10</v>
       </c>
       <c r="H55" s="3">
-        <v>1200</v>
+        <v>500</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C56" s="3">
-        <v>78.47</v>
+        <v>43.35</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F56" s="3">
-        <v>7600</v>
+        <v>4980</v>
       </c>
       <c r="G56" s="3">
         <v>10</v>
       </c>
       <c r="H56" s="3">
-        <v>1000</v>
+        <v>1200</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C57" s="3">
-        <v>107.67</v>
+        <v>78.47</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F57" s="3">
-        <v>3540</v>
+        <v>6180</v>
       </c>
       <c r="G57" s="3">
         <v>10</v>
       </c>
       <c r="H57" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I57" s="3">
-        <v>1</v>
-[...27 lines deleted...]
-      <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
@@ -2557,51 +2522,50 @@
     <hyperlink ref="D33" r:id="rId31"/>
     <hyperlink ref="D34" r:id="rId32"/>
     <hyperlink ref="D35" r:id="rId33"/>
     <hyperlink ref="D36" r:id="rId34"/>
     <hyperlink ref="D37" r:id="rId35"/>
     <hyperlink ref="D38" r:id="rId36"/>
     <hyperlink ref="D39" r:id="rId37"/>
     <hyperlink ref="D40" r:id="rId38"/>
     <hyperlink ref="D41" r:id="rId39"/>
     <hyperlink ref="D42" r:id="rId40"/>
     <hyperlink ref="D43" r:id="rId41"/>
     <hyperlink ref="D44" r:id="rId42"/>
     <hyperlink ref="D45" r:id="rId43"/>
     <hyperlink ref="D46" r:id="rId44"/>
     <hyperlink ref="D47" r:id="rId45"/>
     <hyperlink ref="D48" r:id="rId46"/>
     <hyperlink ref="D49" r:id="rId47"/>
     <hyperlink ref="D50" r:id="rId48"/>
     <hyperlink ref="D51" r:id="rId49"/>
     <hyperlink ref="D52" r:id="rId50"/>
     <hyperlink ref="D53" r:id="rId51"/>
     <hyperlink ref="D54" r:id="rId52"/>
     <hyperlink ref="D55" r:id="rId53"/>
     <hyperlink ref="D56" r:id="rId54"/>
     <hyperlink ref="D57" r:id="rId55"/>
-    <hyperlink ref="D58" r:id="rId56"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>