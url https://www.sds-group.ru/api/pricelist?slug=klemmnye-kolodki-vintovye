--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -42,387 +42,387 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Клеммные колодки винтовые</t>
   </si>
   <si>
+    <t>07-5012-9</t>
+  </si>
+  <si>
+    <t>Колодка клеммная КВ-12, 16А, 12 мм², индивидуальная упаковка, (1 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>07-5004-2-9</t>
+  </si>
+  <si>
+    <t>Колодка клеммная КВ-4 PROconnect, 3А, 4 мм², PP (полипропилен), черная, индивидуальная упаковка, 1 шт.</t>
+  </si>
+  <si>
+    <t>07-5006-9</t>
+  </si>
+  <si>
+    <t>Колодка клеммная КВ-6, 6А, 6 мм², индивидуальная упаковка, (1 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-5010-9</t>
+  </si>
+  <si>
+    <t>Колодка клеммная КВ-10, 10А, 10 мм², индивидуальная упаковка, (1 шт/уп) PROconnect</t>
+  </si>
+  <si>
     <t>07-5004-9</t>
   </si>
   <si>
     <t>Колодка клеммная КВ-4 PROconnect, 3А, 4 мм², индивидуальная упаковка, 1 шт.</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...26 lines deleted...]
-    <t>Колодка клеммная КВ-4 PROconnect, 3А, 4 мм², PP (полипропилен), черная, индивидуальная упаковка, 1 шт.</t>
+    <t>07-5025-1</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-25 (10-25 мм²), ток 60 A, полиэтилен белый, индивидуальная упаковка, 1 шт. (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полиэтилен белый (ЗВИ) REXANT </t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>07-5016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A, полиэтилен белый (ЗВИ) REXANT </t>
+  </si>
+  <si>
+    <t>07-5010-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5014-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-14 (6-14 мм²), ток 20 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5016-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5025-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-25 (10-25 мм²), ток 60 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5025</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-25 (10-25 мм²), ток 60 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полиэтилен белый REXANT (10 шт./уп.) </t>
+  </si>
+  <si>
+    <t>07-5006-4</t>
+  </si>
+  <si>
+    <t>Колодка клеммная винтовая KВ-6, 6А, 2,5-6мм² полипропилен синий ЗВИ (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5035-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полипропилен черный REXANT (10 шт./уп.) </t>
+  </si>
+  <si>
+    <t>07-5010</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5004-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-4 1,5-4, ток 3 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5012-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-12 4-12, ток 16 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5010-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-10 4-10, ток 10 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5006-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5012-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5012-01</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5006-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-6 2,5-6, ток 6 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5012-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-12 4-12, ток 16 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5040</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-40 (25-40 мм²), ток 100 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5016-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-16 6-16, ток 30 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5040-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-40 25-40, ток 100 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5014-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-14 6-14, ток 20 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5004-2-01</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полипропилен черный (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
   </si>
   <si>
     <t>07-5010-1</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
   </si>
   <si>
+    <t>07-5006-1</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5016-1</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A, полиэтилен белый, индивидуальная упаковка, 1 шт. (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5012</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5014</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-14 (6-14 мм²), ток 20 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5004-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полиэтилен белый (ЗВИ) REXANT </t>
+  </si>
+  <si>
+    <t>07-5035-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5006-2-01</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полипропилен черный (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5004-1</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5010-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-10 4-10, ток 10 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5014-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-14 6-14, ток 20 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5025-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-25 10-25, ток 60 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5004-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-4 1,5-4, ток 3 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5010-2-7</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полипропилен черный, индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
     <t>07-5014-2-7</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-14 (6-14 мм²), ток 20 A, полипропилен черный, индивидуальная упаковка, 1 шт. REXANT</t>
   </si>
   <si>
-    <t>шт</t>
-[...169 lines deleted...]
-  <si>
     <t>07-5016-4</t>
   </si>
   <si>
     <t>Клеммная винтовая колодка KВ-16 6-16, ток 30 A, полипропилен синий REXANT (10 шт./уп.)</t>
   </si>
   <si>
     <t>07-5025-4</t>
   </si>
   <si>
     <t>Клеммная винтовая колодка KВ-25 10-25, ток 60 A, полипропилен синий REXANT (10 шт./уп.)</t>
   </si>
   <si>
+    <t>07-5035-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
     <t>07-5040-4</t>
   </si>
   <si>
     <t>Клеммная винтовая колодка KВ-40 25-40, ток 100 A, полипропилен синий REXANT (10 шт./уп.)</t>
   </si>
   <si>
-    <t>07-5035</t>
-[...68 lines deleted...]
-    <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+    <t>07-5010-5</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полиэтилен белый (ЗВИ) СМАРТКИП</t>
+  </si>
+  <si>
+    <t>07-5004-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полиэтилен белый (ЗВИ) СМАРТКИП </t>
+  </si>
+  <si>
+    <t>07-5006-5</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полиэтилен белый (ЗВИ) СМАРТКИП</t>
+  </si>
+  <si>
+    <t>07-5012-5</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полиэтилен белый (ЗВИ) СМАРТКИП</t>
   </si>
   <si>
     <t>07-5016-5</t>
   </si>
   <si>
     <t xml:space="preserve">Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A полиэтилен белый (ЗВИ) СМАРТКИП </t>
-  </si>
-[...22 lines deleted...]
-    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полиэтилен белый (ЗВИ) СМАРТКИП</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -807,51 +807,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-4-proconnect-3a-4-mm-sup2-individualnaya-upakovka-1-sht-11869" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-6-6a-6-mm-sup2-individualnaya-upakovka-1-sht-up-proconnect-11420" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-10-10a-10-mm-sup2-individualnaya-upakovka-1-sht-up-proconnect-15169" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-12-16a-12-mm-sup2-individualnaya-upakovka-1-sht-up-proconnect-15172" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-4-proconnect-3a-4-mm-sup2-pp-polipropilen-chernaya-individualnaya-upakovka-1-sht-11421" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-sup2-tok-10-a-polietilen-beliy-zvi-individualnaya-upakovka-1-sht-rexant-31569" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-sup2-tok-20-a-polipropilen-cherniy-individualnaya-upakovka-1-sht-rexant-21042" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-40-25-40-mm-sup2-tok-100-a-polietilen-beliy-zvi-rexant-12576" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-6-2-5-6-tok-6-a-polipropilen-jeltiy-rexant-10-sht-up-25001" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-jeltiy-rexant-10-sht-up-25000" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-siniy-rexant-10-sht-up-25011" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-jeltiy-rexant-10-sht-up-25003" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-siniy-rexant-10-sht-up-25012" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-sup2-tok-6-a-polipropilen-cherniy-zvi-individualnaya-upakovka-1-sht-rexant-31577" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-sup2-tok-3-a-polipropilen-cherniy-zvi-rexant-9158" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-sup2-tok-3-a-polietilen-beliy-zvi-individualnaya-upakovka-1-sht-rexant-31570" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-jeltiy-rexant-10-sht-up-25007" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-sup2-tok-30-a-polietilen-beliy-individualnaya-upakovka-1-sht-zvi-rexant-27988" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-cherniy-rexant-10-sht-up-25019" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-sup2-tok-10-a-polipropilen-cherniy-zvi-rexant-9160" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-sup2-tok-30-a-polipropilen-cherniy-zvi-rexant-9163" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-sup2-tok-6-a-polipropilen-cherniy-zvi-rexant-9159" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-sup2-tok-16-a-polietilen-beliy-zvi-individualnaya-upakovka-1-sht-rexant-31575" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-sup2-tok-16-a-polipropilen-cherniy-zvi-rexant-9161" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-sup2-tok-16-a-polietilen-beliy-zvi-rexant-759" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-sup2-tok-20-a-polipropilen-cherniy-zvi-rexant-9162" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-sup2-tok-60-a-polipropilen-cherniy-zvi-rexant-9164" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-sup2-tok-20-a-polietilen-beliy-zvi-rexant-760" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-sup2-tok-10-a-polietilen-beliy-zvi-rexant-758" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-sup2-tok-3-a-polietilen-beliy-zvi-rexant-393" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-sup2-tok-6-a-polietilen-beliy-zvi-rexant-757" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-jeltiy-rexant-10-sht-up-25002" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-jeltiy-rexant-10-sht-up-25005" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-jeltiy-rexant-10-sht-up-25008" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-vintovaya-kv-6-6a-2-5-6mm-sup2-polipropilen-siniy-zvi-10-sht-up-rexant-25010" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-siniy-rexant-10-sht-up-25014" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-siniy-rexant-10-sht-up-25015" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-siniy-rexant-10-sht-up-25017" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polietilen-beliy-rexant-10-sht-up-25018" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-jeltiy-rexant-10-sht-up-25004" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-jeltiy-rexant-10-sht-up-25006" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-siniy-rexant-10-sht-up-25009" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-siniy-rexant-10-sht-up-25013" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-siniy-rexant-10-sht-up-25016" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-sup2-tok-60-a-polietilen-beliy-individualnaya-upakovka-1-sht-zvi-rexant-27989" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-sup2-tok-10-a-polipropilen-cherniy-individualnaya-upakovka-1-sht-rexant-21041" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-sup2-tok-60-a-polietilen-beliy-zvi-rexant-1626" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-sup2-tok-30-a-polietilen-beliy-zvi-rexant-761" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-sup2-tok-3-a-polipropilen-cherniy-zvi-individualnaya-upakovka-1-sht-rexant-31576" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-sup2-tok-6-a-polietilen-beliy-zvi-individualnaya-upakovka-1-sht-rexant-31571" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-sup2-tok-30-a-polietilen-beliy-zvi-smartkip-23642" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-sup2-tok-6-a-polietilen-beliy-zvi-smartkip-19185" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-sup2-tok-16-a-polietilen-beliy-zvi-smartkip-19186" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-sup2-tok-3-a-polietilen-beliy-zvi-smartkip-19184" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-sup2-tok-10-a-polietilen-beliy-zvi-smartkip-19187" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-12-16a-12-mm-individualnaya-upakovka-1-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-4-proconnect-3a-4-mm-pp-polipropilen-chernaya-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-6-6a-6-mm-individualnaya-upakovka-1-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-10-10a-10-mm-individualnaya-upakovka-1-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-4-proconnect-3a-4-mm-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polietilen-belyy-individualnaya-upakovka-1-sht-z" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polietilen-belyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-vintovaya-kv-6-6a-2-5-6mm-polipropilen-siniy-zvi-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-chernyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sh" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-6-2-5-6-tok-6-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-40-25-40-mm-tok-100-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polipropilen-chernyy-zvi-individualnaya-upakovka-1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sh" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-individualnaya-upakovka-1-sht-zv" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polipropilen-chernyy-zvi-individualnaya-upakovka-1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polipropilen-chernyy-individualnaya-upakovka-1-sh" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polipropilen-chernyy-individualnaya-upakovka-1-sh" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I57"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -875,1632 +875,1632 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>124.75</v>
+        <v>259.72</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>0</v>
+        <v>34</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>167.79</v>
+        <v>142.7</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>385</v>
+        <v>714</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>217.62</v>
+        <v>170.64</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>255</v>
+        <v>329</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>255.38</v>
+        <v>221.32</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>69</v>
+        <v>59</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>140.31</v>
+        <v>126.87</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>919</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>134.89</v>
+        <v>482.82</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>60</v>
+        <v>6</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>276.84</v>
+        <v>51.38</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>200</v>
+        <v>21350</v>
       </c>
       <c r="G9" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H9" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>563.92</v>
+        <v>118.01</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F10" s="3">
-        <v>280</v>
+        <v>2290</v>
       </c>
       <c r="G10" s="3">
         <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>40.32</v>
+        <v>77.37</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F11" s="3">
-        <v>8560</v>
+        <v>2270</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>1200</v>
+        <v>800</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>49.94</v>
+        <v>102.36</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F12" s="3">
-        <v>12160</v>
+        <v>1650</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>1200</v>
+        <v>500</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>85.09</v>
+        <v>125.13</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F13" s="3">
-        <v>3820</v>
+        <v>1600</v>
       </c>
       <c r="G13" s="3">
         <v>10</v>
       </c>
       <c r="H13" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>104</v>
+        <v>242.09</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F14" s="3">
-        <v>710</v>
+        <v>1780</v>
       </c>
       <c r="G14" s="3">
         <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>103.45</v>
+        <v>247.96</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F15" s="3">
-        <v>1730</v>
+        <v>2810</v>
       </c>
       <c r="G15" s="3">
         <v>10</v>
       </c>
       <c r="H15" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>126.03</v>
+        <v>317.61</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F16" s="3">
-        <v>1901</v>
+        <v>420</v>
       </c>
       <c r="G16" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H16" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>49.94</v>
+        <v>55.52</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F17" s="3">
-        <v>8310</v>
+        <v>2530</v>
       </c>
       <c r="G17" s="3">
         <v>10</v>
       </c>
       <c r="H17" s="3">
         <v>1200</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>71</v>
+        <v>256.54</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>1290</v>
       </c>
       <c r="G18" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H18" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>280.28</v>
+        <v>87.55</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F19" s="3">
-        <v>1010</v>
+        <v>3070</v>
       </c>
       <c r="G19" s="3">
         <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>120</v>
+        <v>500</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>190.23</v>
+        <v>50.79</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F20" s="3">
-        <v>79</v>
+        <v>5520</v>
       </c>
       <c r="G20" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H20" s="3">
-        <v>50</v>
+        <v>1200</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>280.28</v>
+        <v>105.77</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F21" s="3">
-        <v>1290</v>
+        <v>620</v>
       </c>
       <c r="G21" s="3">
         <v>10</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>76.08</v>
+        <v>86.54</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F22" s="3">
-        <v>4650</v>
+        <v>3360</v>
       </c>
       <c r="G22" s="3">
         <v>10</v>
       </c>
       <c r="H22" s="3">
-        <v>800</v>
+        <v>500</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>123.04</v>
+        <v>57.32</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F23" s="3">
-        <v>3020</v>
+        <v>18380</v>
       </c>
       <c r="G23" s="3">
         <v>10</v>
       </c>
       <c r="H23" s="3">
-        <v>300</v>
+        <v>1200</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>56.36</v>
+        <v>106.93</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F24" s="3">
-        <v>16100</v>
+        <v>2240</v>
       </c>
       <c r="G24" s="3">
         <v>10</v>
       </c>
       <c r="H24" s="3">
-        <v>1200</v>
+        <v>500</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>192.95</v>
+        <v>196.23</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>250</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>105.14</v>
+        <v>36.9</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F26" s="3">
-        <v>2350</v>
+        <v>8370</v>
       </c>
       <c r="G26" s="3">
         <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>500</v>
+        <v>1200</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>103.95</v>
+        <v>105.21</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F27" s="3">
-        <v>10640</v>
+        <v>1540</v>
       </c>
       <c r="G27" s="3">
         <v>10</v>
       </c>
       <c r="H27" s="3">
         <v>500</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>105.95</v>
+        <v>573.51</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F28" s="3">
-        <v>1740</v>
+        <v>270</v>
       </c>
       <c r="G28" s="3">
         <v>10</v>
       </c>
       <c r="H28" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>238.04</v>
+        <v>125.42</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F29" s="3">
-        <v>1910</v>
+        <v>3090</v>
       </c>
       <c r="G29" s="3">
         <v>10</v>
       </c>
       <c r="H29" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C30" s="3">
-        <v>123.27</v>
+        <v>322.46</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F30" s="3">
-        <v>3640</v>
+        <v>1510</v>
       </c>
       <c r="G30" s="3">
         <v>10</v>
       </c>
       <c r="H30" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C31" s="3">
-        <v>86.09</v>
+        <v>105.46</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F31" s="3">
-        <v>4550</v>
+        <v>1570</v>
       </c>
       <c r="G31" s="3">
         <v>10</v>
       </c>
       <c r="H31" s="3">
         <v>500</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C32" s="3">
-        <v>50.52</v>
+        <v>80.13</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>24900</v>
+        <v>173</v>
       </c>
       <c r="G32" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C33" s="3">
-        <v>62.3</v>
+        <v>137.18</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>19990</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C34" s="3">
-        <v>72.08</v>
+        <v>94.14</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>5270</v>
+        <v>117</v>
       </c>
       <c r="G34" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C35" s="3">
-        <v>123.32</v>
+        <v>193.46</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>3120</v>
+        <v>10</v>
       </c>
       <c r="G35" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C36" s="3">
-        <v>352.3</v>
+        <v>105.72</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F36" s="3">
-        <v>1610</v>
+        <v>10000</v>
       </c>
       <c r="G36" s="3">
         <v>10</v>
       </c>
       <c r="H36" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C37" s="3">
-        <v>54.59</v>
+        <v>125.37</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F37" s="3">
-        <v>3440</v>
+        <v>3470</v>
       </c>
       <c r="G37" s="3">
         <v>10</v>
       </c>
       <c r="H37" s="3">
-        <v>1200</v>
+        <v>500</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C38" s="3">
-        <v>148.38</v>
+        <v>50.79</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F38" s="3">
-        <v>2190</v>
+        <v>8050</v>
       </c>
       <c r="G38" s="3">
         <v>10</v>
       </c>
       <c r="H38" s="3">
-        <v>300</v>
+        <v>1200</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C39" s="3">
-        <v>157.85</v>
+        <v>63.36</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F39" s="3">
-        <v>1870</v>
+        <v>4700</v>
       </c>
       <c r="G39" s="3">
         <v>10</v>
       </c>
       <c r="H39" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C40" s="3">
-        <v>352.3</v>
+        <v>256.54</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F40" s="3">
-        <v>1480</v>
+        <v>1010</v>
       </c>
       <c r="G40" s="3">
         <v>10</v>
       </c>
       <c r="H40" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C41" s="3">
-        <v>260.25</v>
+        <v>128.17</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>570</v>
+        <v>1896</v>
       </c>
       <c r="G41" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C42" s="3">
-        <v>80.09</v>
+        <v>72.21</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>4070</v>
+        <v>767</v>
       </c>
       <c r="G42" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C43" s="3">
-        <v>157.85</v>
+        <v>73.31</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F43" s="3">
-        <v>3510</v>
+        <v>5260</v>
       </c>
       <c r="G43" s="3">
         <v>10</v>
       </c>
       <c r="H43" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C44" s="3">
-        <v>42.71</v>
+        <v>73.31</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F44" s="3">
-        <v>10490</v>
+        <v>4030</v>
       </c>
       <c r="G44" s="3">
         <v>10</v>
       </c>
       <c r="H44" s="3">
-        <v>1200</v>
+        <v>500</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C45" s="3">
-        <v>103.7</v>
+        <v>144.48</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F45" s="3">
-        <v>1690</v>
+        <v>3490</v>
       </c>
       <c r="G45" s="3">
         <v>10</v>
       </c>
       <c r="H45" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C46" s="3">
-        <v>314.03</v>
+        <v>43.44</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F46" s="3">
-        <v>297</v>
+        <v>10210</v>
       </c>
       <c r="G46" s="3">
         <v>10</v>
       </c>
       <c r="H46" s="3">
-        <v>120</v>
+        <v>1200</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C47" s="3">
-        <v>474.75</v>
+        <v>199.3</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F47" s="3">
         <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C48" s="3">
-        <v>195.97</v>
+        <v>281.55</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F48" s="3">
         <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C49" s="3">
-        <v>243.82</v>
+        <v>150.9</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F49" s="3">
-        <v>3310</v>
+        <v>2010</v>
       </c>
       <c r="G49" s="3">
         <v>10</v>
       </c>
       <c r="H49" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C50" s="3">
-        <v>105.49</v>
+        <v>192.64</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F50" s="3">
-        <v>3440</v>
+        <v>1780</v>
       </c>
       <c r="G50" s="3">
         <v>10</v>
       </c>
       <c r="H50" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C51" s="3">
-        <v>78.79</v>
+        <v>319.37</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F51" s="3">
-        <v>224</v>
+        <v>297</v>
       </c>
       <c r="G51" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H51" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C52" s="3">
-        <v>92.57</v>
+        <v>322.46</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F52" s="3">
-        <v>60</v>
+        <v>1450</v>
       </c>
       <c r="G52" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H52" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C53" s="3">
-        <v>139.38</v>
+        <v>79.8</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F53" s="3">
-        <v>1670</v>
+        <v>6000</v>
       </c>
       <c r="G53" s="3">
         <v>10</v>
       </c>
       <c r="H53" s="3">
-        <v>300</v>
+        <v>1000</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C54" s="3">
-        <v>47.82</v>
+        <v>44.09</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F54" s="3">
-        <v>7400</v>
+        <v>3870</v>
       </c>
       <c r="G54" s="3">
         <v>10</v>
       </c>
       <c r="H54" s="3">
         <v>1200</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C55" s="3">
-        <v>94.75</v>
+        <v>48.63</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F55" s="3">
-        <v>4980</v>
+        <v>3450</v>
       </c>
       <c r="G55" s="3">
         <v>10</v>
       </c>
       <c r="H55" s="3">
-        <v>500</v>
+        <v>1200</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C56" s="3">
-        <v>43.35</v>
+        <v>96.36</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F56" s="3">
-        <v>4980</v>
+        <v>4750</v>
       </c>
       <c r="G56" s="3">
         <v>10</v>
       </c>
       <c r="H56" s="3">
-        <v>1200</v>
+        <v>500</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C57" s="3">
-        <v>78.47</v>
+        <v>141.75</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F57" s="3">
-        <v>6180</v>
+        <v>950</v>
       </c>
       <c r="G57" s="3">
         <v>10</v>
       </c>
       <c r="H57" s="3">
-        <v>1000</v>
+        <v>300</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>