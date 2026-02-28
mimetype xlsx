--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -8,409 +8,403 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="230" uniqueCount="123">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="226" uniqueCount="121">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Клеммные колодки винтовые</t>
   </si>
   <si>
+    <t>07-5006-9</t>
+  </si>
+  <si>
+    <t>Колодка клеммная КВ-6, 6А, 6 мм², индивидуальная упаковка, (1 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>07-5004-2-9</t>
+  </si>
+  <si>
+    <t>Колодка клеммная КВ-4 PROconnect, 3А, 4 мм², PP (полипропилен), черная, индивидуальная упаковка, 1 шт.</t>
+  </si>
+  <si>
+    <t>07-5010-9</t>
+  </si>
+  <si>
+    <t>Колодка клеммная КВ-10, 10А, 10 мм², индивидуальная упаковка, (1 шт/уп) PROconnect</t>
+  </si>
+  <si>
     <t>07-5012-9</t>
   </si>
   <si>
     <t>Колодка клеммная КВ-12, 16А, 12 мм², индивидуальная упаковка, (1 шт/уп) PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...26 lines deleted...]
-    <t>Колодка клеммная КВ-4 PROconnect, 3А, 4 мм², индивидуальная упаковка, 1 шт.</t>
+    <t>07-5004-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-4 1,5-4, ток 3 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>07-5012-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-12 4-12, ток 16 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полиэтилен белый (ЗВИ) REXANT </t>
+  </si>
+  <si>
+    <t>07-5010</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5016-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-16 6-16, ток 30 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5040-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-40 25-40, ток 100 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5004-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-4 1,5-4, ток 3 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5035-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5040-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-40 25-40, ток 100 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5004-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5006-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5012-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5016-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5025-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-25 (10-25 мм²), ток 60 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5014-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-14 6-14, ток 20 A, полипропилен синий REXANT (10 шт./уп.)</t>
   </si>
   <si>
     <t>07-5025-1</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-25 (10-25 мм²), ток 60 A, полиэтилен белый, индивидуальная упаковка, 1 шт. (ЗВИ) REXANT</t>
   </si>
   <si>
+    <t>07-5014</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-14 (6-14 мм²), ток 20 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5040</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-40 (25-40 мм²), ток 100 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5006-2-01</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полипропилен черный (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5006-1</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
     <t>07-5004</t>
   </si>
   <si>
     <t xml:space="preserve">Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полиэтилен белый (ЗВИ) REXANT </t>
   </si>
   <si>
-    <t>шт</t>
+    <t>07-5016-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-16 6-16, ток 30 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5006-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-6 2,5-6, ток 6 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5025</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-25 (10-25 мм²), ток 60 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5004-2-01</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полипропилен черный (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5010-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5014-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-14 (6-14 мм²), ток 20 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полиэтилен белый REXANT (10 шт./уп.) </t>
+  </si>
+  <si>
+    <t>07-5006-4</t>
+  </si>
+  <si>
+    <t>Колодка клеммная винтовая KВ-6, 6А, 2,5-6мм² полипропилен синий ЗВИ (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5035-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полипропилен черный REXANT (10 шт./уп.) </t>
+  </si>
+  <si>
+    <t>07-5012-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-12 4-12, ток 16 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5010-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-10 4-10, ток 10 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5012-01</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
   </si>
   <si>
     <t>07-5016</t>
   </si>
   <si>
     <t xml:space="preserve">Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A, полиэтилен белый (ЗВИ) REXANT </t>
   </si>
   <si>
-    <t>07-5010-2</t>
-[...130 lines deleted...]
-  <si>
     <t>07-5010-1</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
   </si>
   <si>
-    <t>07-5006-1</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5016-1</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A, полиэтилен белый, индивидуальная упаковка, 1 шт. (ЗВИ) REXANT</t>
   </si>
   <si>
+    <t>07-5035-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
     <t>07-5012</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полиэтилен белый (ЗВИ) REXANT</t>
   </si>
   <si>
-    <t>07-5014</t>
-[...28 lines deleted...]
-  <si>
     <t>07-5004-1</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
   </si>
   <si>
     <t>07-5010-3</t>
   </si>
   <si>
     <t>Клеммная винтовая колодка KВ-10 4-10, ток 10 A, полипропилен желтый REXANT (10 шт./уп.)</t>
   </si>
   <si>
     <t>07-5014-3</t>
   </si>
   <si>
     <t>Клеммная винтовая колодка KВ-14 6-14, ток 20 A, полипропилен желтый REXANT (10 шт./уп.)</t>
   </si>
   <si>
     <t>07-5025-3</t>
   </si>
   <si>
     <t>Клеммная винтовая колодка KВ-25 10-25, ток 60 A, полипропилен желтый REXANT (10 шт./уп.)</t>
   </si>
   <si>
-    <t>07-5004-4</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5010-2-7</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полипропилен черный, индивидуальная упаковка, 1 шт. REXANT</t>
   </si>
   <si>
     <t>07-5014-2-7</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-14 (6-14 мм²), ток 20 A, полипропилен черный, индивидуальная упаковка, 1 шт. REXANT</t>
   </si>
   <si>
-    <t>07-5016-4</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5025-4</t>
   </si>
   <si>
     <t>Клеммная винтовая колодка KВ-25 10-25, ток 60 A, полипропилен синий REXANT (10 шт./уп.)</t>
   </si>
   <si>
-    <t>07-5035-4</t>
-[...8 lines deleted...]
-    <t>Клеммная винтовая колодка KВ-40 25-40, ток 100 A, полипропилен синий REXANT (10 шт./уп.)</t>
+    <t>07-5004-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полиэтилен белый (ЗВИ) СМАРТКИП </t>
+  </si>
+  <si>
+    <t>07-5006-5</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полиэтилен белый (ЗВИ) СМАРТКИП</t>
   </si>
   <si>
     <t>07-5010-5</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полиэтилен белый (ЗВИ) СМАРТКИП</t>
-  </si>
-[...10 lines deleted...]
-    <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полиэтилен белый (ЗВИ) СМАРТКИП</t>
   </si>
   <si>
     <t>07-5012-5</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полиэтилен белый (ЗВИ) СМАРТКИП</t>
   </si>
   <si>
     <t>07-5016-5</t>
   </si>
   <si>
     <t xml:space="preserve">Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A полиэтилен белый (ЗВИ) СМАРТКИП </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -807,56 +801,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-12-16a-12-mm-individualnaya-upakovka-1-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-4-proconnect-3a-4-mm-pp-polipropilen-chernaya-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-6-6a-6-mm-individualnaya-upakovka-1-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-10-10a-10-mm-individualnaya-upakovka-1-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-4-proconnect-3a-4-mm-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polietilen-belyy-individualnaya-upakovka-1-sht-z" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polietilen-belyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-vintovaya-kv-6-6a-2-5-6mm-polipropilen-siniy-zvi-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-chernyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sh" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-6-2-5-6-tok-6-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-40-25-40-mm-tok-100-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polipropilen-chernyy-zvi-individualnaya-upakovka-1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sh" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-individualnaya-upakovka-1-sht-zv" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polipropilen-chernyy-zvi-individualnaya-upakovka-1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polipropilen-chernyy-individualnaya-upakovka-1-sh" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polipropilen-chernyy-individualnaya-upakovka-1-sh" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-6-6a-6-mm-individualnaya-upakovka-1-shtup-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-4-proconnect-3a-4-mm-pp-polipropilen-chernaya-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-10-10a-10-mm-individualnaya-upakovka-1-shtup-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-12-16a-12-mm-individualnaya-upakovka-1-shtup-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polietilen-belyy-individualnaya-upakovka-1-sht-zvi-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-40-25-40-mm-tok-100-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polipropilen-chernyy-zvi-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-6-2-5-6-tok-6-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polipropilen-chernyy-zvi-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polietilen-belyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-vintovaya-kv-6-6a-2-5-6mm-polipropilen-siniy-zvi-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-chernyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-individualnaya-upakovka-1-sht-zvi-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polipropilen-chernyy-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polipropilen-chernyy-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I57"/>
+  <dimension ref="A1:I56"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -875,1634 +869,1605 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>259.72</v>
+        <v>170.64</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>34</v>
+        <v>124</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
         <v>142.7</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>714</v>
+        <v>577</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>170.64</v>
+        <v>221.32</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>329</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>221.32</v>
+        <v>259.72</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>59</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>126.87</v>
+        <v>50.79</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>5200</v>
       </c>
       <c r="G7" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>50</v>
+        <v>1200</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>482.82</v>
+        <v>105.21</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>6</v>
+        <v>1450</v>
       </c>
       <c r="G8" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H8" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>51.38</v>
+        <v>63.36</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F9" s="3">
-        <v>21350</v>
+        <v>9740</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
         <v>500</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>118.01</v>
+        <v>87.55</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F10" s="3">
-        <v>2290</v>
+        <v>12070</v>
       </c>
       <c r="G10" s="3">
         <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>77.37</v>
+        <v>125.42</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F11" s="3">
-        <v>2270</v>
+        <v>3060</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>800</v>
+        <v>300</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>102.36</v>
+        <v>322.46</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F12" s="3">
-        <v>1650</v>
+        <v>1490</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>125.13</v>
+        <v>43.44</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F13" s="3">
-        <v>1600</v>
+        <v>9840</v>
       </c>
       <c r="G13" s="3">
         <v>10</v>
       </c>
       <c r="H13" s="3">
-        <v>300</v>
+        <v>1200</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>242.09</v>
+        <v>319.37</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F14" s="3">
-        <v>1780</v>
+        <v>297</v>
       </c>
       <c r="G14" s="3">
         <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>247.96</v>
+        <v>322.46</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F15" s="3">
-        <v>2810</v>
+        <v>1420</v>
       </c>
       <c r="G15" s="3">
         <v>10</v>
       </c>
       <c r="H15" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>317.61</v>
+        <v>50.79</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F16" s="3">
-        <v>420</v>
+        <v>7180</v>
       </c>
       <c r="G16" s="3">
         <v>10</v>
       </c>
       <c r="H16" s="3">
-        <v>120</v>
+        <v>1200</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>55.52</v>
+        <v>57.32</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F17" s="3">
-        <v>2530</v>
+        <v>17880</v>
       </c>
       <c r="G17" s="3">
         <v>10</v>
       </c>
       <c r="H17" s="3">
         <v>1200</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>256.54</v>
+        <v>106.93</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F18" s="3">
-        <v>1290</v>
+        <v>2020</v>
       </c>
       <c r="G18" s="3">
         <v>10</v>
       </c>
       <c r="H18" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>87.55</v>
+        <v>125.13</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F19" s="3">
-        <v>3070</v>
+        <v>2280</v>
       </c>
       <c r="G19" s="3">
         <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>50.79</v>
+        <v>242.09</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F20" s="3">
-        <v>5520</v>
+        <v>1340</v>
       </c>
       <c r="G20" s="3">
         <v>10</v>
       </c>
       <c r="H20" s="3">
-        <v>1200</v>
+        <v>200</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>105.77</v>
+        <v>105.46</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F21" s="3">
-        <v>620</v>
+        <v>1450</v>
       </c>
       <c r="G21" s="3">
         <v>10</v>
       </c>
       <c r="H21" s="3">
         <v>500</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>86.54</v>
+        <v>482.82</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>3360</v>
+        <v>12</v>
       </c>
       <c r="G22" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>57.32</v>
+        <v>125.37</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F23" s="3">
-        <v>18380</v>
+        <v>4040</v>
       </c>
       <c r="G23" s="3">
         <v>10</v>
       </c>
       <c r="H23" s="3">
-        <v>1200</v>
+        <v>500</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>106.93</v>
+        <v>573.51</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F24" s="3">
-        <v>2240</v>
+        <v>250</v>
       </c>
       <c r="G24" s="3">
         <v>10</v>
       </c>
       <c r="H24" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>196.23</v>
+        <v>128.17</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>1856</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>36.9</v>
+        <v>94.14</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>8370</v>
+        <v>238</v>
       </c>
       <c r="G26" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>1200</v>
+        <v>50</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>105.21</v>
+        <v>51.38</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F27" s="3">
-        <v>1540</v>
+        <v>13510</v>
       </c>
       <c r="G27" s="3">
         <v>10</v>
       </c>
       <c r="H27" s="3">
         <v>500</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>573.51</v>
+        <v>150.9</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F28" s="3">
-        <v>270</v>
+        <v>1820</v>
       </c>
       <c r="G28" s="3">
         <v>10</v>
       </c>
       <c r="H28" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>125.42</v>
+        <v>36.9</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F29" s="3">
-        <v>3090</v>
+        <v>8020</v>
       </c>
       <c r="G29" s="3">
         <v>10</v>
       </c>
       <c r="H29" s="3">
-        <v>300</v>
+        <v>1200</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C30" s="3">
-        <v>322.46</v>
+        <v>247.96</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F30" s="3">
-        <v>1510</v>
+        <v>2300</v>
       </c>
       <c r="G30" s="3">
         <v>10</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C31" s="3">
-        <v>105.46</v>
+        <v>80.13</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>1570</v>
+        <v>120</v>
       </c>
       <c r="G31" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C32" s="3">
-        <v>80.13</v>
+        <v>77.37</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F32" s="3">
-        <v>173</v>
+        <v>2010</v>
       </c>
       <c r="G32" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H32" s="3">
-        <v>50</v>
+        <v>800</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C33" s="3">
-        <v>137.18</v>
+        <v>102.36</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F33" s="3">
-        <v>0</v>
+        <v>1360</v>
       </c>
       <c r="G33" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H33" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C34" s="3">
-        <v>94.14</v>
+        <v>317.61</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F34" s="3">
-        <v>117</v>
+        <v>380</v>
       </c>
       <c r="G34" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H34" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C35" s="3">
-        <v>193.46</v>
+        <v>55.52</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="F35" s="3">
-        <v>10</v>
+        <v>2470</v>
       </c>
       <c r="G35" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H35" s="3">
-        <v>50</v>
+        <v>1200</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C36" s="3">
-        <v>105.72</v>
+        <v>256.54</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F36" s="3">
-        <v>10000</v>
+        <v>1280</v>
       </c>
       <c r="G36" s="3">
         <v>10</v>
       </c>
       <c r="H36" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C37" s="3">
-        <v>125.37</v>
+        <v>105.77</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F37" s="3">
-        <v>3470</v>
+        <v>2900</v>
       </c>
       <c r="G37" s="3">
         <v>10</v>
       </c>
       <c r="H37" s="3">
         <v>500</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C38" s="3">
-        <v>50.79</v>
+        <v>86.54</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F38" s="3">
-        <v>8050</v>
+        <v>3090</v>
       </c>
       <c r="G38" s="3">
         <v>10</v>
       </c>
       <c r="H38" s="3">
-        <v>1200</v>
+        <v>500</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C39" s="3">
-        <v>63.36</v>
+        <v>196.23</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>4700</v>
+        <v>44</v>
       </c>
       <c r="G39" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C40" s="3">
-        <v>256.54</v>
+        <v>118.01</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F40" s="3">
-        <v>1010</v>
+        <v>460</v>
       </c>
       <c r="G40" s="3">
         <v>10</v>
       </c>
       <c r="H40" s="3">
-        <v>120</v>
+        <v>300</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C41" s="3">
-        <v>128.17</v>
+        <v>137.18</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>1896</v>
+        <v>72</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C42" s="3">
-        <v>72.21</v>
+        <v>193.46</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>767</v>
+        <v>189</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>50</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C43" s="3">
-        <v>73.31</v>
+        <v>256.54</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F43" s="3">
-        <v>5260</v>
+        <v>1010</v>
       </c>
       <c r="G43" s="3">
         <v>10</v>
       </c>
       <c r="H43" s="3">
-        <v>500</v>
+        <v>120</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C44" s="3">
-        <v>73.31</v>
+        <v>105.72</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F44" s="3">
-        <v>4030</v>
+        <v>8650</v>
       </c>
       <c r="G44" s="3">
         <v>10</v>
       </c>
       <c r="H44" s="3">
         <v>500</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C45" s="3">
-        <v>144.48</v>
+        <v>72.21</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>3490</v>
+        <v>809</v>
       </c>
       <c r="G45" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C46" s="3">
-        <v>43.44</v>
+        <v>73.31</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F46" s="3">
-        <v>10210</v>
+        <v>5100</v>
       </c>
       <c r="G46" s="3">
         <v>10</v>
       </c>
       <c r="H46" s="3">
-        <v>1200</v>
+        <v>500</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C47" s="3">
-        <v>199.3</v>
+        <v>73.31</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F47" s="3">
-        <v>0</v>
+        <v>3950</v>
       </c>
       <c r="G47" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H47" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C48" s="3">
-        <v>281.55</v>
+        <v>144.48</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F48" s="3">
-        <v>0</v>
+        <v>3450</v>
       </c>
       <c r="G48" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H48" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C49" s="3">
-        <v>150.9</v>
+        <v>199.3</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F49" s="3">
-        <v>2010</v>
+        <v>80</v>
       </c>
       <c r="G49" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C50" s="3">
-        <v>192.64</v>
+        <v>281.55</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F50" s="3">
-        <v>1780</v>
+        <v>100</v>
       </c>
       <c r="G50" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C51" s="3">
-        <v>319.37</v>
+        <v>192.64</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F51" s="3">
-        <v>297</v>
+        <v>1710</v>
       </c>
       <c r="G51" s="3">
         <v>10</v>
       </c>
       <c r="H51" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C52" s="3">
-        <v>322.46</v>
+        <v>44.09</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F52" s="3">
-        <v>1450</v>
+        <v>6040</v>
       </c>
       <c r="G52" s="3">
         <v>10</v>
       </c>
       <c r="H52" s="3">
-        <v>100</v>
+        <v>1200</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C53" s="3">
-        <v>79.8</v>
+        <v>48.63</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F53" s="3">
-        <v>6000</v>
+        <v>5200</v>
       </c>
       <c r="G53" s="3">
         <v>10</v>
       </c>
       <c r="H53" s="3">
-        <v>1000</v>
+        <v>1200</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C54" s="3">
-        <v>44.09</v>
+        <v>79.8</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F54" s="3">
-        <v>3870</v>
+        <v>4850</v>
       </c>
       <c r="G54" s="3">
         <v>10</v>
       </c>
       <c r="H54" s="3">
-        <v>1200</v>
+        <v>1000</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C55" s="3">
-        <v>48.63</v>
+        <v>96.36</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F55" s="3">
-        <v>3450</v>
+        <v>4300</v>
       </c>
       <c r="G55" s="3">
         <v>10</v>
       </c>
       <c r="H55" s="3">
-        <v>1200</v>
+        <v>500</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C56" s="3">
-        <v>96.36</v>
+        <v>141.75</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F56" s="3">
-        <v>4750</v>
+        <v>950</v>
       </c>
       <c r="G56" s="3">
         <v>10</v>
       </c>
       <c r="H56" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I56" s="3">
-        <v>1</v>
-[...27 lines deleted...]
-      <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
@@ -2521,51 +2486,50 @@
     <hyperlink ref="D32" r:id="rId30"/>
     <hyperlink ref="D33" r:id="rId31"/>
     <hyperlink ref="D34" r:id="rId32"/>
     <hyperlink ref="D35" r:id="rId33"/>
     <hyperlink ref="D36" r:id="rId34"/>
     <hyperlink ref="D37" r:id="rId35"/>
     <hyperlink ref="D38" r:id="rId36"/>
     <hyperlink ref="D39" r:id="rId37"/>
     <hyperlink ref="D40" r:id="rId38"/>
     <hyperlink ref="D41" r:id="rId39"/>
     <hyperlink ref="D42" r:id="rId40"/>
     <hyperlink ref="D43" r:id="rId41"/>
     <hyperlink ref="D44" r:id="rId42"/>
     <hyperlink ref="D45" r:id="rId43"/>
     <hyperlink ref="D46" r:id="rId44"/>
     <hyperlink ref="D47" r:id="rId45"/>
     <hyperlink ref="D48" r:id="rId46"/>
     <hyperlink ref="D49" r:id="rId47"/>
     <hyperlink ref="D50" r:id="rId48"/>
     <hyperlink ref="D51" r:id="rId49"/>
     <hyperlink ref="D52" r:id="rId50"/>
     <hyperlink ref="D53" r:id="rId51"/>
     <hyperlink ref="D54" r:id="rId52"/>
     <hyperlink ref="D55" r:id="rId53"/>
     <hyperlink ref="D56" r:id="rId54"/>
-    <hyperlink ref="D57" r:id="rId55"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>