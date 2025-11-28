--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -42,156 +42,156 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Клеммы WAGO групповая упаковка</t>
   </si>
   <si>
+    <t>07-5141</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2273-242 Экспресс-клемма с пастой 2-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>07-5111</t>
+  </si>
+  <si>
+    <t>224-101 Клемма для осветительного оборудования  (1,0-2,5)/(0,5-2,5) мм², серая (100 шт./уп.) WAGO</t>
+  </si>
+  <si>
+    <t>07-5152</t>
+  </si>
+  <si>
+    <t>222-412 Универсальная клемма, 2-проводная, серая (0,08-2,5/4 мм²) (50 шт/уп) WAGO</t>
+  </si>
+  <si>
+    <t>07-5134</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2273-205 Экспресс-клемма 5-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
+  </si>
+  <si>
+    <t>07-5132</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2273-203 Экспресс-клемма 3-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
+  </si>
+  <si>
+    <t>07-5131</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2273-202 Экспресс-клемма 2-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
+  </si>
+  <si>
+    <t>07-5153</t>
+  </si>
+  <si>
+    <t>222-413 Универсальная клемма, 3-проводная, серая (0,08-2,5/4 мм²) (50 шт/уп) WAGO</t>
+  </si>
+  <si>
     <t>07-5155</t>
   </si>
   <si>
     <t>222-415 Универсальная клемма, 5-проводная, серая (0,08-2,5/4 мм²) (40 шт/уп) WAGO</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>222-413 Универсальная клемма, 3-проводная, серая (0,08-2,5/4 мм²) (50 шт/уп) WAGO</t>
+    <t>07-5135</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2273-208 Экспресс-клемма 8-проводная до 2,5 мм², (50 шт./уп.) WAGO </t>
+  </si>
+  <si>
+    <t>07-5163</t>
+  </si>
+  <si>
+    <t>221-413 Универсальная компактная клемма 3-контактная до 4,0 мм² (50 шт/уп) WAGO</t>
+  </si>
+  <si>
+    <t>07-5161</t>
+  </si>
+  <si>
+    <t>221-412 Универсальная компактная клемма 2-контактная до 4,0 мм² (100 шт./уп.) WAGO</t>
   </si>
   <si>
     <t>07-5165</t>
   </si>
   <si>
     <t>221-415 Универсальная компактная клемма 5-контактная до 4,0 мм² (25 шт./уп.) WAGO</t>
   </si>
   <si>
-    <t>07-5161</t>
-[...8 lines deleted...]
-    <t>221-413 Универсальная компактная клемма 3-контактная до 4,0 мм² (50 шт/уп) WAGO</t>
+    <t>07-5112</t>
+  </si>
+  <si>
+    <t>224-112 Клемма для осветительного оборудования  (1,0-2,5)X2/(0,5-2,5) мм², белая (100 шт./уп.) WAGO</t>
   </si>
   <si>
     <t>07-5133</t>
   </si>
   <si>
     <t xml:space="preserve">2273-204 Экспресс-клемма 4-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
   </si>
   <si>
-    <t>07-5134</t>
-[...28 lines deleted...]
-  <si>
     <t>07-5143</t>
   </si>
   <si>
     <t xml:space="preserve">2273-244 Экспресс-клемма с пастой 4-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
   </si>
   <si>
     <t>07-5144</t>
   </si>
   <si>
     <t xml:space="preserve">2273-245 Экспресс-клемма с пастой 5-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
   </si>
   <si>
     <t>07-5145</t>
   </si>
   <si>
     <t xml:space="preserve">2273-248 Экспресс-клемма с пастой 8-проводная до 2,5 мм², (50 шт./уп.) WAGO </t>
-  </si>
-[...16 lines deleted...]
-    <t xml:space="preserve">2273-242 Экспресс-клемма с пастой 2-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -576,51 +576,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-415-universalnaya-klemma-5-provodnaya-seraya-0-08-2-5-4-mm-40-sht-up-wago.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-413-universalnaya-klemma-3-provodnaya-seraya-0-08-2-5-4-mm-50-sht-up-wago.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-415-universalnaya-kompaktnaya-klemma-5-kontaktnaya-do-4-0-mm-25-sht-up-wago.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-412-universalnaya-kompaktnaya-klemma-2-kontaktnaya-do-4-0-mm-100-sht-up-wago.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-413-universalnaya-kompaktnaya-klemma-3-kontaktnaya-do-4-0-mm-50-sht-up-wago.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-204-ekspress-klemma-4-provodnaya-do-2-5-mm-100-sht-up-wago.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-205-ekspress-klemma-5-provodnaya-do-2-5-mm-100-sht-up-wago.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-208-ekspress-klemma-8-provodnaya-do-2-5-mm-50-sht-up-wago.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/224-101-klemma-dlya-osvetitelnogo-oborudovaniya-1-0-2-5-0-5-2-5-mm-seraya-100-sht-up-wago.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/224-112-klemma-dlya-osvetitelnogo-oborudovaniya-1-0-2-5-x2-0-5-2-5-mm-belaya-100-sht-up-wago.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-412-universalnaya-klemma-2-provodnaya-seraya-0-08-2-5-4-mm-50-sht-up-wago.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-244-ekspress-klemma-s-pastoy-4-provodnaya-do-2-5-mm-100-sht-up-wago.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-245-ekspress-klemma-s-pastoy-5-provodnaya-do-2-5-mm-100-sht-up-wago.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-248-ekspress-klemma-s-pastoy-8-provodnaya-do-2-5-mm-50-sht-up-wago.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-202-ekspress-klemma-2-provodnaya-do-2-5-mm-100-sht-up-wago.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-203-ekspress-klemma-3-provodnaya-do-2-5-mm-100-sht-up-wago.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-242-ekspress-klemma-s-pastoy-2-provodnaya-do-2-5-mm-100-sht-up-wago.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-242-ekspress-klemma-s-pastoy-2-provodnaya-do-2-5-mm-sup2-100-sht-up-wago-4273" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/224-101-klemma-dlya-osvetitelnogo-oborudovaniya-1-0-2-5-0-5-2-5-mm-sup2-seraya-100-sht-up-wago-4266" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-412-universalnaya-klemma-2-provodnaya-seraya-0-08-2-5-4-mm-sup2-50-sht-up-wago-4263" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-205-ekspress-klemma-5-provodnaya-do-2-5-mm-sup2-100-sht-up-wago-4271" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-203-ekspress-klemma-3-provodnaya-do-2-5-mm-sup2-100-sht-up-wago-4269" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-202-ekspress-klemma-2-provodnaya-do-2-5-mm-sup2-100-sht-up-wago-4268" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-413-universalnaya-klemma-3-provodnaya-seraya-0-08-2-5-4-mm-sup2-50-sht-up-wago-4264" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-415-universalnaya-klemma-5-provodnaya-seraya-0-08-2-5-4-mm-sup2-40-sht-up-wago-4265" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-208-ekspress-klemma-8-provodnaya-do-2-5-mm-sup2-50-sht-up-wago-4272" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-413-universalnaya-kompaktnaya-klemma-3-kontaktnaya-do-4-0-mm-sup2-50-sht-up-wago-11711" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-412-universalnaya-kompaktnaya-klemma-2-kontaktnaya-do-4-0-mm-sup2-100-sht-up-wago-11710" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-415-universalnaya-kompaktnaya-klemma-5-kontaktnaya-do-4-0-mm-sup2-25-sht-up-wago-11709" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/224-112-klemma-dlya-osvetitelnogo-oborudovaniya-1-0-2-5-x2-0-5-2-5-mm-sup2-belaya-100-sht-up-wago-4267" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-204-ekspress-klemma-4-provodnaya-do-2-5-mm-sup2-100-sht-up-wago-4270" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-244-ekspress-klemma-s-pastoy-4-provodnaya-do-2-5-mm-sup2-100-sht-up-wago-4275" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-245-ekspress-klemma-s-pastoy-5-provodnaya-do-2-5-mm-sup2-100-sht-up-wago-4276" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-248-ekspress-klemma-s-pastoy-8-provodnaya-do-2-5-mm-sup2-50-sht-up-wago-4277" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I19"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -644,530 +644,530 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>126.82</v>
+        <v>40.73</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>8000</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="H3" s="3">
-        <v>400</v>
+        <v>1000</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>89.68</v>
+        <v>72.46</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>22650</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H4" s="3">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>119.39</v>
+        <v>57.04</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>850</v>
+        <v>17550</v>
       </c>
       <c r="G5" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H5" s="3">
-        <v>3000</v>
+        <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>80.69</v>
+        <v>30.87</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>5600</v>
+        <v>32600</v>
       </c>
       <c r="G6" s="3">
         <v>100</v>
       </c>
       <c r="H6" s="3">
-        <v>2200</v>
+        <v>1000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>101.63</v>
+        <v>27.14</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>4950</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H7" s="3">
-        <v>6000</v>
+        <v>1800</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>26.96</v>
+        <v>27.13</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>17600</v>
+        <v>4100</v>
       </c>
       <c r="G8" s="3">
         <v>100</v>
       </c>
       <c r="H8" s="3">
-        <v>1000</v>
+        <v>1100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>29.4</v>
+        <v>89.68</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>40800</v>
+        <v>20150</v>
       </c>
       <c r="G9" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H9" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>52.44</v>
+        <v>133.16</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>11600</v>
+        <v>7400</v>
       </c>
       <c r="G10" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="H10" s="3">
-        <v>6000</v>
+        <v>400</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>72.46</v>
+        <v>55.06</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>8800</v>
       </c>
       <c r="G11" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H11" s="3">
-        <v>1000</v>
+        <v>6000</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>80.79</v>
+        <v>101.63</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>4000</v>
       </c>
       <c r="G12" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H12" s="3">
-        <v>1000</v>
+        <v>6000</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>54.32</v>
+        <v>80.69</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>16450</v>
+        <v>3200</v>
       </c>
       <c r="G13" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H13" s="3">
-        <v>50</v>
+        <v>2200</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>53.23</v>
+        <v>125.36</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>1877</v>
       </c>
       <c r="G14" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H14" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>64.2</v>
+        <v>80.79</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
         <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>100</v>
       </c>
       <c r="H15" s="3">
         <v>1000</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>94.62</v>
+        <v>28.31</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>6200</v>
       </c>
       <c r="G16" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H16" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>27.13</v>
+        <v>53.23</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>7600</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>100</v>
       </c>
       <c r="H17" s="3">
-        <v>1100</v>
+        <v>1000</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>25.36</v>
+        <v>64.2</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>6200</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>100</v>
       </c>
       <c r="H18" s="3">
-        <v>1800</v>
+        <v>1000</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>42.87</v>
+        <v>94.62</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H19" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>