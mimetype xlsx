--- v1 (2025-11-28)
+++ v2 (2026-01-13)
@@ -42,156 +42,156 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Клеммы WAGO групповая упаковка</t>
   </si>
   <si>
+    <t>07-5153</t>
+  </si>
+  <si>
+    <t>222-413 Универсальная клемма, 3-проводная, серая (0,08-2,5/4 мм²) (50 шт/уп) WAGO</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>07-5133</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2273-204 Экспресс-клемма 4-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
+  </si>
+  <si>
+    <t>07-5112</t>
+  </si>
+  <si>
+    <t>224-112 Клемма для осветительного оборудования  (1,0-2,5)X2/(0,5-2,5) мм², белая (100 шт./уп.) WAGO</t>
+  </si>
+  <si>
+    <t>07-5132</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2273-203 Экспресс-клемма 3-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
+  </si>
+  <si>
+    <t>07-5135</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2273-208 Экспресс-клемма 8-проводная до 2,5 мм², (50 шт./уп.) WAGO </t>
+  </si>
+  <si>
+    <t>07-5155</t>
+  </si>
+  <si>
+    <t>222-415 Универсальная клемма, 5-проводная, серая (0,08-2,5/4 мм²) (40 шт/уп) WAGO</t>
+  </si>
+  <si>
+    <t>07-5165</t>
+  </si>
+  <si>
+    <t>221-415 Универсальная компактная клемма 5-контактная до 4,0 мм² (25 шт./уп.) WAGO</t>
+  </si>
+  <si>
+    <t>07-5145</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2273-248 Экспресс-клемма с пастой 8-проводная до 2,5 мм², (50 шт./уп.) WAGO </t>
+  </si>
+  <si>
+    <t>07-5143</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2273-244 Экспресс-клемма с пастой 4-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
+  </si>
+  <si>
+    <t>07-5134</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2273-205 Экспресс-клемма 5-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
+  </si>
+  <si>
+    <t>07-5163</t>
+  </si>
+  <si>
+    <t>221-413 Универсальная компактная клемма 3-контактная до 4,0 мм² (50 шт/уп) WAGO</t>
+  </si>
+  <si>
+    <t>07-5161</t>
+  </si>
+  <si>
+    <t>221-412 Универсальная компактная клемма 2-контактная до 4,0 мм² (100 шт./уп.) WAGO</t>
+  </si>
+  <si>
+    <t>07-5152</t>
+  </si>
+  <si>
+    <t>222-412 Универсальная клемма, 2-проводная, серая (0,08-2,5/4 мм²) (50 шт/уп) WAGO</t>
+  </si>
+  <si>
+    <t>07-5111</t>
+  </si>
+  <si>
+    <t>224-101 Клемма для осветительного оборудования  (1,0-2,5)/(0,5-2,5) мм², серая (100 шт./уп.) WAGO</t>
+  </si>
+  <si>
     <t>07-5141</t>
   </si>
   <si>
     <t xml:space="preserve">2273-242 Экспресс-клемма с пастой 2-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...26 lines deleted...]
-    <t xml:space="preserve">2273-203 Экспресс-клемма 3-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
+    <t>07-5144</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2273-245 Экспресс-клемма с пастой 5-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
   </si>
   <si>
     <t>07-5131</t>
   </si>
   <si>
     <t xml:space="preserve">2273-202 Экспресс-клемма 2-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
-  </si>
-[...64 lines deleted...]
-    <t xml:space="preserve">2273-248 Экспресс-клемма с пастой 8-проводная до 2,5 мм², (50 шт./уп.) WAGO </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -576,51 +576,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-242-ekspress-klemma-s-pastoy-2-provodnaya-do-2-5-mm-sup2-100-sht-up-wago-4273" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/224-101-klemma-dlya-osvetitelnogo-oborudovaniya-1-0-2-5-0-5-2-5-mm-sup2-seraya-100-sht-up-wago-4266" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-412-universalnaya-klemma-2-provodnaya-seraya-0-08-2-5-4-mm-sup2-50-sht-up-wago-4263" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-205-ekspress-klemma-5-provodnaya-do-2-5-mm-sup2-100-sht-up-wago-4271" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-203-ekspress-klemma-3-provodnaya-do-2-5-mm-sup2-100-sht-up-wago-4269" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-202-ekspress-klemma-2-provodnaya-do-2-5-mm-sup2-100-sht-up-wago-4268" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-413-universalnaya-klemma-3-provodnaya-seraya-0-08-2-5-4-mm-sup2-50-sht-up-wago-4264" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-415-universalnaya-klemma-5-provodnaya-seraya-0-08-2-5-4-mm-sup2-40-sht-up-wago-4265" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-208-ekspress-klemma-8-provodnaya-do-2-5-mm-sup2-50-sht-up-wago-4272" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-413-universalnaya-kompaktnaya-klemma-3-kontaktnaya-do-4-0-mm-sup2-50-sht-up-wago-11711" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-412-universalnaya-kompaktnaya-klemma-2-kontaktnaya-do-4-0-mm-sup2-100-sht-up-wago-11710" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-415-universalnaya-kompaktnaya-klemma-5-kontaktnaya-do-4-0-mm-sup2-25-sht-up-wago-11709" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/224-112-klemma-dlya-osvetitelnogo-oborudovaniya-1-0-2-5-x2-0-5-2-5-mm-sup2-belaya-100-sht-up-wago-4267" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-204-ekspress-klemma-4-provodnaya-do-2-5-mm-sup2-100-sht-up-wago-4270" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-244-ekspress-klemma-s-pastoy-4-provodnaya-do-2-5-mm-sup2-100-sht-up-wago-4275" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-245-ekspress-klemma-s-pastoy-5-provodnaya-do-2-5-mm-sup2-100-sht-up-wago-4276" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-248-ekspress-klemma-s-pastoy-8-provodnaya-do-2-5-mm-sup2-50-sht-up-wago-4277" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-413-universalnaya-klemma-3-provodnaya-seraya-0-08-2-5-4-mm-50-sht-up-wago" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-204-ekspress-klemma-4-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/224-112-klemma-dlya-osvetitelnogo-oborudovaniya-1-0-2-5-x2-0-5-2-5-mm-belaya-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-203-ekspress-klemma-3-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-208-ekspress-klemma-8-provodnaya-do-2-5-mm-50-sht-up-wago" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-415-universalnaya-klemma-5-provodnaya-seraya-0-08-2-5-4-mm-40-sht-up-wago" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-415-universalnaya-kompaktnaya-klemma-5-kontaktnaya-do-4-0-mm-25-sht-up-wago" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-248-ekspress-klemma-s-pastoy-8-provodnaya-do-2-5-mm-50-sht-up-wago" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-244-ekspress-klemma-s-pastoy-4-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-205-ekspress-klemma-5-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-413-universalnaya-kompaktnaya-klemma-3-kontaktnaya-do-4-0-mm-50-sht-up-wago" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-412-universalnaya-kompaktnaya-klemma-2-kontaktnaya-do-4-0-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-412-universalnaya-klemma-2-provodnaya-seraya-0-08-2-5-4-mm-50-sht-up-wago" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/224-101-klemma-dlya-osvetitelnogo-oborudovaniya-1-0-2-5-0-5-2-5-mm-seraya-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-242-ekspress-klemma-s-pastoy-2-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-245-ekspress-klemma-s-pastoy-5-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-202-ekspress-klemma-2-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I19"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -644,530 +644,530 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>40.73</v>
+        <v>100.33</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>0</v>
+        <v>27000</v>
       </c>
       <c r="G3" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H3" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>72.46</v>
+        <v>34.55</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>5900</v>
       </c>
       <c r="G4" s="3">
         <v>100</v>
       </c>
       <c r="H4" s="3">
         <v>1000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>57.04</v>
+        <v>82.16</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>17550</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H5" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>30.87</v>
+        <v>33.12</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>32600</v>
+        <v>800</v>
       </c>
       <c r="G6" s="3">
         <v>100</v>
       </c>
       <c r="H6" s="3">
-        <v>1000</v>
+        <v>1800</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>27.14</v>
+        <v>53.2</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>8400</v>
       </c>
       <c r="G7" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H7" s="3">
-        <v>1800</v>
+        <v>6000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>27.13</v>
+        <v>162.51</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>4100</v>
+        <v>10480</v>
       </c>
       <c r="G8" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="H8" s="3">
-        <v>1100</v>
+        <v>400</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>89.68</v>
+        <v>152.99</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>20150</v>
+        <v>3777</v>
       </c>
       <c r="G9" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H9" s="3">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>133.16</v>
+        <v>96.23</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>7400</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="H10" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>55.06</v>
+        <v>54.13</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>8800</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H11" s="3">
-        <v>6000</v>
+        <v>1000</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>101.63</v>
+        <v>37.67</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>4000</v>
+        <v>30200</v>
       </c>
       <c r="G12" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H12" s="3">
-        <v>6000</v>
+        <v>1000</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>80.69</v>
+        <v>113.69</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>3200</v>
+        <v>6800</v>
       </c>
       <c r="G13" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H13" s="3">
-        <v>2200</v>
+        <v>6000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>125.36</v>
+        <v>90.27</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1877</v>
+        <v>2500</v>
       </c>
       <c r="G14" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H14" s="3">
-        <v>3000</v>
+        <v>2200</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>80.79</v>
+        <v>69.61</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>23500</v>
       </c>
       <c r="G15" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H15" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>28.31</v>
+        <v>73.69</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>6200</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>100</v>
       </c>
       <c r="H16" s="3">
         <v>1000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>53.23</v>
+        <v>39.35</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>100</v>
       </c>
       <c r="H17" s="3">
         <v>1000</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>64.2</v>
+        <v>65.29</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
         <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>100</v>
       </c>
       <c r="H18" s="3">
         <v>1000</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>94.62</v>
+        <v>33.11</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>8600</v>
       </c>
       <c r="G19" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H19" s="3">
-        <v>500</v>
+        <v>1100</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>