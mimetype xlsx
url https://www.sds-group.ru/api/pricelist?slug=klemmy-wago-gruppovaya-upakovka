--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -8,190 +8,172 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="40">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Клеммы WAGO групповая упаковка</t>
   </si>
   <si>
+    <t>07-5135</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2273-208 Экспресс-клемма 8-проводная до 2,5 мм², (50 шт./уп.) WAGO </t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>07-5153</t>
   </si>
   <si>
     <t>222-413 Универсальная клемма, 3-проводная, серая (0,08-2,5/4 мм²) (50 шт/уп) WAGO</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>07-5165</t>
+  </si>
+  <si>
+    <t>221-415 Универсальная компактная клемма 5-контактная до 4,0 мм² (25 шт./уп.) WAGO</t>
+  </si>
+  <si>
+    <t>07-5145</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2273-248 Экспресс-клемма с пастой 8-проводная до 2,5 мм², (50 шт./уп.) WAGO </t>
+  </si>
+  <si>
+    <t>07-5131</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2273-202 Экспресс-клемма 2-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
+  </si>
+  <si>
+    <t>07-5152</t>
+  </si>
+  <si>
+    <t>222-412 Универсальная клемма, 2-проводная, серая (0,08-2,5/4 мм²) (50 шт/уп) WAGO</t>
+  </si>
+  <si>
+    <t>07-5163</t>
+  </si>
+  <si>
+    <t>221-413 Универсальная компактная клемма 3-контактная до 4,0 мм² (50 шт/уп) WAGO</t>
   </si>
   <si>
     <t>07-5133</t>
   </si>
   <si>
     <t xml:space="preserve">2273-204 Экспресс-клемма 4-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
   </si>
   <si>
-    <t>07-5112</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5132</t>
   </si>
   <si>
     <t xml:space="preserve">2273-203 Экспресс-клемма 3-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
   </si>
   <si>
-    <t>07-5135</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">2273-208 Экспресс-клемма 8-проводная до 2,5 мм², (50 шт./уп.) WAGO </t>
+    <t>07-5134</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2273-205 Экспресс-клемма 5-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
   </si>
   <si>
     <t>07-5155</t>
   </si>
   <si>
     <t>222-415 Универсальная клемма, 5-проводная, серая (0,08-2,5/4 мм²) (40 шт/уп) WAGO</t>
   </si>
   <si>
-    <t>07-5165</t>
-[...10 lines deleted...]
-  <si>
     <t>07-5143</t>
   </si>
   <si>
     <t xml:space="preserve">2273-244 Экспресс-клемма с пастой 4-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
   </si>
   <si>
-    <t>07-5134</t>
-[...8 lines deleted...]
-    <t>221-413 Универсальная компактная клемма 3-контактная до 4,0 мм² (50 шт/уп) WAGO</t>
+    <t>07-5144</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2273-245 Экспресс-клемма с пастой 5-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
   </si>
   <si>
     <t>07-5161</t>
   </si>
   <si>
     <t>221-412 Универсальная компактная клемма 2-контактная до 4,0 мм² (100 шт./уп.) WAGO</t>
-  </si>
-[...28 lines deleted...]
-    <t xml:space="preserve">2273-202 Экспресс-клемма 2-проводная до 2,5 мм², (100 шт./уп.) WAGO </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -576,56 +558,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-413-universalnaya-klemma-3-provodnaya-seraya-0-08-2-5-4-mm-50-sht-up-wago" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-204-ekspress-klemma-4-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/224-112-klemma-dlya-osvetitelnogo-oborudovaniya-1-0-2-5-x2-0-5-2-5-mm-belaya-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-203-ekspress-klemma-3-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-208-ekspress-klemma-8-provodnaya-do-2-5-mm-50-sht-up-wago" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-415-universalnaya-klemma-5-provodnaya-seraya-0-08-2-5-4-mm-40-sht-up-wago" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-415-universalnaya-kompaktnaya-klemma-5-kontaktnaya-do-4-0-mm-25-sht-up-wago" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-248-ekspress-klemma-s-pastoy-8-provodnaya-do-2-5-mm-50-sht-up-wago" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-244-ekspress-klemma-s-pastoy-4-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-205-ekspress-klemma-5-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-413-universalnaya-kompaktnaya-klemma-3-kontaktnaya-do-4-0-mm-50-sht-up-wago" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-412-universalnaya-kompaktnaya-klemma-2-kontaktnaya-do-4-0-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-412-universalnaya-klemma-2-provodnaya-seraya-0-08-2-5-4-mm-50-sht-up-wago" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/224-101-klemma-dlya-osvetitelnogo-oborudovaniya-1-0-2-5-0-5-2-5-mm-seraya-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-242-ekspress-klemma-s-pastoy-2-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-245-ekspress-klemma-s-pastoy-5-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-202-ekspress-klemma-2-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-208-ekspress-klemma-8-provodnaya-do-2-5-mm-50-sht-up-wago" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-413-universalnaya-klemma-3-provodnaya-seraya-0-08-2-54-mm-50-shtup-wago" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-415-universalnaya-kompaktnaya-klemma-5-kontaktnaya-do-4-0-mm-25-sht-up-wago" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-248-ekspress-klemma-s-pastoy-8-provodnaya-do-2-5-mm-50-sht-up-wago" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-202-ekspress-klemma-2-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-412-universalnaya-klemma-2-provodnaya-seraya-0-08-2-5-4-mm-50-sht-up-wago" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-413-universalnaya-kompaktnaya-klemma-3-kontaktnaya-do-4-0-mm-50-shtup-wago" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-204-ekspress-klemma-4-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-203-ekspress-klemma-3-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-205-ekspress-klemma-5-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/222-415-universalnaya-klemma-5-provodnaya-seraya-0-08-2-54-mm-40-shtup-wago" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-244-ekspress-klemma-s-pastoy-4-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/2273-245-ekspress-klemma-s-pastoy-5-provodnaya-do-2-5-mm-100-sht-up-wago" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/221-412-universalnaya-kompaktnaya-klemma-2-kontaktnaya-do-4-0-mm-100-sht-up-wago" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I19"/>
+  <dimension ref="A1:I16"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -644,557 +626,467 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>100.33</v>
+        <v>53.2</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>27000</v>
+        <v>8350</v>
       </c>
       <c r="G3" s="3">
         <v>50</v>
       </c>
       <c r="H3" s="3">
-        <v>5000</v>
+        <v>6000</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>34.55</v>
+        <v>100.33</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>5900</v>
+        <v>10050</v>
       </c>
       <c r="G4" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H4" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>82.16</v>
+        <v>152.99</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>2052</v>
       </c>
       <c r="G5" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="H5" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>33.12</v>
+        <v>96.23</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H6" s="3">
-        <v>1800</v>
+        <v>500</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>53.2</v>
+        <v>33.11</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>8400</v>
+        <v>8600</v>
       </c>
       <c r="G7" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H7" s="3">
-        <v>6000</v>
+        <v>1100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>162.51</v>
+        <v>69.61</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>10480</v>
+        <v>18350</v>
       </c>
       <c r="G8" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="H8" s="3">
-        <v>400</v>
+        <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>152.99</v>
+        <v>113.69</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>3777</v>
+        <v>4800</v>
       </c>
       <c r="G9" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H9" s="3">
-        <v>3000</v>
+        <v>6000</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>96.23</v>
+        <v>34.55</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>13700</v>
       </c>
       <c r="G10" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H10" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>54.13</v>
+        <v>33.12</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>6500</v>
       </c>
       <c r="G11" s="3">
         <v>100</v>
       </c>
       <c r="H11" s="3">
-        <v>1000</v>
+        <v>1800</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
         <v>37.67</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>30200</v>
+        <v>26000</v>
       </c>
       <c r="G12" s="3">
         <v>100</v>
       </c>
       <c r="H12" s="3">
         <v>1000</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>113.69</v>
+        <v>162.51</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>6800</v>
+        <v>6040</v>
       </c>
       <c r="G13" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="H13" s="3">
-        <v>6000</v>
+        <v>400</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>90.27</v>
+        <v>54.13</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>2500</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>100</v>
       </c>
       <c r="H14" s="3">
-        <v>2200</v>
+        <v>1000</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>69.61</v>
+        <v>65.29</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>23500</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H15" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>73.69</v>
+        <v>90.27</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>5700</v>
       </c>
       <c r="G16" s="3">
         <v>100</v>
       </c>
       <c r="H16" s="3">
-        <v>1000</v>
+        <v>2200</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
-[...85 lines deleted...]
-      <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
-    <hyperlink ref="D17" r:id="rId15"/>
-[...1 lines deleted...]
-    <hyperlink ref="D19" r:id="rId17"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>