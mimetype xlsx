--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -42,156 +42,156 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Клейкая лента двухсторонняя (двухсторонний скотч)</t>
   </si>
   <si>
+    <t>09-6057</t>
+  </si>
+  <si>
+    <t>Лента клейкая двухсторонняя прозрачная, на VHB акриловой основе, 10 мм х 5 м REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>09-6030</t>
+  </si>
+  <si>
+    <t>Нано-лента клейкая двухсторонняя многоразовая, 25 мм х 3 м REXANT</t>
+  </si>
+  <si>
+    <t>09-6047</t>
+  </si>
+  <si>
+    <t>Лента клейкая двухсторонняя черная, на VHB акриловой основе, 12 мм х 5 м REXANT</t>
+  </si>
+  <si>
+    <t>09-6055</t>
+  </si>
+  <si>
+    <t>Лента клейкая двухсторонняя прозрачная, на VHB акриловой основе, 6 мм х 5 м REXANT</t>
+  </si>
+  <si>
+    <t>09-6512</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая основа, прозрачный, 12мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6020</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая HBA-основа, серый, 20мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6009</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая HBA-основа, серый, 9мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6006</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая HBA-основа, серый, 6мм, ролик 5м REXANT</t>
+  </si>
+  <si>
     <t>09-6520</t>
   </si>
   <si>
     <t>Двухсторонний скотч, акриловая основа, прозрачный, 20мм, ролик 5м REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>09-6059</t>
+  </si>
+  <si>
+    <t>Лента клейкая двухсторонняя прозрачная, на VHB акриловой основе, 20 мм х 5 м REXANT</t>
+  </si>
+  <si>
+    <t>09-6130</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, вспененная ЭВА-основа, черный, 30мм, ролик 5м REXANT</t>
   </si>
   <si>
     <t>09-6509</t>
   </si>
   <si>
     <t>Двухсторонний скотч, акриловая основа, прозрачный, 9мм, ролик 5м REXANT</t>
   </si>
   <si>
-    <t>09-6512</t>
-[...8 lines deleted...]
-    <t>Двухсторонний скотч, вспененная ЭВА-основа, черный, 30мм, ролик 5м REXANT</t>
+    <t>09-6125</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, вспененная ЭВА-основа, черный, 25мм, ролик 5м REXANT</t>
   </si>
   <si>
     <t>09-6140</t>
   </si>
   <si>
     <t>Двухсторонний скотч, вспененная ЭВА-основа, черный, 40мм, ролик 5м REXANT</t>
   </si>
   <si>
-    <t>09-6020</t>
-[...10 lines deleted...]
-  <si>
     <t>09-6012</t>
   </si>
   <si>
     <t>Двухсторонний скотч, акриловая HBA-основа, серый, 12мм, ролик 5м REXANT</t>
   </si>
   <si>
-    <t>09-6006</t>
-[...4 lines deleted...]
-  <si>
     <t>09-6045</t>
   </si>
   <si>
     <t>Лента клейкая двухсторонняя черная, на VHB акриловой основе, 6 мм х 5 м REXANT</t>
   </si>
   <si>
     <t>09-6058</t>
   </si>
   <si>
     <t>Лента клейкая двухсторонняя прозрачная, на VHB акриловой основе, 12 мм х 5 м REXANT</t>
-  </si>
-[...34 lines deleted...]
-    <t>Лента клейкая двухсторонняя прозрачная, на VHB акриловой основе, 20 мм х 5 м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -576,51 +576,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-osnova-prozrachnyy-20mm-rolik-5m-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-osnova-prozrachnyy-9mm-rolik-5m-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-osnova-prozrachnyy-12mm-rolik-5m-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-vspenennaya-eva-osnova-chernyy-30mm-rolik-5m-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-vspenennaya-eva-osnova-chernyy-40mm-rolik-5m-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-20mm-rolik-5m-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-vspenennaya-eva-osnova-chernyy-25mm-rolik-5m-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-12mm-rolik-5m-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-6mm-rolik-5m-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-chernaya-na-vhb-akrilovoy-osnove-6-mm-h-5-m-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-12-mm-h-5-m-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nano-lenta-kleykaya-dvuhstoronnyaya-mnogorazovaya-25-mm-h-3-m-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-10-mm-h-5-m-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-9mm-rolik-5m-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-6-mm-h-5-m-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-chernaya-na-vhb-akrilovoy-osnove-12-mm-h-5-m-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-20-mm-h-5-m-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-10-mm-h-5-m-rexant-31535" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nano-lenta-kleykaya-dvuhstoronnyaya-mnogorazovaya-25-mm-h-3-m-rexant-31531" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-chernaya-na-vhb-akrilovoy-osnove-12-mm-h-5-m-rexant-31533" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-6-mm-h-5-m-rexant-31534" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-prozrachniy-na-akrilovoy-osnove-12-mm-rolik-5-m-9522" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-seriy-na-hba-akrilovoy-osnove-20-mm-rolik-5-m-6541" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-seriy-na-hba-akrilovoy-osnove-9-mm-rolik-5-m-6539" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-seriy-na-hba-akrilovoy-osnove-6-mm-rolik-5-m-6538" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-prozrachniy-na-akrilovoy-osnove-20-mm-rolik-5-m-9523" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-20-mm-h-5-m-rexant-31537" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-chernaya-vspenennaya-eva-osnova-30-mm-rolik-5-m-6543" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-prozrachniy-na-akrilovoy-osnove-9-mm-rolik-5-m-9521" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-chernaya-vspenennaya-eva-osnova-25-mm-rolik-5-m-6542" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-chernaya-vspenennaya-eva-osnova-40-mm-rolik-5-m-6544" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-seriy-na-hba-akrilovoy-osnove-12-mm-rolik-5-m-6540" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-chernaya-na-vhb-akrilovoy-osnove-6-mm-h-5-m-rexant-31532" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-12-mm-h-5-m-rexant-31536" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I19"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -644,530 +644,530 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>280</v>
+        <v>210</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>20444</v>
+        <v>8162</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>135</v>
+        <v>168</v>
       </c>
       <c r="I3" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>160</v>
+        <v>300.06</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>70728</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>270</v>
+        <v>108</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>200</v>
+        <v>225</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>37645</v>
+        <v>3894</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>207</v>
+        <v>168</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>162</v>
+        <v>190</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>7871</v>
+        <v>5343</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>144</v>
+        <v>180</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>4330</v>
+        <v>25274</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>108</v>
+        <v>207</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
         <v>242</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>6629</v>
+        <v>5437</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>135</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>14710</v>
+        <v>5390</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>180</v>
+        <v>270</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>170</v>
+        <v>110</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>8653</v>
+        <v>7989</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>207</v>
+        <v>414</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>110</v>
+        <v>280</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>7142</v>
+        <v>10700</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>414</v>
+        <v>135</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>150</v>
+        <v>330</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>2975</v>
+        <v>3294</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>250</v>
+        <v>162</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>10658</v>
+        <v>8730</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>168</v>
+        <v>144</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>300.06</v>
+        <v>160</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>56833</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>99</v>
+        <v>270</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>210</v>
+        <v>140</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>8949</v>
+        <v>11864</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>143</v>
+        <v>205</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>6369</v>
+        <v>3258</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>270</v>
+        <v>108</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>190</v>
+        <v>170</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>4535</v>
+        <v>7760</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>180</v>
+        <v>207</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>225</v>
+        <v>150</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>4227</v>
+        <v>1254</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>330</v>
+        <v>250</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>5782</v>
+        <v>12390</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>120</v>
+        <v>168</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>