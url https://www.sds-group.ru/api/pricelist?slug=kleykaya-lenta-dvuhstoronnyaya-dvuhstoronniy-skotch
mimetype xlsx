--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -42,156 +42,156 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Клейкая лента двухсторонняя (двухсторонний скотч)</t>
   </si>
   <si>
+    <t>09-6140</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, вспененная ЭВА-основа, черный, 40мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>09-6509</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая основа, прозрачный, 9мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6520</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая основа, прозрачный, 20мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6030</t>
+  </si>
+  <si>
+    <t>Нано-лента клейкая двухсторонняя многоразовая, 25 мм х 3 м REXANT</t>
+  </si>
+  <si>
+    <t>09-6045</t>
+  </si>
+  <si>
+    <t>Лента клейкая двухсторонняя черная, на VHB акриловой основе, 6 мм х 5 м REXANT</t>
+  </si>
+  <si>
+    <t>09-6055</t>
+  </si>
+  <si>
+    <t>Лента клейкая двухсторонняя прозрачная, на VHB акриловой основе, 6 мм х 5 м REXANT</t>
+  </si>
+  <si>
+    <t>09-6512</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая основа, прозрачный, 12мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6130</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, вспененная ЭВА-основа, черный, 30мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6006</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая HBA-основа, серый, 6мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6012</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая HBA-основа, серый, 12мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6058</t>
+  </si>
+  <si>
+    <t>Лента клейкая двухсторонняя прозрачная, на VHB акриловой основе, 12 мм х 5 м REXANT</t>
+  </si>
+  <si>
+    <t>09-6009</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая HBA-основа, серый, 9мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6125</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, вспененная ЭВА-основа, черный, 25мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6047</t>
+  </si>
+  <si>
+    <t>Лента клейкая двухсторонняя черная, на VHB акриловой основе, 12 мм х 5 м REXANT</t>
+  </si>
+  <si>
     <t>09-6057</t>
   </si>
   <si>
     <t>Лента клейкая двухсторонняя прозрачная, на VHB акриловой основе, 10 мм х 5 м REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...26 lines deleted...]
-    <t>Двухсторонний скотч, акриловая основа, прозрачный, 12мм, ролик 5м REXANT</t>
+    <t>09-6059</t>
+  </si>
+  <si>
+    <t>Лента клейкая двухсторонняя прозрачная, на VHB акриловой основе, 20 мм х 5 м REXANT</t>
   </si>
   <si>
     <t>09-6020</t>
   </si>
   <si>
     <t>Двухсторонний скотч, акриловая HBA-основа, серый, 20мм, ролик 5м REXANT</t>
-  </si>
-[...64 lines deleted...]
-    <t>Лента клейкая двухсторонняя прозрачная, на VHB акриловой основе, 12 мм х 5 м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -576,51 +576,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-10-mm-h-5-m-rexant-31535" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nano-lenta-kleykaya-dvuhstoronnyaya-mnogorazovaya-25-mm-h-3-m-rexant-31531" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-chernaya-na-vhb-akrilovoy-osnove-12-mm-h-5-m-rexant-31533" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-6-mm-h-5-m-rexant-31534" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-prozrachniy-na-akrilovoy-osnove-12-mm-rolik-5-m-9522" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-seriy-na-hba-akrilovoy-osnove-20-mm-rolik-5-m-6541" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-seriy-na-hba-akrilovoy-osnove-9-mm-rolik-5-m-6539" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-seriy-na-hba-akrilovoy-osnove-6-mm-rolik-5-m-6538" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-prozrachniy-na-akrilovoy-osnove-20-mm-rolik-5-m-9523" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-20-mm-h-5-m-rexant-31537" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-chernaya-vspenennaya-eva-osnova-30-mm-rolik-5-m-6543" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-prozrachniy-na-akrilovoy-osnove-9-mm-rolik-5-m-9521" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-chernaya-vspenennaya-eva-osnova-25-mm-rolik-5-m-6542" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-chernaya-vspenennaya-eva-osnova-40-mm-rolik-5-m-6544" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-rexant-seriy-na-hba-akrilovoy-osnove-12-mm-rolik-5-m-6540" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-chernaya-na-vhb-akrilovoy-osnove-6-mm-h-5-m-rexant-31532" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-12-mm-h-5-m-rexant-31536" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-vspenennaya-eva-osnova-chernyy-40mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-osnova-prozrachnyy-9mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-osnova-prozrachnyy-20mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nano-lenta-kleykaya-dvuhstoronnyaya-mnogorazovaya-25-mm-h-3-m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-chernaya-na-vhb-akrilovoy-osnove-6-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-6-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-osnova-prozrachnyy-12mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-vspenennaya-eva-osnova-chernyy-30mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-6mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-12mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-12-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-9mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-vspenennaya-eva-osnova-chernyy-25mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-chernaya-na-vhb-akrilovoy-osnove-12-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-10-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-20-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-20mm-rolik-5m-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I19"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -644,533 +644,533 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>210</v>
+        <v>208.49</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>8162</v>
+        <v>98</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>168</v>
+        <v>108</v>
       </c>
       <c r="I3" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>300.06</v>
+        <v>162.72</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>42010</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>108</v>
+        <v>270</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>225</v>
+        <v>284.76</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>3894</v>
+        <v>1082</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>168</v>
+        <v>135</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>190</v>
+        <v>305.16</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>5343</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>180</v>
+        <v>108</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>200</v>
+        <v>152.55</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>25274</v>
+        <v>849</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>207</v>
+        <v>180</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>242</v>
+        <v>193.23</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>5437</v>
+        <v>4133</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>135</v>
+        <v>180</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>143</v>
+        <v>203.4</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>5390</v>
+        <v>8975</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>270</v>
+        <v>207</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>110</v>
+        <v>164.75</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>7989</v>
+        <v>1843</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>414</v>
+        <v>144</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>280</v>
+        <v>111.87</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>10700</v>
+        <v>6299</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>135</v>
+        <v>414</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>330</v>
+        <v>172.89</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>3294</v>
+        <v>5311</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>120</v>
+        <v>207</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>162</v>
+        <v>254.25</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>8730</v>
+        <v>3283</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>144</v>
+        <v>168</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>160</v>
+        <v>145.43</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>56833</v>
+        <v>4111</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>270</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>140</v>
+        <v>142.38</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>11864</v>
+        <v>4494</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>180</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>205</v>
+        <v>228.83</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>3258</v>
+        <v>3744</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>108</v>
+        <v>168</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>170</v>
+        <v>213.57</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>7760</v>
+        <v>3689</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>207</v>
+        <v>168</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>150</v>
+        <v>335.61</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>1254</v>
+        <v>2943</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>250</v>
+        <v>246.11</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>12390</v>
+        <v>4644</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>168</v>
+        <v>135</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
   </hyperlinks>