--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -42,156 +42,156 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Клейкая лента двухсторонняя (двухсторонний скотч)</t>
   </si>
   <si>
+    <t>09-6512</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая основа, прозрачный, 12мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>09-6020</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая HBA-основа, серый, 20мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6509</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая основа, прозрачный, 9мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6006</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая HBA-основа, серый, 6мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6009</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая HBA-основа, серый, 9мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6059</t>
+  </si>
+  <si>
+    <t>Лента клейкая двухсторонняя прозрачная, на VHB акриловой основе, 20 мм х 5 м REXANT</t>
+  </si>
+  <si>
+    <t>09-6130</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, вспененная ЭВА-основа, черный, 30мм, ролик 5м REXANT</t>
+  </si>
+  <si>
     <t>09-6140</t>
   </si>
   <si>
     <t>Двухсторонний скотч, вспененная ЭВА-основа, черный, 40мм, ролик 5м REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Двухсторонний скотч, акриловая основа, прозрачный, 9мм, ролик 5м REXANT</t>
+    <t>09-6012</t>
+  </si>
+  <si>
+    <t>Двухсторонний скотч, акриловая HBA-основа, серый, 12мм, ролик 5м REXANT</t>
+  </si>
+  <si>
+    <t>09-6055</t>
+  </si>
+  <si>
+    <t>Лента клейкая двухсторонняя прозрачная, на VHB акриловой основе, 6 мм х 5 м REXANT</t>
+  </si>
+  <si>
+    <t>09-6045</t>
+  </si>
+  <si>
+    <t>Лента клейкая двухсторонняя черная, на VHB акриловой основе, 6 мм х 5 м REXANT</t>
   </si>
   <si>
     <t>09-6520</t>
   </si>
   <si>
     <t>Двухсторонний скотч, акриловая основа, прозрачный, 20мм, ролик 5м REXANT</t>
   </si>
   <si>
     <t>09-6030</t>
   </si>
   <si>
     <t>Нано-лента клейкая двухсторонняя многоразовая, 25 мм х 3 м REXANT</t>
   </si>
   <si>
-    <t>09-6045</t>
-[...34 lines deleted...]
-  <si>
     <t>09-6058</t>
   </si>
   <si>
     <t>Лента клейкая двухсторонняя прозрачная, на VHB акриловой основе, 12 мм х 5 м REXANT</t>
   </si>
   <si>
-    <t>09-6009</t>
-[...4 lines deleted...]
-  <si>
     <t>09-6125</t>
   </si>
   <si>
     <t>Двухсторонний скотч, вспененная ЭВА-основа, черный, 25мм, ролик 5м REXANT</t>
   </si>
   <si>
     <t>09-6047</t>
   </si>
   <si>
     <t>Лента клейкая двухсторонняя черная, на VHB акриловой основе, 12 мм х 5 м REXANT</t>
   </si>
   <si>
     <t>09-6057</t>
   </si>
   <si>
     <t>Лента клейкая двухсторонняя прозрачная, на VHB акриловой основе, 10 мм х 5 м REXANT</t>
-  </si>
-[...10 lines deleted...]
-    <t>Двухсторонний скотч, акриловая HBA-основа, серый, 20мм, ролик 5м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -576,51 +576,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-vspenennaya-eva-osnova-chernyy-40mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-osnova-prozrachnyy-9mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-osnova-prozrachnyy-20mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nano-lenta-kleykaya-dvuhstoronnyaya-mnogorazovaya-25-mm-h-3-m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-chernaya-na-vhb-akrilovoy-osnove-6-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-6-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-osnova-prozrachnyy-12mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-vspenennaya-eva-osnova-chernyy-30mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-6mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-12mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-12-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-9mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-vspenennaya-eva-osnova-chernyy-25mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-chernaya-na-vhb-akrilovoy-osnove-12-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-10-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-20-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-20mm-rolik-5m-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-osnova-prozrachnyy-12mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-20mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-osnova-prozrachnyy-9mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-6mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-9mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-20-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-vspenennaya-eva-osnova-chernyy-30mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-vspenennaya-eva-osnova-chernyy-40mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-hba-osnova-seryy-12mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-6-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-chernaya-na-vhb-akrilovoy-osnove-6-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-akrilovaya-osnova-prozrachnyy-20mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nano-lenta-kleykaya-dvuhstoronnyaya-mnogorazovaya-25-mm-h-3-m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-12-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvuhstoronniy-skotch-vspenennaya-eva-osnova-chernyy-25mm-rolik-5m-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-chernaya-na-vhb-akrilovoy-osnove-12-mm-h-5-m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-kleykaya-dvuhstoronnyaya-prozrachnaya-na-vhb-akrilovoy-osnove-10-mm-h-5-m-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I19"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -644,533 +644,533 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>208.49</v>
+        <v>203.4</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>98</v>
+        <v>3179</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>108</v>
+        <v>207</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>162.72</v>
+        <v>246.11</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>42010</v>
+        <v>5437</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>270</v>
+        <v>135</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>284.76</v>
+        <v>162.72</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1082</v>
+        <v>17491</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>135</v>
+        <v>270</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>305.16</v>
+        <v>111.87</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>8800</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>108</v>
+        <v>414</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>152.55</v>
+        <v>145.43</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>849</v>
+        <v>7610</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>180</v>
+        <v>270</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>193.23</v>
+        <v>335.61</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>4133</v>
+        <v>1690</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>203.4</v>
+        <v>164.75</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>8975</v>
+        <v>3394</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>207</v>
+        <v>144</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>164.75</v>
+        <v>208.49</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1843</v>
+        <v>4112</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>144</v>
+        <v>108</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>111.87</v>
+        <v>172.89</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>6299</v>
+        <v>7075</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>414</v>
+        <v>207</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>172.89</v>
+        <v>193.23</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>5311</v>
+        <v>2145</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>207</v>
+        <v>180</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>254.25</v>
+        <v>152.55</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>3283</v>
+        <v>418</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>145.43</v>
+        <v>284.76</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>4111</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>270</v>
+        <v>135</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>142.38</v>
+        <v>305.16</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>4494</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>180</v>
+        <v>108</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>228.83</v>
+        <v>254.25</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>3744</v>
+        <v>2804</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>168</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>213.57</v>
+        <v>142.38</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>3689</v>
+        <v>11138</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>335.61</v>
+        <v>228.83</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>2943</v>
+        <v>3606</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>120</v>
+        <v>168</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>246.11</v>
+        <v>213.57</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>4644</v>
+        <v>1814</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>135</v>
+        <v>168</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
   </hyperlinks>